--- v0 (2025-10-29)
+++ v1 (2026-02-14)
@@ -85,4645 +85,4780 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786053033639</t>
+          <t>9786256204164</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Eşleştirme Kartları</t>
+          <t>Beyaz Tavşan Akıllı Çocuklar Akademisi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>130</v>
+        <v>75</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>2741000000093</t>
+          <t>9786256204171</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Haydi Öğrenelim Seti - 4 Kitap Takım</t>
+          <t>Hızlı Kaplan Akıllı Çocuklar Akademisi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>575</v>
+        <v>75</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053034995</t>
+          <t>9786256204201</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ördek - Benim Hayvan Dostlarım (Ciltli)</t>
+          <t>Mavi Fil Akıllı Çocuklar Akademisi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>2025010817163</t>
+          <t>9786256204157</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Dünyası 105 Kitap (Kutulu) (Ciltli)</t>
+          <t>Neşeli Sincap Akıllı Çocuklar Akademisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>5250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>2025010817156</t>
+          <t>9786256204140</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Oynayan Gözler 40 Kitap (Kutulu) (Ciltli)</t>
+          <t>Meraklı Ayı Akıllı Çocuk Akademisi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>3000</v>
+        <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256650992</t>
+          <t>9786256204188</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Çıkartmalı Boyama Kitabı Kırmızı 1600'den Fazla Çıkartma</t>
+          <t>Neşeli Timsah Akıllı Çocuklar Akademisi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256204003</t>
+          <t>9786256204133</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Çıkartmalı Boyama Kitabı Mavi 1600'den Fazla Çıkartma</t>
+          <t>Pembe Kuş Akıllı Çocuklar Akademisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256204010</t>
+          <t>9786256204195</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Çıkartmalı Boyama Kitabı Yeşil 1600'den Fazla Çıkartma</t>
+          <t>Uğur Böceği Akıllı Çocuklar Akademisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256650985</t>
+          <t>9786053033080</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Çıkartmalı Boyama Kitabı Sarı 1600'den Fazla Çıkartma</t>
+          <t>Bebeğimin İlk Zeka ve Renk Algılama Kartları 12-36 Ay</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256204072</t>
+          <t>9786053033639</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Kitaplar Serisi - Denizatı Saklambaç Oynuyor</t>
+          <t>Hayvanlar - Eşleştirme Kartları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256204065</t>
+          <t>2741000000093</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Kitaplar Buluşması - Büyük Ahtapot Buluşması</t>
+          <t>Haydi Öğrenelim Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>125</v>
+        <v>575</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256650008</t>
+          <t>9786053034995</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Kitaplar Serisi - Denizyıldızı Renk Arıyor</t>
+          <t>Ördek - Benim Hayvan Dostlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256204058</t>
+          <t>2025010817163</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Kitaplar Serisis - Süslü'nün Kayıp Hazinesi</t>
+          <t>Bebeğin Dünyası 105 Kitap (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>125</v>
+        <v>7875</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256204089</t>
+          <t>2025010817156</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Kitaplar Serisi- Kaplumbağanın Hazinesi</t>
+          <t>Oynayan Gözler 40 Kitap (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>125</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>2741000000253</t>
+          <t>9786256650992</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk 100 Bilgilerim Seti - 5 Kitap Takım</t>
+          <t>Mozaik Çıkartmalı Boyama Kitabı Kırmızı 1600'den Fazla Çıkartma</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>875</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258179828</t>
+          <t>9786256204003</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tilki - Çıkartmalı-Çantalı Kolay Boyama</t>
+          <t>Mozaik Çıkartmalı Boyama Kitabı Mavi 1600'den Fazla Çıkartma</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258179903</t>
+          <t>9786256204010</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitaplarım Şekilleri Öğreniyorum</t>
+          <t>Mozaik Çıkartmalı Boyama Kitabı Yeşil 1600'den Fazla Çıkartma</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>2741000000505</t>
+          <t>9786256650985</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mini Karton Kitaplar Seti - 9 Kitap Takım</t>
+          <t>Mozaik Çıkartmalı Boyama Kitabı Sarı 1600'den Fazla Çıkartma</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>810</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>2741000000314</t>
+          <t>9786256204072</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dokun ve Hisset Seti - 4 Kitap Takım</t>
+          <t>Hareketli Kitaplar Serisi - Denizatı Saklambaç Oynuyor</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053033264</t>
+          <t>9786256204065</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Zeka Kartları 0-12 Ay</t>
+          <t>Hareketli Kitaplar Buluşması - Büyük Ahtapot Buluşması</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053033257</t>
+          <t>9786256650008</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Sözcük Kartları</t>
+          <t>Hareketli Kitaplar Serisi - Denizyıldızı Renk Arıyor</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786053035022</t>
+          <t>9786256204058</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tavşan - Benim Hayvan Dostlarım (Ciltli)</t>
+          <t>Hareketli Kitaplar Serisis - Süslü'nün Kayıp Hazinesi</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>2021091513413</t>
+          <t>9786256204089</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>1+ Yaş Sürprizli ve Renkli Kitaplar Serisi (4 Kitap Set) (Ciltli)</t>
+          <t>Hareketli Kitaplar Serisi- Kaplumbağanın Hazinesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786053034582</t>
+          <t>2741000000253</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Masal Kahramanları - Hareketli Gözler</t>
+          <t>Benim İlk 100 Bilgilerim Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>115</v>
+        <v>875</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053032588</t>
+          <t>9786258179828</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Alemi - Yavru Ördek Serisi</t>
+          <t>Tilki - Çıkartmalı-Çantalı Kolay Boyama</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258179842</t>
+          <t>9786258179903</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Çıkartma Kitabım</t>
+          <t>İlk Kitaplarım Şekilleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256650428</t>
+          <t>2741000000505</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Baloncuklar Biz De Eğleniriz!</t>
+          <t>Mini Karton Kitaplar Seti - 9 Kitap Takım</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>85</v>
+        <v>900</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053034964</t>
+          <t>2741000000314</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kelebek - Benim Hayvan Dostlarım (Ciltli)</t>
+          <t>Dokun ve Hisset Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053034957</t>
+          <t>9786053033264</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Köpek - Benim Hayvan Dostlarım (Ciltli)</t>
+          <t>Bebeğimin İlk Zeka Kartları 0-12 Ay</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256650725</t>
+          <t>9786053033257</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Duman Gezmeye Gidiyor</t>
+          <t>Bebeğimin İlk Sözcük Kartları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258179743</t>
+          <t>9786053035022</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Dünyası Yiyecekler</t>
+          <t>Tavşan - Benim Hayvan Dostlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258179750</t>
+          <t>2021091513413</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Dünyası Vahşi Hayvanlar</t>
+          <t>1+ Yaş Sürprizli ve Renkli Kitaplar Serisi (4 Kitap Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>50</v>
+        <v>800</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256650855</t>
+          <t>9786053034582</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Zebra Zena Çiftçilik Yapıyor</t>
+          <t>Masal Kahramanları - Hareketli Gözler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258179767</t>
+          <t>9786053032588</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Dünyası Renkler ve Şekiller</t>
+          <t>Hayvanlar Alemi - Yavru Ördek Serisi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256650817</t>
+          <t>9786258179842</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Pofuduk Uzay Merkezinde</t>
+          <t>Benim İlk Çıkartma Kitabım</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256650848</t>
+          <t>9786256650428</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yunus Venüs Sirkte Gösteri Yapıyor</t>
+          <t>Neşeli Baloncuklar Biz De Eğleniriz!</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256650794</t>
+          <t>9786053034964</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Panda Maya Babasının İşyerinde</t>
+          <t>Kelebek - Benim Hayvan Dostlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256650770</t>
+          <t>9786053034957</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ördek Vakvak Yardım Ediyor</t>
+          <t>Köpek - Benim Hayvan Dostlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256650695</t>
+          <t>9786256650725</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Fil Ares Ailesiyle Çalışarak Fırını Kurtarıyor</t>
+          <t>Kaplan Duman Gezmeye Gidiyor</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258179781</t>
+          <t>9786258179743</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Dünyası Oyuncaklar</t>
+          <t>Bebeğin Dünyası Yiyecekler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258179651</t>
+          <t>9786258179750</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Dünyası Ormanda</t>
+          <t>Bebeğin Dünyası Vahşi Hayvanlar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258179774</t>
+          <t>9786256650855</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Dünyası Peluş Oyuncaklar</t>
+          <t>Zebra Zena Çiftçilik Yapıyor</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258179668</t>
+          <t>9786258179767</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Dünyası Neşeli Oyuncaklar</t>
+          <t>Bebeğin Dünyası Renkler ve Şekiller</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258179798</t>
+          <t>9786256650817</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Dünyası Meyveler ve Sebzeler</t>
+          <t>Tavşan Pofuduk Uzay Merkezinde</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258179712</t>
+          <t>9786256650848</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Dünyası Hayvanat Bahçesi</t>
+          <t>Yunus Venüs Sirkte Gösteri Yapıyor</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258179736</t>
+          <t>9786256650794</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Dünyası Ev Eşyaları</t>
+          <t>Panda Maya Babasının İşyerinde</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258179699</t>
+          <t>9786256650770</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Dünyası Çiftlikte</t>
+          <t>Ördek Vakvak Yardım Ediyor</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258179682</t>
+          <t>9786256650695</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Dünyası Evcil Hayvanlar</t>
+          <t>Fil Ares Ailesiyle Çalışarak Fırını Kurtarıyor</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258179675</t>
+          <t>9786258179781</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Dünyası Bebek Eşyaları</t>
+          <t>Bebeğin Dünyası Oyuncaklar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258179705</t>
+          <t>9786258179651</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Dünyası Bahçede</t>
+          <t>Bebeğin Dünyası Ormanda</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258179729</t>
+          <t>9786258179774</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Dünyası Araçlar</t>
+          <t>Bebeğin Dünyası Peluş Oyuncaklar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256650039</t>
+          <t>9786258179668</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Araçlar - Bebeğimin İlk Kitapları (Ciltli)</t>
+          <t>Bebeğin Dünyası Neşeli Oyuncaklar</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258179156</t>
+          <t>9786258179798</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gülen Yüzler - Bebeğimin İlk Kitapları (Ciltli)</t>
+          <t>Bebeğin Dünyası Meyveler ve Sebzeler</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256650053</t>
+          <t>9786258179712</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Parkta Yaşam - Bebeğimin İlk Kitapları (Ciltli)</t>
+          <t>Bebeğin Dünyası Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256650015</t>
+          <t>9786258179736</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Yaşamı - Bebeğimin İlk Kitapları (Ciltli)</t>
+          <t>Bebeğin Dünyası Ev Eşyaları</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256650060</t>
+          <t>9786258179699</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Bebeğimin İlk Kitapları (Ciltli)</t>
+          <t>Bebeğin Dünyası Çiftlikte</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256650046</t>
+          <t>9786258179682</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Bebeğimin İlk Kitapları (Ciltli)</t>
+          <t>Bebeğin Dünyası Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256650077</t>
+          <t>9786258179675</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Şekiller - Bebeğimin İlk Kitapları (Ciltli)</t>
+          <t>Bebeğin Dünyası Bebek Eşyaları</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258179163</t>
+          <t>9786258179705</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Safari Zamanı - Bebeğimin İlk Kitapları (Ciltli)</t>
+          <t>Bebeğin Dünyası Bahçede</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256650084</t>
+          <t>9786258179729</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yiyecekler - Bebeğimin İlk Kitapları (Ciltli)</t>
+          <t>Bebeğin Dünyası Araçlar</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256650022</t>
+          <t>9786256650039</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - Bebeğimin İlk Kitapları (Ciltli)</t>
+          <t>Araçlar - Bebeğimin İlk Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256650862</t>
+          <t>9786258179156</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Hayvanları - Oynayan Gözler (Ciltli)</t>
+          <t>Gülen Yüzler - Bebeğimin İlk Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256650893</t>
+          <t>9786256650053</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yavru Hayvanlar - Oynayan Gözler (Ciltli)</t>
+          <t>Parkta Yaşam - Bebeğimin İlk Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256650879</t>
+          <t>9786256650015</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Oynayan Gözler (Ciltli)</t>
+          <t>Çiftlik Yaşamı - Bebeğimin İlk Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256650886</t>
+          <t>9786256650060</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Orman Hayvanları - Oynayan Gözler (Ciltli)</t>
+          <t>Renkler - Bebeğimin İlk Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256650596</t>
+          <t>9786256650046</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Civciv Kıpır - Benim Canım Çiftliğim (Ciltli)</t>
+          <t>Hayvanlar - Bebeğimin İlk Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256650572</t>
+          <t>9786256650077</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Fırtına’ya Büyük Sürpriz - Benim Canım Çiftliğim (Ciltli)</t>
+          <t>Şekiller - Bebeğimin İlk Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256650558</t>
+          <t>9786258179163</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çiftçi Ekin İşbaşında - Benim Canım Çiftliğim (Ciltli)</t>
+          <t>Safari Zamanı - Bebeğimin İlk Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256650534</t>
+          <t>9786256650084</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Duman’ın Boyunluğu Nerede? - Benim Canım Çiftliğim (Ciltli)</t>
+          <t>Yiyecekler - Bebeğimin İlk Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256650602</t>
+          <t>9786256650022</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ördek Paytak Uçmayı Deniyor - Benim Canım Çiftliğim (Ciltli)</t>
+          <t>Taşıtlar - Bebeğimin İlk Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256650589</t>
+          <t>9786256650862</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Çiftliğin Meraklı Kuzusu Sürmeli - Benim Canım Çiftliğim (Ciltli)</t>
+          <t>Çiftlik Hayvanları - Oynayan Gözler (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256650565</t>
+          <t>9786256650893</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Pofuduk Arıları Besliyor - Benim Canım Çiftliğim (Ciltli)</t>
+          <t>Yavru Hayvanlar - Oynayan Gözler (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256650541</t>
+          <t>9786256650879</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Buzağı Benekli - Benim Canım Çiftliğim (Ciltli)</t>
+          <t>Hayvanlar - Oynayan Gözler (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256650640</t>
+          <t>9786256650886</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik - Pencereli Kitaplar (Ciltli)</t>
+          <t>Orman Hayvanları - Oynayan Gözler (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256650626</t>
+          <t>9786256650596</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Pencereli Kitaplar (Ciltli)</t>
+          <t>Uykucu Civciv Kıpır - Benim Canım Çiftliğim (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256650619</t>
+          <t>9786256650572</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Okyanus - Pencereli Kitaplar (Ciltli)</t>
+          <t>Fırtına’ya Büyük Sürpriz - Benim Canım Çiftliğim (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256650633</t>
+          <t>9786256650558</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Orman - Pencereli Kitaplar (Ciltli)</t>
+          <t>Küçük Çiftçi Ekin İşbaşında - Benim Canım Çiftliğim (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258179576</t>
+          <t>9786256650534</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Baloncuklar - Doğru Yeri Bul</t>
+          <t>Duman’ın Boyunluğu Nerede? - Benim Canım Çiftliğim (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258179590</t>
+          <t>9786256650602</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Baloncuklar - Doğru Boyutu Bul</t>
+          <t>Ördek Paytak Uçmayı Deniyor - Benim Canım Çiftliğim (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258179583</t>
+          <t>9786256650589</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Baloncuklar - Doğru Rengi Bul</t>
+          <t>Çiftliğin Meraklı Kuzusu Sürmeli - Benim Canım Çiftliğim (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053033585</t>
+          <t>9786256650565</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Saati Öğrenelim</t>
+          <t>Pofuduk Arıları Besliyor - Benim Canım Çiftliğim (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256650497</t>
+          <t>9786256650541</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çantalı Renkli Kolay Boyama- Sarı Kitap</t>
+          <t>Tatlı Buzağı Benekli - Benim Canım Çiftliğim (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256650527</t>
+          <t>9786256650640</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çantalı Renkli Kolay Boyama- Yeşil Kitap</t>
+          <t>Çiftlik - Pencereli Kitaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256650503</t>
+          <t>9786256650626</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Çantalı Renkli Kolay Boyama- Mavi Kitap</t>
+          <t>Dinozorlar - Pencereli Kitaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256650510</t>
+          <t>9786256650619</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Çantalı Renkli Kolay Boyama- Kırmızı Kitap</t>
+          <t>Okyanus - Pencereli Kitaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256650473</t>
+          <t>9786256650633</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama Kitabım - Tatil Zamanı</t>
+          <t>Orman - Pencereli Kitaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256650480</t>
+          <t>9786258179576</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama Kitabım - Seyahat</t>
+          <t>Baloncuklar - Doğru Yeri Bul</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256650466</t>
+          <t>9786258179590</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama Kitabım-hayvan Dostlar</t>
+          <t>Baloncuklar - Doğru Boyutu Bul</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256650459</t>
+          <t>9786258179583</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama Kitabım - Doğum Günü</t>
+          <t>Baloncuklar - Doğru Rengi Bul</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258179859</t>
+          <t>9786053033585</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Çıkartma Kitabım Küçük - Büyük</t>
+          <t>Saati Öğrenelim</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256650435</t>
+          <t>9786256650497</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Baloncuklar Biz De Yapabiliriz!</t>
+          <t>Çantalı Renkli Kolay Boyama- Sarı Kitap</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256650442</t>
+          <t>9786256650527</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Baloncuklar Biz De Uçarız!</t>
+          <t>Çantalı Renkli Kolay Boyama- Yeşil Kitap</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256650411</t>
+          <t>9786256650503</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Baloncuklar Biz De İsteriz!</t>
+          <t>Çantalı Renkli Kolay Boyama- Mavi Kitap</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256650404</t>
+          <t>9786256650510</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Baloncuklar Biz De Gösteri Yaparız!</t>
+          <t>Çantalı Renkli Kolay Boyama- Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256650398</t>
+          <t>9786256650473</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Baloncuklar Biz De Alırız!</t>
+          <t>Çıkartmalı Boyama Kitabım - Tatil Zamanı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258179545</t>
+          <t>9786256650480</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gözler – Sevimli Hayvanlar</t>
+          <t>Çıkartmalı Boyama Kitabım - Seyahat</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>115</v>
+        <v>90</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256650244</t>
+          <t>9786256650466</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Kitaplarım - Uyku Zamanı</t>
+          <t>Çıkartmalı Boyama Kitabım-hayvan Dostlar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256650237</t>
+          <t>9786256650459</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Kitaplarım - Trafik Güvenliği</t>
+          <t>Çıkartmalı Boyama Kitabım - Doğum Günü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256650220</t>
+          <t>9786258179859</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Kitaplarım - Hayvanlar Nerede Yaşıyor?</t>
+          <t>Benim İlk Çıkartma Kitabım Küçük - Büyük</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256650190</t>
+          <t>9786256650435</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Kitaplarım - Dört Mevsim</t>
+          <t>Neşeli Baloncuklar Biz De Yapabiliriz!</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256650213</t>
+          <t>9786256650442</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Kitaplarım - Hayvanlar Nasıl Besleniyor?</t>
+          <t>Neşeli Baloncuklar Biz De Uçarız!</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256650206</t>
+          <t>9786256650411</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Kitaplarım - Dost Hayvanlar</t>
+          <t>Neşeli Baloncuklar Biz De İsteriz!</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256650268</t>
+          <t>9786256650404</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Zıtlıklar Yüksek - Alçak Çıkartmaları Yapıştır</t>
+          <t>Neşeli Baloncuklar Biz De Gösteri Yaparız!</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256650275</t>
+          <t>9786256650398</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Zıtlıklar Az - Çok Çıkartmaları Yapıştır</t>
+          <t>Neşeli Baloncuklar Biz De Alırız!</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256650251</t>
+          <t>9786258179545</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Zıtlıklar Büyük - Küçük Çıkartmaları Yapıştır</t>
+          <t>Eğlenceli Gözler – Sevimli Hayvanlar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258179606</t>
+          <t>9786256650244</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Baloncuklar - Bul ve Say</t>
+          <t>Çıkartmalı Kitaplarım - Uyku Zamanı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256650329</t>
+          <t>9786256650237</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kedi Boncuk - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
+          <t>Çıkartmalı Kitaplarım - Trafik Güvenliği</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256650374</t>
+          <t>9786256650220</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sincap Kita - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
+          <t>Çıkartmalı Kitaplarım - Hayvanlar Nerede Yaşıyor?</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057170002</t>
+          <t>9786256650190</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>10 Farkı Bulalım - Kırmızı Kitap</t>
+          <t>Çıkartmalı Kitaplarım - Dört Mevsim</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057166692</t>
+          <t>9786256650213</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>10 Farkı Bulalım - Mavi Kitap</t>
+          <t>Çıkartmalı Kitaplarım - Hayvanlar Nasıl Besleniyor?</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258179941</t>
+          <t>9786256650206</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Şirin Geliştirici Kitaplar Ormanlardaki Renkler</t>
+          <t>Çıkartmalı Kitaplarım - Dost Hayvanlar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258179934</t>
+          <t>9786256650268</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Şirin Geliştirici Kitaplar Egzotik Ülkelerdeki Renkler</t>
+          <t>Zıtlıklar Yüksek - Alçak Çıkartmaları Yapıştır</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258179927</t>
+          <t>9786256650275</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Şirin Geliştirici Kitaplar Çayırlardaki Renkler</t>
+          <t>Zıtlıklar Az - Çok Çıkartmaları Yapıştır</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258179989</t>
+          <t>9786256650251</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Çiz - Tamamla - Yapıştır Neşeli Hayvanlar</t>
+          <t>Zıtlıklar Büyük - Küçük Çıkartmaları Yapıştır</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258179972</t>
+          <t>9786258179606</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Çiz - Tamamla - Yapıştır Lezzetli Yiyecekler</t>
+          <t>Baloncuklar - Bul ve Say</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258179965</t>
+          <t>9786256650329</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Çiz - Tamamla - Yapıştır İşte Bizim Yuvamız</t>
+          <t>Kedi Boncuk - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258179958</t>
+          <t>9786256650374</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çiz - Tamamla - Yapıştır Haydi Arkadaş Olalım</t>
+          <t>Sincap Kita - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256650183</t>
+          <t>9786057170002</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Yapıştır Ve Boya - Yeşil Kitap</t>
+          <t>10 Farkı Bulalım - Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256650121</t>
+          <t>9786057166692</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Yapıştır Ve Boya - Mor Kitap</t>
+          <t>10 Farkı Bulalım - Mavi Kitap</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256650107</t>
+          <t>9786258179941</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Yapıştır Ve Boya - Lacivert Kitap</t>
+          <t>Şirin Geliştirici Kitaplar Ormanlardaki Renkler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256650114</t>
+          <t>9786258179934</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Yapıştır Ve Boya - Mavi Kitap</t>
+          <t>Şirin Geliştirici Kitaplar Egzotik Ülkelerdeki Renkler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256650152</t>
+          <t>9786258179927</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Yapıştır Ve Boya - Bordo Kitap</t>
+          <t>Şirin Geliştirici Kitaplar Çayırlardaki Renkler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256650145</t>
+          <t>9786258179989</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Yapıştır Ve Boya - Sarı Kitap</t>
+          <t>Çiz - Tamamla - Yapıştır Neşeli Hayvanlar</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256650138</t>
+          <t>9786258179972</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Yapıştır Ve Boya - Pembe Kitap</t>
+          <t>Çiz - Tamamla - Yapıştır Lezzetli Yiyecekler</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256650176</t>
+          <t>9786258179965</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Yapıştır Ve Boya - Turuncu Kitap</t>
+          <t>Çiz - Tamamla - Yapıştır İşte Bizim Yuvamız</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256650169</t>
+          <t>9786258179958</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Yapıştır Ve Boya - Lila Kitap</t>
+          <t>Çiz - Tamamla - Yapıştır Haydi Arkadaş Olalım</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256650091</t>
+          <t>9786256650183</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Yapıştır Ve Boya - Kırmızı Kitap</t>
+          <t>Minik Eller Yapıştır Ve Boya - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258179835</t>
+          <t>9786256650121</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa - Çıkartmalı-Çantalı Kolay Boyama</t>
+          <t>Minik Eller Yapıştır Ve Boya - Mor Kitap</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258179811</t>
+          <t>9786256650107</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Tavşan - Çıkartmalı - Çantalı Kolay Boyama</t>
+          <t>Minik Eller Yapıştır Ve Boya - Lacivert Kitap</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258179804</t>
+          <t>9786256650114</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Aslan - Çıkartmalı - Çantalı Kolay Boyama</t>
+          <t>Minik Eller Yapıştır Ve Boya - Mavi Kitap</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258179880</t>
+          <t>9786256650152</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitaplarım Hayvanları Öğreniyorum</t>
+          <t>Minik Eller Yapıştır Ve Boya - Bordo Kitap</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258179897</t>
+          <t>9786256650145</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitaplarım Renkleri Öğreniyorum</t>
+          <t>Minik Eller Yapıştır Ve Boya - Sarı Kitap</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258179866</t>
+          <t>9786256650138</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitaplarım Sayıları Öğreniyorum</t>
+          <t>Minik Eller Yapıştır Ve Boya - Pembe Kitap</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258179910</t>
+          <t>9786256650176</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitaplarım Zıtlıkları Öğreniyorum</t>
+          <t>Minik Eller Yapıştır Ve Boya - Turuncu Kitap</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258179873</t>
+          <t>9786256650169</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitaplarım Duygularımı Öğreniyorum</t>
+          <t>Minik Eller Yapıştır Ve Boya - Lila Kitap</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057329899</t>
+          <t>9786256650091</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Boyama - Kedi</t>
+          <t>Minik Eller Yapıştır Ve Boya - Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786053033677</t>
+          <t>9786258179835</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Renkler ve Şekiller</t>
+          <t>Kurbağa - Çıkartmalı-Çantalı Kolay Boyama</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053033714</t>
+          <t>9786258179811</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Meyveler</t>
+          <t>Tavşan - Çıkartmalı - Çantalı Kolay Boyama</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786053034506</t>
+          <t>9786258179804</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>1+ Yaş Benim İlk Kelimelerim (Ciltli)</t>
+          <t>Aslan - Çıkartmalı - Çantalı Kolay Boyama</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>175</v>
+        <v>90</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786053034155</t>
+          <t>9786258179880</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler - Benim İlk 100 Bilgilerim (Ciltli)</t>
+          <t>İlk Kitaplarım Hayvanları Öğreniyorum</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786053034209</t>
+          <t>9786258179897</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Benim İlk 100 Bilgilerim</t>
+          <t>İlk Kitaplarım Renkleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258179569</t>
+          <t>9786258179866</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gözler – Meslekler</t>
+          <t>İlk Kitaplarım Sayıları Öğreniyorum</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>115</v>
+        <v>90</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258179521</t>
+          <t>9786258179910</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gözler – Minik Hayvanlar</t>
+          <t>İlk Kitaplarım Zıtlıkları Öğreniyorum</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>115</v>
+        <v>90</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258179514</t>
+          <t>9786258179873</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gözler - Yaban Hayvanları</t>
+          <t>İlk Kitaplarım Duygularımı Öğreniyorum</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>115</v>
+        <v>90</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258179538</t>
+          <t>9786057329899</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gözler – Çiftlik Hayvanları</t>
+          <t>Şekilli Boyama - Kedi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>115</v>
+        <v>90</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258179491</t>
+          <t>9786053033677</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözlük (Ciltli)</t>
+          <t>Renkler ve Şekiller</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258179460</t>
+          <t>9786053033714</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Resimli Yaşama Merhaba Sözlüğüm (Ciltli)</t>
+          <t>Meyveler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786053036180</t>
+          <t>9786053034506</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Oyun Günü Aktivite Kitabı Yeşil Kitap</t>
+          <t>1+ Yaş Benim İlk Kelimelerim (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786053036197</t>
+          <t>9786053034155</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Oyun Günü Aktivite Kitabı Sarı Kitap</t>
+          <t>Sözcükler - Benim İlk 100 Bilgilerim (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786053036203</t>
+          <t>9786053034209</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Oyun Günü Aktivite Kitabı Mavi Kitap</t>
+          <t>Hayvanlar - Benim İlk 100 Bilgilerim</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786053036173</t>
+          <t>9786258179569</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Oyun Günü Aktivite Kitabı Kırmızı Kitap</t>
+          <t>Eğlenceli Gözler – Meslekler</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258179286</t>
+          <t>9786258179521</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Penguen Panga</t>
+          <t>Eğlenceli Gözler – Minik Hayvanlar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258179309</t>
+          <t>9786258179514</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Minik Yunus Doli ve Arkadaşları</t>
+          <t>Eğlenceli Gözler - Yaban Hayvanları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258179361</t>
+          <t>9786258179538</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Miniklerin Okyanus Gezisi</t>
+          <t>Eğlenceli Gözler – Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258179354</t>
+          <t>9786258179491</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Max</t>
+          <t>İlk Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258179200</t>
+          <t>9786258179460</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar Papağan Maviş</t>
+          <t>Resimli Yaşama Merhaba Sözlüğüm (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258179194</t>
+          <t>9786053036180</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Minik Ahtapot Jelibon Okula Başlıyor</t>
+          <t>Oyun Günü Aktivite Kitabı Yeşil Kitap</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258179279</t>
+          <t>9786053036197</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar Kuş Yuvası</t>
+          <t>Oyun Günü Aktivite Kitabı Sarı Kitap</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258179330</t>
+          <t>9786053036203</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar Kış Soğuğu</t>
+          <t>Oyun Günü Aktivite Kitabı Mavi Kitap</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258179347</t>
+          <t>9786053036173</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Ormanı Yaramaz Tonton</t>
+          <t>Oyun Günü Aktivite Kitabı Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258179293</t>
+          <t>9786258179286</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Ormanı Işıltı Piknikte</t>
+          <t>Penguen Panga</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258179248</t>
+          <t>9786258179309</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Ormanı Bebek Panda</t>
+          <t>Minik Yunus Doli ve Arkadaşları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258179323</t>
+          <t>9786258179361</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Dino Uzayda</t>
+          <t>Miniklerin Okyanus Gezisi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258179262</t>
+          <t>9786258179354</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Dino ve Kız Kardeşi</t>
+          <t>Kaplan Max</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258179231</t>
+          <t>9786258179200</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Dino ve Arkadaşları</t>
+          <t>Evcil Hayvanlar Papağan Maviş</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258179217</t>
+          <t>9786258179194</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Anne Sincap ve Kirpi</t>
+          <t>Minik Ahtapot Jelibon Okula Başlıyor</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258179255</t>
+          <t>9786258179279</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bal Arısı Tombiş ve Minikler</t>
+          <t>Evcil Hayvanlar Kuş Yuvası</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258179316</t>
+          <t>9786258179330</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bal Arısı Tombiş ve Yardımsever Ateş Böceği</t>
+          <t>Evcil Hayvanlar Kış Soğuğu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258179224</t>
+          <t>9786258179347</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bal Arısı Tombiş ve Kelebek</t>
+          <t>Dostluk Ormanı Yaramaz Tonton</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258179385</t>
+          <t>9786258179293</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Uzay Macerası Dev Boyama Posteri</t>
+          <t>Dostluk Ormanı Işıltı Piknikte</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258179392</t>
+          <t>9786258179248</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sirk Eğlencesi Dev Boyama Posteri</t>
+          <t>Dostluk Ormanı Bebek Panda</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258179408</t>
+          <t>9786258179323</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Prenses Kalesi Dev Boyama Posteri</t>
+          <t>Dinozor Dino Uzayda</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258179422</t>
+          <t>9786258179262</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Okyanus Gezintisi Dev Boyama Posteri</t>
+          <t>Dinozor Dino ve Kız Kardeşi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258179415</t>
+          <t>9786258179231</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Safari Dev Boyama Posteri (Ciltli)</t>
+          <t>Dinozor Dino ve Arkadaşları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258179446</t>
+          <t>9786258179217</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Lunapark Dev Boyama Posteri</t>
+          <t>Anne Sincap ve Kirpi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258179453</t>
+          <t>9786258179255</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Efsanevi Ejderhalar Dev Boyama Posteri</t>
+          <t>Bal Arısı Tombiş ve Minikler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258179439</t>
+          <t>9786258179316</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İlginç Dinozorlar Dev Boyama Posteri</t>
+          <t>Bal Arısı Tombiş ve Yardımsever Ateş Böceği</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258179378</t>
+          <t>9786258179224</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Alışveriş Merkezi Dev Boyama Posteri</t>
+          <t>Bal Arısı Tombiş ve Kelebek</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057166609</t>
+          <t>9786258179385</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kelimeler - Affedersiniz</t>
+          <t>Uzay Macerası Dev Boyama Posteri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057166616</t>
+          <t>9786258179392</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kelimeler - Lütfen</t>
+          <t>Sirk Eğlencesi Dev Boyama Posteri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057166623</t>
+          <t>9786258179408</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kelimeler - Özür Dilerim</t>
+          <t>Prenses Kalesi Dev Boyama Posteri</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057166630</t>
+          <t>9786258179422</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kelimeler - Teşekkür Ederim</t>
+          <t>Okyanus Gezintisi Dev Boyama Posteri</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057170071</t>
+          <t>9786258179415</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Oynar Gözler - Arı</t>
+          <t>Ormanda Safari Dev Boyama Posteri (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057170088</t>
+          <t>9786258179446</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Oynar Gözler - Kurbağa</t>
+          <t>Eğlenceli Lunapark Dev Boyama Posteri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057170064</t>
+          <t>9786258179453</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Oynar Gözler - Kelebek</t>
+          <t>Efsanevi Ejderhalar Dev Boyama Posteri</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057170057</t>
+          <t>9786258179439</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Oynar Gözler - Baykuş</t>
+          <t>İlginç Dinozorlar Dev Boyama Posteri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057170019</t>
+          <t>9786258179378</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çıkartma Kitabım - Yeşil Kitap</t>
+          <t>Alışveriş Merkezi Dev Boyama Posteri</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057170033</t>
+          <t>9786057166609</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Çıkartma Kitabım - Sarı Kitap</t>
+          <t>Sihirli Kelimeler - Affedersiniz</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057170026</t>
+          <t>9786057166616</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Çıkartma Kitabım - Mavi Kitap</t>
+          <t>Sihirli Kelimeler - Lütfen</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057170040</t>
+          <t>9786057166623</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Çıkartma Kitabım - Kırmızı Kitap</t>
+          <t>Sihirli Kelimeler - Özür Dilerim</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057166654</t>
+          <t>9786057166630</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı - Şimdi Tam Zamanı Serisi</t>
+          <t>Sihirli Kelimeler - Teşekkür Ederim</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057166647</t>
+          <t>9786057170071</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Okul Zamanı - Şimdi Tam Zamanı Serisi</t>
+          <t>Oynar Gözler - Arı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057166678</t>
+          <t>9786057170088</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Uyku Zamanı - Şimdi Tam Zamanı Serisi</t>
+          <t>Oynar Gözler - Kurbağa</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057166685</t>
+          <t>9786057170064</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yemek Zamanı - Şimdi Tam Zamanı Serisi</t>
+          <t>Oynar Gözler - Kelebek</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057166661</t>
+          <t>9786057170057</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Uyanma Zamanı - Şimdi Tam Zamanı Serisi</t>
+          <t>Oynar Gözler - Baykuş</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057165282</t>
+          <t>9786057170019</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Boya - Yeşil Kitap</t>
+          <t>Çıkartma Kitabım - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057165299</t>
+          <t>9786057170033</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Boya - Sarı Kitap</t>
+          <t>Çıkartma Kitabım - Sarı Kitap</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057165268</t>
+          <t>9786057170026</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Boya - Mavi Kitap</t>
+          <t>Çıkartma Kitabım - Mavi Kitap</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057165275</t>
+          <t>9786057170040</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Boya - Kırmızı Kitap</t>
+          <t>Çıkartma Kitabım - Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057165244</t>
+          <t>9786057166654</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Mavi - Çizerek Öğreniyorum</t>
+          <t>Oyun Zamanı - Şimdi Tam Zamanı Serisi</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057165237</t>
+          <t>9786057166647</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sarı - Çizerek Öğreniyorum - Noktadan Noktaya</t>
+          <t>Okul Zamanı - Şimdi Tam Zamanı Serisi</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057165220</t>
+          <t>9786057166678</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı - Çizerek Öğreniyorum - Noktadan Noktaya</t>
+          <t>Uyku Zamanı - Şimdi Tam Zamanı Serisi</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057165251</t>
+          <t>9786057166685</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Yeşil - Çizerek Öğreniyorum - Noktadan Noktaya</t>
+          <t>Yemek Zamanı - Şimdi Tam Zamanı Serisi</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057329806</t>
+          <t>9786057166661</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kitap - Kalpten Kalbe - Çiz/Boya</t>
+          <t>Uyanma Zamanı - Şimdi Tam Zamanı Serisi</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053035718</t>
+          <t>9786057165282</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Benim Annem - Hayattaki En Sevgi Dolu Arkadaşım!</t>
+          <t>Bul ve Boya - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057165213</t>
+          <t>9786057165299</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı - Nokta Ve Çizgi Çalışmaları</t>
+          <t>Bul ve Boya - Sarı Kitap</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057347398</t>
+          <t>9786057165268</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Mavi - Nokta Ve Çizgi Çalışmaları</t>
+          <t>Bul ve Boya - Mavi Kitap</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053035725</t>
+          <t>9786057165275</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam - Hayattaki En Maceracı Arkadaşım!</t>
+          <t>Bul ve Boya - Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053035732</t>
+          <t>9786057165244</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar Hayatın En Neşeli Hediyesi!</t>
+          <t>Mavi - Çizerek Öğreniyorum</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057329813</t>
+          <t>9786057165237</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kitap - Kalpten Kalbe - Çiz/Boya</t>
+          <t>Sarı - Çizerek Öğreniyorum - Noktadan Noktaya</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057347381</t>
+          <t>9786057165220</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sarı - Nokta Ve Çizgi Çalışmaları</t>
+          <t>Kırmızı - Çizerek Öğreniyorum - Noktadan Noktaya</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057329820</t>
+          <t>9786057165251</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kitap - Kalpten Kalbe - Çiz/Boya</t>
+          <t>Yeşil - Çizerek Öğreniyorum - Noktadan Noktaya</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057165206</t>
+          <t>9786057329806</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yeşil - Nokta Ve Çizgi Çalışmaları</t>
+          <t>Kırmızı Kitap - Kalpten Kalbe - Çiz/Boya</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057170095</t>
+          <t>9786053035718</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kitap - Kalkpten Kalbe - Çiz/Boya</t>
+          <t>Benim Annem - Hayattaki En Sevgi Dolu Arkadaşım!</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057329851</t>
+          <t>9786057165213</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kitap - Renkli Boyama</t>
+          <t>Kırmızı - Nokta Ve Çizgi Çalışmaları</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057329868</t>
+          <t>9786057347398</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kitap - Renkli Boyama</t>
+          <t>Mavi - Nokta Ve Çizgi Çalışmaları</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057329837</t>
+          <t>9786053035725</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kitap - Renkli Boyama</t>
+          <t>Benim Babam - Hayattaki En Maceracı Arkadaşım!</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057329844</t>
+          <t>9786053035732</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kitap - Renkli Boyama</t>
+          <t>Arkadaşlar Hayatın En Neşeli Hediyesi!</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057329882</t>
+          <t>9786057329813</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Boyama - Civciv</t>
+          <t>Mavi Kitap - Kalpten Kalbe - Çiz/Boya</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258179002</t>
+          <t>9786057347381</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Boyama - Koala</t>
+          <t>Sarı - Nokta Ve Çizgi Çalışmaları</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057329875</t>
+          <t>9786057329820</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Boyama - Kurbağa</t>
+          <t>Sarı Kitap - Kalpten Kalbe - Çiz/Boya</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057347336</t>
+          <t>9786057165206</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Şekilli Boyama 5 Yaş Üstü</t>
+          <t>Yeşil - Nokta Ve Çizgi Çalışmaları</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057347329</t>
+          <t>9786057170095</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Şekilli Boyama 4 Yaş Üstü</t>
+          <t>Yeşil Kitap - Kalkpten Kalbe - Çiz/Boya</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057347312</t>
+          <t>9786057329851</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Şekilli Boyama 3 Yaş Üstü</t>
+          <t>Yeşil Kitap - Renkli Boyama</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057347305</t>
+          <t>9786057329868</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Şekilli Boyama 2 Yaş Üstü</t>
+          <t>Sarı Kitap - Renkli Boyama</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>2021100215260</t>
+          <t>9786057329837</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Yavru Ördek Serisi (4 Kitap)</t>
+          <t>Mavi Kitap - Renkli Boyama</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053033356</t>
+          <t>9786057329844</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>2 Süper Puzzle Pamuk Prenses-Pinokyo 32 Parça</t>
+          <t>Kırmızı Kitap - Renkli Boyama</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>175</v>
+        <v>90</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053033363</t>
+          <t>9786057329882</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>2 Süper Puzzle Nasrettin Hoca-Keloğlan 32 Parça</t>
+          <t>Şekilli Boyama - Civciv</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>175</v>
+        <v>90</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053033387</t>
+          <t>9786258179002</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>2 Süper Puzzle Çiftlik Hayvanları</t>
+          <t>Şekilli Boyama - Koala</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>175</v>
+        <v>90</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053033448</t>
+          <t>9786057329875</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>2 Süper Puzzle Alfabe</t>
+          <t>Şekilli Boyama - Kurbağa</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>175</v>
+        <v>90</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053034308</t>
+          <t>9786057347336</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - Çizgi Alıştırmaları</t>
+          <t>Çıkartmalarla Şekilli Boyama 5 Yaş Üstü</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053034315</t>
+          <t>9786057347329</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Sebzeler - Çizgi Alıştırmaları</t>
+          <t>Çıkartmalarla Şekilli Boyama 4 Yaş Üstü</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053034216</t>
+          <t>9786057347312</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Çizgi Alıştırmaları</t>
+          <t>Çıkartmalarla Şekilli Boyama 3 Yaş Üstü</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053034223</t>
+          <t>9786057347305</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Renkler ve Şekiller - Çizgi Alıştırmaları</t>
+          <t>Çıkartmalarla Şekilli Boyama 2 Yaş Üstü</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053034230</t>
+          <t>2021100215260</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Meyveler - Çizgi Alıştırmaları</t>
+          <t>Yavru Ördek Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053034339</t>
+          <t>9786053033356</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar - Çizgi Alıştırmaları</t>
+          <t>2 Süper Puzzle Pamuk Prenses-Pinokyo 32 Parça</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053034247</t>
+          <t>9786053033363</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar</t>
+          <t>2 Süper Puzzle Nasrettin Hoca-Keloğlan 32 Parça</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053034254</t>
+          <t>9786053033387</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Harfler - Çizgi Alıştırmaları</t>
+          <t>2 Süper Puzzle Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053034322</t>
+          <t>9786053033448</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Evimiz</t>
+          <t>2 Süper Puzzle Alfabe</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053033288</t>
+          <t>9786053034308</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İlk İngilizce Kartları Alfabe</t>
+          <t>Taşıtlar - Çizgi Alıştırmaları</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053033271</t>
+          <t>9786053034315</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İlk Hafıza Kartları</t>
+          <t>Sebzeler - Çizgi Alıştırmaları</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053033295</t>
+          <t>9786053034216</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Sayı Kartları</t>
+          <t>Sayılar - Çizgi Alıştırmaları</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053033240</t>
+          <t>9786053034223</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Hayvan Kartları</t>
+          <t>Renkler ve Şekiller - Çizgi Alıştırmaları</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053035008</t>
+          <t>9786053034230</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Balina - Benim Hayvan Dostlarım (Ciltli)</t>
+          <t>Meyveler - Çizgi Alıştırmaları</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053035534</t>
+          <t>9786053034339</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Geyik - Benim Hayvan Dostlarım (Ciltli)</t>
+          <t>Kavramlar - Çizgi Alıştırmaları</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053034971</t>
+          <t>9786053034247</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kedi - Benim Hayvan Dostlarım (Ciltli)</t>
+          <t>Hayvanlar</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053034988</t>
+          <t>9786053034254</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Fil - Benim Hayvan Dostlarım (Ciltli)</t>
+          <t>Harfler - Çizgi Alıştırmaları</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053035015</t>
+          <t>9786053034322</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Aslan - Benim Hayvan Dostlarım (Ciltli)</t>
+          <t>Evimiz</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053035305</t>
+          <t>9786053033288</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Papağan - Benim Hayvan Dostlarım (Ciltli)</t>
+          <t>İlk İngilizce Kartları Alfabe</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053035299</t>
+          <t>9786053033271</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Panda - Benim Hayvan Dostlarım (Ciltli)</t>
+          <t>İlk Hafıza Kartları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053035039</t>
+          <t>9786053033295</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Penguen - Benim Hayvan Dostlarım (Ciltli)</t>
+          <t>Bebeğimin İlk Sayı Kartları</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053035312</t>
+          <t>9786053033240</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sincap - Benim Hayvan Dostlarım (Ciltli)</t>
+          <t>Bebeğimin İlk Hayvan Kartları</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053035046</t>
+          <t>9786053035008</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Uğur Böceği - Benim Hayvan Dostlarım (Ciltli)</t>
+          <t>Balina - Benim Hayvan Dostlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053035282</t>
+          <t>9786053035534</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Zebra - Benim Hayvan Dostlarım (Ciltli)</t>
+          <t>Geyik - Benim Hayvan Dostlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>2021091513420</t>
+          <t>9786053034971</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>2+ Yaş Sürprizli ve Renkli Kitaplar Serisi (7 Kitap Set) (Ciltli)</t>
+          <t>Kedi - Benim Hayvan Dostlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>1225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>2021091513437</t>
+          <t>9786053034988</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>3+ Yaş Sürprizli ve Renkli Kitaplar Serisi (7 Kitap Set) (Ciltli)</t>
+          <t>Fil - Benim Hayvan Dostlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>1225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053033721</t>
+          <t>9786053035015</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sebzeler</t>
+          <t>Aslan - Benim Hayvan Dostlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053033684</t>
+          <t>9786053035305</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Meslekler</t>
+          <t>Papağan - Benim Hayvan Dostlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053033691</t>
+          <t>9786053035299</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar</t>
+          <t>Panda - Benim Hayvan Dostlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053033707</t>
+          <t>9786053035039</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Hayvanları</t>
+          <t>Penguen - Benim Hayvan Dostlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053033653</t>
+          <t>9786053035312</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar</t>
+          <t>Sincap - Benim Hayvan Dostlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053033738</t>
+          <t>9786053035046</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Zıt Kavramlar</t>
+          <t>Uğur Böceği - Benim Hayvan Dostlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053033660</t>
+          <t>9786053035282</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanlar</t>
+          <t>Zebra - Benim Hayvan Dostlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053033578</t>
+          <t>2021091513420</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Saymayı Öğrenelim</t>
+          <t>2+ Yaş Sürprizli ve Renkli Kitaplar Serisi (7 Kitap Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>225</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053033608</t>
+          <t>2021091513437</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Öğrenelim</t>
+          <t>3+ Yaş Sürprizli ve Renkli Kitaplar Serisi (7 Kitap Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>225</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053033592</t>
+          <t>9786053033721</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Renkleri Öğrenelim</t>
+          <t>Sebzeler</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053033783</t>
+          <t>9786053033684</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Renkler Şekiller - İlk Bilgilerim Dizisi</t>
+          <t>Meslekler</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053033776</t>
+          <t>9786053033691</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Meyveler - İlk Bilgilerim Dizisi</t>
+          <t>Hayvanlar</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053033769</t>
+          <t>9786053033707</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar - İlk Bilgilerim Dizisi</t>
+          <t>Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053033752</t>
+          <t>9786053033653</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - İlk Bilgilerim Dizisi</t>
+          <t>Taşıtlar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053033813</t>
+          <t>9786053033738</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - İlk Bilgilerim Dizisi</t>
+          <t>Zıt Kavramlar</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053033806</t>
+          <t>9786053033660</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Sebzeler - İlk Bilgilerim Dizisi</t>
+          <t>Sevimli Hayvanlar</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053033790</t>
+          <t>9786053033578</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - İlk Bilgilerim Dizisi</t>
+          <t>Saymayı Öğrenelim</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053034568</t>
+          <t>9786053033608</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Çiftlik - Hareketli Gözler</t>
+          <t>Hayvanları Öğrenelim</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>115</v>
+        <v>250</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053034575</t>
+          <t>9786053033592</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Meslekler - Hareketli Gözler</t>
+          <t>Renkleri Öğrenelim</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>115</v>
+        <v>250</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053034551</t>
+          <t>9786053033783</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanlar - Hareketli Gözler</t>
+          <t>Renkler Şekiller - İlk Bilgilerim Dizisi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>115</v>
+        <v>200</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053034193</t>
+          <t>9786053033776</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Dokun ve Hisset: Çiftlik Hayvanları</t>
+          <t>Meyveler - İlk Bilgilerim Dizisi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053034186</t>
+          <t>9786053033769</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Dokun ve Hisset: Evcil Hayvanlar</t>
+          <t>Kavramlar - İlk Bilgilerim Dizisi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786053034162</t>
+          <t>9786053033752</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Yabani Hayvanlar - Dokun ve Hisset</t>
+          <t>Hayvanlar - İlk Bilgilerim Dizisi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053034179</t>
+          <t>9786053033813</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Dokun ve Hisset: Hayvanlar</t>
+          <t>Taşıtlar - İlk Bilgilerim Dizisi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053034346</t>
+          <t>9786053033806</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>3+ Yaş Şimdi Hayatı Tanıma Zamanı (Ciltli)</t>
+          <t>Sebzeler - İlk Bilgilerim Dizisi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053034414</t>
+          <t>9786053033790</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>3+ Yaş Macera Dolu Hayvanat Bahçesi (Ciltli)</t>
+          <t>Sayılar - İlk Bilgilerim Dizisi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053034438</t>
+          <t>9786053034568</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>3+ Yaş Haydi Sayı Sayalım 1,2,3 Şimdi (Ciltli)</t>
+          <t>Neşeli Çiftlik - Hareketli Gözler</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786053034421</t>
+          <t>9786053034575</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>2+ Yaş Küçük ve Büyük (Ciltli)</t>
+          <t>Meslekler - Hareketli Gözler</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053034469</t>
+          <t>9786053034551</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>3+ Yaş Dünyadaki Hayvanlar</t>
+          <t>Sevimli Hayvanlar - Hareketli Gözler</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053034452</t>
+          <t>9786053034193</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>3+ Yaş Eğlenceli Çocuk Oyunları (Ciltli)</t>
+          <t>Dokun ve Hisset: Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053034483</t>
+          <t>9786053034186</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>3+ Yaş Benim İlk Kelimelerim (Ciltli)</t>
+          <t>Dokun ve Hisset: Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053034513</t>
+          <t>9786053034162</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>3+ Yaş Bahçe ve Parktaki Hayvanlar (Ciltli)</t>
+          <t>Yabani Hayvanlar - Dokun ve Hisset</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053034360</t>
+          <t>9786053034179</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>2+ Yaş Sevimli Evcil Hayvanlar (Ciltli)</t>
+          <t>Dokun ve Hisset: Hayvanlar</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053034384</t>
+          <t>9786053034346</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>2+ Yaş Mutlu Çiftlik Hayvanları</t>
+          <t>3+ Yaş Şimdi Hayatı Tanıma Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053034391</t>
+          <t>9786053034414</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>2+ Yaş Muhteşem Araçlar (Ciltli)</t>
+          <t>3+ Yaş Macera Dolu Hayvanat Bahçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053034353</t>
+          <t>9786053034438</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>1+ Yaş Sevimli Yavru Hayvanlar (Ciltli)</t>
+          <t>3+ Yaş Haydi Sayı Sayalım 1,2,3 Şimdi (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053034445</t>
+          <t>9786053034421</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>2+ Yaş Göz Kamaştıran Renkler (Ciltli)</t>
+          <t>2+ Yaş Küçük ve Büyük (Ciltli)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053034377</t>
+          <t>9786053034469</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>2+ Yaş Rengarenk Oyuncaklar (Ciltli)</t>
+          <t>3+ Yaş Dünyadaki Hayvanlar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786053034490</t>
+          <t>9786053034452</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>2+ Yaş Benim İlk Kelimelerim (Ciltli)</t>
+          <t>3+ Yaş Eğlenceli Çocuk Oyunları (Ciltli)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786053034407</t>
+          <t>9786053034483</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>1+ Yaş Minik Bebekler Neler Yapar? (Ciltli)</t>
+          <t>3+ Yaş Benim İlk Kelimelerim (Ciltli)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053034476</t>
+          <t>9786053034513</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>1+ Yaş Dostumuz Evcil Hayvanlar (Ciltli)</t>
+          <t>3+ Yaş Bahçe ve Parktaki Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053034131</t>
+          <t>9786053034360</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Renkler-Sayılar-Şekiller - Benim İlk 100 Bilgilerim</t>
+          <t>2+ Yaş Sevimli Evcil Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053034124</t>
+          <t>9786053034384</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Meyveler-Sebzeler-Besinler - Benim İlk 100 Bilgilerim</t>
+          <t>2+ Yaş Mutlu Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786053034148</t>
+          <t>9786053034391</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar-Eşyalar-Meslekler - Benim İlk 100 Bilgilerim</t>
+          <t>2+ Yaş Muhteşem Araçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786053032540</t>
+          <t>9786053034353</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Yaşantımız - Dünyayı Keşfedelim</t>
+          <t>1+ Yaş Sevimli Yavru Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053032519</t>
+          <t>9786053034445</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik - Dünyayı Keşfedelim</t>
+          <t>2+ Yaş Göz Kamaştıran Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053032526</t>
+          <t>9786053034377</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar - Dünyayı Keşfedelim</t>
+          <t>2+ Yaş Rengarenk Oyuncaklar (Ciltli)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053032533</t>
+          <t>9786053034490</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Şehirde - Dünyayı Keşfedelim</t>
+          <t>2+ Yaş Benim İlk Kelimelerim (Ciltli)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053032557</t>
+          <t>9786053034407</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimeler - Yavru Ördek Serisi</t>
+          <t>1+ Yaş Minik Bebekler Neler Yapar? (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053032564</t>
+          <t>9786053034476</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Ev Eşyaları - Yavru Ördek Serisi</t>
+          <t>1+ Yaş Dostumuz Evcil Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
+          <t>9786053034131</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Renkler-Sayılar-Şekiller - Benim İlk 100 Bilgilerim</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786053034124</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Meyveler-Sebzeler-Besinler - Benim İlk 100 Bilgilerim</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786053034148</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Taşıtlar-Eşyalar-Meslekler - Benim İlk 100 Bilgilerim</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786053032540</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Yaşantımız - Dünyayı Keşfedelim</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786053032519</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Çiftlik - Dünyayı Keşfedelim</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786053032526</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar - Dünyayı Keşfedelim</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786053032533</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Şehirde - Dünyayı Keşfedelim</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786053032557</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>İlk Kelimeler - Yavru Ördek Serisi</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786053032564</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Ev Eşyaları - Yavru Ördek Serisi</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
           <t>9786053032571</t>
         </is>
       </c>
-      <c r="B308" s="1" t="inlineStr">
+      <c r="B317" s="1" t="inlineStr">
         <is>
           <t>Çiftlikte Yaşam - Yavru Ördek Serisi</t>
         </is>
       </c>
-      <c r="C308" s="1">
-        <v>125</v>
+      <c r="C317" s="1">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>