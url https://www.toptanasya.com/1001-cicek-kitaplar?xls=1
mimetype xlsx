--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -85,17020 +85,17065 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256856721</t>
+          <t>9786256856806</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Küçük Nazik Kanguru</t>
+          <t>Baban Daima Yanında</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256856912</t>
+          <t>9786256856813</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Uykulu Ejderha</t>
+          <t>Annen Daima Yanında</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256856929</t>
+          <t>9786256856714</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Uykulu Unicorn</t>
+          <t>Hayvanlar Hakkında Bilgiler - Öğrenecek Çok Şey Var</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256856943</t>
+          <t>9786256856721</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Fen Deneyleri</t>
+          <t>Küçük Nazik Kanguru</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256856745</t>
+          <t>9786256856912</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Okyanusun Hikayesi</t>
+          <t>Uykulu Ejderha</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256856905</t>
+          <t>9786256856929</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Lunicorn ve Alena</t>
+          <t>Uykulu Unicorn</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256856851</t>
+          <t>9786256856943</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yavru Dinozor Rex Dişlerini Fırçalıyor</t>
+          <t>Çocuklar İçin Fen Deneyleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255826046</t>
+          <t>9786256856745</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin En İyiyi Dilerim</t>
+          <t>Okyanusun Hikayesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256856073</t>
+          <t>9786256856905</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Anlamak ve Anlatmak Etkinlik Kitabı</t>
+          <t>Lunicorn ve Alena</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053418580</t>
+          <t>9786256856851</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Annem İçin Bir Hediye - Haydi Birlikte Yapalım</t>
+          <t>Yavru Dinozor Rex Dişlerini Fırçalıyor</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256856868</t>
+          <t>9786255826046</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yavru Dinozor Triksi ve Uğur Böceği</t>
+          <t>Senin İçin En İyiyi Dilerim</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256856875</t>
+          <t>9786256856073</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Haydi Okula Gidiyoruz!</t>
+          <t>Zamanı Anlamak ve Anlatmak Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256856691</t>
+          <t>9786053418580</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Karton Kutu ile Neler Yapılır?</t>
+          <t>Annem İçin Bir Hediye - Haydi Birlikte Yapalım</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256856684</t>
+          <t>9786256856868</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kağıt ve Yapıştırıcı ile Neler Yapılır?</t>
+          <t>Yavru Dinozor Triksi ve Uğur Böceği</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053418573</t>
+          <t>9786256856875</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olacağım Yer</t>
+          <t>Haydi Okula Gidiyoruz!</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053419877</t>
+          <t>9786256856691</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kızlar Kıskanç Olmaz</t>
+          <t>Karton Kutu ile Neler Yapılır?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053419921</t>
+          <t>9786256856684</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kızlar Önyargısız Olur</t>
+          <t>Kağıt ve Yapıştırıcı ile Neler Yapılır?</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256856493</t>
+          <t>9786053418573</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Merak Ettiğim Uzay ve Dünyalar</t>
+          <t>Mutlu Olacağım Yer</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256856264</t>
+          <t>9786053419877</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Neredeyse İyimser Lili</t>
+          <t>Güçlü Kızlar Kıskanç Olmaz</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256856592</t>
+          <t>9786053419921</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Penguen Annesi Özlüyor</t>
+          <t>Güçlü Kızlar Önyargısız Olur</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256856417</t>
+          <t>9786256856493</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İyilik Yapan İyilik Bulur</t>
+          <t>Merak Ettiğim Uzay ve Dünyalar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256856509</t>
+          <t>9786256856264</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sincap Olmak İsteyen Fare</t>
+          <t>Neredeyse İyimser Lili</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053414605</t>
+          <t>9786256856592</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Rüya Üfleme Ustası</t>
+          <t>Penguen Annesi Özlüyor</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>37.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786053412809</t>
+          <t>9786256856417</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>The Adventures of Tom Sawyer</t>
+          <t>İyilik Yapan İyilik Bulur</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053414377</t>
+          <t>9786256856509</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayıcıklar Okula Gidiyor</t>
+          <t>Sincap Olmak İsteyen Fare</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053414353</t>
+          <t>9786053414605</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayıcıklar İçin Uyku Vakti</t>
+          <t>Rüya Üfleme Ustası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053412717</t>
+          <t>9786053412809</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dünya Turuna Bir Bilet</t>
+          <t>The Adventures of Tom Sawyer</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053415954</t>
+          <t>9786053414377</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hayır!</t>
+          <t>Minik Ayıcıklar Okula Gidiyor</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053415756</t>
+          <t>9786053414353</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Lazımlık - Yararları Dizisi</t>
+          <t>Minik Ayıcıklar İçin Uyku Vakti</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053411529</t>
+          <t>9786053412717</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hedefimiz Matematik 1. Kitap</t>
+          <t>Dünya Turuna Bir Bilet</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053411369</t>
+          <t>9786053415954</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Cesur Aşık Oluyor</t>
+          <t>Hayır!</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053411901</t>
+          <t>9786053415756</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Walter'ın Endişeye Gerek Yok Giysisi</t>
+          <t>Lazımlık - Yararları Dizisi</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786053410768</t>
+          <t>9786053411529</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Babacığımı Seviyorum Çünkü</t>
+          <t>Hedefimiz Matematik 1. Kitap</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053410805</t>
+          <t>9786053411369</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Türkçe İlk Bin Sözcük</t>
+          <t>Cesur Aşık Oluyor</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053411567</t>
+          <t>9786053411901</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Temel Kavramlarla- Uzay Güneş Sistemi ve Evren</t>
+          <t>Walter'ın Endişeye Gerek Yok Giysisi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053410553</t>
+          <t>9786053410768</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Tavuklar 5 - Saklan Tavuk, Kaç Tavuk</t>
+          <t>Babacığımı Seviyorum Çünkü</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053410560</t>
+          <t>9786053410805</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Tavuklar - Küçük Kahraman Karmelito</t>
+          <t>Türkçe İlk Bin Sözcük</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786053410164</t>
+          <t>9786053411567</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Fransız Devrimi</t>
+          <t>Temel Kavramlarla- Uzay Güneş Sistemi ve Evren</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053411116</t>
+          <t>9786053410553</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Oğlanlar için Etkinlik Kitabı</t>
+          <t>Meraklı Tavuklar 5 - Saklan Tavuk, Kaç Tavuk</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053414315</t>
+          <t>9786053410560</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar - Pinokyo</t>
+          <t>Meraklı Tavuklar - Küçük Kahraman Karmelito</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053415145</t>
+          <t>9786053410164</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mevsimlerin Renkleri - Mavi Yaz Kitabım</t>
+          <t>Soru ve Cevaplarla Fransız Devrimi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053415152</t>
+          <t>9786053411116</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mevsimlerin Renkleri - Turuncu Sonbahar Kitabım</t>
+          <t>Oğlanlar için Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053415169</t>
+          <t>9786053414315</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mevsimlerin Renkleri - Yeşil İlkbahar Kitabım</t>
+          <t>Değerli Masallar - Pinokyo</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053413158</t>
+          <t>9786053415145</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Uçan Küvet</t>
+          <t>Mevsimlerin Renkleri - Mavi Yaz Kitabım</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786053413769</t>
+          <t>9786053415152</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Çirkin</t>
+          <t>Mevsimlerin Renkleri - Turuncu Sonbahar Kitabım</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053413752</t>
+          <t>9786053415169</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bir Noel Şarkısı</t>
+          <t>Mevsimlerin Renkleri - Yeşil İlkbahar Kitabım</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786053412731</t>
+          <t>9786053413158</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Kim?</t>
+          <t>Uçan Küvet</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053413981</t>
+          <t>9786053413769</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Resimli İlk Kitaplarım - İlk Dinozor Kitabım</t>
+          <t>Güzel ve Çirkin</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786053411178</t>
+          <t>9786053413752</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Spinderella</t>
+          <t>Bir Noel Şarkısı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053411161</t>
+          <t>9786053412731</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gece Maymunu Gündüz Maymunu</t>
+          <t>Evdeki Kim?</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053412335</t>
+          <t>9786053413981</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Zihinden Matematik 3. Kitap</t>
+          <t>Resimli İlk Kitaplarım - İlk Dinozor Kitabım</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053414520</t>
+          <t>9786053411178</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Billie’nin Hayvan Hastanesi Macerası</t>
+          <t>Spinderella</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053414513</t>
+          <t>9786053411161</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Billie’nin Pasta Macerası</t>
+          <t>Gece Maymunu Gündüz Maymunu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053413240</t>
+          <t>9786053412335</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Zihinden Matematik 3. Kitap</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053412205</t>
+          <t>9786053414520</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ali Baba ve Kırk Haramiler</t>
+          <t>Billie’nin Hayvan Hastanesi Macerası</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053412199</t>
+          <t>9786053414513</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Billie’nin Pasta Macerası</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053411215</t>
+          <t>9786053413240</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ansiklopedim: Doktorda</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053411239</t>
+          <t>9786053412205</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ansiklopedim: Dinozorlar</t>
+          <t>Ali Baba ve Kırk Haramiler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053410546</t>
+          <t>9786053412199</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Tavuklar - Eyvah! Güneş'i Çalmışlar</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053411291</t>
+          <t>9786053411215</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Öfkelinozor Ömür</t>
+          <t>Küçük Ansiklopedim: Doktorda</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053411550</t>
+          <t>9786053411239</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Temel Kavramlarla - İnsan Vücudu Organları ve İşleyişi</t>
+          <t>Küçük Ansiklopedim: Dinozorlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053412779</t>
+          <t>9786053410546</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar - Pamuk Prenses</t>
+          <t>Meraklı Tavuklar - Eyvah! Güneş'i Çalmışlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053411253</t>
+          <t>9786053411291</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Dinozorlar</t>
+          <t>Öfkelinozor Ömür</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786053411796</t>
+          <t>9786053411550</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Yağmur Neden Islatır?</t>
+          <t>Temel Kavramlarla - İnsan Vücudu Organları ve İşleyişi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053410744</t>
+          <t>9786053412779</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Büyük İnsanların Hikayeleri - Leonardo’nun Paleti</t>
+          <t>Değerli Masallar - Pamuk Prenses</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053410713</t>
+          <t>9786053411253</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Resimli İngilizce Büyük Sözlük</t>
+          <t>Soru ve Cevaplarla Dinozorlar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053418085</t>
+          <t>9786053411796</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar</t>
+          <t>Bil Bakalım Yağmur Neden Islatır?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054525324</t>
+          <t>9786053410744</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Zoorigami</t>
+          <t>Büyük İnsanların Hikayeleri - Leonardo’nun Paleti</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786053410454</t>
+          <t>9786053410713</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları - Dinozorlarla</t>
+          <t>Resimli İngilizce Büyük Sözlük</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054525041</t>
+          <t>9786053418085</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Gülümse Lütfen, Bino</t>
+          <t>Taşıtlar</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054525898</t>
+          <t>9786054525324</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Origami</t>
+          <t>Zoorigami</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054525560</t>
+          <t>9786053410454</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzay Görevinin Öyküsü</t>
+          <t>Zaman Yolcuları - Dinozorlarla</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054525591</t>
+          <t>9786054525041</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehrin Öyküsü</t>
+          <t>Gülümse Lütfen, Bino</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054525584</t>
+          <t>9786054525898</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bir Dinozorun Öyküsü</t>
+          <t>Eğlenceli Origami</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054525072</t>
+          <t>9786054525560</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bino ve Balina</t>
+          <t>Bir Uzay Görevinin Öyküsü</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054525782</t>
+          <t>9786054525591</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Hazinesi - Dinozorlar</t>
+          <t>Bir Şehrin Öyküsü</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786053416302</t>
+          <t>9786054525584</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tom Arkadaş Edinmeyi Öğreniyor</t>
+          <t>Bir Dinozorun Öyküsü</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786053414452</t>
+          <t>9786054525072</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Müzik</t>
+          <t>Bino ve Balina</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256856752</t>
+          <t>9786054525782</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yıldızları Göremeyen Kedi</t>
+          <t>Bilgi Hazinesi - Dinozorlar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786053414186</t>
+          <t>9786053416302</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Düşler Bahçesi</t>
+          <t>Tom Arkadaş Edinmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053418672</t>
+          <t>9786053414452</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hiç Hata Yapmayan Kız</t>
+          <t>Çocuklar İçin Müzik</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054525676</t>
+          <t>9786256856752</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Canavarlar Kitabım</t>
+          <t>Yıldızları Göremeyen Kedi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054525409</t>
+          <t>9786053414186</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Özel Yardımcı - Bıcırık Billie B</t>
+          <t>Düşler Bahçesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053410294</t>
+          <t>9786053418672</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Almanca İlk Yüz Sözcük / Die Ersten Hundert Wörter in Deutsch (Çıkarma Kitabı)</t>
+          <t>Hiç Hata Yapmayan Kız</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786053417682</t>
+          <t>9786054525676</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tüneldeki Gizem - Dedektif Hercule Carotte</t>
+          <t>Çıkartmalı Canavarlar Kitabım</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786053411482</t>
+          <t>9786054525409</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bahtsız Norm 1 - Fındık Bulunabilir</t>
+          <t>Özel Yardımcı - Bıcırık Billie B</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>330</v>
+        <v>60</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256856769</t>
+          <t>9786053410294</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Küçük Buzulun Öyküsü</t>
+          <t>Almanca İlk Yüz Sözcük / Die Ersten Hundert Wörter in Deutsch (Çıkarma Kitabı)</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053418566</t>
+          <t>9786053417682</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kes ve Yapıştır Araçlar</t>
+          <t>Tüneldeki Gizem - Dedektif Hercule Carotte</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053410775</t>
+          <t>9786053411482</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Anneciğimi Seviyorum Çünkü</t>
+          <t>Bahtsız Norm 1 - Fındık Bulunabilir</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053416142</t>
+          <t>9786256856769</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Çiko Zorbalıkla Baş Ediyor</t>
+          <t>Küçük Buzulun Öyküsü</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053411376</t>
+          <t>9786053418566</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Cenk'in Sıradışı Serüvenleri : Yeti ile Spagetti</t>
+          <t>Kes ve Yapıştır Araçlar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053411406</t>
+          <t>9786053410775</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Senin Gibi</t>
+          <t>Anneciğimi Seviyorum Çünkü</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053417040</t>
+          <t>9786053416142</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Küçük Hayvan Öyküleri</t>
+          <t>Çiko Zorbalıkla Baş Ediyor</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256856936</t>
+          <t>9786053411376</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Karga İle Tırtıl</t>
+          <t>Cenk'in Sıradışı Serüvenleri : Yeti ile Spagetti</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256856790</t>
+          <t>9786053411406</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Teşekkürler Dostum Karanlık</t>
+          <t>Senin Gibi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256856783</t>
+          <t>9786053417040</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kapıyı Çalan Kim?</t>
+          <t>Bebekler İçin Küçük Hayvan Öyküleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256856776</t>
+          <t>9786256856936</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık İçin Mükemmel Bir Gün</t>
+          <t>Karga İle Tırtıl</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256856707</t>
+          <t>9786256856790</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Uzay – Öğrenecek Çok Şey Var</t>
+          <t>Teşekkürler Dostum Karanlık</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256856646</t>
+          <t>9786256856783</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Babama Neler Oluyor?</t>
+          <t>Kapıyı Çalan Kim?</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256856738</t>
+          <t>9786256856776</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Küçük Geyik Korkuyu Yeniyor</t>
+          <t>Arkadaşlık İçin Mükemmel Bir Gün</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053418504</t>
+          <t>9786256856707</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Yaşadıkları Yerler ve Özellikleri</t>
+          <t>Uzay – Öğrenecek Çok Şey Var</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053418511</t>
+          <t>9786256856646</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Evden Çıkmak İstemeyen Dinozor</t>
+          <t>Babama Neler Oluyor?</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256856660</t>
+          <t>9786256856738</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Kedi Waki</t>
+          <t>Küçük Geyik Korkuyu Yeniyor</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256856653</t>
+          <t>9786053418504</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Annem De Uyumak İstemezse!</t>
+          <t>Hayvanlar - Yaşadıkları Yerler ve Özellikleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256856615</t>
+          <t>9786053418511</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Herkes Pembe Sevebilir</t>
+          <t>Evden Çıkmak İstemeyen Dinozor</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053418368</t>
+          <t>9786256856660</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yavru Koala Öğreniyor Tıpkı Senin Gibi</t>
+          <t>Kahraman Kedi Waki</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053418375</t>
+          <t>9786256856653</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yavru Tavşan Öğreniyor Tıpkı Senin Gibi</t>
+          <t>Annem De Uyumak İstemezse!</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256856882</t>
+          <t>9786256856615</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Uzay - Bulmaca ve Etkinliklerle</t>
+          <t>Herkes Pembe Sevebilir</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256856677</t>
+          <t>9786053418368</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Biraz Nezaket</t>
+          <t>Yavru Koala Öğreniyor Tıpkı Senin Gibi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053418351</t>
+          <t>9786053418375</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yavru Ördek Öğreniyor Tıpkı Senin Gibi</t>
+          <t>Yavru Tavşan Öğreniyor Tıpkı Senin Gibi</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786053418382</t>
+          <t>9786256856882</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yavru Ayı Öğreniyor Tıpkı Senin Gibi</t>
+          <t>Çocuklar İçin Uzay - Bulmaca ve Etkinliklerle</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256856639</t>
+          <t>9786256856677</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Anne Kalbi</t>
+          <t>Biraz Nezaket</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256856622</t>
+          <t>9786053418351</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Lola’nın Mor Bulutu</t>
+          <t>Yavru Ördek Öğreniyor Tıpkı Senin Gibi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256856547</t>
+          <t>9786053418382</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Odaklanma – Çıkartmalı Kişisel Gelişim Etkinlikleri</t>
+          <t>Yavru Ayı Öğreniyor Tıpkı Senin Gibi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256856530</t>
+          <t>9786256856639</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Özgüven – Çıkartmalı Kişisel Gelişim Etkinlikleri</t>
+          <t>Anne Kalbi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256856097</t>
+          <t>9786256856622</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Kalemle Matematik Etkinlik Kitabı</t>
+          <t>Lola’nın Mor Bulutu</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256856455</t>
+          <t>9786256856547</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sevimli Etkinlikler</t>
+          <t>Dikkat ve Odaklanma – Çıkartmalı Kişisel Gelişim Etkinlikleri</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256856431</t>
+          <t>9786256856530</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Keyifli Etkinlikler</t>
+          <t>Özgüven – Çıkartmalı Kişisel Gelişim Etkinlikleri</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053419723</t>
+          <t>9786256856097</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>En İyi Arkadaşım Çekiç Kafa</t>
+          <t>Kağıt Kalemle Matematik Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256856516</t>
+          <t>9786256856455</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Dünyamız - Oluşumundan Canlılığa</t>
+          <t>Çocuklar İçin Sevimli Etkinlikler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786053417217</t>
+          <t>9786256856431</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kendini Beğenmiş Tavus Kuşu</t>
+          <t>Çocuklar için Keyifli Etkinlikler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786053412601</t>
+          <t>9786053419723</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hey Tavşan Ce-eee!</t>
+          <t>En İyi Arkadaşım Çekiç Kafa</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053412328</t>
+          <t>9786256856516</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Zihinden Matematik 2. Kitap</t>
+          <t>Dünyamız - Oluşumundan Canlılığa</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053412250</t>
+          <t>9786053417217</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Zihinden Matematik 1. Kitap</t>
+          <t>Kendini Beğenmiş Tavus Kuşu</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786053410492</t>
+          <t>9786053412601</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları - Antik Roma’da</t>
+          <t>Hey Tavşan Ce-eee!</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053416678</t>
+          <t>9786053412328</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İlk Satranç Kitabım</t>
+          <t>Zihinden Matematik 2. Kitap</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054525171</t>
+          <t>9786053412250</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Çizelim Eğlenelim - Şövalyeler ve Kaleler</t>
+          <t>Zihinden Matematik 1. Kitap</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786053417194</t>
+          <t>9786053410492</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Van Gogh: Renklerin Korsanı</t>
+          <t>Zaman Yolcuları - Antik Roma’da</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256856608</t>
+          <t>9786053416678</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Larousse İlk Bilgiler – Çiftlikte</t>
+          <t>İlk Satranç Kitabım</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256856554</t>
+          <t>9786054525171</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağacık Denemekten Vazgeçmiyor</t>
+          <t>Çizelim Eğlenelim - Şövalyeler ve Kaleler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053414018</t>
+          <t>9786053417194</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Bir Yabancı</t>
+          <t>Van Gogh: Renklerin Korsanı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786053411338</t>
+          <t>9786256856608</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Utangaçozor Umut</t>
+          <t>Larousse İlk Bilgiler – Çiftlikte</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054525393</t>
+          <t>9786256856554</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Beren: En İyi İkinci Arkadaş - Arkadaşlık</t>
+          <t>Kaplumbağacık Denemekten Vazgeçmiyor</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786053418528</t>
+          <t>9786053414018</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İnşaatta - Larousse İlk Bilgiler</t>
+          <t>Ormanda Bir Yabancı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256856578</t>
+          <t>9786053411338</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Balina Endişelenmiyor</t>
+          <t>Utangaçozor Umut</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256856561</t>
+          <t>9786054525393</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Küçük Maymun Sakinleşiyor</t>
+          <t>Sevimli Beren: En İyi İkinci Arkadaş - Arkadaşlık</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256856585</t>
+          <t>9786053418528</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Küçük Fil Dinliyor</t>
+          <t>İnşaatta - Larousse İlk Bilgiler</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256856394</t>
+          <t>9786256856578</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Almanca 1000 Kelime</t>
+          <t>Balina Endişelenmiyor</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256856486</t>
+          <t>9786256856561</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Fark Bulmaca</t>
+          <t>Küçük Maymun Sakinleşiyor</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786053419884</t>
+          <t>9786256856585</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kızlar Yanlışlarını Düzeltir</t>
+          <t>Küçük Fil Dinliyor</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256856462</t>
+          <t>9786256856394</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Arayan Bobo – Arkadaşlık Hikayeleri</t>
+          <t>Çıkartmalarla Almanca 1000 Kelime</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256856479</t>
+          <t>9786256856486</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kelime Lütfen! – Arkadaşlık Hikayeleri</t>
+          <t>Küçüklere Fark Bulmaca</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256856448</t>
+          <t>9786053419884</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Şirin Etkinlikler - Çıkartmalı</t>
+          <t>Güçlü Kızlar Yanlışlarını Düzeltir</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786053411833</t>
+          <t>9786256856462</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Yolculuk</t>
+          <t>Arkadaş Arayan Bobo – Arkadaşlık Hikayeleri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256856424</t>
+          <t>9786256856479</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Neşeli Etkinlikler- Çıkartmalı</t>
+          <t>Sihirli Kelime Lütfen! – Arkadaşlık Hikayeleri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256856127</t>
+          <t>9786256856448</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Küçük Unicorn Yemek Yiyor</t>
+          <t>Çocuklar için Şirin Etkinlikler - Çıkartmalı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256856240</t>
+          <t>9786053411833</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Minik Kurt En Güzel Pasta Hangisi - İlk Okuma Kitapları</t>
+          <t>Ay’a Yolculuk</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256856257</t>
+          <t>9786256856424</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Minik Kurt Saklambaç Oyunu</t>
+          <t>Çocuklar için Neşeli Etkinlikler- Çıkartmalı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256856080</t>
+          <t>9786256856127</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çarpma ve Bölme Etkinlik Kitabı</t>
+          <t>Küçük Unicorn Yemek Yiyor</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256856233</t>
+          <t>9786256856240</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Martin’in Kurabiyeleri</t>
+          <t>Minik Kurt En Güzel Pasta Hangisi - İlk Okuma Kitapları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786053415640</t>
+          <t>9786256856257</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi İçin Yaratıcı Etkinlikler</t>
+          <t>Minik Kurt Saklambaç Oyunu</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>28</v>
+        <v>100</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786053413974</t>
+          <t>9786256856080</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Okula Hazırlanıyorum - İlk Şekiller Çıkartma Kitabım</t>
+          <t>Çarpma ve Bölme Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>23.5</v>
+        <v>220</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053413929</t>
+          <t>9786256856233</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Okula Hazırlanıyorum - İlk Renkler Çıkartma Kitabım</t>
+          <t>Martin’in Kurabiyeleri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>23.5</v>
+        <v>120</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053415978</t>
+          <t>9786053415640</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Filozof Kedi ile Özgüven</t>
+          <t>Okul Öncesi İçin Yaratıcı Etkinlikler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>13.9</v>
+        <v>28</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053411666</t>
+          <t>9786053413974</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Periler Empatiyi Anlatıyor</t>
+          <t>Okula Hazırlanıyorum - İlk Şekiller Çıkartma Kitabım</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>23</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786053410577</t>
+          <t>9786053413929</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Tavuklar - Masalcı Fare</t>
+          <t>Okula Hazırlanıyorum - İlk Renkler Çıkartma Kitabım</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>28</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786053410188</t>
+          <t>9786053415978</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep İçiciler</t>
+          <t>Filozof Kedi ile Özgüven</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>9.5</v>
+        <v>13.9</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786053413042</t>
+          <t>9786053411666</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Duyguları Anlamak - Duyarlı</t>
+          <t>Periler Empatiyi Anlatıyor</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>6.39</v>
+        <v>23</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053413059</t>
+          <t>9786053410577</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Duyguları Anlamak - Gururlu</t>
+          <t>Meraklı Tavuklar - Masalcı Fare</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>6.39</v>
+        <v>28</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053413035</t>
+          <t>9786053410188</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Duyguları Anlamak - Kıskanç</t>
+          <t>Mürekkep İçiciler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>6.39</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786053411390</t>
+          <t>9786053413042</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Parti</t>
+          <t>Duyguları Anlamak - Duyarlı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>5.5</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786053410515</t>
+          <t>9786053413059</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Denizi Görmek İsteyen Meraklı Tavuk</t>
+          <t>Duyguları Anlamak - Gururlu</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>40</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786053411970</t>
+          <t>9786053413035</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Prenses Öyküleri</t>
+          <t>Duyguları Anlamak - Kıskanç</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>140</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786053413172</t>
+          <t>9786053411390</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kendini T-Rex Sanan Şaşkın Dinozor</t>
+          <t>Ormanda Parti</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>110</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786053413080</t>
+          <t>9786053410515</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Duyguları Anlamak - Öfkeli</t>
+          <t>Denizi Görmek İsteyen Meraklı Tavuk</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>6.39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786053412519</t>
+          <t>9786053411970</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Küçük Prens</t>
+          <t>Prenses Öyküleri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053411703</t>
+          <t>9786053413172</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Periler Özgüveni Anlatıyor</t>
+          <t>Kendini T-Rex Sanan Şaşkın Dinozor</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>14.9</v>
+        <v>110</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053413318</t>
+          <t>9786053413080</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yıl Düşü</t>
+          <t>Duyguları Anlamak - Öfkeli</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>23</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786053410676</t>
+          <t>9786053412519</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Günlük Sözcükler / Alltagliche Wörter in Deutsch</t>
+          <t>Bebekler İçin Küçük Prens</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053410423</t>
+          <t>9786053411703</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Hera ve Herakles’in Görevleri</t>
+          <t>Periler Özgüveni Anlatıyor</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>230</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054525690</t>
+          <t>9786053413318</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Dinozorlar Kitabım</t>
+          <t>Yeni Yıl Düşü</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>150</v>
+        <v>23</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054525003</t>
+          <t>9786053410676</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bino ve Oyuncak Ayı</t>
+          <t>Yaşamdan Günlük Sözcükler / Alltagliche Wörter in Deutsch</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>80</v>
+        <v>33</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054525027</t>
+          <t>9786053410423</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bino ve Kardan Kale</t>
+          <t>Hera ve Herakles’in Görevleri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054525065</t>
+          <t>9786054525690</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bino Oyuna Katılıyor</t>
+          <t>Çıkartmalı Dinozorlar Kitabım</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054525836</t>
+          <t>9786054525003</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Hazinesi - Antik Roma</t>
+          <t>Bino ve Oyuncak Ayı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>6.39</v>
+        <v>80</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054525461</t>
+          <t>9786054525027</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Beren: Mükemmel Hediye - Empati Kurmak</t>
+          <t>Bino ve Kardan Kale</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054525478</t>
+          <t>9786054525065</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Beren: Doğum Günü Karışıklığı - Dikkatli Olmak</t>
+          <t>Bino Oyuna Katılıyor</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256856196</t>
+          <t>9786054525836</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Gözleri Görmeyen Devecik</t>
+          <t>Bilgi Hazinesi - Antik Roma</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>100</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786053417514</t>
+          <t>9786054525461</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Hansel ile Gretel</t>
+          <t>Sevimli Beren: Mükemmel Hediye - Empati Kurmak</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256856158</t>
+          <t>9786054525478</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Küçük Unicorn Uyuyor</t>
+          <t>Sevimli Beren: Doğum Günü Karışıklığı - Dikkatli Olmak</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256856226</t>
+          <t>9786256856196</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Martin’in Kağıt Kulesi</t>
+          <t>Gözleri Görmeyen Devecik</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053419938</t>
+          <t>9786053417514</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kızlar Pes Etmez</t>
+          <t>Hansel ile Gretel</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786053419709</t>
+          <t>9786256856158</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuş, Bir Çiçek ve Toprak Teyze</t>
+          <t>Küçük Unicorn Uyuyor</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256856288</t>
+          <t>9786256856226</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Abla Olmak Harika!</t>
+          <t>Martin’in Kağıt Kulesi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053412441</t>
+          <t>9786053419938</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Okuyan Kız Noona</t>
+          <t>Güçlü Kızlar Pes Etmez</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256856271</t>
+          <t>9786053419709</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dans Etmeyi Seven Aslan</t>
+          <t>Bir Kuş, Bir Çiçek ve Toprak Teyze</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786053411079</t>
+          <t>9786256856288</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel Level 2 Books</t>
+          <t>Abla Olmak Harika!</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786053413349</t>
+          <t>9786053412441</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Etkinlik Yolculuk</t>
+          <t>Düşünce Okuyan Kız Noona</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054525751</t>
+          <t>9786256856271</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Maskeleri Kitabım</t>
+          <t>Dans Etmeyi Seven Aslan</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053413943</t>
+          <t>9786053411079</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Okula Hazırlanıyorum - İlk İngilizce Sözcükler Çıkartma Kitabım</t>
+          <t>Rapunzel Level 2 Books</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>23.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053412915</t>
+          <t>9786053413349</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Jack And The Beanstalk Level 1 Books</t>
+          <t>Çıkartmalı Etkinlik Yolculuk</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053415824</t>
+          <t>9786054525751</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmak İstemeyen Lukas</t>
+          <t>Hayvan Maskeleri Kitabım</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053413615</t>
+          <t>9786053413943</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Uzay Etkinlik Kitabı</t>
+          <t>Okula Hazırlanıyorum - İlk İngilizce Sözcükler Çıkartma Kitabım</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>220</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256856202</t>
+          <t>9786053412915</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yemek Yapmayı Çok Seven Baykuş</t>
+          <t>Jack And The Beanstalk Level 1 Books</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256856219</t>
+          <t>9786053415824</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Büyümek İsteyen Küçük Maymun</t>
+          <t>Paylaşmak İstemeyen Lukas</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256856318</t>
+          <t>9786053413615</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Oli'nin Seçimi</t>
+          <t>Küçüklere Uzay Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256856301</t>
+          <t>9786256856202</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Maks'ın Sihirbazlık Gösterisi</t>
+          <t>Yemek Yapmayı Çok Seven Baykuş</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256856189</t>
+          <t>9786256856219</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hasta Olan Pembe Flamingo</t>
+          <t>Büyümek İsteyen Küçük Maymun</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256856295</t>
+          <t>9786256856318</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Gigi'nin Dostluk Bahçesi</t>
+          <t>Oli'nin Seçimi</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256856356</t>
+          <t>9786256856301</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Hakkını Arayan Maymun - Dünyadan Öyküler</t>
+          <t>Maks'ın Sihirbazlık Gösterisi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256856325</t>
+          <t>9786256856189</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Bir Gün - Dünyadan Öyküler</t>
+          <t>Hasta Olan Pembe Flamingo</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256856332</t>
+          <t>9786256856295</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Açgözlü Adam ve Dürüst Oğlu - Dünyadan Öyküler</t>
+          <t>Gigi'nin Dostluk Bahçesi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256856349</t>
+          <t>9786256856356</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ailesinin Değerini Anlayan Adam - Dünyadan Öyküler</t>
+          <t>Hakkını Arayan Maymun - Dünyadan Öyküler</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053415572</t>
+          <t>9786256856325</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Eğlenceli Etkinlikler - Çıkartmalı</t>
+          <t>Nasreddin Hoca ile Bir Gün - Dünyadan Öyküler</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053419044</t>
+          <t>9786256856332</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Doktora Giden Aslan</t>
+          <t>Açgözlü Adam ve Dürüst Oğlu - Dünyadan Öyküler</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053418993</t>
+          <t>9786256856349</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Çiko Kendine Güvenmeyi Öğreniyor</t>
+          <t>Ailesinin Değerini Anlayan Adam - Dünyadan Öyküler</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053416159</t>
+          <t>9786053415572</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kardeşini Kıskanan Nena</t>
+          <t>Çocuklar İçin Eğlenceli Etkinlikler - Çıkartmalı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053416203</t>
+          <t>9786053419044</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İstediğini Giymek İsteyen Eda</t>
+          <t>Doktora Giden Aslan</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053416784</t>
+          <t>9786053418993</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Minik Kurbağanın Uyku Vakti</t>
+          <t>Çiko Kendine Güvenmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053414414</t>
+          <t>9786053416159</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Julia Donaldson'dan Dramalar - Üç Akıllı Keçi</t>
+          <t>Kardeşini Kıskanan Nena</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053414391</t>
+          <t>9786053416203</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Julia Donaldson'dan Dramalar - Ağaçtaki Balık</t>
+          <t>İstediğini Giymek İsteyen Eda</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053416623</t>
+          <t>9786053416784</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Klasik Masallar - Değerli Masallar Koleksiyonları</t>
+          <t>Minik Kurbağanın Uyku Vakti</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053410911</t>
+          <t>9786053414414</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>The Clever Lion King Level 3 Books</t>
+          <t>Julia Donaldson'dan Dramalar - Üç Akıllı Keçi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053412847</t>
+          <t>9786053414391</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>The Adventures of Huckleberry Finn</t>
+          <t>Julia Donaldson'dan Dramalar - Ağaçtaki Balık</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053412922</t>
+          <t>9786053416623</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Puss in Boots</t>
+          <t>Klasik Masallar - Değerli Masallar Koleksiyonları</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053412878</t>
+          <t>9786053410911</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>The Count of Monte Cristo</t>
+          <t>The Clever Lion King Level 3 Books</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053410652</t>
+          <t>9786053412847</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 8</t>
+          <t>The Adventures of Huckleberry Finn</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>55</v>
+        <v>110</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053411499</t>
+          <t>9786053412922</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Afrodit Aşk Tanrıçası</t>
+          <t>Puss in Boots</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>230</v>
+        <v>80</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053411963</t>
+          <t>9786053412878</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Peri ve Tek Boynuzlu At Öyküleri</t>
+          <t>The Count of Monte Cristo</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053418832</t>
+          <t>9786053410652</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Küçükler İçin Büyük Çizim Kitabı</t>
+          <t>Renkli Matematik Dünyası 8</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>325</v>
+        <v>55</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054525133</t>
+          <t>9786053411499</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 10</t>
+          <t>Afrodit Aşk Tanrıçası</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>40</v>
+        <v>230</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053417453</t>
+          <t>9786053411963</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Peri ve Tek Boynuzlu At Öyküleri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053410041</t>
+          <t>9786053418832</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Zeus - Olimposlular</t>
+          <t>Küçükler İçin Büyük Çizim Kitabı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053410409</t>
+          <t>9786054525133</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Arapça İlk Bin Sözcük</t>
+          <t>Renkli Matematik Dünyası 10</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053419945</t>
+          <t>9786053417453</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yavrucuk - Merhaba Demek Ne Güzel</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053419815</t>
+          <t>9786053410041</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Çizgiden Resimlere - Masal Dünyası</t>
+          <t>Zeus - Olimposlular</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>325</v>
+        <v>230</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053419839</t>
+          <t>9786053410409</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Çizgiden Resimlere - Meslekler</t>
+          <t>Arapça İlk Bin Sözcük</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053415909</t>
+          <t>9786053419945</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler (3+ Yaş) İlk Bilgilerim Dizisi</t>
+          <t>Yavrucuk - Merhaba Demek Ne Güzel</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053411994</t>
+          <t>9786053419815</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Korsan Öyküleri</t>
+          <t>Çizgiden Resimlere - Masal Dünyası</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>140</v>
+        <v>325</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053410584</t>
+          <t>9786053419839</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Tavuklar - Küçük Kara Kedi</t>
+          <t>Çizgiden Resimlere - Meslekler</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>140</v>
+        <v>325</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053411055</t>
+          <t>9786053415909</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Sleeping Beauty Level 2 Books</t>
+          <t>Mevsimler (3+ Yaş) İlk Bilgilerim Dizisi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053410966</t>
+          <t>9786053411994</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Snow White and the Seven Dwarfs Level 2</t>
+          <t>Korsan Öyküleri</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256856141</t>
+          <t>9786053410584</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yumak - Sakinleşiyor</t>
+          <t>Meraklı Tavuklar - Küçük Kara Kedi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256856134</t>
+          <t>9786053411055</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yumak Sevgi Bulutu</t>
+          <t>Sleeping Beauty Level 2 Books</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256856103</t>
+          <t>9786053410966</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Küçük Coco Channel Hayallerinin Peşinde</t>
+          <t>Snow White and the Seven Dwarfs Level 2</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256856110</t>
+          <t>9786256856141</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dino Dünya Turunda</t>
+          <t>Küçük Yumak - Sakinleşiyor</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256856035</t>
+          <t>9786256856134</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Eğlenceli Etkinlikler- Yırt, Kes, Yapıştır</t>
+          <t>Küçük Yumak Sevgi Bulutu</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053412854</t>
+          <t>9786256856103</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Twenty Thousand Leagues Under The Sea Stage 4 Books</t>
+          <t>Küçük Coco Channel Hayallerinin Peşinde</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256856042</t>
+          <t>9786256856110</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Labirent Kitabı - Dikkat ve Algı Geliştirir</t>
+          <t>Küçük Dino Dünya Turunda</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256856363</t>
+          <t>9786256856035</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Ressamlar Kitap Seti</t>
+          <t>Küçüklere Eğlenceli Etkinlikler- Yırt, Kes, Yapıştır</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>0</v>
+        <v>220</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053417071X</t>
+          <t>9786053412854</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Uykudan Önce Uykulu Öyküler</t>
+          <t>Twenty Thousand Leagues Under The Sea Stage 4 Books</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>50</v>
+        <v>110</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053411062</t>
+          <t>9786256856042</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Wizard Of Oz Level 1 Books</t>
+          <t>Küçüklere Labirent Kitabı - Dikkat ve Algı Geliştirir</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256856059</t>
+          <t>9786256856363</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Bahar Etkinlik Kitabı</t>
+          <t>Ünlü Ressamlar Kitap Seti</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>220</v>
+        <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>1010101000556</t>
+          <t>9786053417071X</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Etkinlik Serisi 5 Al 4 Öde Kitap Seti - Küçüklere Gezi Etkinlik Kitabı,Çocuklar İçin Güzel Etkinlikler, Küçüklere Doğa Etkinlik Kitabı, Toplama Ve Çıkarma Etkinlik Kitabı, Okula Başlıyorum Etkinlik Kitabı</t>
+          <t>Bebekler İçin Uykudan Önce Uykulu Öyküler</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>380</v>
+        <v>50</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>1010101000587</t>
+          <t>9786053411062</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Dünyaca Ünlü Eserler Dizisi 5 Al 4 Öde Kitap Seti - Pamuk Prenses Ve Yedi Cüceler, Jack Ve Fasulye Sırığı, Don Kişot, Külkedisi, Karlar Kraliçesi</t>
+          <t>Wizard Of Oz Level 1 Books</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053417347</t>
+          <t>9786256856059</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Doğa Bilimciler - Genç Bilim İnsanları</t>
+          <t>Küçüklere Bahar Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>1010101000549</t>
+          <t>1010101000556</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Öğrenen Yavrular 5 Al 4 Öde Kitap Seti - Kendine Güvenen Fil, Tavşan Sakin Ve Rahat, Panda Huzurlu Ve Mutlu, Ayıcık Kızgın Değil, Konsantre Olabilen Kanguru</t>
+          <t>Küçüklere Etkinlik Serisi 5 Al 4 Öde Kitap Seti - Küçüklere Gezi Etkinlik Kitabı,Çocuklar İçin Güzel Etkinlikler, Küçüklere Doğa Etkinlik Kitabı, Toplama Ve Çıkarma Etkinlik Kitabı, Okula Başlıyorum Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053417323</t>
+          <t>1010101000587</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Engel Tanımayan İnsanlar - Genç Bilim İnsanları</t>
+          <t>Dünyaca Ünlü Eserler Dizisi 5 Al 4 Öde Kitap Seti - Pamuk Prenses Ve Yedi Cüceler, Jack Ve Fasulye Sırığı, Don Kişot, Külkedisi, Karlar Kraliçesi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053417316</t>
+          <t>9786053417347</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Mucitler - Genç Bilim İnsanları</t>
+          <t>Doğa Bilimciler - Genç Bilim İnsanları</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053417279</t>
+          <t>1010101000549</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Öncü İnsanlar - Genç Bilim İnsanları</t>
+          <t>Öğrenen Yavrular 5 Al 4 Öde Kitap Seti - Kendine Güvenen Fil, Tavşan Sakin Ve Rahat, Panda Huzurlu Ve Mutlu, Ayıcık Kızgın Değil, Konsantre Olabilen Kanguru</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053419693</t>
+          <t>9786053417323</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Su Damlacığının Yolculuğu</t>
+          <t>Engel Tanımayan İnsanlar - Genç Bilim İnsanları</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053419099</t>
+          <t>9786053417316</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Tavşanını Özleyen Köpek</t>
+          <t>Mucitler - Genç Bilim İnsanları</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053414810</t>
+          <t>9786053417279</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Bitlenen Panda</t>
+          <t>Öncü İnsanlar - Genç Bilim İnsanları</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053417057</t>
+          <t>9786053419693</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Uykudan Önce Oyuncak Öyküleri</t>
+          <t>Su Damlacığının Yolculuğu</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053418757</t>
+          <t>9786053419099</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayıcıklar İçin Uyku Vakti</t>
+          <t>Tavşanını Özleyen Köpek</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053418665</t>
+          <t>9786053414810</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>365 Öykü</t>
+          <t>Bitlenen Panda</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053413875</t>
+          <t>9786053417057</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Karınca ile Ağustos Böceği</t>
+          <t>Bebekler İçin Uykudan Önce Oyuncak Öyküleri</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053411017</t>
+          <t>9786053418757</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>The Elves and the Shoemaker Level 1 Book</t>
+          <t>Minik Ayıcıklar İçin Uyku Vakti</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053418788</t>
+          <t>9786053418665</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk 100 Sözcük - First Hundred Words in English Boyama Kitabı</t>
+          <t>365 Öykü</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053419976</t>
+          <t>9786053413875</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Yavrucuk - Yemek Yiyelim</t>
+          <t>Karınca ile Ağustos Böceği</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053419952</t>
+          <t>9786053411017</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yavrucuk Oyuncak Arıyor</t>
+          <t>The Elves and the Shoemaker Level 1 Book</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256856172</t>
+          <t>9786053418788</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ben Hep Yanındayım</t>
+          <t>İngilizce İlk 100 Sözcük - First Hundred Words in English Boyama Kitabı</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053419716</t>
+          <t>9786053419976</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Tutalım</t>
+          <t>Yavrucuk - Yemek Yiyelim</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053416777</t>
+          <t>9786053419952</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Adamızda Herkese Yer Var</t>
+          <t>Yavrucuk Oyuncak Arıyor</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053419808</t>
+          <t>9786256856172</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Çizgiden Resimlere - Hayvanlar ve Karakterler</t>
+          <t>Ben Hep Yanındayım</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>325</v>
+        <v>120</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256856066</t>
+          <t>9786053419716</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boyama Kitabım</t>
+          <t>Bir Dilek Tutalım</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053419792</t>
+          <t>9786053416777</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Çizgiden Resimlere - Orman</t>
+          <t>Adamızda Herkese Yer Var</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>325</v>
+        <v>100</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053419785</t>
+          <t>9786053419808</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Çizgiden Resimlere - Nasıl Çizilir?</t>
+          <t>Çizgiden Resimlere - Hayvanlar ve Karakterler</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053419846</t>
+          <t>9786256856066</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Boyama ve Etkinlik Kitabı</t>
+          <t>Büyük Boyama Kitabım</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053419730</t>
+          <t>9786053419792</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık Hooop Yatağa</t>
+          <t>Çizgiden Resimlere - Orman</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053419860</t>
+          <t>9786053419785</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Resim Çiziyorum: Atlar ve Poniler</t>
+          <t>Çizgiden Resimlere - Nasıl Çizilir?</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053419853</t>
+          <t>9786053419846</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Resim Çiziyorum: Hayvanat Bahçesi</t>
+          <t>Dinozor Boyama ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053419969</t>
+          <t>9786053419730</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yavrucuk - Korkuyu Yeniyor</t>
+          <t>Ayıcık Hooop Yatağa</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053419990</t>
+          <t>9786053419860</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Yavrucuk - Kızgınlığı Yeniyor</t>
+          <t>Adım Adım Resim Çiziyorum: Atlar ve Poniler</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256856165</t>
+          <t>9786053419853</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Kitaplığı - 9 Kitaplık Kutulu Set</t>
+          <t>Adım Adım Resim Çiziyorum: Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>1160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053419761</t>
+          <t>9786053419969</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İlk Çıkartma Kitabım: Duygular</t>
+          <t>Yavrucuk - Korkuyu Yeniyor</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053419891</t>
+          <t>9786053419990</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Deniz Altı Dünyası Etkinlik Kitabı</t>
+          <t>Yavrucuk - Kızgınlığı Yeniyor</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053419983</t>
+          <t>9786256856165</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Yavrucuk Oda Toplama Zamanı</t>
+          <t>Küçük Prens Kitaplığı - 9 Kitaplık Kutulu Set</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>100</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256856004</t>
+          <t>9786053419761</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Yavrucuk Banyo Zamanı</t>
+          <t>İlk Çıkartma Kitabım: Duygular</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256856011</t>
+          <t>9786053419891</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yavrucuk Mutluyum</t>
+          <t>Küçüklere Deniz Altı Dünyası Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053419914</t>
+          <t>9786053419983</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Tatil Etkinlik Kitabı</t>
+          <t>Yavrucuk Oda Toplama Zamanı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053419907</t>
+          <t>9786256856004</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Korsan Etkinlik Kitabı</t>
+          <t>Yavrucuk Banyo Zamanı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053419822</t>
+          <t>9786256856011</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Futbol Boyama ve Etkinlik Kitabı</t>
+          <t>Yavrucuk Mutluyum</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786053419778</t>
+          <t>9786053419914</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Okula Başlıyorum Etkinlik Kitabı</t>
+          <t>Küçüklere Tatil Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256856028</t>
+          <t>9786053419907</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Benim Duygularım ve Annem</t>
+          <t>Küçüklere Korsan Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053419617</t>
+          <t>9786053419822</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Şirin Manga - Manga Boyama Kitabı</t>
+          <t>Futbol Boyama ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053418689</t>
+          <t>9786053419778</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Toplama ve Çıkarma Etkinlik Kitabı</t>
+          <t>Okula Başlıyorum Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053419754</t>
+          <t>9786256856028</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Canavarı ve Gecenin Sürprizi</t>
+          <t>Benim Duygularım ve Annem</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053417286</t>
+          <t>9786053419617</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Buluş Yapan Kadınlar - Genç Bilim İnsanları</t>
+          <t>Garip Ama Şirin Manga - Manga Boyama Kitabı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053417293</t>
+          <t>9786053418689</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kimyagerler ve Biyologlar - Genç Bilim İnsanları</t>
+          <t>Toplama ve Çıkarma Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053417231</t>
+          <t>9786053419754</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Fosilbilimciler - Genç Bilim İnsanları</t>
+          <t>Sevgi Canavarı ve Gecenin Sürprizi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053417330</t>
+          <t>9786053417286</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Gökbilimciler - Genç Bilim İnsanları</t>
+          <t>Buluş Yapan Kadınlar - Genç Bilim İnsanları</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053419631</t>
+          <t>9786053417293</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Asla Yalnız Değilsin</t>
+          <t>Kimyagerler ve Biyologlar - Genç Bilim İnsanları</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053419686</t>
+          <t>9786053417231</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Seni Çok Seviyorum</t>
+          <t>Fosilbilimciler - Genç Bilim İnsanları</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786053419747</t>
+          <t>9786053417330</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Canavarı ve Dev Dalga - Sevgi Canavarı</t>
+          <t>Gökbilimciler - Genç Bilim İnsanları</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786053419488</t>
+          <t>9786053419631</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskelilerin Sırrı</t>
+          <t>Asla Yalnız Değilsin</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053419464</t>
+          <t>9786053419686</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler Çalınan Şekerler</t>
+          <t>Seni Çok Seviyorum</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053419457</t>
+          <t>9786053419747</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler Okulu</t>
+          <t>Sevgi Canavarı ve Dev Dalga - Sevgi Canavarı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053419440</t>
+          <t>9786053419488</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler Ormandaki Hayalperest</t>
+          <t>Pijamaskelilerin Sırrı</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786053419471</t>
+          <t>9786053419464</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler Operasyon Sıfır</t>
+          <t>Pijamaskeliler Çalınan Şekerler</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786053419662</t>
+          <t>9786053419457</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Çok Güzel Bir Sabah</t>
+          <t>Pijamaskeliler Okulu</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053419679</t>
+          <t>9786053419440</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Arayan Çocuklar</t>
+          <t>Pijamaskeliler Ormandaki Hayalperest</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053419600</t>
+          <t>9786053419471</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Uyku Zamanı Minik Fare – Uyku Saati İçin Mindfullness Alıştırmaları</t>
+          <t>Pijamaskeliler Operasyon Sıfır</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053419655</t>
+          <t>9786053419662</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Ayı- Arkadaşlık ve Dostluk Üzerine</t>
+          <t>Çok Güzel Bir Sabah</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053419624</t>
+          <t>9786053419679</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mavi Kuş Barnabi</t>
+          <t>Dinozor Arayan Çocuklar</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053419648</t>
+          <t>9786053419600</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Ev Kedisi Bobo ve Sokak Kedisi Çiko</t>
+          <t>Uyku Zamanı Minik Fare – Uyku Saati İçin Mindfullness Alıştırmaları</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786053419242</t>
+          <t>9786053419655</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Günlük Yaşamdan Almanca 500 Sözcük</t>
+          <t>Arkadaşım Ayı- Arkadaşlık ve Dostluk Üzerine</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053410355</t>
+          <t>9786053419624</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Öğreten Kartlar - Rusça</t>
+          <t>Küçük Mavi Kuş Barnabi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786053410379</t>
+          <t>9786053419648</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Öğreten Kartlar - İtalyanca</t>
+          <t>Ev Kedisi Bobo ve Sokak Kedisi Çiko</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786053410331</t>
+          <t>9786053419242</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Öğreten Kartlar - İngilizce</t>
+          <t>Resimlerle Günlük Yaşamdan Almanca 500 Sözcük</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053410362</t>
+          <t>9786053410355</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Öğreten Kartlar - Fransızca</t>
+          <t>Sözcük Öğreten Kartlar - Rusça</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053410348</t>
+          <t>9786053410379</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Öğreten Kartlar - Arapça</t>
+          <t>Sözcük Öğreten Kartlar - İtalyanca</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053418849</t>
+          <t>9786053410331</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>The Adventures Of Tom Sawyer</t>
+          <t>Sözcük Öğreten Kartlar - İngilizce</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786053419105</t>
+          <t>9786053410362</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Kurtarma Öyküleri</t>
+          <t>Sözcük Öğreten Kartlar - Fransızca</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053419129</t>
+          <t>9786053410348</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Midilli Öyküleri</t>
+          <t>Sözcük Öğreten Kartlar - Arapça</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053419303</t>
+          <t>9786053418849</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Dedektif - Yuvada Panik</t>
+          <t>The Adventures Of Tom Sawyer</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786053419549</t>
+          <t>9786053419105</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Sirkten Kaçış</t>
+          <t>Hayvan Kurtarma Öyküleri</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786053419402</t>
+          <t>9786053419129</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızın İyiliği İçin Doğayı Koru</t>
+          <t>Midilli Öyküleri</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786053419556</t>
+          <t>9786053419303</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Annem, Ben ve Duygularımız</t>
+          <t>Tüylü Dedektif - Yuvada Panik</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053419112</t>
+          <t>9786053419549</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Yavru Kedi Öyküleri</t>
+          <t>Sirkten Kaçış</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053419310</t>
+          <t>9786053419402</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Dedektif Kayıp Eşyaların Sırrı</t>
+          <t>Dünyamızın İyiliği İçin Doğayı Koru</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053419327</t>
+          <t>9786053419556</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Dedektif Lekeli Tütü</t>
+          <t>Annem, Ben ve Duygularımız</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053419570</t>
+          <t>9786053419112</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Mini Dahi Leonardo Da Vinci ve Uçan Makineler</t>
+          <t>Yavru Kedi Öyküleri</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786053419594</t>
+          <t>9786053419310</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Mini Dahi Albert Einstein ve Dahice Fiki</t>
+          <t>Tüylü Dedektif Kayıp Eşyaların Sırrı</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786053419587</t>
+          <t>9786053419327</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Mini Dahi Frida Kahlo ve Renkli Dünyası</t>
+          <t>Tüylü Dedektif Lekeli Tütü</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786053419563</t>
+          <t>9786053419570</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Mini Dahi: Marie Curie ve Atomla İlgili Buluşları</t>
+          <t>Mini Dahi Leonardo Da Vinci ve Uçan Makineler</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786053419525</t>
+          <t>9786053419594</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Ayılar Ağlamaz</t>
+          <t>Mini Dahi Albert Einstein ve Dahice Fiki</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786053419532</t>
+          <t>9786053419587</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Mektubu</t>
+          <t>Mini Dahi Frida Kahlo ve Renkli Dünyası</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053419150</t>
+          <t>9786053419563</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Şekerlemelerin Sırrı</t>
+          <t>Mini Dahi: Marie Curie ve Atomla İlgili Buluşları</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053419167</t>
+          <t>9786053419525</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Adadaki Hazine</t>
+          <t>Ayılar Ağlamaz</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786053419143</t>
+          <t>9786053419532</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kurabiye Hırsızı Papağan</t>
+          <t>Sevgi Mektubu</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053419136</t>
+          <t>9786053419150</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Turist Gemisi</t>
+          <t>Şekerlemelerin Sırrı</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053419334</t>
+          <t>9786053419167</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kendine Güvenebilen Luna</t>
+          <t>Adadaki Hazine</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053419358</t>
+          <t>9786053419143</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İki Evi Olan Violet</t>
+          <t>Kurabiye Hırsızı Papağan</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786053419341</t>
+          <t>9786053419136</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kardeşiyle Mutlu Olabilen Arşil</t>
+          <t>Turist Gemisi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786053419365</t>
+          <t>9786053419334</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Çekingen Gabin</t>
+          <t>Kendine Güvenebilen Luna</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786053419501</t>
+          <t>9786053419358</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Larousse İlk Bilgiler – İtfaiyeciler</t>
+          <t>İki Evi Olan Violet</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786053419518</t>
+          <t>9786053419341</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Larousse İlk Bilgiler - Anaokulunda</t>
+          <t>Kardeşiyle Mutlu Olabilen Arşil</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053419495</t>
+          <t>9786053419365</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Larousse İlk Bilgiler - Hayvanlar</t>
+          <t>Çekingen Gabin</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053419273</t>
+          <t>9786053419501</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Gülmeyen Papağan</t>
+          <t>Larousse İlk Bilgiler – İtfaiyeciler</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786053419266</t>
+          <t>9786053419518</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Uçmak İsteyen Devekuşu</t>
+          <t>Larousse İlk Bilgiler - Anaokulunda</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786053419297</t>
+          <t>9786053419495</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Dost Lama</t>
+          <t>Larousse İlk Bilgiler - Hayvanlar</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786053419280</t>
+          <t>9786053419273</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Özgür Olmak İsteyen Fil</t>
+          <t>Gülmeyen Papağan</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786053415282</t>
+          <t>9786053419266</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Bana Kim Sarılır?</t>
+          <t>Uçmak İsteyen Devekuşu</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786053417873</t>
+          <t>9786053419297</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>The Time Machine</t>
+          <t>Tuhaf Dost Lama</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786053419082</t>
+          <t>9786053419280</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Rahatlayabilen Rengeyiği</t>
+          <t>Özgür Olmak İsteyen Fil</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786053419433</t>
+          <t>9786053415282</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Lazımlık</t>
+          <t>Bana Kim Sarılır?</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786053418924</t>
+          <t>9786053417873</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Türkçe İlk 1000 Sözcük</t>
+          <t>The Time Machine</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786053419075</t>
+          <t>9786053419082</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ayıcığa Beklenmedik Misafir</t>
+          <t>Rahatlayabilen Rengeyiği</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786053419037</t>
+          <t>9786053419433</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kardeşiyle Mutlu Olabilen Fare</t>
+          <t>Lazımlık</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786053419372</t>
+          <t>9786053418924</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Lidya Dayanışmayı Anlatıyor</t>
+          <t>Resimlerle Türkçe İlk 1000 Sözcük</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786053419396</t>
+          <t>9786053419075</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Derna Empatiyi Anlatıyor</t>
+          <t>Küçük Ayıcığa Beklenmedik Misafir</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786053419259</t>
+          <t>9786053419037</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ressam Leonardo'nun Paleti</t>
+          <t>Kardeşiyle Mutlu Olabilen Fare</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786053418894</t>
+          <t>9786053419372</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Mateo Seçmeyi Öğreniyor</t>
+          <t>Lidya Dayanışmayı Anlatıyor</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786053419228</t>
+          <t>9786053419396</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Kendine Güvenen Sam</t>
+          <t>Derna Empatiyi Anlatıyor</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786053419426</t>
+          <t>9786053419259</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Gece Maymunu Gündüz Maymunu</t>
+          <t>Büyük Ressam Leonardo'nun Paleti</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786053416791</t>
+          <t>9786053418894</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Arkadaş</t>
+          <t>Mateo Seçmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786053417880</t>
+          <t>9786053419228</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Dünyamız</t>
+          <t>Kendine Güvenen Sam</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786053417200</t>
+          <t>9786053419426</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kurma Günü</t>
+          <t>Gece Maymunu Gündüz Maymunu</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786053416081</t>
+          <t>9786053416791</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kedi Kevin Kucağa Alışıyor</t>
+          <t>Uzaylı Arkadaş</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786053416166</t>
+          <t>9786053417880</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Momo</t>
+          <t>Dünyamız</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786053416180</t>
+          <t>9786053417200</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Her İstediği Olsun İsteyen Moli</t>
+          <t>Hayal Kurma Günü</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786053415633</t>
+          <t>9786053416081</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Bilgi Hazinesi</t>
+          <t>Kedi Kevin Kucağa Alışıyor</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786053416746</t>
+          <t>9786053416166</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Eşyalarını Kaybeden Tavşan</t>
+          <t>Utangaç Momo</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786053414995</t>
+          <t>9786053416180</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Küçük Deha - Kediciğin Uyku Vakti</t>
+          <t>Her İstediği Olsun İsteyen Moli</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786053415039</t>
+          <t>9786053415633</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Küçük Deha - Tay Dişlerini Fırçalıyor</t>
+          <t>Öykülerle Bilgi Hazinesi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786053415046</t>
+          <t>9786053416746</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Küçük Deha - Zebra Biberonu Bırakıyor</t>
+          <t>Eşyalarını Kaybeden Tavşan</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786053417583</t>
+          <t>9786053414995</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Gaston Artık Kıskanmıyor - Gaston'un Duyguları</t>
+          <t>Merhaba Küçük Deha - Kediciğin Uyku Vakti</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786053417590</t>
+          <t>9786053415039</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Gaston Artık Kızgın Değil - Gaston'un Duyguları</t>
+          <t>Merhaba Küçük Deha - Tay Dişlerini Fırçalıyor</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786053417576</t>
+          <t>9786053415046</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Gaston Artık Korkmuyor - Gaston'un Duyguları</t>
+          <t>Merhaba Küçük Deha - Zebra Biberonu Bırakıyor</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786053417606</t>
+          <t>9786053417583</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Gaston Artık Utangaç Değil - Gaston'un Duyguları</t>
+          <t>Gaston Artık Kıskanmıyor - Gaston'un Duyguları</t>
         </is>
       </c>
       <c r="C372" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786053417613</t>
+          <t>9786053417590</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Gaston Artık Üzgün Değil - Gaston'un Duyguları</t>
+          <t>Gaston Artık Kızgın Değil - Gaston'un Duyguları</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786053416692</t>
+          <t>9786053417576</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Suzi Araştırıyor - Kırmızı Başlıklı Kız</t>
+          <t>Gaston Artık Korkmuyor - Gaston'un Duyguları</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786053416715</t>
+          <t>9786053417606</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Suzi Araştırıyor - Külkedisi</t>
+          <t>Gaston Artık Utangaç Değil - Gaston'un Duyguları</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786053416708</t>
+          <t>9786053417613</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Suzi Araştırıyor - Kurabiye Çocuk</t>
+          <t>Gaston Artık Üzgün Değil - Gaston'un Duyguları</t>
         </is>
       </c>
       <c r="C376" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786053417668</t>
+          <t>9786053416692</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Suzi Araştırıyor - Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786053417675</t>
+          <t>9786053416715</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Hamlet</t>
+          <t>Suzi Araştırıyor - Külkedisi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786053414957</t>
+          <t>9786053416708</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Van Gogh ve Ben</t>
+          <t>Suzi Araştırıyor - Kurabiye Çocuk</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786053417170</t>
+          <t>9786053417668</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Ninesinin Küçük Keçisi</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786053417132</t>
+          <t>9786053417675</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Ressam Mondrian’ın Tablosu Üzerine Öykü: Renk Apartmanı</t>
+          <t>Hamlet</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786053417156</t>
+          <t>9786053414957</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Ressam Steinlen’in Kara Kedisi Üzerine Öykü</t>
+          <t>Van Gogh ve Ben</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786053417415</t>
+          <t>9786053417170</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Ninesinin Küçük Keçisi</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786053411840</t>
+          <t>9786053417132</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>İki Sene Okul Tatili</t>
+          <t>Ressam Mondrian’ın Tablosu Üzerine Öykü: Renk Apartmanı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786053417422</t>
+          <t>9786053417156</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Patenler</t>
+          <t>Ressam Steinlen’in Kara Kedisi Üzerine Öykü</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786053417408</t>
+          <t>9786053417415</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Esrarlı Ada</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786053411819</t>
+          <t>9786053411840</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>İki Sene Okul Tatili</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786053412502</t>
+          <t>9786053417422</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmi Bin Fersah</t>
+          <t>Gümüş Patenler</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786053411826</t>
+          <t>9786053417408</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Esrarlı Ada</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786053412496</t>
+          <t>9786053411819</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Balonla Beş Hafta</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786053417392</t>
+          <t>9786053412502</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786053416272</t>
+          <t>9786053411826</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bir Arkadaş - Süper Kahraman Ben</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786053416265</t>
+          <t>9786053412496</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Okulun İlk Günü - Süper Kahraman Ben</t>
+          <t>Balonla Beş Hafta</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786053416241</t>
+          <t>9786053417392</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Spor - Süper Kahraman Ben</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786053416258</t>
+          <t>9786053416272</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Yemek Vakti - Süper Kahraman Ben</t>
+          <t>Bir Arkadaş - Süper Kahraman Ben</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786053416807</t>
+          <t>9786053416265</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Gelmeyen Minik Kuş</t>
+          <t>Okulun İlk Günü - Süper Kahraman Ben</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786053416814</t>
+          <t>9786053416241</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Balon Ağacı</t>
+          <t>Yaşasın Spor - Süper Kahraman Ben</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786053416357</t>
+          <t>9786053416258</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Küçük Farecik Lili İle Sayılar</t>
+          <t>Yemek Vakti - Süper Kahraman Ben</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786053416005</t>
+          <t>9786053416807</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Komiği</t>
+          <t>Uykusu Gelmeyen Minik Kuş</t>
         </is>
       </c>
       <c r="C399" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786053415992</t>
+          <t>9786053416814</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Andrew’un Dişi</t>
+          <t>Balon Ağacı</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786053415725</t>
+          <t>9786053416357</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Tibi Yemek Yemeyi Seviyor</t>
+          <t>Küçük Farecik Lili İle Sayılar</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786053415718</t>
+          <t>9786053416005</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Tibi Denizde</t>
+          <t>Sınıfın Komiği</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786053415626</t>
+          <t>9786053415992</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Heidi: Kara Kış</t>
+          <t>Andrew’un Dişi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786053415619</t>
+          <t>9786053415725</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Heidi: Yılbaşı</t>
+          <t>Tibi Yemek Yemeyi Seviyor</t>
         </is>
       </c>
       <c r="C404" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786053415862</t>
+          <t>9786053415718</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü (3+ Yaş) - İlk Bilgilerim Dizisi</t>
+          <t>Tibi Denizde</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786053415879</t>
+          <t>9786053415626</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Beş Duyu (3+ Yaş) - İlk Bilgilerim Dizisi</t>
+          <t>Heidi: Kara Kış</t>
         </is>
       </c>
       <c r="C406" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786053416371</t>
+          <t>9786053415619</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Küçük Farecik Lili ile Renkler</t>
+          <t>Heidi: Yılbaşı</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786053414865</t>
+          <t>9786053415862</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Olmak İsteyen Tembel</t>
+          <t>Gökyüzü (3+ Yaş) - İlk Bilgilerim Dizisi</t>
         </is>
       </c>
       <c r="C408" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786053414674</t>
+          <t>9786053415879</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Şekeri Çok Seven Kurt</t>
+          <t>Beş Duyu (3+ Yaş) - İlk Bilgilerim Dizisi</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786053414780</t>
+          <t>9786053416371</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Sudan Korkan Timsah</t>
+          <t>Küçük Farecik Lili ile Renkler</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786053414667</t>
+          <t>9786053414865</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kötü Sözler Söyleyen Koala</t>
+          <t>Ünlü Olmak İsteyen Tembel</t>
         </is>
       </c>
       <c r="C411" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786053414841</t>
+          <t>9786053414674</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Karnı Aç Boa Yılanı</t>
+          <t>Şekeri Çok Seven Kurt</t>
         </is>
       </c>
       <c r="C412" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786053414803</t>
+          <t>9786053414780</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Hıçkırık Tutan Su Aygırı</t>
+          <t>Sudan Korkan Timsah</t>
         </is>
       </c>
       <c r="C413" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786053414834</t>
+          <t>9786053414667</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Banyo Yapmak İstemeyen Zürafa</t>
+          <t>Kötü Sözler Söyleyen Koala</t>
         </is>
       </c>
       <c r="C414" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786053414797</t>
+          <t>9786053414841</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Ayakları Üşüyen Penguen</t>
+          <t>Karnı Aç Boa Yılanı</t>
         </is>
       </c>
       <c r="C415" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786053414858</t>
+          <t>9786053414803</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Annesini Arayan Bukalemun</t>
+          <t>Hıçkırık Tutan Su Aygırı</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786053414773</t>
+          <t>9786053414834</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Hediyesini İsteyen Fare</t>
+          <t>Banyo Yapmak İstemeyen Zürafa</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786053417781</t>
+          <t>9786053414797</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Ayakları Üşüyen Penguen</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786053417859</t>
+          <t>9786053414858</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmi Bin Fersah</t>
+          <t>Annesini Arayan Bukalemun</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786053417736</t>
+          <t>9786053414773</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Esrarlı Ada</t>
+          <t>Hediyesini İsteyen Fare</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786053414827</t>
+          <t>9786053417781</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Erken Kalkmayı Sevmeyen Kurbağa</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786053416364</t>
+          <t>9786053417859</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Küçük Farecik Lili ile Mevsimler</t>
+          <t>Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786053416012</t>
+          <t>9786053417736</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Paylaşıyoruz</t>
+          <t>Esrarlı Ada</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786053415930</t>
+          <t>9786053414827</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Haksızlık Bu!</t>
+          <t>Erken Kalkmayı Sevmeyen Kurbağa</t>
         </is>
       </c>
       <c r="C424" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786053415947</t>
+          <t>9786053416364</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Biraz Daha!</t>
+          <t>Küçük Farecik Lili ile Mevsimler</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786053415923</t>
+          <t>9786053416012</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Benim O!</t>
+          <t>Her Şeyi Paylaşıyoruz</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786053415763</t>
+          <t>9786053415930</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar - Yararları Dizisi</t>
+          <t>Haksızlık Bu!</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786053418818</t>
+          <t>9786053415947</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Temiz Olmak - Yararları Dizisi</t>
+          <t>Biraz Daha!</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786053415015</t>
+          <t>9786053415923</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Küçük Deha - Aslancık Oyuncaklarını Paylaşıyor</t>
+          <t>Benim O!</t>
         </is>
       </c>
       <c r="C429" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786053415008</t>
+          <t>9786053415763</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Küçük Deha - Hipopotam Affedersiniz Diyor</t>
+          <t>Arkadaşlar - Yararları Dizisi</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786053415732</t>
+          <t>9786053418818</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Okul - Yararları Dizisi</t>
+          <t>Temiz Olmak - Yararları Dizisi</t>
         </is>
       </c>
       <c r="C431" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786053414056</t>
+          <t>9786053415015</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Büyük Uygarlıklar - Eski Mısır</t>
+          <t>Merhaba Küçük Deha - Aslancık Oyuncaklarını Paylaşıyor</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786053414049</t>
+          <t>9786053415008</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Büyük Uygarlıklar - Sümerler</t>
+          <t>Merhaba Küçük Deha - Hipopotam Affedersiniz Diyor</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786053414063</t>
+          <t>9786053415732</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Büyük Uygarlıklar - Mayalar</t>
+          <t>Okul - Yararları Dizisi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786053414070</t>
+          <t>9786053414056</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Büyük Uygarlıklar - Erken Dönem İslam Uygarlığı</t>
+          <t>Büyük Uygarlıklar - Eski Mısır</t>
         </is>
       </c>
       <c r="C435" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786053417118</t>
+          <t>9786053414049</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Uykudan Önce Kıyafet Öyküleri</t>
+          <t>Büyük Uygarlıklar - Sümerler</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786053417019</t>
+          <t>9786053414063</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Yavru Hayvan Öyküleri</t>
+          <t>Büyük Uygarlıklar - Mayalar</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786053416999</t>
+          <t>9786053414070</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Doğum Günü Öyküleri</t>
+          <t>Büyük Uygarlıklar - Erken Dönem İslam Uygarlığı</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786053417088</t>
+          <t>9786053417118</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Banyo Öyküleri</t>
+          <t>Bebekler İçin Uykudan Önce Kıyafet Öyküleri</t>
         </is>
       </c>
       <c r="C439" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786053417033</t>
+          <t>9786053417019</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Pijamalı Öyküler</t>
+          <t>Bebekler İçin Yavru Hayvan Öyküleri</t>
         </is>
       </c>
       <c r="C440" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786053417095</t>
+          <t>9786053416999</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Uykudan Önce Öyküler</t>
+          <t>Bebekler İçin Doğum Günü Öyküleri</t>
         </is>
       </c>
       <c r="C441" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786053415985</t>
+          <t>9786053417088</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Filozof Kedi ile Cesaret</t>
+          <t>Bebekler İçin Banyo Öyküleri</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786053417620</t>
+          <t>9786053417033</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Gecesi Rüyası</t>
+          <t>Bebekler İçin Pijamalı Öyküler</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786053417637</t>
+          <t>9786053417095</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Julius Caesar</t>
+          <t>Bebekler İçin Uykudan Önce Öyküler</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786053417644</t>
+          <t>9786053415985</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>Filozof Kedi ile Cesaret</t>
         </is>
       </c>
       <c r="C445" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786053417064</t>
+          <t>9786053417620</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Gece Öyküleri</t>
+          <t>Bir Yaz Gecesi Rüyası</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786053416227</t>
+          <t>9786053417637</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Filozof Kedi İle Barışçıl</t>
+          <t>Julius Caesar</t>
         </is>
       </c>
       <c r="C447" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786053416456</t>
+          <t>9786053417644</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Tavşan ve Kaplumbağa</t>
+          <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786053416432</t>
+          <t>9786053417064</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>İyi Arkadaşlar</t>
+          <t>Bebekler İçin Gece Öyküleri</t>
         </is>
       </c>
       <c r="C449" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786053416425</t>
+          <t>9786053416227</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Cin ve Dört Dilek</t>
+          <t>Filozof Kedi İle Barışçıl</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786053416449</t>
+          <t>9786053416456</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Milly Nerede?</t>
+          <t>Tavşan ve Kaplumbağa</t>
         </is>
       </c>
       <c r="C451" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786053416173</t>
+          <t>9786053416432</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Sohbeti Çok Seven Dora</t>
+          <t>İyi Arkadaşlar</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786053415749</t>
+          <t>9786053416425</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Nazik Olmak - Yararları Dizisi</t>
+          <t>Cin ve Dört Dilek</t>
         </is>
       </c>
       <c r="C453" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786053415701</t>
+          <t>9786053416449</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot - İlk Kitabım</t>
+          <t>Milly Nerede?</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786053416685</t>
+          <t>9786053416173</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Picasso - İlk Kitabım</t>
+          <t>Sohbeti Çok Seven Dora</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786053416111</t>
+          <t>9786053415749</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmayı Sevmeyen İlma - Minik Adımlar Dizisi</t>
+          <t>Nazik Olmak - Yararları Dizisi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786053416135</t>
+          <t>9786053415701</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Durmadan Konuşan Lila - Minik Adımlar Dizisi</t>
+          <t>Don Kişot - İlk Kitabım</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786053416661</t>
+          <t>9786053416685</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin Vücudumuz</t>
+          <t>Picasso - İlk Kitabım</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786053418719</t>
+          <t>9786053416111</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Dünya Turuna Bir Bilet</t>
+          <t>Paylaşmayı Sevmeyen İlma - Minik Adımlar Dizisi</t>
         </is>
       </c>
       <c r="C459" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786053415459</t>
+          <t>9786053416135</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Tilki ve Sincap'ın Yeni Arkadaşı</t>
+          <t>Durmadan Konuşan Lila - Minik Adımlar Dizisi</t>
         </is>
       </c>
       <c r="C460" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786053415466</t>
+          <t>9786053416661</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Tilki ve Sincap - En Güzel Yılbaşı</t>
+          <t>Çocuklar ve Gençler İçin Vücudumuz</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786053415442</t>
+          <t>9786053418719</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Tilki ve Sincap - Arkadaş Oluyor</t>
+          <t>Dünya Turuna Bir Bilet</t>
         </is>
       </c>
       <c r="C462" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786053415121</t>
+          <t>9786053415459</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Tavus Kuşu Olmak İsteyen Çakal</t>
+          <t>Tilki ve Sincap'ın Yeni Arkadaşı</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786053415473</t>
+          <t>9786053415466</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Eğri Büğrü</t>
+          <t>Tilki ve Sincap - En Güzel Yılbaşı</t>
         </is>
       </c>
       <c r="C464" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786053414698</t>
+          <t>9786053415442</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Doğa Harikaları</t>
+          <t>Tilki ve Sincap - Arkadaş Oluyor</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786053413639</t>
+          <t>9786053415121</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Dost Eller - Birlikte Çalışmak Daha Kolay</t>
+          <t>Tavus Kuşu Olmak İsteyen Çakal</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786053413424</t>
+          <t>9786053415473</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Dost Eller - Sakin Ol ve Acele Etme</t>
+          <t>Eğri Büğrü</t>
         </is>
       </c>
       <c r="C467" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053413417</t>
+          <t>9786053414698</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Dost Eller - Aile En İyi İlaçtır</t>
+          <t>Doğa Harikaları</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786053413622</t>
+          <t>9786053413639</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Dost Eller - Her Kahraman Pelerin Giymez</t>
+          <t>Dost Eller - Birlikte Çalışmak Daha Kolay</t>
         </is>
       </c>
       <c r="C469" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786053414742</t>
+          <t>9786053413424</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yaş İçin Dinozor Etkinlik Kitabı</t>
+          <t>Dost Eller - Sakin Ol ve Acele Etme</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786053415800</t>
+          <t>9786053413417</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Tanıyalım - Kediler</t>
+          <t>Dost Eller - Aile En İyi İlaçtır</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786053415893</t>
+          <t>9786053413622</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Tanıyalım - Koyunlar</t>
+          <t>Dost Eller - Her Kahraman Pelerin Giymez</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786053415886</t>
+          <t>9786053414742</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Tanıyalım - Tavşanlar</t>
+          <t>Küçük Yaş İçin Dinozor Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786053415855</t>
+          <t>9786053415800</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Tanıyalım - Köpekler</t>
+          <t>Hayvanları Tanıyalım - Kediler</t>
         </is>
       </c>
       <c r="C474" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786053415480</t>
+          <t>9786053415893</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Şşşt! Kardeşim Uyuyor</t>
+          <t>Hayvanları Tanıyalım - Koyunlar</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786053415091</t>
+          <t>9786053415886</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kita ve Timsah Dişlerini Fırçalıyor - Sağlıklı Yaşam</t>
+          <t>Hayvanları Tanıyalım - Tavşanlar</t>
         </is>
       </c>
       <c r="C476" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786053415060</t>
+          <t>9786053415855</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kita ve Flamingo Temizleniyor - Sağlıklı Yaşam</t>
+          <t>Hayvanları Tanıyalım - Köpekler</t>
         </is>
       </c>
       <c r="C477" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786053415077</t>
+          <t>9786053415480</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Kita ve Tavşan Sağlıklı Besleniyor - Sağlıklı Yaşam</t>
+          <t>Şşşt! Kardeşim Uyuyor</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786053414193</t>
+          <t>9786053415091</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Minik Mavi</t>
+          <t>Kita ve Timsah Dişlerini Fırçalıyor - Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786053414971</t>
+          <t>9786053415060</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Neredesin Güneş?</t>
+          <t>Kita ve Flamingo Temizleniyor - Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786053414476</t>
+          <t>9786053415077</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Satranç Uygulama Kitabı</t>
+          <t>Kita ve Tavşan Sağlıklı Besleniyor - Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786053415084</t>
+          <t>9786053414193</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Kita ve Kertenkele Egzersiz Yapıyor - Sağlıklı Yaşam</t>
+          <t>Minik Mavi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786053415206</t>
+          <t>9786053414971</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Yiyecekler - İlk Emoji Kitabım</t>
+          <t>Neredesin Güneş?</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786053415213</t>
+          <t>9786053414476</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - İlk Emoji Kitabım</t>
+          <t>Çocuklar İçin Satranç Uygulama Kitabı</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786053415176</t>
+          <t>9786053415084</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - İlk Emoji Kitabım</t>
+          <t>Kita ve Kertenkele Egzersiz Yapıyor - Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C485" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786053415183</t>
+          <t>9786053415206</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Duygular - İlk Emoji Kitabım</t>
+          <t>Yiyecekler - İlk Emoji Kitabım</t>
         </is>
       </c>
       <c r="C486" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786053415190</t>
+          <t>9786053415213</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik - İlk Emoji Kitabım</t>
+          <t>Taşıtlar - İlk Emoji Kitabım</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786053417071</t>
+          <t>9786053415176</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Uykudan Önce uykulu Öyküler</t>
+          <t>Hayvanlar - İlk Emoji Kitabım</t>
         </is>
       </c>
       <c r="C488" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786053416982</t>
+          <t>9786053415183</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Anne Öyküleri</t>
+          <t>Duygular - İlk Emoji Kitabım</t>
         </is>
       </c>
       <c r="C489" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786053417026</t>
+          <t>9786053415190</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Uyku Arkadaşı Öyküleri</t>
+          <t>Çiftlik - İlk Emoji Kitabım</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786053414681</t>
+          <t>9786053417071</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Ressam Frida Kahlo ile Diego Rivera</t>
+          <t>Bebekler İçin Uykudan Önce uykulu Öyküler</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786053414629</t>
+          <t>9786053416982</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Ben - Kibar</t>
+          <t>Bebekler İçin Anne Öyküleri</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786053414582</t>
+          <t>9786053417026</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Ben - İyi Kalpli</t>
+          <t>Bebekler İçin Uyku Arkadaşı Öyküleri</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786053414575</t>
+          <t>9786053414681</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Ben - Artık Emzik Yok</t>
+          <t>Ressam Frida Kahlo ile Diego Rivera</t>
         </is>
       </c>
       <c r="C494" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786053414599</t>
+          <t>9786053414629</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Ben - Karanlıktan Korkmaz</t>
+          <t>Süper Kahraman Ben - Kibar</t>
         </is>
       </c>
       <c r="C495" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786053410645</t>
+          <t>9786053414582</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 7</t>
+          <t>Süper Kahraman Ben - İyi Kalpli</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786053410638</t>
+          <t>9786053414575</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 5</t>
+          <t>Süper Kahraman Ben - Artık Emzik Yok</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786053410089</t>
+          <t>9786053414599</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kızlar ve Oğlanlar İçin Haylazlık Hikayeleri : Tepetaklak Bir Oğlan</t>
+          <t>Süper Kahraman Ben - Karanlıktan Korkmaz</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786053412816</t>
+          <t>9786053410645</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>The Wizard of Oz - Stage 1</t>
+          <t>Renkli Matematik Dünyası 7</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786053412823</t>
+          <t>9786053410638</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist - Stage 3</t>
+          <t>Renkli Matematik Dünyası 5</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786053412960</t>
+          <t>9786053410089</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Resim Çiziyorum - Hayvanlar</t>
+          <t>Akıllı Kızlar ve Oğlanlar İçin Haylazlık Hikayeleri : Tepetaklak Bir Oğlan</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>325</v>
+        <v>80</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786053412977</t>
+          <t>9786053412816</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Resim Çiziyorum - İnsanlar</t>
+          <t>The Wizard of Oz - Stage 1</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>325</v>
+        <v>110</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786053412953</t>
+          <t>9786053412823</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Resim Çiziyorum</t>
+          <t>Oliver Twist - Stage 3</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786053411932</t>
+          <t>9786053412960</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Bink ve Gollie</t>
+          <t>Adım Adım Resim Çiziyorum - Hayvanlar</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>130</v>
+        <v>325</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786053411949</t>
+          <t>9786053412977</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Bink ve Gollie : İki Can Dost</t>
+          <t>Adım Adım Resim Çiziyorum - İnsanlar</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>130</v>
+        <v>325</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786053411956</t>
+          <t>9786053412953</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Bink ve Gollie : İkisi Birden</t>
+          <t>Adım Adım Resim Çiziyorum</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>130</v>
+        <v>325</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786053411352</t>
+          <t>9786053411932</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Cesur</t>
+          <t>Bink ve Gollie</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786053411543</t>
+          <t>9786053411949</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Temel Kavramlarla - Teknoloji</t>
+          <t>Bink ve Gollie : İki Can Dost</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786053411581</t>
+          <t>9786053411956</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Temel Kavramlarla - Tarih</t>
+          <t>Bink ve Gollie : İkisi Birden</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786053411574</t>
+          <t>9786053411352</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Temel Kavramlarla - Doğa</t>
+          <t>Cesur</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786053411895</t>
+          <t>9786053411543</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Benjamin'in Süper Gözlükleri</t>
+          <t>Temel Kavramlarla - Teknoloji</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786053410782</t>
+          <t>9786053411581</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Dedeciğimi Seviyorum Çünkü</t>
+          <t>Temel Kavramlarla - Tarih</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786053410799</t>
+          <t>9786053411574</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Nineciğimi Seviyorum Çünkü</t>
+          <t>Temel Kavramlarla - Doğa</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786053411468</t>
+          <t>9786053411895</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Bahtsız Norm 2 - Tahriş Edebilir</t>
+          <t>Benjamin'in Süper Gözlükleri</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786053418870</t>
+          <t>9786053410782</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>The Wizard of Oz - Level 1</t>
+          <t>Dedeciğimi Seviyorum Çünkü</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786053411093</t>
+          <t>9786053410799</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Uykudan Önce - Peri Masalları</t>
+          <t>Nineciğimi Seviyorum Çünkü</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786053411031</t>
+          <t>9786053411468</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>The Pied Piper of Hamelin</t>
+          <t>Bahtsız Norm 2 - Tahriş Edebilir</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786053418030</t>
+          <t>9786053418870</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Around The World İn Eighty Days</t>
+          <t>The Wizard of Oz - Level 1</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786053418535</t>
+          <t>9786053411093</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Uykudan Önce - Peri Masalları</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786053410959</t>
+          <t>9786053411031</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Little Women</t>
+          <t>The Pied Piper of Hamelin</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786053410980</t>
+          <t>9786053418030</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Pinocchio</t>
+          <t>Around The World İn Eighty Days</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786053410904</t>
+          <t>9786053418535</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Goldilocks And The Three Bears</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786053411680</t>
+          <t>9786053410959</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Periler Minnettarlığı Anlatıyor</t>
+          <t>Little Women</t>
         </is>
       </c>
       <c r="C523" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786053411673</t>
+          <t>9786053410980</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Periler Cömertliği Anlatıyor</t>
+          <t>Pinocchio</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786053411635</t>
+          <t>9786053410904</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Periler Alçak Gönüllülüğü Anlatıyor</t>
+          <t>Goldilocks And The Three Bears</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786053411451</t>
+          <t>9786053411680</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Bahtsız Norm 3 - Gaz Yapabilir</t>
+          <t>Periler Minnettarlığı Anlatıyor</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>330</v>
+        <v>110</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786053411109</t>
+          <t>9786053411673</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kızlar için Etkinlik Kitabı</t>
+          <t>Periler Cömertliği Anlatıyor</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786053410140</t>
+          <t>9786053411635</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla İletişim ve İnternet</t>
+          <t>Periler Alçak Gönüllülüğü Anlatıyor</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786053410171</t>
+          <t>9786053411451</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Leonardo da Vinci</t>
+          <t>Bahtsız Norm 3 - Gaz Yapabilir</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786053410942</t>
+          <t>9786053411109</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Little Red Riding Hood</t>
+          <t>Kızlar için Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786053410232</t>
+          <t>9786053410140</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep İçiciler 6: Yazım Yanlışı İçiciler</t>
+          <t>Soru ve Cevaplarla İletişim ve İnternet</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786053410249</t>
+          <t>9786053410171</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep İçiciler 7: Küçük Mürekkep İçicilerin Kitabı</t>
+          <t>Soru ve Cevaplarla Leonardo da Vinci</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786053411048</t>
+          <t>9786053410942</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>The Princess And The Frog</t>
+          <t>Little Red Riding Hood</t>
         </is>
       </c>
       <c r="C533" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786053410973</t>
+          <t>9786053410232</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Mürekkep İçiciler 6: Yazım Yanlışı İçiciler</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786053411024</t>
+          <t>9786053410249</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>The Emperors New Cloths</t>
+          <t>Mürekkep İçiciler 7: Küçük Mürekkep İçicilerin Kitabı</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786053410867</t>
+          <t>9786053411048</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>The Jungle Book ( Stage 1)</t>
+          <t>The Princess And The Frog</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786053410843</t>
+          <t>9786053410973</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Alice in Wonderland (Stage 1)</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786053410225</t>
+          <t>9786053411024</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep İçiciler 2 - İki Kişiye Bir Pipet</t>
+          <t>The Emperors New Cloths</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786053410157</t>
+          <t>9786053410867</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Ekoloji</t>
+          <t>The Jungle Book ( Stage 1)</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786053414223</t>
+          <t>9786053410843</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Şekiller</t>
+          <t>Alice in Wonderland (Stage 1)</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786053414230</t>
+          <t>9786053410225</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Renkler</t>
+          <t>Mürekkep İçiciler 2 - İki Kişiye Bir Pipet</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786053414438</t>
+          <t>9786053410157</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Bal Arısı Tonton Uçmayı Öğreniyor</t>
+          <t>Soru ve Cevaplarla Ekoloji</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786053414445</t>
+          <t>9786053414223</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Bal Arısı Tonton Mutluluğu Arıyor</t>
+          <t>Şekiller</t>
         </is>
       </c>
       <c r="C543" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786053416104</t>
+          <t>9786053414230</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Üç Küçük Maymun</t>
+          <t>Renkler</t>
         </is>
       </c>
       <c r="C544" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786053415596</t>
+          <t>9786053414438</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Parmak Çocuk İssunboshi - Değerli Masallar</t>
+          <t>Bal Arısı Tonton Uçmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786053415602</t>
+          <t>9786053414445</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi Kongjwi - Değerli Masallar</t>
+          <t>Bal Arısı Tonton Mutluluğu Arıyor</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786053415336</t>
+          <t>9786053416104</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Kaleler - İlk Hazinem</t>
+          <t>Üç Küçük Maymun</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786053415367</t>
+          <t>9786053415596</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar - İlk Hazinem</t>
+          <t>Parmak Çocuk İssunboshi - Değerli Masallar</t>
         </is>
       </c>
       <c r="C548" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786053415268</t>
+          <t>9786053415602</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar - İlk Hazinem</t>
+          <t>Külkedisi Kongjwi - Değerli Masallar</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786053415398</t>
+          <t>9786053415336</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Müzik Aletleri - İlk Hazinem</t>
+          <t>Kaleler - İlk Hazinem</t>
         </is>
       </c>
       <c r="C550" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786053415329</t>
+          <t>9786053415367</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Yaşam - İlk Hazinem</t>
+          <t>Korsanlar - İlk Hazinem</t>
         </is>
       </c>
       <c r="C551" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786053415312</t>
+          <t>9786053415268</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Hava Olayları - İlk Hazinem</t>
+          <t>Kuşlar - İlk Hazinem</t>
         </is>
       </c>
       <c r="C552" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786053415244</t>
+          <t>9786053415398</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Yavru Hayvanlar - İlk Hazinem</t>
+          <t>Müzik Aletleri - İlk Hazinem</t>
         </is>
       </c>
       <c r="C553" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786053415275</t>
+          <t>9786053415329</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kediler - İlk Hazinem</t>
+          <t>Vahşi Yaşam - İlk Hazinem</t>
         </is>
       </c>
       <c r="C554" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786053415299</t>
+          <t>9786053415312</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kıyısında - İlk Hazinem</t>
+          <t>Hava Olayları - İlk Hazinem</t>
         </is>
       </c>
       <c r="C555" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786053415251</t>
+          <t>9786053415244</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Böcekler - İlk Hazinem</t>
+          <t>Yavru Hayvanlar - İlk Hazinem</t>
         </is>
       </c>
       <c r="C556" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786053415381</t>
+          <t>9786053415275</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Çin Seddi - İlk Hazinem</t>
+          <t>Büyük Kediler - İlk Hazinem</t>
         </is>
       </c>
       <c r="C557" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786053415374</t>
+          <t>9786053415299</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>İtme ve Çekme - İlk Hazinem</t>
+          <t>Deniz Kıyısında - İlk Hazinem</t>
         </is>
       </c>
       <c r="C558" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786053415305</t>
+          <t>9786053415251</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler - İlk Hazinem</t>
+          <t>Böcekler - İlk Hazinem</t>
         </is>
       </c>
       <c r="C559" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786053415428</t>
+          <t>9786053415381</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Fificik</t>
+          <t>Çin Seddi - İlk Hazinem</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786053415916</t>
+          <t>9786053415374</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Kitap Okumayı Seven Ayı</t>
+          <t>İtme ve Çekme - İlk Hazinem</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786053415565</t>
+          <t>9786053415305</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Penguenlere Giysi</t>
+          <t>Bitkiler - İlk Hazinem</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786053415558</t>
+          <t>9786053415428</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Dinozorların Kralı - Tyrannosaurus Reks</t>
+          <t>Fificik</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786053414117</t>
+          <t>9786053415916</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Alışkanlıklar - Yıkanmak ve Temizlenmek</t>
+          <t>Kitap Okumayı Seven Ayı</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786053414087</t>
+          <t>9786053415565</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Alışkanlıklar - Yemek ve İçmek</t>
+          <t>Penguenlere Giysi</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786053414100</t>
+          <t>9786053415558</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Alışkanlıklar - Uyumak ve Dinlenmek</t>
+          <t>Dinozorların Kralı - Tyrannosaurus Reks</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786053414094</t>
+          <t>9786053414117</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Alışkanlıklar - Hareket Etmek ve Koşmak</t>
+          <t>Sağlıklı Alışkanlıklar - Yıkanmak ve Temizlenmek</t>
         </is>
       </c>
       <c r="C567" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786053414612</t>
+          <t>9786053414087</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Valantine ve Koca Ayı Okulda</t>
+          <t>Sağlıklı Alışkanlıklar - Yemek ve İçmek</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786053414636</t>
+          <t>9786053414100</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Valentine ve Koca Ayı Yağmur Ormanında</t>
+          <t>Sağlıklı Alışkanlıklar - Uyumak ve Dinlenmek</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786053414407</t>
+          <t>9786053414094</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Julia Donaldson'dan Dramalar - Kurbağa Kavgası</t>
+          <t>Sağlıklı Alışkanlıklar - Hareket Etmek ve Koşmak</t>
         </is>
       </c>
       <c r="C570" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786053414421</t>
+          <t>9786053414612</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Julia Donaldson'dan Dramalar - Kaplanı Kandırmak</t>
+          <t>Valantine ve Koca Ayı Okulda</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786053418702</t>
+          <t>9786053414636</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayıcıklar Alışverişe Gidiyor</t>
+          <t>Valentine ve Koca Ayı Yağmur Ormanında</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786053418696</t>
+          <t>9786053414407</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayıcıklar Okula Gidiyor</t>
+          <t>Julia Donaldson'dan Dramalar - Kurbağa Kavgası</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786053418900</t>
+          <t>9786053414421</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayıcıklar Pikniğe Gidiyor</t>
+          <t>Julia Donaldson'dan Dramalar - Kaplanı Kandırmak</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786053416388</t>
+          <t>9786053418702</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Kanarya Henri</t>
+          <t>Minik Ayıcıklar Alışverişe Gidiyor</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786053416722</t>
+          <t>9786053418696</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Dev Masalları</t>
+          <t>Minik Ayıcıklar Okula Gidiyor</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786053415411</t>
+          <t>9786053418900</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Faber Dedesini Arıyor</t>
+          <t>Minik Ayıcıklar Pikniğe Gidiyor</t>
         </is>
       </c>
       <c r="C577" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786053414919</t>
+          <t>9786053416388</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Faber'in Uçan Halısı</t>
+          <t>Kanarya Henri</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786053416395</t>
+          <t>9786053416722</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Kedicikler - Morion ve Simon</t>
+          <t>Dev Masalları</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786053416418</t>
+          <t>9786053415411</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Adrien</t>
+          <t>Faber Dedesini Arıyor</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786053416401</t>
+          <t>9786053414919</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ayı Luna</t>
+          <t>Faber'in Uçan Halısı</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786053416579</t>
+          <t>9786053416395</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem - Dünyaca Ünlü Eserler</t>
+          <t>Kedicikler - Morion ve Simon</t>
         </is>
       </c>
       <c r="C582" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786053416609</t>
+          <t>9786053416418</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Güliver Küçük İnsanlar Ülkesinde - Dünyaca Ünlü Eserler</t>
+          <t>Tavşan Adrien</t>
         </is>
       </c>
       <c r="C583" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786053416593</t>
+          <t>9786053416401</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot - Dünyaca Ünlü Eserler</t>
+          <t>Küçük Ayı Luna</t>
         </is>
       </c>
       <c r="C584" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786053416586</t>
+          <t>9786053416579</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Define Adası - Dünyaca Ünlü Eserler</t>
+          <t>Seksen Günde Devrialem - Dünyaca Ünlü Eserler</t>
         </is>
       </c>
       <c r="C585" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786053413479</t>
+          <t>9786053416609</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Okula Gitmek İstemeyen Zebra</t>
+          <t>Güliver Küçük İnsanlar Ülkesinde - Dünyaca Ünlü Eserler</t>
         </is>
       </c>
       <c r="C586" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786053413455</t>
+          <t>9786053416593</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Ay’ı Söndürmek İsteyen İnek</t>
+          <t>Don Kişot - Dünyaca Ünlü Eserler</t>
         </is>
       </c>
       <c r="C587" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786053413486</t>
+          <t>9786053416586</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Hayır Diyen Aslan</t>
+          <t>Define Adası - Dünyaca Ünlü Eserler</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786053413516</t>
+          <t>9786053413479</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanesinin Serüveni</t>
+          <t>Okula Gitmek İstemeyen Zebra</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786053413493</t>
+          <t>9786053413455</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Ay’ı Söndürmek İsteyen İnek</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786053413547</t>
+          <t>9786053413486</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Her Şeye Hayır Diyen Aslan</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786053416050</t>
+          <t>9786053413516</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Doğu Ekspresi Bilmecesi - Dedektif Hercule Carotte</t>
+          <t>Kar Tanesinin Serüveni</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>110</v>
+        <v>70</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786053416067</t>
+          <t>9786053413493</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Korkak Hayalet - Dedektif Hercule Carotte</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>110</v>
+        <v>70</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786053416036</t>
+          <t>9786053413547</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Louvre Müzesi'nde Macera - Dedektif Hercule Carotte</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786053416463</t>
+          <t>9786053416050</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Dünyaca Ünlü Eserler - Yeni Yıl Şarkısı</t>
+          <t>Doğu Ekspresi Bilmecesi - Dedektif Hercule Carotte</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786053415114</t>
+          <t>9786053416067</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık (Geniş Boy)</t>
+          <t>Korkak Hayalet - Dedektif Hercule Carotte</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786053414216</t>
+          <t>9786053416036</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Baba ile Bir Gün</t>
+          <t>Louvre Müzesi'nde Macera - Dedektif Hercule Carotte</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786053414209</t>
+          <t>9786053416463</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Anne ile Kucaklaşmak</t>
+          <t>Dünyaca Ünlü Eserler - Yeni Yıl Şarkısı</t>
         </is>
       </c>
       <c r="C598" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786053416098</t>
+          <t>9786053415114</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Makinesi</t>
+          <t>Küçük Kara Balık (Geniş Boy)</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786053416074</t>
+          <t>9786053414216</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Nil Nehri'ne Yolculuk - Dedektif Hercule Carotte</t>
+          <t>Baba ile Bir Gün</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786053416043</t>
+          <t>9786053414209</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Eyfel Kulesi'ndeki Gizem - Dedektif Hercule Carotte</t>
+          <t>Anne ile Kucaklaşmak</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786053411604</t>
+          <t>9786053416098</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Maydanoz’un Kitapları Anlatan Kitabı</t>
+          <t>Arkadaş Makinesi</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786053414322</t>
+          <t>9786053416074</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar - Güzel ve Çirkin</t>
+          <t>Nil Nehri'ne Yolculuk - Dedektif Hercule Carotte</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786053414346</t>
+          <t>9786053416043</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar - Karlar Kraliçesi</t>
+          <t>Eyfel Kulesi'ndeki Gizem - Dedektif Hercule Carotte</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786053414339</t>
+          <t>9786053411604</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar - Rapunzel</t>
+          <t>Tavşan Maydanoz’un Kitapları Anlatan Kitabı</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786053416029</t>
+          <t>9786053414322</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Bir Mektup - Dedektif Hercule Carotte</t>
+          <t>Değerli Masallar - Güzel ve Çirkin</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786053412687</t>
+          <t>9786053414346</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Bahtsız Norm 6 - Yeniden Başlamak</t>
+          <t>Değerli Masallar - Karlar Kraliçesi</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786053413073</t>
+          <t>9786053414339</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Duyguları Anlamak - Mutlu</t>
+          <t>Değerli Masallar - Rapunzel</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786053413028</t>
+          <t>9786053416029</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Duyguları Anlamak - Endişeli</t>
+          <t>Gizemli Bir Mektup - Dedektif Hercule Carotte</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786053416296</t>
+          <t>9786053412687</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Usta Django ve Gitarı</t>
+          <t>Bahtsız Norm 6 - Yeniden Başlamak</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786053416616</t>
+          <t>9786053413073</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Dünyadan Masallar - Değerli Masallar Koleksiyonları</t>
+          <t>Duyguları Anlamak - Mutlu</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786053416654</t>
+          <t>9786053413028</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları - Değerli Masallar Koleksiyonları</t>
+          <t>Duyguları Anlamak - Endişeli</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786053416630</t>
+          <t>9786053416296</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Kurt Masalları - Değerli Masallar Koleksiyonları</t>
+          <t>Usta Django ve Gitarı</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786053416647</t>
+          <t>9786053416616</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Perrault Masalları - Değerli Masallar Koleksiyonları</t>
+          <t>Dünyadan Masallar - Değerli Masallar Koleksiyonları</t>
         </is>
       </c>
       <c r="C614" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786053414988</t>
+          <t>9786053416654</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Fuşya Atılgan Kendine Güvenmeyi Öğreniyor</t>
+          <t>Grimm Masalları - Değerli Masallar Koleksiyonları</t>
         </is>
       </c>
       <c r="C615" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786053415237</t>
+          <t>9786053416630</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Blok Blok Mevsimler ve Hava</t>
+          <t>Kurt Masalları - Değerli Masallar Koleksiyonları</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786053414940</t>
+          <t>9786053416647</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Resim Çiziyorum - Dinozorlar</t>
+          <t>Perrault Masalları - Değerli Masallar Koleksiyonları</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786053415220</t>
+          <t>9786053414988</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Blok Blok Renkler ve Şekiller</t>
+          <t>Fuşya Atılgan Kendine Güvenmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786053415138</t>
+          <t>9786053415237</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Mevsimlerin Renkleri - Kırmızı Kış Kitabım</t>
+          <t>Blok Blok Mevsimler ve Hava</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786053414124</t>
+          <t>9786053414940</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Bilime Yön Verenler - Charles Darwin</t>
+          <t>Adım Adım Resim Çiziyorum - Dinozorlar</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786053414131</t>
+          <t>9786053415220</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Bilime Yön Verenler - Galileo Galilei</t>
+          <t>Blok Blok Renkler ve Şekiller</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786053414155</t>
+          <t>9786053415138</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Bilime Yön Verenler - Marie Curie</t>
+          <t>Mevsimlerin Renkleri - Kırmızı Kış Kitabım</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786053414162</t>
+          <t>9786053414124</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Bilime Yön Verenler - Nicolaus Copernicus</t>
+          <t>Bilime Yön Verenler - Charles Darwin</t>
         </is>
       </c>
       <c r="C623" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786053414148</t>
+          <t>9786053414131</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Bilime Yön Verenler - Isaac Newton</t>
+          <t>Bilime Yön Verenler - Galileo Galilei</t>
         </is>
       </c>
       <c r="C624" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786053414650</t>
+          <t>9786053414155</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Onun Adı Ay Tozu</t>
+          <t>Bilime Yön Verenler - Marie Curie</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786053414001</t>
+          <t>9786053414162</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Bir Kış</t>
+          <t>Bilime Yön Verenler - Nicolaus Copernicus</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786053413936</t>
+          <t>9786053414148</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Yeni Konuğu</t>
+          <t>Bilime Yön Verenler - Isaac Newton</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786053414025</t>
+          <t>9786053414650</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Ormanda İlk Kar</t>
+          <t>Onun Adı Ay Tozu</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786053416128</t>
+          <t>9786053414001</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Dodo Yalan Söylememeyi Öğreniyor</t>
+          <t>Büyülü Bir Kış</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786053416197</t>
+          <t>9786053413936</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Küçüksün Diyorlar!</t>
+          <t>Ormanın Yeni Konuğu</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786053414032</t>
+          <t>9786053414025</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Leydi Safir ile Çay Saati</t>
+          <t>Ormanda İlk Kar</t>
         </is>
       </c>
       <c r="C631" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786053413653</t>
+          <t>9786053416128</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Hazırım - Sakinleş</t>
+          <t>Dodo Yalan Söylememeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C632" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786053413677</t>
+          <t>9786053416197</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Hazırım - Büyük Çocukların Okuluna Hazırlanmak</t>
+          <t>Küçüksün Diyorlar!</t>
         </is>
       </c>
       <c r="C633" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786053413660</t>
+          <t>9786053414032</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Hazırım - Yapabilirim, Yapabilirsin, Yapabiliriz!</t>
+          <t>Leydi Safir ile Çay Saati</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786053413646</t>
+          <t>9786053413653</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Hazırım - Herkes Ara Sıra Biraz Yardıma İhtiyaç Duyar</t>
+          <t>Hazırım - Sakinleş</t>
         </is>
       </c>
       <c r="C635" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786053418825</t>
+          <t>9786053413677</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Jack ve Fulufulu Ağacı</t>
+          <t>Hazırım - Büyük Çocukların Okuluna Hazırlanmak</t>
         </is>
       </c>
       <c r="C636" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786053413226</t>
+          <t>9786053413660</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Küçük Karga Ne Gördü?</t>
+          <t>Hazırım - Yapabilirim, Yapabilirsin, Yapabiliriz!</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786053413202</t>
+          <t>9786053413646</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Freddie ve Peri</t>
+          <t>Hazırım - Herkes Ara Sıra Biraz Yardıma İhtiyaç Duyar</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786053413219</t>
+          <t>9786053418825</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Taş Devri Bebeği</t>
+          <t>Jack ve Fulufulu Ağacı</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786053412786</t>
+          <t>9786053413226</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Black Beauty - Stage 2</t>
+          <t>Küçük Karga Ne Gördü?</t>
         </is>
       </c>
       <c r="C640" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786053412830</t>
+          <t>9786053413202</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Treasure Island - Stage 3</t>
+          <t>Freddie ve Peri</t>
         </is>
       </c>
       <c r="C641" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786053415435</t>
+          <t>9786053413219</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Sudan Korkan Ördekçik</t>
+          <t>Taş Devri Bebeği</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786053415404</t>
+          <t>9786053412786</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Vikingler - İlk Hazinem</t>
+          <t>Black Beauty - Stage 2</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786053415350</t>
+          <t>9786053412830</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Makineler - İlk Hazinem</t>
+          <t>Treasure Island - Stage 3</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786053415343</t>
+          <t>9786053415435</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Tekneler ve Gemiler - İlk Hazinem</t>
+          <t>Sudan Korkan Ördekçik</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786053415497</t>
+          <t>9786053415404</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Fen - Elektrik</t>
+          <t>Vikingler - İlk Hazinem</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786053415534</t>
+          <t>9786053415350</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Fen - Işık</t>
+          <t>Makineler - İlk Hazinem</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786053415541</t>
+          <t>9786053415343</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Fen - Kuvvetler ve Mıknatıslar</t>
+          <t>Tekneler ve Gemiler - İlk Hazinem</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786053415503</t>
+          <t>9786053415497</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Fen - Madde</t>
+          <t>Etkinliklerle Fen - Elektrik</t>
         </is>
       </c>
       <c r="C649" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786053415510</t>
+          <t>9786053415534</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Fen - Ses</t>
+          <t>Etkinliklerle Fen - Işık</t>
         </is>
       </c>
       <c r="C650" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786053415527</t>
+          <t>9786053415541</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Fen - Vücut</t>
+          <t>Etkinliklerle Fen - Kuvvetler ve Mıknatıslar</t>
         </is>
       </c>
       <c r="C651" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786053414308</t>
+          <t>9786053415503</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Etkinliklerle Fen - Madde</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786053414292</t>
+          <t>9786053415510</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmi Bin Fersah</t>
+          <t>Etkinliklerle Fen - Ses</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786053414285</t>
+          <t>9786053415527</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Yolculuk</t>
+          <t>Etkinliklerle Fen - Vücut</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786053414254</t>
+          <t>9786053414308</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Renkler</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C655" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786053414261</t>
+          <t>9786053414292</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Karşıtlıklar</t>
+          <t>Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C656" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786053414278</t>
+          <t>9786053414285</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Sayılar</t>
+          <t>Ay’a Yolculuk</t>
         </is>
       </c>
       <c r="C657" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786053414247</t>
+          <t>9786053414254</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Alfabe</t>
+          <t>Renkler</t>
         </is>
       </c>
       <c r="C658" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786053413400</t>
+          <t>9786053414261</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Prensesin Hamsteri</t>
+          <t>Karşıtlıklar</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786053413394</t>
+          <t>9786053414278</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Prensesin Midillisi</t>
+          <t>Sayılar</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786053413387</t>
+          <t>9786053414247</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Prensesin Kedisi</t>
+          <t>İngilizce Alfabe</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786053413370</t>
+          <t>9786053413400</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Prensesin Köpeği</t>
+          <t>Prensesin Hamsteri</t>
         </is>
       </c>
       <c r="C662" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786053413585</t>
+          <t>9786053413394</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Ulduz ve Konuşan Bebek</t>
+          <t>Prensesin Midillisi</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786053413578</t>
+          <t>9786053413387</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Ulduz ve Kargalar</t>
+          <t>Prensesin Kedisi</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786053414728</t>
+          <t>9786053413370</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Filin Hortumu Nasıl Oluştu?</t>
+          <t>Prensesin Köpeği</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786053415695</t>
+          <t>9786053413585</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler ve Gece Ninjası - Pijamalılar Çetesi</t>
+          <t>Ulduz ve Konuşan Bebek</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786053415657</t>
+          <t>9786053413578</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskelilerin Kardeşi - Pijamalılar Çetesi</t>
+          <t>Ulduz ve Kargalar</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786053415664</t>
+          <t>9786053414728</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler ve Öpücük Makinesi - Pijamalılar Çetesi</t>
+          <t>Filin Hortumu Nasıl Oluştu?</t>
         </is>
       </c>
       <c r="C668" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786053415688</t>
+          <t>9786053415695</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler ve Kardan Adam Makinesi - Pijamalılar Çetesi</t>
+          <t>Pijamaskeliler ve Gece Ninjası - Pijamalılar Çetesi</t>
         </is>
       </c>
       <c r="C669" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786053413868</t>
+          <t>9786053415657</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım - Korsanlar</t>
+          <t>Pijamaskelilerin Kardeşi - Pijamalılar Çetesi</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786053413905</t>
+          <t>9786053415664</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım - Kamyonlar ve İş Makineleri</t>
+          <t>Pijamaskeliler ve Öpücük Makinesi - Pijamalılar Çetesi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786053413912</t>
+          <t>9786053415688</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım - Hayvanat Bahçesi</t>
+          <t>Pijamaskeliler ve Kardan Adam Makinesi - Pijamalılar Çetesi</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786053413844</t>
+          <t>9786053413868</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım - Futbol</t>
+          <t>İlk Boyama Kitabım - Korsanlar</t>
         </is>
       </c>
       <c r="C673" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786053414179</t>
+          <t>9786053413905</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Sayılar ve Bir Gün</t>
+          <t>İlk Boyama Kitabım - Kamyonlar ve İş Makineleri</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786053412434</t>
+          <t>9786053413912</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Yardımsever Kirpi</t>
+          <t>İlk Boyama Kitabım - Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C675" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786053412397</t>
+          <t>9786053413844</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Çok İyi Çoban Köpeği</t>
+          <t>İlk Boyama Kitabım - Futbol</t>
         </is>
       </c>
       <c r="C676" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786053411598</t>
+          <t>9786053414179</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Hoş Sürprizli Bir Kutu</t>
+          <t>Sayılar ve Bir Gün</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786053413097</t>
+          <t>9786053412434</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Köpekler</t>
+          <t>Yardımsever Kirpi</t>
         </is>
       </c>
       <c r="C678" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786053412267</t>
+          <t>9786053412397</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Denize Açılan Fare</t>
+          <t>Çok İyi Çoban Köpeği</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786053412724</t>
+          <t>9786053411598</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Senin Gibi Olmak İstiyorum!</t>
+          <t>Hoş Sürprizli Bir Kutu</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786053415107</t>
+          <t>9786053413097</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Küçük Deha - Panda Arkadaşıyla Oynuyor</t>
+          <t>Köpekler</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786053415022</t>
+          <t>9786053412267</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Küçük Deha - Kaplancık Odasını Topluyor</t>
+          <t>Denize Açılan Fare</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786053415053</t>
+          <t>9786053412724</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Küçük Deha - Ayıcık Teşekkür Ediyor</t>
+          <t>Senin Gibi Olmak İstiyorum!</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786053414469</t>
+          <t>9786053415107</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Satranç 10 Dakikada Oyna</t>
+          <t>Merhaba Küçük Deha - Panda Arkadaşıyla Oynuyor</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786053414964</t>
+          <t>9786053415022</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Yardımsever Cara</t>
+          <t>Merhaba Küçük Deha - Kaplancık Odasını Topluyor</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786053413950</t>
+          <t>9786053415053</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Resimli İlk Kitaplarım - İlk Sayılar Kitabım</t>
+          <t>Merhaba Küçük Deha - Ayıcık Teşekkür Ediyor</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786053413967</t>
+          <t>9786053414469</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Resimli İlk Kitaplarım - İlk Matematik Kitabım</t>
+          <t>Satranç 10 Dakikada Oyna</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786053415671</t>
+          <t>9786053414964</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler ve Uyku Perisi - Pijamalılar Çetesi</t>
+          <t>Yardımsever Cara</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786053412656</t>
+          <t>9786053413950</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Timsah Dişlerini Nasıl Fırçalar?</t>
+          <t>Resimli İlk Kitaplarım - İlk Sayılar Kitabım</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786053412632</t>
+          <t>9786053413967</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Minik Dinozor Nasıl Banyo Yapar?</t>
+          <t>Resimli İlk Kitaplarım - İlk Matematik Kitabım</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786053411208</t>
+          <t>9786053415671</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Küçük Külkedisi</t>
+          <t>Pijamaskeliler ve Uyku Perisi - Pijamalılar Çetesi</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786053418467</t>
+          <t>9786053412656</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Küçük Kız</t>
+          <t>Haylaz Timsah Dişlerini Nasıl Fırçalar?</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786053411628</t>
+          <t>9786053412632</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hepimize Küçüğüm!</t>
+          <t>Minik Dinozor Nasıl Banyo Yapar?</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786053411611</t>
+          <t>9786053411208</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Büyük Olsun Küçüğüm!</t>
+          <t>Küçük Külkedisi</t>
         </is>
       </c>
       <c r="C694" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786053412243</t>
+          <t>9786053418467</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Hedefimiz Matematik - Okul Öncesi</t>
+          <t>Kırmızı Başlıklı Küçük Kız</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786053411185</t>
+          <t>9786053411628</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Mesajın Var Kırlangıç</t>
+          <t>Dünya Hepimize Küçüğüm!</t>
         </is>
       </c>
       <c r="C696" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786053411383</t>
+          <t>9786053411611</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Cenk'in Sıradışı Serüvenleri : Marslılara Şekerleme</t>
+          <t>Hayallerin Büyük Olsun Küçüğüm!</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786053410812</t>
+          <t>9786053412243</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Uyumayı Seviyorum Çünkü...</t>
+          <t>Hedefimiz Matematik - Okul Öncesi</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786053414568</t>
+          <t>9786053411185</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Heidi Gezide</t>
+          <t>Mesajın Var Kırlangıç</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786053414551</t>
+          <t>9786053411383</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Heidi Çiftlikte</t>
+          <t>Cenk'in Sıradışı Serüvenleri : Marslılara Şekerleme</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786053414537</t>
+          <t>9786053410812</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Heidi Dağlarda</t>
+          <t>Uyumayı Seviyorum Çünkü...</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786053414544</t>
+          <t>9786053414568</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Heidi ve Klara Dağlarda</t>
+          <t>Heidi Gezide</t>
         </is>
       </c>
       <c r="C702" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786053413127</t>
+          <t>9786053414551</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Vira Vira Kediler</t>
+          <t>Heidi Çiftlikte</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786053413134</t>
+          <t>9786053414537</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Papağan Polly'nin Korsanı</t>
+          <t>Heidi Dağlarda</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786053412052</t>
+          <t>9786053414544</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Cenk'in Sıradışı Serüvenleri - Korsanlara Pizza</t>
+          <t>Heidi ve Klara Dağlarda</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786053411857</t>
+          <t>9786053413127</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Cenk'in Sıradışı Serüvenleri - Ejderhaya Çörek</t>
+          <t>Vira Vira Kediler</t>
         </is>
       </c>
       <c r="C706" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786053412427</t>
+          <t>9786053413134</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik 5. Kitap</t>
+          <t>Papağan Polly'nin Korsanı</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786053412410</t>
+          <t>9786053412052</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik 4. Kitap</t>
+          <t>Cenk'in Sıradışı Serüvenleri - Korsanlara Pizza</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786053412403</t>
+          <t>9786053411857</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik 3. Kitap</t>
+          <t>Cenk'in Sıradışı Serüvenleri - Ejderhaya Çörek</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786053412366</t>
+          <t>9786053412427</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Zihinden Matematik 6. Kitap</t>
+          <t>Eğlenceli Matematik 5. Kitap</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786053412359</t>
+          <t>9786053412410</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Zihinden Matematik 5. Kitap</t>
+          <t>Eğlenceli Matematik 4. Kitap</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786053412342</t>
+          <t>9786053412403</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Zihinden Matematik 4. Kitap</t>
+          <t>Eğlenceli Matematik 3. Kitap</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786053412311</t>
+          <t>9786053412366</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Hedefimiz Matematik 6. Kitap</t>
+          <t>Zihinden Matematik 6. Kitap</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786053412304</t>
+          <t>9786053412359</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Hedefimiz Matematik 5. Kitap</t>
+          <t>Zihinden Matematik 5. Kitap</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786053412298</t>
+          <t>9786053412342</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Hedefimiz Matematik 4. Kitap</t>
+          <t>Zihinden Matematik 4. Kitap</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786053412281</t>
+          <t>9786053412311</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Hedefimiz Matematik 3. Kitap</t>
+          <t>Hedefimiz Matematik 6. Kitap</t>
         </is>
       </c>
       <c r="C716" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786053412274</t>
+          <t>9786053412304</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Hedefimiz Matematik 2. Kitap</t>
+          <t>Hedefimiz Matematik 5. Kitap</t>
         </is>
       </c>
       <c r="C717" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786053414766</t>
+          <t>9786053412298</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Söğütlükte Rüzgar - Dünyaca Ünlü Eserler</t>
+          <t>Hedefimiz Matematik 4. Kitap</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786053414711</t>
+          <t>9786053412281</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Cüceler ve Ayakkabıcı - Dünyaca Ünlü Eserler</t>
+          <t>Hedefimiz Matematik 3. Kitap</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786053414759</t>
+          <t>9786053412274</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Gergedanın Derisi Neden Buruş Buruş? - Dünyaca Ünlü Eserler</t>
+          <t>Hedefimiz Matematik 2. Kitap</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786053414704</t>
+          <t>9786053414766</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Altın Kaz - Dünyaca Ünlü Eserler</t>
+          <t>Söğütlükte Rüzgar - Dünyaca Ünlü Eserler</t>
         </is>
       </c>
       <c r="C721" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786053414735</t>
+          <t>9786053414711</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Obur Balina - Dünyaca Ünlü Eserler</t>
+          <t>Cüceler ve Ayakkabıcı - Dünyaca Ünlü Eserler</t>
         </is>
       </c>
       <c r="C722" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786053413509</t>
+          <t>9786053414759</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Güvercinci Keloğlan</t>
+          <t>Gergedanın Derisi Neden Buruş Buruş? - Dünyaca Ünlü Eserler</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786053413554</t>
+          <t>9786053414704</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Pancarcı Çocuk</t>
+          <t>Altın Kaz - Dünyaca Ünlü Eserler</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786053418931</t>
+          <t>9786053414735</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Satranç</t>
+          <t>Obur Balina - Dünyaca Ünlü Eserler</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786053414490</t>
+          <t>9786053413509</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Billie’nin Çöl Macerası</t>
+          <t>Güvercinci Keloğlan</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786053414506</t>
+          <t>9786053413554</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Billie’nin Orman Macerası</t>
+          <t>Pancarcı Çocuk</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786053414483</t>
+          <t>9786053418931</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Billie’nin Su Altı Macerası</t>
+          <t>Çocuklar İçin Satranç</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786053410218</t>
+          <t>9786053414490</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep İçiciler 5 - Küçük Renk İçici</t>
+          <t>Billie’nin Çöl Macerası</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786053410201</t>
+          <t>9786053414506</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep İçiciler Cilt 4 - Kırmızı Başlıklı Mürekkep İçici</t>
+          <t>Billie’nin Orman Macerası</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786053410195</t>
+          <t>9786053414483</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep İçiciler 3 - Mürekkep İçicilerin Şehri</t>
+          <t>Billie’nin Su Altı Macerası</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786053410850</t>
+          <t>9786053410218</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’s Travels (Stage 1)</t>
+          <t>Mürekkep İçiciler 5 - Küçük Renk İçici</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786053410065</t>
+          <t>9786053410201</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kızlar ve Oğlanlar İçin Haylazlık Hikayeleri - Bizim Öğretmenin Çıldırdığı Gün</t>
+          <t>Mürekkep İçiciler Cilt 4 - Kırmızı Başlıklı Mürekkep İçici</t>
         </is>
       </c>
       <c r="C733" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786053410522</t>
+          <t>9786053410195</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlardan Gelen Kümes</t>
+          <t>Mürekkep İçiciler 3 - Mürekkep İçicilerin Şehri</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786053410539</t>
+          <t>9786053410850</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Kardeşim</t>
+          <t>Gulliver’s Travels (Stage 1)</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786054525980</t>
+          <t>9786053410065</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 3</t>
+          <t>Akıllı Kızlar ve Oğlanlar İçin Haylazlık Hikayeleri - Bizim Öğretmenin Çıldırdığı Gün</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786053410102</t>
+          <t>9786053410522</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Vampir Monti</t>
+          <t>Yıldızlardan Gelen Kümes</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786053412991</t>
+          <t>9786053410539</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Nelere dikkat Edelim? - Parkta</t>
+          <t>Benim Küçük Kardeşim</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786053413011</t>
+          <t>9786054525980</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Nelere dikkat Edelim? - Tatilde</t>
+          <t>Renkli Matematik Dünyası 3</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786053412984</t>
+          <t>9786053410102</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Nelere dikkat Edelim? - Okulda</t>
+          <t>Vampir Monti</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786053414643</t>
+          <t>9786053412991</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Antoine’in Hayali</t>
+          <t>Nelere dikkat Edelim? - Parkta</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786053413813</t>
+          <t>9786053413011</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe</t>
+          <t>Nelere dikkat Edelim? - Tatilde</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786053413684</t>
+          <t>9786053412984</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Jack ve Fasulye Sırığı</t>
+          <t>Nelere dikkat Edelim? - Okulda</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786053413820</t>
+          <t>9786053414643</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Kral'ın Yeni Giysileri</t>
+          <t>Antoine’in Hayali</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786053413837</t>
+          <t>9786053413813</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Prens</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C745" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786053413714</t>
+          <t>9786053413684</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Nuh'un Gemisi</t>
+          <t>Jack ve Fasulye Sırığı</t>
         </is>
       </c>
       <c r="C746" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786053413783</t>
+          <t>9786053413820</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Yedi Cüceler</t>
+          <t>Kral'ın Yeni Giysileri</t>
         </is>
       </c>
       <c r="C747" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786053413738</t>
+          <t>9786053413837</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Goldilocks ve Üç Ayı</t>
+          <t>Kurbağa Prens</t>
         </is>
       </c>
       <c r="C748" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786053413691</t>
+          <t>9786053413714</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Ejderha</t>
+          <t>Nuh'un Gemisi</t>
         </is>
       </c>
       <c r="C749" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786053413721</t>
+          <t>9786053413783</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Dans Eden On İki Prenses</t>
+          <t>Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C750" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786053413004</t>
+          <t>9786053413738</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Nelere dikkat Edelim? - Partide</t>
+          <t>Goldilocks ve Üç Ayı</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786053413295</t>
+          <t>9786053413691</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Mabel ve Ben</t>
+          <t>Zoraki Ejderha</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786053410614</t>
+          <t>9786053413721</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Tavuklar - Kümeste Korkaklara Yer Yok!</t>
+          <t>Dans Eden On İki Prenses</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786053410607</t>
+          <t>9786053413004</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Tavuklar - Büyük Tava</t>
+          <t>Nelere dikkat Edelim? - Partide</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786053410669</t>
+          <t>9786053413295</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Tavuklar - Hepimiz Birimiz, Birimiz Hepimiz İçin!</t>
+          <t>Mabel ve Ben</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786053418627</t>
+          <t>9786053410614</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Ayılar Kitap Okumaz</t>
+          <t>Meraklı Tavuklar - Kümeste Korkaklara Yer Yok!</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786053412595</t>
+          <t>9786053410607</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Ayı Kardeş</t>
+          <t>Meraklı Tavuklar - Büyük Tava</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786053410591</t>
+          <t>9786053410669</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Tavuklar - İlk Bakışta Aşk</t>
+          <t>Meraklı Tavuklar - Hepimiz Birimiz, Birimiz Hepimiz İçin!</t>
         </is>
       </c>
       <c r="C758" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786053412663</t>
+          <t>9786053418627</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Afacan Maymun Nasıl Yemek Yer?</t>
+          <t>Ayılar Kitap Okumaz</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786053412649</t>
+          <t>9786053412595</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Aslan Nasıl Uyur?</t>
+          <t>İyi Geceler Ayı Kardeş</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786053411147</t>
+          <t>9786053410591</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Macera Üçlüsü : Zorlu Vikingler</t>
+          <t>Meraklı Tavuklar - İlk Bakışta Aşk</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786053411130</t>
+          <t>9786053412663</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Macera Üçlüsü : Korsan Hazinesi</t>
+          <t>Afacan Maymun Nasıl Yemek Yer?</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786053411123</t>
+          <t>9786053412649</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Macera Üçlüsü : Gladyatörlere Karşı</t>
+          <t>Uykucu Aslan Nasıl Uyur?</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786053411154</t>
+          <t>9786053411147</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Macera Üçlüsü : Çin Ejderi</t>
+          <t>Macera Üçlüsü : Zorlu Vikingler</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786053412458</t>
+          <t>9786053411130</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Macera Üçlüsü : Korsan Hazinesi</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786053411987</t>
+          <t>9786053411123</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Öyküleri</t>
+          <t>Macera Üçlüsü : Gladyatörlere Karşı</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786053413264</t>
+          <t>9786053411154</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Alice Aynanın İçinden</t>
+          <t>Macera Üçlüsü : Çin Ejderi</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786053413233</t>
+          <t>9786053412458</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Yataktan Düşen Oyuncak Ayı</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786053412236</t>
+          <t>9786053411987</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kaşifi Jack'in Maceraları : Uçmak İstiyorum</t>
+          <t>Dinozor Öyküleri</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786053412045</t>
+          <t>9786053413264</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Asker</t>
+          <t>Alice Aynanın İçinden</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786053414902</t>
+          <t>9786053413233</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Babacığım</t>
+          <t>Yataktan Düşen Oyuncak Ayı</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786053418764</t>
+          <t>9786053412236</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Rüya Üfleme Ustası</t>
+          <t>Doğa Kaşifi Jack'in Maceraları : Uçmak İstiyorum</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786053413608</t>
+          <t>9786053412045</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Yağmurlu Gün Etkinlik Kitabı</t>
+          <t>Kurşun Asker</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786053413851</t>
+          <t>9786053414902</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Sevgili Babacığım</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786053413806</t>
+          <t>9786053418764</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Demir Yolu Çocukları</t>
+          <t>Rüya Üfleme Ustası</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786053413776</t>
+          <t>9786053413608</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi</t>
+          <t>Küçüklere Yağmurlu Gün Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786053413899</t>
+          <t>9786053413851</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Asker</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C777" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786053413707</t>
+          <t>9786053413806</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Çakmak</t>
+          <t>Demir Yolu Çocukları</t>
         </is>
       </c>
       <c r="C778" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786053413332</t>
+          <t>9786053413776</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786053418641</t>
+          <t>9786053413899</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar - Çıkartmalı Etkinlik</t>
+          <t>Kurşun Asker</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786053418634</t>
+          <t>9786053413707</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Dinozor - Çıkartmalı Etkinlik</t>
+          <t>Sihirli Çakmak</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786053413189</t>
+          <t>9786053413332</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Trol</t>
+          <t>Korsanlar</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786053413196</t>
+          <t>9786053418641</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Uyan Lydia Lou!</t>
+          <t>İlkbahar - Çıkartmalı Etkinlik</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786053418726</t>
+          <t>9786053418634</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Günlük Yaşamdan İngilizce 500 Sözcük</t>
+          <t>Dinozor - Çıkartmalı Etkinlik</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786053411420</t>
+          <t>9786053413189</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler Hayvanat Bahçesinde</t>
+          <t>Trol</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786053411437</t>
+          <t>9786053413196</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler ve Haylaz Romeo</t>
+          <t>Uyan Lydia Lou!</t>
         </is>
       </c>
       <c r="C786" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786053413882</t>
+          <t>9786053418726</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Karlar Kraliçesi</t>
+          <t>Resimlerle Günlük Yaşamdan İngilizce 500 Sözcük</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786053411413</t>
+          <t>9786053411420</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler ve Devgaru</t>
+          <t>Pijamaskeliler Hayvanat Bahçesinde</t>
         </is>
       </c>
       <c r="C788" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786053412021</t>
+          <t>9786053411437</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar Çetesi : Hayalet Avcıları</t>
+          <t>Pijamaskeliler ve Haylaz Romeo</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786053412007</t>
+          <t>9786053413882</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar Çetesi : Büyük Elmas Soygunu</t>
+          <t>Karlar Kraliçesi</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786053412038</t>
+          <t>9786053411413</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar Çetesi : Korsan Morgan'ın Hazinesi</t>
+          <t>Pijamaskeliler ve Devgaru</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786053412014</t>
+          <t>9786053412021</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar Çetesi : Gizemli Ada</t>
+          <t>Korsanlar Çetesi : Hayalet Avcıları</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786053413066</t>
+          <t>9786053412007</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Duyguları Anlamak - Utangaç</t>
+          <t>Korsanlar Çetesi : Büyük Elmas Soygunu</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786053413301</t>
+          <t>9786053412038</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Düş</t>
+          <t>Korsanlar Çetesi : Korsan Morgan'ın Hazinesi</t>
         </is>
       </c>
       <c r="C794" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786053412939</t>
+          <t>9786053412014</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Rumpelstiltskin</t>
+          <t>Korsanlar Çetesi : Gizemli Ada</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786053412946</t>
+          <t>9786053413066</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>The Camel's Hump</t>
+          <t>Duyguları Anlamak - Utangaç</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786053412908</t>
+          <t>9786053413301</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Thumbelina</t>
+          <t>Küçük Bir Düş</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786053418863</t>
+          <t>9786053412939</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Jack and the Beanstalk</t>
+          <t>Rumpelstiltskin</t>
         </is>
       </c>
       <c r="C798" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786053412526</t>
+          <t>9786053412946</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens İle Hayvanları Öğreniyorum</t>
+          <t>The Camel's Hump</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786053412540</t>
+          <t>9786053412908</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens İle Görgü Kurallarını Öğreniyorum</t>
+          <t>Thumbelina</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786053412564</t>
+          <t>9786053418863</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens İle Renkleri Öğreniyorum</t>
+          <t>Jack and the Beanstalk</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786053412533</t>
+          <t>9786053412526</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens İle Bir Gün</t>
+          <t>Küçük Prens İle Hayvanları Öğreniyorum</t>
         </is>
       </c>
       <c r="C802" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786053412571</t>
+          <t>9786053412540</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens İle Sayıları Öğreniyorum</t>
+          <t>Küçük Prens İle Görgü Kurallarını Öğreniyorum</t>
         </is>
       </c>
       <c r="C803" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786053412557</t>
+          <t>9786053412564</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens İle Karşıtlıkları Öğreniyorum</t>
+          <t>Küçük Prens İle Renkleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C804" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786053412175</t>
+          <t>9786053412533</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Küçük Prens İle Bir Gün</t>
         </is>
       </c>
       <c r="C805" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786053412151</t>
+          <t>9786053412571</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Kibritçi Kız</t>
+          <t>Küçük Prens İle Sayıları Öğreniyorum</t>
         </is>
       </c>
       <c r="C806" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786053412144</t>
+          <t>9786053412557</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin’in Sihirli Lambası</t>
+          <t>Küçük Prens İle Karşıtlıkları Öğreniyorum</t>
         </is>
       </c>
       <c r="C807" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786053412182</t>
+          <t>9786053412175</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C808" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786053412137</t>
+          <t>9786053412151</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı</t>
+          <t>Kibritçi Kız</t>
         </is>
       </c>
       <c r="C809" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786053412120</t>
+          <t>9786053412144</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Çirkin</t>
+          <t>Alaaddin’in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C810" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786053412212</t>
+          <t>9786053412182</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Asker</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C811" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786053412168</t>
+          <t>9786053412137</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi</t>
+          <t>Fareli Köyün Kavalcısı</t>
         </is>
       </c>
       <c r="C812" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786053412588</t>
+          <t>9786053412120</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Küçük Prens</t>
+          <t>Güzel ve Çirkin</t>
         </is>
       </c>
       <c r="C813" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786053413523</t>
+          <t>9786053412212</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Kurşun Asker</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786053413561</t>
+          <t>9786053412168</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Deve</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786053413530</t>
+          <t>9786053412588</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu Geliyor</t>
+          <t>Çocuklar İçin Küçük Prens</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786053412748</t>
+          <t>9786053413523</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar - Küçük Deniz Kızı</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>110</v>
+        <v>70</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786053418955</t>
+          <t>9786053413561</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>En Güçlü Dinozor: Triseratops - Dinozorlarla Tanışalım</t>
+          <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786053418962</t>
+          <t>9786053413530</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>En Dost Dinozor: Stegozor - Dinozorlarla Tanışalım</t>
+          <t>Köroğlu Geliyor</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786053418979</t>
+          <t>9786053412748</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Dinozor: Brakiyozor - Dinozorlarla Tanışalım</t>
+          <t>Değerli Masallar - Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786053411697</t>
+          <t>9786053418955</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Periler Sorumluluğu Anlatıyor</t>
+          <t>En Güçlü Dinozor: Triseratops - Dinozorlarla Tanışalım</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786053411659</t>
+          <t>9786053418962</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Periler Dayanışmayı Anlatıyor</t>
+          <t>En Dost Dinozor: Stegozor - Dinozorlarla Tanışalım</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786053411642</t>
+          <t>9786053418979</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Valentina Cesareti Anlatıyor</t>
+          <t>En Büyük Dinozor: Brakiyozor - Dinozorlarla Tanışalım</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786053418948</t>
+          <t>9786053411697</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Dünya Harikası Mona Lisa</t>
+          <t>Periler Sorumluluğu Anlatıyor</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786053411710</t>
+          <t>9786053411659</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Babacığa Öpücükler</t>
+          <t>Periler Dayanışmayı Anlatıyor</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786053410126</t>
+          <t>9786053411642</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Parçalardan Bütüne: İnsan Vücudu</t>
+          <t>Valentina Cesareti Anlatıyor</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786053410119</t>
+          <t>9786053418948</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Parçalardan Bütüne: Gezegen</t>
+          <t>Dünya Harikası Mona Lisa</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786053413745</t>
+          <t>9786053411710</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne</t>
+          <t>Babacığa Öpücükler</t>
         </is>
       </c>
       <c r="C828" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786053411871</t>
+          <t>9786053410126</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Canavarı ve Mükemmel Hediye</t>
+          <t>Parçalardan Bütüne: İnsan Vücudu</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786053418047</t>
+          <t>9786053410119</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Canavarı ve Son Çikolata</t>
+          <t>Parçalardan Bütüne: Gezegen</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786053418474</t>
+          <t>9786053413745</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Canavarı</t>
+          <t>Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786053411222</t>
+          <t>9786053411871</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ansiklopedim: Çiftlikte</t>
+          <t>Sevgi Canavarı ve Mükemmel Hediye</t>
         </is>
       </c>
       <c r="C832" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786053410836</t>
+          <t>9786053418047</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Mirketler Tatilde: Gizlenmiş Mirketleri Bul</t>
+          <t>Sevgi Canavarı ve Son Çikolata</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786053411536</t>
+          <t>9786053418474</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Mert Komiser Her Olayı Çözer</t>
+          <t>Sevgi Canavarı</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786053411505</t>
+          <t>9786053411222</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Olimposlular - Poseidon Yeri Sarsan Tanrı</t>
+          <t>Küçük Ansiklopedim: Çiftlikte</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786053411475</t>
+          <t>9786053410836</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Bahtsız Norm 4 - Pil Gerekebilir</t>
+          <t>Mirketler Tatilde: Gizlenmiş Mirketleri Bul</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786053413790</t>
+          <t>9786053411536</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz Kızı</t>
+          <t>Mert Komiser Her Olayı Çözer</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786053413271</t>
+          <t>9786053411505</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Lulu ve En Güzel Pasta</t>
+          <t>Olimposlular - Poseidon Yeri Sarsan Tanrı</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786053413288</t>
+          <t>9786053411475</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Lulu ve Hazine Avı</t>
+          <t>Bahtsız Norm 4 - Pil Gerekebilir</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786053412069</t>
+          <t>9786053413790</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Korsan Hikayeleri 1 / Yufka Yürekli Korsan</t>
+          <t>Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786053412618</t>
+          <t>9786053413271</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Korsan Hikayeleri 2 / Korsan Kızılibik</t>
+          <t>Lulu ve En Güzel Pasta</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786053412625</t>
+          <t>9786053413288</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Korsan Hikayeleri 3 / Miskin Kaptan Kaşalot</t>
+          <t>Lulu ve Hazine Avı</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786053411321</t>
+          <t>9786053412069</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Korkakozor Kamber</t>
+          <t>Çocuklar İçin Korsan Hikayeleri 1 / Yufka Yürekli Korsan</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786053411314</t>
+          <t>9786053412618</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Kıskançozor Kerem</t>
+          <t>Çocuklar İçin Korsan Hikayeleri 2 / Korsan Kızılibik</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786053411307</t>
+          <t>9786053412625</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Huysuzozor Hatice</t>
+          <t>Çocuklar İçin Korsan Hikayeleri 3 / Miskin Kaptan Kaşalot</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786053411345</t>
+          <t>9786053411321</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Endişelinozor Ender</t>
+          <t>Korkakozor Kamber</t>
         </is>
       </c>
       <c r="C846" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786054525928</t>
+          <t>9786053411314</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Kağıt Etkinlikleri ve Origami</t>
+          <t>Kıskançozor Kerem</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786053410874</t>
+          <t>9786053411307</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>The Prince and the Pauper</t>
+          <t>Huysuzozor Hatice</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786053411802</t>
+          <t>9786053411345</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dünya Atlası</t>
+          <t>Endişelinozor Ender</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786053411086</t>
+          <t>9786054525928</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Uykudan Önce Hayvan Masalları</t>
+          <t>Eğlenceli Kağıt Etkinlikleri ve Origami</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786053413448</t>
+          <t>9786053410874</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Uykuya Dalamayan Koyun</t>
+          <t>The Prince and the Pauper</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786053413103</t>
+          <t>9786053411802</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Maymun ve Ben</t>
+          <t>Çocuklar İçin Dünya Atlası</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786053413110</t>
+          <t>9786053411086</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Portakal Armut Elma ve Ayı</t>
+          <t>Uykudan Önce Hayvan Masalları</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786053413431</t>
+          <t>9786053413448</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Uyku Arkadaşını Arayan Ayı</t>
+          <t>Uykuya Dalamayan Koyun</t>
         </is>
       </c>
       <c r="C854" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786053413462</t>
+          <t>9786053413103</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Yatağını Islatan Kanarya</t>
+          <t>Maymun ve Ben</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786053412755</t>
+          <t>9786053413110</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar - Kırmızı Başlıklı Kız</t>
+          <t>Portakal Armut Elma ve Ayı</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786053412762</t>
+          <t>9786053413431</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar - Çizmeli Kedi</t>
+          <t>Uyku Arkadaşını Arayan Ayı</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786053412380</t>
+          <t>9786053413462</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik 2. Kitap</t>
+          <t>Yatağını Islatan Kanarya</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786053412373</t>
+          <t>9786053412755</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik 1. Kitap</t>
+          <t>Değerli Masallar - Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786053411246</t>
+          <t>9786053412762</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla 4+ Dans</t>
+          <t>Değerli Masallar - Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786053411260</t>
+          <t>9786053412380</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Uzay</t>
+          <t>Eğlenceli Matematik 2. Kitap</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786053411277</t>
+          <t>9786053412373</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Futbol</t>
+          <t>Eğlenceli Matematik 1. Kitap</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786053412670</t>
+          <t>9786053411246</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Bahtsız Norm 5. Cilt - Bir Şey Ters İse Her Şey Ters</t>
+          <t>Soru ve Cevaplarla 4+ Dans</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786053411727</t>
+          <t>9786053411260</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Zaman Nedir?</t>
+          <t>Soru ve Cevaplarla Uzay</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786053411789</t>
+          <t>9786053411277</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Uçaklar Nasıl Uçar?</t>
+          <t>Soru ve Cevaplarla Futbol</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786053411741</t>
+          <t>9786053412670</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Yakın mı Uzak mı?</t>
+          <t>Bahtsız Norm 5. Cilt - Bir Şey Ters İse Her Şey Ters</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786053411765</t>
+          <t>9786053411727</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Hızlı mı Yavaş mı?</t>
+          <t>Bil Bakalım Zaman Nedir?</t>
         </is>
       </c>
       <c r="C867" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786053411772</t>
+          <t>9786053411789</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Ay Neden Şekil Değiştirir?</t>
+          <t>Bil Bakalım Uçaklar Nasıl Uçar?</t>
         </is>
       </c>
       <c r="C868" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786053411734</t>
+          <t>9786053411741</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Ağır mı Hafif mi?</t>
+          <t>Bil Bakalım Yakın mı Uzak mı?</t>
         </is>
       </c>
       <c r="C869" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786053411758</t>
+          <t>9786053411765</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Gemiler Nasıl Yüzer?</t>
+          <t>Bil Bakalım Hızlı mı Yavaş mı?</t>
         </is>
       </c>
       <c r="C870" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786053410621</t>
+          <t>9786053411772</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 2</t>
+          <t>Bil Bakalım Ay Neden Şekil Değiştirir?</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786053418856</t>
+          <t>9786053411734</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel Level 2 Books</t>
+          <t>Bil Bakalım Ağır mı Hafif mi?</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786053410997</t>
+          <t>9786053411758</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>The Little Mermaid Level 2 Books</t>
+          <t>Bil Bakalım Gemiler Nasıl Yüzer?</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786053410935</t>
+          <t>9786053410621</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>The Gingerbread Man Level 1 Books</t>
+          <t>Renkli Matematik Dünyası 2</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786053410928</t>
+          <t>9786053418856</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Hansel and Gretel Level 3 Books</t>
+          <t>Rapunzel Level 2 Books</t>
         </is>
       </c>
       <c r="C875" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786053410072</t>
+          <t>9786053410997</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kızlar ve Oğlanlar İçin Haylazlık Hikayeleri-Tanıdığım En Cesur Çocuk</t>
+          <t>The Little Mermaid Level 2 Books</t>
         </is>
       </c>
       <c r="C876" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786053418986</t>
+          <t>9786053410935</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Büyük Besteci Mozart</t>
+          <t>The Gingerbread Man Level 1 Books</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786053410720</t>
+          <t>9786053410928</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Büyük İnsanların Hikayeleri - Galileo’nun Teleskobu</t>
+          <t>Hansel and Gretel Level 3 Books</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786053410737</t>
+          <t>9786053410072</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Büyük İnsanların Hikayeleri - Gandi’nin Gözlüğü</t>
+          <t>Akıllı Kızlar ve Oğlanlar İçin Haylazlık Hikayeleri-Tanıdığım En Cesur Çocuk</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786053412489</t>
+          <t>9786053418986</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Boyama Kitabı</t>
+          <t>Büyük Besteci Mozart</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786053412793</t>
+          <t>9786053410720</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>The Adventures of Pinocchio</t>
+          <t>Büyük İnsanların Hikayeleri - Galileo’nun Teleskobu</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786053412861</t>
+          <t>9786053410737</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Great Expectations</t>
+          <t>Büyük İnsanların Hikayeleri - Gandi’nin Gözlüğü</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786053412885</t>
+          <t>9786053412489</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Küçük Prens Boyama Kitabı</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786053419419</t>
+          <t>9786053412793</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Twenty Thousand Leagues Under the Sea</t>
+          <t>The Adventures of Pinocchio</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786053412472</t>
+          <t>9786053412861</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Etkinlik Kitabı</t>
+          <t>Great Expectations</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786053412113</t>
+          <t>9786053412885</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Rikimini ve Arkadaşı Ayıcık</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786053412106</t>
+          <t>9786053419419</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Olmak İsteyen Tavşan</t>
+          <t>Twenty Thousand Leagues Under the Sea</t>
         </is>
       </c>
       <c r="C887" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786053412083</t>
+          <t>9786053412472</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Murat Bey ve Işıltı Hanım</t>
+          <t>Küçük Prens Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786053412465</t>
+          <t>9786053412113</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Bebek Güncesi</t>
+          <t>Rikimini ve Arkadaşı Ayıcık</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786053412090</t>
+          <t>9786053412106</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens'in Parkı</t>
+          <t>Kahraman Olmak İsteyen Tavşan</t>
         </is>
       </c>
       <c r="C890" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786053412229</t>
+          <t>9786053412083</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>İskelet Anahtarın Sırrı: Şifre Avcıları Kulübü</t>
+          <t>Murat Bey ve Işıltı Hanım</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786053415817</t>
+          <t>9786053412465</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Okula Gitmek İstemeyen Lukas</t>
+          <t>Küçük Prens - Bebek Güncesi</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786053415848</t>
+          <t>9786053412090</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Kardeş İstemeyen Lukas</t>
+          <t>Küçük Prens'in Parkı</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786053419389</t>
+          <t>9786053412229</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Melisa Özgüveni Anlatıyor</t>
+          <t>İskelet Anahtarın Sırrı: Şifre Avcıları Kulübü</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786053418917</t>
+          <t>9786053415817</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Artık Her Şeye Hayır Demiyor</t>
+          <t>Okula Gitmek İstemeyen Lukas</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786054525881</t>
+          <t>9786053415848</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Rusça İlk Bin Sözcük</t>
+          <t>Kardeş İstemeyen Lukas</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786054525997</t>
+          <t>9786053419389</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 9</t>
+          <t>Melisa Özgüveni Anlatıyor</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786053417248</t>
+          <t>9786053418917</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihini Değiştiren Fizikçiler Hakkında Beş Şaşırtıcı Öykü</t>
+          <t>Artık Her Şeye Hayır Demiyor</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786053417255</t>
+          <t>9786054525881</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Bilimin Öncüleri Hakkında Beş Şaşırtıcı Öykü</t>
+          <t>Rusça İlk Bin Sözcük</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786053417309</t>
+          <t>9786054525997</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihini Değiştiren Matematikçiler Hakkında Beş Şaşırtıcı Öykü</t>
+          <t>Renkli Matematik Dünyası 9</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786053417262</t>
+          <t>9786053417248</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihini Değiştiren Kuantum Fizikçileri Hakkında Beş Şaşırtıcı Öykü</t>
+          <t>Bilim Tarihini Değiştiren Fizikçiler Hakkında Beş Şaşırtıcı Öykü</t>
         </is>
       </c>
       <c r="C901" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786054525348</t>
+          <t>9786053417255</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Benim Süper Babam</t>
+          <t>Tarihi Değiştiren Bilimin Öncüleri Hakkında Beş Şaşırtıcı Öykü</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786053410058</t>
+          <t>9786053417309</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Athena - Olimposlular</t>
+          <t>Bilim Tarihini Değiştiren Matematikçiler Hakkında Beş Şaşırtıcı Öykü</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786054525119</t>
+          <t>9786053417262</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Balığımıza Nasıl Bakacağımızı Öğrenelim</t>
+          <t>Bilim Tarihini Değiştiren Kuantum Fizikçileri Hakkında Beş Şaşırtıcı Öykü</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786053418023</t>
+          <t>9786054525348</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Hayvanat Bahçesi Etkinlik Kitabı</t>
+          <t>Benim Süper Babam</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786053418009</t>
+          <t>9786053410058</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Gezi Etkinlik Kitabı</t>
+          <t>Athena - Olimposlular</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786053417972</t>
+          <t>9786054525119</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Doğa Etkinlik Kitabı</t>
+          <t>Balığımıza Nasıl Bakacağımızı Öğrenelim</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786053419198</t>
+          <t>9786053418023</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>English 100 Numbers</t>
+          <t>Küçüklere Hayvanat Bahçesi Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786053419181</t>
+          <t>9786053418009</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>English 100 Words</t>
+          <t>Küçüklere Gezi Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786053418658</t>
+          <t>9786053417972</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gibi Olmayı Öğrenen Noona ve Sihirli Silgi</t>
+          <t>Küçüklere Doğa Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786053419051</t>
+          <t>9786053419198</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Doğada Huzur Bulan Kirpi</t>
+          <t>English 100 Numbers</t>
         </is>
       </c>
       <c r="C911" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786053419068</t>
+          <t>9786053419181</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Beslenebilen Hemstır</t>
+          <t>English 100 Words</t>
         </is>
       </c>
       <c r="C912" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786053419013</t>
+          <t>9786053418658</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>İlk Renkler Çıkartma Kitabım - Okula Hazırlanıyorum</t>
+          <t>Kendi Gibi Olmayı Öğrenen Noona ve Sihirli Silgi</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786053419020</t>
+          <t>9786053419051</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>İlk Şekiller Çıkartma Kitabım - Okula Hazırlanıyorum</t>
+          <t>Doğada Huzur Bulan Kirpi</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786053419006</t>
+          <t>9786053419068</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>İlk İngilizce Sözcükler Çıkartma Kitabım - Okula Hazırlanıyorum</t>
+          <t>Sağlıklı Beslenebilen Hemstır</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786053410898</t>
+          <t>9786053419013</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>İlk Renkler Çıkartma Kitabım - Okula Hazırlanıyorum</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786053417965</t>
+          <t>9786053419020</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Açgözlü Köpek</t>
+          <t>İlk Şekiller Çıkartma Kitabım - Okula Hazırlanıyorum</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786053417958</t>
+          <t>9786053419006</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Bezelye Tanesi</t>
+          <t>İlk İngilizce Sözcükler Çıkartma Kitabım - Okula Hazırlanıyorum</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786053417996</t>
+          <t>9786053410898</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Devenin Hörgücü</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786053418016</t>
+          <t>9786053417965</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin’in Sihirli Lambası - Binbir Gece Masalları</t>
+          <t>Açgözlü Köpek</t>
         </is>
       </c>
       <c r="C920" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786053418498</t>
+          <t>9786053417958</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Prenses ve Bezelye Tanesi</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786053418481</t>
+          <t>9786053417996</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Yolculuk</t>
+          <t>Devenin Hörgücü</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786053418054</t>
+          <t>9786053418016</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Bu Bana Söylenmedi Ki!</t>
+          <t>Alaaddin’in Sihirli Lambası - Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786053418160</t>
+          <t>9786053418498</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Bezelye Tanesi - Bebekler İçin Klasikler</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786053418221</t>
+          <t>9786053418481</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo - Bebekler İçin Klasikler</t>
+          <t>Ay’a Yolculuk</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786053418115</t>
+          <t>9786053418054</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi - Bebekler İçin Klasikler</t>
+          <t>Bu Bana Söylenmedi Ki!</t>
         </is>
       </c>
       <c r="C926" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786053418191</t>
+          <t>9786053418160</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Kurabiye Adam - Bebekler İçin Klasikler</t>
+          <t>Prenses ve Bezelye Tanesi - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C927" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786053417439</t>
+          <t>9786053418221</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Pinokyo - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786053417569</t>
+          <t>9786053418115</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Parmak Çocuk</t>
+          <t>Külkedisi - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786053417460</t>
+          <t>9786053418191</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Bezelye Tanesi</t>
+          <t>Kurabiye Adam - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786053417552</t>
+          <t>9786053417439</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C931" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786053417446</t>
+          <t>9786053417569</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Kurt ile Yedi Keçi Yavrusu</t>
+          <t>Parmak Çocuk</t>
         </is>
       </c>
       <c r="C932" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786053417477</t>
+          <t>9786053417460</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kırmızı Tavuk</t>
+          <t>Prenses ve Bezelye Tanesi</t>
         </is>
       </c>
       <c r="C933" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786053418078</t>
+          <t>9786053417552</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar</t>
+          <t>Çirkin Ördek Yavrusu</t>
         </is>
       </c>
       <c r="C934" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786053417811</t>
+          <t>9786053417446</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’ın Maceraları</t>
+          <t>Kurt ile Yedi Keçi Yavrusu</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786053417842</t>
+          <t>9786053417477</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn’in Maceraları</t>
+          <t>Küçük Kırmızı Tavuk</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786053417804</t>
+          <t>9786053418078</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Nils Holgersson</t>
+          <t>Dinozorlar</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786053417798</t>
+          <t>9786053417811</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Küçük Lord</t>
+          <t>Tom Sawyer’ın Maceraları</t>
         </is>
       </c>
       <c r="C938" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786053417835</t>
+          <t>9786053417842</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Parmak Kız</t>
+          <t>Huckleberry Finn’in Maceraları</t>
         </is>
       </c>
       <c r="C939" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786053417828</t>
+          <t>9786053417804</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Nils Holgersson</t>
         </is>
       </c>
       <c r="C940" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786053417651</t>
+          <t>9786053417798</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Venedik Taciri</t>
+          <t>Küçük Lord</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786053417941</t>
+          <t>9786053417835</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Kanguru Neden Zıplar?</t>
+          <t>Parmak Kız</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786053417989</t>
+          <t>9786053417828</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Leoparın Benekleri Nasıl Oluştu?</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786053416913</t>
+          <t>9786053417651</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Söz Dinlemeyen Mark</t>
+          <t>Venedik Taciri</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786053416951</t>
+          <t>9786053417941</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Hep Haklı Olmak İsteyen Viktor</t>
+          <t>Kanguru Neden Zıplar?</t>
         </is>
       </c>
       <c r="C945" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786053416937</t>
+          <t>9786053417989</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Fazla Şaka Yapan Sofia</t>
+          <t>Leoparın Benekleri Nasıl Oluştu?</t>
         </is>
       </c>
       <c r="C946" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786053416920</t>
+          <t>9786053416913</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Pijama Giymeyi Sevmeyen Lena</t>
+          <t>Söz Dinlemeyen Mark</t>
         </is>
       </c>
       <c r="C947" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786053417521</t>
+          <t>9786053416951</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Jack ve Fasulye Sırığı</t>
+          <t>Hep Haklı Olmak İsteyen Viktor</t>
         </is>
       </c>
       <c r="C948" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786053417491</t>
+          <t>9786053416937</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Fazla Şaka Yapan Sofia</t>
         </is>
       </c>
       <c r="C949" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786053417545</t>
+          <t>9786053416920</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel</t>
+          <t>Pijama Giymeyi Sevmeyen Lena</t>
         </is>
       </c>
       <c r="C950" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786053417507</t>
+          <t>9786053417521</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Goldilocks ve Üç Ayı</t>
+          <t>Jack ve Fasulye Sırığı</t>
         </is>
       </c>
       <c r="C951" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786054525089</t>
+          <t>9786053417491</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 6. Kitap</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786053416340</t>
+          <t>9786053417545</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Küçük Farecik Lili İle Hangi Ay, Hangi Sebze?</t>
+          <t>Rapunzel</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786053417729</t>
+          <t>9786053417507</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Goldilocks ve Üç Ayı</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786053417750</t>
+          <t>9786054525089</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Orman Çocuğu Mogli</t>
+          <t>Renkli Matematik Dünyası 6. Kitap</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786053417774</t>
+          <t>9786053416340</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Mavi Yakutun Sırrı</t>
+          <t>Küçük Farecik Lili İle Hangi Ay, Hangi Sebze?</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786053417767</t>
+          <t>9786053417729</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C957" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786053417712</t>
+          <t>9786053417750</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Orman Çocuğu Mogli</t>
         </is>
       </c>
       <c r="C958" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786053417743</t>
+          <t>9786053417774</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Güliver’in Gezileri</t>
+          <t>Sherlock Holmes - Mavi Yakutun Sırrı</t>
         </is>
       </c>
       <c r="C959" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786053414926</t>
+          <t>9786053417767</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Sanat Etkinlik Kitabı</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786053410508</t>
+          <t>9786053417712</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları - Vikinglerle</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>165</v>
+        <v>80</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786053410461</t>
+          <t>9786053417743</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları - Orta Çağ Kalesinde</t>
+          <t>Güliver’in Gezileri</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>165</v>
+        <v>80</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786053410478</t>
+          <t>9786053414926</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları - Korsan Gemisinde</t>
+          <t>Sanat Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786053410485</t>
+          <t>9786053410508</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları - Eski Mısır’da</t>
+          <t>Zaman Yolcuları - Vikinglerle</t>
         </is>
       </c>
       <c r="C964" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786053410706</t>
+          <t>9786053410461</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Günlük Sözcükler İspanyolca / Palabras De Uso Cotidiano En Espanol (500 Sözcük)</t>
+          <t>Zaman Yolcuları - Orta Çağ Kalesinde</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786053410683</t>
+          <t>9786053410478</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Günlük Sözcükler Fransızca / Le Mots Quotidienne En Français  (500 Sözcük)</t>
+          <t>Zaman Yolcuları - Korsan Gemisinde</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786054525973</t>
+          <t>9786053410485</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Ressamlar: Van Gogh - Arkadaşım Vincent</t>
+          <t>Zaman Yolcuları - Eski Mısır’da</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>140</v>
+        <v>165</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786054525546</t>
+          <t>9786053410706</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Batı’nın Öyküsü</t>
+          <t>Yaşamdan Günlük Sözcükler İspanyolca / Palabras De Uso Cotidiano En Espanol (500 Sözcük)</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786054525492</t>
+          <t>9786053410683</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Taşıtların Öyküsü</t>
+          <t>Yaşamdan Günlük Sözcükler Fransızca / Le Mots Quotidienne En Français  (500 Sözcük)</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786054525645</t>
+          <t>9786054525973</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Suç Avcıları - Rus Altını</t>
+          <t>Ünlü Ressamlar: Van Gogh - Arkadaşım Vincent</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786054525638</t>
+          <t>9786054525546</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Suç Avcıları - Kobra Takibi</t>
+          <t>Vahşi Batı’nın Öyküsü</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786054525614</t>
+          <t>9786054525492</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Suç Avcıları - Kaplan Barınağı</t>
+          <t>Taşıtların Öyküsü</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786054525621</t>
+          <t>9786054525645</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Suç Avcıları - Kafatası Adası</t>
+          <t>Suç Avcıları - Rus Altını</t>
         </is>
       </c>
       <c r="C973" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786054525744</t>
+          <t>9786054525638</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Maskeleri Kitabım (Ciltli)</t>
+          <t>Suç Avcıları - Kobra Takibi</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786054525683</t>
+          <t>9786054525614</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 4</t>
+          <t>Suç Avcıları - Kaplan Barınağı</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786054525669</t>
+          <t>9786054525621</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 1</t>
+          <t>Suç Avcıları - Kafatası Adası</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786053410003</t>
+          <t>9786054525744</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Pala Dayı’nın Korsan Macerası</t>
+          <t>Savaşçı Maskeleri Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786053418795</t>
+          <t>9786054525683</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Ülkeleri Tanıyalım Mirketleri Bulalım</t>
+          <t>Renkli Matematik Dünyası 4</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786053410447</t>
+          <t>9786054525669</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Nerede Bu Mirketler - Zamanda Yolculuk</t>
+          <t>Renkli Matematik Dünyası 1</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786054525102</t>
+          <t>9786053410003</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet Kuşumuza Nasıl Bakacağımızı Öğrenelim</t>
+          <t>Pala Dayı’nın Korsan Macerası</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786054525942</t>
+          <t>9786053418795</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Ressamlar: Monet - Arkadaşım Claude</t>
+          <t>Ülkeleri Tanıyalım Mirketleri Bulalım</t>
         </is>
       </c>
       <c r="C981" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786054525300</t>
+          <t>9786053410447</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji ile Eğlenmek</t>
+          <t>Nerede Bu Mirketler - Zamanda Yolculuk</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786053410324</t>
+          <t>9786054525102</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Latince İlk Bin Sözcük - Primum Mille Verborum In Lingua Latina</t>
+          <t>Muhabbet Kuşumuza Nasıl Bakacağımızı Öğrenelim</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786054525720</t>
+          <t>9786054525942</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Kötü Adam Maskeleri Kitabım (Ciltli)</t>
+          <t>Ünlü Ressamlar: Monet - Arkadaşım Claude</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786054525270</t>
+          <t>9786054525300</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Köpek Balığı ve Deniz Canlılarına Soralım (Ciltli)</t>
+          <t>Mitoloji ile Eğlenmek</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786054525096</t>
+          <t>9786053410324</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Köpeğimize Nasıl Bakacağımızı Öğrenelim</t>
+          <t>Latince İlk Bin Sözcük - Primum Mille Verborum In Lingua Latina</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786054525737</t>
+          <t>9786054525720</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Maskeler Kitabım (Ciltli)</t>
+          <t>Kötü Adam Maskeleri Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C987" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786054525126</t>
+          <t>9786054525270</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Kedimize Nasıl Bakacağımızı Öğrenelim</t>
+          <t>Köpek Balığı ve Deniz Canlılarına Soralım (Ciltli)</t>
         </is>
       </c>
       <c r="C988" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786054525515</t>
+          <t>9786054525096</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Maya Şehrinin Öyküsü</t>
+          <t>Köpeğimize Nasıl Bakacağımızı Öğrenelim</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786053410034</t>
+          <t>9786054525737</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ayıcıklar Diyarı</t>
+          <t>Korkunç Maskeler Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786053410393</t>
+          <t>9786054525126</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Japonca İlk Bin Sözcük</t>
+          <t>Kedimize Nasıl Bakacağımızı Öğrenelim</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786054525317</t>
+          <t>9786054525515</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler, Farecikler</t>
+          <t>Kayıp Maya Şehrinin Öyküsü</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786054525843</t>
+          <t>9786053410034</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca İlk Bin Sözcük - Le Prime Mille Parole in Italiano</t>
+          <t>Kayıp Ayıcıklar Diyarı</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786053410300</t>
+          <t>9786053410393</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca İlk Yüz Sözcük / Primeras Cien Palabras En Espanol (Çıkartma Kitabı)</t>
+          <t>Japonca İlk Bin Sözcük</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786053410270</t>
+          <t>9786054525317</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca İlk Yüz Sözcük /Primeras Cien Palabras Boyama Kitabı</t>
+          <t>İyi Geceler, Farecikler</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786054525874</t>
+          <t>9786054525843</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca İlk Bin Sözcük - Primeras Mil Palabras en Espanol</t>
+          <t>İtalyanca İlk Bin Sözcük - Le Prime Mille Parole in Italiano</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786053418771</t>
+          <t>9786053410300</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk 100 Sözcük Çıkartmalı</t>
+          <t>İspanyolca İlk Yüz Sözcük / Primeras Cien Palabras En Espanol (Çıkartma Kitabı)</t>
         </is>
       </c>
       <c r="C997" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786053418603</t>
+          <t>9786053410270</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle İngilizce İlk 1000 Sözcük</t>
+          <t>İspanyolca İlk Yüz Sözcük /Primeras Cien Palabras Boyama Kitabı</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786054525522</t>
+          <t>9786054525874</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>İlk İnsanların Öyküsü</t>
+          <t>İspanyolca İlk Bin Sözcük - Primeras Mil Palabras en Espanol</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786054525294</t>
+          <t>9786053418771</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlara Soralım (Ciltli)</t>
+          <t>İngilizce İlk 100 Sözcük Çıkartmalı</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786053410430</t>
+          <t>9786053418603</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Hades - Ölülerin Efendisi</t>
+          <t>Resimlerle İngilizce İlk 1000 Sözcük</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786054525966</t>
+          <t>9786054525522</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Ressamlar: Gaugin - Arkadaşım Paul</t>
+          <t>İlk İnsanların Öyküsü</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786053410317</t>
+          <t>9786054525294</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Fransızca İlk Yüz Sözcük / Les Cent Premiers Mots En Français (Çıkartma Kitabı)</t>
+          <t>Hayvanlara Soralım (Ciltli)</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786053410263</t>
+          <t>9786053410430</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Fransızca İlk Yüz Sözcük / Les Premiers Mots En Français (Boyama Kitabı)</t>
+          <t>Hades - Ölülerin Efendisi</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786054525850</t>
+          <t>9786054525966</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Fransızca İlk Bin Sözcük - Les Mille Premiers Mots en Français</t>
+          <t>Ünlü Ressamlar: Gaugin - Arkadaşım Paul</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786054525287</t>
+          <t>9786053410317</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlara Soralım (Ciltli)</t>
+          <t>Fransızca İlk Yüz Sözcük / Les Cent Premiers Mots En Français (Çıkartma Kitabı)</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786054525355</t>
+          <t>9786053410263</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Demek Abla Oluyorsun</t>
+          <t>Fransızca İlk Yüz Sözcük / Les Premiers Mots En Français (Boyama Kitabı)</t>
         </is>
       </c>
       <c r="C1007" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786054525331</t>
+          <t>9786054525850</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Demek Abi Oluyorsun</t>
+          <t>Fransızca İlk Bin Sözcük - Les Mille Premiers Mots en Français</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786054525959</t>
+          <t>9786054525287</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Ressamlar: Degas - Arkadaşım Edgar</t>
+          <t>Dinozorlara Soralım (Ciltli)</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786054525249</t>
+          <t>9786054525355</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Öğrenelim - Uçaklar</t>
+          <t>Demek Abla Oluyorsun</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786054525256</t>
+          <t>9786054525331</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Öğrenelim - Fantastik Yaratıklar, Savaşçılar, Kahramanlar ve Canavarlar</t>
+          <t>Demek Abi Oluyorsun</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786054525218</t>
+          <t>9786054525959</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Öğrenelim - Dinazorlar ve Diğer Tarih Öncesi Yaratıklar</t>
+          <t>Ünlü Ressamlar: Degas - Arkadaşım Edgar</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786054525164</t>
+          <t>9786054525249</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Çizelim Eğlenelim - Safari Hayvanları</t>
+          <t>Çizmeyi Öğrenelim - Uçaklar</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786054525157</t>
+          <t>9786054525256</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Çizelim Eğlenelim - Robotlar ve Uzaylılar</t>
+          <t>Çizmeyi Öğrenelim - Fantastik Yaratıklar, Savaşçılar, Kahramanlar ve Canavarlar</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786054525188</t>
+          <t>9786054525218</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Çizelim Eğlenelim / Prensesler ve Balerinler</t>
+          <t>Çizmeyi Öğrenelim - Dinazorlar ve Diğer Tarih Öncesi Yaratıklar</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786054525140</t>
+          <t>9786054525164</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Çizelim Eğlenelim - Periler ve Denizkızları</t>
+          <t>Çizelim Eğlenelim - Safari Hayvanları</t>
         </is>
       </c>
       <c r="C1016" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786054525195</t>
+          <t>9786054525157</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Çizelim Eğlenelim - Dinozorlar ve Diğer Tarihöncesi Yaratıklar</t>
+          <t>Çizelim Eğlenelim - Robotlar ve Uzaylılar</t>
         </is>
       </c>
       <c r="C1017" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786053410386</t>
+          <t>9786054525188</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Çiz Boya Eğlen</t>
+          <t>Çizelim Eğlenelim / Prensesler ve Balerinler</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786053410416</t>
+          <t>9786054525140</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Çince İlk Bin Sözcük</t>
+          <t>Çizelim Eğlenelim - Periler ve Denizkızları</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786053410010</t>
+          <t>9786054525195</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Adası</t>
+          <t>Çizelim Eğlenelim - Dinozorlar ve Diğer Tarihöncesi Yaratıklar</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786054525706</t>
+          <t>9786053410386</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Sihirbazlık Kitabım</t>
+          <t>Çiz Boya Eğlen</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786054525652</t>
+          <t>9786053410416</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Prensesler Kitabım</t>
+          <t>Çince İlk Bin Sözcük</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786054525713</t>
+          <t>9786053410010</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Masallar Kitabım</t>
+          <t>Çikolata Adası</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786054525904</t>
+          <t>9786054525706</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Dünya Atlası - Hayvanların Yaşadığı Yerler</t>
+          <t>Çıkartmalı Sihirbazlık Kitabım</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786054525911</t>
+          <t>9786054525652</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Dünya Atlası - Ülkelerin Özellikleri</t>
+          <t>Çıkartmalı Prensesler Kitabım</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786054525263</t>
+          <t>9786054525713</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Böceklere Soralım (Ciltli)</t>
+          <t>Çıkartmalı Masallar Kitabım</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786054525607</t>
+          <t>9786054525904</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Bir Volkanın Öyküsü</t>
+          <t>Çıkartmalı Dünya Atlası - Hayvanların Yaşadığı Yerler</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786054525553</t>
+          <t>9786054525911</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Bir Piramidin Öyküsü</t>
+          <t>Çıkartmalı Dünya Atlası - Ülkelerin Özellikleri</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786054525539</t>
+          <t>9786054525263</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalyonun Öyküsü</t>
+          <t>Böceklere Soralım (Ciltli)</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786054525577</t>
+          <t>9786054525607</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Bir Depremin Öyküsü</t>
+          <t>Bir Volkanın Öyküsü</t>
         </is>
       </c>
       <c r="C1030" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786054525010</t>
+          <t>9786054525553</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Bino’ya Bir Hediye</t>
+          <t>Bir Piramidin Öyküsü</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786054525058</t>
+          <t>9786054525539</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Bino’nun Seçtiği Oyuncak</t>
+          <t>Bir Kalyonun Öyküsü</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786054525034</t>
+          <t>9786054525577</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Bino ve Oyun Küpleri</t>
+          <t>Bir Depremin Öyküsü</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786054525768</t>
+          <t>9786054525010</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Hazinesi - Taşıtlar</t>
+          <t>Bino’ya Bir Hediye</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786054525829</t>
+          <t>9786054525058</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Hazinesi - Korsan Gemileri</t>
+          <t>Bino’nun Seçtiği Oyuncak</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786054525775</t>
+          <t>9786054525034</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Hazinesi - Kaleler</t>
+          <t>Bino ve Oyun Küpleri</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786054525805</t>
+          <t>9786054525768</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Hazinesi - Eski Mısır</t>
+          <t>Bilgi Hazinesi - Taşıtlar</t>
         </is>
       </c>
       <c r="C1037" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786054525799</t>
+          <t>9786054525829</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Hazinesi - Dünya</t>
+          <t>Bilgi Hazinesi - Korsan Gemileri</t>
         </is>
       </c>
       <c r="C1038" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786054525812</t>
+          <t>9786054525775</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Hazinesi - Doğa</t>
+          <t>Bilgi Hazinesi - Kaleler</t>
         </is>
       </c>
       <c r="C1039" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786054525386</t>
+          <t>9786054525805</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Ziyafeti - Bıcırık Billie B</t>
+          <t>Bilgi Hazinesi - Eski Mısır</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786054525379</t>
+          <t>9786054525799</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Futbol Yıldızı - Bıcırık Billie B</t>
+          <t>Bilgi Hazinesi - Dünya</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786054525447</t>
+          <t>9786054525812</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Beren En Güzel Proje - Çözüm Üretmek</t>
+          <t>Bilgi Hazinesi - Doğa</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786054525430</t>
+          <t>9786054525386</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Beren: Abla - Kardeş Sevgisi</t>
+          <t>Gece Yarısı Ziyafeti - Bıcırık Billie B</t>
         </is>
       </c>
       <c r="C1043" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786053410027</t>
+          <t>9786054525379</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Alya ve Deniz Canavarı</t>
+          <t>Futbol Yıldızı - Bıcırık Billie B</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786054525416</t>
+          <t>9786054525447</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Beren Güzel Saç Kesimi -Kurallara Uymak</t>
+          <t>Sevimli Beren En Güzel Proje - Çözüm Üretmek</t>
         </is>
       </c>
       <c r="C1045" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786054525867</t>
+          <t>9786054525430</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Almanca İlk Bin Sözcük - Die Ersten Tausend Wörter in Deutsch</t>
+          <t>Sevimli Beren: Abla - Kardeş Sevgisi</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786054525225</t>
+          <t>9786053410027</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Öğrenelim - Büyülü Yaratıklar ve Efsanevi Hayvanlar</t>
+          <t>Alya ve Deniz Canavarı</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786054525232</t>
+          <t>9786054525416</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Öğrenelim - Büyük Kamyonlar</t>
+          <t>Sevimli Beren Güzel Saç Kesimi -Kurallara Uymak</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786054525423</t>
+          <t>9786054525867</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Beren Gizli Mesaj -Dürüstlük</t>
+          <t>Almanca İlk Bin Sözcük - Die Ersten Tausend Wörter in Deutsch</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>60</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786054525201</t>
+          <t>9786054525225</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Öğrenelim - Ağaçlar ve Ormanlar</t>
+          <t>Çizmeyi Öğrenelim - Büyülü Yaratıklar ve Efsanevi Hayvanlar</t>
         </is>
       </c>
       <c r="C1050" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786054525454</t>
+          <t>9786054525232</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Beren: Küçük Yalan - Doğru Söylemek</t>
+          <t>Çizmeyi Öğrenelim - Büyük Kamyonlar</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786054525362</t>
+          <t>9786054525423</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Beren Kötü Kelebek -Yaratıcı Olmak</t>
+          <t>Sevimli Beren Gizli Mesaj -Dürüstlük</t>
         </is>
       </c>
       <c r="C1052" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786053418399</t>
+          <t>9786054525201</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Fasulye Sırığına Tırman Jack</t>
+          <t>Çizmeyi Öğrenelim - Ağaçlar ve Ormanlar</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786053418429</t>
+          <t>9786054525454</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kurtaran Çizmeli Kedi</t>
+          <t>Sevimli Beren: Küçük Yalan - Doğru Söylemek</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786053418412</t>
+          <t>9786054525362</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Hep Kendin Gibi Ol Küçük Deniz Kızı</t>
+          <t>Sevimli Beren Kötü Kelebek -Yaratıcı Olmak</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786053418436</t>
+          <t>9786053418399</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız’a Yardım Edelim</t>
+          <t>Fasulye Sırığına Tırman Jack</t>
         </is>
       </c>
       <c r="C1056" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786053418405</t>
+          <t>9786053418429</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>O Elmayı Yeme Pamuk Prenses</t>
+          <t>Hayat Kurtaran Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C1057" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786053417910</t>
+          <t>9786053418412</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Laleli Kız</t>
+          <t>Hep Kendin Gibi Ol Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C1058" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786053418450</t>
+          <t>9786053418436</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Kim Su İstiyor?</t>
+          <t>Kırmızı Başlıklı Kız’a Yardım Edelim</t>
         </is>
       </c>
       <c r="C1059" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786053418061</t>
+          <t>9786053418405</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Koca Ayak’a Spagetti (Ciltli)</t>
+          <t>O Elmayı Yeme Pamuk Prenses</t>
         </is>
       </c>
       <c r="C1060" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786053417934</t>
+          <t>9786053417910</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Duygularımız</t>
+          <t>Laleli Kız</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786053417484</t>
+          <t>9786053418450</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Mutluyum</t>
+          <t>Kim Su İstiyor?</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786053417538</t>
+          <t>9786053418061</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Artık Üzülmüyorum</t>
+          <t>Koca Ayak’a Spagetti (Ciltli)</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786053416500</t>
+          <t>9786053417934</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Enerji ve Hareket</t>
+          <t>Duygularımız</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786053416487</t>
+          <t>9786053417484</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Basit Yapılar Yapmak</t>
+          <t>Mutluyum</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786053416470</t>
+          <t>9786053417538</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Basit Makineler Yapmak</t>
+          <t>Artık Üzülmüyorum</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786053416524</t>
+          <t>9786053416500</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Basit Gereçlerle Uygulamalar Yapmak</t>
+          <t>Enerji ve Hareket</t>
         </is>
       </c>
       <c r="C1067" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786053416494</t>
+          <t>9786053416487</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilim İnsanının Yağmur Ormanı Macerası</t>
+          <t>Basit Yapılar Yapmak</t>
         </is>
       </c>
       <c r="C1068" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786053416517</t>
+          <t>9786053416470</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilim İnsanının Okyanus Macerası</t>
+          <t>Basit Makineler Yapmak</t>
         </is>
       </c>
       <c r="C1069" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786053416562</t>
+          <t>9786053416524</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilim İnsanının Kutup Macerası</t>
+          <t>Basit Gereçlerle Uygulamalar Yapmak</t>
         </is>
       </c>
       <c r="C1070" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786053416531</t>
+          <t>9786053416494</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilim İnsanının Dağ Macerası</t>
+          <t>Bir Bilim İnsanının Yağmur Ormanı Macerası</t>
         </is>
       </c>
       <c r="C1071" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786053416555</t>
+          <t>9786053416517</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilim İnsanının Çöl Macerası</t>
+          <t>Bir Bilim İnsanının Okyanus Macerası</t>
         </is>
       </c>
       <c r="C1072" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786053416548</t>
+          <t>9786053416562</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilim İnsanının Ada Macerası</t>
+          <t>Bir Bilim İnsanının Kutup Macerası</t>
         </is>
       </c>
       <c r="C1073" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786053418443</t>
+          <t>9786053416531</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Futbolcu Spinderella</t>
+          <t>Bir Bilim İnsanının Dağ Macerası</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786053413998</t>
+          <t>9786053416555</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Çarpım Tablosu Etkinlik Kitabı</t>
+          <t>Bir Bilim İnsanının Çöl Macerası</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786053417361</t>
+          <t>9786053416548</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Renkler ve İlk Çizimlerimiz - Momo ile Mimi</t>
+          <t>Bir Bilim İnsanının Ada Macerası</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786053417385</t>
+          <t>9786053418443</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Paylaşamadılar - Momo ile Mimi</t>
+          <t>Futbolcu Spinderella</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786053418184</t>
+          <t>9786053413998</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çoban - Bebekler İçin Klasikler</t>
+          <t>Çarpım Tablosu Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786053417354</t>
+          <t>9786053417361</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Paylaşabiliriz - Momo ile Mimi</t>
+          <t>Renkler ve İlk Çizimlerimiz - Momo ile Mimi</t>
         </is>
       </c>
       <c r="C1079" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786053417378</t>
+          <t>9786053417385</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuğa Yün Palto - Momo İle Mimi</t>
+          <t>Paylaşamadılar - Momo ile Mimi</t>
         </is>
       </c>
       <c r="C1080" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786053418320</t>
+          <t>9786053418184</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Karga ile Tilki - Bebekler İçin Klasikler</t>
+          <t>Küçük Çoban - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1081" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786053418276</t>
+          <t>9786053417354</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu - Bebekler İçin Klasikler</t>
+          <t>Paylaşabiliriz - Momo ile Mimi</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786053418108</t>
+          <t>9786053417378</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Böceği ile Karınca - Bebekler İçin Klasikler</t>
+          <t>Kuzucuğa Yün Palto - Momo İle Mimi</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786053418139</t>
+          <t>9786053418320</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız - Bebekler İçin Klasikler</t>
+          <t>Karga ile Tilki - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1084" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786053418146</t>
+          <t>9786053418276</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Kurt ve Yedi Keçi Yavrusu - Bebekler İçin Klasikler</t>
+          <t>Çirkin Ördek Yavrusu - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1085" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786053418214</t>
+          <t>9786053418108</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Kurbağa - Bebekler İçin Klasikler</t>
+          <t>Ağustos Böceği ile Karınca - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1086" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786053418153</t>
+          <t>9786053418139</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavuk - Bebekler İçin Klasikler</t>
+          <t>Kırmızı Başlıklı Kız - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1087" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786053418092</t>
+          <t>9786053418146</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Çorbadaki Taş - Bebekler İçin Klasikler</t>
+          <t>Kurt ve Yedi Keçi Yavrusu - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786053418177</t>
+          <t>9786053418214</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Kedinin Sırrı - Bebekler İçin Klasikler</t>
+          <t>Prenses ve Kurbağa - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1089" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786053412700</t>
+          <t>9786053418153</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Sen Yıldız Tozusun (Ciltli)</t>
+          <t>Küçük Tavuk - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1090" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786053412694</t>
+          <t>9786053418092</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Doğadan Fikirler</t>
+          <t>Çorbadaki Taş - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786053418238</t>
+          <t>9786053418177</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Altın Saçlı Kız ve Üç Ayı - Bebekler İçin Klasikler</t>
+          <t>Kedinin Sırrı - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1092" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786053418245</t>
+          <t>9786053412700</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Tavşan ile Kaplumbağa - Bebekler İçin Klasikler</t>
+          <t>Sen Yıldız Tozusun (Ciltli)</t>
         </is>
       </c>
       <c r="C1093" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786053418122</t>
+          <t>9786053412694</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Hansel ve Gretel - Bebekler İçin Klasikler</t>
+          <t>Doğadan Fikirler</t>
         </is>
       </c>
       <c r="C1094" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786053418207</t>
+          <t>9786053418238</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Pierre ve Kurt - Bebekler İçin Klasikler</t>
+          <t>Altın Saçlı Kız ve Üç Ayı - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1095" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786053417927</t>
+          <t>9786053418245</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Kabus Gören Yarasa</t>
+          <t>Tavşan ile Kaplumbağa - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786053417897</t>
+          <t>9786053418122</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Şaşı Bakan Gergedan</t>
+          <t>Hansel ve Gretel - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786053417903</t>
+          <t>9786053418207</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Kızgın Panter</t>
+          <t>Pierre ve Kurt - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786053416739</t>
+          <t>9786053417927</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Bir Filim Olsaydı</t>
+          <t>Kabus Gören Yarasa</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786053415589</t>
+          <t>9786053417897</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci - Çocukluk Düşlerinden Büyük İcatlara</t>
+          <t>Şaşı Bakan Gergedan</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786053418740</t>
+          <t>9786053417903</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Yeliz İyi Olmayı Öğreniyor</t>
+          <t>Kızgın Panter</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786053418733</t>
+          <t>9786053416739</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Caniko Sevgiyi Öğreniyor</t>
+          <t>Bir Filim Olsaydı</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786053417699</t>
+          <t>9786053415589</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Sarayda Macera - Dedektif Hercule Carotte</t>
+          <t>Leonardo Da Vinci - Çocukluk Düşlerinden Büyük İcatlara</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786053417705</t>
+          <t>9786053418740</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Dinozora Ödül Maması</t>
+          <t>Haylaz Yeliz İyi Olmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786053417125</t>
+          <t>9786053418733</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Konsantre Olabilen Kanguru - Öğrenen Yavrular</t>
+          <t>Uzaylı Caniko Sevgiyi Öğreniyor</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786053417002</t>
+          <t>9786053417699</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Panda Huzurlu ve Mutlu - Öğrenen Yavrular</t>
+          <t>Sarayda Macera - Dedektif Hercule Carotte</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786053417101</t>
+          <t>9786053417705</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Sakin ve Rahat - Öğrenen Yavrular</t>
+          <t>Dinozora Ödül Maması</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786053416975</t>
+          <t>9786053417125</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Uyumayı Seven Kedicik - Öğrenen Yavrular</t>
+          <t>Konsantre Olabilen Kanguru - Öğrenen Yavrular</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786053416968</t>
+          <t>9786053417002</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık Kızgın Değil - Öğrenen Yavrular</t>
+          <t>Panda Huzurlu ve Mutlu - Öğrenen Yavrular</t>
         </is>
       </c>
       <c r="C1109" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786053416852</t>
+          <t>9786053417101</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Kendine Güvenen Fil - Öğrenen Yavrular</t>
+          <t>Tavşan Sakin ve Rahat - Öğrenen Yavrular</t>
         </is>
       </c>
       <c r="C1110" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786053416876</t>
+          <t>9786053416975</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Uyku Arkadaşım Bubu - Güzel Uyu Sağlıklı Büyü</t>
+          <t>Uyumayı Seven Kedicik - Öğrenen Yavrular</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786053416753</t>
+          <t>9786053416968</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlarla Birlikte Daha Güzel</t>
+          <t>Ayıcık Kızgın Değil - Öğrenen Yavrular</t>
         </is>
       </c>
       <c r="C1112" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786053416890</t>
+          <t>9786053416852</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Boris’in Sihirli Yatağı - Güzel Uyu Sağlıklı Büyü</t>
+          <t>Kendine Güvenen Fil - Öğrenen Yavrular</t>
         </is>
       </c>
       <c r="C1113" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786053416906</t>
+          <t>9786053416876</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Uykuya Dalamayan Tavşan - Güzel Uyu Sağlıklı Büyü</t>
+          <t>Uyku Arkadaşım Bubu - Güzel Uyu Sağlıklı Büyü</t>
         </is>
       </c>
       <c r="C1114" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786053416883</t>
+          <t>9786053416753</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Uyku Arkadaşım Dudu Nerede? - Güzel Uyu Sağlıklı Büyü</t>
+          <t>Arkadaşlarla Birlikte Daha Güzel</t>
         </is>
       </c>
       <c r="C1115" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786053416869</t>
+          <t>9786053416890</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Yavru Zebra Haydi Uykuya! - Güzel Uyu Sağlıklı Büyü</t>
+          <t>Boris’in Sihirli Yatağı - Güzel Uyu Sağlıklı Büyü</t>
         </is>
       </c>
       <c r="C1116" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786053416944</t>
+          <t>9786053416906</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Kedicik Nerede Uyuyorsun? - Güzel Uyu Sağlıklı Büyü</t>
+          <t>Uykuya Dalamayan Tavşan - Güzel Uyu Sağlıklı Büyü</t>
         </is>
       </c>
       <c r="C1117" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786053417224</t>
+          <t>9786053416883</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Okul Çantamı Kumla Doldurdum</t>
+          <t>Uyku Arkadaşım Dudu Nerede? - Güzel Uyu Sağlıklı Büyü</t>
         </is>
       </c>
       <c r="C1118" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786053417187</t>
+          <t>9786053416869</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kuklanın Dileği</t>
+          <t>Yavru Zebra Haydi Uykuya! - Güzel Uyu Sağlıklı Büyü</t>
         </is>
       </c>
       <c r="C1119" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786053416838</t>
+          <t>9786053416944</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Cesur Savaşçı</t>
+          <t>Kedicik Nerede Uyuyorsun? - Güzel Uyu Sağlıklı Büyü</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786053416821</t>
+          <t>9786053417224</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Cesur Savaşçı ve Sevimli Ejderha</t>
+          <t>Okul Çantamı Kumla Doldurdum</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786053416845</t>
+          <t>9786053417187</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Korkmayan Cesur Savaşçı</t>
+          <t>Küçük Kuklanın Dileği</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786053417163</t>
+          <t>9786053416838</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız’dan Mektup</t>
+          <t>Korkusuz Cesur Savaşçı</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786053417149</t>
+          <t>9786053416821</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Dost mu Düşman mı?</t>
+          <t>Cesur Savaşçı ve Sevimli Ejderha</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786053416760</t>
+          <t>9786053416845</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaçak Yolcu</t>
+          <t>Yağmurdan Korkmayan Cesur Savaşçı</t>
         </is>
       </c>
       <c r="C1125" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786053418887</t>
+          <t>9786053417163</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi İçin Yaratıcı Etkinlikler</t>
+          <t>Kırmızı Başlıklı Kız’dan Mektup</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786053416289</t>
+          <t>9786053417149</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Terbiyecisi</t>
+          <t>Dost mu Düşman mı?</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786053416333</t>
+          <t>9786053416760</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Kahverengi Yavru Tilki</t>
+          <t>Küçük Kaçak Yolcu</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786053415787</t>
+          <t>9786053418887</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Uyumak İstemeyen Klara</t>
+          <t>Okul Öncesi İçin Yaratıcı Etkinlikler</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786053415831</t>
+          <t>9786053416289</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Kendi Başına Giyinmek İsteyen Klara</t>
+          <t>Rüzgar Terbiyecisi</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786053415794</t>
+          <t>9786053416333</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Yemek Yemek İstemeyen Anna</t>
+          <t>Kahverengi Yavru Tilki</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786053416319</t>
+          <t>9786053415787</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Bob Endişe Etmemeyi Öğreniyor</t>
+          <t>Uyumak İstemeyen Klara</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
+          <t>9786053415831</t>
+        </is>
+      </c>
+      <c r="B1133" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Başına Giyinmek İsteyen Klara</t>
+        </is>
+      </c>
+      <c r="C1133" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:3">
+      <c r="A1134" s="1" t="inlineStr">
+        <is>
+          <t>9786053415794</t>
+        </is>
+      </c>
+      <c r="B1134" s="1" t="inlineStr">
+        <is>
+          <t>Yemek Yemek İstemeyen Anna</t>
+        </is>
+      </c>
+      <c r="C1134" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:3">
+      <c r="A1135" s="1" t="inlineStr">
+        <is>
+          <t>9786053416319</t>
+        </is>
+      </c>
+      <c r="B1135" s="1" t="inlineStr">
+        <is>
+          <t>Bob Endişe Etmemeyi Öğreniyor</t>
+        </is>
+      </c>
+      <c r="C1135" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:3">
+      <c r="A1136" s="1" t="inlineStr">
+        <is>
           <t>9786053416326</t>
         </is>
       </c>
-      <c r="B1133" s="1" t="inlineStr">
+      <c r="B1136" s="1" t="inlineStr">
         <is>
           <t>Gece Korsanları</t>
         </is>
       </c>
-      <c r="C1133" s="1">
+      <c r="C1136" s="1">
         <v>120</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>