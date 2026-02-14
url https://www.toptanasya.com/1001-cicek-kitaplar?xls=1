--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,17065 +85,17080 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256856806</t>
+          <t>9786256856820</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Baban Daima Yanında</t>
+          <t>Dostlarımızla Her Yer Güzel</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256856813</t>
+          <t>9786256856806</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Annen Daima Yanında</t>
+          <t>Baban Daima Yanında</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256856714</t>
+          <t>9786256856813</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Hakkında Bilgiler - Öğrenecek Çok Şey Var</t>
+          <t>Annen Daima Yanında</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256856721</t>
+          <t>9786256856714</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Küçük Nazik Kanguru</t>
+          <t>Hayvanlar Hakkında Bilgiler - Öğrenecek Çok Şey Var</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256856912</t>
+          <t>9786256856721</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Uykulu Ejderha</t>
+          <t>Küçük Nazik Kanguru</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256856929</t>
+          <t>9786256856912</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Uykulu Unicorn</t>
+          <t>Uykulu Ejderha</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256856943</t>
+          <t>9786256856929</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Fen Deneyleri</t>
+          <t>Uykulu Unicorn</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256856745</t>
+          <t>9786256856943</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Okyanusun Hikayesi</t>
+          <t>Çocuklar İçin Fen Deneyleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256856905</t>
+          <t>9786256856745</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Lunicorn ve Alena</t>
+          <t>Okyanusun Hikayesi</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256856851</t>
+          <t>9786256856905</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yavru Dinozor Rex Dişlerini Fırçalıyor</t>
+          <t>Lunicorn ve Alena</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255826046</t>
+          <t>9786256856851</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin En İyiyi Dilerim</t>
+          <t>Yavru Dinozor Rex Dişlerini Fırçalıyor</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256856073</t>
+          <t>9786255826046</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Anlamak ve Anlatmak Etkinlik Kitabı</t>
+          <t>Senin İçin En İyiyi Dilerim</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786053418580</t>
+          <t>9786256856073</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Annem İçin Bir Hediye - Haydi Birlikte Yapalım</t>
+          <t>Zamanı Anlamak ve Anlatmak Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256856868</t>
+          <t>9786053418580</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yavru Dinozor Triksi ve Uğur Böceği</t>
+          <t>Annem İçin Bir Hediye - Haydi Birlikte Yapalım</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256856875</t>
+          <t>9786256856868</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Haydi Okula Gidiyoruz!</t>
+          <t>Yavru Dinozor Triksi ve Uğur Böceği</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256856691</t>
+          <t>9786256856875</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Karton Kutu ile Neler Yapılır?</t>
+          <t>Haydi Okula Gidiyoruz!</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256856684</t>
+          <t>9786256856691</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kağıt ve Yapıştırıcı ile Neler Yapılır?</t>
+          <t>Karton Kutu ile Neler Yapılır?</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053418573</t>
+          <t>9786256856684</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olacağım Yer</t>
+          <t>Kağıt ve Yapıştırıcı ile Neler Yapılır?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786053419877</t>
+          <t>9786053418573</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kızlar Kıskanç Olmaz</t>
+          <t>Mutlu Olacağım Yer</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053419921</t>
+          <t>9786053419877</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kızlar Önyargısız Olur</t>
+          <t>Güçlü Kızlar Kıskanç Olmaz</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256856493</t>
+          <t>9786053419921</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Merak Ettiğim Uzay ve Dünyalar</t>
+          <t>Güçlü Kızlar Önyargısız Olur</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256856264</t>
+          <t>9786256856493</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Neredeyse İyimser Lili</t>
+          <t>Merak Ettiğim Uzay ve Dünyalar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256856592</t>
+          <t>9786256856264</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Penguen Annesi Özlüyor</t>
+          <t>Neredeyse İyimser Lili</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256856417</t>
+          <t>9786256856592</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İyilik Yapan İyilik Bulur</t>
+          <t>Penguen Annesi Özlüyor</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256856509</t>
+          <t>9786256856417</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sincap Olmak İsteyen Fare</t>
+          <t>İyilik Yapan İyilik Bulur</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053414605</t>
+          <t>9786256856509</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Rüya Üfleme Ustası</t>
+          <t>Sincap Olmak İsteyen Fare</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>37.5</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053412809</t>
+          <t>9786053414605</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>The Adventures of Tom Sawyer</t>
+          <t>Rüya Üfleme Ustası</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>110</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053414377</t>
+          <t>9786053412809</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayıcıklar Okula Gidiyor</t>
+          <t>The Adventures of Tom Sawyer</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053414353</t>
+          <t>9786053414377</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayıcıklar İçin Uyku Vakti</t>
+          <t>Minik Ayıcıklar Okula Gidiyor</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053412717</t>
+          <t>9786053414353</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dünya Turuna Bir Bilet</t>
+          <t>Minik Ayıcıklar İçin Uyku Vakti</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053415954</t>
+          <t>9786053412717</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hayır!</t>
+          <t>Dünya Turuna Bir Bilet</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053415756</t>
+          <t>9786053415954</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Lazımlık - Yararları Dizisi</t>
+          <t>Hayır!</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786053411529</t>
+          <t>9786053415756</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hedefimiz Matematik 1. Kitap</t>
+          <t>Lazımlık - Yararları Dizisi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053411369</t>
+          <t>9786053411529</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Cesur Aşık Oluyor</t>
+          <t>Hedefimiz Matematik 1. Kitap</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053411901</t>
+          <t>9786053411369</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Walter'ın Endişeye Gerek Yok Giysisi</t>
+          <t>Cesur Aşık Oluyor</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053410768</t>
+          <t>9786053411901</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Babacığımı Seviyorum Çünkü</t>
+          <t>Walter'ın Endişeye Gerek Yok Giysisi</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053410805</t>
+          <t>9786053410768</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Türkçe İlk Bin Sözcük</t>
+          <t>Babacığımı Seviyorum Çünkü</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786053411567</t>
+          <t>9786053410805</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Temel Kavramlarla- Uzay Güneş Sistemi ve Evren</t>
+          <t>Türkçe İlk Bin Sözcük</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053410553</t>
+          <t>9786053411567</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Tavuklar 5 - Saklan Tavuk, Kaç Tavuk</t>
+          <t>Temel Kavramlarla- Uzay Güneş Sistemi ve Evren</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>35</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053410560</t>
+          <t>9786053410553</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Tavuklar - Küçük Kahraman Karmelito</t>
+          <t>Meraklı Tavuklar 5 - Saklan Tavuk, Kaç Tavuk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053410164</t>
+          <t>9786053410560</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Fransız Devrimi</t>
+          <t>Meraklı Tavuklar - Küçük Kahraman Karmelito</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053411116</t>
+          <t>9786053410164</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Oğlanlar için Etkinlik Kitabı</t>
+          <t>Soru ve Cevaplarla Fransız Devrimi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053414315</t>
+          <t>9786053411116</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar - Pinokyo</t>
+          <t>Oğlanlar için Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053415145</t>
+          <t>9786053414315</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mevsimlerin Renkleri - Mavi Yaz Kitabım</t>
+          <t>Değerli Masallar - Pinokyo</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786053415152</t>
+          <t>9786053415145</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mevsimlerin Renkleri - Turuncu Sonbahar Kitabım</t>
+          <t>Mevsimlerin Renkleri - Mavi Yaz Kitabım</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053415169</t>
+          <t>9786053415152</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mevsimlerin Renkleri - Yeşil İlkbahar Kitabım</t>
+          <t>Mevsimlerin Renkleri - Turuncu Sonbahar Kitabım</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786053413158</t>
+          <t>9786053415169</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Uçan Küvet</t>
+          <t>Mevsimlerin Renkleri - Yeşil İlkbahar Kitabım</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053413769</t>
+          <t>9786053413158</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Çirkin</t>
+          <t>Uçan Küvet</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786053413752</t>
+          <t>9786053413769</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bir Noel Şarkısı</t>
+          <t>Güzel ve Çirkin</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053412731</t>
+          <t>9786053413752</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Kim?</t>
+          <t>Bir Noel Şarkısı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053413981</t>
+          <t>9786053412731</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Resimli İlk Kitaplarım - İlk Dinozor Kitabım</t>
+          <t>Evdeki Kim?</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053411178</t>
+          <t>9786053413981</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Spinderella</t>
+          <t>Resimli İlk Kitaplarım - İlk Dinozor Kitabım</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053411161</t>
+          <t>9786053411178</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gece Maymunu Gündüz Maymunu</t>
+          <t>Spinderella</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053412335</t>
+          <t>9786053411161</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Zihinden Matematik 3. Kitap</t>
+          <t>Gece Maymunu Gündüz Maymunu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053414520</t>
+          <t>9786053412335</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Billie’nin Hayvan Hastanesi Macerası</t>
+          <t>Zihinden Matematik 3. Kitap</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053414513</t>
+          <t>9786053414520</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Billie’nin Pasta Macerası</t>
+          <t>Billie’nin Hayvan Hastanesi Macerası</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053413240</t>
+          <t>9786053414513</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Billie’nin Pasta Macerası</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053412205</t>
+          <t>9786053413240</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ali Baba ve Kırk Haramiler</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053412199</t>
+          <t>9786053412205</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Ali Baba ve Kırk Haramiler</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053411215</t>
+          <t>9786053412199</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ansiklopedim: Doktorda</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053411239</t>
+          <t>9786053411215</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ansiklopedim: Dinozorlar</t>
+          <t>Küçük Ansiklopedim: Doktorda</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053410546</t>
+          <t>9786053411239</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Tavuklar - Eyvah! Güneş'i Çalmışlar</t>
+          <t>Küçük Ansiklopedim: Dinozorlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053411291</t>
+          <t>9786053410546</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Öfkelinozor Ömür</t>
+          <t>Meraklı Tavuklar - Eyvah! Güneş'i Çalmışlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786053411550</t>
+          <t>9786053411291</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Temel Kavramlarla - İnsan Vücudu Organları ve İşleyişi</t>
+          <t>Öfkelinozor Ömür</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053412779</t>
+          <t>9786053411550</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar - Pamuk Prenses</t>
+          <t>Temel Kavramlarla - İnsan Vücudu Organları ve İşleyişi</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053411253</t>
+          <t>9786053412779</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Dinozorlar</t>
+          <t>Değerli Masallar - Pamuk Prenses</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053411796</t>
+          <t>9786053411253</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Yağmur Neden Islatır?</t>
+          <t>Soru ve Cevaplarla Dinozorlar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786053410744</t>
+          <t>9786053411796</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Büyük İnsanların Hikayeleri - Leonardo’nun Paleti</t>
+          <t>Bil Bakalım Yağmur Neden Islatır?</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786053410713</t>
+          <t>9786053410744</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Resimli İngilizce Büyük Sözlük</t>
+          <t>Büyük İnsanların Hikayeleri - Leonardo’nun Paleti</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786053418085</t>
+          <t>9786053410713</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar</t>
+          <t>Resimli İngilizce Büyük Sözlük</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054525324</t>
+          <t>9786053418085</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Zoorigami</t>
+          <t>Taşıtlar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786053410454</t>
+          <t>9786054525324</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları - Dinozorlarla</t>
+          <t>Zoorigami</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054525041</t>
+          <t>9786053410454</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gülümse Lütfen, Bino</t>
+          <t>Zaman Yolcuları - Dinozorlarla</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054525898</t>
+          <t>9786054525041</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Origami</t>
+          <t>Gülümse Lütfen, Bino</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054525560</t>
+          <t>9786054525898</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzay Görevinin Öyküsü</t>
+          <t>Eğlenceli Origami</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054525591</t>
+          <t>9786054525560</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehrin Öyküsü</t>
+          <t>Bir Uzay Görevinin Öyküsü</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054525584</t>
+          <t>9786054525591</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bir Dinozorun Öyküsü</t>
+          <t>Bir Şehrin Öyküsü</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054525072</t>
+          <t>9786054525584</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bino ve Balina</t>
+          <t>Bir Dinozorun Öyküsü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054525782</t>
+          <t>9786054525072</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Hazinesi - Dinozorlar</t>
+          <t>Bino ve Balina</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786053416302</t>
+          <t>9786054525782</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tom Arkadaş Edinmeyi Öğreniyor</t>
+          <t>Bilgi Hazinesi - Dinozorlar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053414452</t>
+          <t>9786053416302</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Müzik</t>
+          <t>Tom Arkadaş Edinmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256856752</t>
+          <t>9786053414452</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yıldızları Göremeyen Kedi</t>
+          <t>Çocuklar İçin Müzik</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053414186</t>
+          <t>9786256856752</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Düşler Bahçesi</t>
+          <t>Yıldızları Göremeyen Kedi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053418672</t>
+          <t>9786053414186</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hiç Hata Yapmayan Kız</t>
+          <t>Düşler Bahçesi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054525676</t>
+          <t>9786053418672</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Canavarlar Kitabım</t>
+          <t>Hiç Hata Yapmayan Kız</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054525409</t>
+          <t>9786054525676</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Özel Yardımcı - Bıcırık Billie B</t>
+          <t>Çıkartmalı Canavarlar Kitabım</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053410294</t>
+          <t>9786054525409</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Almanca İlk Yüz Sözcük / Die Ersten Hundert Wörter in Deutsch (Çıkarma Kitabı)</t>
+          <t>Özel Yardımcı - Bıcırık Billie B</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053417682</t>
+          <t>9786053410294</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Tüneldeki Gizem - Dedektif Hercule Carotte</t>
+          <t>Almanca İlk Yüz Sözcük / Die Ersten Hundert Wörter in Deutsch (Çıkarma Kitabı)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053411482</t>
+          <t>9786053417682</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bahtsız Norm 1 - Fındık Bulunabilir</t>
+          <t>Tüneldeki Gizem - Dedektif Hercule Carotte</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>330</v>
+        <v>110</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256856769</t>
+          <t>9786053411482</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Küçük Buzulun Öyküsü</t>
+          <t>Bahtsız Norm 1 - Fındık Bulunabilir</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053418566</t>
+          <t>9786256856769</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kes ve Yapıştır Araçlar</t>
+          <t>Küçük Buzulun Öyküsü</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053410775</t>
+          <t>9786053418566</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Anneciğimi Seviyorum Çünkü</t>
+          <t>Kes ve Yapıştır Araçlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053416142</t>
+          <t>9786053410775</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Çiko Zorbalıkla Baş Ediyor</t>
+          <t>Anneciğimi Seviyorum Çünkü</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053411376</t>
+          <t>9786053416142</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Cenk'in Sıradışı Serüvenleri : Yeti ile Spagetti</t>
+          <t>Çiko Zorbalıkla Baş Ediyor</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053411406</t>
+          <t>9786053411376</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Senin Gibi</t>
+          <t>Cenk'in Sıradışı Serüvenleri : Yeti ile Spagetti</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053417040</t>
+          <t>9786053411406</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Küçük Hayvan Öyküleri</t>
+          <t>Senin Gibi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256856936</t>
+          <t>9786053417040</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Karga İle Tırtıl</t>
+          <t>Bebekler İçin Küçük Hayvan Öyküleri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256856790</t>
+          <t>9786256856936</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Teşekkürler Dostum Karanlık</t>
+          <t>Karga İle Tırtıl</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256856783</t>
+          <t>9786256856790</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kapıyı Çalan Kim?</t>
+          <t>Teşekkürler Dostum Karanlık</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256856776</t>
+          <t>9786256856783</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık İçin Mükemmel Bir Gün</t>
+          <t>Kapıyı Çalan Kim?</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256856707</t>
+          <t>9786256856776</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Uzay – Öğrenecek Çok Şey Var</t>
+          <t>Arkadaşlık İçin Mükemmel Bir Gün</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256856646</t>
+          <t>9786256856707</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Babama Neler Oluyor?</t>
+          <t>Uzay – Öğrenecek Çok Şey Var</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256856738</t>
+          <t>9786256856646</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Küçük Geyik Korkuyu Yeniyor</t>
+          <t>Babama Neler Oluyor?</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053418504</t>
+          <t>9786256856738</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Yaşadıkları Yerler ve Özellikleri</t>
+          <t>Küçük Geyik Korkuyu Yeniyor</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053418511</t>
+          <t>9786053418504</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Evden Çıkmak İstemeyen Dinozor</t>
+          <t>Hayvanlar - Yaşadıkları Yerler ve Özellikleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256856660</t>
+          <t>9786053418511</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Kedi Waki</t>
+          <t>Evden Çıkmak İstemeyen Dinozor</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256856653</t>
+          <t>9786256856660</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Annem De Uyumak İstemezse!</t>
+          <t>Kahraman Kedi Waki</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256856615</t>
+          <t>9786256856653</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Herkes Pembe Sevebilir</t>
+          <t>Annem De Uyumak İstemezse!</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053418368</t>
+          <t>9786256856615</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yavru Koala Öğreniyor Tıpkı Senin Gibi</t>
+          <t>Herkes Pembe Sevebilir</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053418375</t>
+          <t>9786053418368</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yavru Tavşan Öğreniyor Tıpkı Senin Gibi</t>
+          <t>Yavru Koala Öğreniyor Tıpkı Senin Gibi</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256856882</t>
+          <t>9786053418375</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Uzay - Bulmaca ve Etkinliklerle</t>
+          <t>Yavru Tavşan Öğreniyor Tıpkı Senin Gibi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256856677</t>
+          <t>9786256856882</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Biraz Nezaket</t>
+          <t>Çocuklar İçin Uzay - Bulmaca ve Etkinliklerle</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053418351</t>
+          <t>9786256856677</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yavru Ördek Öğreniyor Tıpkı Senin Gibi</t>
+          <t>Biraz Nezaket</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053418382</t>
+          <t>9786053418351</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yavru Ayı Öğreniyor Tıpkı Senin Gibi</t>
+          <t>Yavru Ördek Öğreniyor Tıpkı Senin Gibi</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256856639</t>
+          <t>9786053418382</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Anne Kalbi</t>
+          <t>Yavru Ayı Öğreniyor Tıpkı Senin Gibi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256856622</t>
+          <t>9786256856639</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Lola’nın Mor Bulutu</t>
+          <t>Anne Kalbi</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256856547</t>
+          <t>9786256856622</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Odaklanma – Çıkartmalı Kişisel Gelişim Etkinlikleri</t>
+          <t>Lola’nın Mor Bulutu</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256856530</t>
+          <t>9786256856547</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Özgüven – Çıkartmalı Kişisel Gelişim Etkinlikleri</t>
+          <t>Dikkat ve Odaklanma – Çıkartmalı Kişisel Gelişim Etkinlikleri</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256856097</t>
+          <t>9786256856530</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Kalemle Matematik Etkinlik Kitabı</t>
+          <t>Özgüven – Çıkartmalı Kişisel Gelişim Etkinlikleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256856455</t>
+          <t>9786256856097</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sevimli Etkinlikler</t>
+          <t>Kağıt Kalemle Matematik Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256856431</t>
+          <t>9786256856455</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Keyifli Etkinlikler</t>
+          <t>Çocuklar İçin Sevimli Etkinlikler</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786053419723</t>
+          <t>9786256856431</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>En İyi Arkadaşım Çekiç Kafa</t>
+          <t>Çocuklar için Keyifli Etkinlikler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256856516</t>
+          <t>9786053419723</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dünyamız - Oluşumundan Canlılığa</t>
+          <t>En İyi Arkadaşım Çekiç Kafa</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053417217</t>
+          <t>9786256856516</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kendini Beğenmiş Tavus Kuşu</t>
+          <t>Dünyamız - Oluşumundan Canlılığa</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786053412601</t>
+          <t>9786053417217</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Hey Tavşan Ce-eee!</t>
+          <t>Kendini Beğenmiş Tavus Kuşu</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053412328</t>
+          <t>9786053412601</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Zihinden Matematik 2. Kitap</t>
+          <t>Hey Tavşan Ce-eee!</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053412250</t>
+          <t>9786053412328</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Zihinden Matematik 1. Kitap</t>
+          <t>Zihinden Matematik 2. Kitap</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786053410492</t>
+          <t>9786053412250</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları - Antik Roma’da</t>
+          <t>Zihinden Matematik 1. Kitap</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053416678</t>
+          <t>9786053410492</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İlk Satranç Kitabım</t>
+          <t>Zaman Yolcuları - Antik Roma’da</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>110</v>
+        <v>165</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054525171</t>
+          <t>9786053416678</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Çizelim Eğlenelim - Şövalyeler ve Kaleler</t>
+          <t>İlk Satranç Kitabım</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053417194</t>
+          <t>9786054525171</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Van Gogh: Renklerin Korsanı</t>
+          <t>Çizelim Eğlenelim - Şövalyeler ve Kaleler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256856608</t>
+          <t>9786053417194</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Larousse İlk Bilgiler – Çiftlikte</t>
+          <t>Van Gogh: Renklerin Korsanı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256856554</t>
+          <t>9786256856608</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağacık Denemekten Vazgeçmiyor</t>
+          <t>Larousse İlk Bilgiler – Çiftlikte</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786053414018</t>
+          <t>9786256856554</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Bir Yabancı</t>
+          <t>Kaplumbağacık Denemekten Vazgeçmiyor</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786053411338</t>
+          <t>9786053414018</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Utangaçozor Umut</t>
+          <t>Ormanda Bir Yabancı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054525393</t>
+          <t>9786053411338</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Beren: En İyi İkinci Arkadaş - Arkadaşlık</t>
+          <t>Utangaçozor Umut</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786053418528</t>
+          <t>9786054525393</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İnşaatta - Larousse İlk Bilgiler</t>
+          <t>Sevimli Beren: En İyi İkinci Arkadaş - Arkadaşlık</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256856578</t>
+          <t>9786053418528</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Balina Endişelenmiyor</t>
+          <t>İnşaatta - Larousse İlk Bilgiler</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256856561</t>
+          <t>9786256856578</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Küçük Maymun Sakinleşiyor</t>
+          <t>Balina Endişelenmiyor</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256856585</t>
+          <t>9786256856561</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Küçük Fil Dinliyor</t>
+          <t>Küçük Maymun Sakinleşiyor</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256856394</t>
+          <t>9786256856585</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Almanca 1000 Kelime</t>
+          <t>Küçük Fil Dinliyor</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256856486</t>
+          <t>9786256856394</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Fark Bulmaca</t>
+          <t>Çıkartmalarla Almanca 1000 Kelime</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786053419884</t>
+          <t>9786256856486</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kızlar Yanlışlarını Düzeltir</t>
+          <t>Küçüklere Fark Bulmaca</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256856462</t>
+          <t>9786053419884</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Arayan Bobo – Arkadaşlık Hikayeleri</t>
+          <t>Güçlü Kızlar Yanlışlarını Düzeltir</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256856479</t>
+          <t>9786256856462</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kelime Lütfen! – Arkadaşlık Hikayeleri</t>
+          <t>Arkadaş Arayan Bobo – Arkadaşlık Hikayeleri</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256856448</t>
+          <t>9786256856479</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Şirin Etkinlikler - Çıkartmalı</t>
+          <t>Sihirli Kelime Lütfen! – Arkadaşlık Hikayeleri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786053411833</t>
+          <t>9786256856448</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Yolculuk</t>
+          <t>Çocuklar için Şirin Etkinlikler - Çıkartmalı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256856424</t>
+          <t>9786053411833</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Neşeli Etkinlikler- Çıkartmalı</t>
+          <t>Ay’a Yolculuk</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256856127</t>
+          <t>9786256856424</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Küçük Unicorn Yemek Yiyor</t>
+          <t>Çocuklar için Neşeli Etkinlikler- Çıkartmalı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256856240</t>
+          <t>9786256856127</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Minik Kurt En Güzel Pasta Hangisi - İlk Okuma Kitapları</t>
+          <t>Küçük Unicorn Yemek Yiyor</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256856257</t>
+          <t>9786256856240</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Minik Kurt Saklambaç Oyunu</t>
+          <t>Minik Kurt En Güzel Pasta Hangisi - İlk Okuma Kitapları</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256856080</t>
+          <t>9786256856257</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Çarpma ve Bölme Etkinlik Kitabı</t>
+          <t>Minik Kurt Saklambaç Oyunu</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256856233</t>
+          <t>9786256856080</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Martin’in Kurabiyeleri</t>
+          <t>Çarpma ve Bölme Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053415640</t>
+          <t>9786256856233</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi İçin Yaratıcı Etkinlikler</t>
+          <t>Martin’in Kurabiyeleri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>28</v>
+        <v>120</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053413974</t>
+          <t>9786053415640</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Okula Hazırlanıyorum - İlk Şekiller Çıkartma Kitabım</t>
+          <t>Okul Öncesi İçin Yaratıcı Etkinlikler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>23.5</v>
+        <v>28</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786053413929</t>
+          <t>9786053413974</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Okula Hazırlanıyorum - İlk Renkler Çıkartma Kitabım</t>
+          <t>Okula Hazırlanıyorum - İlk Şekiller Çıkartma Kitabım</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>23.5</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786053415978</t>
+          <t>9786053413929</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Filozof Kedi ile Özgüven</t>
+          <t>Okula Hazırlanıyorum - İlk Renkler Çıkartma Kitabım</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>13.9</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786053411666</t>
+          <t>9786053415978</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Periler Empatiyi Anlatıyor</t>
+          <t>Filozof Kedi ile Özgüven</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>23</v>
+        <v>13.9</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053410577</t>
+          <t>9786053411666</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Tavuklar - Masalcı Fare</t>
+          <t>Periler Empatiyi Anlatıyor</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053410188</t>
+          <t>9786053410577</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep İçiciler</t>
+          <t>Meraklı Tavuklar - Masalcı Fare</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>9.5</v>
+        <v>28</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786053413042</t>
+          <t>9786053410188</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Duyguları Anlamak - Duyarlı</t>
+          <t>Mürekkep İçiciler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>6.39</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786053413059</t>
+          <t>9786053413042</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Duyguları Anlamak - Gururlu</t>
+          <t>Duyguları Anlamak - Duyarlı</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>6.39</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786053413035</t>
+          <t>9786053413059</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Duyguları Anlamak - Kıskanç</t>
+          <t>Duyguları Anlamak - Gururlu</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>6.39</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786053411390</t>
+          <t>9786053413035</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Parti</t>
+          <t>Duyguları Anlamak - Kıskanç</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>5.5</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786053410515</t>
+          <t>9786053411390</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Denizi Görmek İsteyen Meraklı Tavuk</t>
+          <t>Ormanda Parti</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>40</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786053411970</t>
+          <t>9786053410515</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Prenses Öyküleri</t>
+          <t>Denizi Görmek İsteyen Meraklı Tavuk</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053413172</t>
+          <t>9786053411970</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kendini T-Rex Sanan Şaşkın Dinozor</t>
+          <t>Prenses Öyküleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053413080</t>
+          <t>9786053413172</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Duyguları Anlamak - Öfkeli</t>
+          <t>Kendini T-Rex Sanan Şaşkın Dinozor</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>6.39</v>
+        <v>110</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786053412519</t>
+          <t>9786053413080</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Küçük Prens</t>
+          <t>Duyguları Anlamak - Öfkeli</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>100</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053411703</t>
+          <t>9786053412519</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Periler Özgüveni Anlatıyor</t>
+          <t>Bebekler İçin Küçük Prens</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>14.9</v>
+        <v>100</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786053413318</t>
+          <t>9786053411703</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yıl Düşü</t>
+          <t>Periler Özgüveni Anlatıyor</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>23</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786053410676</t>
+          <t>9786053413318</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Günlük Sözcükler / Alltagliche Wörter in Deutsch</t>
+          <t>Yeni Yıl Düşü</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>33</v>
+        <v>23</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786053410423</t>
+          <t>9786053410676</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hera ve Herakles’in Görevleri</t>
+          <t>Yaşamdan Günlük Sözcükler / Alltagliche Wörter in Deutsch</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>230</v>
+        <v>33</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054525690</t>
+          <t>9786053410423</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Dinozorlar Kitabım</t>
+          <t>Hera ve Herakles’in Görevleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054525003</t>
+          <t>9786054525690</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bino ve Oyuncak Ayı</t>
+          <t>Çıkartmalı Dinozorlar Kitabım</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054525027</t>
+          <t>9786054525003</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bino ve Kardan Kale</t>
+          <t>Bino ve Oyuncak Ayı</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054525065</t>
+          <t>9786054525027</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bino Oyuna Katılıyor</t>
+          <t>Bino ve Kardan Kale</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054525836</t>
+          <t>9786054525065</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Hazinesi - Antik Roma</t>
+          <t>Bino Oyuna Katılıyor</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>6.39</v>
+        <v>80</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054525461</t>
+          <t>9786054525836</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Beren: Mükemmel Hediye - Empati Kurmak</t>
+          <t>Bilgi Hazinesi - Antik Roma</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>60</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054525478</t>
+          <t>9786054525461</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Beren: Doğum Günü Karışıklığı - Dikkatli Olmak</t>
+          <t>Sevimli Beren: Mükemmel Hediye - Empati Kurmak</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256856196</t>
+          <t>9786054525478</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Gözleri Görmeyen Devecik</t>
+          <t>Sevimli Beren: Doğum Günü Karışıklığı - Dikkatli Olmak</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053417514</t>
+          <t>9786256856196</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hansel ile Gretel</t>
+          <t>Gözleri Görmeyen Devecik</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256856158</t>
+          <t>9786053417514</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Küçük Unicorn Uyuyor</t>
+          <t>Hansel ile Gretel</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256856226</t>
+          <t>9786256856158</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Martin’in Kağıt Kulesi</t>
+          <t>Küçük Unicorn Uyuyor</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053419938</t>
+          <t>9786256856226</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kızlar Pes Etmez</t>
+          <t>Martin’in Kağıt Kulesi</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786053419709</t>
+          <t>9786053419938</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuş, Bir Çiçek ve Toprak Teyze</t>
+          <t>Güçlü Kızlar Pes Etmez</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256856288</t>
+          <t>9786053419709</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Abla Olmak Harika!</t>
+          <t>Bir Kuş, Bir Çiçek ve Toprak Teyze</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786053412441</t>
+          <t>9786256856288</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Okuyan Kız Noona</t>
+          <t>Abla Olmak Harika!</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256856271</t>
+          <t>9786053412441</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Dans Etmeyi Seven Aslan</t>
+          <t>Düşünce Okuyan Kız Noona</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053411079</t>
+          <t>9786256856271</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel Level 2 Books</t>
+          <t>Dans Etmeyi Seven Aslan</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053413349</t>
+          <t>9786053411079</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Etkinlik Yolculuk</t>
+          <t>Rapunzel Level 2 Books</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054525751</t>
+          <t>9786053413349</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Maskeleri Kitabım</t>
+          <t>Çıkartmalı Etkinlik Yolculuk</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053413943</t>
+          <t>9786054525751</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Okula Hazırlanıyorum - İlk İngilizce Sözcükler Çıkartma Kitabım</t>
+          <t>Hayvan Maskeleri Kitabım</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>23.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053412915</t>
+          <t>9786053413943</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Jack And The Beanstalk Level 1 Books</t>
+          <t>Okula Hazırlanıyorum - İlk İngilizce Sözcükler Çıkartma Kitabım</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>80</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053415824</t>
+          <t>9786053412915</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmak İstemeyen Lukas</t>
+          <t>Jack And The Beanstalk Level 1 Books</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053413615</t>
+          <t>9786053415824</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Uzay Etkinlik Kitabı</t>
+          <t>Paylaşmak İstemeyen Lukas</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256856202</t>
+          <t>9786053413615</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Yemek Yapmayı Çok Seven Baykuş</t>
+          <t>Küçüklere Uzay Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256856219</t>
+          <t>9786256856202</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Büyümek İsteyen Küçük Maymun</t>
+          <t>Yemek Yapmayı Çok Seven Baykuş</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256856318</t>
+          <t>9786256856219</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Oli'nin Seçimi</t>
+          <t>Büyümek İsteyen Küçük Maymun</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256856301</t>
+          <t>9786256856318</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Maks'ın Sihirbazlık Gösterisi</t>
+          <t>Oli'nin Seçimi</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256856189</t>
+          <t>9786256856301</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hasta Olan Pembe Flamingo</t>
+          <t>Maks'ın Sihirbazlık Gösterisi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256856295</t>
+          <t>9786256856189</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Gigi'nin Dostluk Bahçesi</t>
+          <t>Hasta Olan Pembe Flamingo</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256856356</t>
+          <t>9786256856295</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Hakkını Arayan Maymun - Dünyadan Öyküler</t>
+          <t>Gigi'nin Dostluk Bahçesi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256856325</t>
+          <t>9786256856356</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Bir Gün - Dünyadan Öyküler</t>
+          <t>Hakkını Arayan Maymun - Dünyadan Öyküler</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256856332</t>
+          <t>9786256856325</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Açgözlü Adam ve Dürüst Oğlu - Dünyadan Öyküler</t>
+          <t>Nasreddin Hoca ile Bir Gün - Dünyadan Öyküler</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256856349</t>
+          <t>9786256856332</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ailesinin Değerini Anlayan Adam - Dünyadan Öyküler</t>
+          <t>Açgözlü Adam ve Dürüst Oğlu - Dünyadan Öyküler</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053415572</t>
+          <t>9786256856349</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Eğlenceli Etkinlikler - Çıkartmalı</t>
+          <t>Ailesinin Değerini Anlayan Adam - Dünyadan Öyküler</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053419044</t>
+          <t>9786053415572</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Doktora Giden Aslan</t>
+          <t>Çocuklar İçin Eğlenceli Etkinlikler - Çıkartmalı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053418993</t>
+          <t>9786053419044</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Çiko Kendine Güvenmeyi Öğreniyor</t>
+          <t>Doktora Giden Aslan</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053416159</t>
+          <t>9786053418993</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kardeşini Kıskanan Nena</t>
+          <t>Çiko Kendine Güvenmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053416203</t>
+          <t>9786053416159</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İstediğini Giymek İsteyen Eda</t>
+          <t>Kardeşini Kıskanan Nena</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053416784</t>
+          <t>9786053416203</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Minik Kurbağanın Uyku Vakti</t>
+          <t>İstediğini Giymek İsteyen Eda</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053414414</t>
+          <t>9786053416784</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Julia Donaldson'dan Dramalar - Üç Akıllı Keçi</t>
+          <t>Minik Kurbağanın Uyku Vakti</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053414391</t>
+          <t>9786053414414</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Julia Donaldson'dan Dramalar - Ağaçtaki Balık</t>
+          <t>Julia Donaldson'dan Dramalar - Üç Akıllı Keçi</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053416623</t>
+          <t>9786053414391</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Klasik Masallar - Değerli Masallar Koleksiyonları</t>
+          <t>Julia Donaldson'dan Dramalar - Ağaçtaki Balık</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053410911</t>
+          <t>9786053416623</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>The Clever Lion King Level 3 Books</t>
+          <t>Klasik Masallar - Değerli Masallar Koleksiyonları</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053412847</t>
+          <t>9786053410911</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>The Adventures of Huckleberry Finn</t>
+          <t>The Clever Lion King Level 3 Books</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053412922</t>
+          <t>9786053412847</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Puss in Boots</t>
+          <t>The Adventures of Huckleberry Finn</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053412878</t>
+          <t>9786053412922</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>The Count of Monte Cristo</t>
+          <t>Puss in Boots</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053410652</t>
+          <t>9786053412878</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 8</t>
+          <t>The Count of Monte Cristo</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>55</v>
+        <v>110</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053411499</t>
+          <t>9786053410652</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Afrodit Aşk Tanrıçası</t>
+          <t>Renkli Matematik Dünyası 8</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>230</v>
+        <v>55</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053411963</t>
+          <t>9786053411499</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Peri ve Tek Boynuzlu At Öyküleri</t>
+          <t>Afrodit Aşk Tanrıçası</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053418832</t>
+          <t>9786053411963</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Küçükler İçin Büyük Çizim Kitabı</t>
+          <t>Peri ve Tek Boynuzlu At Öyküleri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>325</v>
+        <v>140</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054525133</t>
+          <t>9786053418832</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 10</t>
+          <t>Küçükler İçin Büyük Çizim Kitabı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>40</v>
+        <v>325</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053417453</t>
+          <t>9786054525133</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Renkli Matematik Dünyası 10</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053410041</t>
+          <t>9786053417453</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Zeus - Olimposlular</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053410409</t>
+          <t>9786053410041</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Arapça İlk Bin Sözcük</t>
+          <t>Zeus - Olimposlular</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053419945</t>
+          <t>9786053410409</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yavrucuk - Merhaba Demek Ne Güzel</t>
+          <t>Arapça İlk Bin Sözcük</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053419815</t>
+          <t>9786053419945</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Çizgiden Resimlere - Masal Dünyası</t>
+          <t>Yavrucuk - Merhaba Demek Ne Güzel</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>325</v>
+        <v>100</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053419839</t>
+          <t>9786053419815</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Çizgiden Resimlere - Meslekler</t>
+          <t>Çizgiden Resimlere - Masal Dünyası</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053415909</t>
+          <t>9786053419839</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler (3+ Yaş) İlk Bilgilerim Dizisi</t>
+          <t>Çizgiden Resimlere - Meslekler</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053411994</t>
+          <t>9786053415909</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Korsan Öyküleri</t>
+          <t>Mevsimler (3+ Yaş) İlk Bilgilerim Dizisi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053410584</t>
+          <t>9786053411994</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Tavuklar - Küçük Kara Kedi</t>
+          <t>Korsan Öyküleri</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053411055</t>
+          <t>9786053410584</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sleeping Beauty Level 2 Books</t>
+          <t>Meraklı Tavuklar - Küçük Kara Kedi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053410966</t>
+          <t>9786053411055</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Snow White and the Seven Dwarfs Level 2</t>
+          <t>Sleeping Beauty Level 2 Books</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256856141</t>
+          <t>9786053410966</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yumak - Sakinleşiyor</t>
+          <t>Snow White and the Seven Dwarfs Level 2</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256856134</t>
+          <t>9786256856141</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yumak Sevgi Bulutu</t>
+          <t>Küçük Yumak - Sakinleşiyor</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256856103</t>
+          <t>9786256856134</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Küçük Coco Channel Hayallerinin Peşinde</t>
+          <t>Küçük Yumak Sevgi Bulutu</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256856110</t>
+          <t>9786256856103</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dino Dünya Turunda</t>
+          <t>Küçük Coco Channel Hayallerinin Peşinde</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256856035</t>
+          <t>9786256856110</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Eğlenceli Etkinlikler- Yırt, Kes, Yapıştır</t>
+          <t>Küçük Dino Dünya Turunda</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053412854</t>
+          <t>9786256856035</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Twenty Thousand Leagues Under The Sea Stage 4 Books</t>
+          <t>Küçüklere Eğlenceli Etkinlikler- Yırt, Kes, Yapıştır</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256856042</t>
+          <t>9786053412854</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Labirent Kitabı - Dikkat ve Algı Geliştirir</t>
+          <t>Twenty Thousand Leagues Under The Sea Stage 4 Books</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256856363</t>
+          <t>9786256856042</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Ressamlar Kitap Seti</t>
+          <t>Küçüklere Labirent Kitabı - Dikkat ve Algı Geliştirir</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>0</v>
+        <v>150</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053417071X</t>
+          <t>9786256856363</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Uykudan Önce Uykulu Öyküler</t>
+          <t>Ünlü Ressamlar Kitap Seti</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053411062</t>
+          <t>9786053417071X</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Wizard Of Oz Level 1 Books</t>
+          <t>Bebekler İçin Uykudan Önce Uykulu Öyküler</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256856059</t>
+          <t>9786053411062</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Bahar Etkinlik Kitabı</t>
+          <t>Wizard Of Oz Level 1 Books</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>1010101000556</t>
+          <t>9786256856059</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Etkinlik Serisi 5 Al 4 Öde Kitap Seti - Küçüklere Gezi Etkinlik Kitabı,Çocuklar İçin Güzel Etkinlikler, Küçüklere Doğa Etkinlik Kitabı, Toplama Ve Çıkarma Etkinlik Kitabı, Okula Başlıyorum Etkinlik Kitabı</t>
+          <t>Küçüklere Bahar Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>1010101000587</t>
+          <t>1010101000556</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Dünyaca Ünlü Eserler Dizisi 5 Al 4 Öde Kitap Seti - Pamuk Prenses Ve Yedi Cüceler, Jack Ve Fasulye Sırığı, Don Kişot, Külkedisi, Karlar Kraliçesi</t>
+          <t>Küçüklere Etkinlik Serisi 5 Al 4 Öde Kitap Seti - Küçüklere Gezi Etkinlik Kitabı,Çocuklar İçin Güzel Etkinlikler, Küçüklere Doğa Etkinlik Kitabı, Toplama Ve Çıkarma Etkinlik Kitabı, Okula Başlıyorum Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053417347</t>
+          <t>1010101000587</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Doğa Bilimciler - Genç Bilim İnsanları</t>
+          <t>Dünyaca Ünlü Eserler Dizisi 5 Al 4 Öde Kitap Seti - Pamuk Prenses Ve Yedi Cüceler, Jack Ve Fasulye Sırığı, Don Kişot, Külkedisi, Karlar Kraliçesi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>1010101000549</t>
+          <t>9786053417347</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Öğrenen Yavrular 5 Al 4 Öde Kitap Seti - Kendine Güvenen Fil, Tavşan Sakin Ve Rahat, Panda Huzurlu Ve Mutlu, Ayıcık Kızgın Değil, Konsantre Olabilen Kanguru</t>
+          <t>Doğa Bilimciler - Genç Bilim İnsanları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053417323</t>
+          <t>1010101000549</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Engel Tanımayan İnsanlar - Genç Bilim İnsanları</t>
+          <t>Öğrenen Yavrular 5 Al 4 Öde Kitap Seti - Kendine Güvenen Fil, Tavşan Sakin Ve Rahat, Panda Huzurlu Ve Mutlu, Ayıcık Kızgın Değil, Konsantre Olabilen Kanguru</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053417316</t>
+          <t>9786053417323</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Mucitler - Genç Bilim İnsanları</t>
+          <t>Engel Tanımayan İnsanlar - Genç Bilim İnsanları</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053417279</t>
+          <t>9786053417316</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Öncü İnsanlar - Genç Bilim İnsanları</t>
+          <t>Mucitler - Genç Bilim İnsanları</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053419693</t>
+          <t>9786053417279</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Su Damlacığının Yolculuğu</t>
+          <t>Öncü İnsanlar - Genç Bilim İnsanları</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053419099</t>
+          <t>9786053419693</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Tavşanını Özleyen Köpek</t>
+          <t>Su Damlacığının Yolculuğu</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053414810</t>
+          <t>9786053419099</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Bitlenen Panda</t>
+          <t>Tavşanını Özleyen Köpek</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053417057</t>
+          <t>9786053414810</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Uykudan Önce Oyuncak Öyküleri</t>
+          <t>Bitlenen Panda</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053418757</t>
+          <t>9786053417057</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayıcıklar İçin Uyku Vakti</t>
+          <t>Bebekler İçin Uykudan Önce Oyuncak Öyküleri</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053418665</t>
+          <t>9786053418757</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>365 Öykü</t>
+          <t>Minik Ayıcıklar İçin Uyku Vakti</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053413875</t>
+          <t>9786053418665</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Karınca ile Ağustos Böceği</t>
+          <t>365 Öykü</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053411017</t>
+          <t>9786053413875</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>The Elves and the Shoemaker Level 1 Book</t>
+          <t>Karınca ile Ağustos Böceği</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053418788</t>
+          <t>9786053411017</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk 100 Sözcük - First Hundred Words in English Boyama Kitabı</t>
+          <t>The Elves and the Shoemaker Level 1 Book</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053419976</t>
+          <t>9786053418788</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yavrucuk - Yemek Yiyelim</t>
+          <t>İngilizce İlk 100 Sözcük - First Hundred Words in English Boyama Kitabı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053419952</t>
+          <t>9786053419976</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yavrucuk Oyuncak Arıyor</t>
+          <t>Yavrucuk - Yemek Yiyelim</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256856172</t>
+          <t>9786053419952</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ben Hep Yanındayım</t>
+          <t>Yavrucuk Oyuncak Arıyor</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053419716</t>
+          <t>9786256856172</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Tutalım</t>
+          <t>Ben Hep Yanındayım</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053416777</t>
+          <t>9786053419716</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Adamızda Herkese Yer Var</t>
+          <t>Bir Dilek Tutalım</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053419808</t>
+          <t>9786053416777</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Çizgiden Resimlere - Hayvanlar ve Karakterler</t>
+          <t>Adamızda Herkese Yer Var</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>325</v>
+        <v>100</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256856066</t>
+          <t>9786053419808</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boyama Kitabım</t>
+          <t>Çizgiden Resimlere - Hayvanlar ve Karakterler</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053419792</t>
+          <t>9786256856066</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Çizgiden Resimlere - Orman</t>
+          <t>Büyük Boyama Kitabım</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053419785</t>
+          <t>9786053419792</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Çizgiden Resimlere - Nasıl Çizilir?</t>
+          <t>Çizgiden Resimlere - Orman</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053419846</t>
+          <t>9786053419785</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Boyama ve Etkinlik Kitabı</t>
+          <t>Çizgiden Resimlere - Nasıl Çizilir?</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053419730</t>
+          <t>9786053419846</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık Hooop Yatağa</t>
+          <t>Dinozor Boyama ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053419860</t>
+          <t>9786053419730</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Resim Çiziyorum: Atlar ve Poniler</t>
+          <t>Ayıcık Hooop Yatağa</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>325</v>
+        <v>120</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053419853</t>
+          <t>9786053419860</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Resim Çiziyorum: Hayvanat Bahçesi</t>
+          <t>Adım Adım Resim Çiziyorum: Atlar ve Poniler</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053419969</t>
+          <t>9786053419853</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Yavrucuk - Korkuyu Yeniyor</t>
+          <t>Adım Adım Resim Çiziyorum: Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053419990</t>
+          <t>9786053419969</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yavrucuk - Kızgınlığı Yeniyor</t>
+          <t>Yavrucuk - Korkuyu Yeniyor</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256856165</t>
+          <t>9786053419990</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Kitaplığı - 9 Kitaplık Kutulu Set</t>
+          <t>Yavrucuk - Kızgınlığı Yeniyor</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>1160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786053419761</t>
+          <t>9786256856165</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İlk Çıkartma Kitabım: Duygular</t>
+          <t>Küçük Prens Kitaplığı - 9 Kitaplık Kutulu Set</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>200</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053419891</t>
+          <t>9786053419761</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Deniz Altı Dünyası Etkinlik Kitabı</t>
+          <t>İlk Çıkartma Kitabım: Duygular</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053419983</t>
+          <t>9786053419891</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yavrucuk Oda Toplama Zamanı</t>
+          <t>Küçüklere Deniz Altı Dünyası Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256856004</t>
+          <t>9786053419983</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yavrucuk Banyo Zamanı</t>
+          <t>Yavrucuk Oda Toplama Zamanı</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256856011</t>
+          <t>9786256856004</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yavrucuk Mutluyum</t>
+          <t>Yavrucuk Banyo Zamanı</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786053419914</t>
+          <t>9786256856011</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Tatil Etkinlik Kitabı</t>
+          <t>Yavrucuk Mutluyum</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053419907</t>
+          <t>9786053419914</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Korsan Etkinlik Kitabı</t>
+          <t>Küçüklere Tatil Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053419822</t>
+          <t>9786053419907</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Futbol Boyama ve Etkinlik Kitabı</t>
+          <t>Küçüklere Korsan Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053419778</t>
+          <t>9786053419822</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Okula Başlıyorum Etkinlik Kitabı</t>
+          <t>Futbol Boyama ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256856028</t>
+          <t>9786053419778</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Benim Duygularım ve Annem</t>
+          <t>Okula Başlıyorum Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053419617</t>
+          <t>9786256856028</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Şirin Manga - Manga Boyama Kitabı</t>
+          <t>Benim Duygularım ve Annem</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>220</v>
+        <v>115</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053418689</t>
+          <t>9786053419617</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Toplama ve Çıkarma Etkinlik Kitabı</t>
+          <t>Garip Ama Şirin Manga - Manga Boyama Kitabı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053419754</t>
+          <t>9786053418689</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Canavarı ve Gecenin Sürprizi</t>
+          <t>Toplama ve Çıkarma Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053417286</t>
+          <t>9786053419754</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Buluş Yapan Kadınlar - Genç Bilim İnsanları</t>
+          <t>Sevgi Canavarı ve Gecenin Sürprizi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053417293</t>
+          <t>9786053417286</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kimyagerler ve Biyologlar - Genç Bilim İnsanları</t>
+          <t>Buluş Yapan Kadınlar - Genç Bilim İnsanları</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053417231</t>
+          <t>9786053417293</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Fosilbilimciler - Genç Bilim İnsanları</t>
+          <t>Kimyagerler ve Biyologlar - Genç Bilim İnsanları</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786053417330</t>
+          <t>9786053417231</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Gökbilimciler - Genç Bilim İnsanları</t>
+          <t>Fosilbilimciler - Genç Bilim İnsanları</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786053419631</t>
+          <t>9786053417330</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Asla Yalnız Değilsin</t>
+          <t>Gökbilimciler - Genç Bilim İnsanları</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053419686</t>
+          <t>9786053419631</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Seni Çok Seviyorum</t>
+          <t>Asla Yalnız Değilsin</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053419747</t>
+          <t>9786053419686</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Canavarı ve Dev Dalga - Sevgi Canavarı</t>
+          <t>Seni Çok Seviyorum</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053419488</t>
+          <t>9786053419747</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskelilerin Sırrı</t>
+          <t>Sevgi Canavarı ve Dev Dalga - Sevgi Canavarı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786053419464</t>
+          <t>9786053419488</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler Çalınan Şekerler</t>
+          <t>Pijamaskelilerin Sırrı</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786053419457</t>
+          <t>9786053419464</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler Okulu</t>
+          <t>Pijamaskeliler Çalınan Şekerler</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053419440</t>
+          <t>9786053419457</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler Ormandaki Hayalperest</t>
+          <t>Pijamaskeliler Okulu</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053419471</t>
+          <t>9786053419440</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler Operasyon Sıfır</t>
+          <t>Pijamaskeliler Ormandaki Hayalperest</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053419662</t>
+          <t>9786053419471</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Çok Güzel Bir Sabah</t>
+          <t>Pijamaskeliler Operasyon Sıfır</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053419679</t>
+          <t>9786053419662</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Arayan Çocuklar</t>
+          <t>Çok Güzel Bir Sabah</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053419600</t>
+          <t>9786053419679</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Uyku Zamanı Minik Fare – Uyku Saati İçin Mindfullness Alıştırmaları</t>
+          <t>Dinozor Arayan Çocuklar</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786053419655</t>
+          <t>9786053419600</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Ayı- Arkadaşlık ve Dostluk Üzerine</t>
+          <t>Uyku Zamanı Minik Fare – Uyku Saati İçin Mindfullness Alıştırmaları</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053419624</t>
+          <t>9786053419655</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mavi Kuş Barnabi</t>
+          <t>Arkadaşım Ayı- Arkadaşlık ve Dostluk Üzerine</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786053419648</t>
+          <t>9786053419624</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Ev Kedisi Bobo ve Sokak Kedisi Çiko</t>
+          <t>Küçük Mavi Kuş Barnabi</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786053419242</t>
+          <t>9786053419648</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Günlük Yaşamdan Almanca 500 Sözcük</t>
+          <t>Ev Kedisi Bobo ve Sokak Kedisi Çiko</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053410355</t>
+          <t>9786053419242</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Öğreten Kartlar - Rusça</t>
+          <t>Resimlerle Günlük Yaşamdan Almanca 500 Sözcük</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053410379</t>
+          <t>9786053410355</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Öğreten Kartlar - İtalyanca</t>
+          <t>Sözcük Öğreten Kartlar - Rusça</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053410331</t>
+          <t>9786053410379</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Öğreten Kartlar - İngilizce</t>
+          <t>Sözcük Öğreten Kartlar - İtalyanca</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786053410362</t>
+          <t>9786053410331</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Öğreten Kartlar - Fransızca</t>
+          <t>Sözcük Öğreten Kartlar - İngilizce</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053410348</t>
+          <t>9786053410362</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Öğreten Kartlar - Arapça</t>
+          <t>Sözcük Öğreten Kartlar - Fransızca</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053418849</t>
+          <t>9786053410348</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>The Adventures Of Tom Sawyer</t>
+          <t>Sözcük Öğreten Kartlar - Arapça</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786053419105</t>
+          <t>9786053418849</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Kurtarma Öyküleri</t>
+          <t>The Adventures Of Tom Sawyer</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786053419129</t>
+          <t>9786053419105</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Midilli Öyküleri</t>
+          <t>Hayvan Kurtarma Öyküleri</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786053419303</t>
+          <t>9786053419129</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Dedektif - Yuvada Panik</t>
+          <t>Midilli Öyküleri</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053419549</t>
+          <t>9786053419303</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Sirkten Kaçış</t>
+          <t>Tüylü Dedektif - Yuvada Panik</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053419402</t>
+          <t>9786053419549</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızın İyiliği İçin Doğayı Koru</t>
+          <t>Sirkten Kaçış</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053419556</t>
+          <t>9786053419402</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Annem, Ben ve Duygularımız</t>
+          <t>Dünyamızın İyiliği İçin Doğayı Koru</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053419112</t>
+          <t>9786053419556</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Yavru Kedi Öyküleri</t>
+          <t>Annem, Ben ve Duygularımız</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786053419310</t>
+          <t>9786053419112</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Dedektif Kayıp Eşyaların Sırrı</t>
+          <t>Yavru Kedi Öyküleri</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786053419327</t>
+          <t>9786053419310</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Dedektif Lekeli Tütü</t>
+          <t>Tüylü Dedektif Kayıp Eşyaların Sırrı</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786053419570</t>
+          <t>9786053419327</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Mini Dahi Leonardo Da Vinci ve Uçan Makineler</t>
+          <t>Tüylü Dedektif Lekeli Tütü</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786053419594</t>
+          <t>9786053419570</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Mini Dahi Albert Einstein ve Dahice Fiki</t>
+          <t>Mini Dahi Leonardo Da Vinci ve Uçan Makineler</t>
         </is>
       </c>
       <c r="C328" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786053419587</t>
+          <t>9786053419594</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Mini Dahi Frida Kahlo ve Renkli Dünyası</t>
+          <t>Mini Dahi Albert Einstein ve Dahice Fiki</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053419563</t>
+          <t>9786053419587</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Mini Dahi: Marie Curie ve Atomla İlgili Buluşları</t>
+          <t>Mini Dahi Frida Kahlo ve Renkli Dünyası</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053419525</t>
+          <t>9786053419563</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Ayılar Ağlamaz</t>
+          <t>Mini Dahi: Marie Curie ve Atomla İlgili Buluşları</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786053419532</t>
+          <t>9786053419525</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Mektubu</t>
+          <t>Ayılar Ağlamaz</t>
         </is>
       </c>
       <c r="C332" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053419150</t>
+          <t>9786053419532</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Şekerlemelerin Sırrı</t>
+          <t>Sevgi Mektubu</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053419167</t>
+          <t>9786053419150</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Adadaki Hazine</t>
+          <t>Şekerlemelerin Sırrı</t>
         </is>
       </c>
       <c r="C334" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053419143</t>
+          <t>9786053419167</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kurabiye Hırsızı Papağan</t>
+          <t>Adadaki Hazine</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786053419136</t>
+          <t>9786053419143</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Turist Gemisi</t>
+          <t>Kurabiye Hırsızı Papağan</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786053419334</t>
+          <t>9786053419136</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kendine Güvenebilen Luna</t>
+          <t>Turist Gemisi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786053419358</t>
+          <t>9786053419334</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İki Evi Olan Violet</t>
+          <t>Kendine Güvenebilen Luna</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786053419341</t>
+          <t>9786053419358</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kardeşiyle Mutlu Olabilen Arşil</t>
+          <t>İki Evi Olan Violet</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053419365</t>
+          <t>9786053419341</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Çekingen Gabin</t>
+          <t>Kardeşiyle Mutlu Olabilen Arşil</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053419501</t>
+          <t>9786053419365</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Larousse İlk Bilgiler – İtfaiyeciler</t>
+          <t>Çekingen Gabin</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786053419518</t>
+          <t>9786053419501</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Larousse İlk Bilgiler - Anaokulunda</t>
+          <t>Larousse İlk Bilgiler – İtfaiyeciler</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786053419495</t>
+          <t>9786053419518</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Larousse İlk Bilgiler - Hayvanlar</t>
+          <t>Larousse İlk Bilgiler - Anaokulunda</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786053419273</t>
+          <t>9786053419495</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Gülmeyen Papağan</t>
+          <t>Larousse İlk Bilgiler - Hayvanlar</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786053419266</t>
+          <t>9786053419273</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Uçmak İsteyen Devekuşu</t>
+          <t>Gülmeyen Papağan</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786053419297</t>
+          <t>9786053419266</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Dost Lama</t>
+          <t>Uçmak İsteyen Devekuşu</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786053419280</t>
+          <t>9786053419297</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Özgür Olmak İsteyen Fil</t>
+          <t>Tuhaf Dost Lama</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786053415282</t>
+          <t>9786053419280</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Bana Kim Sarılır?</t>
+          <t>Özgür Olmak İsteyen Fil</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786053417873</t>
+          <t>9786053415282</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>The Time Machine</t>
+          <t>Bana Kim Sarılır?</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786053419082</t>
+          <t>9786053417873</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Rahatlayabilen Rengeyiği</t>
+          <t>The Time Machine</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786053419433</t>
+          <t>9786053419082</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Lazımlık</t>
+          <t>Rahatlayabilen Rengeyiği</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786053418924</t>
+          <t>9786053419433</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Türkçe İlk 1000 Sözcük</t>
+          <t>Lazımlık</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786053419075</t>
+          <t>9786053418924</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ayıcığa Beklenmedik Misafir</t>
+          <t>Resimlerle Türkçe İlk 1000 Sözcük</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786053419037</t>
+          <t>9786053419075</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kardeşiyle Mutlu Olabilen Fare</t>
+          <t>Küçük Ayıcığa Beklenmedik Misafir</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786053419372</t>
+          <t>9786053419037</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Lidya Dayanışmayı Anlatıyor</t>
+          <t>Kardeşiyle Mutlu Olabilen Fare</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786053419396</t>
+          <t>9786053419372</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Derna Empatiyi Anlatıyor</t>
+          <t>Lidya Dayanışmayı Anlatıyor</t>
         </is>
       </c>
       <c r="C356" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786053419259</t>
+          <t>9786053419396</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ressam Leonardo'nun Paleti</t>
+          <t>Derna Empatiyi Anlatıyor</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786053418894</t>
+          <t>9786053419259</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Mateo Seçmeyi Öğreniyor</t>
+          <t>Büyük Ressam Leonardo'nun Paleti</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786053419228</t>
+          <t>9786053418894</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kendine Güvenen Sam</t>
+          <t>Mateo Seçmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786053419426</t>
+          <t>9786053419228</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Gece Maymunu Gündüz Maymunu</t>
+          <t>Kendine Güvenen Sam</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786053416791</t>
+          <t>9786053419426</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Arkadaş</t>
+          <t>Gece Maymunu Gündüz Maymunu</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786053417880</t>
+          <t>9786053416791</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Dünyamız</t>
+          <t>Uzaylı Arkadaş</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786053417200</t>
+          <t>9786053417880</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kurma Günü</t>
+          <t>Dünyamız</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786053416081</t>
+          <t>9786053417200</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kedi Kevin Kucağa Alışıyor</t>
+          <t>Hayal Kurma Günü</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786053416166</t>
+          <t>9786053416081</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Momo</t>
+          <t>Kedi Kevin Kucağa Alışıyor</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786053416180</t>
+          <t>9786053416166</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Her İstediği Olsun İsteyen Moli</t>
+          <t>Utangaç Momo</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786053415633</t>
+          <t>9786053416180</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Bilgi Hazinesi</t>
+          <t>Her İstediği Olsun İsteyen Moli</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786053416746</t>
+          <t>9786053415633</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Eşyalarını Kaybeden Tavşan</t>
+          <t>Öykülerle Bilgi Hazinesi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786053414995</t>
+          <t>9786053416746</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Küçük Deha - Kediciğin Uyku Vakti</t>
+          <t>Eşyalarını Kaybeden Tavşan</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786053415039</t>
+          <t>9786053414995</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Küçük Deha - Tay Dişlerini Fırçalıyor</t>
+          <t>Merhaba Küçük Deha - Kediciğin Uyku Vakti</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786053415046</t>
+          <t>9786053415039</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Küçük Deha - Zebra Biberonu Bırakıyor</t>
+          <t>Merhaba Küçük Deha - Tay Dişlerini Fırçalıyor</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786053417583</t>
+          <t>9786053415046</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Gaston Artık Kıskanmıyor - Gaston'un Duyguları</t>
+          <t>Merhaba Küçük Deha - Zebra Biberonu Bırakıyor</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786053417590</t>
+          <t>9786053417583</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Gaston Artık Kızgın Değil - Gaston'un Duyguları</t>
+          <t>Gaston Artık Kıskanmıyor - Gaston'un Duyguları</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786053417576</t>
+          <t>9786053417590</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Gaston Artık Korkmuyor - Gaston'un Duyguları</t>
+          <t>Gaston Artık Kızgın Değil - Gaston'un Duyguları</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786053417606</t>
+          <t>9786053417576</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Gaston Artık Utangaç Değil - Gaston'un Duyguları</t>
+          <t>Gaston Artık Korkmuyor - Gaston'un Duyguları</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786053417613</t>
+          <t>9786053417606</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Gaston Artık Üzgün Değil - Gaston'un Duyguları</t>
+          <t>Gaston Artık Utangaç Değil - Gaston'un Duyguları</t>
         </is>
       </c>
       <c r="C376" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786053416692</t>
+          <t>9786053417613</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Suzi Araştırıyor - Kırmızı Başlıklı Kız</t>
+          <t>Gaston Artık Üzgün Değil - Gaston'un Duyguları</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786053416715</t>
+          <t>9786053416692</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Suzi Araştırıyor - Külkedisi</t>
+          <t>Suzi Araştırıyor - Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786053416708</t>
+          <t>9786053416715</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Suzi Araştırıyor - Kurabiye Çocuk</t>
+          <t>Suzi Araştırıyor - Külkedisi</t>
         </is>
       </c>
       <c r="C379" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786053417668</t>
+          <t>9786053416708</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Suzi Araştırıyor - Kurabiye Çocuk</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786053417675</t>
+          <t>9786053417668</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Hamlet</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786053414957</t>
+          <t>9786053417675</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Van Gogh ve Ben</t>
+          <t>Hamlet</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786053417170</t>
+          <t>9786053414957</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Ninesinin Küçük Keçisi</t>
+          <t>Van Gogh ve Ben</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786053417132</t>
+          <t>9786053417170</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Ressam Mondrian’ın Tablosu Üzerine Öykü: Renk Apartmanı</t>
+          <t>Ninesinin Küçük Keçisi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786053417156</t>
+          <t>9786053417132</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Ressam Steinlen’in Kara Kedisi Üzerine Öykü</t>
+          <t>Ressam Mondrian’ın Tablosu Üzerine Öykü: Renk Apartmanı</t>
         </is>
       </c>
       <c r="C385" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786053417415</t>
+          <t>9786053417156</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Ressam Steinlen’in Kara Kedisi Üzerine Öykü</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786053411840</t>
+          <t>9786053417415</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>İki Sene Okul Tatili</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786053417422</t>
+          <t>9786053411840</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Patenler</t>
+          <t>İki Sene Okul Tatili</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786053417408</t>
+          <t>9786053417422</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Esrarlı Ada</t>
+          <t>Gümüş Patenler</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786053411819</t>
+          <t>9786053417408</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Esrarlı Ada</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786053412502</t>
+          <t>9786053411819</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmi Bin Fersah</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786053411826</t>
+          <t>9786053412502</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786053412496</t>
+          <t>9786053411826</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Balonla Beş Hafta</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786053417392</t>
+          <t>9786053412496</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>Balonla Beş Hafta</t>
         </is>
       </c>
       <c r="C394" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786053416272</t>
+          <t>9786053417392</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Bir Arkadaş - Süper Kahraman Ben</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786053416265</t>
+          <t>9786053416272</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Okulun İlk Günü - Süper Kahraman Ben</t>
+          <t>Bir Arkadaş - Süper Kahraman Ben</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786053416241</t>
+          <t>9786053416265</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Spor - Süper Kahraman Ben</t>
+          <t>Okulun İlk Günü - Süper Kahraman Ben</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786053416258</t>
+          <t>9786053416241</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Yemek Vakti - Süper Kahraman Ben</t>
+          <t>Yaşasın Spor - Süper Kahraman Ben</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786053416807</t>
+          <t>9786053416258</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Gelmeyen Minik Kuş</t>
+          <t>Yemek Vakti - Süper Kahraman Ben</t>
         </is>
       </c>
       <c r="C399" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786053416814</t>
+          <t>9786053416807</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Balon Ağacı</t>
+          <t>Uykusu Gelmeyen Minik Kuş</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786053416357</t>
+          <t>9786053416814</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Küçük Farecik Lili İle Sayılar</t>
+          <t>Balon Ağacı</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786053416005</t>
+          <t>9786053416357</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Komiği</t>
+          <t>Küçük Farecik Lili İle Sayılar</t>
         </is>
       </c>
       <c r="C402" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786053415992</t>
+          <t>9786053416005</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Andrew’un Dişi</t>
+          <t>Sınıfın Komiği</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786053415725</t>
+          <t>9786053415992</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Tibi Yemek Yemeyi Seviyor</t>
+          <t>Andrew’un Dişi</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786053415718</t>
+          <t>9786053415725</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Tibi Denizde</t>
+          <t>Tibi Yemek Yemeyi Seviyor</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786053415626</t>
+          <t>9786053415718</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Heidi: Kara Kış</t>
+          <t>Tibi Denizde</t>
         </is>
       </c>
       <c r="C406" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786053415619</t>
+          <t>9786053415626</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Heidi: Yılbaşı</t>
+          <t>Heidi: Kara Kış</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786053415862</t>
+          <t>9786053415619</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü (3+ Yaş) - İlk Bilgilerim Dizisi</t>
+          <t>Heidi: Yılbaşı</t>
         </is>
       </c>
       <c r="C408" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786053415879</t>
+          <t>9786053415862</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Beş Duyu (3+ Yaş) - İlk Bilgilerim Dizisi</t>
+          <t>Gökyüzü (3+ Yaş) - İlk Bilgilerim Dizisi</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786053416371</t>
+          <t>9786053415879</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Küçük Farecik Lili ile Renkler</t>
+          <t>Beş Duyu (3+ Yaş) - İlk Bilgilerim Dizisi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786053414865</t>
+          <t>9786053416371</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Olmak İsteyen Tembel</t>
+          <t>Küçük Farecik Lili ile Renkler</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786053414674</t>
+          <t>9786053414865</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Şekeri Çok Seven Kurt</t>
+          <t>Ünlü Olmak İsteyen Tembel</t>
         </is>
       </c>
       <c r="C412" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786053414780</t>
+          <t>9786053414674</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Sudan Korkan Timsah</t>
+          <t>Şekeri Çok Seven Kurt</t>
         </is>
       </c>
       <c r="C413" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786053414667</t>
+          <t>9786053414780</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Kötü Sözler Söyleyen Koala</t>
+          <t>Sudan Korkan Timsah</t>
         </is>
       </c>
       <c r="C414" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786053414841</t>
+          <t>9786053414667</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Karnı Aç Boa Yılanı</t>
+          <t>Kötü Sözler Söyleyen Koala</t>
         </is>
       </c>
       <c r="C415" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786053414803</t>
+          <t>9786053414841</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Hıçkırık Tutan Su Aygırı</t>
+          <t>Karnı Aç Boa Yılanı</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786053414834</t>
+          <t>9786053414803</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Banyo Yapmak İstemeyen Zürafa</t>
+          <t>Hıçkırık Tutan Su Aygırı</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786053414797</t>
+          <t>9786053414834</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Ayakları Üşüyen Penguen</t>
+          <t>Banyo Yapmak İstemeyen Zürafa</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786053414858</t>
+          <t>9786053414797</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Annesini Arayan Bukalemun</t>
+          <t>Ayakları Üşüyen Penguen</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786053414773</t>
+          <t>9786053414858</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Hediyesini İsteyen Fare</t>
+          <t>Annesini Arayan Bukalemun</t>
         </is>
       </c>
       <c r="C420" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786053417781</t>
+          <t>9786053414773</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Hediyesini İsteyen Fare</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786053417859</t>
+          <t>9786053417781</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmi Bin Fersah</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C422" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786053417736</t>
+          <t>9786053417859</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Esrarlı Ada</t>
+          <t>Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C423" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786053414827</t>
+          <t>9786053417736</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Erken Kalkmayı Sevmeyen Kurbağa</t>
+          <t>Esrarlı Ada</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786053416364</t>
+          <t>9786053414827</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Küçük Farecik Lili ile Mevsimler</t>
+          <t>Erken Kalkmayı Sevmeyen Kurbağa</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786053416012</t>
+          <t>9786053416364</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Paylaşıyoruz</t>
+          <t>Küçük Farecik Lili ile Mevsimler</t>
         </is>
       </c>
       <c r="C426" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786053415930</t>
+          <t>9786053416012</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Haksızlık Bu!</t>
+          <t>Her Şeyi Paylaşıyoruz</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786053415947</t>
+          <t>9786053415930</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Biraz Daha!</t>
+          <t>Haksızlık Bu!</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786053415923</t>
+          <t>9786053415947</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Benim O!</t>
+          <t>Biraz Daha!</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786053415763</t>
+          <t>9786053415923</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar - Yararları Dizisi</t>
+          <t>Benim O!</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786053418818</t>
+          <t>9786053415763</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Temiz Olmak - Yararları Dizisi</t>
+          <t>Arkadaşlar - Yararları Dizisi</t>
         </is>
       </c>
       <c r="C431" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786053415015</t>
+          <t>9786053418818</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Küçük Deha - Aslancık Oyuncaklarını Paylaşıyor</t>
+          <t>Temiz Olmak - Yararları Dizisi</t>
         </is>
       </c>
       <c r="C432" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786053415008</t>
+          <t>9786053415015</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Küçük Deha - Hipopotam Affedersiniz Diyor</t>
+          <t>Merhaba Küçük Deha - Aslancık Oyuncaklarını Paylaşıyor</t>
         </is>
       </c>
       <c r="C433" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786053415732</t>
+          <t>9786053415008</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Okul - Yararları Dizisi</t>
+          <t>Merhaba Küçük Deha - Hipopotam Affedersiniz Diyor</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786053414056</t>
+          <t>9786053415732</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Büyük Uygarlıklar - Eski Mısır</t>
+          <t>Okul - Yararları Dizisi</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786053414049</t>
+          <t>9786053414056</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Büyük Uygarlıklar - Sümerler</t>
+          <t>Büyük Uygarlıklar - Eski Mısır</t>
         </is>
       </c>
       <c r="C436" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786053414063</t>
+          <t>9786053414049</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Büyük Uygarlıklar - Mayalar</t>
+          <t>Büyük Uygarlıklar - Sümerler</t>
         </is>
       </c>
       <c r="C437" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786053414070</t>
+          <t>9786053414063</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Büyük Uygarlıklar - Erken Dönem İslam Uygarlığı</t>
+          <t>Büyük Uygarlıklar - Mayalar</t>
         </is>
       </c>
       <c r="C438" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786053417118</t>
+          <t>9786053414070</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Uykudan Önce Kıyafet Öyküleri</t>
+          <t>Büyük Uygarlıklar - Erken Dönem İslam Uygarlığı</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786053417019</t>
+          <t>9786053417118</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Yavru Hayvan Öyküleri</t>
+          <t>Bebekler İçin Uykudan Önce Kıyafet Öyküleri</t>
         </is>
       </c>
       <c r="C440" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786053416999</t>
+          <t>9786053417019</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Doğum Günü Öyküleri</t>
+          <t>Bebekler İçin Yavru Hayvan Öyküleri</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786053417088</t>
+          <t>9786053416999</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Banyo Öyküleri</t>
+          <t>Bebekler İçin Doğum Günü Öyküleri</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786053417033</t>
+          <t>9786053417088</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Pijamalı Öyküler</t>
+          <t>Bebekler İçin Banyo Öyküleri</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786053417095</t>
+          <t>9786053417033</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Uykudan Önce Öyküler</t>
+          <t>Bebekler İçin Pijamalı Öyküler</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786053415985</t>
+          <t>9786053417095</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Filozof Kedi ile Cesaret</t>
+          <t>Bebekler İçin Uykudan Önce Öyküler</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786053417620</t>
+          <t>9786053415985</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Gecesi Rüyası</t>
+          <t>Filozof Kedi ile Cesaret</t>
         </is>
       </c>
       <c r="C446" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786053417637</t>
+          <t>9786053417620</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Julius Caesar</t>
+          <t>Bir Yaz Gecesi Rüyası</t>
         </is>
       </c>
       <c r="C447" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786053417644</t>
+          <t>9786053417637</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>Julius Caesar</t>
         </is>
       </c>
       <c r="C448" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786053417064</t>
+          <t>9786053417644</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Gece Öyküleri</t>
+          <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786053416227</t>
+          <t>9786053417064</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Filozof Kedi İle Barışçıl</t>
+          <t>Bebekler İçin Gece Öyküleri</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786053416456</t>
+          <t>9786053416227</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Tavşan ve Kaplumbağa</t>
+          <t>Filozof Kedi İle Barışçıl</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786053416432</t>
+          <t>9786053416456</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>İyi Arkadaşlar</t>
+          <t>Tavşan ve Kaplumbağa</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786053416425</t>
+          <t>9786053416432</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Cin ve Dört Dilek</t>
+          <t>İyi Arkadaşlar</t>
         </is>
       </c>
       <c r="C453" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786053416449</t>
+          <t>9786053416425</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Milly Nerede?</t>
+          <t>Cin ve Dört Dilek</t>
         </is>
       </c>
       <c r="C454" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786053416173</t>
+          <t>9786053416449</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Sohbeti Çok Seven Dora</t>
+          <t>Milly Nerede?</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786053415749</t>
+          <t>9786053416173</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Nazik Olmak - Yararları Dizisi</t>
+          <t>Sohbeti Çok Seven Dora</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786053415701</t>
+          <t>9786053415749</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot - İlk Kitabım</t>
+          <t>Nazik Olmak - Yararları Dizisi</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786053416685</t>
+          <t>9786053415701</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Picasso - İlk Kitabım</t>
+          <t>Don Kişot - İlk Kitabım</t>
         </is>
       </c>
       <c r="C458" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786053416111</t>
+          <t>9786053416685</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmayı Sevmeyen İlma - Minik Adımlar Dizisi</t>
+          <t>Picasso - İlk Kitabım</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786053416135</t>
+          <t>9786053416111</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Durmadan Konuşan Lila - Minik Adımlar Dizisi</t>
+          <t>Paylaşmayı Sevmeyen İlma - Minik Adımlar Dizisi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786053416661</t>
+          <t>9786053416135</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin Vücudumuz</t>
+          <t>Durmadan Konuşan Lila - Minik Adımlar Dizisi</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786053418719</t>
+          <t>9786053416661</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Dünya Turuna Bir Bilet</t>
+          <t>Çocuklar ve Gençler İçin Vücudumuz</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786053415459</t>
+          <t>9786053418719</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Tilki ve Sincap'ın Yeni Arkadaşı</t>
+          <t>Dünya Turuna Bir Bilet</t>
         </is>
       </c>
       <c r="C463" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786053415466</t>
+          <t>9786053415459</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Tilki ve Sincap - En Güzel Yılbaşı</t>
+          <t>Tilki ve Sincap'ın Yeni Arkadaşı</t>
         </is>
       </c>
       <c r="C464" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786053415442</t>
+          <t>9786053415466</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Tilki ve Sincap - Arkadaş Oluyor</t>
+          <t>Tilki ve Sincap - En Güzel Yılbaşı</t>
         </is>
       </c>
       <c r="C465" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786053415121</t>
+          <t>9786053415442</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Tavus Kuşu Olmak İsteyen Çakal</t>
+          <t>Tilki ve Sincap - Arkadaş Oluyor</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786053415473</t>
+          <t>9786053415121</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Eğri Büğrü</t>
+          <t>Tavus Kuşu Olmak İsteyen Çakal</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053414698</t>
+          <t>9786053415473</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Doğa Harikaları</t>
+          <t>Eğri Büğrü</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786053413639</t>
+          <t>9786053414698</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Dost Eller - Birlikte Çalışmak Daha Kolay</t>
+          <t>Doğa Harikaları</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786053413424</t>
+          <t>9786053413639</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Dost Eller - Sakin Ol ve Acele Etme</t>
+          <t>Dost Eller - Birlikte Çalışmak Daha Kolay</t>
         </is>
       </c>
       <c r="C470" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786053413417</t>
+          <t>9786053413424</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Dost Eller - Aile En İyi İlaçtır</t>
+          <t>Dost Eller - Sakin Ol ve Acele Etme</t>
         </is>
       </c>
       <c r="C471" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786053413622</t>
+          <t>9786053413417</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Dost Eller - Her Kahraman Pelerin Giymez</t>
+          <t>Dost Eller - Aile En İyi İlaçtır</t>
         </is>
       </c>
       <c r="C472" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786053414742</t>
+          <t>9786053413622</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yaş İçin Dinozor Etkinlik Kitabı</t>
+          <t>Dost Eller - Her Kahraman Pelerin Giymez</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786053415800</t>
+          <t>9786053414742</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Tanıyalım - Kediler</t>
+          <t>Küçük Yaş İçin Dinozor Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786053415893</t>
+          <t>9786053415800</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Tanıyalım - Koyunlar</t>
+          <t>Hayvanları Tanıyalım - Kediler</t>
         </is>
       </c>
       <c r="C475" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786053415886</t>
+          <t>9786053415893</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Tanıyalım - Tavşanlar</t>
+          <t>Hayvanları Tanıyalım - Koyunlar</t>
         </is>
       </c>
       <c r="C476" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786053415855</t>
+          <t>9786053415886</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Tanıyalım - Köpekler</t>
+          <t>Hayvanları Tanıyalım - Tavşanlar</t>
         </is>
       </c>
       <c r="C477" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786053415480</t>
+          <t>9786053415855</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Şşşt! Kardeşim Uyuyor</t>
+          <t>Hayvanları Tanıyalım - Köpekler</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786053415091</t>
+          <t>9786053415480</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kita ve Timsah Dişlerini Fırçalıyor - Sağlıklı Yaşam</t>
+          <t>Şşşt! Kardeşim Uyuyor</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786053415060</t>
+          <t>9786053415091</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Kita ve Flamingo Temizleniyor - Sağlıklı Yaşam</t>
+          <t>Kita ve Timsah Dişlerini Fırçalıyor - Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C480" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786053415077</t>
+          <t>9786053415060</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Kita ve Tavşan Sağlıklı Besleniyor - Sağlıklı Yaşam</t>
+          <t>Kita ve Flamingo Temizleniyor - Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C481" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786053414193</t>
+          <t>9786053415077</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Minik Mavi</t>
+          <t>Kita ve Tavşan Sağlıklı Besleniyor - Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786053414971</t>
+          <t>9786053414193</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Neredesin Güneş?</t>
+          <t>Minik Mavi</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786053414476</t>
+          <t>9786053414971</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Satranç Uygulama Kitabı</t>
+          <t>Neredesin Güneş?</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>275</v>
+        <v>140</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786053415084</t>
+          <t>9786053414476</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Kita ve Kertenkele Egzersiz Yapıyor - Sağlıklı Yaşam</t>
+          <t>Çocuklar İçin Satranç Uygulama Kitabı</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786053415206</t>
+          <t>9786053415084</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Yiyecekler - İlk Emoji Kitabım</t>
+          <t>Kita ve Kertenkele Egzersiz Yapıyor - Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C486" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786053415213</t>
+          <t>9786053415206</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - İlk Emoji Kitabım</t>
+          <t>Yiyecekler - İlk Emoji Kitabım</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786053415176</t>
+          <t>9786053415213</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - İlk Emoji Kitabım</t>
+          <t>Taşıtlar - İlk Emoji Kitabım</t>
         </is>
       </c>
       <c r="C488" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786053415183</t>
+          <t>9786053415176</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Duygular - İlk Emoji Kitabım</t>
+          <t>Hayvanlar - İlk Emoji Kitabım</t>
         </is>
       </c>
       <c r="C489" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786053415190</t>
+          <t>9786053415183</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik - İlk Emoji Kitabım</t>
+          <t>Duygular - İlk Emoji Kitabım</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786053417071</t>
+          <t>9786053415190</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Uykudan Önce uykulu Öyküler</t>
+          <t>Çiftlik - İlk Emoji Kitabım</t>
         </is>
       </c>
       <c r="C491" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786053416982</t>
+          <t>9786053417071</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Anne Öyküleri</t>
+          <t>Bebekler İçin Uykudan Önce uykulu Öyküler</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786053417026</t>
+          <t>9786053416982</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Uyku Arkadaşı Öyküleri</t>
+          <t>Bebekler İçin Anne Öyküleri</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786053414681</t>
+          <t>9786053417026</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Ressam Frida Kahlo ile Diego Rivera</t>
+          <t>Bebekler İçin Uyku Arkadaşı Öyküleri</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786053414629</t>
+          <t>9786053414681</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Ben - Kibar</t>
+          <t>Ressam Frida Kahlo ile Diego Rivera</t>
         </is>
       </c>
       <c r="C495" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786053414582</t>
+          <t>9786053414629</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Ben - İyi Kalpli</t>
+          <t>Süper Kahraman Ben - Kibar</t>
         </is>
       </c>
       <c r="C496" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786053414575</t>
+          <t>9786053414582</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Ben - Artık Emzik Yok</t>
+          <t>Süper Kahraman Ben - İyi Kalpli</t>
         </is>
       </c>
       <c r="C497" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786053414599</t>
+          <t>9786053414575</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Ben - Karanlıktan Korkmaz</t>
+          <t>Süper Kahraman Ben - Artık Emzik Yok</t>
         </is>
       </c>
       <c r="C498" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786053410645</t>
+          <t>9786053414599</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 7</t>
+          <t>Süper Kahraman Ben - Karanlıktan Korkmaz</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786053410638</t>
+          <t>9786053410645</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 5</t>
+          <t>Renkli Matematik Dünyası 7</t>
         </is>
       </c>
       <c r="C500" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786053410089</t>
+          <t>9786053410638</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kızlar ve Oğlanlar İçin Haylazlık Hikayeleri : Tepetaklak Bir Oğlan</t>
+          <t>Renkli Matematik Dünyası 5</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786053412816</t>
+          <t>9786053410089</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>The Wizard of Oz - Stage 1</t>
+          <t>Akıllı Kızlar ve Oğlanlar İçin Haylazlık Hikayeleri : Tepetaklak Bir Oğlan</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786053412823</t>
+          <t>9786053412816</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist - Stage 3</t>
+          <t>The Wizard of Oz - Stage 1</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786053412960</t>
+          <t>9786053412823</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Resim Çiziyorum - Hayvanlar</t>
+          <t>Oliver Twist - Stage 3</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786053412977</t>
+          <t>9786053412960</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Resim Çiziyorum - İnsanlar</t>
+          <t>Adım Adım Resim Çiziyorum - Hayvanlar</t>
         </is>
       </c>
       <c r="C505" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786053412953</t>
+          <t>9786053412977</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Resim Çiziyorum</t>
+          <t>Adım Adım Resim Çiziyorum - İnsanlar</t>
         </is>
       </c>
       <c r="C506" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786053411932</t>
+          <t>9786053412953</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Bink ve Gollie</t>
+          <t>Adım Adım Resim Çiziyorum</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>130</v>
+        <v>325</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786053411949</t>
+          <t>9786053411932</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Bink ve Gollie : İki Can Dost</t>
+          <t>Bink ve Gollie</t>
         </is>
       </c>
       <c r="C508" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786053411956</t>
+          <t>9786053411949</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Bink ve Gollie : İkisi Birden</t>
+          <t>Bink ve Gollie : İki Can Dost</t>
         </is>
       </c>
       <c r="C509" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786053411352</t>
+          <t>9786053411956</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Cesur</t>
+          <t>Bink ve Gollie : İkisi Birden</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786053411543</t>
+          <t>9786053411352</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Temel Kavramlarla - Teknoloji</t>
+          <t>Cesur</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786053411581</t>
+          <t>9786053411543</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Temel Kavramlarla - Tarih</t>
+          <t>Temel Kavramlarla - Teknoloji</t>
         </is>
       </c>
       <c r="C512" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786053411574</t>
+          <t>9786053411581</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Temel Kavramlarla - Doğa</t>
+          <t>Temel Kavramlarla - Tarih</t>
         </is>
       </c>
       <c r="C513" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786053411895</t>
+          <t>9786053411574</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Benjamin'in Süper Gözlükleri</t>
+          <t>Temel Kavramlarla - Doğa</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786053410782</t>
+          <t>9786053411895</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Dedeciğimi Seviyorum Çünkü</t>
+          <t>Benjamin'in Süper Gözlükleri</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786053410799</t>
+          <t>9786053410782</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Nineciğimi Seviyorum Çünkü</t>
+          <t>Dedeciğimi Seviyorum Çünkü</t>
         </is>
       </c>
       <c r="C516" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786053411468</t>
+          <t>9786053410799</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Bahtsız Norm 2 - Tahriş Edebilir</t>
+          <t>Nineciğimi Seviyorum Çünkü</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786053418870</t>
+          <t>9786053411468</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>The Wizard of Oz - Level 1</t>
+          <t>Bahtsız Norm 2 - Tahriş Edebilir</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786053411093</t>
+          <t>9786053418870</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Uykudan Önce - Peri Masalları</t>
+          <t>The Wizard of Oz - Level 1</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786053411031</t>
+          <t>9786053411093</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>The Pied Piper of Hamelin</t>
+          <t>Uykudan Önce - Peri Masalları</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786053418030</t>
+          <t>9786053411031</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Around The World İn Eighty Days</t>
+          <t>The Pied Piper of Hamelin</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786053418535</t>
+          <t>9786053418030</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Around The World İn Eighty Days</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786053410959</t>
+          <t>9786053418535</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Little Women</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C523" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786053410980</t>
+          <t>9786053410959</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Pinocchio</t>
+          <t>Little Women</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786053410904</t>
+          <t>9786053410980</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Goldilocks And The Three Bears</t>
+          <t>Pinocchio</t>
         </is>
       </c>
       <c r="C525" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786053411680</t>
+          <t>9786053410904</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Periler Minnettarlığı Anlatıyor</t>
+          <t>Goldilocks And The Three Bears</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786053411673</t>
+          <t>9786053411680</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Periler Cömertliği Anlatıyor</t>
+          <t>Periler Minnettarlığı Anlatıyor</t>
         </is>
       </c>
       <c r="C527" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786053411635</t>
+          <t>9786053411673</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Periler Alçak Gönüllülüğü Anlatıyor</t>
+          <t>Periler Cömertliği Anlatıyor</t>
         </is>
       </c>
       <c r="C528" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786053411451</t>
+          <t>9786053411635</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Bahtsız Norm 3 - Gaz Yapabilir</t>
+          <t>Periler Alçak Gönüllülüğü Anlatıyor</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>330</v>
+        <v>110</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786053411109</t>
+          <t>9786053411451</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kızlar için Etkinlik Kitabı</t>
+          <t>Bahtsız Norm 3 - Gaz Yapabilir</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786053410140</t>
+          <t>9786053411109</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla İletişim ve İnternet</t>
+          <t>Kızlar için Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786053410171</t>
+          <t>9786053410140</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Leonardo da Vinci</t>
+          <t>Soru ve Cevaplarla İletişim ve İnternet</t>
         </is>
       </c>
       <c r="C532" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786053410942</t>
+          <t>9786053410171</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Little Red Riding Hood</t>
+          <t>Soru ve Cevaplarla Leonardo da Vinci</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786053410232</t>
+          <t>9786053410942</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep İçiciler 6: Yazım Yanlışı İçiciler</t>
+          <t>Little Red Riding Hood</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786053410249</t>
+          <t>9786053410232</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep İçiciler 7: Küçük Mürekkep İçicilerin Kitabı</t>
+          <t>Mürekkep İçiciler 6: Yazım Yanlışı İçiciler</t>
         </is>
       </c>
       <c r="C535" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786053411048</t>
+          <t>9786053410249</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>The Princess And The Frog</t>
+          <t>Mürekkep İçiciler 7: Küçük Mürekkep İçicilerin Kitabı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786053410973</t>
+          <t>9786053411048</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>The Princess And The Frog</t>
         </is>
       </c>
       <c r="C537" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786053411024</t>
+          <t>9786053410973</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>The Emperors New Cloths</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C538" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786053410867</t>
+          <t>9786053411024</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>The Jungle Book ( Stage 1)</t>
+          <t>The Emperors New Cloths</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786053410843</t>
+          <t>9786053410867</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Alice in Wonderland (Stage 1)</t>
+          <t>The Jungle Book ( Stage 1)</t>
         </is>
       </c>
       <c r="C540" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786053410225</t>
+          <t>9786053410843</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep İçiciler 2 - İki Kişiye Bir Pipet</t>
+          <t>Alice in Wonderland (Stage 1)</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786053410157</t>
+          <t>9786053410225</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Ekoloji</t>
+          <t>Mürekkep İçiciler 2 - İki Kişiye Bir Pipet</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786053414223</t>
+          <t>9786053410157</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Şekiller</t>
+          <t>Soru ve Cevaplarla Ekoloji</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786053414230</t>
+          <t>9786053414223</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Renkler</t>
+          <t>Şekiller</t>
         </is>
       </c>
       <c r="C544" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786053414438</t>
+          <t>9786053414230</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Bal Arısı Tonton Uçmayı Öğreniyor</t>
+          <t>Renkler</t>
         </is>
       </c>
       <c r="C545" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786053414445</t>
+          <t>9786053414438</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Bal Arısı Tonton Mutluluğu Arıyor</t>
+          <t>Bal Arısı Tonton Uçmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C546" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786053416104</t>
+          <t>9786053414445</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Üç Küçük Maymun</t>
+          <t>Bal Arısı Tonton Mutluluğu Arıyor</t>
         </is>
       </c>
       <c r="C547" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786053415596</t>
+          <t>9786053416104</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Parmak Çocuk İssunboshi - Değerli Masallar</t>
+          <t>Üç Küçük Maymun</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786053415602</t>
+          <t>9786053415596</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi Kongjwi - Değerli Masallar</t>
+          <t>Parmak Çocuk İssunboshi - Değerli Masallar</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786053415336</t>
+          <t>9786053415602</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Kaleler - İlk Hazinem</t>
+          <t>Külkedisi Kongjwi - Değerli Masallar</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786053415367</t>
+          <t>9786053415336</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar - İlk Hazinem</t>
+          <t>Kaleler - İlk Hazinem</t>
         </is>
       </c>
       <c r="C551" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786053415268</t>
+          <t>9786053415367</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar - İlk Hazinem</t>
+          <t>Korsanlar - İlk Hazinem</t>
         </is>
       </c>
       <c r="C552" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786053415398</t>
+          <t>9786053415268</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Müzik Aletleri - İlk Hazinem</t>
+          <t>Kuşlar - İlk Hazinem</t>
         </is>
       </c>
       <c r="C553" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786053415329</t>
+          <t>9786053415398</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Yaşam - İlk Hazinem</t>
+          <t>Müzik Aletleri - İlk Hazinem</t>
         </is>
       </c>
       <c r="C554" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786053415312</t>
+          <t>9786053415329</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Hava Olayları - İlk Hazinem</t>
+          <t>Vahşi Yaşam - İlk Hazinem</t>
         </is>
       </c>
       <c r="C555" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786053415244</t>
+          <t>9786053415312</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Yavru Hayvanlar - İlk Hazinem</t>
+          <t>Hava Olayları - İlk Hazinem</t>
         </is>
       </c>
       <c r="C556" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786053415275</t>
+          <t>9786053415244</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kediler - İlk Hazinem</t>
+          <t>Yavru Hayvanlar - İlk Hazinem</t>
         </is>
       </c>
       <c r="C557" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786053415299</t>
+          <t>9786053415275</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kıyısında - İlk Hazinem</t>
+          <t>Büyük Kediler - İlk Hazinem</t>
         </is>
       </c>
       <c r="C558" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786053415251</t>
+          <t>9786053415299</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Böcekler - İlk Hazinem</t>
+          <t>Deniz Kıyısında - İlk Hazinem</t>
         </is>
       </c>
       <c r="C559" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786053415381</t>
+          <t>9786053415251</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Çin Seddi - İlk Hazinem</t>
+          <t>Böcekler - İlk Hazinem</t>
         </is>
       </c>
       <c r="C560" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786053415374</t>
+          <t>9786053415381</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>İtme ve Çekme - İlk Hazinem</t>
+          <t>Çin Seddi - İlk Hazinem</t>
         </is>
       </c>
       <c r="C561" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786053415305</t>
+          <t>9786053415374</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler - İlk Hazinem</t>
+          <t>İtme ve Çekme - İlk Hazinem</t>
         </is>
       </c>
       <c r="C562" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786053415428</t>
+          <t>9786053415305</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Fificik</t>
+          <t>Bitkiler - İlk Hazinem</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786053415916</t>
+          <t>9786053415428</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Kitap Okumayı Seven Ayı</t>
+          <t>Fificik</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786053415565</t>
+          <t>9786053415916</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Penguenlere Giysi</t>
+          <t>Kitap Okumayı Seven Ayı</t>
         </is>
       </c>
       <c r="C565" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786053415558</t>
+          <t>9786053415565</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Dinozorların Kralı - Tyrannosaurus Reks</t>
+          <t>Penguenlere Giysi</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786053414117</t>
+          <t>9786053415558</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Alışkanlıklar - Yıkanmak ve Temizlenmek</t>
+          <t>Dinozorların Kralı - Tyrannosaurus Reks</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786053414087</t>
+          <t>9786053414117</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Alışkanlıklar - Yemek ve İçmek</t>
+          <t>Sağlıklı Alışkanlıklar - Yıkanmak ve Temizlenmek</t>
         </is>
       </c>
       <c r="C568" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786053414100</t>
+          <t>9786053414087</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Alışkanlıklar - Uyumak ve Dinlenmek</t>
+          <t>Sağlıklı Alışkanlıklar - Yemek ve İçmek</t>
         </is>
       </c>
       <c r="C569" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786053414094</t>
+          <t>9786053414100</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Alışkanlıklar - Hareket Etmek ve Koşmak</t>
+          <t>Sağlıklı Alışkanlıklar - Uyumak ve Dinlenmek</t>
         </is>
       </c>
       <c r="C570" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786053414612</t>
+          <t>9786053414094</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Valantine ve Koca Ayı Okulda</t>
+          <t>Sağlıklı Alışkanlıklar - Hareket Etmek ve Koşmak</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786053414636</t>
+          <t>9786053414612</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Valentine ve Koca Ayı Yağmur Ormanında</t>
+          <t>Valantine ve Koca Ayı Okulda</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786053414407</t>
+          <t>9786053414636</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Julia Donaldson'dan Dramalar - Kurbağa Kavgası</t>
+          <t>Valentine ve Koca Ayı Yağmur Ormanında</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786053414421</t>
+          <t>9786053414407</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Julia Donaldson'dan Dramalar - Kaplanı Kandırmak</t>
+          <t>Julia Donaldson'dan Dramalar - Kurbağa Kavgası</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786053418702</t>
+          <t>9786053414421</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayıcıklar Alışverişe Gidiyor</t>
+          <t>Julia Donaldson'dan Dramalar - Kaplanı Kandırmak</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786053418696</t>
+          <t>9786053418702</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayıcıklar Okula Gidiyor</t>
+          <t>Minik Ayıcıklar Alışverişe Gidiyor</t>
         </is>
       </c>
       <c r="C576" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786053418900</t>
+          <t>9786053418696</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayıcıklar Pikniğe Gidiyor</t>
+          <t>Minik Ayıcıklar Okula Gidiyor</t>
         </is>
       </c>
       <c r="C577" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786053416388</t>
+          <t>9786053418900</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Kanarya Henri</t>
+          <t>Minik Ayıcıklar Pikniğe Gidiyor</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786053416722</t>
+          <t>9786053416388</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Dev Masalları</t>
+          <t>Kanarya Henri</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786053415411</t>
+          <t>9786053416722</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Faber Dedesini Arıyor</t>
+          <t>Dev Masalları</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786053414919</t>
+          <t>9786053415411</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Faber'in Uçan Halısı</t>
+          <t>Faber Dedesini Arıyor</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786053416395</t>
+          <t>9786053414919</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Kedicikler - Morion ve Simon</t>
+          <t>Faber'in Uçan Halısı</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786053416418</t>
+          <t>9786053416395</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Adrien</t>
+          <t>Kedicikler - Morion ve Simon</t>
         </is>
       </c>
       <c r="C583" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786053416401</t>
+          <t>9786053416418</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ayı Luna</t>
+          <t>Tavşan Adrien</t>
         </is>
       </c>
       <c r="C584" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786053416579</t>
+          <t>9786053416401</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem - Dünyaca Ünlü Eserler</t>
+          <t>Küçük Ayı Luna</t>
         </is>
       </c>
       <c r="C585" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786053416609</t>
+          <t>9786053416579</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Güliver Küçük İnsanlar Ülkesinde - Dünyaca Ünlü Eserler</t>
+          <t>Seksen Günde Devrialem - Dünyaca Ünlü Eserler</t>
         </is>
       </c>
       <c r="C586" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786053416593</t>
+          <t>9786053416609</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot - Dünyaca Ünlü Eserler</t>
+          <t>Güliver Küçük İnsanlar Ülkesinde - Dünyaca Ünlü Eserler</t>
         </is>
       </c>
       <c r="C587" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786053416586</t>
+          <t>9786053416593</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Define Adası - Dünyaca Ünlü Eserler</t>
+          <t>Don Kişot - Dünyaca Ünlü Eserler</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786053413479</t>
+          <t>9786053416586</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Okula Gitmek İstemeyen Zebra</t>
+          <t>Define Adası - Dünyaca Ünlü Eserler</t>
         </is>
       </c>
       <c r="C589" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786053413455</t>
+          <t>9786053413479</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Ay’ı Söndürmek İsteyen İnek</t>
+          <t>Okula Gitmek İstemeyen Zebra</t>
         </is>
       </c>
       <c r="C590" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786053413486</t>
+          <t>9786053413455</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Hayır Diyen Aslan</t>
+          <t>Ay’ı Söndürmek İsteyen İnek</t>
         </is>
       </c>
       <c r="C591" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786053413516</t>
+          <t>9786053413486</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanesinin Serüveni</t>
+          <t>Her Şeye Hayır Diyen Aslan</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786053413493</t>
+          <t>9786053413516</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Kar Tanesinin Serüveni</t>
         </is>
       </c>
       <c r="C593" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786053413547</t>
+          <t>9786053413493</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786053416050</t>
+          <t>9786053413547</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Doğu Ekspresi Bilmecesi - Dedektif Hercule Carotte</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786053416067</t>
+          <t>9786053416050</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Korkak Hayalet - Dedektif Hercule Carotte</t>
+          <t>Doğu Ekspresi Bilmecesi - Dedektif Hercule Carotte</t>
         </is>
       </c>
       <c r="C596" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786053416036</t>
+          <t>9786053416067</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Louvre Müzesi'nde Macera - Dedektif Hercule Carotte</t>
+          <t>Korkak Hayalet - Dedektif Hercule Carotte</t>
         </is>
       </c>
       <c r="C597" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786053416463</t>
+          <t>9786053416036</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Dünyaca Ünlü Eserler - Yeni Yıl Şarkısı</t>
+          <t>Louvre Müzesi'nde Macera - Dedektif Hercule Carotte</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786053415114</t>
+          <t>9786053416463</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık (Geniş Boy)</t>
+          <t>Dünyaca Ünlü Eserler - Yeni Yıl Şarkısı</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786053414216</t>
+          <t>9786053415114</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Baba ile Bir Gün</t>
+          <t>Küçük Kara Balık (Geniş Boy)</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786053414209</t>
+          <t>9786053414216</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Anne ile Kucaklaşmak</t>
+          <t>Baba ile Bir Gün</t>
         </is>
       </c>
       <c r="C601" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786053416098</t>
+          <t>9786053414209</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Makinesi</t>
+          <t>Anne ile Kucaklaşmak</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786053416074</t>
+          <t>9786053416098</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Nil Nehri'ne Yolculuk - Dedektif Hercule Carotte</t>
+          <t>Arkadaş Makinesi</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786053416043</t>
+          <t>9786053416074</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Eyfel Kulesi'ndeki Gizem - Dedektif Hercule Carotte</t>
+          <t>Nil Nehri'ne Yolculuk - Dedektif Hercule Carotte</t>
         </is>
       </c>
       <c r="C604" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786053411604</t>
+          <t>9786053416043</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Maydanoz’un Kitapları Anlatan Kitabı</t>
+          <t>Eyfel Kulesi'ndeki Gizem - Dedektif Hercule Carotte</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786053414322</t>
+          <t>9786053411604</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar - Güzel ve Çirkin</t>
+          <t>Tavşan Maydanoz’un Kitapları Anlatan Kitabı</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786053414346</t>
+          <t>9786053414322</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar - Karlar Kraliçesi</t>
+          <t>Değerli Masallar - Güzel ve Çirkin</t>
         </is>
       </c>
       <c r="C607" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786053414339</t>
+          <t>9786053414346</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar - Rapunzel</t>
+          <t>Değerli Masallar - Karlar Kraliçesi</t>
         </is>
       </c>
       <c r="C608" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786053416029</t>
+          <t>9786053414339</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Bir Mektup - Dedektif Hercule Carotte</t>
+          <t>Değerli Masallar - Rapunzel</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786053412687</t>
+          <t>9786053416029</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Bahtsız Norm 6 - Yeniden Başlamak</t>
+          <t>Gizemli Bir Mektup - Dedektif Hercule Carotte</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786053413073</t>
+          <t>9786053412687</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Duyguları Anlamak - Mutlu</t>
+          <t>Bahtsız Norm 6 - Yeniden Başlamak</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786053413028</t>
+          <t>9786053413073</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Duyguları Anlamak - Endişeli</t>
+          <t>Duyguları Anlamak - Mutlu</t>
         </is>
       </c>
       <c r="C612" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786053416296</t>
+          <t>9786053413028</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Usta Django ve Gitarı</t>
+          <t>Duyguları Anlamak - Endişeli</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786053416616</t>
+          <t>9786053416296</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Dünyadan Masallar - Değerli Masallar Koleksiyonları</t>
+          <t>Usta Django ve Gitarı</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786053416654</t>
+          <t>9786053416616</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları - Değerli Masallar Koleksiyonları</t>
+          <t>Dünyadan Masallar - Değerli Masallar Koleksiyonları</t>
         </is>
       </c>
       <c r="C615" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786053416630</t>
+          <t>9786053416654</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kurt Masalları - Değerli Masallar Koleksiyonları</t>
+          <t>Grimm Masalları - Değerli Masallar Koleksiyonları</t>
         </is>
       </c>
       <c r="C616" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786053416647</t>
+          <t>9786053416630</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Perrault Masalları - Değerli Masallar Koleksiyonları</t>
+          <t>Kurt Masalları - Değerli Masallar Koleksiyonları</t>
         </is>
       </c>
       <c r="C617" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786053414988</t>
+          <t>9786053416647</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Fuşya Atılgan Kendine Güvenmeyi Öğreniyor</t>
+          <t>Perrault Masalları - Değerli Masallar Koleksiyonları</t>
         </is>
       </c>
       <c r="C618" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786053415237</t>
+          <t>9786053414988</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Blok Blok Mevsimler ve Hava</t>
+          <t>Fuşya Atılgan Kendine Güvenmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786053414940</t>
+          <t>9786053415237</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Resim Çiziyorum - Dinozorlar</t>
+          <t>Blok Blok Mevsimler ve Hava</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786053415220</t>
+          <t>9786053414940</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Blok Blok Renkler ve Şekiller</t>
+          <t>Adım Adım Resim Çiziyorum - Dinozorlar</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786053415138</t>
+          <t>9786053415220</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Mevsimlerin Renkleri - Kırmızı Kış Kitabım</t>
+          <t>Blok Blok Renkler ve Şekiller</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786053414124</t>
+          <t>9786053415138</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Bilime Yön Verenler - Charles Darwin</t>
+          <t>Mevsimlerin Renkleri - Kırmızı Kış Kitabım</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786053414131</t>
+          <t>9786053414124</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Bilime Yön Verenler - Galileo Galilei</t>
+          <t>Bilime Yön Verenler - Charles Darwin</t>
         </is>
       </c>
       <c r="C624" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786053414155</t>
+          <t>9786053414131</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Bilime Yön Verenler - Marie Curie</t>
+          <t>Bilime Yön Verenler - Galileo Galilei</t>
         </is>
       </c>
       <c r="C625" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786053414162</t>
+          <t>9786053414155</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Bilime Yön Verenler - Nicolaus Copernicus</t>
+          <t>Bilime Yön Verenler - Marie Curie</t>
         </is>
       </c>
       <c r="C626" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786053414148</t>
+          <t>9786053414162</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Bilime Yön Verenler - Isaac Newton</t>
+          <t>Bilime Yön Verenler - Nicolaus Copernicus</t>
         </is>
       </c>
       <c r="C627" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786053414650</t>
+          <t>9786053414148</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Onun Adı Ay Tozu</t>
+          <t>Bilime Yön Verenler - Isaac Newton</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786053414001</t>
+          <t>9786053414650</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Bir Kış</t>
+          <t>Onun Adı Ay Tozu</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786053413936</t>
+          <t>9786053414001</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Yeni Konuğu</t>
+          <t>Büyülü Bir Kış</t>
         </is>
       </c>
       <c r="C630" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786053414025</t>
+          <t>9786053413936</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Ormanda İlk Kar</t>
+          <t>Ormanın Yeni Konuğu</t>
         </is>
       </c>
       <c r="C631" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786053416128</t>
+          <t>9786053414025</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Dodo Yalan Söylememeyi Öğreniyor</t>
+          <t>Ormanda İlk Kar</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786053416197</t>
+          <t>9786053416128</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Küçüksün Diyorlar!</t>
+          <t>Dodo Yalan Söylememeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786053414032</t>
+          <t>9786053416197</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Leydi Safir ile Çay Saati</t>
+          <t>Küçüksün Diyorlar!</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786053413653</t>
+          <t>9786053414032</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Hazırım - Sakinleş</t>
+          <t>Leydi Safir ile Çay Saati</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786053413677</t>
+          <t>9786053413653</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Hazırım - Büyük Çocukların Okuluna Hazırlanmak</t>
+          <t>Hazırım - Sakinleş</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786053413660</t>
+          <t>9786053413677</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Hazırım - Yapabilirim, Yapabilirsin, Yapabiliriz!</t>
+          <t>Hazırım - Büyük Çocukların Okuluna Hazırlanmak</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786053413646</t>
+          <t>9786053413660</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Hazırım - Herkes Ara Sıra Biraz Yardıma İhtiyaç Duyar</t>
+          <t>Hazırım - Yapabilirim, Yapabilirsin, Yapabiliriz!</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786053418825</t>
+          <t>9786053413646</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Jack ve Fulufulu Ağacı</t>
+          <t>Hazırım - Herkes Ara Sıra Biraz Yardıma İhtiyaç Duyar</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786053413226</t>
+          <t>9786053418825</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Küçük Karga Ne Gördü?</t>
+          <t>Jack ve Fulufulu Ağacı</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786053413202</t>
+          <t>9786053413226</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Freddie ve Peri</t>
+          <t>Küçük Karga Ne Gördü?</t>
         </is>
       </c>
       <c r="C641" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786053413219</t>
+          <t>9786053413202</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Taş Devri Bebeği</t>
+          <t>Freddie ve Peri</t>
         </is>
       </c>
       <c r="C642" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786053412786</t>
+          <t>9786053413219</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Black Beauty - Stage 2</t>
+          <t>Taş Devri Bebeği</t>
         </is>
       </c>
       <c r="C643" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786053412830</t>
+          <t>9786053412786</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Treasure Island - Stage 3</t>
+          <t>Black Beauty - Stage 2</t>
         </is>
       </c>
       <c r="C644" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786053415435</t>
+          <t>9786053412830</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Sudan Korkan Ördekçik</t>
+          <t>Treasure Island - Stage 3</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786053415404</t>
+          <t>9786053415435</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Vikingler - İlk Hazinem</t>
+          <t>Sudan Korkan Ördekçik</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786053415350</t>
+          <t>9786053415404</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Makineler - İlk Hazinem</t>
+          <t>Vikingler - İlk Hazinem</t>
         </is>
       </c>
       <c r="C647" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786053415343</t>
+          <t>9786053415350</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Tekneler ve Gemiler - İlk Hazinem</t>
+          <t>Makineler - İlk Hazinem</t>
         </is>
       </c>
       <c r="C648" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786053415497</t>
+          <t>9786053415343</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Fen - Elektrik</t>
+          <t>Tekneler ve Gemiler - İlk Hazinem</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786053415534</t>
+          <t>9786053415497</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Fen - Işık</t>
+          <t>Etkinliklerle Fen - Elektrik</t>
         </is>
       </c>
       <c r="C650" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786053415541</t>
+          <t>9786053415534</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Fen - Kuvvetler ve Mıknatıslar</t>
+          <t>Etkinliklerle Fen - Işık</t>
         </is>
       </c>
       <c r="C651" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786053415503</t>
+          <t>9786053415541</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Fen - Madde</t>
+          <t>Etkinliklerle Fen - Kuvvetler ve Mıknatıslar</t>
         </is>
       </c>
       <c r="C652" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786053415510</t>
+          <t>9786053415503</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Fen - Ses</t>
+          <t>Etkinliklerle Fen - Madde</t>
         </is>
       </c>
       <c r="C653" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786053415527</t>
+          <t>9786053415510</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Fen - Vücut</t>
+          <t>Etkinliklerle Fen - Ses</t>
         </is>
       </c>
       <c r="C654" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786053414308</t>
+          <t>9786053415527</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Etkinliklerle Fen - Vücut</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786053414292</t>
+          <t>9786053414308</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmi Bin Fersah</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C656" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786053414285</t>
+          <t>9786053414292</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Yolculuk</t>
+          <t>Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C657" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786053414254</t>
+          <t>9786053414285</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Renkler</t>
+          <t>Ay’a Yolculuk</t>
         </is>
       </c>
       <c r="C658" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786053414261</t>
+          <t>9786053414254</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Karşıtlıklar</t>
+          <t>Renkler</t>
         </is>
       </c>
       <c r="C659" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786053414278</t>
+          <t>9786053414261</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Sayılar</t>
+          <t>Karşıtlıklar</t>
         </is>
       </c>
       <c r="C660" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786053414247</t>
+          <t>9786053414278</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Alfabe</t>
+          <t>Sayılar</t>
         </is>
       </c>
       <c r="C661" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786053413400</t>
+          <t>9786053414247</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Prensesin Hamsteri</t>
+          <t>İngilizce Alfabe</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786053413394</t>
+          <t>9786053413400</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Prensesin Midillisi</t>
+          <t>Prensesin Hamsteri</t>
         </is>
       </c>
       <c r="C663" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786053413387</t>
+          <t>9786053413394</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Prensesin Kedisi</t>
+          <t>Prensesin Midillisi</t>
         </is>
       </c>
       <c r="C664" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786053413370</t>
+          <t>9786053413387</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Prensesin Köpeği</t>
+          <t>Prensesin Kedisi</t>
         </is>
       </c>
       <c r="C665" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786053413585</t>
+          <t>9786053413370</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Ulduz ve Konuşan Bebek</t>
+          <t>Prensesin Köpeği</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786053413578</t>
+          <t>9786053413585</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Ulduz ve Kargalar</t>
+          <t>Ulduz ve Konuşan Bebek</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786053414728</t>
+          <t>9786053413578</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Filin Hortumu Nasıl Oluştu?</t>
+          <t>Ulduz ve Kargalar</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786053415695</t>
+          <t>9786053414728</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler ve Gece Ninjası - Pijamalılar Çetesi</t>
+          <t>Filin Hortumu Nasıl Oluştu?</t>
         </is>
       </c>
       <c r="C669" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786053415657</t>
+          <t>9786053415695</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskelilerin Kardeşi - Pijamalılar Çetesi</t>
+          <t>Pijamaskeliler ve Gece Ninjası - Pijamalılar Çetesi</t>
         </is>
       </c>
       <c r="C670" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786053415664</t>
+          <t>9786053415657</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler ve Öpücük Makinesi - Pijamalılar Çetesi</t>
+          <t>Pijamaskelilerin Kardeşi - Pijamalılar Çetesi</t>
         </is>
       </c>
       <c r="C671" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786053415688</t>
+          <t>9786053415664</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler ve Kardan Adam Makinesi - Pijamalılar Çetesi</t>
+          <t>Pijamaskeliler ve Öpücük Makinesi - Pijamalılar Çetesi</t>
         </is>
       </c>
       <c r="C672" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786053413868</t>
+          <t>9786053415688</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım - Korsanlar</t>
+          <t>Pijamaskeliler ve Kardan Adam Makinesi - Pijamalılar Çetesi</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786053413905</t>
+          <t>9786053413868</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım - Kamyonlar ve İş Makineleri</t>
+          <t>İlk Boyama Kitabım - Korsanlar</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786053413912</t>
+          <t>9786053413905</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım - Hayvanat Bahçesi</t>
+          <t>İlk Boyama Kitabım - Kamyonlar ve İş Makineleri</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786053413844</t>
+          <t>9786053413912</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım - Futbol</t>
+          <t>İlk Boyama Kitabım - Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C676" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786053414179</t>
+          <t>9786053413844</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Sayılar ve Bir Gün</t>
+          <t>İlk Boyama Kitabım - Futbol</t>
         </is>
       </c>
       <c r="C677" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786053412434</t>
+          <t>9786053414179</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Yardımsever Kirpi</t>
+          <t>Sayılar ve Bir Gün</t>
         </is>
       </c>
       <c r="C678" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786053412397</t>
+          <t>9786053412434</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Çok İyi Çoban Köpeği</t>
+          <t>Yardımsever Kirpi</t>
         </is>
       </c>
       <c r="C679" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786053411598</t>
+          <t>9786053412397</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Hoş Sürprizli Bir Kutu</t>
+          <t>Çok İyi Çoban Köpeği</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786053413097</t>
+          <t>9786053411598</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Köpekler</t>
+          <t>Hoş Sürprizli Bir Kutu</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786053412267</t>
+          <t>9786053413097</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Denize Açılan Fare</t>
+          <t>Köpekler</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786053412724</t>
+          <t>9786053412267</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Senin Gibi Olmak İstiyorum!</t>
+          <t>Denize Açılan Fare</t>
         </is>
       </c>
       <c r="C683" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786053415107</t>
+          <t>9786053412724</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Küçük Deha - Panda Arkadaşıyla Oynuyor</t>
+          <t>Senin Gibi Olmak İstiyorum!</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786053415022</t>
+          <t>9786053415107</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Küçük Deha - Kaplancık Odasını Topluyor</t>
+          <t>Merhaba Küçük Deha - Panda Arkadaşıyla Oynuyor</t>
         </is>
       </c>
       <c r="C685" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786053415053</t>
+          <t>9786053415022</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Küçük Deha - Ayıcık Teşekkür Ediyor</t>
+          <t>Merhaba Küçük Deha - Kaplancık Odasını Topluyor</t>
         </is>
       </c>
       <c r="C686" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786053414469</t>
+          <t>9786053415053</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Satranç 10 Dakikada Oyna</t>
+          <t>Merhaba Küçük Deha - Ayıcık Teşekkür Ediyor</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786053414964</t>
+          <t>9786053414469</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Yardımsever Cara</t>
+          <t>Satranç 10 Dakikada Oyna</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786053413950</t>
+          <t>9786053414964</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Resimli İlk Kitaplarım - İlk Sayılar Kitabım</t>
+          <t>Yardımsever Cara</t>
         </is>
       </c>
       <c r="C689" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786053413967</t>
+          <t>9786053413950</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Resimli İlk Kitaplarım - İlk Matematik Kitabım</t>
+          <t>Resimli İlk Kitaplarım - İlk Sayılar Kitabım</t>
         </is>
       </c>
       <c r="C690" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786053415671</t>
+          <t>9786053413967</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler ve Uyku Perisi - Pijamalılar Çetesi</t>
+          <t>Resimli İlk Kitaplarım - İlk Matematik Kitabım</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786053412656</t>
+          <t>9786053415671</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Timsah Dişlerini Nasıl Fırçalar?</t>
+          <t>Pijamaskeliler ve Uyku Perisi - Pijamalılar Çetesi</t>
         </is>
       </c>
       <c r="C692" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786053412632</t>
+          <t>9786053412656</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Minik Dinozor Nasıl Banyo Yapar?</t>
+          <t>Haylaz Timsah Dişlerini Nasıl Fırçalar?</t>
         </is>
       </c>
       <c r="C693" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786053411208</t>
+          <t>9786053412632</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Küçük Külkedisi</t>
+          <t>Minik Dinozor Nasıl Banyo Yapar?</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786053418467</t>
+          <t>9786053411208</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Küçük Kız</t>
+          <t>Küçük Külkedisi</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786053411628</t>
+          <t>9786053418467</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hepimize Küçüğüm!</t>
+          <t>Kırmızı Başlıklı Küçük Kız</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786053411611</t>
+          <t>9786053411628</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Büyük Olsun Küçüğüm!</t>
+          <t>Dünya Hepimize Küçüğüm!</t>
         </is>
       </c>
       <c r="C697" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786053412243</t>
+          <t>9786053411611</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Hedefimiz Matematik - Okul Öncesi</t>
+          <t>Hayallerin Büyük Olsun Küçüğüm!</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786053411185</t>
+          <t>9786053412243</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Mesajın Var Kırlangıç</t>
+          <t>Hedefimiz Matematik - Okul Öncesi</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786053411383</t>
+          <t>9786053411185</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Cenk'in Sıradışı Serüvenleri : Marslılara Şekerleme</t>
+          <t>Mesajın Var Kırlangıç</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786053410812</t>
+          <t>9786053411383</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Uyumayı Seviyorum Çünkü...</t>
+          <t>Cenk'in Sıradışı Serüvenleri : Marslılara Şekerleme</t>
         </is>
       </c>
       <c r="C701" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786053414568</t>
+          <t>9786053410812</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Heidi Gezide</t>
+          <t>Uyumayı Seviyorum Çünkü...</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786053414551</t>
+          <t>9786053414568</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Heidi Çiftlikte</t>
+          <t>Heidi Gezide</t>
         </is>
       </c>
       <c r="C703" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786053414537</t>
+          <t>9786053414551</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Heidi Dağlarda</t>
+          <t>Heidi Çiftlikte</t>
         </is>
       </c>
       <c r="C704" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786053414544</t>
+          <t>9786053414537</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Heidi ve Klara Dağlarda</t>
+          <t>Heidi Dağlarda</t>
         </is>
       </c>
       <c r="C705" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786053413127</t>
+          <t>9786053414544</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Vira Vira Kediler</t>
+          <t>Heidi ve Klara Dağlarda</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786053413134</t>
+          <t>9786053413127</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Papağan Polly'nin Korsanı</t>
+          <t>Vira Vira Kediler</t>
         </is>
       </c>
       <c r="C707" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786053412052</t>
+          <t>9786053413134</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Cenk'in Sıradışı Serüvenleri - Korsanlara Pizza</t>
+          <t>Papağan Polly'nin Korsanı</t>
         </is>
       </c>
       <c r="C708" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786053411857</t>
+          <t>9786053412052</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Cenk'in Sıradışı Serüvenleri - Ejderhaya Çörek</t>
+          <t>Cenk'in Sıradışı Serüvenleri - Korsanlara Pizza</t>
         </is>
       </c>
       <c r="C709" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786053412427</t>
+          <t>9786053411857</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik 5. Kitap</t>
+          <t>Cenk'in Sıradışı Serüvenleri - Ejderhaya Çörek</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786053412410</t>
+          <t>9786053412427</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik 4. Kitap</t>
+          <t>Eğlenceli Matematik 5. Kitap</t>
         </is>
       </c>
       <c r="C711" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786053412403</t>
+          <t>9786053412410</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik 3. Kitap</t>
+          <t>Eğlenceli Matematik 4. Kitap</t>
         </is>
       </c>
       <c r="C712" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786053412366</t>
+          <t>9786053412403</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Zihinden Matematik 6. Kitap</t>
+          <t>Eğlenceli Matematik 3. Kitap</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786053412359</t>
+          <t>9786053412366</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Zihinden Matematik 5. Kitap</t>
+          <t>Zihinden Matematik 6. Kitap</t>
         </is>
       </c>
       <c r="C714" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786053412342</t>
+          <t>9786053412359</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Zihinden Matematik 4. Kitap</t>
+          <t>Zihinden Matematik 5. Kitap</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786053412311</t>
+          <t>9786053412342</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Hedefimiz Matematik 6. Kitap</t>
+          <t>Zihinden Matematik 4. Kitap</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786053412304</t>
+          <t>9786053412311</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Hedefimiz Matematik 5. Kitap</t>
+          <t>Hedefimiz Matematik 6. Kitap</t>
         </is>
       </c>
       <c r="C717" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786053412298</t>
+          <t>9786053412304</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Hedefimiz Matematik 4. Kitap</t>
+          <t>Hedefimiz Matematik 5. Kitap</t>
         </is>
       </c>
       <c r="C718" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786053412281</t>
+          <t>9786053412298</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Hedefimiz Matematik 3. Kitap</t>
+          <t>Hedefimiz Matematik 4. Kitap</t>
         </is>
       </c>
       <c r="C719" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786053412274</t>
+          <t>9786053412281</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Hedefimiz Matematik 2. Kitap</t>
+          <t>Hedefimiz Matematik 3. Kitap</t>
         </is>
       </c>
       <c r="C720" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786053414766</t>
+          <t>9786053412274</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Söğütlükte Rüzgar - Dünyaca Ünlü Eserler</t>
+          <t>Hedefimiz Matematik 2. Kitap</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786053414711</t>
+          <t>9786053414766</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Cüceler ve Ayakkabıcı - Dünyaca Ünlü Eserler</t>
+          <t>Söğütlükte Rüzgar - Dünyaca Ünlü Eserler</t>
         </is>
       </c>
       <c r="C722" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786053414759</t>
+          <t>9786053414711</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Gergedanın Derisi Neden Buruş Buruş? - Dünyaca Ünlü Eserler</t>
+          <t>Cüceler ve Ayakkabıcı - Dünyaca Ünlü Eserler</t>
         </is>
       </c>
       <c r="C723" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786053414704</t>
+          <t>9786053414759</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Altın Kaz - Dünyaca Ünlü Eserler</t>
+          <t>Gergedanın Derisi Neden Buruş Buruş? - Dünyaca Ünlü Eserler</t>
         </is>
       </c>
       <c r="C724" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786053414735</t>
+          <t>9786053414704</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Obur Balina - Dünyaca Ünlü Eserler</t>
+          <t>Altın Kaz - Dünyaca Ünlü Eserler</t>
         </is>
       </c>
       <c r="C725" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786053413509</t>
+          <t>9786053414735</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Güvercinci Keloğlan</t>
+          <t>Obur Balina - Dünyaca Ünlü Eserler</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786053413554</t>
+          <t>9786053413509</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Pancarcı Çocuk</t>
+          <t>Güvercinci Keloğlan</t>
         </is>
       </c>
       <c r="C727" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786053418931</t>
+          <t>9786053413554</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Satranç</t>
+          <t>Pancarcı Çocuk</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>275</v>
+        <v>70</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786053414490</t>
+          <t>9786053418931</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Billie’nin Çöl Macerası</t>
+          <t>Çocuklar İçin Satranç</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786053414506</t>
+          <t>9786053414490</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Billie’nin Orman Macerası</t>
+          <t>Billie’nin Çöl Macerası</t>
         </is>
       </c>
       <c r="C730" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786053414483</t>
+          <t>9786053414506</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Billie’nin Su Altı Macerası</t>
+          <t>Billie’nin Orman Macerası</t>
         </is>
       </c>
       <c r="C731" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786053410218</t>
+          <t>9786053414483</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep İçiciler 5 - Küçük Renk İçici</t>
+          <t>Billie’nin Su Altı Macerası</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786053410201</t>
+          <t>9786053410218</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep İçiciler Cilt 4 - Kırmızı Başlıklı Mürekkep İçici</t>
+          <t>Mürekkep İçiciler 5 - Küçük Renk İçici</t>
         </is>
       </c>
       <c r="C733" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786053410195</t>
+          <t>9786053410201</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep İçiciler 3 - Mürekkep İçicilerin Şehri</t>
+          <t>Mürekkep İçiciler Cilt 4 - Kırmızı Başlıklı Mürekkep İçici</t>
         </is>
       </c>
       <c r="C734" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786053410850</t>
+          <t>9786053410195</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’s Travels (Stage 1)</t>
+          <t>Mürekkep İçiciler 3 - Mürekkep İçicilerin Şehri</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786053410065</t>
+          <t>9786053410850</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kızlar ve Oğlanlar İçin Haylazlık Hikayeleri - Bizim Öğretmenin Çıldırdığı Gün</t>
+          <t>Gulliver’s Travels (Stage 1)</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786053410522</t>
+          <t>9786053410065</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlardan Gelen Kümes</t>
+          <t>Akıllı Kızlar ve Oğlanlar İçin Haylazlık Hikayeleri - Bizim Öğretmenin Çıldırdığı Gün</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786053410539</t>
+          <t>9786053410522</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Kardeşim</t>
+          <t>Yıldızlardan Gelen Kümes</t>
         </is>
       </c>
       <c r="C738" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786054525980</t>
+          <t>9786053410539</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 3</t>
+          <t>Benim Küçük Kardeşim</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786053410102</t>
+          <t>9786054525980</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Vampir Monti</t>
+          <t>Renkli Matematik Dünyası 3</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786053412991</t>
+          <t>9786053410102</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Nelere dikkat Edelim? - Parkta</t>
+          <t>Vampir Monti</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786053413011</t>
+          <t>9786053412991</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Nelere dikkat Edelim? - Tatilde</t>
+          <t>Nelere dikkat Edelim? - Parkta</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786053412984</t>
+          <t>9786053413011</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Nelere dikkat Edelim? - Okulda</t>
+          <t>Nelere dikkat Edelim? - Tatilde</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786053414643</t>
+          <t>9786053412984</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Antoine’in Hayali</t>
+          <t>Nelere dikkat Edelim? - Okulda</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786053413813</t>
+          <t>9786053414643</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe</t>
+          <t>Antoine’in Hayali</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786053413684</t>
+          <t>9786053413813</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Jack ve Fasulye Sırığı</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C746" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786053413820</t>
+          <t>9786053413684</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Kral'ın Yeni Giysileri</t>
+          <t>Jack ve Fasulye Sırığı</t>
         </is>
       </c>
       <c r="C747" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786053413837</t>
+          <t>9786053413820</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Prens</t>
+          <t>Kral'ın Yeni Giysileri</t>
         </is>
       </c>
       <c r="C748" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786053413714</t>
+          <t>9786053413837</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Nuh'un Gemisi</t>
+          <t>Kurbağa Prens</t>
         </is>
       </c>
       <c r="C749" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786053413783</t>
+          <t>9786053413714</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Yedi Cüceler</t>
+          <t>Nuh'un Gemisi</t>
         </is>
       </c>
       <c r="C750" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786053413738</t>
+          <t>9786053413783</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Goldilocks ve Üç Ayı</t>
+          <t>Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C751" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786053413691</t>
+          <t>9786053413738</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Ejderha</t>
+          <t>Goldilocks ve Üç Ayı</t>
         </is>
       </c>
       <c r="C752" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786053413721</t>
+          <t>9786053413691</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Dans Eden On İki Prenses</t>
+          <t>Zoraki Ejderha</t>
         </is>
       </c>
       <c r="C753" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786053413004</t>
+          <t>9786053413721</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Nelere dikkat Edelim? - Partide</t>
+          <t>Dans Eden On İki Prenses</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786053413295</t>
+          <t>9786053413004</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Mabel ve Ben</t>
+          <t>Nelere dikkat Edelim? - Partide</t>
         </is>
       </c>
       <c r="C755" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786053410614</t>
+          <t>9786053413295</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Tavuklar - Kümeste Korkaklara Yer Yok!</t>
+          <t>Mabel ve Ben</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786053410607</t>
+          <t>9786053410614</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Tavuklar - Büyük Tava</t>
+          <t>Meraklı Tavuklar - Kümeste Korkaklara Yer Yok!</t>
         </is>
       </c>
       <c r="C757" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786053410669</t>
+          <t>9786053410607</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Tavuklar - Hepimiz Birimiz, Birimiz Hepimiz İçin!</t>
+          <t>Meraklı Tavuklar - Büyük Tava</t>
         </is>
       </c>
       <c r="C758" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786053418627</t>
+          <t>9786053410669</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Ayılar Kitap Okumaz</t>
+          <t>Meraklı Tavuklar - Hepimiz Birimiz, Birimiz Hepimiz İçin!</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786053412595</t>
+          <t>9786053418627</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Ayı Kardeş</t>
+          <t>Ayılar Kitap Okumaz</t>
         </is>
       </c>
       <c r="C760" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786053410591</t>
+          <t>9786053412595</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Tavuklar - İlk Bakışta Aşk</t>
+          <t>İyi Geceler Ayı Kardeş</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786053412663</t>
+          <t>9786053410591</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Afacan Maymun Nasıl Yemek Yer?</t>
+          <t>Meraklı Tavuklar - İlk Bakışta Aşk</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786053412649</t>
+          <t>9786053412663</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Aslan Nasıl Uyur?</t>
+          <t>Afacan Maymun Nasıl Yemek Yer?</t>
         </is>
       </c>
       <c r="C763" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786053411147</t>
+          <t>9786053412649</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Macera Üçlüsü : Zorlu Vikingler</t>
+          <t>Uykucu Aslan Nasıl Uyur?</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786053411130</t>
+          <t>9786053411147</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Macera Üçlüsü : Korsan Hazinesi</t>
+          <t>Macera Üçlüsü : Zorlu Vikingler</t>
         </is>
       </c>
       <c r="C765" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786053411123</t>
+          <t>9786053411130</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Macera Üçlüsü : Gladyatörlere Karşı</t>
+          <t>Macera Üçlüsü : Korsan Hazinesi</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786053411154</t>
+          <t>9786053411123</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Macera Üçlüsü : Çin Ejderi</t>
+          <t>Macera Üçlüsü : Gladyatörlere Karşı</t>
         </is>
       </c>
       <c r="C767" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786053412458</t>
+          <t>9786053411154</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Macera Üçlüsü : Çin Ejderi</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786053411987</t>
+          <t>9786053412458</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Öyküleri</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786053413264</t>
+          <t>9786053411987</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Alice Aynanın İçinden</t>
+          <t>Dinozor Öyküleri</t>
         </is>
       </c>
       <c r="C770" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786053413233</t>
+          <t>9786053413264</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Yataktan Düşen Oyuncak Ayı</t>
+          <t>Alice Aynanın İçinden</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786053412236</t>
+          <t>9786053413233</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kaşifi Jack'in Maceraları : Uçmak İstiyorum</t>
+          <t>Yataktan Düşen Oyuncak Ayı</t>
         </is>
       </c>
       <c r="C772" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786053412045</t>
+          <t>9786053412236</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Asker</t>
+          <t>Doğa Kaşifi Jack'in Maceraları : Uçmak İstiyorum</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786053414902</t>
+          <t>9786053412045</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Babacığım</t>
+          <t>Kurşun Asker</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786053418764</t>
+          <t>9786053414902</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Rüya Üfleme Ustası</t>
+          <t>Sevgili Babacığım</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786053413608</t>
+          <t>9786053418764</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Yağmurlu Gün Etkinlik Kitabı</t>
+          <t>Rüya Üfleme Ustası</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786053413851</t>
+          <t>9786053413608</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Küçüklere Yağmurlu Gün Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786053413806</t>
+          <t>9786053413851</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Demir Yolu Çocukları</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C778" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786053413776</t>
+          <t>9786053413806</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi</t>
+          <t>Demir Yolu Çocukları</t>
         </is>
       </c>
       <c r="C779" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786053413899</t>
+          <t>9786053413776</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Asker</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C780" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786053413707</t>
+          <t>9786053413899</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Çakmak</t>
+          <t>Kurşun Asker</t>
         </is>
       </c>
       <c r="C781" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786053413332</t>
+          <t>9786053413707</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar</t>
+          <t>Sihirli Çakmak</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786053418641</t>
+          <t>9786053413332</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar - Çıkartmalı Etkinlik</t>
+          <t>Korsanlar</t>
         </is>
       </c>
       <c r="C783" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786053418634</t>
+          <t>9786053418641</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Dinozor - Çıkartmalı Etkinlik</t>
+          <t>İlkbahar - Çıkartmalı Etkinlik</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786053413189</t>
+          <t>9786053418634</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Trol</t>
+          <t>Dinozor - Çıkartmalı Etkinlik</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786053413196</t>
+          <t>9786053413189</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Uyan Lydia Lou!</t>
+          <t>Trol</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786053418726</t>
+          <t>9786053413196</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Günlük Yaşamdan İngilizce 500 Sözcük</t>
+          <t>Uyan Lydia Lou!</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786053411420</t>
+          <t>9786053418726</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler Hayvanat Bahçesinde</t>
+          <t>Resimlerle Günlük Yaşamdan İngilizce 500 Sözcük</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786053411437</t>
+          <t>9786053411420</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler ve Haylaz Romeo</t>
+          <t>Pijamaskeliler Hayvanat Bahçesinde</t>
         </is>
       </c>
       <c r="C789" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786053413882</t>
+          <t>9786053411437</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Karlar Kraliçesi</t>
+          <t>Pijamaskeliler ve Haylaz Romeo</t>
         </is>
       </c>
       <c r="C790" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786053411413</t>
+          <t>9786053413882</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Pijamaskeliler ve Devgaru</t>
+          <t>Karlar Kraliçesi</t>
         </is>
       </c>
       <c r="C791" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786053412021</t>
+          <t>9786053411413</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar Çetesi : Hayalet Avcıları</t>
+          <t>Pijamaskeliler ve Devgaru</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786053412007</t>
+          <t>9786053412021</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar Çetesi : Büyük Elmas Soygunu</t>
+          <t>Korsanlar Çetesi : Hayalet Avcıları</t>
         </is>
       </c>
       <c r="C793" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786053412038</t>
+          <t>9786053412007</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar Çetesi : Korsan Morgan'ın Hazinesi</t>
+          <t>Korsanlar Çetesi : Büyük Elmas Soygunu</t>
         </is>
       </c>
       <c r="C794" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786053412014</t>
+          <t>9786053412038</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar Çetesi : Gizemli Ada</t>
+          <t>Korsanlar Çetesi : Korsan Morgan'ın Hazinesi</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786053413066</t>
+          <t>9786053412014</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Duyguları Anlamak - Utangaç</t>
+          <t>Korsanlar Çetesi : Gizemli Ada</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786053413301</t>
+          <t>9786053413066</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Düş</t>
+          <t>Duyguları Anlamak - Utangaç</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786053412939</t>
+          <t>9786053413301</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Rumpelstiltskin</t>
+          <t>Küçük Bir Düş</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786053412946</t>
+          <t>9786053412939</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>The Camel's Hump</t>
+          <t>Rumpelstiltskin</t>
         </is>
       </c>
       <c r="C799" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786053412908</t>
+          <t>9786053412946</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Thumbelina</t>
+          <t>The Camel's Hump</t>
         </is>
       </c>
       <c r="C800" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786053418863</t>
+          <t>9786053412908</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Jack and the Beanstalk</t>
+          <t>Thumbelina</t>
         </is>
       </c>
       <c r="C801" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786053412526</t>
+          <t>9786053418863</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens İle Hayvanları Öğreniyorum</t>
+          <t>Jack and the Beanstalk</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786053412540</t>
+          <t>9786053412526</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens İle Görgü Kurallarını Öğreniyorum</t>
+          <t>Küçük Prens İle Hayvanları Öğreniyorum</t>
         </is>
       </c>
       <c r="C803" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786053412564</t>
+          <t>9786053412540</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens İle Renkleri Öğreniyorum</t>
+          <t>Küçük Prens İle Görgü Kurallarını Öğreniyorum</t>
         </is>
       </c>
       <c r="C804" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786053412533</t>
+          <t>9786053412564</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens İle Bir Gün</t>
+          <t>Küçük Prens İle Renkleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C805" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786053412571</t>
+          <t>9786053412533</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens İle Sayıları Öğreniyorum</t>
+          <t>Küçük Prens İle Bir Gün</t>
         </is>
       </c>
       <c r="C806" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786053412557</t>
+          <t>9786053412571</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens İle Karşıtlıkları Öğreniyorum</t>
+          <t>Küçük Prens İle Sayıları Öğreniyorum</t>
         </is>
       </c>
       <c r="C807" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786053412175</t>
+          <t>9786053412557</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Küçük Prens İle Karşıtlıkları Öğreniyorum</t>
         </is>
       </c>
       <c r="C808" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786053412151</t>
+          <t>9786053412175</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Kibritçi Kız</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C809" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786053412144</t>
+          <t>9786053412151</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin’in Sihirli Lambası</t>
+          <t>Kibritçi Kız</t>
         </is>
       </c>
       <c r="C810" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786053412182</t>
+          <t>9786053412144</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Alaaddin’in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C811" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786053412137</t>
+          <t>9786053412182</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C812" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786053412120</t>
+          <t>9786053412137</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Çirkin</t>
+          <t>Fareli Köyün Kavalcısı</t>
         </is>
       </c>
       <c r="C813" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786053412212</t>
+          <t>9786053412120</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Asker</t>
+          <t>Güzel ve Çirkin</t>
         </is>
       </c>
       <c r="C814" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786053412168</t>
+          <t>9786053412212</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi</t>
+          <t>Kurşun Asker</t>
         </is>
       </c>
       <c r="C815" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786053412588</t>
+          <t>9786053412168</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Küçük Prens</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C816" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786053413523</t>
+          <t>9786053412588</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Çocuklar İçin Küçük Prens</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786053413561</t>
+          <t>9786053413523</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Deve</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786053413530</t>
+          <t>9786053413561</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu Geliyor</t>
+          <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786053412748</t>
+          <t>9786053413530</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar - Küçük Deniz Kızı</t>
+          <t>Köroğlu Geliyor</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>110</v>
+        <v>70</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786053418955</t>
+          <t>9786053412748</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>En Güçlü Dinozor: Triseratops - Dinozorlarla Tanışalım</t>
+          <t>Değerli Masallar - Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786053418962</t>
+          <t>9786053418955</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>En Dost Dinozor: Stegozor - Dinozorlarla Tanışalım</t>
+          <t>En Güçlü Dinozor: Triseratops - Dinozorlarla Tanışalım</t>
         </is>
       </c>
       <c r="C822" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786053418979</t>
+          <t>9786053418962</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Dinozor: Brakiyozor - Dinozorlarla Tanışalım</t>
+          <t>En Dost Dinozor: Stegozor - Dinozorlarla Tanışalım</t>
         </is>
       </c>
       <c r="C823" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786053411697</t>
+          <t>9786053418979</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Periler Sorumluluğu Anlatıyor</t>
+          <t>En Büyük Dinozor: Brakiyozor - Dinozorlarla Tanışalım</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786053411659</t>
+          <t>9786053411697</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Periler Dayanışmayı Anlatıyor</t>
+          <t>Periler Sorumluluğu Anlatıyor</t>
         </is>
       </c>
       <c r="C825" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786053411642</t>
+          <t>9786053411659</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Valentina Cesareti Anlatıyor</t>
+          <t>Periler Dayanışmayı Anlatıyor</t>
         </is>
       </c>
       <c r="C826" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786053418948</t>
+          <t>9786053411642</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Dünya Harikası Mona Lisa</t>
+          <t>Valentina Cesareti Anlatıyor</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786053411710</t>
+          <t>9786053418948</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Babacığa Öpücükler</t>
+          <t>Dünya Harikası Mona Lisa</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786053410126</t>
+          <t>9786053411710</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Parçalardan Bütüne: İnsan Vücudu</t>
+          <t>Babacığa Öpücükler</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786053410119</t>
+          <t>9786053410126</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Parçalardan Bütüne: Gezegen</t>
+          <t>Parçalardan Bütüne: İnsan Vücudu</t>
         </is>
       </c>
       <c r="C830" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786053413745</t>
+          <t>9786053410119</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne</t>
+          <t>Parçalardan Bütüne: Gezegen</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786053411871</t>
+          <t>9786053413745</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Canavarı ve Mükemmel Hediye</t>
+          <t>Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786053418047</t>
+          <t>9786053411871</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Canavarı ve Son Çikolata</t>
+          <t>Sevgi Canavarı ve Mükemmel Hediye</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786053418474</t>
+          <t>9786053418047</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Canavarı</t>
+          <t>Sevgi Canavarı ve Son Çikolata</t>
         </is>
       </c>
       <c r="C834" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786053411222</t>
+          <t>9786053418474</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ansiklopedim: Çiftlikte</t>
+          <t>Sevgi Canavarı</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786053410836</t>
+          <t>9786053411222</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Mirketler Tatilde: Gizlenmiş Mirketleri Bul</t>
+          <t>Küçük Ansiklopedim: Çiftlikte</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786053411536</t>
+          <t>9786053410836</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Mert Komiser Her Olayı Çözer</t>
+          <t>Mirketler Tatilde: Gizlenmiş Mirketleri Bul</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786053411505</t>
+          <t>9786053411536</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Olimposlular - Poseidon Yeri Sarsan Tanrı</t>
+          <t>Mert Komiser Her Olayı Çözer</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786053411475</t>
+          <t>9786053411505</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Bahtsız Norm 4 - Pil Gerekebilir</t>
+          <t>Olimposlular - Poseidon Yeri Sarsan Tanrı</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786053413790</t>
+          <t>9786053411475</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz Kızı</t>
+          <t>Bahtsız Norm 4 - Pil Gerekebilir</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786053413271</t>
+          <t>9786053413790</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Lulu ve En Güzel Pasta</t>
+          <t>Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786053413288</t>
+          <t>9786053413271</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Lulu ve Hazine Avı</t>
+          <t>Lulu ve En Güzel Pasta</t>
         </is>
       </c>
       <c r="C842" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786053412069</t>
+          <t>9786053413288</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Korsan Hikayeleri 1 / Yufka Yürekli Korsan</t>
+          <t>Lulu ve Hazine Avı</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786053412618</t>
+          <t>9786053412069</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Korsan Hikayeleri 2 / Korsan Kızılibik</t>
+          <t>Çocuklar İçin Korsan Hikayeleri 1 / Yufka Yürekli Korsan</t>
         </is>
       </c>
       <c r="C844" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786053412625</t>
+          <t>9786053412618</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Korsan Hikayeleri 3 / Miskin Kaptan Kaşalot</t>
+          <t>Çocuklar İçin Korsan Hikayeleri 2 / Korsan Kızılibik</t>
         </is>
       </c>
       <c r="C845" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786053411321</t>
+          <t>9786053412625</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Korkakozor Kamber</t>
+          <t>Çocuklar İçin Korsan Hikayeleri 3 / Miskin Kaptan Kaşalot</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786053411314</t>
+          <t>9786053411321</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Kıskançozor Kerem</t>
+          <t>Korkakozor Kamber</t>
         </is>
       </c>
       <c r="C847" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786053411307</t>
+          <t>9786053411314</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Huysuzozor Hatice</t>
+          <t>Kıskançozor Kerem</t>
         </is>
       </c>
       <c r="C848" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786053411345</t>
+          <t>9786053411307</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Endişelinozor Ender</t>
+          <t>Huysuzozor Hatice</t>
         </is>
       </c>
       <c r="C849" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786054525928</t>
+          <t>9786053411345</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Kağıt Etkinlikleri ve Origami</t>
+          <t>Endişelinozor Ender</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786053410874</t>
+          <t>9786054525928</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>The Prince and the Pauper</t>
+          <t>Eğlenceli Kağıt Etkinlikleri ve Origami</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786053411802</t>
+          <t>9786053410874</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dünya Atlası</t>
+          <t>The Prince and the Pauper</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786053411086</t>
+          <t>9786053411802</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Uykudan Önce Hayvan Masalları</t>
+          <t>Çocuklar İçin Dünya Atlası</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786053413448</t>
+          <t>9786053411086</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Uykuya Dalamayan Koyun</t>
+          <t>Uykudan Önce Hayvan Masalları</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786053413103</t>
+          <t>9786053413448</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Maymun ve Ben</t>
+          <t>Uykuya Dalamayan Koyun</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786053413110</t>
+          <t>9786053413103</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Portakal Armut Elma ve Ayı</t>
+          <t>Maymun ve Ben</t>
         </is>
       </c>
       <c r="C856" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786053413431</t>
+          <t>9786053413110</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Uyku Arkadaşını Arayan Ayı</t>
+          <t>Portakal Armut Elma ve Ayı</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786053413462</t>
+          <t>9786053413431</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Yatağını Islatan Kanarya</t>
+          <t>Uyku Arkadaşını Arayan Ayı</t>
         </is>
       </c>
       <c r="C858" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786053412755</t>
+          <t>9786053413462</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar - Kırmızı Başlıklı Kız</t>
+          <t>Yatağını Islatan Kanarya</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786053412762</t>
+          <t>9786053412755</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar - Çizmeli Kedi</t>
+          <t>Değerli Masallar - Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C860" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786053412380</t>
+          <t>9786053412762</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik 2. Kitap</t>
+          <t>Değerli Masallar - Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786053412373</t>
+          <t>9786053412380</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik 1. Kitap</t>
+          <t>Eğlenceli Matematik 2. Kitap</t>
         </is>
       </c>
       <c r="C862" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786053411246</t>
+          <t>9786053412373</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla 4+ Dans</t>
+          <t>Eğlenceli Matematik 1. Kitap</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786053411260</t>
+          <t>9786053411246</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Uzay</t>
+          <t>Soru ve Cevaplarla 4+ Dans</t>
         </is>
       </c>
       <c r="C864" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786053411277</t>
+          <t>9786053411260</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Futbol</t>
+          <t>Soru ve Cevaplarla Uzay</t>
         </is>
       </c>
       <c r="C865" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786053412670</t>
+          <t>9786053411277</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Bahtsız Norm 5. Cilt - Bir Şey Ters İse Her Şey Ters</t>
+          <t>Soru ve Cevaplarla Futbol</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786053411727</t>
+          <t>9786053412670</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Zaman Nedir?</t>
+          <t>Bahtsız Norm 5. Cilt - Bir Şey Ters İse Her Şey Ters</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786053411789</t>
+          <t>9786053411727</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Uçaklar Nasıl Uçar?</t>
+          <t>Bil Bakalım Zaman Nedir?</t>
         </is>
       </c>
       <c r="C868" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786053411741</t>
+          <t>9786053411789</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Yakın mı Uzak mı?</t>
+          <t>Bil Bakalım Uçaklar Nasıl Uçar?</t>
         </is>
       </c>
       <c r="C869" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786053411765</t>
+          <t>9786053411741</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Hızlı mı Yavaş mı?</t>
+          <t>Bil Bakalım Yakın mı Uzak mı?</t>
         </is>
       </c>
       <c r="C870" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786053411772</t>
+          <t>9786053411765</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Ay Neden Şekil Değiştirir?</t>
+          <t>Bil Bakalım Hızlı mı Yavaş mı?</t>
         </is>
       </c>
       <c r="C871" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786053411734</t>
+          <t>9786053411772</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Ağır mı Hafif mi?</t>
+          <t>Bil Bakalım Ay Neden Şekil Değiştirir?</t>
         </is>
       </c>
       <c r="C872" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786053411758</t>
+          <t>9786053411734</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Gemiler Nasıl Yüzer?</t>
+          <t>Bil Bakalım Ağır mı Hafif mi?</t>
         </is>
       </c>
       <c r="C873" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786053410621</t>
+          <t>9786053411758</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 2</t>
+          <t>Bil Bakalım Gemiler Nasıl Yüzer?</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786053418856</t>
+          <t>9786053410621</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel Level 2 Books</t>
+          <t>Renkli Matematik Dünyası 2</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786053410997</t>
+          <t>9786053418856</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>The Little Mermaid Level 2 Books</t>
+          <t>Rapunzel Level 2 Books</t>
         </is>
       </c>
       <c r="C876" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786053410935</t>
+          <t>9786053410997</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>The Gingerbread Man Level 1 Books</t>
+          <t>The Little Mermaid Level 2 Books</t>
         </is>
       </c>
       <c r="C877" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786053410928</t>
+          <t>9786053410935</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Hansel and Gretel Level 3 Books</t>
+          <t>The Gingerbread Man Level 1 Books</t>
         </is>
       </c>
       <c r="C878" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786053410072</t>
+          <t>9786053410928</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kızlar ve Oğlanlar İçin Haylazlık Hikayeleri-Tanıdığım En Cesur Çocuk</t>
+          <t>Hansel and Gretel Level 3 Books</t>
         </is>
       </c>
       <c r="C879" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786053418986</t>
+          <t>9786053410072</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Büyük Besteci Mozart</t>
+          <t>Akıllı Kızlar ve Oğlanlar İçin Haylazlık Hikayeleri-Tanıdığım En Cesur Çocuk</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786053410720</t>
+          <t>9786053418986</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Büyük İnsanların Hikayeleri - Galileo’nun Teleskobu</t>
+          <t>Büyük Besteci Mozart</t>
         </is>
       </c>
       <c r="C881" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786053410737</t>
+          <t>9786053410720</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Büyük İnsanların Hikayeleri - Gandi’nin Gözlüğü</t>
+          <t>Büyük İnsanların Hikayeleri - Galileo’nun Teleskobu</t>
         </is>
       </c>
       <c r="C882" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786053412489</t>
+          <t>9786053410737</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Boyama Kitabı</t>
+          <t>Büyük İnsanların Hikayeleri - Gandi’nin Gözlüğü</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786053412793</t>
+          <t>9786053412489</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>The Adventures of Pinocchio</t>
+          <t>Küçük Prens Boyama Kitabı</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786053412861</t>
+          <t>9786053412793</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Great Expectations</t>
+          <t>The Adventures of Pinocchio</t>
         </is>
       </c>
       <c r="C885" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786053412885</t>
+          <t>9786053412861</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Great Expectations</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786053419419</t>
+          <t>9786053412885</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Twenty Thousand Leagues Under the Sea</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786053412472</t>
+          <t>9786053419419</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Etkinlik Kitabı</t>
+          <t>Twenty Thousand Leagues Under the Sea</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786053412113</t>
+          <t>9786053412472</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Rikimini ve Arkadaşı Ayıcık</t>
+          <t>Küçük Prens Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786053412106</t>
+          <t>9786053412113</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Olmak İsteyen Tavşan</t>
+          <t>Rikimini ve Arkadaşı Ayıcık</t>
         </is>
       </c>
       <c r="C890" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786053412083</t>
+          <t>9786053412106</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Murat Bey ve Işıltı Hanım</t>
+          <t>Kahraman Olmak İsteyen Tavşan</t>
         </is>
       </c>
       <c r="C891" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786053412465</t>
+          <t>9786053412083</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Bebek Güncesi</t>
+          <t>Murat Bey ve Işıltı Hanım</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786053412090</t>
+          <t>9786053412465</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens'in Parkı</t>
+          <t>Küçük Prens - Bebek Güncesi</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786053412229</t>
+          <t>9786053412090</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>İskelet Anahtarın Sırrı: Şifre Avcıları Kulübü</t>
+          <t>Küçük Prens'in Parkı</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786053415817</t>
+          <t>9786053412229</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Okula Gitmek İstemeyen Lukas</t>
+          <t>İskelet Anahtarın Sırrı: Şifre Avcıları Kulübü</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786053415848</t>
+          <t>9786053415817</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Kardeş İstemeyen Lukas</t>
+          <t>Okula Gitmek İstemeyen Lukas</t>
         </is>
       </c>
       <c r="C896" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786053419389</t>
+          <t>9786053415848</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Melisa Özgüveni Anlatıyor</t>
+          <t>Kardeş İstemeyen Lukas</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786053418917</t>
+          <t>9786053419389</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Artık Her Şeye Hayır Demiyor</t>
+          <t>Melisa Özgüveni Anlatıyor</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786054525881</t>
+          <t>9786053418917</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Rusça İlk Bin Sözcük</t>
+          <t>Artık Her Şeye Hayır Demiyor</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786054525997</t>
+          <t>9786054525881</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 9</t>
+          <t>Rusça İlk Bin Sözcük</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>130</v>
+        <v>275</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786053417248</t>
+          <t>9786054525997</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihini Değiştiren Fizikçiler Hakkında Beş Şaşırtıcı Öykü</t>
+          <t>Renkli Matematik Dünyası 9</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786053417255</t>
+          <t>9786053417248</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Bilimin Öncüleri Hakkında Beş Şaşırtıcı Öykü</t>
+          <t>Bilim Tarihini Değiştiren Fizikçiler Hakkında Beş Şaşırtıcı Öykü</t>
         </is>
       </c>
       <c r="C902" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786053417309</t>
+          <t>9786053417255</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihini Değiştiren Matematikçiler Hakkında Beş Şaşırtıcı Öykü</t>
+          <t>Tarihi Değiştiren Bilimin Öncüleri Hakkında Beş Şaşırtıcı Öykü</t>
         </is>
       </c>
       <c r="C903" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786053417262</t>
+          <t>9786053417309</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihini Değiştiren Kuantum Fizikçileri Hakkında Beş Şaşırtıcı Öykü</t>
+          <t>Bilim Tarihini Değiştiren Matematikçiler Hakkında Beş Şaşırtıcı Öykü</t>
         </is>
       </c>
       <c r="C904" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786054525348</t>
+          <t>9786053417262</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Benim Süper Babam</t>
+          <t>Bilim Tarihini Değiştiren Kuantum Fizikçileri Hakkında Beş Şaşırtıcı Öykü</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786053410058</t>
+          <t>9786054525348</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Athena - Olimposlular</t>
+          <t>Benim Süper Babam</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786054525119</t>
+          <t>9786053410058</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Balığımıza Nasıl Bakacağımızı Öğrenelim</t>
+          <t>Athena - Olimposlular</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786053418023</t>
+          <t>9786054525119</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Hayvanat Bahçesi Etkinlik Kitabı</t>
+          <t>Balığımıza Nasıl Bakacağımızı Öğrenelim</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786053418009</t>
+          <t>9786053418023</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Gezi Etkinlik Kitabı</t>
+          <t>Küçüklere Hayvanat Bahçesi Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C909" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786053417972</t>
+          <t>9786053418009</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Doğa Etkinlik Kitabı</t>
+          <t>Küçüklere Gezi Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C910" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786053419198</t>
+          <t>9786053417972</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>English 100 Numbers</t>
+          <t>Küçüklere Doğa Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786053419181</t>
+          <t>9786053419198</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>English 100 Words</t>
+          <t>English 100 Numbers</t>
         </is>
       </c>
       <c r="C912" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786053418658</t>
+          <t>9786053419181</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gibi Olmayı Öğrenen Noona ve Sihirli Silgi</t>
+          <t>English 100 Words</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786053419051</t>
+          <t>9786053418658</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Doğada Huzur Bulan Kirpi</t>
+          <t>Kendi Gibi Olmayı Öğrenen Noona ve Sihirli Silgi</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786053419068</t>
+          <t>9786053419051</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Beslenebilen Hemstır</t>
+          <t>Doğada Huzur Bulan Kirpi</t>
         </is>
       </c>
       <c r="C915" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786053419013</t>
+          <t>9786053419068</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>İlk Renkler Çıkartma Kitabım - Okula Hazırlanıyorum</t>
+          <t>Sağlıklı Beslenebilen Hemstır</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786053419020</t>
+          <t>9786053419013</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>İlk Şekiller Çıkartma Kitabım - Okula Hazırlanıyorum</t>
+          <t>İlk Renkler Çıkartma Kitabım - Okula Hazırlanıyorum</t>
         </is>
       </c>
       <c r="C917" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786053419006</t>
+          <t>9786053419020</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>İlk İngilizce Sözcükler Çıkartma Kitabım - Okula Hazırlanıyorum</t>
+          <t>İlk Şekiller Çıkartma Kitabım - Okula Hazırlanıyorum</t>
         </is>
       </c>
       <c r="C918" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786053410898</t>
+          <t>9786053419006</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>İlk İngilizce Sözcükler Çıkartma Kitabım - Okula Hazırlanıyorum</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786053417965</t>
+          <t>9786053410898</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Açgözlü Köpek</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786053417958</t>
+          <t>9786053417965</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Bezelye Tanesi</t>
+          <t>Açgözlü Köpek</t>
         </is>
       </c>
       <c r="C921" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786053417996</t>
+          <t>9786053417958</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Devenin Hörgücü</t>
+          <t>Prenses ve Bezelye Tanesi</t>
         </is>
       </c>
       <c r="C922" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786053418016</t>
+          <t>9786053417996</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin’in Sihirli Lambası - Binbir Gece Masalları</t>
+          <t>Devenin Hörgücü</t>
         </is>
       </c>
       <c r="C923" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786053418498</t>
+          <t>9786053418016</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Alaaddin’in Sihirli Lambası - Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786053418481</t>
+          <t>9786053418498</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Yolculuk</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C925" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786053418054</t>
+          <t>9786053418481</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Bu Bana Söylenmedi Ki!</t>
+          <t>Ay’a Yolculuk</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786053418160</t>
+          <t>9786053418054</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Bezelye Tanesi - Bebekler İçin Klasikler</t>
+          <t>Bu Bana Söylenmedi Ki!</t>
         </is>
       </c>
       <c r="C927" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786053418221</t>
+          <t>9786053418160</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo - Bebekler İçin Klasikler</t>
+          <t>Prenses ve Bezelye Tanesi - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C928" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786053418115</t>
+          <t>9786053418221</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi - Bebekler İçin Klasikler</t>
+          <t>Pinokyo - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C929" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786053418191</t>
+          <t>9786053418115</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Kurabiye Adam - Bebekler İçin Klasikler</t>
+          <t>Külkedisi - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C930" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786053417439</t>
+          <t>9786053418191</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Kurabiye Adam - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786053417569</t>
+          <t>9786053417439</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Parmak Çocuk</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C932" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786053417460</t>
+          <t>9786053417569</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Bezelye Tanesi</t>
+          <t>Parmak Çocuk</t>
         </is>
       </c>
       <c r="C933" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786053417552</t>
+          <t>9786053417460</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu</t>
+          <t>Prenses ve Bezelye Tanesi</t>
         </is>
       </c>
       <c r="C934" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786053417446</t>
+          <t>9786053417552</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Kurt ile Yedi Keçi Yavrusu</t>
+          <t>Çirkin Ördek Yavrusu</t>
         </is>
       </c>
       <c r="C935" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786053417477</t>
+          <t>9786053417446</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kırmızı Tavuk</t>
+          <t>Kurt ile Yedi Keçi Yavrusu</t>
         </is>
       </c>
       <c r="C936" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786053418078</t>
+          <t>9786053417477</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar</t>
+          <t>Küçük Kırmızı Tavuk</t>
         </is>
       </c>
       <c r="C937" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786053417811</t>
+          <t>9786053418078</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’ın Maceraları</t>
+          <t>Dinozorlar</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786053417842</t>
+          <t>9786053417811</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn’in Maceraları</t>
+          <t>Tom Sawyer’ın Maceraları</t>
         </is>
       </c>
       <c r="C939" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786053417804</t>
+          <t>9786053417842</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Nils Holgersson</t>
+          <t>Huckleberry Finn’in Maceraları</t>
         </is>
       </c>
       <c r="C940" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786053417798</t>
+          <t>9786053417804</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Küçük Lord</t>
+          <t>Nils Holgersson</t>
         </is>
       </c>
       <c r="C941" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786053417835</t>
+          <t>9786053417798</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Parmak Kız</t>
+          <t>Küçük Lord</t>
         </is>
       </c>
       <c r="C942" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786053417828</t>
+          <t>9786053417835</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Parmak Kız</t>
         </is>
       </c>
       <c r="C943" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786053417651</t>
+          <t>9786053417828</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Venedik Taciri</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786053417941</t>
+          <t>9786053417651</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Kanguru Neden Zıplar?</t>
+          <t>Venedik Taciri</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786053417989</t>
+          <t>9786053417941</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Leoparın Benekleri Nasıl Oluştu?</t>
+          <t>Kanguru Neden Zıplar?</t>
         </is>
       </c>
       <c r="C946" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786053416913</t>
+          <t>9786053417989</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Söz Dinlemeyen Mark</t>
+          <t>Leoparın Benekleri Nasıl Oluştu?</t>
         </is>
       </c>
       <c r="C947" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786053416951</t>
+          <t>9786053416913</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Hep Haklı Olmak İsteyen Viktor</t>
+          <t>Söz Dinlemeyen Mark</t>
         </is>
       </c>
       <c r="C948" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786053416937</t>
+          <t>9786053416951</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Fazla Şaka Yapan Sofia</t>
+          <t>Hep Haklı Olmak İsteyen Viktor</t>
         </is>
       </c>
       <c r="C949" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786053416920</t>
+          <t>9786053416937</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Pijama Giymeyi Sevmeyen Lena</t>
+          <t>Fazla Şaka Yapan Sofia</t>
         </is>
       </c>
       <c r="C950" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786053417521</t>
+          <t>9786053416920</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Jack ve Fasulye Sırığı</t>
+          <t>Pijama Giymeyi Sevmeyen Lena</t>
         </is>
       </c>
       <c r="C951" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786053417491</t>
+          <t>9786053417521</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Jack ve Fasulye Sırığı</t>
         </is>
       </c>
       <c r="C952" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786053417545</t>
+          <t>9786053417491</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C953" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786053417507</t>
+          <t>9786053417545</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Goldilocks ve Üç Ayı</t>
+          <t>Rapunzel</t>
         </is>
       </c>
       <c r="C954" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786054525089</t>
+          <t>9786053417507</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 6. Kitap</t>
+          <t>Goldilocks ve Üç Ayı</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786053416340</t>
+          <t>9786054525089</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Küçük Farecik Lili İle Hangi Ay, Hangi Sebze?</t>
+          <t>Renkli Matematik Dünyası 6. Kitap</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786053417729</t>
+          <t>9786053416340</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Küçük Farecik Lili İle Hangi Ay, Hangi Sebze?</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786053417750</t>
+          <t>9786053417729</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Orman Çocuğu Mogli</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C958" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786053417774</t>
+          <t>9786053417750</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Mavi Yakutun Sırrı</t>
+          <t>Orman Çocuğu Mogli</t>
         </is>
       </c>
       <c r="C959" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786053417767</t>
+          <t>9786053417774</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Sherlock Holmes - Mavi Yakutun Sırrı</t>
         </is>
       </c>
       <c r="C960" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786053417712</t>
+          <t>9786053417767</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C961" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786053417743</t>
+          <t>9786053417712</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Güliver’in Gezileri</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C962" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786053414926</t>
+          <t>9786053417743</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Sanat Etkinlik Kitabı</t>
+          <t>Güliver’in Gezileri</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786053410508</t>
+          <t>9786053414926</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları - Vikinglerle</t>
+          <t>Sanat Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786053410461</t>
+          <t>9786053410508</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları - Orta Çağ Kalesinde</t>
+          <t>Zaman Yolcuları - Vikinglerle</t>
         </is>
       </c>
       <c r="C965" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786053410478</t>
+          <t>9786053410461</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları - Korsan Gemisinde</t>
+          <t>Zaman Yolcuları - Orta Çağ Kalesinde</t>
         </is>
       </c>
       <c r="C966" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786053410485</t>
+          <t>9786053410478</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları - Eski Mısır’da</t>
+          <t>Zaman Yolcuları - Korsan Gemisinde</t>
         </is>
       </c>
       <c r="C967" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786053410706</t>
+          <t>9786053410485</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Günlük Sözcükler İspanyolca / Palabras De Uso Cotidiano En Espanol (500 Sözcük)</t>
+          <t>Zaman Yolcuları - Eski Mısır’da</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786053410683</t>
+          <t>9786053410706</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Günlük Sözcükler Fransızca / Le Mots Quotidienne En Français  (500 Sözcük)</t>
+          <t>Yaşamdan Günlük Sözcükler İspanyolca / Palabras De Uso Cotidiano En Espanol (500 Sözcük)</t>
         </is>
       </c>
       <c r="C969" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786054525973</t>
+          <t>9786053410683</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Ressamlar: Van Gogh - Arkadaşım Vincent</t>
+          <t>Yaşamdan Günlük Sözcükler Fransızca / Le Mots Quotidienne En Français  (500 Sözcük)</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786054525546</t>
+          <t>9786054525973</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Batı’nın Öyküsü</t>
+          <t>Ünlü Ressamlar: Van Gogh - Arkadaşım Vincent</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786054525492</t>
+          <t>9786054525546</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Taşıtların Öyküsü</t>
+          <t>Vahşi Batı’nın Öyküsü</t>
         </is>
       </c>
       <c r="C972" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786054525645</t>
+          <t>9786054525492</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Suç Avcıları - Rus Altını</t>
+          <t>Taşıtların Öyküsü</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786054525638</t>
+          <t>9786054525645</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Suç Avcıları - Kobra Takibi</t>
+          <t>Suç Avcıları - Rus Altını</t>
         </is>
       </c>
       <c r="C974" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786054525614</t>
+          <t>9786054525638</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Suç Avcıları - Kaplan Barınağı</t>
+          <t>Suç Avcıları - Kobra Takibi</t>
         </is>
       </c>
       <c r="C975" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786054525621</t>
+          <t>9786054525614</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Suç Avcıları - Kafatası Adası</t>
+          <t>Suç Avcıları - Kaplan Barınağı</t>
         </is>
       </c>
       <c r="C976" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786054525744</t>
+          <t>9786054525621</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Maskeleri Kitabım (Ciltli)</t>
+          <t>Suç Avcıları - Kafatası Adası</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786054525683</t>
+          <t>9786054525744</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 4</t>
+          <t>Savaşçı Maskeleri Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786054525669</t>
+          <t>9786054525683</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Renkli Matematik Dünyası 1</t>
+          <t>Renkli Matematik Dünyası 4</t>
         </is>
       </c>
       <c r="C979" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786053410003</t>
+          <t>9786054525669</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Pala Dayı’nın Korsan Macerası</t>
+          <t>Renkli Matematik Dünyası 1</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786053418795</t>
+          <t>9786053410003</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Ülkeleri Tanıyalım Mirketleri Bulalım</t>
+          <t>Pala Dayı’nın Korsan Macerası</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786053410447</t>
+          <t>9786053418795</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Nerede Bu Mirketler - Zamanda Yolculuk</t>
+          <t>Ülkeleri Tanıyalım Mirketleri Bulalım</t>
         </is>
       </c>
       <c r="C982" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786054525102</t>
+          <t>9786053410447</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet Kuşumuza Nasıl Bakacağımızı Öğrenelim</t>
+          <t>Nerede Bu Mirketler - Zamanda Yolculuk</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786054525942</t>
+          <t>9786054525102</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Ressamlar: Monet - Arkadaşım Claude</t>
+          <t>Muhabbet Kuşumuza Nasıl Bakacağımızı Öğrenelim</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786054525300</t>
+          <t>9786054525942</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji ile Eğlenmek</t>
+          <t>Ünlü Ressamlar: Monet - Arkadaşım Claude</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786053410324</t>
+          <t>9786054525300</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Latince İlk Bin Sözcük - Primum Mille Verborum In Lingua Latina</t>
+          <t>Mitoloji ile Eğlenmek</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786054525720</t>
+          <t>9786053410324</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Kötü Adam Maskeleri Kitabım (Ciltli)</t>
+          <t>Latince İlk Bin Sözcük - Primum Mille Verborum In Lingua Latina</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786054525270</t>
+          <t>9786054525720</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Köpek Balığı ve Deniz Canlılarına Soralım (Ciltli)</t>
+          <t>Kötü Adam Maskeleri Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786054525096</t>
+          <t>9786054525270</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Köpeğimize Nasıl Bakacağımızı Öğrenelim</t>
+          <t>Köpek Balığı ve Deniz Canlılarına Soralım (Ciltli)</t>
         </is>
       </c>
       <c r="C989" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786054525737</t>
+          <t>9786054525096</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Maskeler Kitabım (Ciltli)</t>
+          <t>Köpeğimize Nasıl Bakacağımızı Öğrenelim</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786054525126</t>
+          <t>9786054525737</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Kedimize Nasıl Bakacağımızı Öğrenelim</t>
+          <t>Korkunç Maskeler Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786054525515</t>
+          <t>9786054525126</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Maya Şehrinin Öyküsü</t>
+          <t>Kedimize Nasıl Bakacağımızı Öğrenelim</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786053410034</t>
+          <t>9786054525515</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ayıcıklar Diyarı</t>
+          <t>Kayıp Maya Şehrinin Öyküsü</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786053410393</t>
+          <t>9786053410034</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Japonca İlk Bin Sözcük</t>
+          <t>Kayıp Ayıcıklar Diyarı</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786054525317</t>
+          <t>9786053410393</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler, Farecikler</t>
+          <t>Japonca İlk Bin Sözcük</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786054525843</t>
+          <t>9786054525317</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca İlk Bin Sözcük - Le Prime Mille Parole in Italiano</t>
+          <t>İyi Geceler, Farecikler</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786053410300</t>
+          <t>9786054525843</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca İlk Yüz Sözcük / Primeras Cien Palabras En Espanol (Çıkartma Kitabı)</t>
+          <t>İtalyanca İlk Bin Sözcük - Le Prime Mille Parole in Italiano</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786053410270</t>
+          <t>9786053410300</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca İlk Yüz Sözcük /Primeras Cien Palabras Boyama Kitabı</t>
+          <t>İspanyolca İlk Yüz Sözcük / Primeras Cien Palabras En Espanol (Çıkartma Kitabı)</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786054525874</t>
+          <t>9786053410270</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca İlk Bin Sözcük - Primeras Mil Palabras en Espanol</t>
+          <t>İspanyolca İlk Yüz Sözcük /Primeras Cien Palabras Boyama Kitabı</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786053418771</t>
+          <t>9786054525874</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk 100 Sözcük Çıkartmalı</t>
+          <t>İspanyolca İlk Bin Sözcük - Primeras Mil Palabras en Espanol</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786053418603</t>
+          <t>9786053418771</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle İngilizce İlk 1000 Sözcük</t>
+          <t>İngilizce İlk 100 Sözcük Çıkartmalı</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786054525522</t>
+          <t>9786053418603</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>İlk İnsanların Öyküsü</t>
+          <t>Resimlerle İngilizce İlk 1000 Sözcük</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786054525294</t>
+          <t>9786054525522</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlara Soralım (Ciltli)</t>
+          <t>İlk İnsanların Öyküsü</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786053410430</t>
+          <t>9786054525294</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Hades - Ölülerin Efendisi</t>
+          <t>Hayvanlara Soralım (Ciltli)</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786054525966</t>
+          <t>9786053410430</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Ressamlar: Gaugin - Arkadaşım Paul</t>
+          <t>Hades - Ölülerin Efendisi</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786053410317</t>
+          <t>9786054525966</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Fransızca İlk Yüz Sözcük / Les Cent Premiers Mots En Français (Çıkartma Kitabı)</t>
+          <t>Ünlü Ressamlar: Gaugin - Arkadaşım Paul</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786053410263</t>
+          <t>9786053410317</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Fransızca İlk Yüz Sözcük / Les Premiers Mots En Français (Boyama Kitabı)</t>
+          <t>Fransızca İlk Yüz Sözcük / Les Cent Premiers Mots En Français (Çıkartma Kitabı)</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786054525850</t>
+          <t>9786053410263</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Fransızca İlk Bin Sözcük - Les Mille Premiers Mots en Français</t>
+          <t>Fransızca İlk Yüz Sözcük / Les Premiers Mots En Français (Boyama Kitabı)</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786054525287</t>
+          <t>9786054525850</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlara Soralım (Ciltli)</t>
+          <t>Fransızca İlk Bin Sözcük - Les Mille Premiers Mots en Français</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786054525355</t>
+          <t>9786054525287</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Demek Abla Oluyorsun</t>
+          <t>Dinozorlara Soralım (Ciltli)</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786054525331</t>
+          <t>9786054525355</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Demek Abi Oluyorsun</t>
+          <t>Demek Abla Oluyorsun</t>
         </is>
       </c>
       <c r="C1011" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786054525959</t>
+          <t>9786054525331</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Ressamlar: Degas - Arkadaşım Edgar</t>
+          <t>Demek Abi Oluyorsun</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786054525249</t>
+          <t>9786054525959</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Öğrenelim - Uçaklar</t>
+          <t>Ünlü Ressamlar: Degas - Arkadaşım Edgar</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786054525256</t>
+          <t>9786054525249</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Öğrenelim - Fantastik Yaratıklar, Savaşçılar, Kahramanlar ve Canavarlar</t>
+          <t>Çizmeyi Öğrenelim - Uçaklar</t>
         </is>
       </c>
       <c r="C1014" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786054525218</t>
+          <t>9786054525256</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Öğrenelim - Dinazorlar ve Diğer Tarih Öncesi Yaratıklar</t>
+          <t>Çizmeyi Öğrenelim - Fantastik Yaratıklar, Savaşçılar, Kahramanlar ve Canavarlar</t>
         </is>
       </c>
       <c r="C1015" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786054525164</t>
+          <t>9786054525218</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Çizelim Eğlenelim - Safari Hayvanları</t>
+          <t>Çizmeyi Öğrenelim - Dinazorlar ve Diğer Tarih Öncesi Yaratıklar</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786054525157</t>
+          <t>9786054525164</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Çizelim Eğlenelim - Robotlar ve Uzaylılar</t>
+          <t>Çizelim Eğlenelim - Safari Hayvanları</t>
         </is>
       </c>
       <c r="C1017" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786054525188</t>
+          <t>9786054525157</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Çizelim Eğlenelim / Prensesler ve Balerinler</t>
+          <t>Çizelim Eğlenelim - Robotlar ve Uzaylılar</t>
         </is>
       </c>
       <c r="C1018" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786054525140</t>
+          <t>9786054525188</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Çizelim Eğlenelim - Periler ve Denizkızları</t>
+          <t>Çizelim Eğlenelim / Prensesler ve Balerinler</t>
         </is>
       </c>
       <c r="C1019" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786054525195</t>
+          <t>9786054525140</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Çizelim Eğlenelim - Dinozorlar ve Diğer Tarihöncesi Yaratıklar</t>
+          <t>Çizelim Eğlenelim - Periler ve Denizkızları</t>
         </is>
       </c>
       <c r="C1020" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786053410386</t>
+          <t>9786054525195</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Çiz Boya Eğlen</t>
+          <t>Çizelim Eğlenelim - Dinozorlar ve Diğer Tarihöncesi Yaratıklar</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786053410416</t>
+          <t>9786053410386</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Çince İlk Bin Sözcük</t>
+          <t>Çiz Boya Eğlen</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786053410010</t>
+          <t>9786053410416</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Adası</t>
+          <t>Çince İlk Bin Sözcük</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786054525706</t>
+          <t>9786053410010</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Sihirbazlık Kitabım</t>
+          <t>Çikolata Adası</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786054525652</t>
+          <t>9786054525706</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Prensesler Kitabım</t>
+          <t>Çıkartmalı Sihirbazlık Kitabım</t>
         </is>
       </c>
       <c r="C1025" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786054525713</t>
+          <t>9786054525652</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Masallar Kitabım</t>
+          <t>Çıkartmalı Prensesler Kitabım</t>
         </is>
       </c>
       <c r="C1026" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786054525904</t>
+          <t>9786054525713</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Dünya Atlası - Hayvanların Yaşadığı Yerler</t>
+          <t>Çıkartmalı Masallar Kitabım</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786054525911</t>
+          <t>9786054525904</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Dünya Atlası - Ülkelerin Özellikleri</t>
+          <t>Çıkartmalı Dünya Atlası - Hayvanların Yaşadığı Yerler</t>
         </is>
       </c>
       <c r="C1028" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786054525263</t>
+          <t>9786054525911</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Böceklere Soralım (Ciltli)</t>
+          <t>Çıkartmalı Dünya Atlası - Ülkelerin Özellikleri</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>110</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786054525607</t>
+          <t>9786054525263</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Bir Volkanın Öyküsü</t>
+          <t>Böceklere Soralım (Ciltli)</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786054525553</t>
+          <t>9786054525607</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Bir Piramidin Öyküsü</t>
+          <t>Bir Volkanın Öyküsü</t>
         </is>
       </c>
       <c r="C1031" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786054525539</t>
+          <t>9786054525553</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalyonun Öyküsü</t>
+          <t>Bir Piramidin Öyküsü</t>
         </is>
       </c>
       <c r="C1032" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786054525577</t>
+          <t>9786054525539</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Bir Depremin Öyküsü</t>
+          <t>Bir Kalyonun Öyküsü</t>
         </is>
       </c>
       <c r="C1033" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786054525010</t>
+          <t>9786054525577</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Bino’ya Bir Hediye</t>
+          <t>Bir Depremin Öyküsü</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786054525058</t>
+          <t>9786054525010</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Bino’nun Seçtiği Oyuncak</t>
+          <t>Bino’ya Bir Hediye</t>
         </is>
       </c>
       <c r="C1035" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786054525034</t>
+          <t>9786054525058</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Bino ve Oyun Küpleri</t>
+          <t>Bino’nun Seçtiği Oyuncak</t>
         </is>
       </c>
       <c r="C1036" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786054525768</t>
+          <t>9786054525034</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Hazinesi - Taşıtlar</t>
+          <t>Bino ve Oyun Küpleri</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786054525829</t>
+          <t>9786054525768</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Hazinesi - Korsan Gemileri</t>
+          <t>Bilgi Hazinesi - Taşıtlar</t>
         </is>
       </c>
       <c r="C1038" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786054525775</t>
+          <t>9786054525829</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Hazinesi - Kaleler</t>
+          <t>Bilgi Hazinesi - Korsan Gemileri</t>
         </is>
       </c>
       <c r="C1039" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786054525805</t>
+          <t>9786054525775</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Hazinesi - Eski Mısır</t>
+          <t>Bilgi Hazinesi - Kaleler</t>
         </is>
       </c>
       <c r="C1040" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786054525799</t>
+          <t>9786054525805</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Hazinesi - Dünya</t>
+          <t>Bilgi Hazinesi - Eski Mısır</t>
         </is>
       </c>
       <c r="C1041" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786054525812</t>
+          <t>9786054525799</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Hazinesi - Doğa</t>
+          <t>Bilgi Hazinesi - Dünya</t>
         </is>
       </c>
       <c r="C1042" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786054525386</t>
+          <t>9786054525812</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Ziyafeti - Bıcırık Billie B</t>
+          <t>Bilgi Hazinesi - Doğa</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786054525379</t>
+          <t>9786054525386</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Futbol Yıldızı - Bıcırık Billie B</t>
+          <t>Gece Yarısı Ziyafeti - Bıcırık Billie B</t>
         </is>
       </c>
       <c r="C1044" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786054525447</t>
+          <t>9786054525379</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Beren En Güzel Proje - Çözüm Üretmek</t>
+          <t>Futbol Yıldızı - Bıcırık Billie B</t>
         </is>
       </c>
       <c r="C1045" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786054525430</t>
+          <t>9786054525447</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Beren: Abla - Kardeş Sevgisi</t>
+          <t>Sevimli Beren En Güzel Proje - Çözüm Üretmek</t>
         </is>
       </c>
       <c r="C1046" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786053410027</t>
+          <t>9786054525430</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Alya ve Deniz Canavarı</t>
+          <t>Sevimli Beren: Abla - Kardeş Sevgisi</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786054525416</t>
+          <t>9786053410027</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Beren Güzel Saç Kesimi -Kurallara Uymak</t>
+          <t>Alya ve Deniz Canavarı</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786054525867</t>
+          <t>9786054525416</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Almanca İlk Bin Sözcük - Die Ersten Tausend Wörter in Deutsch</t>
+          <t>Sevimli Beren Güzel Saç Kesimi -Kurallara Uymak</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>275</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786054525225</t>
+          <t>9786054525867</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Öğrenelim - Büyülü Yaratıklar ve Efsanevi Hayvanlar</t>
+          <t>Almanca İlk Bin Sözcük - Die Ersten Tausend Wörter in Deutsch</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786054525232</t>
+          <t>9786054525225</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Öğrenelim - Büyük Kamyonlar</t>
+          <t>Çizmeyi Öğrenelim - Büyülü Yaratıklar ve Efsanevi Hayvanlar</t>
         </is>
       </c>
       <c r="C1051" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786054525423</t>
+          <t>9786054525232</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Beren Gizli Mesaj -Dürüstlük</t>
+          <t>Çizmeyi Öğrenelim - Büyük Kamyonlar</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786054525201</t>
+          <t>9786054525423</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Öğrenelim - Ağaçlar ve Ormanlar</t>
+          <t>Sevimli Beren Gizli Mesaj -Dürüstlük</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786054525454</t>
+          <t>9786054525201</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Beren: Küçük Yalan - Doğru Söylemek</t>
+          <t>Çizmeyi Öğrenelim - Ağaçlar ve Ormanlar</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786054525362</t>
+          <t>9786054525454</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Beren Kötü Kelebek -Yaratıcı Olmak</t>
+          <t>Sevimli Beren: Küçük Yalan - Doğru Söylemek</t>
         </is>
       </c>
       <c r="C1055" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786053418399</t>
+          <t>9786054525362</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Fasulye Sırığına Tırman Jack</t>
+          <t>Sevimli Beren Kötü Kelebek -Yaratıcı Olmak</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786053418429</t>
+          <t>9786053418399</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kurtaran Çizmeli Kedi</t>
+          <t>Fasulye Sırığına Tırman Jack</t>
         </is>
       </c>
       <c r="C1057" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786053418412</t>
+          <t>9786053418429</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Hep Kendin Gibi Ol Küçük Deniz Kızı</t>
+          <t>Hayat Kurtaran Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C1058" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786053418436</t>
+          <t>9786053418412</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız’a Yardım Edelim</t>
+          <t>Hep Kendin Gibi Ol Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C1059" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786053418405</t>
+          <t>9786053418436</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>O Elmayı Yeme Pamuk Prenses</t>
+          <t>Kırmızı Başlıklı Kız’a Yardım Edelim</t>
         </is>
       </c>
       <c r="C1060" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786053417910</t>
+          <t>9786053418405</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Laleli Kız</t>
+          <t>O Elmayı Yeme Pamuk Prenses</t>
         </is>
       </c>
       <c r="C1061" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786053418450</t>
+          <t>9786053417910</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Kim Su İstiyor?</t>
+          <t>Laleli Kız</t>
         </is>
       </c>
       <c r="C1062" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786053418061</t>
+          <t>9786053418450</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Koca Ayak’a Spagetti (Ciltli)</t>
+          <t>Kim Su İstiyor?</t>
         </is>
       </c>
       <c r="C1063" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786053417934</t>
+          <t>9786053418061</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Duygularımız</t>
+          <t>Koca Ayak’a Spagetti (Ciltli)</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786053417484</t>
+          <t>9786053417934</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Mutluyum</t>
+          <t>Duygularımız</t>
         </is>
       </c>
       <c r="C1065" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786053417538</t>
+          <t>9786053417484</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Artık Üzülmüyorum</t>
+          <t>Mutluyum</t>
         </is>
       </c>
       <c r="C1066" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786053416500</t>
+          <t>9786053417538</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Enerji ve Hareket</t>
+          <t>Artık Üzülmüyorum</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786053416487</t>
+          <t>9786053416500</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Basit Yapılar Yapmak</t>
+          <t>Enerji ve Hareket</t>
         </is>
       </c>
       <c r="C1068" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786053416470</t>
+          <t>9786053416487</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Basit Makineler Yapmak</t>
+          <t>Basit Yapılar Yapmak</t>
         </is>
       </c>
       <c r="C1069" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786053416524</t>
+          <t>9786053416470</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Basit Gereçlerle Uygulamalar Yapmak</t>
+          <t>Basit Makineler Yapmak</t>
         </is>
       </c>
       <c r="C1070" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786053416494</t>
+          <t>9786053416524</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilim İnsanının Yağmur Ormanı Macerası</t>
+          <t>Basit Gereçlerle Uygulamalar Yapmak</t>
         </is>
       </c>
       <c r="C1071" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786053416517</t>
+          <t>9786053416494</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilim İnsanının Okyanus Macerası</t>
+          <t>Bir Bilim İnsanının Yağmur Ormanı Macerası</t>
         </is>
       </c>
       <c r="C1072" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786053416562</t>
+          <t>9786053416517</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilim İnsanının Kutup Macerası</t>
+          <t>Bir Bilim İnsanının Okyanus Macerası</t>
         </is>
       </c>
       <c r="C1073" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786053416531</t>
+          <t>9786053416562</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilim İnsanının Dağ Macerası</t>
+          <t>Bir Bilim İnsanının Kutup Macerası</t>
         </is>
       </c>
       <c r="C1074" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786053416555</t>
+          <t>9786053416531</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilim İnsanının Çöl Macerası</t>
+          <t>Bir Bilim İnsanının Dağ Macerası</t>
         </is>
       </c>
       <c r="C1075" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786053416548</t>
+          <t>9786053416555</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilim İnsanının Ada Macerası</t>
+          <t>Bir Bilim İnsanının Çöl Macerası</t>
         </is>
       </c>
       <c r="C1076" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786053418443</t>
+          <t>9786053416548</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Futbolcu Spinderella</t>
+          <t>Bir Bilim İnsanının Ada Macerası</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786053413998</t>
+          <t>9786053418443</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Çarpım Tablosu Etkinlik Kitabı</t>
+          <t>Futbolcu Spinderella</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786053417361</t>
+          <t>9786053413998</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Renkler ve İlk Çizimlerimiz - Momo ile Mimi</t>
+          <t>Çarpım Tablosu Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786053417385</t>
+          <t>9786053417361</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Paylaşamadılar - Momo ile Mimi</t>
+          <t>Renkler ve İlk Çizimlerimiz - Momo ile Mimi</t>
         </is>
       </c>
       <c r="C1080" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786053418184</t>
+          <t>9786053417385</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çoban - Bebekler İçin Klasikler</t>
+          <t>Paylaşamadılar - Momo ile Mimi</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786053417354</t>
+          <t>9786053418184</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Paylaşabiliriz - Momo ile Mimi</t>
+          <t>Küçük Çoban - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786053417378</t>
+          <t>9786053417354</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuğa Yün Palto - Momo İle Mimi</t>
+          <t>Paylaşabiliriz - Momo ile Mimi</t>
         </is>
       </c>
       <c r="C1083" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786053418320</t>
+          <t>9786053417378</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Karga ile Tilki - Bebekler İçin Klasikler</t>
+          <t>Kuzucuğa Yün Palto - Momo İle Mimi</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786053418276</t>
+          <t>9786053418320</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu - Bebekler İçin Klasikler</t>
+          <t>Karga ile Tilki - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1085" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786053418108</t>
+          <t>9786053418276</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Böceği ile Karınca - Bebekler İçin Klasikler</t>
+          <t>Çirkin Ördek Yavrusu - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1086" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786053418139</t>
+          <t>9786053418108</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız - Bebekler İçin Klasikler</t>
+          <t>Ağustos Böceği ile Karınca - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1087" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786053418146</t>
+          <t>9786053418139</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Kurt ve Yedi Keçi Yavrusu - Bebekler İçin Klasikler</t>
+          <t>Kırmızı Başlıklı Kız - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1088" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786053418214</t>
+          <t>9786053418146</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Kurbağa - Bebekler İçin Klasikler</t>
+          <t>Kurt ve Yedi Keçi Yavrusu - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1089" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786053418153</t>
+          <t>9786053418214</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavuk - Bebekler İçin Klasikler</t>
+          <t>Prenses ve Kurbağa - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1090" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786053418092</t>
+          <t>9786053418153</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Çorbadaki Taş - Bebekler İçin Klasikler</t>
+          <t>Küçük Tavuk - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786053418177</t>
+          <t>9786053418092</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Kedinin Sırrı - Bebekler İçin Klasikler</t>
+          <t>Çorbadaki Taş - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786053412700</t>
+          <t>9786053418177</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Sen Yıldız Tozusun (Ciltli)</t>
+          <t>Kedinin Sırrı - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1093" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786053412694</t>
+          <t>9786053412700</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Doğadan Fikirler</t>
+          <t>Sen Yıldız Tozusun (Ciltli)</t>
         </is>
       </c>
       <c r="C1094" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786053418238</t>
+          <t>9786053412694</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Altın Saçlı Kız ve Üç Ayı - Bebekler İçin Klasikler</t>
+          <t>Doğadan Fikirler</t>
         </is>
       </c>
       <c r="C1095" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786053418245</t>
+          <t>9786053418238</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Tavşan ile Kaplumbağa - Bebekler İçin Klasikler</t>
+          <t>Altın Saçlı Kız ve Üç Ayı - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1096" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786053418122</t>
+          <t>9786053418245</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Hansel ve Gretel - Bebekler İçin Klasikler</t>
+          <t>Tavşan ile Kaplumbağa - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1097" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786053418207</t>
+          <t>9786053418122</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Pierre ve Kurt - Bebekler İçin Klasikler</t>
+          <t>Hansel ve Gretel - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1098" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786053417927</t>
+          <t>9786053418207</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Kabus Gören Yarasa</t>
+          <t>Pierre ve Kurt - Bebekler İçin Klasikler</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786053417897</t>
+          <t>9786053417927</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Şaşı Bakan Gergedan</t>
+          <t>Kabus Gören Yarasa</t>
         </is>
       </c>
       <c r="C1100" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786053417903</t>
+          <t>9786053417897</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Kızgın Panter</t>
+          <t>Şaşı Bakan Gergedan</t>
         </is>
       </c>
       <c r="C1101" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786053416739</t>
+          <t>9786053417903</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Bir Filim Olsaydı</t>
+          <t>Kızgın Panter</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786053415589</t>
+          <t>9786053416739</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci - Çocukluk Düşlerinden Büyük İcatlara</t>
+          <t>Bir Filim Olsaydı</t>
         </is>
       </c>
       <c r="C1103" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786053418740</t>
+          <t>9786053415589</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Yeliz İyi Olmayı Öğreniyor</t>
+          <t>Leonardo Da Vinci - Çocukluk Düşlerinden Büyük İcatlara</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786053418733</t>
+          <t>9786053418740</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Caniko Sevgiyi Öğreniyor</t>
+          <t>Haylaz Yeliz İyi Olmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C1105" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786053417699</t>
+          <t>9786053418733</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Sarayda Macera - Dedektif Hercule Carotte</t>
+          <t>Uzaylı Caniko Sevgiyi Öğreniyor</t>
         </is>
       </c>
       <c r="C1106" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786053417705</t>
+          <t>9786053417699</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Dinozora Ödül Maması</t>
+          <t>Sarayda Macera - Dedektif Hercule Carotte</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786053417125</t>
+          <t>9786053417705</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Konsantre Olabilen Kanguru - Öğrenen Yavrular</t>
+          <t>Dinozora Ödül Maması</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786053417002</t>
+          <t>9786053417125</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Panda Huzurlu ve Mutlu - Öğrenen Yavrular</t>
+          <t>Konsantre Olabilen Kanguru - Öğrenen Yavrular</t>
         </is>
       </c>
       <c r="C1109" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786053417101</t>
+          <t>9786053417002</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Sakin ve Rahat - Öğrenen Yavrular</t>
+          <t>Panda Huzurlu ve Mutlu - Öğrenen Yavrular</t>
         </is>
       </c>
       <c r="C1110" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786053416975</t>
+          <t>9786053417101</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Uyumayı Seven Kedicik - Öğrenen Yavrular</t>
+          <t>Tavşan Sakin ve Rahat - Öğrenen Yavrular</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786053416968</t>
+          <t>9786053416975</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık Kızgın Değil - Öğrenen Yavrular</t>
+          <t>Uyumayı Seven Kedicik - Öğrenen Yavrular</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786053416852</t>
+          <t>9786053416968</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Kendine Güvenen Fil - Öğrenen Yavrular</t>
+          <t>Ayıcık Kızgın Değil - Öğrenen Yavrular</t>
         </is>
       </c>
       <c r="C1113" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786053416876</t>
+          <t>9786053416852</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Uyku Arkadaşım Bubu - Güzel Uyu Sağlıklı Büyü</t>
+          <t>Kendine Güvenen Fil - Öğrenen Yavrular</t>
         </is>
       </c>
       <c r="C1114" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786053416753</t>
+          <t>9786053416876</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlarla Birlikte Daha Güzel</t>
+          <t>Uyku Arkadaşım Bubu - Güzel Uyu Sağlıklı Büyü</t>
         </is>
       </c>
       <c r="C1115" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786053416890</t>
+          <t>9786053416753</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Boris’in Sihirli Yatağı - Güzel Uyu Sağlıklı Büyü</t>
+          <t>Arkadaşlarla Birlikte Daha Güzel</t>
         </is>
       </c>
       <c r="C1116" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786053416906</t>
+          <t>9786053416890</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Uykuya Dalamayan Tavşan - Güzel Uyu Sağlıklı Büyü</t>
+          <t>Boris’in Sihirli Yatağı - Güzel Uyu Sağlıklı Büyü</t>
         </is>
       </c>
       <c r="C1117" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786053416883</t>
+          <t>9786053416906</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Uyku Arkadaşım Dudu Nerede? - Güzel Uyu Sağlıklı Büyü</t>
+          <t>Uykuya Dalamayan Tavşan - Güzel Uyu Sağlıklı Büyü</t>
         </is>
       </c>
       <c r="C1118" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786053416869</t>
+          <t>9786053416883</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Yavru Zebra Haydi Uykuya! - Güzel Uyu Sağlıklı Büyü</t>
+          <t>Uyku Arkadaşım Dudu Nerede? - Güzel Uyu Sağlıklı Büyü</t>
         </is>
       </c>
       <c r="C1119" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786053416944</t>
+          <t>9786053416869</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Kedicik Nerede Uyuyorsun? - Güzel Uyu Sağlıklı Büyü</t>
+          <t>Yavru Zebra Haydi Uykuya! - Güzel Uyu Sağlıklı Büyü</t>
         </is>
       </c>
       <c r="C1120" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786053417224</t>
+          <t>9786053416944</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Okul Çantamı Kumla Doldurdum</t>
+          <t>Kedicik Nerede Uyuyorsun? - Güzel Uyu Sağlıklı Büyü</t>
         </is>
       </c>
       <c r="C1121" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786053417187</t>
+          <t>9786053417224</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kuklanın Dileği</t>
+          <t>Okul Çantamı Kumla Doldurdum</t>
         </is>
       </c>
       <c r="C1122" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786053416838</t>
+          <t>9786053417187</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Cesur Savaşçı</t>
+          <t>Küçük Kuklanın Dileği</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786053416821</t>
+          <t>9786053416838</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Cesur Savaşçı ve Sevimli Ejderha</t>
+          <t>Korkusuz Cesur Savaşçı</t>
         </is>
       </c>
       <c r="C1124" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786053416845</t>
+          <t>9786053416821</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Korkmayan Cesur Savaşçı</t>
+          <t>Cesur Savaşçı ve Sevimli Ejderha</t>
         </is>
       </c>
       <c r="C1125" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786053417163</t>
+          <t>9786053416845</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız’dan Mektup</t>
+          <t>Yağmurdan Korkmayan Cesur Savaşçı</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786053417149</t>
+          <t>9786053417163</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Dost mu Düşman mı?</t>
+          <t>Kırmızı Başlıklı Kız’dan Mektup</t>
         </is>
       </c>
       <c r="C1127" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786053416760</t>
+          <t>9786053417149</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaçak Yolcu</t>
+          <t>Dost mu Düşman mı?</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786053418887</t>
+          <t>9786053416760</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi İçin Yaratıcı Etkinlikler</t>
+          <t>Küçük Kaçak Yolcu</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786053416289</t>
+          <t>9786053418887</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Terbiyecisi</t>
+          <t>Okul Öncesi İçin Yaratıcı Etkinlikler</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786053416333</t>
+          <t>9786053416289</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Kahverengi Yavru Tilki</t>
+          <t>Rüzgar Terbiyecisi</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786053415787</t>
+          <t>9786053416333</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Uyumak İstemeyen Klara</t>
+          <t>Kahverengi Yavru Tilki</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786053415831</t>
+          <t>9786053415787</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Kendi Başına Giyinmek İsteyen Klara</t>
+          <t>Uyumak İstemeyen Klara</t>
         </is>
       </c>
       <c r="C1133" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786053415794</t>
+          <t>9786053415831</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Yemek Yemek İstemeyen Anna</t>
+          <t>Kendi Başına Giyinmek İsteyen Klara</t>
         </is>
       </c>
       <c r="C1134" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786053416319</t>
+          <t>9786053415794</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Bob Endişe Etmemeyi Öğreniyor</t>
+          <t>Yemek Yemek İstemeyen Anna</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
+          <t>9786053416319</t>
+        </is>
+      </c>
+      <c r="B1136" s="1" t="inlineStr">
+        <is>
+          <t>Bob Endişe Etmemeyi Öğreniyor</t>
+        </is>
+      </c>
+      <c r="C1136" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:3">
+      <c r="A1137" s="1" t="inlineStr">
+        <is>
           <t>9786053416326</t>
         </is>
       </c>
-      <c r="B1136" s="1" t="inlineStr">
+      <c r="B1137" s="1" t="inlineStr">
         <is>
           <t>Gece Korsanları</t>
         </is>
       </c>
-      <c r="C1136" s="1">
+      <c r="C1137" s="1">
         <v>120</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>