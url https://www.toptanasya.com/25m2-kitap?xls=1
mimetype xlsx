--- v0 (2025-10-29)
+++ v1 (2026-03-29)
@@ -85,145 +85,655 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057407306</t>
+          <t>9786256269743</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yolun Sonunda</t>
+          <t>Gün Batımı Yasakları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>110</v>
+        <v>345</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057479822</t>
+          <t>9786256269712</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İmza: Her Şeyde İyi Olan Kız</t>
+          <t>Evine Hoş Geldin Kunduz!</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>185</v>
+        <v>260</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057479839</t>
+          <t>9786256269705</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Nereden Çıktı Bu Ferret?</t>
+          <t>Cikcik Nerede?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>115</v>
+        <v>245</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057479815</t>
+          <t>9786256269699</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Plan</t>
+          <t>Değişim - Büyük Etkiler Nasıl Yaratılır?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057479846</t>
+          <t>9786057157614</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kaktüs Selamlaşması</t>
+          <t>Hana</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>115</v>
+        <v>275</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057037107</t>
+          <t>9786057157683</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çevremde Kimler Varmış!</t>
+          <t>Pamuş</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
+          <t>9786057157676</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Fred'in Kıpır Kıpır Kıpırtısı</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786057157638</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Ufak Tefek Bir Aşk Hikayesi</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786057262813</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Bir Çember Çizdim Binbir Şekil</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786057262875</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Şimdiyi Kaybeden Çocuk</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786057407320</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Bugün Biraz Soğan Kokuyor</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786057407382</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Kirpi Kipi ve Parıltılı Arkadaşları</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786256269019</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Buzsakal</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786259835464</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Gaia'nın Sesi</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786259835471</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Kalemler Renkli Hayaller 26 Yazar - 26 Öykü</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786259835488</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Kimseye Borcun Yok</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786259835495</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Denizlerin Eeenn Hızlı Yüzen Köpeği Kaju - Bir Arkadaşlık Hikayesi</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786259891804</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Enerjine Sahip Çık</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786259891859</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>İyi Annelik Okulu</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786259891866</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Juniper Berry</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786259891873</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gün Yaz Çıkageldi</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786259891880</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Nerede Bu Anılar?</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786259891897</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Din, Siyaset ve Dante</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786256269026</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Şu Sessiz Orman</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786256269361</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Son Gece Öyküleri</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786256269378</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Seni Tanımak Harika Bir Şey Doğa!</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786256269347</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Puhucuk ve En Kalabalık Seyirci</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786256269408</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Puhucuk ve Korkunç Güzel Rüyalar</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786256269323</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>12 Küçük Adım</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786256269354</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Tık Tık Bu Ses de Ne? Pencereli - Müzikli Kitap</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786256269446</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Masal Senfonisi - Müzikli Kitaplar</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786256269453</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Dağın Kızı</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786256269439</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Kalemlerin Duygu Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786057407399</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Doğa Defteri</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786057407306</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Yolun Sonunda</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786057479822</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>İmza: Her Şeyde İyi Olan Kız</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786057479839</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Nereden Çıktı Bu Ferret?</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786057479815</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Mükemmel Plan</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786057479846</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Kaktüs Selamlaşması</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786057037107</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Çevremde Kimler Varmış!</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
           <t>9786057037190</t>
         </is>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Şans Kurabiyem</t>
         </is>
       </c>
-      <c r="C8" s="1">
-        <v>197.5</v>
+      <c r="C42" s="1">
+        <v>227.5</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>