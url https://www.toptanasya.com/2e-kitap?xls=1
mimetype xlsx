--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -85,865 +85,895 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259583761</t>
+          <t>9786259378664</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Işığını Bulan Yıldız</t>
+          <t>Ecenin Maceraları - Yağmur Suyu Hasadı</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259583754</t>
+          <t>9786259583778</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Sorun Var</t>
+          <t>Puka Arkadaş Ediniyor</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259583747</t>
+          <t>9786259583761</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mesafe</t>
+          <t>Işığını Bulan Yıldız</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259583730</t>
+          <t>9786259583754</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Orko - Bir Holistik Dedektiflik Macerası</t>
+          <t>Bir Sorun Var</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259583709</t>
+          <t>9786259583747</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yazarın El Kitabı</t>
+          <t>Mesafe</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259583716</t>
+          <t>9786259583730</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aklını Kullan Öğren Oyna</t>
+          <t>Orko - Bir Holistik Dedektiflik Macerası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259583723</t>
+          <t>9786259583709</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Zorunda Mıyım?</t>
+          <t>Küçük Yazarın El Kitabı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259806396</t>
+          <t>9786259583716</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Kapı</t>
+          <t>Aklını Kullan Öğren Oyna</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057355041</t>
+          <t>9786259583723</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kedi Tombi - Yardımlaşma ve Dayanışma</t>
+          <t>Zorunda Mıyım?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057464392</t>
+          <t>9786259806396</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Masal - 15 Yazardan Minik Kalplere Armağan</t>
+          <t>Tılsımlı Kapı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057464323</t>
+          <t>9786057355041</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Denizler Niçin Tuzludur?</t>
+          <t>Kedi Tombi - Yardımlaşma ve Dayanışma</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057464309</t>
+          <t>9786057464392</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Bir Dünya Masal - 15 Yazardan Minik Kalplere Armağan</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>75</v>
+        <v>130</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259806358</t>
+          <t>9786057464323</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Balım’ın Diş Dileği</t>
+          <t>Denizler Niçin Tuzludur?</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259806372</t>
+          <t>9786057464309</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sincap Babi İle Maymun Maki Neler Yapıyor ?</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259806334</t>
+          <t>9786259806358</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Panda Bambu - Bambu’nun İçindeki Sesler</t>
+          <t>Balım’ın Diş Dileği</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259806310</t>
+          <t>9786259806372</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Puka Hayal Kuruyor Yaratıcı Düşünme Becerilerini Geliştirme</t>
+          <t>Sincap Babi İle Maymun Maki Neler Yapıyor ?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259842660</t>
+          <t>9786259806334</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sincap Babi'ye Neler Oluyor?</t>
+          <t>Kızıl Panda Bambu - Bambu’nun İçindeki Sesler</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259414867</t>
+          <t>9786259806310</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Timsah ve Karınca</t>
+          <t>Puka Hayal Kuruyor Yaratıcı Düşünme Becerilerini Geliştirme</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259414850</t>
+          <t>9786259842660</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Miyavlamayı Unutan Kedi</t>
+          <t>Sincap Babi'ye Neler Oluyor?</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259842646</t>
+          <t>9786259414867</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Alle Kekse Gehören Mir</t>
+          <t>Sevimli Timsah ve Karınca</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259842653</t>
+          <t>9786259414850</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>All the Cookies Are Mine</t>
+          <t>Miyavlamayı Unutan Kedi</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259414843</t>
+          <t>9786259842646</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Fare Çocuk</t>
+          <t>Alle Kekse Gehören Mir</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259414836</t>
+          <t>9786259842653</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon Cimbomum</t>
+          <t>All the Cookies Are Mine</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259414829</t>
+          <t>9786259414843</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon Kara Kartalım</t>
+          <t>Fare Çocuk</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259414812</t>
+          <t>9786259414836</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon Sarı Kanaryam</t>
+          <t>Şampiyon Cimbomum</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259414805</t>
+          <t>9786259414829</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çırptım Çırptım Karıştırdım</t>
+          <t>Şampiyon Kara Kartalım</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259988597</t>
+          <t>9786259414812</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çillo’nun Yumurtası</t>
+          <t>Şampiyon Sarı Kanaryam</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9787597873729</t>
+          <t>9786259414805</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Altın Kitap - 3 Kitap Set</t>
+          <t>Çırptım Çırptım Karıştırdım</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259988511</t>
+          <t>9786259988597</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kayısı Ağaçlarının Altında</t>
+          <t>Çillo’nun Yumurtası</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259988528</t>
+          <t>9787597873729</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ya Özlersem?</t>
+          <t>Altın Kitap - 3 Kitap Set</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259988504</t>
+          <t>9786259988511</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Puka Sakinleşiyor- Bir Duygu Düzenleme Hikayesi</t>
+          <t>Kayısı Ağaçlarının Altında</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057324269</t>
+          <t>9786259988528</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Altın Kitap - Kavuşma</t>
+          <t>Ya Özlersem?</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057324252</t>
+          <t>9786259988504</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Altın Kitap - Kaçış</t>
+          <t>Puka Sakinleşiyor- Bir Duygu Düzenleme Hikayesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057324290</t>
+          <t>9786057324269</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Şarkısı</t>
+          <t>Altın Kitap - Kavuşma</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057324276</t>
+          <t>9786057324252</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bir Tüy Hikayesi</t>
+          <t>Altın Kitap - Kaçış</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057324283</t>
+          <t>9786057324290</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ay Nereye Saklandı?</t>
+          <t>Karanlığın Şarkısı</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057355089</t>
+          <t>9786057324276</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kedi Tombi-Özgüven</t>
+          <t>Bir Tüy Hikayesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057355072</t>
+          <t>9786057324283</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kedi Tombi-Dürüstlük</t>
+          <t>Ay Nereye Saklandı?</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057355065</t>
+          <t>9786057355089</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kedi Tombi-Hoşgörü</t>
+          <t>Kedi Tombi-Özgüven</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057355058</t>
+          <t>9786057355072</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kedi Tombi-Dostluk Ve Sevgi</t>
+          <t>Kedi Tombi-Dürüstlük</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057324245</t>
+          <t>9786057355065</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Altın Kitap-yolculuk</t>
+          <t>Kedi Tombi-Hoşgörü</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057324238</t>
+          <t>9786057355058</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Büyük Değişim</t>
+          <t>Kedi Tombi-Dostluk Ve Sevgi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057355010</t>
+          <t>9786057324245</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bütün Kurabiyeler Benim</t>
+          <t>Altın Kitap-yolculuk</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057324214</t>
+          <t>9786057324238</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bonbon'un Kırmızı Tasması</t>
+          <t>Büyük Değişim</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057355096</t>
+          <t>9786057355010</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Saklı Şehrin Masalları</t>
+          <t>Bütün Kurabiyeler Benim</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057355034</t>
+          <t>9786057324214</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kedi Tombi Değerler Eğitimi Seti (5 Kitap)</t>
+          <t>Bonbon'un Kırmızı Tasması</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057355027</t>
+          <t>9786057355096</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ogi ve Konuşan Kitap</t>
+          <t>Saklı Şehrin Masalları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057355003</t>
+          <t>9786057355034</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Yeni Hayat</t>
+          <t>Kedi Tombi Değerler Eğitimi Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057464385</t>
+          <t>9786057355027</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kış Bahçemize Hoş Geldiniz</t>
+          <t>Ogi ve Konuşan Kitap</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057464378</t>
+          <t>9786057355003</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Dağın Gizemi</t>
+          <t>Hoş Geldin Yeni Hayat</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057464361</t>
+          <t>9786057464385</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ablişko ile Ablalığa Giriş</t>
+          <t>Kış Bahçemize Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057464354</t>
+          <t>9786057464378</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sokakta Oyun Var</t>
+          <t>Kutsal Dağın Gizemi</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057464330</t>
+          <t>9786057464361</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Şemsiyesi</t>
+          <t>Ablişko ile Ablalığa Giriş</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057464347</t>
+          <t>9786057464354</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Mümü’nün Gizli Yeteneği</t>
+          <t>Sokakta Oyun Var</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
+          <t>9786057464330</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgarın Şemsiyesi</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786057464347</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Salyangoz Mümü’nün Gizli Yeteneği</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
           <t>9786057464316</t>
         </is>
       </c>
-      <c r="B56" s="1" t="inlineStr">
+      <c r="B58" s="1" t="inlineStr">
         <is>
           <t>1984</t>
         </is>
       </c>
-      <c r="C56" s="1">
+      <c r="C58" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>