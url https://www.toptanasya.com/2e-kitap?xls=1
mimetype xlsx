--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,895 +85,940 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259378664</t>
+          <t>9786259378671</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ecenin Maceraları - Yağmur Suyu Hasadı</t>
+          <t>Bulutlara Dokunmak</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259583778</t>
+          <t>9786259583785</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Puka Arkadaş Ediniyor</t>
+          <t>Gölün Kuyruklu Sırrı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259583761</t>
+          <t>9786259378688</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Işığını Bulan Yıldız</t>
+          <t>Kronofaj - 12'nin Gizemi</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259583754</t>
+          <t>9786259378664</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bir Sorun Var</t>
+          <t>Ecenin Maceraları - Yağmur Suyu Hasadı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259583747</t>
+          <t>9786259583778</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mesafe</t>
+          <t>Puka Arkadaş Ediniyor</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259583730</t>
+          <t>9786259583761</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Orko - Bir Holistik Dedektiflik Macerası</t>
+          <t>Işığını Bulan Yıldız</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259583709</t>
+          <t>9786259583754</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yazarın El Kitabı</t>
+          <t>Bir Sorun Var</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259583716</t>
+          <t>9786259583747</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Aklını Kullan Öğren Oyna</t>
+          <t>Mesafe</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259583723</t>
+          <t>9786259583730</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Zorunda Mıyım?</t>
+          <t>Orko - Bir Holistik Dedektiflik Macerası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259806396</t>
+          <t>9786259583709</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Kapı</t>
+          <t>Küçük Yazarın El Kitabı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057355041</t>
+          <t>9786259583716</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kedi Tombi - Yardımlaşma ve Dayanışma</t>
+          <t>Aklını Kullan Öğren Oyna</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057464392</t>
+          <t>9786259583723</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Masal - 15 Yazardan Minik Kalplere Armağan</t>
+          <t>Zorunda Mıyım?</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057464323</t>
+          <t>9786259806396</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Denizler Niçin Tuzludur?</t>
+          <t>Tılsımlı Kapı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057464309</t>
+          <t>9786057355041</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Kedi Tombi - Yardımlaşma ve Dayanışma</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259806358</t>
+          <t>9786057464392</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Balım’ın Diş Dileği</t>
+          <t>Bir Dünya Masal - 15 Yazardan Minik Kalplere Armağan</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259806372</t>
+          <t>9786057464323</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sincap Babi İle Maymun Maki Neler Yapıyor ?</t>
+          <t>Denizler Niçin Tuzludur?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259806334</t>
+          <t>9786057464309</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Panda Bambu - Bambu’nun İçindeki Sesler</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259806310</t>
+          <t>9786259806358</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Puka Hayal Kuruyor Yaratıcı Düşünme Becerilerini Geliştirme</t>
+          <t>Balım’ın Diş Dileği</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259842660</t>
+          <t>9786259806372</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sincap Babi'ye Neler Oluyor?</t>
+          <t>Sincap Babi İle Maymun Maki Neler Yapıyor ?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259414867</t>
+          <t>9786259806334</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Timsah ve Karınca</t>
+          <t>Kızıl Panda Bambu - Bambu’nun İçindeki Sesler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259414850</t>
+          <t>9786259806310</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Miyavlamayı Unutan Kedi</t>
+          <t>Puka Hayal Kuruyor Yaratıcı Düşünme Becerilerini Geliştirme</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259842646</t>
+          <t>9786259842660</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Alle Kekse Gehören Mir</t>
+          <t>Sincap Babi'ye Neler Oluyor?</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259842653</t>
+          <t>9786259414867</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>All the Cookies Are Mine</t>
+          <t>Sevimli Timsah ve Karınca</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259414843</t>
+          <t>9786259414850</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Fare Çocuk</t>
+          <t>Miyavlamayı Unutan Kedi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259414836</t>
+          <t>9786259842646</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon Cimbomum</t>
+          <t>Alle Kekse Gehören Mir</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259414829</t>
+          <t>9786259842653</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon Kara Kartalım</t>
+          <t>All the Cookies Are Mine</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259414812</t>
+          <t>9786259414843</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon Sarı Kanaryam</t>
+          <t>Fare Çocuk</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>75</v>
+        <v>130</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259414805</t>
+          <t>9786259414836</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çırptım Çırptım Karıştırdım</t>
+          <t>Şampiyon Cimbomum</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259988597</t>
+          <t>9786259414829</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çillo’nun Yumurtası</t>
+          <t>Şampiyon Kara Kartalım</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9787597873729</t>
+          <t>9786259414812</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Altın Kitap - 3 Kitap Set</t>
+          <t>Şampiyon Sarı Kanaryam</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259988511</t>
+          <t>9786259414805</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kayısı Ağaçlarının Altında</t>
+          <t>Çırptım Çırptım Karıştırdım</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259988528</t>
+          <t>9786259988597</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ya Özlersem?</t>
+          <t>Çillo’nun Yumurtası</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259988504</t>
+          <t>9787597873729</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Puka Sakinleşiyor- Bir Duygu Düzenleme Hikayesi</t>
+          <t>Altın Kitap - 3 Kitap Set</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>175</v>
+        <v>390</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057324269</t>
+          <t>9786259988511</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Altın Kitap - Kavuşma</t>
+          <t>Kayısı Ağaçlarının Altında</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057324252</t>
+          <t>9786259988528</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Altın Kitap - Kaçış</t>
+          <t>Ya Özlersem?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057324290</t>
+          <t>9786259988504</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Şarkısı</t>
+          <t>Puka Sakinleşiyor- Bir Duygu Düzenleme Hikayesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057324276</t>
+          <t>9786057324269</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Tüy Hikayesi</t>
+          <t>Altın Kitap - Kavuşma</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057324283</t>
+          <t>9786057324252</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ay Nereye Saklandı?</t>
+          <t>Altın Kitap - Kaçış</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057355089</t>
+          <t>9786057324290</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kedi Tombi-Özgüven</t>
+          <t>Karanlığın Şarkısı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057355072</t>
+          <t>9786057324276</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kedi Tombi-Dürüstlük</t>
+          <t>Bir Tüy Hikayesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057355065</t>
+          <t>9786057324283</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kedi Tombi-Hoşgörü</t>
+          <t>Ay Nereye Saklandı?</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057355058</t>
+          <t>9786057355089</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kedi Tombi-Dostluk Ve Sevgi</t>
+          <t>Kedi Tombi-Özgüven</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057324245</t>
+          <t>9786057355072</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Altın Kitap-yolculuk</t>
+          <t>Kedi Tombi-Dürüstlük</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057324238</t>
+          <t>9786057355065</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Büyük Değişim</t>
+          <t>Kedi Tombi-Hoşgörü</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057355010</t>
+          <t>9786057355058</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bütün Kurabiyeler Benim</t>
+          <t>Kedi Tombi-Dostluk Ve Sevgi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057324214</t>
+          <t>9786057324245</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bonbon'un Kırmızı Tasması</t>
+          <t>Altın Kitap-yolculuk</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057355096</t>
+          <t>9786057324238</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Saklı Şehrin Masalları</t>
+          <t>Büyük Değişim</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057355034</t>
+          <t>9786057355010</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kedi Tombi Değerler Eğitimi Seti (5 Kitap)</t>
+          <t>Bütün Kurabiyeler Benim</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057355027</t>
+          <t>9786057324214</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ogi ve Konuşan Kitap</t>
+          <t>Bonbon'un Kırmızı Tasması</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057355003</t>
+          <t>9786057355096</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Yeni Hayat</t>
+          <t>Saklı Şehrin Masalları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>75</v>
+        <v>130</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057464385</t>
+          <t>9786057355034</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kış Bahçemize Hoş Geldiniz</t>
+          <t>Kedi Tombi Değerler Eğitimi Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057464378</t>
+          <t>9786057355027</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Dağın Gizemi</t>
+          <t>Ogi ve Konuşan Kitap</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057464361</t>
+          <t>9786057355003</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ablişko ile Ablalığa Giriş</t>
+          <t>Hoş Geldin Yeni Hayat</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057464354</t>
+          <t>9786057464385</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sokakta Oyun Var</t>
+          <t>Kış Bahçemize Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057464330</t>
+          <t>9786057464378</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Şemsiyesi</t>
+          <t>Kutsal Dağın Gizemi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057464347</t>
+          <t>9786057464361</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Mümü’nün Gizli Yeteneği</t>
+          <t>Ablişko ile Ablalığa Giriş</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
+          <t>9786057464354</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Sokakta Oyun Var</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786057464330</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgarın Şemsiyesi</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786057464347</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Salyangoz Mümü’nün Gizli Yeteneği</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
           <t>9786057464316</t>
         </is>
       </c>
-      <c r="B58" s="1" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
         <is>
           <t>1984</t>
         </is>
       </c>
-      <c r="C58" s="1">
-        <v>100</v>
+      <c r="C61" s="1">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>