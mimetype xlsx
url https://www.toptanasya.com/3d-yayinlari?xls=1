--- v0 (2025-10-29)
+++ v1 (2026-02-14)
@@ -85,820 +85,835 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259521213</t>
+          <t>9786051949512</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>TYT-AYT Paragraf Soru Bankası</t>
+          <t>Paragraf Konu Özetli Soru Bankası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>462</v>
+        <v>514</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789759519902</t>
+          <t>9786259688480</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>AYT Sayısal 3 lü Simülasyon Deneme</t>
+          <t>TYT-AYT Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>166</v>
+        <v>554</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051949857</t>
+          <t>9789759519902</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>AYT Edebiyat Sosyal Bilimler 1 Simülasyon Deneme</t>
+          <t>AYT Sayısal 3 lü Simülasyon Deneme</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>216</v>
+        <v>198</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051949505</t>
+          <t>9786051949857</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>TYT Dil Bilgisi Tamamı Video Çözümlü Soru Bankası</t>
+          <t>AYT Edebiyat Sosyal Bilimler 1 Simülasyon Deneme</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>384</v>
+        <v>298</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051949567</t>
+          <t>9786051949505</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>AYT Kimya Soru Bankası</t>
+          <t>TYT Dil Bilgisi Tamamı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>422</v>
+        <v>460</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259841762</t>
+          <t>9786051949567</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>AYT Biyoloji Video Destekli Defter</t>
+          <t>AYT Kimya Soru Bankası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>492</v>
+        <v>498</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259841748</t>
+          <t>9786259841762</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>3D TYT Tarih Video Destekli Defter</t>
+          <t>AYT Biyoloji Video Destekli Defter</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>492</v>
+        <v>590</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259521299</t>
+          <t>9786259841748</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>AYT Kimya Video Destekli Defter</t>
+          <t>3D TYT Tarih Video Destekli Defter</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>492</v>
+        <v>590</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259521251</t>
+          <t>9786259521299</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tyt - Ayt  Geometri (Video Destekli) Defter</t>
+          <t>AYT Kimya Video Destekli Defter</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>418</v>
+        <v>590</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259841755</t>
+          <t>9786259521251</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>AYT Fizik Video Destekli Defter</t>
+          <t>Tyt - Ayt  Geometri (Video Destekli) Defter</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>562</v>
+        <v>498</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057201904</t>
+          <t>9786259841755</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Matematik Video Destekli Defter</t>
+          <t>AYT Fizik Video Destekli Defter</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>492</v>
+        <v>668</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051949840</t>
+          <t>9786057201904</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları  AYT 3D Simülasyon Matematik Denemeleri</t>
+          <t>3D Yayınları TYT Matematik Video Destekli Defter</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>248</v>
+        <v>590</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259400150</t>
+          <t>9786051949840</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>2024 3D TYT SIM.PARAGRAF DENEMELERI</t>
+          <t>3D Yayınları  AYT 3D Simülasyon Matematik Denemeleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>274</v>
+        <v>298</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051944364</t>
+          <t>9786259400150</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları AYT 5`li Eşit Ağırlık Deneme 3D Yayınları AYT 5`li Eşit Ağırlık Deneme</t>
+          <t>2024 3D TYT SIM.PARAGRAF DENEMELERI</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>122</v>
+        <v>328</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057201935</t>
+          <t>9786051944364</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT 4'lü Simülasyon Genel Deneme</t>
+          <t>3D Yayınları AYT 5`li Eşit Ağırlık Deneme 3D Yayınları AYT 5`li Eşit Ağırlık Deneme</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>256</v>
+        <v>122</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051949871</t>
+          <t>9786057201935</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları AYT Fizik Simülasyon Denemeleri</t>
+          <t>3D Yayınları TYT 4'lü Simülasyon Genel Deneme</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>166</v>
+        <v>298</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051949864</t>
+          <t>9786051949871</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları AYT 3D Simülasyon Fen Bilimleri Denemeleri</t>
+          <t>3D Yayınları AYT Fizik Simülasyon Denemeleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>248</v>
+        <v>198</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051949369</t>
+          <t>9786051949864</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Kimya Soru Bankası</t>
+          <t>3D Yayınları AYT 3D Simülasyon Fen Bilimleri Denemeleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>294</v>
+        <v>298</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259906096</t>
+          <t>9786051949369</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları AYT Matematik Video Destekli Defter</t>
+          <t>3D Yayınları TYT Kimya Soru Bankası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>552</v>
+        <v>294</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259906089</t>
+          <t>9786259906096</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Kimya Video Destekli Defter</t>
+          <t>3D Yayınları AYT Matematik Video Destekli Defter</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>428</v>
+        <v>662</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259906072</t>
+          <t>9786259906089</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Türkçe Video Destekli Defter</t>
+          <t>3D Yayınları TYT Kimya Video Destekli Defter</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>304</v>
+        <v>514</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789759519940</t>
+          <t>9786259906072</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Coğrafya Video Destekli Defter</t>
+          <t>3D Yayınları TYT Türkçe Video Destekli Defter</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>304</v>
+        <v>364</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789759519995</t>
+          <t>9789759519940</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Fizik Video Destekli Defter</t>
+          <t>3D Yayınları TYT Coğrafya Video Destekli Defter</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>502</v>
+        <v>364</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259906058</t>
+          <t>9789759519995</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Biyoloji Video Destekli Defter</t>
+          <t>3D Yayınları TYT Fizik Video Destekli Defter</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>304</v>
+        <v>598</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789759519919</t>
+          <t>9786259906058</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları AYT Eşit Ağırlık 3 lü Simülasyon Genel Deneme</t>
+          <t>3D Yayınları TYT Biyoloji Video Destekli Defter</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>166</v>
+        <v>364</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051949895</t>
+          <t>9789759519919</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları  AYT 3D Biyoloji Simülasyon Denemeleri</t>
+          <t>3D Yayınları AYT Eşit Ağırlık 3 lü Simülasyon Genel Deneme</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>166</v>
+        <v>198</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051949819</t>
+          <t>9786051949895</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Fizik Simülasyon Denemeleri Detaylı Video Çözümlü</t>
+          <t>3D Yayınları  AYT 3D Biyoloji Simülasyon Denemeleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>166</v>
+        <v>198</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051949802</t>
+          <t>9786051949819</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları 2023 TYT Dil Bilgisi Simülasyon Denemeleri Detaylı Video Çözümlü</t>
+          <t>3D Yayınları TYT Fizik Simülasyon Denemeleri Detaylı Video Çözümlü</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>212</v>
+        <v>198</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051949291</t>
+          <t>9786051949802</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Matematik Soru Bankası</t>
+          <t>3D Yayınları 2023 TYT Dil Bilgisi Simülasyon Denemeleri Detaylı Video Çözümlü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>484</v>
+        <v>254</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051949888</t>
+          <t>9786051949291</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları AYT Kimya Simülasyon Denemeleri</t>
+          <t>3D Yayınları TYT Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>166</v>
+        <v>580</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057201966</t>
+          <t>9786051949888</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları AYT Sistemler Soru Bankası</t>
+          <t>3D Yayınları AYT Kimya Simülasyon Denemeleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>294</v>
+        <v>198</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051949833</t>
+          <t>9786057201966</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Biyoloji Simülasyon Denemeleri</t>
+          <t>3D Yayınları AYT Sistemler Soru Bankası</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>166</v>
+        <v>294</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051949826</t>
+          <t>9786051949833</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınların TYT Kimya Simülasyon Denemeleri</t>
+          <t>3D Yayınları TYT Biyoloji Simülasyon Denemeleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>166</v>
+        <v>198</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051949765</t>
+          <t>9786051949826</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Türkçe Simülasyon Denemeleri</t>
+          <t>3D Yayınların TYT Kimya Simülasyon Denemeleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>248</v>
+        <v>198</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051949437</t>
+          <t>9786051949765</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Coğrafya Soru Bankası</t>
+          <t>3D Yayınları TYT Türkçe Simülasyon Denemeleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>384</v>
+        <v>298</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259841793</t>
+          <t>9786051949437</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları AYT Biyoloji Soru Bankası</t>
+          <t>3D Yayınları TYT Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>402</v>
+        <v>460</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051949413</t>
+          <t>9786259841793</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Felsefe ve Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
+          <t>3D Yayınları AYT Biyoloji Soru Bankası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>328</v>
+        <v>482</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051949345</t>
+          <t>9786051949413</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Tarih Soru Bankası</t>
+          <t>3D Yayınları TYT Felsefe ve Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>418</v>
+        <v>394</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259877334</t>
+          <t>9786051949345</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları AYT Coğrafya Soru Bankası</t>
+          <t>3D Yayınları TYT Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>368</v>
+        <v>498</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051949772</t>
+          <t>9786259877334</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Sosyal Bilimler Simülasyon Denemeleri</t>
+          <t>3D Yayınları AYT Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>196</v>
+        <v>442</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051949536</t>
+          <t>9786051949772</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları AYT Edebiyat Soru Bankası</t>
+          <t>3D Yayınları TYT Sosyal Bilimler Simülasyon Denemeleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>428</v>
+        <v>236</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259906065</t>
+          <t>9786051949536</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Kimya Soru Bankası</t>
+          <t>3D Yayınları AYT Edebiyat Soru Bankası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>422</v>
+        <v>514</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051949499</t>
+          <t>9786259906065</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları AYT Geometri Soru Bankası</t>
+          <t>3D Yayınları TYT Kimya Soru Bankası</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>422</v>
+        <v>498</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051949598</t>
+          <t>9786051949499</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları AYT Tarih Soru Bankası</t>
+          <t>3D Yayınları AYT Geometri Soru Bankası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>418</v>
+        <v>498</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259841786</t>
+          <t>9786051949598</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Biyoloji Soru Bankası</t>
+          <t>3D Yayınları AYT Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>414</v>
+        <v>498</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051949383</t>
+          <t>9786259841786</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Geometri Soru Bankası</t>
+          <t>3D Yayınları TYT Biyoloji Soru Bankası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>428</v>
+        <v>496</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051949543</t>
+          <t>9786051949383</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları AYT Fizik Soru Bankası</t>
+          <t>3D Yayınları TYT Geometri Soru Bankası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>442</v>
+        <v>514</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051949406</t>
+          <t>9786051949543</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Fizik Soru Bankası</t>
+          <t>3D Yayınları AYT Fizik Soru Bankası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>428</v>
+        <v>530</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051949314</t>
+          <t>9786051949406</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Türkçe Soru Bankası</t>
+          <t>3D Yayınları TYT Fizik Soru Bankası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>484</v>
+        <v>514</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051949475</t>
+          <t>9786051949314</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları AYT Matematik Soru Bankası</t>
+          <t>3D Yayınları TYT Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>428</v>
+        <v>580</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051949789</t>
+          <t>9786051949475</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>3D Yayınları TYT Fen bilimleri Simülasyon Denemeleri</t>
+          <t>3D Yayınları AYT Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>196</v>
+        <v>514</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
+          <t>9786051949789</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>3D Yayınları TYT Fen bilimleri Simülasyon Denemeleri</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
           <t>9786051949758</t>
         </is>
       </c>
-      <c r="B53" s="1" t="inlineStr">
+      <c r="B54" s="1" t="inlineStr">
         <is>
           <t>3D Yayınları TYT Matematik Simülasyon Denemeleri</t>
         </is>
       </c>
-      <c r="C53" s="1">
-        <v>248</v>
+      <c r="C54" s="1">
+        <v>298</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>