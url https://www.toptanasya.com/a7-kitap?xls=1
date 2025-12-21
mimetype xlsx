--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,3940 +85,4210 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052191514</t>
+          <t>9786255727084</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Eski Sevgililer Oteli</t>
+          <t>Çalakalem Aşk</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256166998</t>
+          <t>9786255727015</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Annemin Sessizliği</t>
+          <t>Duygusal Teknoloji - Sevginin Frekansında Çalışan Bir Bilinç Sistemi</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256166912</t>
+          <t>9786255727046</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sait Faik - Seçme Öyküler</t>
+          <t>Birkaç Şiir</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256166936</t>
+          <t>9786255727060</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali - Seçme Öyküler</t>
+          <t>Ay'ın Sırrı</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256166950</t>
+          <t>9786255727039</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Oereog</t>
+          <t>Astro Shine Astroloji ve Enerji Rehberi 2026</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>325</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256166899</t>
+          <t>9786256765610</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Memduh Şevket Esendal - Seçme Öyküler</t>
+          <t>Kayıt Dışı Hayatlar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256166752</t>
+          <t>9786052191637</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Telaş</t>
+          <t>Bakış Boşluğu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256166875</t>
+          <t>9786052191910</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ne Mutlu ki Aklım Yok</t>
+          <t>Aşikar Mahremiyet</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256166974</t>
+          <t>9786052191651</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Her Bilinç Bir Kainat</t>
+          <t>Salome</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256166776</t>
+          <t>9786052191484</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Normalleşmeler</t>
+          <t>Sinema Güzeli</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256166790</t>
+          <t>9786057667083</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Turnikeden Sonra</t>
+          <t>Kafes</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256166851</t>
+          <t>9786056823213</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Düğmeler Konuştuğunda</t>
+          <t>Bayan Değil Kadın</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256166813</t>
+          <t>9786057667915</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Biçimler Kitabı</t>
+          <t>Fesleğen Kokulu Rüyalar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256166837</t>
+          <t>9786057667489</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Gulyabani</t>
+          <t>Kardeş Gibiyiz</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256166417</t>
+          <t>9786052191941</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bilmediğin Bir Hayattan Kısa</t>
+          <t>Benim Adım Boncuk</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256166714</t>
+          <t>9786057667151</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Letafet</t>
+          <t>Nişancı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256166738</t>
+          <t>9786052191422</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kokular Ruhun Nefesidir</t>
+          <t>Sarı Zarf</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256166677</t>
+          <t>9786052191095</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Lotusa Ağıtlar</t>
+          <t>Homeopati</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256166691</t>
+          <t>9786052191514</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Aşk</t>
+          <t>Eski Sevgililer Oteli</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256166653</t>
+          <t>9786256166998</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çentik</t>
+          <t>Annemin Sessizliği</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256166639</t>
+          <t>9786256166912</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Global Aşk</t>
+          <t>Sait Faik - Seçme Öyküler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256166592</t>
+          <t>9786256166936</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Bir Anı Defteri</t>
+          <t>Sabahattin Ali - Seçme Öyküler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256166578</t>
+          <t>9786256166950</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Eleştirinin Yeni Yasaları</t>
+          <t>Oereog</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256166615</t>
+          <t>9786256166899</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Şeker ve Çamaşır Suyu</t>
+          <t>Memduh Şevket Esendal - Seçme Öyküler</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256166554</t>
+          <t>9786256166752</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hafif Kadın Olma Kılavuzu</t>
+          <t>Telaş</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256166516</t>
+          <t>9786256166875</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Unutanlar</t>
+          <t>Ne Mutlu ki Aklım Yok</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256166530</t>
+          <t>9786256166974</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Dağcı</t>
+          <t>Her Bilinç Bir Kainat</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256166493</t>
+          <t>9786256166776</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Aileler İçin Çocuk Ortopedisi Rehberi</t>
+          <t>Normalleşmeler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256166455</t>
+          <t>9786256166790</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Depremi</t>
+          <t>Turnikeden Sonra</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256166479</t>
+          <t>9786256166851</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bio Terapi</t>
+          <t>Düğmeler Konuştuğunda</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256166431</t>
+          <t>9786256166813</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tabi</t>
+          <t>Biçimler Kitabı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057667861</t>
+          <t>9786256166837</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ahde Vefa</t>
+          <t>Ben ve Gulyabani</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057667175</t>
+          <t>9786256166417</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kelebek</t>
+          <t>Bilmediğin Bir Hayattan Kısa</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052191248</t>
+          <t>9786256166714</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bize Hiçbir Şey Doğru Öğretilmedi</t>
+          <t>Letafet</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057667984</t>
+          <t>9786256166738</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tımarhane Günlüğü</t>
+          <t>Kokular Ruhun Nefesidir</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>70</v>
+        <v>325</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256166394</t>
+          <t>9786256166677</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Tabip Odaları ve TTB’de Krizden Çıkış</t>
+          <t>Lotusa Ağıtlar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256166370</t>
+          <t>9786256166691</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Son Harfin Kalbine</t>
+          <t>Aşk</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256166295</t>
+          <t>9786256166653</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yusuf’un Yeri</t>
+          <t>Çentik</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256166257</t>
+          <t>9786256166639</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yavaşça Yere Bıraktım</t>
+          <t>Global Aşk</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256166271</t>
+          <t>9786256166592</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Nassı Güzeller</t>
+          <t>İsimsiz Bir Anı Defteri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256166219</t>
+          <t>9786256166578</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Metni Yor’mak</t>
+          <t>Eleştirinin Yeni Yasaları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256166332</t>
+          <t>9786256166615</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kim Kimi Unutacak</t>
+          <t>Şeker ve Çamaşır Suyu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256166318</t>
+          <t>9786256166554</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Herkes Kendi İçine</t>
+          <t>Hafif Kadın Olma Kılavuzu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256166233</t>
+          <t>9786256166516</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Kalkayım</t>
+          <t>Unutanlar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>455</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256166165</t>
+          <t>9786256166530</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Karadut’tan Şiirler</t>
+          <t>İçimizdeki Dağcı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256166356</t>
+          <t>9786256166493</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Girit’ten Urla’ya</t>
+          <t>Aileler İçin Çocuk Ortopedisi Rehberi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256765405</t>
+          <t>9786256166455</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Başarmaktan Korkma</t>
+          <t>Sonbahar Depremi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256166141</t>
+          <t>9786256166479</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Soğuk</t>
+          <t>Bio Terapi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256765924</t>
+          <t>9786256166431</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Kadınlar</t>
+          <t>Tabi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256166127</t>
+          <t>9786057667861</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğum İnsan</t>
+          <t>Ahde Vefa</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>845</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256765870</t>
+          <t>9786057667175</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömre Bedel</t>
+          <t>Kelebek</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256166073</t>
+          <t>9786052191248</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Otuz Tohum</t>
+          <t>Bize Hiçbir Şey Doğru Öğretilmedi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256765900</t>
+          <t>9786057667984</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Günlükleri</t>
+          <t>Tımarhane Günlüğü</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256166059</t>
+          <t>9786256166394</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Muvazene</t>
+          <t>Tabip Odaları ve TTB’de Krizden Çıkış</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256166097</t>
+          <t>9786256166370</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Üşüyen Parmak Uclarım</t>
+          <t>Son Harfin Kalbine</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786058337466</t>
+          <t>9786256166295</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Doğadabuan</t>
+          <t>Yusuf’un Yeri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256765702</t>
+          <t>9786256166257</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma</t>
+          <t>Yavaşça Yere Bıraktım</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256765665</t>
+          <t>9786256166271</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sarhoşluğun Kısa Tarihi</t>
+          <t>Nassı Güzeller</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256765672</t>
+          <t>9786256166219</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Defne ya da Bazı Tuhaf Hayatlar</t>
+          <t>Metni Yor’mak</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256765696</t>
+          <t>9786256166332</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Efsunlu Hikayeler</t>
+          <t>Kim Kimi Unutacak</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256765689</t>
+          <t>9786256166318</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Leyla ve Robot</t>
+          <t>Herkes Kendi İçine</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052191903</t>
+          <t>9786256166233</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Skoz</t>
+          <t>Çirkin Kalkayım</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052191927</t>
+          <t>9786256166165</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaşam İksiri Anne Sütü</t>
+          <t>Karadut’tan Şiirler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256765627</t>
+          <t>9786256166356</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bıraktığın Yerde Değilim</t>
+          <t>Girit’ten Urla’ya</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256765641</t>
+          <t>9786256765405</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kod Hatası</t>
+          <t>Başarmaktan Korkma</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256765634</t>
+          <t>9786256166141</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Artık Vakit Geldi</t>
+          <t>Ölüm Soğuk</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052191644</t>
+          <t>9786256765924</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Fotoğraf Sanatı</t>
+          <t>Zamansız Kadınlar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057667076</t>
+          <t>9786256166127</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Seni Hiç Aldatmadım</t>
+          <t>Yolculuğum İnsan</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052191033</t>
+          <t>9786256765870</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Cihadın Gelinleri</t>
+          <t>Bir Ömre Bedel</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052191019</t>
+          <t>9786256166073</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sen ve Ben</t>
+          <t>Otuz Tohum</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786056823268</t>
+          <t>9786256765900</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İnsanız Ayıbı Yok</t>
+          <t>Psikoloji Günlükleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058252004</t>
+          <t>9786256166059</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İsyan</t>
+          <t>Muvazene</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057667298</t>
+          <t>9786256166097</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz</t>
+          <t>Üşüyen Parmak Uclarım</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057667762</t>
+          <t>9786058337466</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kaostan Düzen Arayışına</t>
+          <t>Doğadabuan</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057667755</t>
+          <t>9786256765702</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Işığın Türküsü</t>
+          <t>Hesaplaşma</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057667472</t>
+          <t>9786256765665</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sağlıktan Tekamüle</t>
+          <t>Sarhoşluğun Kısa Tarihi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057667342</t>
+          <t>9786256765672</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Devrim'in Yolu</t>
+          <t>Defne ya da Bazı Tuhaf Hayatlar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057667335</t>
+          <t>9786256765696</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Altın Yıllar</t>
+          <t>Efsunlu Hikayeler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057667328</t>
+          <t>9786256765689</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Leyla ve Robot</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052191736</t>
+          <t>9786052191903</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Doğal Söyleşiler</t>
+          <t>Skoz</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256765597</t>
+          <t>9786052191927</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sarıkanat</t>
+          <t>Bir Yaşam İksiri Anne Sütü</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256765603</t>
+          <t>9786256765627</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Portakal Ağaçları</t>
+          <t>Bıraktığın Yerde Değilim</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256765436</t>
+          <t>9786256765641</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Fraktallar - Kaosun Eşiğinde</t>
+          <t>Kod Hatası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256765450</t>
+          <t>9786256765634</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Harmonograf</t>
+          <t>Artık Vakit Geldi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256765481</t>
+          <t>9786052191644</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Q.E.D.</t>
+          <t>Dijital Çağda Fotoğraf Sanatı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256765474</t>
+          <t>9786057667076</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Elementleri</t>
+          <t>Seni Hiç Aldatmadım</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256765467</t>
+          <t>9786052191033</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Sayı</t>
+          <t>Cihadın Gelinleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256765429</t>
+          <t>9786052191019</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Faydalı Matematik ve Fizik Formülleri</t>
+          <t>Sen ve Ben</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256765443</t>
+          <t>9786056823268</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Geometri</t>
+          <t>İnsanız Ayıbı Yok</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256765412</t>
+          <t>9786058252004</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Altın Oran</t>
+          <t>İsyan</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256765498</t>
+          <t>9786057667298</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Eflak Voyvodası</t>
+          <t>Unutulmaz</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256765399</t>
+          <t>9786057667762</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Abrakadabra Ölümsüz Hikayeler</t>
+          <t>Kaostan Düzen Arayışına</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786058337480</t>
+          <t>9786057667755</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dostlar Bizi Hatırlasın</t>
+          <t>Işığın Türküsü</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256765375</t>
+          <t>9786057667472</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Cinayet</t>
+          <t>Sağlıktan Tekamüle</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256765382</t>
+          <t>9786057667342</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Katilimi Tanıyorum - Türkiye’de Kadın Kırımı</t>
+          <t>Devrim'in Yolu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256765320</t>
+          <t>9786057667335</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Şafak 1933</t>
+          <t>Altın Yıllar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256765368</t>
+          <t>9786057667328</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sevgin Gerek Ölmeye De</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256765337</t>
+          <t>9786052191736</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kuş Bakışı</t>
+          <t>Doğal Söyleşiler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256765344</t>
+          <t>9786256765597</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kalbinize Bir Demet İyilik</t>
+          <t>Sarıkanat</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>208</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256765351</t>
+          <t>9786256765603</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Başkan Hasta</t>
+          <t>Portakal Ağaçları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258232219</t>
+          <t>9786256765436</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Theseus'un Kadınları</t>
+          <t>Fraktallar - Kaosun Eşiğinde</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258232271</t>
+          <t>9786256765450</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Buzdolabında Bir Gece</t>
+          <t>Harmonograf</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>175</v>
+        <v>390</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258232264</t>
+          <t>9786256765481</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Film</t>
+          <t>Q.E.D.</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258232226</t>
+          <t>9786256765474</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yakamoz Gecesi</t>
+          <t>Müziğin Elementleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258232233</t>
+          <t>9786256765467</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz ve Renkli Balonlar</t>
+          <t>Kutsal Sayı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258232202</t>
+          <t>9786256765429</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Pandemonlar Profesöre Karşı</t>
+          <t>Faydalı Matematik ve Fizik Formülleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258232257</t>
+          <t>9786256765443</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Sabun Kokusu</t>
+          <t>Kutsal Geometri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258232196</t>
+          <t>9786256765412</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Aşığı - Sohbet Tadında Anılar</t>
+          <t>Altın Oran</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258232240</t>
+          <t>9786256765498</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bir Leman Roman</t>
+          <t>Eflak Voyvodası</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>312</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258232189</t>
+          <t>9786256765399</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Retorik – İkna Sanatı</t>
+          <t>Abrakadabra Ölümsüz Hikayeler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258232165</t>
+          <t>9786058337480</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Etik – Karakter Sanatı</t>
+          <t>Dostlar Bizi Hatırlasın</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258232172</t>
+          <t>9786256765375</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mantık – Kadim Akıl Yürütme Sanatı</t>
+          <t>Kusursuz Cinayet</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258232158</t>
+          <t>9786256765382</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Limon Ormanı</t>
+          <t>Katilimi Tanıyorum - Türkiye’de Kadın Kırımı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>125</v>
+        <v>390</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258232127</t>
+          <t>9786256765320</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Çocuk Ortopedisi’nin Örgütlü Tarihi</t>
+          <t>Şafak 1933</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258232141</t>
+          <t>9786256765368</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Rusya: Dün, Bugün ve Yarın</t>
+          <t>Sevgin Gerek Ölmeye De</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258232134</t>
+          <t>9786256765337</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Demokrat Partide Örgüt ve Örgütlenme Modeli</t>
+          <t>Kuş Bakışı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258232097</t>
+          <t>9786256765344</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Freddie Mercury - Bir Biyografi</t>
+          <t>Kalbinize Bir Demet İyilik</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258232110</t>
+          <t>9786256765351</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Lilya</t>
+          <t>Başkan Hasta</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258232059</t>
+          <t>9786258232219</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sevinç Atabay - Eğitim Zihnin Özgürleştirmesidir</t>
+          <t>Theseus'un Kadınları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258232103</t>
+          <t>9786258232271</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Özgür Türkiye</t>
+          <t>Buzdolabında Bir Gece</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258232066</t>
+          <t>9786258232264</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Bi’ Şeyi Vardır</t>
+          <t>Sessiz Film</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258232073</t>
+          <t>9786258232226</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Haldun ve Bora</t>
+          <t>Yakamoz Gecesi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258232080</t>
+          <t>9786258232233</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Beni Geri Dönüştür</t>
+          <t>Salyangoz ve Renkli Balonlar</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258232028</t>
+          <t>9786258232202</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İhtiras Mevsimi</t>
+          <t>Pandemonlar Profesöre Karşı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258232042</t>
+          <t>9786258232257</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Demokrat Partide Parti Okulu</t>
+          <t>Beyaz Sabun Kokusu</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257494090</t>
+          <t>9786258232196</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yolun Sonu</t>
+          <t>Bir İstanbul Aşığı - Sohbet Tadında Anılar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258232035</t>
+          <t>9786258232240</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Robotlar Tanrısı</t>
+          <t>Bir Leman Roman</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258232011</t>
+          <t>9786258232189</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yörüklerden Kayıp Masallar</t>
+          <t>Retorik – İkna Sanatı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258232004</t>
+          <t>9786258232165</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Doğa</t>
+          <t>Etik – Karakter Sanatı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257494052</t>
+          <t>9786258232172</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Bitkiler</t>
+          <t>Mantık – Kadim Akıl Yürütme Sanatı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257494069</t>
+          <t>9786258232158</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ejderhaların Kısa Tarihi</t>
+          <t>Limon Ormanı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257494038</t>
+          <t>9786258232127</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yekpare Evren</t>
+          <t>Türkiye’de Çocuk Ortopedisi’nin Örgütlü Tarihi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257494045</t>
+          <t>9786258232141</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ufo - Yeryüzünde Bir Tuhaf Uzay</t>
+          <t>Rusya: Dün, Bugün ve Yarın</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257494076</t>
+          <t>9786258232134</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Aşk - Evrenin Şarkısı</t>
+          <t>Sosyal Demokrat Partide Örgüt ve Örgütlenme Modeli</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257494168</t>
+          <t>9786258232097</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Marilyn</t>
+          <t>Freddie Mercury - Bir Biyografi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257494175</t>
+          <t>9786258232110</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>3888 Nuh'un Son Yolcuları</t>
+          <t>Lilya</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257494199</t>
+          <t>9786258232059</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aile Çöplüğü</t>
+          <t>Sevinç Atabay - Eğitim Zihnin Özgürleştirmesidir</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257494182</t>
+          <t>9786258232103</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Eksilen</t>
+          <t>Özgür Türkiye</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257494151</t>
+          <t>9786258232066</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yemişim Diyetini ve Kalçamın Bana Söylediği Diğer Her Şey</t>
+          <t>Her Şeyin Bi’ Şeyi Vardır</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057667243</t>
+          <t>9786258232073</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Betula</t>
+          <t>Haldun ve Bora</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257494007</t>
+          <t>9786258232080</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bira Destanı</t>
+          <t>Beni Geri Dönüştür</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057667250</t>
+          <t>9786258232028</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sol Elim</t>
+          <t>İhtiras Mevsimi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257494137</t>
+          <t>9786258232042</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kadına Yönelik Şiddet, Hayvanlara Zulüm</t>
+          <t>Sosyal Demokrat Partide Parti Okulu</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257494144</t>
+          <t>9786257494090</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Öldürme Ruhsatı</t>
+          <t>Yolun Sonu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257494083</t>
+          <t>9786258232035</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Dayısızlığa Övgü</t>
+          <t>Robotlar Tanrısı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257494120</t>
+          <t>9786258232011</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Karın Doyurur</t>
+          <t>Yörüklerden Kayıp Masallar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257494113</t>
+          <t>9786258232004</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Elli Yaşa Buruk Günce 50</t>
+          <t>Doğa</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257494106</t>
+          <t>9786257494052</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Otelci</t>
+          <t>Şifacı Bitkiler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257494014</t>
+          <t>9786257494069</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Toy Taylar - Hayata Direniş 1</t>
+          <t>Ejderhaların Kısa Tarihi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257494021</t>
+          <t>9786257494038</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Şarap 101</t>
+          <t>Yekpare Evren</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057667977</t>
+          <t>9786257494045</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Biraz Söz Dinle</t>
+          <t>Ufo - Yeryüzünde Bir Tuhaf Uzay</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057667960</t>
+          <t>9786257494076</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kim Jiyeong, Doğum: 1982</t>
+          <t>Aşk - Evrenin Şarkısı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057667953</t>
+          <t>9786257494168</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İnsan</t>
+          <t>Marilyn</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>150</v>
+        <v>520</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057667922</t>
+          <t>9786257494175</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Julian Assange’ı Savunmak</t>
+          <t>3888 Nuh'un Son Yolcuları</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057667908</t>
+          <t>9786257494199</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Neo Türkiye’nin Panzehiri Hafızadır</t>
+          <t>Mutlu Aile Çöplüğü</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052191552</t>
+          <t>9786257494182</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Karadut</t>
+          <t>Eksilen</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057667878</t>
+          <t>9786257494151</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yolu Beklenenler</t>
+          <t>Yemişim Diyetini ve Kalçamın Bana Söylediği Diğer Her Şey</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057667892</t>
+          <t>9786057667243</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Elli Yaşa Buruk Günce 49</t>
+          <t>Betula</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057667885</t>
+          <t>9786257494007</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Elli Yaşa Buruk Günce 48</t>
+          <t>Bira Destanı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057667854</t>
+          <t>9786057667250</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bi' Ufak</t>
+          <t>Sol Elim</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057667427</t>
+          <t>9786257494137</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İskeletlerin Röntgeni Çekilebilir mi?</t>
+          <t>Kadına Yönelik Şiddet, Hayvanlara Zulüm</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057667809</t>
+          <t>9786257494144</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Frida Kahlo</t>
+          <t>Öldürme Ruhsatı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>400</v>
+        <v>195</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057667816</t>
+          <t>9786257494083</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Dayısızlığa Övgü</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057667281</t>
+          <t>9786257494120</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Kötülük ve Şeytan Sembolizmi</t>
+          <t>Sevgi Karın Doyurur</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057667847</t>
+          <t>9786257494113</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Fesli Demokrasi</t>
+          <t>Elli Yaşa Buruk Günce 50</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057667779</t>
+          <t>9786257494106</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sisi Dağıtan Umut</t>
+          <t>Otelci</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057667748</t>
+          <t>9786257494014</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Belki Yarından da Yakın</t>
+          <t>Toy Taylar - Hayata Direniş 1</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057667823</t>
+          <t>9786257494021</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yeşil - Sürdürülebilir Yaşam ve iklim</t>
+          <t>Şarap 101</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057667434</t>
+          <t>9786057667977</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kamptaki Kaplan</t>
+          <t>Biraz Söz Dinle</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057667410</t>
+          <t>9786057667960</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bin Ağaç</t>
+          <t>Kim Jiyeong, Doğum: 1982</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057667786</t>
+          <t>9786057667953</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Rezilsiniz</t>
+          <t>İnsan</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057667496</t>
+          <t>9786057667922</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Binbir Feet Masalları</t>
+          <t>Julian Assange’ı Savunmak</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057667465</t>
+          <t>9786057667908</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kış</t>
+          <t>Neo Türkiye’nin Panzehiri Hafızadır</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057667373</t>
+          <t>9786052191552</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Görgü ve Zarafet</t>
+          <t>Karadut</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057667403</t>
+          <t>9786057667878</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Greta’yız</t>
+          <t>Yolu Beklenenler</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057667397</t>
+          <t>9786057667892</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ayağa Kalkın</t>
+          <t>Elli Yaşa Buruk Günce 49</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057667441</t>
+          <t>9786057667885</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Susma</t>
+          <t>Elli Yaşa Buruk Günce 48</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057667380</t>
+          <t>9786057667854</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Batıl İnanış Ritüel ve Mit</t>
+          <t>Bi' Ufak</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057667359</t>
+          <t>9786057667427</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Zaman Düşümü</t>
+          <t>İskeletlerin Röntgeni Çekilebilir mi?</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052191989</t>
+          <t>9786057667809</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Feng Shui - Çin Toprak Falının Sırları</t>
+          <t>Frida Kahlo</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052191811</t>
+          <t>9786057667816</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Perspektif ve Diğer Optik İllüzyonlar</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052191996</t>
+          <t>9786057667281</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Evrim - Büyük Bir Fikrin Kısa Tarihi</t>
+          <t>Tarihte Kötülük ve Şeytan Sembolizmi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052191842</t>
+          <t>9786057667847</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Güneş Sisteminde Tesadüf</t>
+          <t>Fesli Demokrasi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052191965</t>
+          <t>9786057667779</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kadim Kelt - Sikke Sanatı</t>
+          <t>Sisi Dağıtan Umut</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052191866</t>
+          <t>9786057667748</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Simyacının Mutfağı - Sıra Dışı İksirler İlginç Fikirler</t>
+          <t>Belki Yarından da Yakın</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057667007</t>
+          <t>9786057667823</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Büyük Britanya'nın Maze ve Labirentleri</t>
+          <t>Yeşil - Sürdürülebilir Yaşam ve iklim</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052191828</t>
+          <t>9786057667434</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Simetri - Düzen İlkesi</t>
+          <t>Kamptaki Kaplan</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052191781</t>
+          <t>9786057667410</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İslami Tasarım - Geometrinin Dehası</t>
+          <t>Bin Ağaç</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052191972</t>
+          <t>9786057667786</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Güneş, Ay ve Dünya</t>
+          <t>Rezilsiniz</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057667267</t>
+          <t>9786057667496</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hürriyete Doğru</t>
+          <t>Binbir Feet Masalları</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057667311</t>
+          <t>9786057667465</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Güç Mevsimi</t>
+          <t>Kış</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057667120</t>
+          <t>9786057667373</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hadi Bir Köpek Partisi Yapalım!</t>
+          <t>Gençler İçin Görgü ve Zarafet</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057667144</t>
+          <t>9786057667403</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Senin Yuvan Değil!</t>
+          <t>Hepimiz Greta’yız</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057667106</t>
+          <t>9786057667397</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yavru Ejderha, Yavru Ejderha!</t>
+          <t>Kadınlar Ayağa Kalkın</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057667236</t>
+          <t>9786057667441</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Alaz</t>
+          <t>Susma</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057667069</t>
+          <t>9786057667380</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Parmaklarıyla Düşünen Dünya</t>
+          <t>Anadolu’da Batıl İnanış Ritüel ve Mit</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057667045</t>
+          <t>9786057667359</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Alfa Kadınlar Sokağı</t>
+          <t>Zaman Düşümü</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057667229</t>
+          <t>9786052191989</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Hasadı - Tülin Akın</t>
+          <t>Feng Shui - Çin Toprak Falının Sırları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057667304</t>
+          <t>9786052191811</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Benpelinçini</t>
+          <t>Perspektif ve Diğer Optik İllüzyonlar</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057667052</t>
+          <t>9786052191996</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Antik Roman</t>
+          <t>Evrim - Büyük Bir Fikrin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057667021</t>
+          <t>9786052191842</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Şeyzer</t>
+          <t>Güneş Sisteminde Tesadüf</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057667038</t>
+          <t>9786052191965</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sevda ile Kara</t>
+          <t>Kadim Kelt - Sikke Sanatı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057667168</t>
+          <t>9786052191866</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Yurtsever Kasırgalar Feminist Pastalar</t>
+          <t>Simyacının Mutfağı - Sıra Dışı İksirler İlginç Fikirler</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057667113</t>
+          <t>9786057667007</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe Sembolizmi</t>
+          <t>Büyük Britanya'nın Maze ve Labirentleri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057667090</t>
+          <t>9786052191828</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Göbeklitepe</t>
+          <t>Simetri - Düzen İlkesi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052191934</t>
+          <t>9786052191781</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Hayallerim Tutkum ve Ben</t>
+          <t>İslami Tasarım - Geometrinin Dehası</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052191613</t>
+          <t>9786052191972</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Meme!</t>
+          <t>Güneş, Ay ve Dünya</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052191958</t>
+          <t>9786057667267</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Treni</t>
+          <t>Hürriyete Doğru</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052191774</t>
+          <t>9786057667311</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca En Etkin 100 Eşcinsel</t>
+          <t>Güç Mevsimi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052191880</t>
+          <t>9786057667120</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Vakit Bir Buket Çiçek Yapma Vaktidir</t>
+          <t>Hadi Bir Köpek Partisi Yapalım!</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052191897</t>
+          <t>9786057667144</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İş'te Farkı Sen Yarat</t>
+          <t>Senin Yuvan Değil!</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052191835</t>
+          <t>9786057667106</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Parmak Ucunda Aşk</t>
+          <t>Yavru Ejderha, Yavru Ejderha!</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052191477</t>
+          <t>9786057667236</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Google Sonrası Yaşam</t>
+          <t>Alaz</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052191712</t>
+          <t>9786057667069</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Karanlık İzler</t>
+          <t>Parmaklarıyla Düşünen Dünya</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052191750</t>
+          <t>9786057667045</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Semtimize Sağanak Aşk Lazım (Ciltli)</t>
+          <t>Alfa Kadınlar Sokağı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052191699</t>
+          <t>9786057667229</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Elli Yaşa Buruk Günce 46</t>
+          <t>Hayallerin Hasadı - Tülin Akın</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052191767</t>
+          <t>9786057667304</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Hangi Zamandı Unuttum</t>
+          <t>Benpelinçini</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052191743</t>
+          <t>9786057667052</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Elli Yaşa Buruk Günce 47</t>
+          <t>Antik Roman</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>200</v>
+        <v>455</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052191453</t>
+          <t>9786057667021</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Onların Öyküsü (Ciltli)</t>
+          <t>Şeyzer</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052191378</t>
+          <t>9786057667038</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>İlluminati'nin Gizemi</t>
+          <t>Sevda ile Kara</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052191286</t>
+          <t>9786057667168</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Tarlada Tek Başına - Korkuluk Gülperi'nin Meraklı Öyküleri 4</t>
+          <t>Yurtsever Kasırgalar Feminist Pastalar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052191583</t>
+          <t>9786057667113</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sabrım Kaç Renk?</t>
+          <t>Göbeklitepe Sembolizmi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052191262</t>
+          <t>9786057667090</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Mavi Boncuklu Korkuluk - Korkuluk Gülperi'nin Meraklı Öyküleri 2</t>
+          <t>Yeni Başlayanlar İçin Göbeklitepe</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052191323</t>
+          <t>9786052191934</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Korkuluk Şenliği - Korkuluk Gülperi'nin Meraklı Öyküleri 10</t>
+          <t>Hayallerim Tutkum ve Ben</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>100</v>
+        <v>520</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052191545</t>
+          <t>9786052191613</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Hayvanlar</t>
+          <t>Güle Güle Meme!</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052191316</t>
+          <t>9786052191958</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Işıklı Korkuluk - Korkuluk Gülperi'nin Meraklı Öyküleri 8</t>
+          <t>Ölüm Treni</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052191347</t>
+          <t>9786052191774</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Korkuluk - Korkuluk Gülperi'nin Meraklı Öyküleri 9</t>
+          <t>Tarih Boyunca En Etkin 100 Eşcinsel</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052191279</t>
+          <t>9786052191880</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Benekli Korkuluk - Korkuluk Gülperi'nin Meraklı Öyküleri 3</t>
+          <t>Vakit Bir Buket Çiçek Yapma Vaktidir</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052191521</t>
+          <t>9786052191897</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Deniz Hayvanları</t>
+          <t>İş'te Farkı Sen Yarat</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052191309</t>
+          <t>9786052191835</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü - Korkuluk Gülperi'nin Meraklı Öyküleri 6</t>
+          <t>Parmak Ucunda Aşk</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052191361</t>
+          <t>9786052191477</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Adrian'ın Atı Yok</t>
+          <t>Google Sonrası Yaşam</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052191293</t>
+          <t>9786052191712</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Korkuluğun İşi Ne? - Korkuluk Gülperi'nin Meraklı Öyküleri 7</t>
+          <t>Karanlık İzler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786052191538</t>
+          <t>9786052191750</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Seviyorum</t>
+          <t>Semtimize Sağanak Aşk Lazım (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052191255</t>
+          <t>9786052191699</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Korkuluk - Korkuluk Gülperinin Meraklı Öyküleri 1</t>
+          <t>Elli Yaşa Buruk Günce 46</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052191590</t>
+          <t>9786052191767</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Doğam Rengarenk</t>
+          <t>Hangi Zamandı Unuttum</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052191569</t>
+          <t>9786052191743</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bugün Nasılım?</t>
+          <t>Elli Yaşa Buruk Günce 47</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786052191576</t>
+          <t>9786052191453</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Kasabası</t>
+          <t>Onların Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052191330</t>
+          <t>9786052191378</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yeni Arkadaş - Korkuluk Gülperi'nin Meraklı Öyküleri 5</t>
+          <t>İlluminati'nin Gizemi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052191620</t>
+          <t>9786052191286</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Sat Kendini</t>
+          <t>Tarlada Tek Başına - Korkuluk Gülperi'nin Meraklı Öyküleri 4</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052191118</t>
+          <t>9786052191583</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Fent</t>
+          <t>Sabrım Kaç Renk?</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052191507</t>
+          <t>9786052191262</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Genetik Havuzdan Çeyiz Sandığına Migren</t>
+          <t>Mavi Boncuklu Korkuluk - Korkuluk Gülperi'nin Meraklı Öyküleri 2</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052191460</t>
+          <t>9786052191323</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Düşüş</t>
+          <t>Korkuluk Şenliği - Korkuluk Gülperi'nin Meraklı Öyküleri 10</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052191415</t>
+          <t>9786052191545</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Yansıyan Kimlikler</t>
+          <t>Kanatlı Hayvanlar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052191439</t>
+          <t>9786052191316</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İşşa: Tarih Boyunca Kadının Hikayesi</t>
+          <t>Işıklı Korkuluk - Korkuluk Gülperi'nin Meraklı Öyküleri 8</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786058252073</t>
+          <t>9786052191347</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Babamın Mevsimleri</t>
+          <t>Ünlü Korkuluk - Korkuluk Gülperi'nin Meraklı Öyküleri 9</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052191200</t>
+          <t>9786052191279</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Emzik Bırakma Kitabı</t>
+          <t>Benekli Korkuluk - Korkuluk Gülperi'nin Meraklı Öyküleri 3</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052191224</t>
+          <t>9786052191521</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar ve Lazımlıkları</t>
+          <t>Deniz Hayvanları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052191170</t>
+          <t>9786052191309</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Buğu</t>
+          <t>Rüzgargülü - Korkuluk Gülperi'nin Meraklı Öyküleri 6</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052191217</t>
+          <t>9786052191361</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Horlama Zamanı</t>
+          <t>Adrian'ın Atı Yok</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052191194</t>
+          <t>9786052191293</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Duygu Gözlükleri</t>
+          <t>Korkuluğun İşi Ne? - Korkuluk Gülperi'nin Meraklı Öyküleri 7</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052191132</t>
+          <t>9786052191538</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Domdom?</t>
+          <t>Hayvanları Seviyorum</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052191149</t>
+          <t>9786052191255</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Bu Kimin Sesi</t>
+          <t>Gizemli Korkuluk - Korkuluk Gülperinin Meraklı Öyküleri 1</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052191156</t>
+          <t>9786052191590</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Dört Kız Kardeşin Masalı</t>
+          <t>Doğam Rengarenk</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052191163</t>
+          <t>9786052191569</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Ağacının Öyküsü</t>
+          <t>Bugün Nasılım?</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052191125</t>
+          <t>9786052191576</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Baloncudan Kaçan Balon</t>
+          <t>Mucizeler Kasabası</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786058214859</t>
+          <t>9786052191330</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Demir Ağaç</t>
+          <t>Yeni Arkadaş - Korkuluk Gülperi'nin Meraklı Öyküleri 5</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786058214828</t>
+          <t>9786052191620</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Şekersiz 21 Gün</t>
+          <t>Sat Kendini</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786058252035</t>
+          <t>9786052191118</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kahve</t>
+          <t>Fent</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786058337459</t>
+          <t>9786052191507</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Geçit</t>
+          <t>Genetik Havuzdan Çeyiz Sandığına Migren</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
+          <t>9786052191460</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Düşüş</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786052191415</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Yansıyan Kimlikler</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786052191439</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>İşşa: Tarih Boyunca Kadının Hikayesi</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786058252073</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Babamın Mevsimleri</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786052191200</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Emzik Bırakma Kitabı</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786052191224</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar ve Lazımlıkları</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786052191170</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Buğu</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786052191217</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Horlama Zamanı</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786052191194</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Duygu Gözlükleri</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786052191132</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Kim Bu Domdom?</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786052191149</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Bu Kimin Sesi</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786052191156</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Dört Kız Kardeşin Masalı</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786052191163</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Ceviz Ağacının Öyküsü</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786052191125</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Baloncudan Kaçan Balon</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786058214859</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Demir Ağaç</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786058214828</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Şekersiz 21 Gün</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786058252035</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Kahve</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786058337459</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Geçit</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
           <t>9786058337435</t>
         </is>
       </c>
-      <c r="B261" s="1" t="inlineStr">
+      <c r="B279" s="1" t="inlineStr">
         <is>
           <t>Köle</t>
         </is>
       </c>
-      <c r="C261" s="1">
-        <v>150</v>
+      <c r="C279" s="1">
+        <v>195</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>