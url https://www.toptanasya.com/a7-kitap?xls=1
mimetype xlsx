--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,4210 +85,5650 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255727084</t>
+          <t>9786255727107</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çalakalem Aşk</t>
+          <t>Toplu Şiirler</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255727015</t>
+          <t>9786258283943</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Teknoloji - Sevginin Frekansında Çalışan Bir Bilinç Sistemi</t>
+          <t>Aspendos</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255727046</t>
+          <t>9786258283936</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Birkaç Şiir</t>
+          <t>Assos</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>235</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255727060</t>
+          <t>9786258283912</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ay'ın Sırrı</t>
+          <t>Didyma</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255727039</t>
+          <t>9786258283905</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Astro Shine Astroloji ve Enerji Rehberi 2026</t>
+          <t>Ephesos</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256765610</t>
+          <t>9786258232882</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kayıt Dışı Hayatlar</t>
+          <t>Hierapolis</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052191637</t>
+          <t>9786258232851</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bakış Boşluğu</t>
+          <t>Pergamon</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052191910</t>
+          <t>9786258283929</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Aşikar Mahremiyet</t>
+          <t>Aphrodisias</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052191651</t>
+          <t>9786257494892</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Salome</t>
+          <t>Yüz Akımız Yüz Kadın</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>195</v>
+        <v>75</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052191484</t>
+          <t>9786052191408</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sinema Güzeli</t>
+          <t>Anne Sütü Mucizesi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>195</v>
+        <v>21.9</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057667083</t>
+          <t>9786052191354</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kafes</t>
+          <t>Müşteri Deneyimi Ustası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>195</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056823213</t>
+          <t>9786052191682</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bayan Değil Kadın</t>
+          <t>Mabedin Sırrı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>325</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057667915</t>
+          <t>9786052191668</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Fesleğen Kokulu Rüyalar</t>
+          <t>Futbolda Neden Yokuz?</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>195</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057667489</t>
+          <t>9786052191675</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Gibiyiz</t>
+          <t>Hayat</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>195</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052191941</t>
+          <t>9786052191705</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Boncuk</t>
+          <t>Benim Güzel Hikayem</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>390</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057667151</t>
+          <t>9786052191729</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Nişancı</t>
+          <t>Hayatın Dipnotları (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>195</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052191422</t>
+          <t>9786052191491</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sarı Zarf</t>
+          <t>Yazma Cesareti</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>260</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052191095</t>
+          <t>9786052191446</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Homeopati</t>
+          <t>Ruhsal Deneyim</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>520</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052191514</t>
+          <t>9786052191385</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Eski Sevgililer Oteli</t>
+          <t>Emeğin Şövalyeleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256166998</t>
+          <t>9786052191064</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Annemin Sessizliği</t>
+          <t>Kur'an'daki Namaz</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>325</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256166912</t>
+          <t>9786052191040</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sait Faik - Seçme Öyküler</t>
+          <t>Konkordato</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256166936</t>
+          <t>9786052191026</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali - Seçme Öyküler</t>
+          <t>Medyada Tunç Devri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256166950</t>
+          <t>9786052191606</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Oereog</t>
+          <t>Babaların Kitabı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256166899</t>
+          <t>9786052191071</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Memduh Şevket Esendal - Seçme Öyküler</t>
+          <t>Bulutların Demi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256166752</t>
+          <t>9786058252011</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Telaş</t>
+          <t>Bildiğimiz Gibi Değil!</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>260</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256166875</t>
+          <t>9786058337442</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ne Mutlu ki Aklım Yok</t>
+          <t>Mezar Kadar Sessiz</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>325</v>
+        <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256166974</t>
+          <t>9786056823237</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Her Bilinç Bir Kainat</t>
+          <t>Suret</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>390</v>
+        <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256166776</t>
+          <t>9786056823220</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Normalleşmeler</t>
+          <t>Aura</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>260</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256166790</t>
+          <t>9786058252028</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Turnikeden Sonra</t>
+          <t>Tezhip Sanatıyla İlk Tanışma</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>260</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256166851</t>
+          <t>9786052191392</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Düğmeler Konuştuğunda</t>
+          <t>Devletin Malı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>260</v>
+        <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256166813</t>
+          <t>9786056823299</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Biçimler Kitabı</t>
+          <t>Siyah Gözyaşı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256166837</t>
+          <t>9786056823282</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Gulyabani</t>
+          <t>Gitme Zamanı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256166417</t>
+          <t>9786056823244</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bilmediğin Bir Hayattan Kısa</t>
+          <t>Gerçekten Yaşıyor Musun?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256166714</t>
+          <t>9786056823251</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Letafet</t>
+          <t>Çırılçıplak Aşk</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256166738</t>
+          <t>9786052191002</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kokular Ruhun Nefesidir</t>
+          <t>Bir Nefes İstanbul</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256166677</t>
+          <t>9786056823275</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Lotusa Ağıtlar</t>
+          <t>Bin Yüz Bir İnsan</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256166691</t>
+          <t>9786058193277</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Aşk</t>
+          <t>Naim - Cep Herkülü</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>260</v>
+        <v>37</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256166653</t>
+          <t>9786058193291</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çentik</t>
+          <t>Tendeki Tuz</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>390</v>
+        <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256166639</t>
+          <t>9786058193260</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Global Aşk</t>
+          <t>Genç İhtiyarın Dürbünü</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>260</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256166592</t>
+          <t>9786058337404</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Bir Anı Defteri</t>
+          <t>Otel Faresi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256166578</t>
+          <t>9786058193215</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Eleştirinin Yeni Yasaları</t>
+          <t>Semizotu Bilgesi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>390</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256166615</t>
+          <t>9786058193222</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şeker ve Çamaşır Suyu</t>
+          <t>Özgür Dinin Esiri: Kadın</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>325</v>
+        <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256166554</t>
+          <t>9786058193208</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hafif Kadın Olma Kılavuzu</t>
+          <t>Tek Elle Mucize</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>325</v>
+        <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256166516</t>
+          <t>9786058214897</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Unutanlar</t>
+          <t>Ama Seviyordum</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>455</v>
+        <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256166530</t>
+          <t>9786058252042</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Dağcı</t>
+          <t>Lazarus Etkisi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>325</v>
+        <v>55</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256166493</t>
+          <t>9786058252059</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Aileler İçin Çocuk Ortopedisi Rehberi</t>
+          <t>Kelebek</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>520</v>
+        <v>55</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256166455</t>
+          <t>9786052191057</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Depremi</t>
+          <t>Gazetecilerin Şakası Olmaz</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>325</v>
+        <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256166479</t>
+          <t>9786058252066</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bio Terapi</t>
+          <t>Jack-Knifed</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>325</v>
+        <v>55</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256166431</t>
+          <t>9786058252080</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tabi</t>
+          <t>40'ında 40 Kadın</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057667861</t>
+          <t>9786052191088</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ahde Vefa</t>
+          <t>Mavi Ceketli Kadın</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>845</v>
+        <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057667175</t>
+          <t>9786056823206</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kelebek</t>
+          <t>Av</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>195</v>
+        <v>50</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052191248</t>
+          <t>9786058193239</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bize Hiçbir Şey Doğru Öğretilmedi</t>
+          <t>Deri Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>195</v>
+        <v>55</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057667984</t>
+          <t>9786058193253</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tımarhane Günlüğü</t>
+          <t>Patibis</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>70</v>
+        <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256166394</t>
+          <t>9786058193246</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tabip Odaları ve TTB’de Krizden Çıkış</t>
+          <t>Buğday Tanesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>27</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256166370</t>
+          <t>9786058214880</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Son Harfin Kalbine</t>
+          <t>Ruhun Kozmik Yolculuğu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>260</v>
+        <v>30</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256166295</t>
+          <t>9786058337411</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yusuf’un Yeri</t>
+          <t>Siyah Bayraklar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>260</v>
+        <v>55</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256166257</t>
+          <t>9786058214873</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yavaşça Yere Bıraktım</t>
+          <t>Sonsuz Rahmet</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256166271</t>
+          <t>9786058214842</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Nassı Güzeller</t>
+          <t>Güzel Yaşam Kitabı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>195</v>
+        <v>40</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256166219</t>
+          <t>9786058219861</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Metni Yor’mak</t>
+          <t>Dinozor Turizmcinin Anıları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>325</v>
+        <v>35</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256166332</t>
+          <t>9786058252097</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kim Kimi Unutacak</t>
+          <t>Ama Korkuyordum!</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>195</v>
+        <v>30</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256166318</t>
+          <t>9786058214811</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Herkes Kendi İçine</t>
+          <t>Her Şey Sahil</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>195</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256166233</t>
+          <t>9786058214835</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Kalkayım</t>
+          <t>En Mahrem Hikayeme Hazırlık: Doğum</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>195</v>
+        <v>30</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256166165</t>
+          <t>9786058214804</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Karadut’tan Şiirler</t>
+          <t>Bütün Kuşlar Maviydi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>260</v>
+        <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256166356</t>
+          <t>9786058337497</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Girit’ten Urla’ya</t>
+          <t>Chef</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>325</v>
+        <v>55</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256765405</t>
+          <t>9786058337473</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Başarmaktan Korkma</t>
+          <t>Enerji</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>325</v>
+        <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256166141</t>
+          <t>9786058337428</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Soğuk</t>
+          <t>Ölü Adamın Laneti</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>390</v>
+        <v>55</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256765924</t>
+          <t>9786057667274</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Kadınlar</t>
+          <t>Marka Benim</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>230</v>
+        <v>38</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256166127</t>
+          <t>9786057667557</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğum İnsan</t>
+          <t>Coffee From The Soil To The Cup</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256765870</t>
+          <t>9786057667182</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömre Bedel</t>
+          <t>Can Yoldaşım</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>390</v>
+        <v>45</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256166073</t>
+          <t>9786057667205</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Otuz Tohum</t>
+          <t>Din ve Devrim</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256765900</t>
+          <t>9786057667366</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Günlükleri</t>
+          <t>Heybeliada Cinayetleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>235</v>
+        <v>115</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256166059</t>
+          <t>9786057667939</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Muvazene</t>
+          <t>Yürümek</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>235</v>
+        <v>60</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256166097</t>
+          <t>9786057667946</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Üşüyen Parmak Uclarım</t>
+          <t>Yaban Elması</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058337466</t>
+          <t>9786057667014</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Doğadabuan</t>
+          <t>Haritacı ve Kaşif</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>325</v>
+        <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256765702</t>
+          <t>9786052191859</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma</t>
+          <t>Hapı Yutmayalım (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>325</v>
+        <v>45</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256765665</t>
+          <t>9786057667137</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sarhoşluğun Kısa Tarihi</t>
+          <t>Kediler Cennete Gider</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>390</v>
+        <v>50</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256765672</t>
+          <t>9786052191873</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Defne ya da Bazı Tuhaf Hayatlar</t>
+          <t>Neden Doğru İnsan Yok?</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>390</v>
+        <v>35</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256765696</t>
+          <t>9786057667830</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Efsunlu Hikayeler</t>
+          <t>Aşk İçin Ölmeli</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>325</v>
+        <v>35</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256765689</t>
+          <t>9786057667458</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Leyla ve Robot</t>
+          <t>Ve Zarafet</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052191903</t>
+          <t>9786052191101</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Skoz</t>
+          <t>Allah Barışa Çağırır</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052191927</t>
+          <t>9786052191187</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaşam İksiri Anne Sütü</t>
+          <t>Mavi Buçuk</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>150</v>
+        <v>27</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256765627</t>
+          <t>9786052191231</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bıraktığın Yerde Değilim</t>
+          <t>Mucizenin Adı Elif</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>235</v>
+        <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256765641</t>
+          <t>9786057667212</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kod Hatası</t>
+          <t>Kadınları Mesut Etme Sanatı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>325</v>
+        <v>30</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256765634</t>
+          <t>9786057667199</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Artık Vakit Geldi</t>
+          <t>Öç Öyküleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052191644</t>
+          <t>9786255727220</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Fotoğraf Sanatı</t>
+          <t>Yaşamı Yeniden Tasarlamak</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057667076</t>
+          <t>9786255727206</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Seni Hiç Aldatmadım</t>
+          <t>Vakti Gelenin Yolu: Bu Bir Hal Yoludur</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052191033</t>
+          <t>9786255727305</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Cihadın Gelinleri</t>
+          <t>Yüksek Düşüşler</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052191019</t>
+          <t>9786255727121</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sen ve Ben</t>
+          <t>Şeylere Bulaşım</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786056823268</t>
+          <t>9786255727183</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İnsanız Ayıbı Yok</t>
+          <t>Şeker Renk Herzeler</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786058252004</t>
+          <t>9786255727145</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İsyan</t>
+          <t>Belleğin Öcü</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>325</v>
+        <v>390</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057667298</t>
+          <t>9786255727282</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz</t>
+          <t>Rezonans</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057667762</t>
+          <t>9786057667991</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kaostan Düzen Arayışına</t>
+          <t>Gerçeğin Görünen Yüzü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057667755</t>
+          <t>9786058193284</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Işığın Türküsü</t>
+          <t>Gerçeğin Görünmeyen Yüzü</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057667472</t>
+          <t>9786255727268</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sağlıktan Tekamüle</t>
+          <t>Black Room Club</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057667342</t>
+          <t>9786255727244</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Devrim'in Yolu</t>
+          <t>Atatürkçü Deniz Subayının Türkiye Jeopolitiği Hakkındaki Görüşleri ve Ergenekon Davası’ndaki Savunması</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057667335</t>
+          <t>9786255727169</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Altın Yıllar</t>
+          <t>Bir Dinlesen Kalbini</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057667328</t>
+          <t>9786255727084</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Çalakalem Aşk</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052191736</t>
+          <t>9786255727015</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Doğal Söyleşiler</t>
+          <t>Duygusal Teknoloji - Sevginin Frekansında Çalışan Bir Bilinç Sistemi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256765597</t>
+          <t>9786255727046</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sarıkanat</t>
+          <t>Birkaç Şiir</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>208</v>
+        <v>235</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256765603</t>
+          <t>9786255727060</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Portakal Ağaçları</t>
+          <t>Ay'ın Sırrı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256765436</t>
+          <t>9786255727039</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Fraktallar - Kaosun Eşiğinde</t>
+          <t>Astro Shine Astroloji ve Enerji Rehberi 2026</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>390</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256765450</t>
+          <t>9786256765610</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Harmonograf</t>
+          <t>Kayıt Dışı Hayatlar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>390</v>
+        <v>325</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256765481</t>
+          <t>9786052191637</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Q.E.D.</t>
+          <t>Bakış Boşluğu</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>390</v>
+        <v>195</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256765474</t>
+          <t>9786052191910</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Elementleri</t>
+          <t>Aşikar Mahremiyet</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>390</v>
+        <v>195</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256765467</t>
+          <t>9786052191651</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Sayı</t>
+          <t>Salome</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>390</v>
+        <v>195</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256765429</t>
+          <t>9786052191484</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Faydalı Matematik ve Fizik Formülleri</t>
+          <t>Sinema Güzeli</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>390</v>
+        <v>195</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256765443</t>
+          <t>9786057667083</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Geometri</t>
+          <t>Kafes</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>390</v>
+        <v>195</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256765412</t>
+          <t>9786056823213</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Altın Oran</t>
+          <t>Bayan Değil Kadın</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>390</v>
+        <v>325</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256765498</t>
+          <t>9786057667915</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Eflak Voyvodası</t>
+          <t>Fesleğen Kokulu Rüyalar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>312</v>
+        <v>195</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256765399</t>
+          <t>9786057667489</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Abrakadabra Ölümsüz Hikayeler</t>
+          <t>Kardeş Gibiyiz</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>260</v>
+        <v>195</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786058337480</t>
+          <t>9786052191941</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Dostlar Bizi Hatırlasın</t>
+          <t>Benim Adım Boncuk</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256765375</t>
+          <t>9786057667151</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Cinayet</t>
+          <t>Nişancı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256765382</t>
+          <t>9786052191422</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Katilimi Tanıyorum - Türkiye’de Kadın Kırımı</t>
+          <t>Sarı Zarf</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256765320</t>
+          <t>9786052191095</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Şafak 1933</t>
+          <t>Homeopati</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>260</v>
+        <v>520</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256765368</t>
+          <t>9786052191514</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sevgin Gerek Ölmeye De</t>
+          <t>Eski Sevgililer Oteli</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256765337</t>
+          <t>9786256166998</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kuş Bakışı</t>
+          <t>Annemin Sessizliği</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256765344</t>
+          <t>9786256166912</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kalbinize Bir Demet İyilik</t>
+          <t>Sait Faik - Seçme Öyküler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256765351</t>
+          <t>9786256166936</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Başkan Hasta</t>
+          <t>Sabahattin Ali - Seçme Öyküler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258232219</t>
+          <t>9786256166950</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Theseus'un Kadınları</t>
+          <t>Oereog</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258232271</t>
+          <t>9786256166899</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Buzdolabında Bir Gece</t>
+          <t>Memduh Şevket Esendal - Seçme Öyküler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258232264</t>
+          <t>9786256166752</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Film</t>
+          <t>Telaş</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258232226</t>
+          <t>9786256166875</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Yakamoz Gecesi</t>
+          <t>Ne Mutlu ki Aklım Yok</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258232233</t>
+          <t>9786256166974</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz ve Renkli Balonlar</t>
+          <t>Her Bilinç Bir Kainat</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>195</v>
+        <v>390</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258232202</t>
+          <t>9786256166776</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Pandemonlar Profesöre Karşı</t>
+          <t>Normalleşmeler</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258232257</t>
+          <t>9786256166790</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Sabun Kokusu</t>
+          <t>Turnikeden Sonra</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258232196</t>
+          <t>9786256166851</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Aşığı - Sohbet Tadında Anılar</t>
+          <t>Düğmeler Konuştuğunda</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258232240</t>
+          <t>9786256166813</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bir Leman Roman</t>
+          <t>Biçimler Kitabı</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258232189</t>
+          <t>9786256166837</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Retorik – İkna Sanatı</t>
+          <t>Ben ve Gulyabani</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258232165</t>
+          <t>9786256166417</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Etik – Karakter Sanatı</t>
+          <t>Bilmediğin Bir Hayattan Kısa</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258232172</t>
+          <t>9786256166714</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Mantık – Kadim Akıl Yürütme Sanatı</t>
+          <t>Letafet</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>390</v>
+        <v>325</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258232158</t>
+          <t>9786256166738</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Limon Ormanı</t>
+          <t>Kokular Ruhun Nefesidir</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>165</v>
+        <v>325</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258232127</t>
+          <t>9786256166677</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Çocuk Ortopedisi’nin Örgütlü Tarihi</t>
+          <t>Lotusa Ağıtlar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>195</v>
+        <v>390</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258232141</t>
+          <t>9786256166691</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Rusya: Dün, Bugün ve Yarın</t>
+          <t>Aşk</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258232134</t>
+          <t>9786256166653</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Demokrat Partide Örgüt ve Örgütlenme Modeli</t>
+          <t>Çentik</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>195</v>
+        <v>390</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258232097</t>
+          <t>9786256166639</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Freddie Mercury - Bir Biyografi</t>
+          <t>Global Aşk</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>520</v>
+        <v>260</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258232110</t>
+          <t>9786256166592</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Lilya</t>
+          <t>İsimsiz Bir Anı Defteri</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258232059</t>
+          <t>9786256166578</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sevinç Atabay - Eğitim Zihnin Özgürleştirmesidir</t>
+          <t>Eleştirinin Yeni Yasaları</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258232103</t>
+          <t>9786256166615</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Özgür Türkiye</t>
+          <t>Şeker ve Çamaşır Suyu</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258232066</t>
+          <t>9786256166554</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Bi’ Şeyi Vardır</t>
+          <t>Hafif Kadın Olma Kılavuzu</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258232073</t>
+          <t>9786256166516</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Haldun ve Bora</t>
+          <t>Unutanlar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>260</v>
+        <v>455</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258232080</t>
+          <t>9786256166530</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Beni Geri Dönüştür</t>
+          <t>İçimizdeki Dağcı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258232028</t>
+          <t>9786256166493</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İhtiras Mevsimi</t>
+          <t>Aileler İçin Çocuk Ortopedisi Rehberi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>260</v>
+        <v>520</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258232042</t>
+          <t>9786256166455</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Demokrat Partide Parti Okulu</t>
+          <t>Sonbahar Depremi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257494090</t>
+          <t>9786256166479</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yolun Sonu</t>
+          <t>Bio Terapi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258232035</t>
+          <t>9786256166431</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Robotlar Tanrısı</t>
+          <t>Tabi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258232011</t>
+          <t>9786057667861</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yörüklerden Kayıp Masallar</t>
+          <t>Ahde Vefa</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>195</v>
+        <v>845</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258232004</t>
+          <t>9786057667175</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Doğa</t>
+          <t>Kelebek</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257494052</t>
+          <t>9786052191248</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Bitkiler</t>
+          <t>Bize Hiçbir Şey Doğru Öğretilmedi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>390</v>
+        <v>195</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257494069</t>
+          <t>9786057667984</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Ejderhaların Kısa Tarihi</t>
+          <t>Tımarhane Günlüğü</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>390</v>
+        <v>70</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257494038</t>
+          <t>9786256166394</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yekpare Evren</t>
+          <t>Tabip Odaları ve TTB’de Krizden Çıkış</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>390</v>
+        <v>325</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257494045</t>
+          <t>9786256166370</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ufo - Yeryüzünde Bir Tuhaf Uzay</t>
+          <t>Son Harfin Kalbine</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257494076</t>
+          <t>9786256166295</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Aşk - Evrenin Şarkısı</t>
+          <t>Yusuf’un Yeri</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257494168</t>
+          <t>9786256166257</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Marilyn</t>
+          <t>Yavaşça Yere Bıraktım</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>520</v>
+        <v>195</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257494175</t>
+          <t>9786256166271</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>3888 Nuh'un Son Yolcuları</t>
+          <t>Nassı Güzeller</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257494199</t>
+          <t>9786256166219</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aile Çöplüğü</t>
+          <t>Metni Yor’mak</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257494182</t>
+          <t>9786256166332</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Eksilen</t>
+          <t>Kim Kimi Unutacak</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>260</v>
+        <v>195</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257494151</t>
+          <t>9786256166318</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yemişim Diyetini ve Kalçamın Bana Söylediği Diğer Her Şey</t>
+          <t>Herkes Kendi İçine</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>390</v>
+        <v>195</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057667243</t>
+          <t>9786256166233</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Betula</t>
+          <t>Çirkin Kalkayım</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257494007</t>
+          <t>9786256166165</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Bira Destanı</t>
+          <t>Karadut’tan Şiirler</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057667250</t>
+          <t>9786256166356</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sol Elim</t>
+          <t>Girit’ten Urla’ya</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257494137</t>
+          <t>9786256765405</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kadına Yönelik Şiddet, Hayvanlara Zulüm</t>
+          <t>Başarmaktan Korkma</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257494144</t>
+          <t>9786256166141</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Öldürme Ruhsatı</t>
+          <t>Ölüm Soğuk</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>195</v>
+        <v>390</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257494083</t>
+          <t>9786256765924</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Dayısızlığa Övgü</t>
+          <t>Zamansız Kadınlar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257494120</t>
+          <t>9786256166127</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Karın Doyurur</t>
+          <t>Yolculuğum İnsan</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257494113</t>
+          <t>9786256765870</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Elli Yaşa Buruk Günce 50</t>
+          <t>Bir Ömre Bedel</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257494106</t>
+          <t>9786256166073</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Otelci</t>
+          <t>Otuz Tohum</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257494014</t>
+          <t>9786256765900</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Toy Taylar - Hayata Direniş 1</t>
+          <t>Psikoloji Günlükleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257494021</t>
+          <t>9786256166059</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Şarap 101</t>
+          <t>Muvazene</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>260</v>
+        <v>235</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057667977</t>
+          <t>9786256166097</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Biraz Söz Dinle</t>
+          <t>Üşüyen Parmak Uclarım</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057667960</t>
+          <t>9786058337466</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kim Jiyeong, Doğum: 1982</t>
+          <t>Doğadabuan</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057667953</t>
+          <t>9786256765702</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İnsan</t>
+          <t>Hesaplaşma</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057667922</t>
+          <t>9786256765665</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Julian Assange’ı Savunmak</t>
+          <t>Sarhoşluğun Kısa Tarihi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>325</v>
+        <v>390</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057667908</t>
+          <t>9786256765672</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Neo Türkiye’nin Panzehiri Hafızadır</t>
+          <t>Defne ya da Bazı Tuhaf Hayatlar</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>325</v>
+        <v>390</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052191552</t>
+          <t>9786256765696</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Karadut</t>
+          <t>Efsunlu Hikayeler</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057667878</t>
+          <t>9786256765689</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yolu Beklenenler</t>
+          <t>Leyla ve Robot</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057667892</t>
+          <t>9786052191903</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Elli Yaşa Buruk Günce 49</t>
+          <t>Skoz</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057667885</t>
+          <t>9786052191927</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Elli Yaşa Buruk Günce 48</t>
+          <t>Bir Yaşam İksiri Anne Sütü</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057667854</t>
+          <t>9786256765627</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bi' Ufak</t>
+          <t>Bıraktığın Yerde Değilim</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>260</v>
+        <v>235</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057667427</t>
+          <t>9786256765641</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İskeletlerin Röntgeni Çekilebilir mi?</t>
+          <t>Kod Hatası</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>165</v>
+        <v>325</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057667809</t>
+          <t>9786256765634</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Frida Kahlo</t>
+          <t>Artık Vakit Geldi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>520</v>
+        <v>325</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057667816</t>
+          <t>9786052191644</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Dijital Çağda Fotoğraf Sanatı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057667281</t>
+          <t>9786057667076</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Kötülük ve Şeytan Sembolizmi</t>
+          <t>Seni Hiç Aldatmadım</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057667847</t>
+          <t>9786052191033</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Fesli Demokrasi</t>
+          <t>Cihadın Gelinleri</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057667779</t>
+          <t>9786052191019</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Sisi Dağıtan Umut</t>
+          <t>Sen ve Ben</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057667748</t>
+          <t>9786056823268</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Belki Yarından da Yakın</t>
+          <t>İnsanız Ayıbı Yok</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057667823</t>
+          <t>9786058252004</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Yeşil - Sürdürülebilir Yaşam ve iklim</t>
+          <t>İsyan</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057667434</t>
+          <t>9786057667298</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kamptaki Kaplan</t>
+          <t>Unutulmaz</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>165</v>
+        <v>260</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057667410</t>
+          <t>9786057667762</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bin Ağaç</t>
+          <t>Kaostan Düzen Arayışına</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057667786</t>
+          <t>9786057667755</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Rezilsiniz</t>
+          <t>Işığın Türküsü</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057667496</t>
+          <t>9786057667472</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Binbir Feet Masalları</t>
+          <t>Sağlıktan Tekamüle</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057667465</t>
+          <t>9786057667342</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kış</t>
+          <t>Devrim'in Yolu</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057667373</t>
+          <t>9786057667335</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Görgü ve Zarafet</t>
+          <t>Altın Yıllar</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057667403</t>
+          <t>9786057667328</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Greta’yız</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057667397</t>
+          <t>9786052191736</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ayağa Kalkın</t>
+          <t>Doğal Söyleşiler</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057667441</t>
+          <t>9786256765597</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Susma</t>
+          <t>Sarıkanat</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057667380</t>
+          <t>9786256765603</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Batıl İnanış Ritüel ve Mit</t>
+          <t>Portakal Ağaçları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057667359</t>
+          <t>9786256765436</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Zaman Düşümü</t>
+          <t>Fraktallar - Kaosun Eşiğinde</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>195</v>
+        <v>390</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052191989</t>
+          <t>9786256765450</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Feng Shui - Çin Toprak Falının Sırları</t>
+          <t>Harmonograf</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052191811</t>
+          <t>9786256765481</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Perspektif ve Diğer Optik İllüzyonlar</t>
+          <t>Q.E.D.</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052191996</t>
+          <t>9786256765474</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Evrim - Büyük Bir Fikrin Kısa Tarihi</t>
+          <t>Müziğin Elementleri</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052191842</t>
+          <t>9786256765467</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Güneş Sisteminde Tesadüf</t>
+          <t>Kutsal Sayı</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052191965</t>
+          <t>9786256765429</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kadim Kelt - Sikke Sanatı</t>
+          <t>Faydalı Matematik ve Fizik Formülleri</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052191866</t>
+          <t>9786256765443</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Simyacının Mutfağı - Sıra Dışı İksirler İlginç Fikirler</t>
+          <t>Kutsal Geometri</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057667007</t>
+          <t>9786256765412</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Büyük Britanya'nın Maze ve Labirentleri</t>
+          <t>Altın Oran</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052191828</t>
+          <t>9786256765498</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Simetri - Düzen İlkesi</t>
+          <t>Eflak Voyvodası</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>390</v>
+        <v>312</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052191781</t>
+          <t>9786256765399</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İslami Tasarım - Geometrinin Dehası</t>
+          <t>Abrakadabra Ölümsüz Hikayeler</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052191972</t>
+          <t>9786058337480</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Güneş, Ay ve Dünya</t>
+          <t>Dostlar Bizi Hatırlasın</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057667267</t>
+          <t>9786256765375</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Hürriyete Doğru</t>
+          <t>Kusursuz Cinayet</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057667311</t>
+          <t>9786256765382</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Güç Mevsimi</t>
+          <t>Katilimi Tanıyorum - Türkiye’de Kadın Kırımı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057667120</t>
+          <t>9786256765320</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Hadi Bir Köpek Partisi Yapalım!</t>
+          <t>Şafak 1933</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>165</v>
+        <v>260</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057667144</t>
+          <t>9786256765368</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Senin Yuvan Değil!</t>
+          <t>Sevgin Gerek Ölmeye De</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>165</v>
+        <v>260</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057667106</t>
+          <t>9786256765337</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yavru Ejderha, Yavru Ejderha!</t>
+          <t>Kuş Bakışı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057667236</t>
+          <t>9786256765344</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Alaz</t>
+          <t>Kalbinize Bir Demet İyilik</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057667069</t>
+          <t>9786256765351</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Parmaklarıyla Düşünen Dünya</t>
+          <t>Başkan Hasta</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>195</v>
+        <v>390</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057667045</t>
+          <t>9786258232219</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Alfa Kadınlar Sokağı</t>
+          <t>Theseus'un Kadınları</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057667229</t>
+          <t>9786258232271</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Hasadı - Tülin Akın</t>
+          <t>Buzdolabında Bir Gece</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057667304</t>
+          <t>9786258232264</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Benpelinçini</t>
+          <t>Sessiz Film</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057667052</t>
+          <t>9786258232226</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Antik Roman</t>
+          <t>Yakamoz Gecesi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>455</v>
+        <v>195</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057667021</t>
+          <t>9786258232233</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Şeyzer</t>
+          <t>Salyangoz ve Renkli Balonlar</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057667038</t>
+          <t>9786258232202</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Sevda ile Kara</t>
+          <t>Pandemonlar Profesöre Karşı</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057667168</t>
+          <t>9786258232257</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yurtsever Kasırgalar Feminist Pastalar</t>
+          <t>Beyaz Sabun Kokusu</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057667113</t>
+          <t>9786258232196</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe Sembolizmi</t>
+          <t>Bir İstanbul Aşığı - Sohbet Tadında Anılar</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057667090</t>
+          <t>9786258232240</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Göbeklitepe</t>
+          <t>Bir Leman Roman</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052191934</t>
+          <t>9786258232189</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hayallerim Tutkum ve Ben</t>
+          <t>Retorik – İkna Sanatı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>520</v>
+        <v>390</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052191613</t>
+          <t>9786258232165</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Meme!</t>
+          <t>Etik – Karakter Sanatı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052191958</t>
+          <t>9786258232172</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Treni</t>
+          <t>Mantık – Kadim Akıl Yürütme Sanatı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052191774</t>
+          <t>9786258232158</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca En Etkin 100 Eşcinsel</t>
+          <t>Limon Ormanı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>325</v>
+        <v>165</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052191880</t>
+          <t>9786258232127</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Vakit Bir Buket Çiçek Yapma Vaktidir</t>
+          <t>Türkiye’de Çocuk Ortopedisi’nin Örgütlü Tarihi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>260</v>
+        <v>195</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052191897</t>
+          <t>9786258232141</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İş'te Farkı Sen Yarat</t>
+          <t>Rusya: Dün, Bugün ve Yarın</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052191835</t>
+          <t>9786258232134</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Parmak Ucunda Aşk</t>
+          <t>Sosyal Demokrat Partide Örgüt ve Örgütlenme Modeli</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052191477</t>
+          <t>9786258232097</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Google Sonrası Yaşam</t>
+          <t>Freddie Mercury - Bir Biyografi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>390</v>
+        <v>520</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052191712</t>
+          <t>9786258232110</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Karanlık İzler</t>
+          <t>Lilya</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786052191750</t>
+          <t>9786258232059</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Semtimize Sağanak Aşk Lazım (Ciltli)</t>
+          <t>Sevinç Atabay - Eğitim Zihnin Özgürleştirmesidir</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052191699</t>
+          <t>9786258232103</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Elli Yaşa Buruk Günce 46</t>
+          <t>Özgür Türkiye</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052191767</t>
+          <t>9786258232066</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Hangi Zamandı Unuttum</t>
+          <t>Her Şeyin Bi’ Şeyi Vardır</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052191743</t>
+          <t>9786258232073</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Elli Yaşa Buruk Günce 47</t>
+          <t>Haldun ve Bora</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786052191453</t>
+          <t>9786258232080</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Onların Öyküsü (Ciltli)</t>
+          <t>Beni Geri Dönüştür</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052191378</t>
+          <t>9786258232028</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İlluminati'nin Gizemi</t>
+          <t>İhtiras Mevsimi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052191286</t>
+          <t>9786258232042</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Tarlada Tek Başına - Korkuluk Gülperi'nin Meraklı Öyküleri 4</t>
+          <t>Sosyal Demokrat Partide Parti Okulu</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052191583</t>
+          <t>9786257494090</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Sabrım Kaç Renk?</t>
+          <t>Yolun Sonu</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052191262</t>
+          <t>9786258232035</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Mavi Boncuklu Korkuluk - Korkuluk Gülperi'nin Meraklı Öyküleri 2</t>
+          <t>Robotlar Tanrısı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052191323</t>
+          <t>9786258232011</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Korkuluk Şenliği - Korkuluk Gülperi'nin Meraklı Öyküleri 10</t>
+          <t>Yörüklerden Kayıp Masallar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052191545</t>
+          <t>9786258232004</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Hayvanlar</t>
+          <t>Doğa</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052191316</t>
+          <t>9786257494052</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Işıklı Korkuluk - Korkuluk Gülperi'nin Meraklı Öyküleri 8</t>
+          <t>Şifacı Bitkiler</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>130</v>
+        <v>390</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052191347</t>
+          <t>9786257494069</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Korkuluk - Korkuluk Gülperi'nin Meraklı Öyküleri 9</t>
+          <t>Ejderhaların Kısa Tarihi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>130</v>
+        <v>390</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052191279</t>
+          <t>9786257494038</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Benekli Korkuluk - Korkuluk Gülperi'nin Meraklı Öyküleri 3</t>
+          <t>Yekpare Evren</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>130</v>
+        <v>390</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052191521</t>
+          <t>9786257494045</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Deniz Hayvanları</t>
+          <t>Ufo - Yeryüzünde Bir Tuhaf Uzay</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>165</v>
+        <v>390</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052191309</t>
+          <t>9786257494076</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü - Korkuluk Gülperi'nin Meraklı Öyküleri 6</t>
+          <t>Aşk - Evrenin Şarkısı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>130</v>
+        <v>390</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052191361</t>
+          <t>9786257494168</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Adrian'ın Atı Yok</t>
+          <t>Marilyn</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>195</v>
+        <v>520</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052191293</t>
+          <t>9786257494175</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Korkuluğun İşi Ne? - Korkuluk Gülperi'nin Meraklı Öyküleri 7</t>
+          <t>3888 Nuh'un Son Yolcuları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>130</v>
+        <v>325</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052191538</t>
+          <t>9786257494199</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Seviyorum</t>
+          <t>Mutlu Aile Çöplüğü</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>165</v>
+        <v>260</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052191255</t>
+          <t>9786257494182</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Korkuluk - Korkuluk Gülperinin Meraklı Öyküleri 1</t>
+          <t>Eksilen</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052191590</t>
+          <t>9786257494151</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Doğam Rengarenk</t>
+          <t>Yemişim Diyetini ve Kalçamın Bana Söylediği Diğer Her Şey</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>130</v>
+        <v>390</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052191569</t>
+          <t>9786057667243</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bugün Nasılım?</t>
+          <t>Betula</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052191576</t>
+          <t>9786257494007</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Kasabası</t>
+          <t>Bira Destanı</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052191330</t>
+          <t>9786057667250</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Yeni Arkadaş - Korkuluk Gülperi'nin Meraklı Öyküleri 5</t>
+          <t>Sol Elim</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052191620</t>
+          <t>9786257494137</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sat Kendini</t>
+          <t>Kadına Yönelik Şiddet, Hayvanlara Zulüm</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>260</v>
+        <v>195</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052191118</t>
+          <t>9786257494144</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Fent</t>
+          <t>Öldürme Ruhsatı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052191507</t>
+          <t>9786257494083</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Genetik Havuzdan Çeyiz Sandığına Migren</t>
+          <t>Dayısızlığa Övgü</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052191460</t>
+          <t>9786257494120</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Düşüş</t>
+          <t>Sevgi Karın Doyurur</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052191415</t>
+          <t>9786257494113</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yansıyan Kimlikler</t>
+          <t>Elli Yaşa Buruk Günce 50</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052191439</t>
+          <t>9786257494106</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İşşa: Tarih Boyunca Kadının Hikayesi</t>
+          <t>Otelci</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786058252073</t>
+          <t>9786257494014</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Babamın Mevsimleri</t>
+          <t>Toy Taylar - Hayata Direniş 1</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052191200</t>
+          <t>9786257494021</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Emzik Bırakma Kitabı</t>
+          <t>Şarap 101</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>165</v>
+        <v>260</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052191224</t>
+          <t>9786057667977</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar ve Lazımlıkları</t>
+          <t>Biraz Söz Dinle</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052191170</t>
+          <t>9786057667960</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Buğu</t>
+          <t>Kim Jiyeong, Doğum: 1982</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052191217</t>
+          <t>9786057667953</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Horlama Zamanı</t>
+          <t>İnsan</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052191194</t>
+          <t>9786057667922</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Duygu Gözlükleri</t>
+          <t>Julian Assange’ı Savunmak</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>165</v>
+        <v>325</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052191132</t>
+          <t>9786057667908</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Domdom?</t>
+          <t>Neo Türkiye’nin Panzehiri Hafızadır</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>130</v>
+        <v>325</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052191149</t>
+          <t>9786052191552</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Bu Kimin Sesi</t>
+          <t>Karadut</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052191156</t>
+          <t>9786057667878</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Dört Kız Kardeşin Masalı</t>
+          <t>Yolu Beklenenler</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052191163</t>
+          <t>9786057667892</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Ağacının Öyküsü</t>
+          <t>Elli Yaşa Buruk Günce 49</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052191125</t>
+          <t>9786057667885</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Baloncudan Kaçan Balon</t>
+          <t>Elli Yaşa Buruk Günce 48</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786058214859</t>
+          <t>9786057667854</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Demir Ağaç</t>
+          <t>Bi' Ufak</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786058214828</t>
+          <t>9786057667427</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Şekersiz 21 Gün</t>
+          <t>İskeletlerin Röntgeni Çekilebilir mi?</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>325</v>
+        <v>165</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786058252035</t>
+          <t>9786057667809</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kahve</t>
+          <t>Frida Kahlo</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>845</v>
+        <v>520</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786058337459</t>
+          <t>9786057667816</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Geçit</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
+          <t>9786057667281</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Tarihte Kötülük ve Şeytan Sembolizmi</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786057667847</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Fesli Demokrasi</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786057667779</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Sisi Dağıtan Umut</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786057667748</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Belki Yarından da Yakın</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786057667823</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil - Sürdürülebilir Yaşam ve iklim</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786057667434</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Kamptaki Kaplan</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786057667410</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Bin Ağaç</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786057667786</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Rezilsiniz</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786057667496</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Binbir Feet Masalları</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786057667465</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Kış</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786057667373</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Görgü ve Zarafet</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786057667403</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Greta’yız</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786057667397</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar Ayağa Kalkın</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786057667441</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Susma</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786057667380</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu’da Batıl İnanış Ritüel ve Mit</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786057667359</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Düşümü</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786052191989</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Feng Shui - Çin Toprak Falının Sırları</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786052191811</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Perspektif ve Diğer Optik İllüzyonlar</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786052191996</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Evrim - Büyük Bir Fikrin Kısa Tarihi</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786052191842</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Güneş Sisteminde Tesadüf</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786052191965</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Kadim Kelt - Sikke Sanatı</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786052191866</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Simyacının Mutfağı - Sıra Dışı İksirler İlginç Fikirler</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786057667007</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Britanya'nın Maze ve Labirentleri</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786052191828</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Simetri - Düzen İlkesi</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786052191781</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>İslami Tasarım - Geometrinin Dehası</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786052191972</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Güneş, Ay ve Dünya</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786057667267</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Hürriyete Doğru</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786057667311</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Güç Mevsimi</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786057667120</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Hadi Bir Köpek Partisi Yapalım!</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786057667144</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Senin Yuvan Değil!</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786057667106</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Yavru Ejderha, Yavru Ejderha!</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786057667236</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Alaz</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786057667069</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Parmaklarıyla Düşünen Dünya</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786057667045</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Alfa Kadınlar Sokağı</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786057667229</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Hayallerin Hasadı - Tülin Akın</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786057667304</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Benpelinçini</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786057667052</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Antik Roman</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786057667021</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Şeyzer</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786057667038</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Sevda ile Kara</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786057667168</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Yurtsever Kasırgalar Feminist Pastalar</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786057667113</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Göbeklitepe Sembolizmi</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786057667090</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Başlayanlar İçin Göbeklitepe</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786052191934</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Hayallerim Tutkum ve Ben</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786052191613</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Güle Güle Meme!</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786052191958</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Treni</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786052191774</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Boyunca En Etkin 100 Eşcinsel</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786052191880</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Vakit Bir Buket Çiçek Yapma Vaktidir</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786052191897</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>İş'te Farkı Sen Yarat</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786052191835</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Parmak Ucunda Aşk</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786052191477</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Google Sonrası Yaşam</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786052191712</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık İzler</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786052191750</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Semtimize Sağanak Aşk Lazım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786052191699</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Elli Yaşa Buruk Günce 46</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786052191767</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Hangi Zamandı Unuttum</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786052191743</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Elli Yaşa Buruk Günce 47</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786052191453</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Onların Öyküsü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786052191378</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>İlluminati'nin Gizemi</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786052191286</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Tarlada Tek Başına - Korkuluk Gülperi'nin Meraklı Öyküleri 4</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786052191583</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Sabrım Kaç Renk?</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786052191262</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Boncuklu Korkuluk - Korkuluk Gülperi'nin Meraklı Öyküleri 2</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786052191323</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Korkuluk Şenliği - Korkuluk Gülperi'nin Meraklı Öyküleri 10</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786052191545</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Kanatlı Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786052191316</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Işıklı Korkuluk - Korkuluk Gülperi'nin Meraklı Öyküleri 8</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786052191347</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Ünlü Korkuluk - Korkuluk Gülperi'nin Meraklı Öyküleri 9</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786052191279</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Benekli Korkuluk - Korkuluk Gülperi'nin Meraklı Öyküleri 3</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786052191521</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Hayvanları</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786052191309</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgargülü - Korkuluk Gülperi'nin Meraklı Öyküleri 6</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786052191361</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Adrian'ın Atı Yok</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786052191293</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Korkuluğun İşi Ne? - Korkuluk Gülperi'nin Meraklı Öyküleri 7</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786052191538</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanları Seviyorum</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786052191255</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Korkuluk - Korkuluk Gülperinin Meraklı Öyküleri 1</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786052191590</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Doğam Rengarenk</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786052191569</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Bugün Nasılım?</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786052191576</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Mucizeler Kasabası</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786052191330</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Arkadaş - Korkuluk Gülperi'nin Meraklı Öyküleri 5</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786052191620</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Sat Kendini</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786052191118</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Fent</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786052191507</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Genetik Havuzdan Çeyiz Sandığına Migren</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786052191460</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Düşüş</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786052191415</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Yansıyan Kimlikler</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786052191439</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>İşşa: Tarih Boyunca Kadının Hikayesi</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786058252073</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Babamın Mevsimleri</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786052191200</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Emzik Bırakma Kitabı</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786052191224</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar ve Lazımlıkları</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786052191170</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Buğu</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786052191217</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Horlama Zamanı</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786052191194</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Duygu Gözlükleri</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786052191132</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Kim Bu Domdom?</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786052191149</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Bu Kimin Sesi</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786052191156</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Dört Kız Kardeşin Masalı</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786052191163</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Ceviz Ağacının Öyküsü</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786052191125</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Baloncudan Kaçan Balon</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786058214859</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Demir Ağaç</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786058214828</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Şekersiz 21 Gün</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786058252035</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Kahve</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786058337459</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Geçit</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
           <t>9786058337435</t>
         </is>
       </c>
-      <c r="B279" s="1" t="inlineStr">
+      <c r="B375" s="1" t="inlineStr">
         <is>
           <t>Köle</t>
         </is>
       </c>
-      <c r="C279" s="1">
+      <c r="C375" s="1">
         <v>195</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>