--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,775 +85,880 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259748603</t>
+          <t>9786255861832</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yıllık 1924 (Ciltli)</t>
+          <t>Türkiye’nin Barış Eli</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>2000</v>
+        <v>390</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255861689</t>
+          <t>9786255861887</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Enformasyon Kutsaması</t>
+          <t>Kubbetü's Sahre</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>386</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255861696</t>
+          <t>9786255861863</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Haberden Kaçınmak</t>
+          <t>Avrupa'da Aşırı Sağın Tehlikeli Yükselişi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>336</v>
+        <v>290</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259518138</t>
+          <t>9786255861788</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İdaresinde Gazze</t>
+          <t>Sanık - The Perpetrator</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>260</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059075961</t>
+          <t>9786255861801</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Ağı - Dijital Çağda Doğanın Yeri</t>
+          <t>Küresel Medyada Filistinliler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>205</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259819181</t>
+          <t>9786255861849</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>The Evidence</t>
+          <t>Yapay Zeka ve Gazeteciliğin Yeni Rotası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>5750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259819198</t>
+          <t>9786255861795</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kanıt - The Evidence</t>
+          <t>Suriye Devrimi - The Syrian Revolution</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>5750</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259518121</t>
+          <t>9786259748603</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>The Evidence (	İngilizce - Arapça)</t>
+          <t>Yıllık 1924 (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>5750</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259585734</t>
+          <t>9786255861689</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Photo Awards Winners Of The 2025</t>
+          <t>Enformasyon Kutsaması</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>750</v>
+        <v>386</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259585109</t>
+          <t>9786255861696</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Medya Yönetimi ve Yapay Zeka</t>
+          <t>Haberden Kaçınmak</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>360</v>
+        <v>336</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259585116</t>
+          <t>9786259518138</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Podcast Gazeteciliği</t>
+          <t>Osmanlı İdaresinde Gazze</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259748696</t>
+          <t>9786059075961</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Medya, Bilinç ve Kültür</t>
+          <t>Doğanın Ağı - Dijital Çağda Doğanın Yeri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>205</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259585123</t>
+          <t>9786259819181</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekâ ve Gazeteciliğin Kesişimini Keşfetmek</t>
+          <t>The Evidence</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>5750</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259585727</t>
+          <t>9786259819198</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Nereden Nereye Anadolu Ajansı</t>
+          <t>Kanıt - The Evidence</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>5750</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259748658</t>
+          <t>9786259518121</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler ve Diplomasi Sözlüğü (Ciltli)</t>
+          <t>The Evidence (	İngilizce - Arapça)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>700</v>
+        <v>5750</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259748634</t>
+          <t>9786259585734</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-Irak İlişkilerinde Yeni Ufuklar</t>
+          <t>İstanbul Photo Awards Winners Of The 2025</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259748641</t>
+          <t>9786259585109</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Photo Awards- The First Ten Years (Ciltli)</t>
+          <t>Medya Yönetimi ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>5500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259518176</t>
+          <t>9786259585116</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kırkpınar</t>
+          <t>Podcast Gazeteciliği</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>900</v>
+        <v>270</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259518190</t>
+          <t>9786259748696</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Photo Notes From Pakistan</t>
+          <t>Medya, Bilinç ve Kültür</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259518183</t>
+          <t>9786259585123</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>A Tale Of Both Poles</t>
+          <t>Yapay Zekâ ve Gazeteciliğin Kesişimini Keşfetmek</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259748610</t>
+          <t>9786259585727</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yıllık 2024 (Ciltli)</t>
+          <t>Nereden Nereye Anadolu Ajansı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>2500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259748627</t>
+          <t>9786259748658</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Almanac 2024 (İngilizce) (Ciltli)</t>
+          <t>Uluslararası İlişkiler ve Diplomasi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>2500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059075879</t>
+          <t>9786259748634</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Büyük Projeleri (Ciltli)</t>
+          <t>Türkiye-Irak İlişkilerinde Yeni Ufuklar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>2000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259518152</t>
+          <t>9786259748641</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ekrandaki Hayat</t>
+          <t>İstanbul Photo Awards- The First Ten Years (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>270</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259518107</t>
+          <t>9786259518176</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Filistin'de Abluka, İşgal, Soykırım</t>
+          <t>Kırkpınar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259819129</t>
+          <t>9786259518190</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>100 Yıllık Türk Basını</t>
+          <t>Photo Notes From Pakistan</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259518145</t>
+          <t>9786259518183</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Jarusalem In 101 Question</t>
+          <t>A Tale Of Both Poles</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>276</v>
+        <v>900</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259819143</t>
+          <t>9786259748610</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Gazeteciler</t>
+          <t>Yıllık 2024 (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259819136</t>
+          <t>9786259748627</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>101 Soruda Kudüs</t>
+          <t>Almanac 2024 (İngilizce) (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>276</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259819112</t>
+          <t>9786059075879</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Kuramları</t>
+          <t>Cumhuriyetin Büyük Projeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>380</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259819105</t>
+          <t>9786259518152</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Film ve Fenomenoloji</t>
+          <t>Ekrandaki Hayat</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259450483</t>
+          <t>9786259518107</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ay Yıldızın İzinde (Cilt 2) (Ciltli)</t>
+          <t>Filistin'de Abluka, İşgal, Soykırım</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>3200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259450476</t>
+          <t>9786259819129</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ay Yıldızın İzinde (Cilt 1) (Ciltli)</t>
+          <t>100 Yıllık Türk Basını</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>3200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259450445</t>
+          <t>9786259518145</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>The Evidence (İngilizce)</t>
+          <t>Jarusalem In 101 Question</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>5750</v>
+        <v>276</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259450438</t>
+          <t>9786259819143</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tanık - The Witness</t>
+          <t>Sinemada Gazeteciler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>1750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259450414</t>
+          <t>9786259819136</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Asrın Felaketi</t>
+          <t>101 Soruda Kudüs</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>1750</v>
+        <v>276</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259450421</t>
+          <t>9786259819112</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Muhabir - Habercinin Temel Kitabı</t>
+          <t>Kitle İletişim Kuramları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059075978</t>
+          <t>9786259819105</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İkinci Benlik</t>
+          <t>Film ve Fenomenoloji</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059075954</t>
+          <t>9786259450483</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yıllık 2023 (Arapça) (Ciltli)</t>
+          <t>Ay Yıldızın İzinde (Cilt 2) (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>2500</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059075947</t>
+          <t>9786259450476</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Almanac 2023 (Ciltli)</t>
+          <t>Ay Yıldızın İzinde (Cilt 1) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>2500</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059075930</t>
+          <t>9786259450445</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yıllık 2023 (Ciltli)</t>
+          <t>The Evidence (İngilizce)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>2500</v>
+        <v>5750</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059075909</t>
+          <t>9786259450438</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>100 Yılın 100 Sinema Eseri (Ciltli)</t>
+          <t>Tanık - The Witness</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1600</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059075893</t>
+          <t>9786259450414</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>100 Yılın 100 Sanat Eseri (Ciltli)</t>
+          <t>Asrın Felaketi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1600</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059075916</t>
+          <t>9786259450421</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>100 Yılın 100 Edebi Eseri (Ciltli)</t>
+          <t>Muhabir - Habercinin Temel Kitabı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>1600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059075886</t>
+          <t>9786059075978</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>100 Yılı Anlamak (Ciltli)</t>
+          <t>İkinci Benlik</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>1300</v>
+        <v>285</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059075862</t>
+          <t>9786059075954</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yıllık 1923 (Ciltli)</t>
+          <t>Yıllık 2023 (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>2000</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259919225</t>
+          <t>9786059075947</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Medya Çalışmalarına Giriş</t>
+          <t>Almanac 2023 (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>185</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259919201</t>
+          <t>9786059075930</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hali ve Sosyal Medya</t>
+          <t>Yıllık 2023 (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>230</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
+          <t>9786059075909</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>100 Yılın 100 Sinema Eseri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786059075893</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>100 Yılın 100 Sanat Eseri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786059075916</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>100 Yılın 100 Edebi Eseri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786059075886</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>100 Yılı Anlamak (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786059075862</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Yıllık 1923 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786259919225</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Medya Çalışmalarına Giriş</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786259919201</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Ruh Hali ve Sosyal Medya</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
           <t>9786259919218</t>
         </is>
       </c>
-      <c r="B50" s="1" t="inlineStr">
+      <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Yeni Medyanın Dili</t>
         </is>
       </c>
-      <c r="C50" s="1">
+      <c r="C57" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>