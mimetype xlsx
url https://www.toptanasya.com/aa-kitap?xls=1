--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,880 +85,1045 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255861832</t>
+          <t>9786255861900</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Barış Eli</t>
+          <t>Birlikte Ama Yalnız</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255861887</t>
+          <t>9786255861917</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kubbetü's Sahre</t>
+          <t>Gök Vatan'ın Öncüleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255861863</t>
+          <t>9786255861924</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Aşırı Sağın Tehlikeli Yükselişi</t>
+          <t>Yıllık 1925 (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>290</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255861788</t>
+          <t>9786255861894</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sanık - The Perpetrator</t>
+          <t>Almanac 2025 (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1750</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255861801</t>
+          <t>9786255861870</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Küresel Medyada Filistinliler</t>
+          <t>Yıllık 2025 (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255861849</t>
+          <t>9786259518169</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Gazeteciliğin Yeni Rotası</t>
+          <t>Anlam Yaratmak</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255861795</t>
+          <t>9786259819167</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Suriye Devrimi - The Syrian Revolution</t>
+          <t>Kitle Toplumu ve Medya</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1750</v>
+        <v>320</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259748603</t>
+          <t>9786259819174</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yıllık 1924 (Ciltli)</t>
+          <t>Yapay Zeka ve Gazeteciliğin Geleceği</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>2000</v>
+        <v>320</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255861689</t>
+          <t>9786255861771</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Enformasyon Kutsaması</t>
+          <t>Gaza, A Chronicle Of War and Hope</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>386</v>
+        <v>900</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255861696</t>
+          <t>9786255861061</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Haberden Kaçınmak</t>
+          <t>Gaza, The Face of Sorrow</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>336</v>
+        <v>900</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259518138</t>
+          <t>9786255861825</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İdaresinde Gazze</t>
+          <t>Blockade, Occupation and Genocide in Palestine</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059075961</t>
+          <t>9786255861832</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Ağı - Dijital Çağda Doğanın Yeri</t>
+          <t>Türkiye’nin Barış Eli</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>205</v>
+        <v>390</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259819181</t>
+          <t>9786255861887</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>The Evidence</t>
+          <t>Kubbetü's Sahre</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>5750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259819198</t>
+          <t>9786255861863</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kanıt - The Evidence</t>
+          <t>Avrupa'da Aşırı Sağın Tehlikeli Yükselişi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>5750</v>
+        <v>290</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259518121</t>
+          <t>9786255861788</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>The Evidence (	İngilizce - Arapça)</t>
+          <t>Sanık - The Perpetrator</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>5750</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259585734</t>
+          <t>9786255861801</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Photo Awards Winners Of The 2025</t>
+          <t>Küresel Medyada Filistinliler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259585109</t>
+          <t>9786255861849</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Medya Yönetimi ve Yapay Zeka</t>
+          <t>Yapay Zeka ve Gazeteciliğin Yeni Rotası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>360</v>
+        <v>600</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259585116</t>
+          <t>9786255861795</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Podcast Gazeteciliği</t>
+          <t>Suriye Devrimi - The Syrian Revolution</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>270</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259748696</t>
+          <t>9786259748603</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Medya, Bilinç ve Kültür</t>
+          <t>Yıllık 1924 (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259585123</t>
+          <t>9786255861689</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekâ ve Gazeteciliğin Kesişimini Keşfetmek</t>
+          <t>Enformasyon Kutsaması</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259585727</t>
+          <t>9786255861696</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Nereden Nereye Anadolu Ajansı</t>
+          <t>Haberden Kaçınmak</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259748658</t>
+          <t>9786259518138</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler ve Diplomasi Sözlüğü (Ciltli)</t>
+          <t>Osmanlı İdaresinde Gazze</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259748634</t>
+          <t>9786059075961</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-Irak İlişkilerinde Yeni Ufuklar</t>
+          <t>Doğanın Ağı - Dijital Çağda Doğanın Yeri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259748641</t>
+          <t>9786259819181</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Photo Awards- The First Ten Years (Ciltli)</t>
+          <t>The Evidence</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>5500</v>
+        <v>5750</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259518176</t>
+          <t>9786259819198</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kırkpınar</t>
+          <t>Kanıt - The Evidence</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>900</v>
+        <v>5750</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259518190</t>
+          <t>9786259518121</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Photo Notes From Pakistan</t>
+          <t>The Evidence (	İngilizce - Arapça)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>900</v>
+        <v>5750</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259518183</t>
+          <t>9786259585734</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>A Tale Of Both Poles</t>
+          <t>İstanbul Photo Awards Winners Of The 2025</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>900</v>
+        <v>750</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259748610</t>
+          <t>9786259585109</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yıllık 2024 (Ciltli)</t>
+          <t>Medya Yönetimi ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>2500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259748627</t>
+          <t>9786259585116</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Almanac 2024 (İngilizce) (Ciltli)</t>
+          <t>Podcast Gazeteciliği</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>2500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059075879</t>
+          <t>9786259748696</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Büyük Projeleri (Ciltli)</t>
+          <t>Medya, Bilinç ve Kültür</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>2000</v>
+        <v>320</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259518152</t>
+          <t>9786259585123</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ekrandaki Hayat</t>
+          <t>Yapay Zekâ ve Gazeteciliğin Kesişimini Keşfetmek</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>270</v>
+        <v>375</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259518107</t>
+          <t>9786259585727</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Filistin'de Abluka, İşgal, Soykırım</t>
+          <t>Nereden Nereye Anadolu Ajansı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259819129</t>
+          <t>9786259748658</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>100 Yıllık Türk Basını</t>
+          <t>Uluslararası İlişkiler ve Diplomasi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>875</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259518145</t>
+          <t>9786259748634</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Jarusalem In 101 Question</t>
+          <t>Türkiye-Irak İlişkilerinde Yeni Ufuklar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>276</v>
+        <v>375</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259819143</t>
+          <t>9786259748641</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Gazeteciler</t>
+          <t>İstanbul Photo Awards- The First Ten Years (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259819136</t>
+          <t>9786259518176</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>101 Soruda Kudüs</t>
+          <t>Kırkpınar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>276</v>
+        <v>900</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259819112</t>
+          <t>9786259518190</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Kuramları</t>
+          <t>Photo Notes From Pakistan</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>380</v>
+        <v>900</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259819105</t>
+          <t>9786259518183</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Film ve Fenomenoloji</t>
+          <t>A Tale Of Both Poles</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259450483</t>
+          <t>9786259748610</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ay Yıldızın İzinde (Cilt 2) (Ciltli)</t>
+          <t>Yıllık 2024 (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>3200</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259450476</t>
+          <t>9786259748627</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ay Yıldızın İzinde (Cilt 1) (Ciltli)</t>
+          <t>Almanac 2024 (İngilizce) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>3200</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259450445</t>
+          <t>9786059075879</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>The Evidence (İngilizce)</t>
+          <t>Cumhuriyetin Büyük Projeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>5750</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259450438</t>
+          <t>9786259518152</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tanık - The Witness</t>
+          <t>Ekrandaki Hayat</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1750</v>
+        <v>320</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259450414</t>
+          <t>9786259518107</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Asrın Felaketi</t>
+          <t>Filistin'de Abluka, İşgal, Soykırım</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259450421</t>
+          <t>9786259819129</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Muhabir - Habercinin Temel Kitabı</t>
+          <t>100 Yıllık Türk Basını</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059075978</t>
+          <t>9786259518145</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İkinci Benlik</t>
+          <t>Jarusalem In 101 Question</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>285</v>
+        <v>340</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059075954</t>
+          <t>9786259819143</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yıllık 2023 (Arapça) (Ciltli)</t>
+          <t>Sinemada Gazeteciler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>2500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059075947</t>
+          <t>9786259819136</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Almanac 2023 (Ciltli)</t>
+          <t>101 Soruda Kudüs</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>2500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059075930</t>
+          <t>9786259819112</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yıllık 2023 (Ciltli)</t>
+          <t>Kitle İletişim Kuramları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>2500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059075909</t>
+          <t>9786259819105</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>100 Yılın 100 Sinema Eseri (Ciltli)</t>
+          <t>Film ve Fenomenoloji</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>1600</v>
+        <v>375</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059075893</t>
+          <t>9786259450483</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>100 Yılın 100 Sanat Eseri (Ciltli)</t>
+          <t>Ay Yıldızın İzinde (Cilt 2) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>1600</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059075916</t>
+          <t>9786259450476</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>100 Yılın 100 Edebi Eseri (Ciltli)</t>
+          <t>Ay Yıldızın İzinde (Cilt 1) (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>1600</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059075886</t>
+          <t>9786259450445</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>100 Yılı Anlamak (Ciltli)</t>
+          <t>The Evidence (İngilizce)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1300</v>
+        <v>5750</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059075862</t>
+          <t>9786259450438</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yıllık 1923 (Ciltli)</t>
+          <t>Tanık - The Witness</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>2000</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259919225</t>
+          <t>9786259450414</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Medya Çalışmalarına Giriş</t>
+          <t>Asrın Felaketi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>185</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259919201</t>
+          <t>9786259450421</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hali ve Sosyal Medya</t>
+          <t>Muhabir - Habercinin Temel Kitabı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
+          <t>9786059075978</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Benlik</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786059075954</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Yıllık 2023 (Arapça) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786059075947</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Almanac 2023 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786059075930</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Yıllık 2023 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786059075909</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>100 Yılın 100 Sinema Eseri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786059075893</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>100 Yılın 100 Sanat Eseri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786059075916</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>100 Yılın 100 Edebi Eseri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786059075886</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>100 Yılı Anlamak (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786059075862</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Yıllık 1923 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786259919225</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Medya Çalışmalarına Giriş</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786259919201</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Ruh Hali ve Sosyal Medya</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
           <t>9786259919218</t>
         </is>
       </c>
-      <c r="B57" s="1" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Yeni Medyanın Dili</t>
         </is>
       </c>
-      <c r="C57" s="1">
-        <v>250</v>
+      <c r="C68" s="1">
+        <v>320</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>