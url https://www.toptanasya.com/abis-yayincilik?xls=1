--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,1390 +85,1405 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259930343</t>
+          <t>9786259930350</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zihniyet Devrimi İçin Bilinçli Düşünmeyi Öğrenmek</t>
+          <t>Kapılarda</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>540</v>
+        <v>420</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9759780160486</t>
+          <t>9786259930343</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Çocuğunun Serüveni Köy Enstitüsünden Parlamentoya</t>
+          <t>Zihniyet Devrimi İçin Bilinçli Düşünmeyi Öğrenmek</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>22.22</v>
+        <v>540</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789750160424</t>
+          <t>9759780160486</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mermer Gökyüzünün Altında</t>
+          <t>Bir Köy Çocuğunun Serüveni Köy Enstitüsünden Parlamentoya</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>170</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789750160448</t>
+          <t>9789750160424</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kara Rahiplerin Sırları</t>
+          <t>Mermer Gökyüzünün Altında</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789750160455</t>
+          <t>9789750160448</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kamer Çerileri</t>
+          <t>Kara Rahiplerin Sırları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>134</v>
+        <v>170</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786056152955</t>
+          <t>9789750160455</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar</t>
+          <t>Kamer Çerileri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>134</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056152962</t>
+          <t>9786056152955</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hybrids-Melezler</t>
+          <t>İnsanlar</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056152948</t>
+          <t>9786056152962</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hominids - İnsansılar</t>
+          <t>Hybrids-Melezler</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056152931</t>
+          <t>9786056152948</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hamam Balkaniya</t>
+          <t>Hominids - İnsansılar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>254</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056152993</t>
+          <t>9786056152931</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Genç Hitler</t>
+          <t>Hamam Balkaniya</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>356</v>
+        <v>254</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056057236</t>
+          <t>9786056152993</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Bir Zamandı</t>
+          <t>Genç Hitler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>356</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056057298</t>
+          <t>9786056057236</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Flashforward</t>
+          <t>Geçmiş Bir Zamandı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056152986</t>
+          <t>9786056057298</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Eşit Kuyruklu Canlı (Cilt 2)</t>
+          <t>Flashforward</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056057250</t>
+          <t>9786056152986</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Düş Hekimi 7</t>
+          <t>Evrensel Eşit Kuyruklu Canlı (Cilt 2)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>95</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789750160479</t>
+          <t>9786056057250</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dullar Kasabasından Masallar ve Erkekler Diyarı Tarihçesinden Notlar</t>
+          <t>Düş Hekimi 7</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056152979</t>
+          <t>9789750160479</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Başka Yerdekiler ya da Otel Odaları</t>
+          <t>Dullar Kasabasından Masallar ve Erkekler Diyarı Tarihçesinden Notlar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789750160462</t>
+          <t>9786056152979</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Aztek Sonbaharı</t>
+          <t>Başka Yerdekiler ya da Otel Odaları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056057212</t>
+          <t>9789750160462</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ateş Geçirmez</t>
+          <t>Aztek Sonbaharı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>145</v>
+        <v>230</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056152924</t>
+          <t>9786056057212</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Tanrıdır</t>
+          <t>Ateş Geçirmez</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056152900</t>
+          <t>9786056152924</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Zapatistalar</t>
+          <t>Aşk Bir Tanrıdır</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056321719</t>
+          <t>9786056152900</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Vatikan’ın Karanlık Sırları</t>
+          <t>Zapatistalar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056057243</t>
+          <t>9786056321719</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sokrates Olsa Ne Derdi?</t>
+          <t>Vatikan’ın Karanlık Sırları</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056057281</t>
+          <t>9786056057243</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Meyveleri</t>
+          <t>Sokrates Olsa Ne Derdi?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>265</v>
+        <v>210</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789750160431</t>
+          <t>9786056057281</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sappho Uçurumdaki Çığlık</t>
+          <t>Savaşın Meyveleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>205</v>
+        <v>265</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056057267</t>
+          <t>9789750160431</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sahte Kralın Günü</t>
+          <t>Sappho Uçurumdaki Çığlık</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056057205</t>
+          <t>9786056057267</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Psiko-Tarih Sezgilerimiz ve Takıntılarımız</t>
+          <t>Sahte Kralın Günü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056152917</t>
+          <t>9786056057205</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Pilatus’un Karısı Kahin Claudia</t>
+          <t>Psiko-Tarih Sezgilerimiz ve Takıntılarımız</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056321726</t>
+          <t>9786056152917</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ödülü de Balyoz Oldu</t>
+          <t>Pilatus’un Karısı Kahin Claudia</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>90</v>
+        <v>225</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056057229</t>
+          <t>9786056321726</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Montsegur Hazinesi</t>
+          <t>Ödülü de Balyoz Oldu</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789750160493</t>
+          <t>9786056057229</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sırtlanların Yılı</t>
+          <t>Montsegur Hazinesi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259930336</t>
+          <t>9789750160493</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Aynanın İçi, Aynanın Dışına Karşı - Attila İlhan Üzerinden Cumhuriyet Kültür Tarihi</t>
+          <t>Sırtlanların Yılı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259930329</t>
+          <t>9786259930336</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Amin Maalouf İle Geçmişten Bugüne</t>
+          <t>Aynanın İçi, Aynanın Dışına Karşı - Attila İlhan Üzerinden Cumhuriyet Kültür Tarihi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259930305</t>
+          <t>9786259930329</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Osman Reis’in Tuhaf İntiharı</t>
+          <t>Amin Maalouf İle Geçmişten Bugüne</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>255</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057421081</t>
+          <t>9786259930305</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mavi Tuna</t>
+          <t>Osman Reis’in Tuhaf İntiharı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>255</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057421098</t>
+          <t>9786057421081</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ferayi</t>
+          <t>Mavi Tuna</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>155</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057421074</t>
+          <t>9786057421098</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Yazgısı</t>
+          <t>Ferayi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>556</v>
+        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057421067</t>
+          <t>9786057421074</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Esham Uygulaması</t>
+          <t>Türkiye ve Yazgısı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>556</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057421043</t>
+          <t>9786057421067</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Masalsı</t>
+          <t>Esham Uygulaması</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057421050</t>
+          <t>9786057421043</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Sevgilim</t>
+          <t>Masalsı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057421036</t>
+          <t>9786057421050</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Romanlarımızda Kurtuluş Savaşı ve Kadınlarımız</t>
+          <t>Güle Güle Sevgilim</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057421029</t>
+          <t>9786057421036</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yaban Eriği Ağacında Gelen Aydınlanma</t>
+          <t>Romanlarımızda Kurtuluş Savaşı ve Kadınlarımız</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>304</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057421012</t>
+          <t>9786057421029</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Farazya - Megamorfoz Üçlemesi 3</t>
+          <t>Yaban Eriği Ağacında Gelen Aydınlanma</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>175</v>
+        <v>304</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057421005</t>
+          <t>9786057421012</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kök - Megamorfoz Üçlemesi 2</t>
+          <t>Farazya - Megamorfoz Üçlemesi 3</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786050637892</t>
+          <t>9786057421005</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hilal ve Zambak - Megamorfoz Üçlemesi 1</t>
+          <t>Kök - Megamorfoz Üçlemesi 2</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786050637885</t>
+          <t>9786050637892</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Su Şiirleri</t>
+          <t>Hilal ve Zambak - Megamorfoz Üçlemesi 1</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050637878</t>
+          <t>9786050637885</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Issızlık</t>
+          <t>Su Şiirleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786050637854</t>
+          <t>9786050637878</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çöplük Sözlük</t>
+          <t>Issızlık</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786050637861</t>
+          <t>9786050637854</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Doktor Civanım</t>
+          <t>Çöplük Sözlük</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>105</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050637847</t>
+          <t>9786050637861</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Buğudaki İz</t>
+          <t>Doktor Civanım</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050637823</t>
+          <t>9786050637847</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mutlu İnsanlar Ülkesi</t>
+          <t>Buğudaki İz</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050637830</t>
+          <t>9786050637823</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Rüyalarla İyileşme</t>
+          <t>Mutlu İnsanlar Ülkesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>362</v>
+        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050637816</t>
+          <t>9786050637830</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Gecesi</t>
+          <t>Rüyalarla İyileşme</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>362</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786056951299</t>
+          <t>9786050637816</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İşte Bunlar Hep Tai Chi</t>
+          <t>Kuantum Gecesi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>132</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050637809</t>
+          <t>9786056951299</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Savaşı</t>
+          <t>İşte Bunlar Hep Tai Chi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>132</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056951282</t>
+          <t>9786050637809</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Doktor Moreau’nun Adası</t>
+          <t>Dünyalar Savaşı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056951268</t>
+          <t>9786056951282</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Doktor Moreau’nun Adası</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>75</v>
+        <v>95</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056951275</t>
+          <t>9786056951268</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>PVT - Psikolojik Virüslerden Temizlenme</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>225</v>
+        <v>75</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056951244</t>
+          <t>9786056951275</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>www: Wake - Uyanış</t>
+          <t>PVT - Psikolojik Virüslerden Temizlenme</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056951237</t>
+          <t>9786056951244</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>www. Wonder - Mucize</t>
+          <t>www: Wake - Uyanış</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056951251</t>
+          <t>9786056951237</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>WWW: Watch/Takip</t>
+          <t>www. Wonder - Mucize</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056951220</t>
+          <t>9786056951251</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Truva Kuşatması</t>
+          <t>WWW: Watch/Takip</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786056951213</t>
+          <t>9786056951220</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Devrim İsyan Direniş Hikayenin Gücü</t>
+          <t>Truva Kuşatması</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>228</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056951206</t>
+          <t>9786056951213</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Psiko-Siyaset</t>
+          <t>Devrim İsyan Direniş Hikayenin Gücü</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>145</v>
+        <v>228</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058117198</t>
+          <t>9786056951206</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Öykü Diyarı 1</t>
+          <t>Psiko-Siyaset</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058117181</t>
+          <t>9786058117198</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hazine Arayıcıları ile Üçkafa</t>
+          <t>Öykü Diyarı 1</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058117167</t>
+          <t>9786058117181</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kemer Sıkma Çağında Direniş</t>
+          <t>Hazine Arayıcıları ile Üçkafa</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058117150</t>
+          <t>9786058117167</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Işığın Düştüğü Yer</t>
+          <t>Kemer Sıkma Çağında Direniş</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786058117143</t>
+          <t>9786058117150</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sakın Geç Kalma Ergen Gel</t>
+          <t>Işığın Düştüğü Yer</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058117136</t>
+          <t>9786058117143</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Aslan Asker Arslan</t>
+          <t>Sakın Geç Kalma Ergen Gel</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786058246898</t>
+          <t>9786058117136</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çalı Çiçeği</t>
+          <t>Aslan Asker Arslan</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>85</v>
+        <v>190</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058117105</t>
+          <t>9786058246898</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Oynatıyoruz Mahalleyi Kaynatıyoruz</t>
+          <t>Çalı Çiçeği</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058246881</t>
+          <t>9786058117105</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dostum Keleş</t>
+          <t>Karagöz Oynatıyoruz Mahalleyi Kaynatıyoruz</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058117112</t>
+          <t>9786058246881</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Köşeli Pisküvet</t>
+          <t>Dostum Keleş</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058117129</t>
+          <t>9786058117112</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Nal Sesleri</t>
+          <t>Köşeli Pisküvet</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786058246874</t>
+          <t>9786058117129</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Troçki</t>
+          <t>Nal Sesleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>500</v>
+        <v>85</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058246850</t>
+          <t>9786058246874</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Bilimi - Kuyruk Bilimi</t>
+          <t>Troçki</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786058246867</t>
+          <t>9786058246850</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Son Balık</t>
+          <t>Geleceğin Bilimi - Kuyruk Bilimi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058246843</t>
+          <t>9786058246867</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Karnaval</t>
+          <t>Son Balık</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>310</v>
+        <v>110</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786058246836</t>
+          <t>9786058246843</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Son Mohikan</t>
+          <t>Türk Romanında Karnaval</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786058246812</t>
+          <t>9786058246836</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Munise</t>
+          <t>Son Mohikan</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786058246829</t>
+          <t>9786058246812</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Eşit Kuyruklu Canlı: 4</t>
+          <t>Munise</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058246805</t>
+          <t>9786058246829</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sığıntı</t>
+          <t>Evrensel Eşit Kuyruklu Canlı: 4</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786056321795</t>
+          <t>9786058246805</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İlluminati'den Günümüze Global Elit ve Derin Dünya</t>
+          <t>Sığıntı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786056321764</t>
+          <t>9786056321795</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Osmani</t>
+          <t>İlluminati'den Günümüze Global Elit ve Derin Dünya</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786056321771</t>
+          <t>9786056321764</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Mutfaktaki Teselli</t>
+          <t>Tarih-i Osmani</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786056321788</t>
+          <t>9786056321771</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İnci Zamanı</t>
+          <t>Mutfaktaki Teselli</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>70</v>
+        <v>190</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786056321757</t>
+          <t>9786056321788</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Lenin</t>
+          <t>İnci Zamanı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>500</v>
+        <v>70</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786056321733</t>
+          <t>9786056321757</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sartre</t>
+          <t>Lenin</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786056321740</t>
+          <t>9786056321733</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bırakın Şanımız Yürüsün</t>
+          <t>Sartre</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
+          <t>9786056321740</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Bırakın Şanımız Yürüsün</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
           <t>9786056057274</t>
         </is>
       </c>
-      <c r="B91" s="1" t="inlineStr">
+      <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Evrensel Eşit Kuyruklu Canlı</t>
         </is>
       </c>
-      <c r="C91" s="1">
+      <c r="C92" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>