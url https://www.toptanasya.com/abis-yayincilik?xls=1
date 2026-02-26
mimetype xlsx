--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,1405 +85,1450 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259930350</t>
+          <t>9786058117174</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kapılarda</t>
+          <t>Masallar Bize Ne Anlatır</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>420</v>
+        <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259930343</t>
+          <t>9789750160400</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zihniyet Devrimi İçin Bilinçli Düşünmeyi Öğrenmek</t>
+          <t>Benim Adım Cenin</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>540</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9759780160486</t>
+          <t>9789750160417</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Çocuğunun Serüveni Köy Enstitüsünden Parlamentoya</t>
+          <t>Son Mohikan</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789750160424</t>
+          <t>9786259930350</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mermer Gökyüzünün Altında</t>
+          <t>Kapılarda</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789750160448</t>
+          <t>9786259930343</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kara Rahiplerin Sırları</t>
+          <t>Zihniyet Devrimi İçin Bilinçli Düşünmeyi Öğrenmek</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>170</v>
+        <v>590</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789750160455</t>
+          <t>9759780160486</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kamer Çerileri</t>
+          <t>Bir Köy Çocuğunun Serüveni Köy Enstitüsünden Parlamentoya</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>134</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056152955</t>
+          <t>9789750160424</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar</t>
+          <t>Mermer Gökyüzünün Altında</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056152962</t>
+          <t>9789750160448</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hybrids-Melezler</t>
+          <t>Kara Rahiplerin Sırları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056152948</t>
+          <t>9789750160455</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hominids - İnsansılar</t>
+          <t>Kamer Çerileri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056152931</t>
+          <t>9786056152955</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hamam Balkaniya</t>
+          <t>İnsanlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>254</v>
+        <v>310</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056152993</t>
+          <t>9786056152962</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Genç Hitler</t>
+          <t>Hybrids-Melezler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>356</v>
+        <v>310</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056057236</t>
+          <t>9786056152948</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Bir Zamandı</t>
+          <t>Hominids - İnsansılar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056057298</t>
+          <t>9786056152931</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Flashforward</t>
+          <t>Hamam Balkaniya</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056152986</t>
+          <t>9786056152993</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Eşit Kuyruklu Canlı (Cilt 2)</t>
+          <t>Genç Hitler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056057250</t>
+          <t>9786056057236</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Düş Hekimi 7</t>
+          <t>Geçmiş Bir Zamandı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>95</v>
+        <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789750160479</t>
+          <t>9786056057298</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dullar Kasabasından Masallar ve Erkekler Diyarı Tarihçesinden Notlar</t>
+          <t>Flashforward</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056152979</t>
+          <t>9786056152986</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Başka Yerdekiler ya da Otel Odaları</t>
+          <t>Evrensel Eşit Kuyruklu Canlı (Cilt 2)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>70</v>
+        <v>380</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789750160462</t>
+          <t>9786056057250</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Aztek Sonbaharı</t>
+          <t>Düş Hekimi 7</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056057212</t>
+          <t>9789750160479</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ateş Geçirmez</t>
+          <t>Dullar Kasabasından Masallar ve Erkekler Diyarı Tarihçesinden Notlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056152924</t>
+          <t>9786056152979</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Tanrıdır</t>
+          <t>Başka Yerdekiler ya da Otel Odaları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056152900</t>
+          <t>9789750160462</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Zapatistalar</t>
+          <t>Aztek Sonbaharı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056321719</t>
+          <t>9786056057212</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Vatikan’ın Karanlık Sırları</t>
+          <t>Ateş Geçirmez</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056057243</t>
+          <t>9786056152924</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sokrates Olsa Ne Derdi?</t>
+          <t>Aşk Bir Tanrıdır</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056057281</t>
+          <t>9786056152900</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Meyveleri</t>
+          <t>Zapatistalar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>265</v>
+        <v>280</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789750160431</t>
+          <t>9786056321719</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sappho Uçurumdaki Çığlık</t>
+          <t>Vatikan’ın Karanlık Sırları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>205</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056057267</t>
+          <t>9786056057243</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sahte Kralın Günü</t>
+          <t>Sokrates Olsa Ne Derdi?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056057205</t>
+          <t>9786056057281</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Psiko-Tarih Sezgilerimiz ve Takıntılarımız</t>
+          <t>Savaşın Meyveleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056152917</t>
+          <t>9789750160431</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Pilatus’un Karısı Kahin Claudia</t>
+          <t>Sappho Uçurumdaki Çığlık</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056321726</t>
+          <t>9786056057267</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ödülü de Balyoz Oldu</t>
+          <t>Sahte Kralın Günü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056057229</t>
+          <t>9786056057205</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Montsegur Hazinesi</t>
+          <t>Psiko-Tarih Sezgilerimiz ve Takıntılarımız</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789750160493</t>
+          <t>9786056152917</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sırtlanların Yılı</t>
+          <t>Pilatus’un Karısı Kahin Claudia</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259930336</t>
+          <t>9786056321726</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Aynanın İçi, Aynanın Dışına Karşı - Attila İlhan Üzerinden Cumhuriyet Kültür Tarihi</t>
+          <t>Ödülü de Balyoz Oldu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259930329</t>
+          <t>9786056057229</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Amin Maalouf İle Geçmişten Bugüne</t>
+          <t>Montsegur Hazinesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259930305</t>
+          <t>9789750160493</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Osman Reis’in Tuhaf İntiharı</t>
+          <t>Sırtlanların Yılı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057421081</t>
+          <t>9786259930336</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mavi Tuna</t>
+          <t>Aynanın İçi, Aynanın Dışına Karşı - Attila İlhan Üzerinden Cumhuriyet Kültür Tarihi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057421098</t>
+          <t>9786259930329</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ferayi</t>
+          <t>Amin Maalouf İle Geçmişten Bugüne</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>155</v>
+        <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057421074</t>
+          <t>9786259930305</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Yazgısı</t>
+          <t>Osman Reis’in Tuhaf İntiharı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>556</v>
+        <v>305</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057421067</t>
+          <t>9786057421081</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Esham Uygulaması</t>
+          <t>Mavi Tuna</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057421043</t>
+          <t>9786057421098</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Masalsı</t>
+          <t>Ferayi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>170</v>
+        <v>185</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057421050</t>
+          <t>9786057421074</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Sevgilim</t>
+          <t>Türkiye ve Yazgısı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>125</v>
+        <v>630</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057421036</t>
+          <t>9786057421067</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Romanlarımızda Kurtuluş Savaşı ve Kadınlarımız</t>
+          <t>Esham Uygulaması</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057421029</t>
+          <t>9786057421043</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yaban Eriği Ağacında Gelen Aydınlanma</t>
+          <t>Masalsı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>304</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057421012</t>
+          <t>9786057421050</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Farazya - Megamorfoz Üçlemesi 3</t>
+          <t>Güle Güle Sevgilim</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057421005</t>
+          <t>9786057421036</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kök - Megamorfoz Üçlemesi 2</t>
+          <t>Romanlarımızda Kurtuluş Savaşı ve Kadınlarımız</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786050637892</t>
+          <t>9786057421029</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hilal ve Zambak - Megamorfoz Üçlemesi 1</t>
+          <t>Yaban Eriği Ağacında Gelen Aydınlanma</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050637885</t>
+          <t>9786057421012</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Su Şiirleri</t>
+          <t>Farazya - Megamorfoz Üçlemesi 3</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786050637878</t>
+          <t>9786057421005</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Issızlık</t>
+          <t>Kök - Megamorfoz Üçlemesi 2</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786050637854</t>
+          <t>9786050637892</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Çöplük Sözlük</t>
+          <t>Hilal ve Zambak - Megamorfoz Üçlemesi 1</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050637861</t>
+          <t>9786050637885</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Doktor Civanım</t>
+          <t>Su Şiirleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>105</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050637847</t>
+          <t>9786050637878</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Buğudaki İz</t>
+          <t>Issızlık</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050637823</t>
+          <t>9786050637854</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mutlu İnsanlar Ülkesi</t>
+          <t>Çöplük Sözlük</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050637830</t>
+          <t>9786050637861</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Rüyalarla İyileşme</t>
+          <t>Doktor Civanım</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>362</v>
+        <v>125</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050637816</t>
+          <t>9786050637847</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Gecesi</t>
+          <t>Buğudaki İz</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786056951299</t>
+          <t>9786050637823</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İşte Bunlar Hep Tai Chi</t>
+          <t>Mutlu İnsanlar Ülkesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>132</v>
+        <v>330</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050637809</t>
+          <t>9786050637830</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Savaşı</t>
+          <t>Rüyalarla İyileşme</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056951282</t>
+          <t>9786050637816</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Doktor Moreau’nun Adası</t>
+          <t>Kuantum Gecesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>95</v>
+        <v>330</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056951268</t>
+          <t>9786056951299</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>İşte Bunlar Hep Tai Chi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>75</v>
+        <v>170</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056951275</t>
+          <t>9786050637809</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>PVT - Psikolojik Virüslerden Temizlenme</t>
+          <t>Dünyalar Savaşı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056951244</t>
+          <t>9786056951282</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>www: Wake - Uyanış</t>
+          <t>Doktor Moreau’nun Adası</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>105</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056951237</t>
+          <t>9786056951268</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>www. Wonder - Mucize</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>85</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056951251</t>
+          <t>9786056951275</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>WWW: Watch/Takip</t>
+          <t>PVT - Psikolojik Virüslerden Temizlenme</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786056951220</t>
+          <t>9786056951244</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Truva Kuşatması</t>
+          <t>www: Wake - Uyanış</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056951213</t>
+          <t>9786056951237</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Devrim İsyan Direniş Hikayenin Gücü</t>
+          <t>www. Wonder - Mucize</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>228</v>
+        <v>310</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056951206</t>
+          <t>9786056951251</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Psiko-Siyaset</t>
+          <t>WWW: Watch/Takip</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>145</v>
+        <v>310</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058117198</t>
+          <t>9786056951220</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Öykü Diyarı 1</t>
+          <t>Truva Kuşatması</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058117181</t>
+          <t>9786056951213</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hazine Arayıcıları ile Üçkafa</t>
+          <t>Devrim İsyan Direniş Hikayenin Gücü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>70</v>
+        <v>270</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058117167</t>
+          <t>9786056951206</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kemer Sıkma Çağında Direniş</t>
+          <t>Psiko-Siyaset</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786058117150</t>
+          <t>9786058117198</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Işığın Düştüğü Yer</t>
+          <t>Öykü Diyarı 1</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058117143</t>
+          <t>9786058117181</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sakın Geç Kalma Ergen Gel</t>
+          <t>Hazine Arayıcıları ile Üçkafa</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>210</v>
+        <v>80</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786058117136</t>
+          <t>9786058117167</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Aslan Asker Arslan</t>
+          <t>Kemer Sıkma Çağında Direniş</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058246898</t>
+          <t>9786058117150</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Çalı Çiçeği</t>
+          <t>Işığın Düştüğü Yer</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>85</v>
+        <v>270</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058117105</t>
+          <t>9786058117143</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Oynatıyoruz Mahalleyi Kaynatıyoruz</t>
+          <t>Sakın Geç Kalma Ergen Gel</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058246881</t>
+          <t>9786058117136</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dostum Keleş</t>
+          <t>Aslan Asker Arslan</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>85</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058117112</t>
+          <t>9786058246898</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Köşeli Pisküvet</t>
+          <t>Çalı Çiçeği</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786058117129</t>
+          <t>9786058117105</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Nal Sesleri</t>
+          <t>Karagöz Oynatıyoruz Mahalleyi Kaynatıyoruz</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058246874</t>
+          <t>9786058246881</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Troçki</t>
+          <t>Dostum Keleş</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786058246850</t>
+          <t>9786058117112</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Bilimi - Kuyruk Bilimi</t>
+          <t>Köşeli Pisküvet</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058246867</t>
+          <t>9786058117129</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Son Balık</t>
+          <t>Nal Sesleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786058246843</t>
+          <t>9786058246874</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Karnaval</t>
+          <t>Troçki</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>310</v>
+        <v>580</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786058246836</t>
+          <t>9786058246850</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Son Mohikan</t>
+          <t>Geleceğin Bilimi - Kuyruk Bilimi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786058246812</t>
+          <t>9786058246867</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Munise</t>
+          <t>Son Balık</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058246829</t>
+          <t>9786058246843</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Eşit Kuyruklu Canlı: 4</t>
+          <t>Türk Romanında Karnaval</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786058246805</t>
+          <t>9786058246836</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sığıntı</t>
+          <t>Son Mohikan</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786056321795</t>
+          <t>9786058246812</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İlluminati'den Günümüze Global Elit ve Derin Dünya</t>
+          <t>Munise</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786056321764</t>
+          <t>9786058246829</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Osmani</t>
+          <t>Evrensel Eşit Kuyruklu Canlı: 4</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786056321771</t>
+          <t>9786058246805</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mutfaktaki Teselli</t>
+          <t>Sığıntı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786056321788</t>
+          <t>9786056321795</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İnci Zamanı</t>
+          <t>İlluminati'den Günümüze Global Elit ve Derin Dünya</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786056321757</t>
+          <t>9786056321764</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Lenin</t>
+          <t>Tarih-i Osmani</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786056321733</t>
+          <t>9786056321771</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sartre</t>
+          <t>Mutfaktaki Teselli</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786056321740</t>
+          <t>9786056321788</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bırakın Şanımız Yürüsün</t>
+          <t>İnci Zamanı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
+          <t>9786056321757</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Lenin</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786056321733</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Sartre</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786056321740</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Bırakın Şanımız Yürüsün</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
           <t>9786056057274</t>
         </is>
       </c>
-      <c r="B92" s="1" t="inlineStr">
+      <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Evrensel Eşit Kuyruklu Canlı</t>
         </is>
       </c>
-      <c r="C92" s="1">
-        <v>300</v>
+      <c r="C95" s="1">
+        <v>380</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>