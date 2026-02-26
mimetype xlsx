--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,3670 +85,3715 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052374290</t>
+          <t>9786257373548</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss: Ejderha Adası'nda Panik</t>
+          <t>Efsane İstanbul</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052374313</t>
+          <t>9786257373531</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zugileyen Yinki</t>
+          <t>Robotlar Sanat Peşinde</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052374337</t>
+          <t>9786257373555</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Paspal Köpek Kayak Yapıyor</t>
+          <t>Kafacanlar - Bu Mahallede Macera Hiç Bitmiyor</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055171926</t>
+          <t>9786052374290</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mavi Şehir - Sarı Şehir (Ciltli)</t>
+          <t>Küçük Ejderha Kokosnuss: Ejderha Adası'nda Panik</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052374825</t>
+          <t>9786052374313</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Klik! ve Diğer Şamatalı Öyküler</t>
+          <t>Zugileyen Yinki</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055171803</t>
+          <t>9786052374337</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Çağı: Ara, Bul ve Say!</t>
+          <t>Paspal Köpek Kayak Yapıyor</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>135</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052374863</t>
+          <t>9786055171926</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağaç</t>
+          <t>Mavi Şehir - Sarı Şehir (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052374399</t>
+          <t>9786052374825</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çetin Ceviz</t>
+          <t>Klik! ve Diğer Şamatalı Öyküler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052374719</t>
+          <t>9786055171803</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kemal’in Barselona Günlüğü</t>
+          <t>Dinozorlar Çağı: Ara, Bul ve Say!</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052374689</t>
+          <t>9786052374863</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yu ve İlginç Hayvanlar</t>
+          <t>Bir Ağaç</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257373197</t>
+          <t>9786052374399</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yok Satıcısı</t>
+          <t>Çetin Ceviz</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>235</v>
+        <v>135</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055171629</t>
+          <t>9786052374719</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yasimcim Canım Benim</t>
+          <t>Kemal’in Barselona Günlüğü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>30</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052374504</t>
+          <t>9786052374689</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Laf Ebesi - Sözün Ustaları</t>
+          <t>Yu ve İlginç Hayvanlar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>104.9</v>
+        <v>160</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052374078</t>
+          <t>9786257373197</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bidigago Fikrin Ustaları</t>
+          <t>Yok Satıcısı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>59.9</v>
+        <v>235</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052374016</t>
+          <t>9786055171629</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss: Korkma!</t>
+          <t>Yasimcim Canım Benim</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>84.9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052374092</t>
+          <t>9786052374504</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Burası Benim Yerim!</t>
+          <t>Laf Ebesi - Sözün Ustaları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>124.9</v>
+        <v>104.9</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055171742</t>
+          <t>9786052374078</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Bankacı Zorda</t>
+          <t>Bidigago Fikrin Ustaları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>18.43</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055171766</t>
+          <t>9786052374016</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bidigago Bir Dünya Fikir</t>
+          <t>Küçük Ejderha Kokosnuss: Korkma!</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>44.9</v>
+        <v>84.9</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055171773</t>
+          <t>9786052374092</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Büyük Orman Avcıları</t>
+          <t>Burası Benim Yerim!</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>69.9</v>
+        <v>124.9</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055171520</t>
+          <t>9786055171742</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal ve Amerika</t>
+          <t>Zoraki Bankacı Zorda</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>13.43</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055171377</t>
+          <t>9786055171766</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss ve Vampir Macerası (Ciltli)</t>
+          <t>Bidigago Bir Dünya Fikir</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>18.43</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055171360</t>
+          <t>9786055171773</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss ve Hava Cadısı (Ciltli)</t>
+          <t>Büyük Orman Avcıları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>18.43</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055171186</t>
+          <t>9786055171520</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss ve Ormandaki Hazine (Ciltli)</t>
+          <t>Mustafa Kemal ve Amerika</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>13.89</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055171179</t>
+          <t>9786055171377</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss ve Mumyanın Gizemi (Ciltli)</t>
+          <t>Küçük Ejderha Kokosnuss ve Vampir Macerası (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>13.89</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055171636</t>
+          <t>9786055171360</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Hayat - 2</t>
+          <t>Küçük Ejderha Kokosnuss ve Hava Cadısı (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>32.31</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055171230</t>
+          <t>9786055171186</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Anlat Beni</t>
+          <t>Küçük Ejderha Kokosnuss ve Ormandaki Hazine (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052374269</t>
+          <t>9786055171179</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Boya ve Tasarla</t>
+          <t>Küçük Ejderha Kokosnuss ve Mumyanın Gizemi (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>290</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055171667</t>
+          <t>9786055171636</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ne Buldu? Ne Bıraktı?</t>
+          <t>Yaşasın Hayat - 2</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>17.59</v>
+        <v>32.31</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055171223</t>
+          <t>9786055171230</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Bay Soğuk</t>
+          <t>Anlat Beni</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>155</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052374382</t>
+          <t>9786052374269</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Masallar Atlası (Ciltli)</t>
+          <t>Boya ve Tasarla</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>124.9</v>
+        <v>290</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052374375</t>
+          <t>9786055171667</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dinozorun Abecesi - Yaşamın Abecesi Serisi (Ciltli)</t>
+          <t>Ne Buldu? Ne Bıraktı?</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>29.9</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052374153</t>
+          <t>9786055171223</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss ve Vampir Macerası</t>
+          <t>Hoş Geldin Bay Soğuk</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>34.9</v>
+        <v>155</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052374207</t>
+          <t>9786052374382</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss ve Hava Cadısı</t>
+          <t>Masallar Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>34.9</v>
+        <v>124.9</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052374221</t>
+          <t>9786052374375</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss ve Güçlü Vikingler</t>
+          <t>Dinozorun Abecesi - Yaşamın Abecesi Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>34.9</v>
+        <v>29.9</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052374054</t>
+          <t>9786052374153</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss: Kızılderililerin Arasında</t>
+          <t>Küçük Ejderha Kokosnuss ve Vampir Macerası</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>34.9</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052374214</t>
+          <t>9786052374207</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss: Ateş Kayalıkları’nda Okul Partisi</t>
+          <t>Küçük Ejderha Kokosnuss ve Hava Cadısı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>84.9</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052374344</t>
+          <t>9786052374221</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Doğdun Paspal Köpek!</t>
+          <t>Küçük Ejderha Kokosnuss ve Güçlü Vikingler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>104.9</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052374184</t>
+          <t>9786052374054</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss Uzayda</t>
+          <t>Küçük Ejderha Kokosnuss: Kızılderililerin Arasında</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>34.9</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052374030</t>
+          <t>9786052374214</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss ve Maceraları</t>
+          <t>Küçük Ejderha Kokosnuss: Ateş Kayalıkları’nda Okul Partisi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>115</v>
+        <v>84.9</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052374047</t>
+          <t>9786052374344</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss: Okula Başlıyor</t>
+          <t>İyi ki Doğdun Paspal Köpek!</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>84.9</v>
+        <v>104.9</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052374160</t>
+          <t>9786052374184</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss ve Ormandaki Hazine</t>
+          <t>Küçük Ejderha Kokosnuss Uzayda</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>115</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055171049</t>
+          <t>9786052374030</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss ve Kara Şövalye (Ciltli)</t>
+          <t>Küçük Ejderha Kokosnuss ve Maceraları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>13.89</v>
+        <v>115</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055171704</t>
+          <t>9786052374047</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Trablusgarb’inde (Libya) İtalyan İşgaline Direnen Üç Türk’ün Anıları</t>
+          <t>Küçük Ejderha Kokosnuss: Okula Başlıyor</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>18.43</v>
+        <v>84.9</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055171582</t>
+          <t>9786052374160</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Şehrazat : İstiridyenin Sırrı</t>
+          <t>Küçük Ejderha Kokosnuss ve Ormandaki Hazine</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>22.9</v>
+        <v>115</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055171605</t>
+          <t>9786055171049</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sen de mi Yaramazdın Baba?</t>
+          <t>Küçük Ejderha Kokosnuss ve Kara Şövalye (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>22.9</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055171438</t>
+          <t>9786055171704</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yılan  Kız Kardeşler</t>
+          <t>Osmanlı Trablusgarb’inde (Libya) İtalyan İşgaline Direnen Üç Türk’ün Anıları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>27.9</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055171599</t>
+          <t>9786055171582</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık Tamirci</t>
+          <t>Şehrazat : İstiridyenin Sırrı</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>22.9</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055171421</t>
+          <t>9786055171605</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Profesör Gargoyle</t>
+          <t>Sen de mi Yaramazdın Baba?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>27.9</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055171544</t>
+          <t>9786055171438</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sen de Hayal Edebilirsin (Ciltli)</t>
+          <t>Yılan  Kız Kardeşler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>155</v>
+        <v>27.9</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055171445</t>
+          <t>9786055171599</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Bankacı</t>
+          <t>Kıvırcık Tamirci</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>17.59</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055171278</t>
+          <t>9786055171421</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Malta Esirleri - Osmanlı Sürgünlerinin Öyküsü (1918 - 1921)</t>
+          <t>Profesör Gargoyle</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>13.8</v>
+        <v>27.9</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055171162</t>
+          <t>9786055171544</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Manevi Mimarları</t>
+          <t>Sen de Hayal Edebilirsin (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>13.8</v>
+        <v>155</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055171407</t>
+          <t>9786055171445</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Monster Canamira - Mira ve Gizemli Ailesi 1. Kitap (Ciltli)</t>
+          <t>Zoraki Bankacı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>22.9</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052374627</t>
+          <t>9786055171278</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bir Müzik Efsanesi</t>
+          <t>Malta Esirleri - Osmanlı Sürgünlerinin Öyküsü (1918 - 1921)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>54.9</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055171858</t>
+          <t>9786055171162</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Benim Kırmızı Arabam (Ciltli)</t>
+          <t>Cumhuriyetin Manevi Mimarları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>27.69</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055171575</t>
+          <t>9786055171407</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Çok Cici Bir Kızım Ben</t>
+          <t>Monster Canamira - Mira ve Gizemli Ailesi 1. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>29.9</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055171872</t>
+          <t>9786052374627</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bidigago: Bidigago'ya Yolculuk</t>
+          <t>Bir Müzik Efsanesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>44.9</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052374238</t>
+          <t>9786055171858</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Majanda 2018 - Bir Yıllık Eğlence Defteri</t>
+          <t>Benim Kırmızı Arabam (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>23.06</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055171780</t>
+          <t>9786055171575</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Okul Radyosu Yayında!</t>
+          <t>Çok Cici Bir Kızım Ben</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>104.9</v>
+        <v>29.9</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055171865</t>
+          <t>9786055171872</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>3 2 1 Başla!</t>
+          <t>Bidigago: Bidigago'ya Yolculuk</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>11.11</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055171797</t>
+          <t>9786052374238</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss ve Güçlü Vikingler (Ciltli)</t>
+          <t>Majanda 2018 - Bir Yıllık Eğlence Defteri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>18.43</v>
+        <v>23.06</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055171216</t>
+          <t>9786055171780</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Türk Kimdir? Osmanlı Kimdir? Soru ve Cevaplarla</t>
+          <t>Okul Radyosu Yayında!</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>13.89</v>
+        <v>104.9</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055171315</t>
+          <t>9786055171865</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss Ateş Kayalıkları’nda Okul Partisi (Ciltli)</t>
+          <t>3 2 1 Başla!</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058795846</t>
+          <t>9786055171797</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Kutulu) (Ciltli)</t>
+          <t>Küçük Ejderha Kokosnuss ve Güçlü Vikingler (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>81.48</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055171391</t>
+          <t>9786055171216</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Siyah Hayatlar</t>
+          <t>Türk Kimdir? Osmanlı Kimdir? Soru ve Cevaplarla</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>13.43</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>3990000028115</t>
+          <t>9786055171315</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Olmasaydı</t>
+          <t>Küçük Ejderha Kokosnuss Ateş Kayalıkları’nda Okul Partisi (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055171384</t>
+          <t>9786058795846</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss ve Maceraları (Ciltsiz) (Ciltli)</t>
+          <t>Safahat (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>14.72</v>
+        <v>81.48</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055171469</t>
+          <t>9786055171391</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Karga ve Ceviz Ağacı</t>
+          <t>Siyah Hayatlar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>185</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058735910</t>
+          <t>3990000028115</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Zehirden Panzehire Mektuplar</t>
+          <t>Atatürk Olmasaydı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>8.33</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786058795891</t>
+          <t>9786055171384</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Vatan Vardı Kurtarılacak</t>
+          <t>Küçük Ejderha Kokosnuss ve Maceraları (Ciltsiz) (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>13.8</v>
+        <v>14.72</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058866706</t>
+          <t>9786055171469</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Mesnevilerde Besmele Şiirleri</t>
+          <t>Karga ve Ceviz Ağacı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>13.89</v>
+        <v>185</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058735972</t>
+          <t>9786058735910</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Son Cuma</t>
+          <t>Zehirden Panzehire Mektuplar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>13.8</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058795853</t>
+          <t>9786058795891</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Somali’de Aşk ve Ölüm</t>
+          <t>Vatan Vardı Kurtarılacak</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>11.11</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058795822</t>
+          <t>9786058866706</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ses Temelli Gerçek İngilizce</t>
+          <t>Türkçe Mesnevilerde Besmele Şiirleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055171094</t>
+          <t>9786058735972</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Mizah</t>
+          <t>Son Cuma</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>13.8</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055171032</t>
+          <t>9786058795853</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Vambery’nin Günlükleri</t>
+          <t>Somali’de Aşk ve Ölüm</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055171063</t>
+          <t>9786058795822</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss ve Zalim Korsanlar (Ciltli)</t>
+          <t>Ses Temelli Gerçek İngilizce</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>14.72</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058735989</t>
+          <t>9786055171094</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss Okula Başlıyor (Ciltli)</t>
+          <t>Osmanlı’da Mizah</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>14.72</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786058735996</t>
+          <t>9786055171032</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss Korkma! (Ciltli)</t>
+          <t>Vambery’nin Günlükleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055171018</t>
+          <t>9786055171063</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss Kızılderililerin Arasında (Ciltli)</t>
+          <t>Küçük Ejderha Kokosnuss ve Zalim Korsanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>13.89</v>
+        <v>14.72</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052374009</t>
+          <t>9786058735989</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss: Kayıp Şehir Atlantis’i Arıyor</t>
+          <t>Küçük Ejderha Kokosnuss Okula Başlıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>115</v>
+        <v>14.72</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055171070</t>
+          <t>9786058735996</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss - Hayaletli Şato (Ciltli)</t>
+          <t>Küçük Ejderha Kokosnuss Korkma! (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055171117</t>
+          <t>9786055171018</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kapitalizm</t>
+          <t>Küçük Ejderha Kokosnuss Kızılderililerin Arasında (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>25.93</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058735927</t>
+          <t>9786052374009</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları (Ciltli)</t>
+          <t>Küçük Ejderha Kokosnuss: Kayıp Şehir Atlantis’i Arıyor</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>11.11</v>
+        <v>115</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058735958</t>
+          <t>9786055171070</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Göz Kırpan Yıldız (Ciltli)</t>
+          <t>Küçük Ejderha Kokosnuss - Hayaletli Şato (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>185</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786058735934</t>
+          <t>9786055171117</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları (Ciltli)</t>
+          <t>Kızıl Kapitalizm</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>11.11</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055171056</t>
+          <t>9786058735927</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Öyküleri (Ciltli)</t>
+          <t>Grimm Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058795839</t>
+          <t>9786058735958</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Düşünceler</t>
+          <t>Göz Kırpan Yıldız (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>16.67</v>
+        <v>185</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058795808</t>
+          <t>9786058735934</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Asmalı Pencere</t>
+          <t>Ezop Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>17.59</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786058795815</t>
+          <t>9786055171056</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ahtapot</t>
+          <t>Dede Korkut Öyküleri (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>17.59</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786058735941</t>
+          <t>9786058795839</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>47 Gün</t>
+          <t>Çılgın Düşünceler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052374955</t>
+          <t>9786058795808</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yoga Zamanı!</t>
+          <t>Asmalı Pencere</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>185</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052374726</t>
+          <t>9786058795815</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ajandam 2020 - Dolu Dolu Etkinlik Defteri</t>
+          <t>Ahtapot</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>30</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052374894</t>
+          <t>9786058735941</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sadako</t>
+          <t>47 Gün</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052374177</t>
+          <t>9786052374955</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss: Hayaletli Şato</t>
+          <t>Yoga Zamanı!</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>34.9</v>
+        <v>185</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052374566</t>
+          <t>9786052374726</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Atkı Kulübü</t>
+          <t>Ajandam 2020 - Dolu Dolu Etkinlik Defteri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>104.9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055171735</t>
+          <t>9786052374894</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Uçurtmam Kaçtı! (Ciltli)</t>
+          <t>Sadako</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>124.9</v>
+        <v>160</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052374481</t>
+          <t>9786052374177</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>2019 Ajandam</t>
+          <t>Küçük Ejderha Kokosnuss: Hayaletli Şato</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>27.69</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052374474</t>
+          <t>9786052374566</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Atkı Kulübü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>104.9</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055171193</t>
+          <t>9786055171735</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Haklarım Var! - Çocuk Hakları Etkinlik Kitabı</t>
+          <t>Eyvah! Uçurtmam Kaçtı! (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>154.9</v>
+        <v>124.9</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052374696</t>
+          <t>9786052374481</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kemal’in Londra Günlüğü</t>
+          <t>2019 Ajandam</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>185</v>
+        <v>27.69</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052374580</t>
+          <t>9786052374474</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Arkadaşım</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052374597</t>
+          <t>9786055171193</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bidigago Bir Dünya Çocuk</t>
+          <t>Çocuğum Haklarım Var! - Çocuk Hakları Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>135</v>
+        <v>154.9</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052374818</t>
+          <t>9786052374696</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Cebirce - Bişey Bişey Ormanı</t>
+          <t>Kemal’in Londra Günlüğü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>104.9</v>
+        <v>185</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052374634</t>
+          <t>9786052374580</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Benim Kırmızı Arabam</t>
+          <t>Uzaylı Arkadaşım</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>124.9</v>
+        <v>180</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052374641</t>
+          <t>9786052374597</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Göz Kırpan Yıldız</t>
+          <t>Bidigago Bir Dünya Çocuk</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>185</v>
+        <v>135</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257373241</t>
+          <t>9786052374818</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Zamanında- Bu Nasıl Oyuncak?</t>
+          <t>Cebirce - Bişey Bişey Ormanı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>104.9</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052374528</t>
+          <t>9786052374634</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kes, Yapıştır, Kendin Yap</t>
+          <t>Benim Kırmızı Arabam</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>154.9</v>
+        <v>124.9</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052374795</t>
+          <t>9786052374641</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mürafa Zürafa Uyanmış Mı? Uyanmamış Mı?</t>
+          <t>Göz Kırpan Yıldız</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055171650</t>
+          <t>9786257373241</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Oynama Zamanları Geçti</t>
+          <t>Dedemin Zamanında- Bu Nasıl Oyuncak?</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052374542</t>
+          <t>9786052374528</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Uçurtmam Kaçtı!</t>
+          <t>Kes, Yapıştır, Kendin Yap</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>160</v>
+        <v>154.9</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052374870</t>
+          <t>9786052374795</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalar Nezle Olmasın ve Diğer Şiirler</t>
+          <t>Mürafa Zürafa Uyanmış Mı? Uyanmamış Mı?</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257373500</t>
+          <t>9786055171650</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ne Düşünüyorsun?</t>
+          <t>Ceviz Oynama Zamanları Geçti</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257373524</t>
+          <t>9786052374542</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Oyuncak Daha</t>
+          <t>Eyvah! Uçurtmam Kaçtı!</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052374115</t>
+          <t>9786052374870</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kelime Hazinem Serisi: Seç, Oyna, Öğren Kartları</t>
+          <t>Ejderhalar Nezle Olmasın ve Diğer Şiirler</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055171681</t>
+          <t>9786257373500</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sakın Oraya Yapma!</t>
+          <t>Ne Düşünüyorsun?</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052374849</t>
+          <t>9786257373524</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Düğmeler</t>
+          <t>Küçük Bir Oyuncak Daha</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052374672</t>
+          <t>9786052374115</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bu Ne Güzel Hediye</t>
+          <t>Kelime Hazinem Serisi: Seç, Oyna, Öğren Kartları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>300</v>
+        <v>365</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052374511</t>
+          <t>9786055171681</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Noa, Kirpi ve Sarı</t>
+          <t>Sakın Oraya Yapma!</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055171322</t>
+          <t>9786052374849</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Küçük Periler - Büyülü Parti</t>
+          <t>Rengarenk Düğmeler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052374535</t>
+          <t>9786052374672</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yıllar Paspal Köpek</t>
+          <t>Bu Ne Güzel Hediye</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052374559</t>
+          <t>9786052374511</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Dugong Dugo’yu Kim Üzdü?</t>
+          <t>Noa, Kirpi ve Sarı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257373517</t>
+          <t>9786055171322</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Takımı</t>
+          <t>Küçük Periler - Büyülü Parti</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257373449</t>
+          <t>9786052374535</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Puffin Rock- Büyükler Gibi Balık Tutmak!</t>
+          <t>Mutlu Yıllar Paspal Köpek</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257373494</t>
+          <t>9786052374559</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yavaşla- Mindfulness Aktivite Kartları</t>
+          <t>Dugong Dugo’yu Kim Üzdü?</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257373487</t>
+          <t>9786257373517</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Alfabe- A’dan Z’ye Hayvanlar Aleminde</t>
+          <t>Kahkaha Takımı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257373104</t>
+          <t>9786257373449</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Aile Takvimi 2025</t>
+          <t>Puffin Rock- Büyükler Gibi Balık Tutmak!</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257373470</t>
+          <t>9786257373494</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Süper Kahramanım</t>
+          <t>Yavaşla- Mindfulness Aktivite Kartları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257373395</t>
+          <t>9786257373487</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Geniş Sözcük Ailesi- Ailenin Sanatçısı Sıfatlar</t>
+          <t>Alfabe- A’dan Z’ye Hayvanlar Aleminde</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257373135</t>
+          <t>9786257373104</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Düşünme Becerilerini Geliştirme Etkinlikleri 1</t>
+          <t>Aile Takvimi 2025</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052374276</t>
+          <t>9786257373470</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Değirmenler Vadisi (Ciltli)</t>
+          <t>Ben Bir Süper Kahramanım</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052374245</t>
+          <t>9786257373395</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ekspres</t>
+          <t>Geniş Sözcük Ailesi- Ailenin Sanatçısı Sıfatlar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>408</v>
+        <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052374771</t>
+          <t>9786257373135</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç - Sözcük Parkı</t>
+          <t>Düşünme Becerilerini Geliştirme Etkinlikleri 1</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257373463</t>
+          <t>9786052374276</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Duygularımı Tanıyorum - Zui'nin Çantası Heyecanlı Bir Başlangıç Hikayesi</t>
+          <t>Değirmenler Vadisi (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257373326</t>
+          <t>9786052374245</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik!</t>
+          <t>Ekspres</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>350</v>
+        <v>408</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257373456</t>
+          <t>9786052374771</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Büyük Uzay Yarışı</t>
+          <t>Saklambaç - Sözcük Parkı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257373432</t>
+          <t>9786257373463</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Elo ve Moni ile Finansal Okuryazarlık</t>
+          <t>Duygularımı Tanıyorum - Zui'nin Çantası Heyecanlı Bir Başlangıç Hikayesi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257373425</t>
+          <t>9786257373326</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Biyomacera</t>
+          <t>Sessizlik!</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257373401</t>
+          <t>9786257373456</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Aradığınız Aileye Şu Anda Ulaşılamıyor</t>
+          <t>Büyük Uzay Yarışı</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257373234</t>
+          <t>9786257373432</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hiç Olur Mu Öyle?</t>
+          <t>Elo ve Moni ile Finansal Okuryazarlık</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052374139</t>
+          <t>9786257373425</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Okul Radyosu Yayında!</t>
+          <t>Biyomacera</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257373388</t>
+          <t>9786257373401</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Oyun Cumhuriyeti</t>
+          <t>Aradığınız Aileye Şu Anda Ulaşılamıyor</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257373357</t>
+          <t>9786257373234</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüşüm Toplantısı</t>
+          <t>Hiç Olur Mu Öyle?</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257373340</t>
+          <t>9786052374139</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bilge Meşe Ağacının Doğum Günü Partisi (Ciltli)</t>
+          <t>Okul Radyosu Yayında!</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257373111</t>
+          <t>9786257373388</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Mevsimler</t>
+          <t>Oyun Cumhuriyeti</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257373265</t>
+          <t>9786257373357</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Okulda Bir Gün</t>
+          <t>Geri Dönüşüm Toplantısı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257373289</t>
+          <t>9786257373340</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>5 Dakikalık Doğa Öyküleri (Ciltli)</t>
+          <t>Bilge Meşe Ağacının Doğum Günü Partisi (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257373302</t>
+          <t>9786257373111</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sen Hiç Çiçek Yedin Mi?</t>
+          <t>İçimdeki Mevsimler</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257373319</t>
+          <t>9786257373265</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>5-7-5 Hayvanlar: A'dan Z'ye Hayvanlarla Haiku</t>
+          <t>Okulda Bir Gün</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257373210</t>
+          <t>9786257373289</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Beklemenin Mucizesi: Fermente Lezzetler</t>
+          <t>5 Dakikalık Doğa Öyküleri (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257373258</t>
+          <t>9786257373302</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İki Şair Bir Kitap</t>
+          <t>Sen Hiç Çiçek Yedin Mi?</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257373227</t>
+          <t>9786257373319</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kemal’in Paris Günlüğü</t>
+          <t>5-7-5 Hayvanlar: A'dan Z'ye Hayvanlarla Haiku</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257373203</t>
+          <t>9786257373210</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ben Hep Buradaydım</t>
+          <t>Beklemenin Mucizesi: Fermente Lezzetler</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257373081</t>
+          <t>9786257373258</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Lulluna</t>
+          <t>İki Şair Bir Kitap</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257373173</t>
+          <t>9786257373227</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sanat Etkinlik Kitabı</t>
+          <t>Kemal’in Paris Günlüğü</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257373166</t>
+          <t>9786257373203</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Düşünme Becerilerini Geliştirme Etkinlikleri 4</t>
+          <t>Ben Hep Buradaydım</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257373159</t>
+          <t>9786257373081</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Düşünme Becerilerini Geliştirme Etkinlikleri 3</t>
+          <t>Lulluna</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257373142</t>
+          <t>9786257373173</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Düşünme Becerilerini Geliştirme Etkinlikleri 2</t>
+          <t>Sanat Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257373180</t>
+          <t>9786257373166</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Neredesin Büyük Ayı?</t>
+          <t>Düşünme Becerilerini Geliştirme Etkinlikleri 4</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257373098</t>
+          <t>9786257373159</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bugün Nasılsın?</t>
+          <t>Düşünme Becerilerini Geliştirme Etkinlikleri 3</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257373043</t>
+          <t>9786257373142</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma</t>
+          <t>Düşünme Becerilerini Geliştirme Etkinlikleri 2</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257373050</t>
+          <t>9786257373180</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Aramıza Katılan Bücürük</t>
+          <t>Neredesin Büyük Ayı?</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257373067</t>
+          <t>9786257373098</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Baykuş Elli’nin Oyun Arkadaşı</t>
+          <t>Bugün Nasılsın?</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257373074</t>
+          <t>9786257373043</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Çekirdekleri Kurtarmak!</t>
+          <t>Uçurtma</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257373005</t>
+          <t>9786257373050</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Mizi’nin Uykusu Nerede?</t>
+          <t>Aramıza Katılan Bücürük</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257373012</t>
+          <t>9786257373067</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Mizi’nin Banyo Oyuncağı Nerede?</t>
+          <t>Baykuş Elli’nin Oyun Arkadaşı</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257373029</t>
+          <t>9786257373074</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Mizi’nin Aktivite Kitabı</t>
+          <t>Görevimiz Çekirdekleri Kurtarmak!</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052374962</t>
+          <t>9786257373005</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kapının Ardı</t>
+          <t>Mizi’nin Uykusu Nerede?</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257373036</t>
+          <t>9786257373012</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutu</t>
+          <t>Mizi’nin Banyo Oyuncağı Nerede?</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055171612</t>
+          <t>9786257373029</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Mizi’nin Yemeği Nerede?</t>
+          <t>Mizi’nin Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055171810</t>
+          <t>9786052374962</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bugün Ormana Gidersen (Ciltli)</t>
+          <t>Kapının Ardı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052374658</t>
+          <t>9786257373036</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sümüklerin Gizli Hayatı</t>
+          <t>Bir Kutu</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052374993</t>
+          <t>9786055171612</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Ne Görüyorum?</t>
+          <t>Mizi’nin Yemeği Nerede?</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052374979</t>
+          <t>9786055171810</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Yaraların Gizli Hayatı</t>
+          <t>Eğer Bugün Ormana Gidersen (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052374948</t>
+          <t>9786052374658</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Karnımız Zil Çalıyor</t>
+          <t>Sümüklerin Gizli Hayatı</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055171711</t>
+          <t>9786052374993</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Nemrut Oyunbaz Dağı</t>
+          <t>Bil Bakalım Ne Görüyorum?</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052374986</t>
+          <t>9786052374979</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Virüslerin Gizli Hayatı</t>
+          <t>Yaraların Gizli Hayatı</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055171698</t>
+          <t>9786052374948</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı</t>
+          <t>Karnımız Zil Çalıyor</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055171452</t>
+          <t>9786055171711</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Suyun Altında - Saklı Vadi’den Hikayeler</t>
+          <t>Nemrut Oyunbaz Dağı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052374931</t>
+          <t>9786052374986</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Atlıkarınca - Sözcük Parkı</t>
+          <t>Virüslerin Gizli Hayatı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055171674</t>
+          <t>9786055171698</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Salıncak - Sözcük Parkı</t>
+          <t>Kırmızı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055171414</t>
+          <t>9786055171452</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Bahar</t>
+          <t>Suyun Altında - Saklı Vadi’den Hikayeler</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052374924</t>
+          <t>9786052374931</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İşte Benim Babam (Ciltli)</t>
+          <t>Atlıkarınca - Sözcük Parkı</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055171308</t>
+          <t>9786055171674</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Tüyünü Kaybeden Kuş</t>
+          <t>Salıncak - Sözcük Parkı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055171261</t>
+          <t>9786055171414</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Çinide Canı Sıkılan Lale</t>
+          <t>Hoş Geldin Bahar</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052374900</t>
+          <t>9786052374924</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kaç Yaşında?</t>
+          <t>İşte Benim Babam (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786055171285</t>
+          <t>9786055171308</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bu Havuzda Balina Var!</t>
+          <t>En Güzel Tüyünü Kaybeden Kuş</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055171292</t>
+          <t>9786055171261</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Hakkında İnanılmaz Ama Gerçek Bir Hikaye (Ciltli)</t>
+          <t>Çinide Canı Sıkılan Lale</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052374887</t>
+          <t>9786052374900</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Saklanıyorum</t>
+          <t>İstanbul Kaç Yaşında?</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052374856</t>
+          <t>9786055171285</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Çok Küçüğüm (Ciltli)</t>
+          <t>Bu Havuzda Balina Var!</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052374832</t>
+          <t>9786055171292</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Alfabe Sirki - Laf Cambazı</t>
+          <t>Dinozorlar Hakkında İnanılmaz Ama Gerçek Bir Hikaye (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055171254</t>
+          <t>9786052374887</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kemal’in Roma Günlüğü</t>
+          <t>Saklanıyorum</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052374740</t>
+          <t>9786052374856</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Pelin ve Çınar'ın Gezi Rehberi - İlk Tren Yolculuğu</t>
+          <t>Çok Küçüğüm (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052374733</t>
+          <t>9786052374832</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Pelin ve Çınar'ın Gezi Rehberi - İlk Uçak Yolculuğu</t>
+          <t>Alfabe Sirki - Laf Cambazı</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052374801</t>
+          <t>9786055171254</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bidigago - Bir Ses Duydum Sanki</t>
+          <t>Kemal’in Roma Günlüğü</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052374702</t>
+          <t>9786052374740</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kemal’in Brüksel Günlüğü</t>
+          <t>Pelin ve Çınar'ın Gezi Rehberi - İlk Tren Yolculuğu</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052374788</t>
+          <t>9786052374733</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Dönme Dolap - Sözcük Parkı</t>
+          <t>Pelin ve Çınar'ın Gezi Rehberi - İlk Uçak Yolculuğu</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052374764</t>
+          <t>9786052374801</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Galapagos'ta Hiç Zürafa Yok!</t>
+          <t>Bidigago - Bir Ses Duydum Sanki</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052374757</t>
+          <t>9786052374702</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya Eğlence Diyarı</t>
+          <t>Kemal’in Brüksel Günlüğü</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786055171155</t>
+          <t>9786052374788</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Paspal Köpek Okulda</t>
+          <t>Dönme Dolap - Sözcük Parkı</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052374665</t>
+          <t>9786052374764</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Dondurmanın Gizli Tarifi</t>
+          <t>Galapagos'ta Hiç Zürafa Yok!</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052374610</t>
+          <t>9786052374757</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Çiz ve Tamamla</t>
+          <t>Kapadokya Eğlence Diyarı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055171247</t>
+          <t>9786055171155</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Alpaka</t>
+          <t>Paspal Köpek Okulda</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052374603</t>
+          <t>9786052374665</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Alice’in Labirentleri</t>
+          <t>Dondurmanın Gizli Tarifi</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052374573</t>
+          <t>9786052374610</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe Oyun Parkı</t>
+          <t>Çiz ve Tamamla</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055171209</t>
+          <t>9786055171247</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Uçuşan Yapraklar</t>
+          <t>Alpaka</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052374498</t>
+          <t>9786052374603</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Finaller - Sözün Ustaları</t>
+          <t>Alice’in Labirentleri</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052374467</t>
+          <t>9786052374573</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Balkabağıgiller</t>
+          <t>Göbeklitepe Oyun Parkı</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052374450</t>
+          <t>9786055171209</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Ülkesi</t>
+          <t>Uçuşan Yapraklar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052374412</t>
+          <t>9786052374498</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kedibüdü Geri Döndü!</t>
+          <t>Finaller - Sözün Ustaları</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052374429</t>
+          <t>9786052374467</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kedibüdü’nün Başyapıtı</t>
+          <t>Balkabağıgiller</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052374405</t>
+          <t>9786052374450</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kedibüdü</t>
+          <t>Dünyanın En Güzel Ülkesi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052374436</t>
+          <t>9786052374412</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Paspal Köpek Plajda</t>
+          <t>Kedibüdü Geri Döndü!</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052374443</t>
+          <t>9786052374429</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Paspal Köpek Çiftlikte</t>
+          <t>Kedibüdü’nün Başyapıtı</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052374351</t>
+          <t>9786052374405</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Dev Labirent</t>
+          <t>Kedibüdü</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052374368</t>
+          <t>9786052374436</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İşte Benim Annem (Ciltli)</t>
+          <t>Paspal Köpek Plajda</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052374320</t>
+          <t>9786052374443</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Paspal Köpek</t>
+          <t>Paspal Köpek Çiftlikte</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052374146</t>
+          <t>9786052374351</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss ve Zalim Korsanlar</t>
+          <t>Dev Labirent</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052374306</t>
+          <t>9786052374368</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss: Kuzey Kutbu'na Yolculuk</t>
+          <t>İşte Benim Annem (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052374252</t>
+          <t>9786052374320</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Doğada Saklambaç</t>
+          <t>Paspal Köpek</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052374283</t>
+          <t>9786052374146</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Alkış Alkış! (Ciltli)</t>
+          <t>Küçük Ejderha Kokosnuss ve Zalim Korsanlar</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052374191</t>
+          <t>9786052374306</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Mutfaktaki Dans (Ciltli)</t>
+          <t>Küçük Ejderha Kokosnuss: Kuzey Kutbu'na Yolculuk</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052374122</t>
+          <t>9786052374252</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Hatalar Kitabı (Ciltli)</t>
+          <t>Doğada Saklambaç</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052374108</t>
+          <t>9786052374283</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yogayı Seviyorum!</t>
+          <t>Alkış Alkış! (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052374023</t>
+          <t>9786052374191</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss ve Mumyanın Gizemi</t>
+          <t>Mutfaktaki Dans (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052374061</t>
+          <t>9786052374122</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Rada ve Şakacı Şövalye</t>
+          <t>Hatalar Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052374085</t>
+          <t>9786052374108</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İsim, Şehir, Hayvan, Bitki, Eşya</t>
+          <t>Yogayı Seviyorum!</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055171988</t>
+          <t>9786052374023</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bir Dakika</t>
+          <t>Küçük Ejderha Kokosnuss ve Mumyanın Gizemi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055171971</t>
+          <t>9786052374061</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Rada ve Kedili Kral</t>
+          <t>Rada ve Şakacı Şövalye</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055171933</t>
+          <t>9786052374085</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudunun Sihri (Ciltli)</t>
+          <t>İsim, Şehir, Hayvan, Bitki, Eşya</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055171919</t>
+          <t>9786055171988</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Yerde Yaşasaydım</t>
+          <t>Bir Dakika</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055171834</t>
+          <t>9786055171971</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Canavar! Canavar?</t>
+          <t>Rada ve Kedili Kral</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055171841</t>
+          <t>9786055171933</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bu Ses de Ne? (Ciltli)</t>
+          <t>Meşe Palamudunun Sihri (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055171896</t>
+          <t>9786055171919</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Okul Sineması</t>
+          <t>Başka Bir Yerde Yaşasaydım</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055171889</t>
+          <t>9786055171834</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Mavi Kurt'tan? (Ciltli)</t>
+          <t>Canavar! Canavar?</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055171827</t>
+          <t>9786055171841</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Mercan'ın Kırmızı Saçları</t>
+          <t>Bu Ses de Ne? (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055171483</t>
+          <t>9786055171896</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Küçük Periler - Yavru Kedi</t>
+          <t>Okul Sineması</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786055171476</t>
+          <t>9786055171889</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Küçük Periler - Peri Balesi</t>
+          <t>Kim Korkar Mavi Kurt'tan? (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786055171995</t>
+          <t>9786055171827</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha Kokosnuss ve Kara Şövalye</t>
+          <t>Mercan'ın Kırmızı Saçları</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786055171353</t>
+          <t>9786055171483</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Küçük Periler - Cadı Öğretmen</t>
+          <t>Küçük Periler - Yavru Kedi</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055171339</t>
+          <t>9786055171476</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Küçük Periler - Hayvanat Bahçesinde Sihir</t>
+          <t>Küçük Periler - Peri Balesi</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
+          <t>9786055171995</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Ejderha Kokosnuss ve Kara Şövalye</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786055171353</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Periler - Cadı Öğretmen</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786055171339</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Periler - Hayvanat Bahçesinde Sihir</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
           <t>9786055171346</t>
         </is>
       </c>
-      <c r="B243" s="1" t="inlineStr">
+      <c r="B246" s="1" t="inlineStr">
         <is>
           <t>Küçük Periler - Sihirli Midilli Kulübü</t>
         </is>
       </c>
-      <c r="C243" s="1">
+      <c r="C246" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>