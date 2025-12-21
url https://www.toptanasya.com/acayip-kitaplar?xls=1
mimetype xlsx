--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -139,111 +139,111 @@
         <is>
           <t>9786059534666</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Beyin Avcısı (5 Kitap Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>1335</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786257463980</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Saklı Şehir</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786257463997</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Devler Şehri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786256186095</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Plastik Ordunun Yükselişi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>149</v>
+        <v>189</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786256186101</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Beni Kandıramaz</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786256186088</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Orman Dünya Efsanesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>149</v>
+        <v>189</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786256186071</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Milli Mücadele Gazetesi</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786257463973</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
@@ -349,96 +349,96 @@
         <is>
           <t>9786059534086</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Zindan Adası - Beyin Avcısı 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>267</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786059534840</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Sayıların İzinde Set (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>591</v>
+        <v>717</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786059534697</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Gizli Teşkilat - Kanıt Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786059534659</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Enteresan Bilgiler Seti (5 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>945</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786256186002</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786256186019</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Dijital Dedektifler 4 - Tablet Firarda</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786257463966</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
@@ -469,261 +469,261 @@
         <is>
           <t>9786257463942</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Dijital Dedektifler 1 - Kamera Arkası</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786059534956</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Küplerin Savaşı - Gizemli Matematik Hikayeleri 1</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>165</v>
+        <v>198</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786257463898</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Orman Yangını</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>79</v>
+        <v>99</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786257463881</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Sel Baskını</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>79</v>
+        <v>99</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786257463874</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Kar Fırtınası</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>79</v>
+        <v>99</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786257463867</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Salgın Günleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>79</v>
+        <v>99</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786257463904</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Şiddetli Deprem</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>79</v>
+        <v>99</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786257463935</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Tarık Akan</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786257463928</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Türkan Şoray</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786257463911</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Aptal Sınıf</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>129</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786257463836</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Cüneyt Arkın</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786257463829</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Adile Naşit</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786257463805</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Asansör - Buzul Şehri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786257463812</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Kemal Sunal</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786257463799</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Mete'nin Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786257463782</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Kanıt Peşinde - Gizli Teşkilat</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>191</v>
+        <v>229</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786257463768</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Kabus Avcısı Seti - 5 Kitap Takım - Kutulu</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>745</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786257463775</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
@@ -784,606 +784,606 @@
         <is>
           <t>9786257463461</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Beyin Avcısı 6 Kitap Kutulu Set</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>1182</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786257463744</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Mucit Kafası - İşte Şimdi Buldum</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786257463515</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Kuklalar Prensi - Kabus Avcısı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786257463522</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Rüya Leydisi - Kabus Avcısı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786257463737</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Kıyamet Savaşı - Kabus Avcısı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786257463669</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Bilmece Krallığı 5 - Makineler Çöplüğü</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786257463492</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Gizemli Rakipler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>129</v>
+        <v>149</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786257463478</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Kayıp Öğrenci</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786257463508</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Çığlık Şatosu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786257463430</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Bilmece Krallığı 3 - Ejderhalar Kulesi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786257463485</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Bilmece Krallığı 4 - Korku Vadisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786257463416</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Cumhuriyetin Yıldızları 9 - Doğan Cüceloğlu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786257463386</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Cumhuriyetin Yıldızları 7 - Barış Manço</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786257463423</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Cumhuriyetin Yıldızları 10 - Aziz Sancar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786257463393</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Cumhuriyetin Yıldızları 5 - Muazzez İlmiye Çığ</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786257463409</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Cumhuriyetin Yıldızları 8 - Hayrettin Karaca</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786257463362</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Cumhuriyetin Yıldızları 6 - Türkan Saylan</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786257463331</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Cumhuriyetin Yıldızları 2 - Sabiha Gökçen</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786257463317</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Kitap Kaçkını ve Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786257463379</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Cumhuriyetin Yıldızları 4 - Gazi Yaşargil</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786257463348</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Cumhuriyetin Yıldızları 1 - Vecihi Hürkuş</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786257463324</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Kitap Kaçkını ve Pinokyo</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786257463355</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Cumhuriyetin Yıldızları 3 - Cahit Arf</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786257463300</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Kitap Kaçkını ve Küçük Prens</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786257463249</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Beyin Avcısı 6 - Yıkım Silahı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>197</v>
+        <v>239</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786257463270</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Sihirbaz Çırağı - Beyin Avcısı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>197</v>
+        <v>239</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786257463263</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Kurt Kapanı - Beyin Avcısı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>197</v>
+        <v>239</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786257463294</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Ölüm Ormanı - Beyin Avcısı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>197</v>
+        <v>239</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786257463287</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Sırlar Uçurumu - Beyin Avcısı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>197</v>
+        <v>239</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786257463256</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Zindan Adası - Beyin Avcısı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>197</v>
+        <v>239</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786257463232</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Dahiler Kampı Seti Kutulu (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>417</v>
+        <v>507</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786257463065</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Hidra'nın Öfkesi - Kabus Avcısı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786257463058</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Karanlık Zeka</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786257463041</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Kayıp Beste</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>189</v>
+        <v>227</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786059534925</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Kayıp Dostlar - Değerli Öyküler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>159</v>
+        <v>189</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786059534932</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Alevli Nehirler - Dinozor Yarışları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>129</v>
+        <v>149</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786059534949</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Değişim Kalesi - Küçük Mutluluklar Kulübü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786059534901</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Çemberli Parkur - Dinozor Yarışları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>129</v>
+        <v>149</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786059534918</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Korku Dağını Aşan Tavşan</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9788789695150</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Havalı Unicorn Defter - Havalı Defterler</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9788789695112</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
@@ -1504,961 +1504,961 @@
         <is>
           <t>9788789695167</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Havalı Lama Defter - Havalı Defterler</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9786059534895</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Fikirleri Coşturan 100 Tavsiye - Dahiler Kampı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9786059534871</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Hayalleri Uçuran 100 Tavsiye - Dahiler Kampı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9786059534888</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Harekete Geçiren 100 Tavsiye - Dahiler Kampı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9786059534864</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Bu Ne Dünya Kardeşim! - Çatlak</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>125</v>
+        <v>159</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>9786059534857</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Öfke Ateşini Söndüren Ejderha</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>9786059534826</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Benim Çöpüm Değerli</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>9786059534833</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Kayıp Renk - Sanatın Harikaları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>189</v>
+        <v>227</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>9786059534819</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Kahraman Lazım Dediler Geldik! - Ertuğrul</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>99</v>
+        <v>119</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>9786059534765</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Kötü Söz Söylemeyi Kim İster ki? - Ertuğrul</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>99</v>
+        <v>119</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>9786059534772</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Pisagor Okulu - Sayıların İzinde</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>197</v>
+        <v>239</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>9786059534789</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Bilmece Krallığı 2 - Zümrütlü Hançer</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>9786059534758</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Bilmece Krallığı 1 - Korkusuzlar Mağarası</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>9786059534741</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Yetenek Avcısı - Değerli Öyküler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>142</v>
+        <v>169</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>9786059534734</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Zorba Olma Kanka Ol! - Ertuğrul</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>99</v>
+        <v>119</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>9786059534727</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Çöpteki Mutluluk - Değerli Öyküler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>142</v>
+        <v>169</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>9786059534710</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Sırlar Kütüphanesi - Sayıların İzinde</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>197</v>
+        <v>239</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t>9786059534703</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Sosyojin - Araf’tan Kurtuluş</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>189</v>
+        <v>227</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
           <t>9786059534635</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Kumandanlar Seti (10 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>1890</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t>9786059534628</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Umutlu Öyküler Gezegeni (5 Kitap Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>945</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t>9786059534680</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Geçmişe Gidip Geleceğim - Mucit Kafası</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>179</v>
+        <v>227</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t>9786059534673</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Kafes Çocukları - Tepetaklak</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>207</v>
+        <v>249</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t>9786059534611</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Can Pazarı - Kanıt Peşinde 4</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>255</v>
+        <v>306</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
           <t>9786059534604</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
           <t>GAME - Suret Kuyusu</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>255</v>
+        <v>306</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t>9786059534598</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
           <t>GAME - Timsah Gözü</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>255</v>
+        <v>306</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t>9786059534581</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Kayıp Piramit - Sayıların İzinde</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>197</v>
+        <v>239</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t>9786059534567</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Sosyojin - Kayıp Kahramanlar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>189</v>
+        <v>227</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t>9786059534574</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Profesör Çetin Ceviz ile Enteresan İcatlar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t>9786059534192</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Mimar Sinan’ın Hazinesi - Korkusuz Kaşifler (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>245</v>
+        <v>309</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
           <t>9786059534543</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Enteresan Yapılar</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
           <t>9786059534550</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Yeni Bir Fikrim Geldi - Mucit Kafası</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>189</v>
+        <v>227</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
           <t>9786059534529</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Halid Bin Velid: Kumandan 10</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
           <t>9786059534536</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Hayal Çiçeği</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
           <t>9786059534499</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Gölgeler Kitabı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>199</v>
+        <v>239</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
           <t>9786059534512</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Enteresan İnsanlar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
           <t>9786059534505</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Selahaddin Eyyubi: Kumandan 9</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
           <t>9786059534482</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Attila - Kumandan 8</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
           <t>9786059534475</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Sırlar Uçurumu - Beyin Avcısı 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>267</v>
+        <v>320</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
           <t>9786059534468</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Yıldırım Bayezid: Kumandan 7</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
           <t>9786059534451</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Mete Han: Kumandan 6</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
           <t>9786059534444</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Karanlığın Rengi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>199</v>
+        <v>239</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
           <t>9786059534246</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Ölüm Ormanı - Beyin Avcısı 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>267</v>
+        <v>320</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
           <t>9786059534239</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Kanuni Sultan Süleyman - Kumandan 5</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
           <t>9786059534222</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Kayıp Teknoloji - Kanıt Peşinde 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>255</v>
+        <v>306</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
           <t>9786059534185</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Fırtınalar Kitabı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>199</v>
+        <v>239</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
           <t>9786059534154</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Yavuz Sultan Selim: Kumandan 4</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
           <t>9786059534147</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Sultan Alp Arslan: Kumandan 3</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
           <t>9786059534215</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Umutlu Öyküler Gezegeni 4 - Bahar Şarkısı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
           <t>9786059534208</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Umutlu Öyküler Gezegeni 3 - Hatıralar Geçidi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
           <t>9786059534178</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Umutlu Öyküler Gezegeni - Gökkuşağı Köprüsü</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
           <t>9786059534161</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Umutlu Öyküler Gezegeni 2 - Dostluk Ağacı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
           <t>9786059534116</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Kurt Kapanı - Beyin Avcısı 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>267</v>
+        <v>320</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
           <t>9786059534109</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Mustafa Kemal Atatürk - Kumandan 2</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
           <t>9786059534130</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Fatih Sultan Mehmet: Kumandan 1</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
           <t>9786059534017</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Kafa Açan Öyküler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>189</v>
+        <v>227</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
           <t>9786059534093</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Kankitoşlar'ın Esrarengiz Maceraları - Garip Ziyaretçiler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>255</v>
+        <v>309</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
           <t>9786059534079</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Dehşetin Şarkısı - Kanıt Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>255</v>
+        <v>306</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
           <t>9786059534048</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Enteresan Bitkiler</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
           <t>9786059534062</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Ufuk Açan Öyküler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>189</v>
+        <v>227</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
           <t>9786059534055</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Gönül Açan Öyküler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>189</v>
+        <v>227</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
           <t>9786059534031</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Kurt Adamın Laneti (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>255</v>
+        <v>309</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
           <t>9786059534000</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Gizemli Adam - Kanıt Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>255</v>
+        <v>306</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
           <t>9786059534024</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Enteresan Hayvanlar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>