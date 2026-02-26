--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,2380 +85,2455 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256186118</t>
+          <t>9786256186125</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Pi</t>
+          <t>Mösyö Müthiş - Gizemli Restoran Vakası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>129</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059534642</t>
+          <t>9786256186163</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kanıt Peşinde Set (5 Kitap Kutulu) (Ciltli)</t>
+          <t>Mistik Konağın Koruyucuları Büyük Savaş</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>845</v>
+        <v>319</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059534666</t>
+          <t>9786256186156</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Beyin Avcısı (5 Kitap Takım Kutulu) (Ciltli)</t>
+          <t>Mistik Konağın Koruyucuları Karanlık Yükseliyor</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1335</v>
+        <v>369</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257463980</t>
+          <t>9786256186132</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Saklı Şehir</t>
+          <t>Normal İnsan</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>179</v>
+        <v>319</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257463997</t>
+          <t>9786256186149</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Devler Şehri</t>
+          <t>Mistik Konağın Koruyucuları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>179</v>
+        <v>229</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256186095</t>
+          <t>9786256186118</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Plastik Ordunun Yükselişi</t>
+          <t>Benim Adım Pi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>189</v>
+        <v>149</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256186101</t>
+          <t>9786059534642</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Beni Kandıramaz</t>
+          <t>Kanıt Peşinde Set (5 Kitap Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>110</v>
+        <v>845</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256186088</t>
+          <t>9786059534666</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Orman Dünya Efsanesi</t>
+          <t>Beyin Avcısı (5 Kitap Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>189</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256186071</t>
+          <t>9786257463980</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Gazetesi</t>
+          <t>Saklı Şehir</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>179</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257463973</t>
+          <t>9786257463997</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dedektifler 5 Kitap Set</t>
+          <t>Devler Şehri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>745</v>
+        <v>179</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256186064</t>
+          <t>9786256186095</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Süperderman 1 - Gölge Savaşları</t>
+          <t>Plastik Ordunun Yükselişi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256186057</t>
+          <t>9786256186101</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dedektifler 5 - Kurda Tuzak</t>
+          <t>Beni Kandıramaz</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>149</v>
+        <v>110</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256186040</t>
+          <t>9786256186088</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Kara Delik</t>
+          <t>Orman Dünya Efsanesi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>89</v>
+        <v>189</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256186026</t>
+          <t>9786256186071</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Kendini İmha Edecek</t>
+          <t>Milli Mücadele Gazetesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>89</v>
+        <v>249</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256186033</t>
+          <t>9786257463973</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ajan İki Kere Coşar</t>
+          <t>Dijital Dedektifler 5 Kitap Set</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>89</v>
+        <v>800</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059534123</t>
+          <t>9786256186064</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sihirbaz Çırağı - Beyin Avcısı 3 (Ciltli)</t>
+          <t>Süperderman 1 - Gölge Savaşları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>267</v>
+        <v>249</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059534086</t>
+          <t>9786256186057</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Zindan Adası - Beyin Avcısı 1 (Ciltli)</t>
+          <t>Dijital Dedektifler 5 - Kurda Tuzak</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>267</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059534840</t>
+          <t>9786256186040</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sayıların İzinde Set (3 Kitap Takım) (Ciltli)</t>
+          <t>Görevimiz Kara Delik</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>717</v>
+        <v>89</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059534697</t>
+          <t>9786256186026</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gizli Teşkilat - Kanıt Peşinde (Ciltli)</t>
+          <t>Bu Kitap Kendini İmha Edecek</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>255</v>
+        <v>89</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059534659</t>
+          <t>9786256186033</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Enteresan Bilgiler Seti (5 Kitap Takım Kutulu)</t>
+          <t>Ajan İki Kere Coşar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1324</v>
+        <v>89</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256186002</t>
+          <t>9786059534123</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Sihirbaz Çırağı - Beyin Avcısı 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>179</v>
+        <v>267</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256186019</t>
+          <t>9786059534086</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dedektifler 4 - Tablet Firarda</t>
+          <t>Zindan Adası - Beyin Avcısı 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>149</v>
+        <v>267</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257463966</t>
+          <t>9786059534840</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dedektifler 3 - Sosyal Maskara</t>
+          <t>Sayıların İzinde Set (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>149</v>
+        <v>717</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257463959</t>
+          <t>9786059534697</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dedektifler 2 - Oyunun Sonu</t>
+          <t>Gizli Teşkilat - Kanıt Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>149</v>
+        <v>255</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257463942</t>
+          <t>9786059534659</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dedektifler 1 - Kamera Arkası</t>
+          <t>Enteresan Bilgiler Seti (5 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>149</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059534956</t>
+          <t>9786256186002</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Küplerin Savaşı - Gizemli Matematik Hikayeleri 1</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>198</v>
+        <v>179</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257463898</t>
+          <t>9786256186019</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Orman Yangını</t>
+          <t>Dijital Dedektifler 4 - Tablet Firarda</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257463881</t>
+          <t>9786257463966</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sel Baskını</t>
+          <t>Dijital Dedektifler 3 - Sosyal Maskara</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257463874</t>
+          <t>9786257463959</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kar Fırtınası</t>
+          <t>Dijital Dedektifler 2 - Oyunun Sonu</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257463867</t>
+          <t>9786257463942</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Salgın Günleri</t>
+          <t>Dijital Dedektifler 1 - Kamera Arkası</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257463904</t>
+          <t>9786059534956</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Deprem</t>
+          <t>Küplerin Savaşı - Gizemli Matematik Hikayeleri 1</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>99</v>
+        <v>198</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257463935</t>
+          <t>9786257463898</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tarık Akan</t>
+          <t>Orman Yangını</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>139</v>
+        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257463928</t>
+          <t>9786257463881</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Türkan Şoray</t>
+          <t>Sel Baskını</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>139</v>
+        <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257463911</t>
+          <t>9786257463874</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Aptal Sınıf</t>
+          <t>Kar Fırtınası</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>129</v>
+        <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257463836</t>
+          <t>9786257463867</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Cüneyt Arkın</t>
+          <t>Salgın Günleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>139</v>
+        <v>99</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257463829</t>
+          <t>9786257463904</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Adile Naşit</t>
+          <t>Şiddetli Deprem</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>139</v>
+        <v>99</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257463805</t>
+          <t>9786257463935</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Asansör - Buzul Şehri</t>
+          <t>Tarık Akan</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>179</v>
+        <v>139</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257463812</t>
+          <t>9786257463928</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kemal Sunal</t>
+          <t>Türkan Şoray</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257463799</t>
+          <t>9786257463911</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mete'nin Tuhaf Hikayesi</t>
+          <t>Aptal Sınıf</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>199</v>
+        <v>129</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257463782</t>
+          <t>9786257463836</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kanıt Peşinde - Gizli Teşkilat</t>
+          <t>Cüneyt Arkın</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>229</v>
+        <v>139</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257463768</t>
+          <t>9786257463829</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kabus Avcısı Seti - 5 Kitap Takım - Kutulu</t>
+          <t>Adile Naşit</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>745</v>
+        <v>139</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257463775</t>
+          <t>9786257463805</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Krallığı Seti - 5 Kitap Takım - Kutulu</t>
+          <t>Asansör - Buzul Şehri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>595</v>
+        <v>179</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257463751</t>
+          <t>9786257463812</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mucit Kafası Kutulu Set</t>
+          <t>Kemal Sunal</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>517</v>
+        <v>139</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257463447</t>
+          <t>9786257463799</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Yıldızları Kutulu Set</t>
+          <t>Mete'nin Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>1190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257463454</t>
+          <t>9786257463782</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kaçkını Kutulu Set</t>
+          <t>Kanıt Peşinde - Gizli Teşkilat</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>447</v>
+        <v>229</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257463461</t>
+          <t>9786257463768</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Beyin Avcısı 6 Kitap Kutulu Set</t>
+          <t>Kabus Avcısı Seti - 5 Kitap Takım - Kutulu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1182</v>
+        <v>895</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257463744</t>
+          <t>9786257463775</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mucit Kafası - İşte Şimdi Buldum</t>
+          <t>Bilmece Krallığı Seti - 5 Kitap Takım - Kutulu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>179</v>
+        <v>695</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257463515</t>
+          <t>9786257463751</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kuklalar Prensi - Kabus Avcısı</t>
+          <t>Mucit Kafası Kutulu Set</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>179</v>
+        <v>633</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257463522</t>
+          <t>9786257463447</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Rüya Leydisi - Kabus Avcısı</t>
+          <t>Cumhuriyetin Yıldızları Kutulu Set</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>179</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257463737</t>
+          <t>9786257463454</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Savaşı - Kabus Avcısı</t>
+          <t>Kitap Kaçkını Kutulu Set</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>179</v>
+        <v>537</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257463669</t>
+          <t>9786257463461</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Krallığı 5 - Makineler Çöplüğü</t>
+          <t>Beyin Avcısı 6 Kitap Kutulu Set</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>139</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257463492</t>
+          <t>9786257463744</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Rakipler</t>
+          <t>Mucit Kafası - İşte Şimdi Buldum</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257463478</t>
+          <t>9786257463515</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Öğrenci</t>
+          <t>Kuklalar Prensi - Kabus Avcısı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>139</v>
+        <v>179</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257463508</t>
+          <t>9786257463522</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çığlık Şatosu</t>
+          <t>Rüya Leydisi - Kabus Avcısı</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257463430</t>
+          <t>9786257463737</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Krallığı 3 - Ejderhalar Kulesi</t>
+          <t>Kıyamet Savaşı - Kabus Avcısı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>139</v>
+        <v>179</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257463485</t>
+          <t>9786257463669</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Krallığı 4 - Korku Vadisi</t>
+          <t>Bilmece Krallığı 5 - Makineler Çöplüğü</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257463416</t>
+          <t>9786257463492</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Yıldızları 9 - Doğan Cüceloğlu</t>
+          <t>Gizemli Rakipler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>139</v>
+        <v>149</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257463386</t>
+          <t>9786257463478</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Yıldızları 7 - Barış Manço</t>
+          <t>Kayıp Öğrenci</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257463423</t>
+          <t>9786257463508</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Yıldızları 10 - Aziz Sancar</t>
+          <t>Çığlık Şatosu</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>139</v>
+        <v>179</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257463393</t>
+          <t>9786257463430</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Yıldızları 5 - Muazzez İlmiye Çığ</t>
+          <t>Bilmece Krallığı 3 - Ejderhalar Kulesi</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257463409</t>
+          <t>9786257463485</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Yıldızları 8 - Hayrettin Karaca</t>
+          <t>Bilmece Krallığı 4 - Korku Vadisi</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257463362</t>
+          <t>9786257463416</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Yıldızları 6 - Türkan Saylan</t>
+          <t>Cumhuriyetin Yıldızları 9 - Doğan Cüceloğlu</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257463331</t>
+          <t>9786257463386</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Yıldızları 2 - Sabiha Gökçen</t>
+          <t>Cumhuriyetin Yıldızları 7 - Barış Manço</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257463317</t>
+          <t>9786257463423</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kaçkını ve Alice Harikalar Diyarında</t>
+          <t>Cumhuriyetin Yıldızları 10 - Aziz Sancar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>179</v>
+        <v>139</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257463379</t>
+          <t>9786257463393</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Yıldızları 4 - Gazi Yaşargil</t>
+          <t>Cumhuriyetin Yıldızları 5 - Muazzez İlmiye Çığ</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257463348</t>
+          <t>9786257463409</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Yıldızları 1 - Vecihi Hürkuş</t>
+          <t>Cumhuriyetin Yıldızları 8 - Hayrettin Karaca</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257463324</t>
+          <t>9786257463362</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kaçkını ve Pinokyo</t>
+          <t>Cumhuriyetin Yıldızları 6 - Türkan Saylan</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>179</v>
+        <v>139</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257463355</t>
+          <t>9786257463331</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Yıldızları 3 - Cahit Arf</t>
+          <t>Cumhuriyetin Yıldızları 2 - Sabiha Gökçen</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257463300</t>
+          <t>9786257463317</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kaçkını ve Küçük Prens</t>
+          <t>Kitap Kaçkını ve Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257463249</t>
+          <t>9786257463379</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Beyin Avcısı 6 - Yıkım Silahı</t>
+          <t>Cumhuriyetin Yıldızları 4 - Gazi Yaşargil</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>239</v>
+        <v>139</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257463270</t>
+          <t>9786257463348</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sihirbaz Çırağı - Beyin Avcısı</t>
+          <t>Cumhuriyetin Yıldızları 1 - Vecihi Hürkuş</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>239</v>
+        <v>139</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257463263</t>
+          <t>9786257463324</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kurt Kapanı - Beyin Avcısı</t>
+          <t>Kitap Kaçkını ve Pinokyo</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>239</v>
+        <v>179</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257463294</t>
+          <t>9786257463355</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Ormanı - Beyin Avcısı</t>
+          <t>Cumhuriyetin Yıldızları 3 - Cahit Arf</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>239</v>
+        <v>139</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257463287</t>
+          <t>9786257463300</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Uçurumu - Beyin Avcısı</t>
+          <t>Kitap Kaçkını ve Küçük Prens</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>239</v>
+        <v>179</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257463256</t>
+          <t>9786257463249</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Zindan Adası - Beyin Avcısı</t>
+          <t>Beyin Avcısı 6 - Yıkım Silahı</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>239</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257463232</t>
+          <t>9786257463270</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Kampı Seti Kutulu (3 Kitap Takım)</t>
+          <t>Sihirbaz Çırağı - Beyin Avcısı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>507</v>
+        <v>239</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257463065</t>
+          <t>9786257463263</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hidra'nın Öfkesi - Kabus Avcısı</t>
+          <t>Kurt Kapanı - Beyin Avcısı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>179</v>
+        <v>239</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257463058</t>
+          <t>9786257463294</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Zeka</t>
+          <t>Ölüm Ormanı - Beyin Avcısı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>210</v>
+        <v>239</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257463041</t>
+          <t>9786257463287</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Beste</t>
+          <t>Sırlar Uçurumu - Beyin Avcısı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>227</v>
+        <v>239</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059534925</t>
+          <t>9786257463256</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dostlar - Değerli Öyküler</t>
+          <t>Zindan Adası - Beyin Avcısı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>189</v>
+        <v>239</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059534932</t>
+          <t>9786257463232</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Alevli Nehirler - Dinozor Yarışları</t>
+          <t>Dahiler Kampı Seti Kutulu (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>149</v>
+        <v>507</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059534949</t>
+          <t>9786257463065</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Değişim Kalesi - Küçük Mutluluklar Kulübü</t>
+          <t>Hidra'nın Öfkesi - Kabus Avcısı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059534901</t>
+          <t>9786257463058</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çemberli Parkur - Dinozor Yarışları</t>
+          <t>Karanlık Zeka</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>149</v>
+        <v>210</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059534918</t>
+          <t>9786257463041</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Korku Dağını Aşan Tavşan</t>
+          <t>Kayıp Beste</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>155</v>
+        <v>227</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9788789695150</t>
+          <t>9786059534925</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Havalı Unicorn Defter - Havalı Defterler</t>
+          <t>Kayıp Dostlar - Değerli Öyküler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>59</v>
+        <v>189</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9788789695112</t>
+          <t>9786059534932</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Havalı Lama Defter - Çılgın Defterler</t>
+          <t>Alevli Nehirler - Dinozor Yarışları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>59</v>
+        <v>149</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9788789695143</t>
+          <t>9786059534949</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Havalı Tembel Hayvan Defter - Çılgın Defterler</t>
+          <t>Değişim Kalesi - Küçük Mutluluklar Kulübü</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>59</v>
+        <v>199</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9788789695129</t>
+          <t>9786059534901</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Havalı Panda Defter - Çılgın Defterler</t>
+          <t>Çemberli Parkur - Dinozor Yarışları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>59</v>
+        <v>149</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9788789695136</t>
+          <t>9786059534918</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Havalı Tavşan Defter - Çılgın Defterler</t>
+          <t>Korku Dağını Aşan Tavşan</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>59</v>
+        <v>155</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9788789695105</t>
+          <t>9788789695150</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Havalı Unicorn Defter - Çılgın Defterler</t>
+          <t>Havalı Unicorn Defter - Havalı Defterler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>59</v>
+        <v>99</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9788789695181</t>
+          <t>9788789695112</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Havalı Tembel Hayvan Defter - Havalı Defterler</t>
+          <t>Havalı Lama Defter - Çılgın Defterler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>59</v>
+        <v>99</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9788789695198</t>
+          <t>9788789695143</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Havalı Panda Defter - Havalı Defterler</t>
+          <t>Havalı Tembel Hayvan Defter - Çılgın Defterler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>59</v>
+        <v>99</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9788789695174</t>
+          <t>9788789695129</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Havalı Tavşan Defter - Havalı Defterler</t>
+          <t>Havalı Panda Defter - Çılgın Defterler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>59</v>
+        <v>99</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9788789695167</t>
+          <t>9788789695136</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Havalı Lama Defter - Havalı Defterler</t>
+          <t>Havalı Tavşan Defter - Çılgın Defterler</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>59</v>
+        <v>99</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059534895</t>
+          <t>9788789695105</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Fikirleri Coşturan 100 Tavsiye - Dahiler Kampı</t>
+          <t>Havalı Unicorn Defter - Çılgın Defterler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>169</v>
+        <v>99</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059534871</t>
+          <t>9788789695181</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hayalleri Uçuran 100 Tavsiye - Dahiler Kampı</t>
+          <t>Havalı Tembel Hayvan Defter - Havalı Defterler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>169</v>
+        <v>99</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059534888</t>
+          <t>9788789695198</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Harekete Geçiren 100 Tavsiye - Dahiler Kampı</t>
+          <t>Havalı Panda Defter - Havalı Defterler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>169</v>
+        <v>99</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059534864</t>
+          <t>9788789695174</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bu Ne Dünya Kardeşim! - Çatlak</t>
+          <t>Havalı Tavşan Defter - Havalı Defterler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>159</v>
+        <v>99</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059534857</t>
+          <t>9788789695167</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Öfke Ateşini Söndüren Ejderha</t>
+          <t>Havalı Lama Defter - Havalı Defterler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>155</v>
+        <v>99</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059534826</t>
+          <t>9786059534895</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Benim Çöpüm Değerli</t>
+          <t>Fikirleri Coşturan 100 Tavsiye - Dahiler Kampı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059534833</t>
+          <t>9786059534871</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Renk - Sanatın Harikaları</t>
+          <t>Hayalleri Uçuran 100 Tavsiye - Dahiler Kampı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>227</v>
+        <v>169</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059534819</t>
+          <t>9786059534888</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Lazım Dediler Geldik! - Ertuğrul</t>
+          <t>Harekete Geçiren 100 Tavsiye - Dahiler Kampı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059534765</t>
+          <t>9786059534864</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kötü Söz Söylemeyi Kim İster ki? - Ertuğrul</t>
+          <t>Bu Ne Dünya Kardeşim! - Çatlak</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>119</v>
+        <v>159</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059534772</t>
+          <t>9786059534857</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Pisagor Okulu - Sayıların İzinde</t>
+          <t>Öfke Ateşini Söndüren Ejderha</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>239</v>
+        <v>155</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059534789</t>
+          <t>9786059534826</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Krallığı 2 - Zümrütlü Hançer</t>
+          <t>Benim Çöpüm Değerli</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059534758</t>
+          <t>9786059534833</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Krallığı 1 - Korkusuzlar Mağarası</t>
+          <t>Kayıp Renk - Sanatın Harikaları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>139</v>
+        <v>227</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059534741</t>
+          <t>9786059534819</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yetenek Avcısı - Değerli Öyküler</t>
+          <t>Kahraman Lazım Dediler Geldik! - Ertuğrul</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>169</v>
+        <v>119</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059534734</t>
+          <t>9786059534765</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Zorba Olma Kanka Ol! - Ertuğrul</t>
+          <t>Kötü Söz Söylemeyi Kim İster ki? - Ertuğrul</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059534727</t>
+          <t>9786059534772</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Çöpteki Mutluluk - Değerli Öyküler</t>
+          <t>Pisagor Okulu - Sayıların İzinde</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059534710</t>
+          <t>9786059534789</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Kütüphanesi - Sayıların İzinde</t>
+          <t>Bilmece Krallığı 2 - Zümrütlü Hançer</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>239</v>
+        <v>139</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059534703</t>
+          <t>9786059534758</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sosyojin - Araf’tan Kurtuluş</t>
+          <t>Bilmece Krallığı 1 - Korkusuzlar Mağarası</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>227</v>
+        <v>139</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059534635</t>
+          <t>9786059534741</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kumandanlar Seti (10 Kitap Takım Kutulu)</t>
+          <t>Yetenek Avcısı - Değerli Öyküler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>2290</v>
+        <v>169</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059534628</t>
+          <t>9786059534734</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Umutlu Öyküler Gezegeni (5 Kitap Takım Kutulu) (Ciltli)</t>
+          <t>Zorba Olma Kanka Ol! - Ertuğrul</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>1145</v>
+        <v>119</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059534680</t>
+          <t>9786059534727</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Gidip Geleceğim - Mucit Kafası</t>
+          <t>Çöpteki Mutluluk - Değerli Öyküler</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>227</v>
+        <v>169</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059534673</t>
+          <t>9786059534710</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kafes Çocukları - Tepetaklak</t>
+          <t>Sırlar Kütüphanesi - Sayıların İzinde</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>249</v>
+        <v>239</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059534611</t>
+          <t>9786059534703</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Can Pazarı - Kanıt Peşinde 4</t>
+          <t>Sosyojin - Araf’tan Kurtuluş</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>306</v>
+        <v>227</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059534604</t>
+          <t>9786059534635</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>GAME - Suret Kuyusu</t>
+          <t>Kumandanlar Seti (10 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>306</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059534598</t>
+          <t>9786059534628</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>GAME - Timsah Gözü</t>
+          <t>Umutlu Öyküler Gezegeni (5 Kitap Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>306</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059534581</t>
+          <t>9786059534680</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Piramit - Sayıların İzinde</t>
+          <t>Geçmişe Gidip Geleceğim - Mucit Kafası</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>239</v>
+        <v>227</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059534567</t>
+          <t>9786059534673</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sosyojin - Kayıp Kahramanlar</t>
+          <t>Kafes Çocukları - Tepetaklak</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>227</v>
+        <v>249</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059534574</t>
+          <t>9786059534611</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Profesör Çetin Ceviz ile Enteresan İcatlar</t>
+          <t>Can Pazarı - Kanıt Peşinde 4</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>229</v>
+        <v>306</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059534192</t>
+          <t>9786059534604</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan’ın Hazinesi - Korkusuz Kaşifler (Ciltli)</t>
+          <t>GAME - Suret Kuyusu</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>309</v>
+        <v>306</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059534543</t>
+          <t>9786059534598</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Enteresan Yapılar</t>
+          <t>GAME - Timsah Gözü</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>229</v>
+        <v>306</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059534550</t>
+          <t>9786059534581</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Fikrim Geldi - Mucit Kafası</t>
+          <t>Kayıp Piramit - Sayıların İzinde</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>227</v>
+        <v>239</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059534529</t>
+          <t>9786059534567</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Halid Bin Velid: Kumandan 10</t>
+          <t>Sosyojin - Kayıp Kahramanlar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>229</v>
+        <v>227</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059534536</t>
+          <t>9786059534574</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hayal Çiçeği</t>
+          <t>Profesör Çetin Ceviz ile Enteresan İcatlar</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059534499</t>
+          <t>9786059534192</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Kitabı</t>
+          <t>Mimar Sinan’ın Hazinesi - Korkusuz Kaşifler (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>239</v>
+        <v>309</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059534512</t>
+          <t>9786059534543</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Enteresan İnsanlar</t>
+          <t>Enteresan Yapılar</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059534505</t>
+          <t>9786059534550</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi: Kumandan 9</t>
+          <t>Yeni Bir Fikrim Geldi - Mucit Kafası</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>229</v>
+        <v>227</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059534482</t>
+          <t>9786059534529</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Attila - Kumandan 8</t>
+          <t>Halid Bin Velid: Kumandan 10</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059534475</t>
+          <t>9786059534536</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Uçurumu - Beyin Avcısı 5 (Ciltli)</t>
+          <t>Hayal Çiçeği</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>320</v>
+        <v>229</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059534468</t>
+          <t>9786059534499</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Bayezid: Kumandan 7</t>
+          <t>Gölgeler Kitabı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>229</v>
+        <v>239</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059534451</t>
+          <t>9786059534512</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Mete Han: Kumandan 6</t>
+          <t>Enteresan İnsanlar</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059534444</t>
+          <t>9786059534505</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Rengi</t>
+          <t>Selahaddin Eyyubi: Kumandan 9</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>239</v>
+        <v>229</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059534246</t>
+          <t>9786059534482</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Ormanı - Beyin Avcısı 4 (Ciltli)</t>
+          <t>Attila - Kumandan 8</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>320</v>
+        <v>229</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059534239</t>
+          <t>9786059534475</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman - Kumandan 5</t>
+          <t>Sırlar Uçurumu - Beyin Avcısı 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>229</v>
+        <v>320</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059534222</t>
+          <t>9786059534468</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Teknoloji - Kanıt Peşinde 3 (Ciltli)</t>
+          <t>Yıldırım Bayezid: Kumandan 7</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>306</v>
+        <v>229</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059534185</t>
+          <t>9786059534451</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalar Kitabı</t>
+          <t>Mete Han: Kumandan 6</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>239</v>
+        <v>229</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059534154</t>
+          <t>9786059534444</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim: Kumandan 4</t>
+          <t>Karanlığın Rengi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>229</v>
+        <v>239</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059534147</t>
+          <t>9786059534246</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sultan Alp Arslan: Kumandan 3</t>
+          <t>Ölüm Ormanı - Beyin Avcısı 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>229</v>
+        <v>320</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059534215</t>
+          <t>9786059534239</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Umutlu Öyküler Gezegeni 4 - Bahar Şarkısı</t>
+          <t>Kanuni Sultan Süleyman - Kumandan 5</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059534208</t>
+          <t>9786059534222</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Umutlu Öyküler Gezegeni 3 - Hatıralar Geçidi</t>
+          <t>Kayıp Teknoloji - Kanıt Peşinde 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>229</v>
+        <v>306</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059534178</t>
+          <t>9786059534185</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Umutlu Öyküler Gezegeni - Gökkuşağı Köprüsü</t>
+          <t>Fırtınalar Kitabı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>229</v>
+        <v>239</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059534161</t>
+          <t>9786059534154</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Umutlu Öyküler Gezegeni 2 - Dostluk Ağacı</t>
+          <t>Yavuz Sultan Selim: Kumandan 4</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059534116</t>
+          <t>9786059534147</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kurt Kapanı - Beyin Avcısı 2 (Ciltli)</t>
+          <t>Sultan Alp Arslan: Kumandan 3</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>320</v>
+        <v>229</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059534109</t>
+          <t>9786059534215</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk - Kumandan 2</t>
+          <t>Umutlu Öyküler Gezegeni 4 - Bahar Şarkısı</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059534130</t>
+          <t>9786059534208</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet: Kumandan 1</t>
+          <t>Umutlu Öyküler Gezegeni 3 - Hatıralar Geçidi</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059534017</t>
+          <t>9786059534178</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kafa Açan Öyküler</t>
+          <t>Umutlu Öyküler Gezegeni - Gökkuşağı Köprüsü</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059534093</t>
+          <t>9786059534161</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kankitoşlar'ın Esrarengiz Maceraları - Garip Ziyaretçiler</t>
+          <t>Umutlu Öyküler Gezegeni 2 - Dostluk Ağacı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>309</v>
+        <v>229</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059534079</t>
+          <t>9786059534116</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dehşetin Şarkısı - Kanıt Peşinde (Ciltli)</t>
+          <t>Kurt Kapanı - Beyin Avcısı 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>306</v>
+        <v>320</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059534048</t>
+          <t>9786059534109</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Enteresan Bitkiler</t>
+          <t>Mustafa Kemal Atatürk - Kumandan 2</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059534062</t>
+          <t>9786059534130</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ufuk Açan Öyküler</t>
+          <t>Fatih Sultan Mehmet: Kumandan 1</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059534055</t>
+          <t>9786059534017</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gönül Açan Öyküler</t>
+          <t>Kafa Açan Öyküler</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>227</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059534031</t>
+          <t>9786059534093</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kurt Adamın Laneti (Ciltli)</t>
+          <t>Kankitoşlar'ın Esrarengiz Maceraları - Garip Ziyaretçiler</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>309</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059534000</t>
+          <t>9786059534079</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Adam - Kanıt Peşinde (Ciltli)</t>
+          <t>Dehşetin Şarkısı - Kanıt Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>306</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
+          <t>9786059534048</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Enteresan Bitkiler</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786059534062</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Ufuk Açan Öyküler</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786059534055</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Açan Öyküler</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786059534031</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Kurt Adamın Laneti (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786059534000</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Adam - Kanıt Peşinde (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
           <t>9786059534024</t>
         </is>
       </c>
-      <c r="B157" s="1" t="inlineStr">
+      <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Enteresan Hayvanlar</t>
         </is>
       </c>
-      <c r="C157" s="1">
+      <c r="C162" s="1">
         <v>229</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>