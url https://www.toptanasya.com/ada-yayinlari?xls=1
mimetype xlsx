--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,580 +85,610 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259741567</t>
+          <t>9786259741598</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Varto</t>
+          <t>Sazlar Sustuğu Zaman</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259465432</t>
+          <t>9786259741581</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dersim Tarihi ve Kırmanciye Konsepti</t>
+          <t>Darbe İçinde Yeni Darbe</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259741550</t>
+          <t>9786259741567</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayalller Hasadı</t>
+          <t>Varto</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259465401</t>
+          <t>9786259465432</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Anılara Yolculuk</t>
+          <t>Dersim Tarihi ve Kırmanciye Konsepti</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259741505</t>
+          <t>9786259741550</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Fındık'ın Sürprizi</t>
+          <t>Kırık Hayalller Hasadı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259465494</t>
+          <t>9786259465401</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Mikrobun Hikayesi</t>
+          <t>Anılara Yolculuk</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259741512</t>
+          <t>9786259741505</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mis Gibi Bir Dünya</t>
+          <t>Fındık'ın Sürprizi</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259741536</t>
+          <t>9786259465494</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tertemiz Bir Mağara Adamı</t>
+          <t>Bir Mikrobun Hikayesi</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259741529</t>
+          <t>9786259741512</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Vitaminler</t>
+          <t>Mis Gibi Bir Dünya</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259465470</t>
+          <t>9786259741536</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Aynada Kaybolanlar</t>
+          <t>Tertemiz Bir Mağara Adamı</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259465456</t>
+          <t>9786259741529</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Rüyalar</t>
+          <t>Sihirli Vitaminler</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259465463</t>
+          <t>9786259465470</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ateş Topu</t>
+          <t>Aynada Kaybolanlar</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056748912</t>
+          <t>9786259465456</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Umut Sarmalı</t>
+          <t>Çalınan Rüyalar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786250009093</t>
+          <t>9786259465463</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Köyün Hikayesi Varto'nun Şadili Oğlakçı (Kovik) Köyü</t>
+          <t>Ateş Topu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056748905</t>
+          <t>9786056748912</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Umut Sarmalı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057067227</t>
+          <t>9786250009093</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Anılarla Yaşamak</t>
+          <t>Bir Köyün Hikayesi Varto'nun Şadili Oğlakçı (Kovik) Köyü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057067241</t>
+          <t>9786056748905</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yaz Yaprağı</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057195913</t>
+          <t>9786057067227</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Aşk / Naz</t>
+          <t>Anılarla Yaşamak</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254090448</t>
+          <t>9786057067241</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kafir</t>
+          <t>Yaz Yaprağı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786250090367</t>
+          <t>9786057195913</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>54 Yıllık Hasret</t>
+          <t>Aşk / Naz</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254001789</t>
+          <t>9786254090448</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gönül Bağım</t>
+          <t>Kafir</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>145</v>
+        <v>320</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056532719</t>
+          <t>9786250090367</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Zambaklar Mavi Açtı</t>
+          <t>54 Yıllık Hasret</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056769207</t>
+          <t>9786254001789</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Biz Güneşe Çok Yakındık</t>
+          <t>Gönül Bağım</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057067203</t>
+          <t>9786056532719</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gül Güneş, Kül Gezegen</t>
+          <t>Zambaklar Mavi Açtı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056529313</t>
+          <t>9786056769207</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Vartolu Şairlerle Şiir Antolojisi II</t>
+          <t>Biz Güneşe Çok Yakındık</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786050306095</t>
+          <t>9786057067203</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlık</t>
+          <t>Gül Güneş, Kül Gezegen</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050318913</t>
+          <t>9786056529313</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Solhan'daki Öğretmenler ve Eğitimciler Kitabı</t>
+          <t>Dünden Bugüne Vartolu Şairlerle Şiir Antolojisi II</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056826610</t>
+          <t>9786050306095</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>0 Rh Negatif</t>
+          <t>Sessiz Çığlık</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056529320</t>
+          <t>9786050318913</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Velvele 1999</t>
+          <t>Solhan'daki Öğretmenler ve Eğitimciler Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786250095553</t>
+          <t>9786056826610</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Boşluk</t>
+          <t>0 Rh Negatif</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>90</v>
+        <v>320</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786250005514</t>
+          <t>9786056529320</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bizim Başkan</t>
+          <t>Velvele 1999</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056826603</t>
+          <t>9786250095553</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tacizin Bedeli</t>
+          <t>Boşluk</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>270</v>
+        <v>90</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058204102</t>
+          <t>9786250005514</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ateş'ten Ata'ya - Anılarla Kardelenler</t>
+          <t>Bizim Başkan</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057067265</t>
+          <t>9786056826603</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dünya'da ve Türkiye'de Kadın Hareketine Sınıfsal Bakış</t>
+          <t>Tacizin Bedeli</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057067258</t>
+          <t>9786058204102</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Marx ve Engels</t>
+          <t>Ateş'ten Ata'ya - Anılarla Kardelenler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
+          <t>9786057067265</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Dünya'da ve Türkiye'de Kadın Hareketine Sınıfsal Bakış</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786057067258</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Marx ve Engels</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
           <t>9786052457436</t>
         </is>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Yangından Kalanlar</t>
         </is>
       </c>
-      <c r="C37" s="1">
+      <c r="C39" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>