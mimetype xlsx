--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,26095 +85,26230 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055633363</t>
+          <t>9786055980863</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği'nin Kurucu Andlaşmaları</t>
+          <t>İflas Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>100</v>
+        <v>252</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786253774752</t>
+          <t>9786054144747</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Takdir Komisyonları</t>
+          <t>Uluslararası Ticarette Pratik Bilgiler ve Yaygın Kullanılan Belgeler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>790</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786253774844</t>
+          <t>9786253771515</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>61 Soruda Spor Hukuku</t>
+          <t>Devletlerin Deniz Alanlarından Yararlanmalarında Hakkaniyet İlkesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786253774738</t>
+          <t>9786253771348</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu'nda Kasten Yaralama Suçu</t>
+          <t>İşçinin Sosyal Medya Paylaşımlarının İş Sözleşmesinin Feshine Etkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>370</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786253774837</t>
+          <t>9786253771768</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Hukuku İçtihatlı Temel Mevzuatı</t>
+          <t>İş Sağlığı ve Güvenliği Hukukunda İdari, Cezai ve Hukuki Sorumluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>590</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786253773892</t>
+          <t>9786256147096</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukuku Özel Hükümler (Ciltli)</t>
+          <t>İş Hukukunda Asıl İşveren Alt İşveren İlişkisinde İşverenlerin Müteselsil Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1600</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786253774721</t>
+          <t>9786052641712</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Constitutional Law in a Nutshell</t>
+          <t>Kripto Paralar Kullanılarak İşlenen Suçlar ile Bilişim Sistemleri Kullanılarak İşlenen Sermaye Piyasası Suçları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>620</v>
+        <v>440</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786253774547</t>
+          <t>9786253773861</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Pratik Çalışmalar</t>
+          <t>Dijital Ceza Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>700</v>
+        <v>990</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786253774561</t>
+          <t>9786053004875</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk - III Miras Hukuku (Ciltli)</t>
+          <t>10. Yılında MÖHUK Sempozyumu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786253773427</t>
+          <t>9786055633363</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kaotik Vergileme</t>
+          <t>Avrupa Birliği'nin Kurucu Andlaşmaları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>370</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052649459</t>
+          <t>9786253774752</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları (Kavramsal ve Kuramsal Çerçeve)</t>
+          <t>Türk Vergi Hukukunda Takdir Komisyonları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>315</v>
+        <v>790</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786253774127</t>
+          <t>9786253774844</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünce</t>
+          <t>61 Soruda Spor Hukuku</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052646915</t>
+          <t>9786253774738</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Hukuku</t>
+          <t>Türk Ceza Kanunu'nda Kasten Yaralama Suçu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>560</v>
+        <v>370</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052649961</t>
+          <t>9786253774837</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku</t>
+          <t>İdari Yargılama Hukuku İçtihatlı Temel Mevzuatı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>685</v>
+        <v>590</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786253774509</t>
+          <t>9786253773892</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Türk İdare Hukuku Dersleri - Cilt 1</t>
+          <t>Türk Ceza Hukuku Özel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>770</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786253774295</t>
+          <t>9786253774721</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukuku</t>
+          <t>Constitutional Law in a Nutshell</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>520</v>
+        <v>620</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786253774264</t>
+          <t>9786253774547</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hukuku Pratik Çalışma Kitabı</t>
+          <t>Medeni Hukuk Pratik Çalışmalar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>330</v>
+        <v>700</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055633509</t>
+          <t>9786253774561</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Düzenleme Tekniği, Düzenleyici Etki Analizi (DEA) ve Yasa Yapım Süreci</t>
+          <t>Medeni Hukuk - III Miras Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786253774042</t>
+          <t>9786253773427</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu Türk Borçlar Kanunu Yürürlük Kanunları ve İlgili Mevzuat</t>
+          <t>Kaotik Vergileme</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>950</v>
+        <v>370</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052648483</t>
+          <t>9786052649459</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukukta Yalan Haberlerin Önlenmesi ve Uygulanabilecek Yaptırımlar</t>
+          <t>İnsan Hakları (Kavramsal ve Kuramsal Çerçeve)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>570</v>
+        <v>315</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052647974</t>
+          <t>9786253774127</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Diplomatik Dokunulmazlık Prensibi ve Devletlerin Uluslararası Sorumluluğu</t>
+          <t>Eleştirel Düşünce</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>910</v>
+        <v>500</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052647325</t>
+          <t>9786052646915</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Geçici Koruma Statüsü ve Geçici Koruma Statüsündeki Suriyelilerin Türk Vatandaşlığını Kazanması</t>
+          <t>İnsan Hakları Hukuku</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>290</v>
+        <v>560</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052647479</t>
+          <t>9786052649961</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Marka Hukuku (Ciltli)</t>
+          <t>Vergi Hukuku</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>540</v>
+        <v>685</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052643976</t>
+          <t>9786253774509</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Dersleri Temel Bilgiler</t>
+          <t>Türk İdare Hukuku Dersleri - Cilt 1</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>430</v>
+        <v>770</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052644058</t>
+          <t>9786253774295</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Miras Hukuku</t>
+          <t>Kıymetli Evrak Hukuku</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>540</v>
+        <v>520</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052645352</t>
+          <t>9786253774264</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ticaret Örgütü Hukuku</t>
+          <t>Eşya Hukuku Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>580</v>
+        <v>330</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052646236</t>
+          <t>9786055633509</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kamulaştırma Kanunu’na Göre İdareler Arası Mal Devri Usulü</t>
+          <t>Hukuki Düzenleme Tekniği, Düzenleyici Etki Analizi (DEA) ve Yasa Yapım Süreci</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052646151</t>
+          <t>9786253774042</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Feminizm Perspektifiyle Üreme Hakları</t>
+          <t>Türk Medeni Kanunu Türk Borçlar Kanunu Yürürlük Kanunları ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>1170</v>
+        <v>950</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052645987</t>
+          <t>9786052648483</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Temel Kavramları</t>
+          <t>Karşılaştırmalı Hukukta Yalan Haberlerin Önlenmesi ve Uygulanabilecek Yaptırımlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>470</v>
+        <v>570</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052645963</t>
+          <t>9786052647974</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hükmün Açıklanmasının Geri Bırakılması ve Uygulama Sorunları</t>
+          <t>Diplomatik Dokunulmazlık Prensibi ve Devletlerin Uluslararası Sorumluluğu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>460</v>
+        <v>910</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052640708</t>
+          <t>9786052647325</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kat Mülkiyetinde Yönetim</t>
+          <t>Geçici Koruma Statüsü ve Geçici Koruma Statüsündeki Suriyelilerin Türk Vatandaşlığını Kazanması</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>460</v>
+        <v>290</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052645468</t>
+          <t>9786052647479</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Türk ve İsviçre İflas Hukukunda Basit Tasfiye</t>
+          <t>Marka Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>500</v>
+        <v>540</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052645635</t>
+          <t>9786052643976</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tehlike Suçları</t>
+          <t>İdare Hukuku Dersleri Temel Bilgiler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>740</v>
+        <v>430</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052644836</t>
+          <t>9786052644058</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İcra Hukukunda Hakkın Kötüye Kullanılması Yasağı</t>
+          <t>Miras Hukuku</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>440</v>
+        <v>540</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052642450</t>
+          <t>9786052645352</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku'nda Arama ve Elkoyma</t>
+          <t>Dünya Ticaret Örgütü Hukuku</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>520</v>
+        <v>580</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052643396</t>
+          <t>9786052646236</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukuku Bakımından Platform Çalışanları</t>
+          <t>Kamulaştırma Kanunu’na Göre İdareler Arası Mal Devri Usulü</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>580</v>
+        <v>440</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052642641</t>
+          <t>9786052646151</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Yorum Metodolojisi</t>
+          <t>Feminizm Perspektifiyle Üreme Hakları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>840</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258209334</t>
+          <t>9786052645987</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Constituional Law in a Nutshell Nutshell Series II</t>
+          <t>Hukukun Temel Kavramları</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>470</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258038880</t>
+          <t>9786052645963</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Hukukunda Halefiyet ve Rücu</t>
+          <t>Hükmün Açıklanmasının Geri Bırakılması ve Uygulama Sorunları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258038743</t>
+          <t>9786052640708</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Diş Hekimliğinde Tıbbi Uygulama Hatalarından Doğan Cezai Sorumluluk</t>
+          <t>Kat Mülkiyetinde Yönetim</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>330</v>
+        <v>460</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053008866</t>
+          <t>9786052645468</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu (Ciltli)</t>
+          <t>Türk ve İsviçre İflas Hukukunda Basit Tasfiye</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258038071</t>
+          <t>9786052645635</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Endüstri 4.0 Teknolojileri ve Muhasebe Mesleği</t>
+          <t>Tehlike Suçları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>370</v>
+        <v>740</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053007913</t>
+          <t>9786052644836</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hukuku Soru Bankası</t>
+          <t>İcra Hukukunda Hakkın Kötüye Kullanılması Yasağı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>110</v>
+        <v>440</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257595650</t>
+          <t>9786052642450</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği, Afetler ve İnsan Hakları: Çevresel Zorunlu Göç</t>
+          <t>Ceza Muhakemesi Hukuku'nda Arama ve Elkoyma</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>680</v>
+        <v>520</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257595438</t>
+          <t>9786052643396</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Geri Göndermeme İlkesi</t>
+          <t>Türk İş Hukuku Bakımından Platform Çalışanları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>410</v>
+        <v>580</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257467834</t>
+          <t>9786052642641</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dijital Devlet Teorisi</t>
+          <t>Vergi Hukukunda Yorum Metodolojisi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>370</v>
+        <v>840</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257656931</t>
+          <t>9786258209334</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kızlık Zarı Dikiminin Tıp Hukuku Bakımından Değerlendirilmesi</t>
+          <t>Constituional Law in a Nutshell Nutshell Series II</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257656887</t>
+          <t>9786258038880</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>ICSID Tahkimi ve ICSID Tahkiminin Kötüye Kullanılması Bakımından Türkiye Örneği</t>
+          <t>Sigorta Hukukunda Halefiyet ve Rücu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>540</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257467377</t>
+          <t>9786258038743</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Kişisel Verilerin Korunması</t>
+          <t>Diş Hekimliğinde Tıbbi Uygulama Hatalarından Doğan Cezai Sorumluluk</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>760</v>
+        <v>330</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257656511</t>
+          <t>9786053008866</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilimine Giriş</t>
+          <t>Türk Ticaret Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257277518</t>
+          <t>9786258038071</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yat İnşa Sözleşmesinde Ayıp</t>
+          <t>Endüstri 4.0 Teknolojileri ve Muhasebe Mesleği</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>370</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257277020</t>
+          <t>9786053007913</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Kastı Engelleyen Hata</t>
+          <t>Kamu Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>570</v>
+        <v>110</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257595766</t>
+          <t>9786257595650</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu</t>
+          <t>İklim Değişikliği, Afetler ve İnsan Hakları: Çevresel Zorunlu Göç</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>120</v>
+        <v>680</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258038446</t>
+          <t>9786257595438</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşlerde Kefilin Sorumluluğu</t>
+          <t>Geri Göndermeme İlkesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>480</v>
+        <v>410</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258038408</t>
+          <t>9786257467834</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Model Bir Kanun Tasarısı Niteliğindeki İsviçre Borçlar Kanunu'nun Genel Hükümleri Hakkındaki 2020 Tasarısı (OR 2020) Hükümlerine İlişkin Açıklamalar</t>
+          <t>Dijital Devlet Teorisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>910</v>
+        <v>370</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053007517</t>
+          <t>9786257656931</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Basın Özgürlüğü ve Milli Güvenlik Kapsamında Sınırları</t>
+          <t>Kızlık Zarı Dikiminin Tıp Hukuku Bakımından Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053007371</t>
+          <t>9786257656887</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tarımda Biyoteknoloji Uygulamaları ve Patent Hakları (Ciltli)</t>
+          <t>ICSID Tahkimi ve ICSID Tahkiminin Kötüye Kullanılması Bakımından Türkiye Örneği</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>850</v>
+        <v>540</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053005957</t>
+          <t>9786257467377</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sigorta ve Uygulaması (Ciltli)</t>
+          <t>Ceza Muhakemesinde Kişisel Verilerin Korunması</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>540</v>
+        <v>760</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053006985</t>
+          <t>9786257656511</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Anayasa ile İdare Hukuku ve İdari Yargılama Hukukunun Temel Kanunları</t>
+          <t>Yönetim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257088657</t>
+          <t>9786257277518</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Belediye Şirketlerinde Giderler, İstisnalar ve Sayıştay Denetimi</t>
+          <t>Yat İnşa Sözleşmesinde Ayıp</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053006619</t>
+          <t>9786257277020</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Genel Esaslar</t>
+          <t>Ceza Hukukunda Kastı Engelleyen Hata</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>570</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257088992</t>
+          <t>9786257595766</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İfade ve Basın Özgürlüğü Bağlamında Terörizmin Propagandası Suçu</t>
+          <t>Türk Ticaret Kanunu</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>690</v>
+        <v>120</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257595056</t>
+          <t>9786258038446</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku Temel Bilgileri</t>
+          <t>Ticari İşlerde Kefilin Sorumluluğu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257802468</t>
+          <t>9786258038408</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler</t>
+          <t>Model Bir Kanun Tasarısı Niteliğindeki İsviçre Borçlar Kanunu'nun Genel Hükümleri Hakkındaki 2020 Tasarısı (OR 2020) Hükümlerine İlişkin Açıklamalar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>430</v>
+        <v>910</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257656788</t>
+          <t>9786053007517</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mal Ortaklığı Rejiminin Sona Ermesi ve Tasfiyesi (Ciltli)</t>
+          <t>Basın Özgürlüğü ve Milli Güvenlik Kapsamında Sınırları</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257277761</t>
+          <t>9786053007371</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Anayasal Hakların Çatışması</t>
+          <t>Tarımda Biyoteknoloji Uygulamaları ve Patent Hakları (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>810</v>
+        <v>850</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257277587</t>
+          <t>9786053005957</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Savcılık Uygulama Kitabı</t>
+          <t>Sosyal Sigorta ve Uygulaması (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>650</v>
+        <v>540</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257277808</t>
+          <t>9786053006985</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Tacirler Arası Ticari Satış (Ciltli)</t>
+          <t>Anayasa ile İdare Hukuku ve İdari Yargılama Hukukunun Temel Kanunları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>540</v>
+        <v>80</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257088664</t>
+          <t>9786257088657</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bir İştirak Şekli Olarak Yardım Etme</t>
+          <t>Belediye Şirketlerinde Giderler, İstisnalar ve Sayıştay Denetimi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>580</v>
+        <v>390</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257595155</t>
+          <t>9786053006619</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Adli Ortaklıklarda Haklı Sebeplerle Fesih ve Ortaklıktan Çıkarma (Ciltli)</t>
+          <t>Anayasa Hukuku Genel Esaslar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>520</v>
+        <v>220</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257595216</t>
+          <t>9786257088992</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Birikimli Oy Yönetimi</t>
+          <t>İfade ve Basın Özgürlüğü Bağlamında Terörizmin Propagandası Suçu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>450</v>
+        <v>690</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257595469</t>
+          <t>9786257595056</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Konkordatoda İmtiyazlı Alacaklar (Ciltli)</t>
+          <t>İş Hukuku Temel Bilgileri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>510</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257802079</t>
+          <t>9786257802468</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Limited Şirkette Yönetim</t>
+          <t>Borçlar Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>440</v>
+        <v>430</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257088534</t>
+          <t>9786257656788</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kefalet Sözleşmesinin Geçerlilik Koşulları ve Sonuçları</t>
+          <t>Mal Ortaklığı Rejiminin Sona Ermesi ve Tasfiyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>520</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786053008385</t>
+          <t>9786257277761</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Özel Hayatın Gizliliğinin İhlali Suçu</t>
+          <t>Anayasal Hakların Çatışması</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>330</v>
+        <v>810</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786053009078</t>
+          <t>9786257277587</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi'ne Bireysel Başvuru Yolunda İhlal Kararlarının İcrası</t>
+          <t>Savcılık Uygulama Kitabı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>410</v>
+        <v>650</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257595179</t>
+          <t>9786257277808</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Osmanlı Hukuk Reformları</t>
+          <t>Tacirler Arası Ticari Satış (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>330</v>
+        <v>540</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786053008927</t>
+          <t>9786257088664</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Teorisi Açısından Başkanlık / Cumhurbaşkanlığı Sisteminin Demokratiklik Değeri (Ciltli)</t>
+          <t>Bir İştirak Şekli Olarak Yardım Etme</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>580</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786053007562</t>
+          <t>9786257595155</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>3402 Sayılı Kadastro Kanunu ve İlgili Diğer Gayrimenkul Mevzuatı</t>
+          <t>Adli Ortaklıklarda Haklı Sebeplerle Fesih ve Ortaklıktan Çıkarma (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>630</v>
+        <v>520</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786053008552</t>
+          <t>9786257595216</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu ve 818 Sayılı Borçlar Kanunu İsviçre Borçlar Kanunu (OR) (Ciltli)</t>
+          <t>Anonim Şirketlerde Birikimli Oy Yönetimi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053009238</t>
+          <t>9786257595469</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Uzay Hukukunda Devlet Egemenliği ve Mülkiyet</t>
+          <t>Konkordatoda İmtiyazlı Alacaklar (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>290</v>
+        <v>510</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257088114</t>
+          <t>9786257802079</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Açısından Kamu Düzeni Unsurları</t>
+          <t>Limited Şirkette Yönetim</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>390</v>
+        <v>440</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053009993</t>
+          <t>9786257088534</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Peace and Justice: Seeking for Wisdom of Life</t>
+          <t>Kefalet Sözleşmesinin Geçerlilik Koşulları ve Sonuçları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053009702</t>
+          <t>9786053008385</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukukunda Anayasacılık Düşüncesi</t>
+          <t>Özel Hayatın Gizliliğinin İhlali Suçu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786053008910</t>
+          <t>9786053009078</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk ve Zorunlu Arabuluculuk</t>
+          <t>Anayasa Mahkemesi'ne Bireysel Başvuru Yolunda İhlal Kararlarının İcrası</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>240</v>
+        <v>410</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257088411</t>
+          <t>9786257595179</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Bağlı Tasarrufların İptali</t>
+          <t>Tanzimat Dönemi Osmanlı Hukuk Reformları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>690</v>
+        <v>330</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053008675</t>
+          <t>9786053008927</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Koşullu Salıverilme Kurumu ve Etkinliğinin Geliştirilmesi</t>
+          <t>Demokrasi Teorisi Açısından Başkanlık / Cumhurbaşkanlığı Sisteminin Demokratiklik Değeri (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>220</v>
+        <v>580</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053008736</t>
+          <t>9786053007562</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Dolandırıcılık Suçu</t>
+          <t>3402 Sayılı Kadastro Kanunu ve İlgili Diğer Gayrimenkul Mevzuatı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>690</v>
+        <v>630</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053006169</t>
+          <t>9786053008552</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu (Ciltli)</t>
+          <t>Türk Borçlar Kanunu ve 818 Sayılı Borçlar Kanunu İsviçre Borçlar Kanunu (OR) (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786253773687</t>
+          <t>9786053009238</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Taraf Olduğu Sözleşmelerden Doğan Uyuşmazlıklarda Tahkim</t>
+          <t>Uzay Hukukunda Devlet Egemenliği ve Mülkiyet</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>460</v>
+        <v>290</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786253773793</t>
+          <t>9786257088114</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Zarar Sigortalarında Teminatın Kapsamı</t>
+          <t>İdare Hukuku Açısından Kamu Düzeni Unsurları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>580</v>
+        <v>390</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786253773779</t>
+          <t>9786053009993</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Taşınmazlara, Hak ve Alacaklara Elkoyma (CMK m. 128)</t>
+          <t>Peace and Justice: Seeking for Wisdom of Life</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>590</v>
+        <v>220</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786253770228</t>
+          <t>9786053009702</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Başkanlık Sisteminde Kabine ve Türkiye'de Cumhurbaşkanlığı Kabinesi</t>
+          <t>Anayasa Hukukunda Anayasacılık Düşüncesi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>720</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055336806</t>
+          <t>9786053008910</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İhaleye Fesat Karıştırma Suçu</t>
+          <t>Arabuluculuk ve Zorunlu Arabuluculuk</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055980801</t>
+          <t>9786257088411</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Terörle Mali ve Hukuki Mücadele</t>
+          <t>Ölüme Bağlı Tasarrufların İptali</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>690</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786253773809</t>
+          <t>9786053008675</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Hukuku ve Uygulamada İkamet</t>
+          <t>Türk Ceza Hukukunda Koşullu Salıverilme Kurumu ve Etkinliğinin Geliştirilmesi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786253773878</t>
+          <t>9786053008736</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi İdaresinde E-Dönüşüm</t>
+          <t>Dolandırıcılık Suçu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>500</v>
+        <v>690</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786253773724</t>
+          <t>9786053006169</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hükümlü ve Tutukluların İnfaz Hakimliğindeki Şikayet Süreçleri</t>
+          <t>Türk Medeni Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786253773915</t>
+          <t>9786253773687</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargıda Görev</t>
+          <t>İdarenin Taraf Olduğu Sözleşmelerden Doğan Uyuşmazlıklarda Tahkim</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786253773854</t>
+          <t>9786253773793</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Terörizmin Finansmanı Suçu ve Malvarlığı Değerlerinin Dondurulması</t>
+          <t>Zarar Sigortalarında Teminatın Kapsamı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>1100</v>
+        <v>580</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786253773830</t>
+          <t>9786253773779</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukukunda Taşınmazlara, Hak ve Alacaklara Elkoyma (CMK m. 128)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>1250</v>
+        <v>590</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786051469485</t>
+          <t>9786253770228</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Takdir Komisyonu Kararlarının Hukuki Niteliği</t>
+          <t>Başkanlık Sisteminde Kabine ve Türkiye'de Cumhurbaşkanlığı Kabinesi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>230</v>
+        <v>720</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786253773588</t>
+          <t>9786055336806</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Müftülerin Evlendirme Memurları Arasına Katılması</t>
+          <t>İhaleye Fesat Karıştırma Suçu</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>370</v>
+        <v>80</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052649633</t>
+          <t>9786055980801</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Barış ve Güvenliğin Sağlanmasında Uluslararası Adalet Divanı'nın Rolü (Ciltli)</t>
+          <t>Terörle Mali ve Hukuki Mücadele</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>850</v>
+        <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786253773663</t>
+          <t>9786253773809</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Öğreti ve Uygulama Işığında Ceza Hukuku Özel Hükümler - II</t>
+          <t>Avrupa Birliği Hukuku ve Uygulamada İkamet</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>1050</v>
+        <v>350</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786253773540</t>
+          <t>9786253773878</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku</t>
+          <t>Türk Vergi İdaresinde E-Dönüşüm</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>780</v>
+        <v>500</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786253773700</t>
+          <t>9786253773724</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası - Gerekçeli TCK - CMK - CGTİK ve İlgili Mevzuat (Ciltli)</t>
+          <t>Hükümlü ve Tutukluların İnfaz Hakimliğindeki Şikayet Süreçleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>1750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786253773441</t>
+          <t>9786253773915</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku</t>
+          <t>İdari Yargıda Görev</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>1050</v>
+        <v>400</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786253773595</t>
+          <t>9786253773854</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gerekçeli Ceza Kanunları (Ciltli)</t>
+          <t>Terörizmin Finansmanı Suçu ve Malvarlığı Değerlerinin Dondurulması</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>1450</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786253773496</t>
+          <t>9786253773830</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Gerekçeli Hüküm</t>
+          <t>Hukuk Muhakemeleri Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>580</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786253773670</t>
+          <t>9786051469485</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi Kararları Işığında İnfaz Hukuku</t>
+          <t>Vergi Hukukunda Takdir Komisyonu Kararlarının Hukuki Niteliği</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>800</v>
+        <v>230</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786253773717</t>
+          <t>9786253773588</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği ile Mücadelede İş ve Sosyal Güvenlik Hukukunun Araçları, İşin ve İşçinin Korunması</t>
+          <t>Müftülerin Evlendirme Memurları Arasına Katılması</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>850</v>
+        <v>370</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786253773618</t>
+          <t>9786052649633</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Topluluğu Hukuku Kapsamında Topluluk İlişkilerinde Özel Denetim</t>
+          <t>Uluslararası Barış ve Güvenliğin Sağlanmasında Uluslararası Adalet Divanı'nın Rolü (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>590</v>
+        <v>850</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786253773601</t>
+          <t>9786253773663</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Yönetim Kurulu İç Yönergesi</t>
+          <t>Öğreti ve Uygulama Işığında Ceza Hukuku Özel Hükümler - II</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>800</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786253773526</t>
+          <t>9786253773540</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Süreç İçerisinde Kendi Kaderini Tayin Kavramının Değişen İçerik ve Tatbikatı</t>
+          <t>Vergi Hukuku</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>570</v>
+        <v>780</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786253773502</t>
+          <t>9786253773700</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi Kararları Işığında Etkin Soruşturma</t>
+          <t>T.C. Anayasası - Gerekçeli TCK - CMK - CGTİK ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>350</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786253773434</t>
+          <t>9786253773441</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kasten Öldürme Suçları (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>1000</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786253773625</t>
+          <t>9786253773595</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Hukuka Uygunluk Nedenlerinde Sınırın Aşılması</t>
+          <t>Gerekçeli Ceza Kanunları (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>830</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786253773335</t>
+          <t>9786253773496</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Hukukuna Giriş (Ciltli)</t>
+          <t>Ceza Muhakemesinde Gerekçeli Hüküm</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>880</v>
+        <v>580</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786053008569</t>
+          <t>9786253773670</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>CMR Sigortasında Himaye</t>
+          <t>Anayasa Mahkemesi Kararları Işığında İnfaz Hukuku</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>290</v>
+        <v>800</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257277105</t>
+          <t>9786253773717</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Zamanaşımının Durması ve Zamanaşımının Kesilmesi</t>
+          <t>İklim Değişikliği ile Mücadelede İş ve Sosyal Güvenlik Hukukunun Araçları, İşin ve İşçinin Korunması</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>450</v>
+        <v>850</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786053001546</t>
+          <t>9786253773618</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Bilirkişilik</t>
+          <t>Şirketler Topluluğu Hukuku Kapsamında Topluluk İlişkilerinde Özel Denetim</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>550</v>
+        <v>590</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786051469898</t>
+          <t>9786253773601</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Çocukla Kişisel İlişki Kurulmasına Dair İlamların İcrası</t>
+          <t>Anonim Şirketlerde Yönetim Kurulu İç Yönergesi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257802192</t>
+          <t>9786253773526</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku Ders Notu ve Soru Bankası</t>
+          <t>Tarihsel Süreç İçerisinde Kendi Kaderini Tayin Kavramının Değişen İçerik ve Tatbikatı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>165</v>
+        <v>570</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052647776</t>
+          <t>9786253773502</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Vergi Usul Kanunu ve Yorumu (Ciltli)</t>
+          <t>Avrupa İnsan Hakları Mahkemesi Kararları Işığında Etkin Soruşturma</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>1090</v>
+        <v>350</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054144020</t>
+          <t>9786253773434</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Sonrası</t>
+          <t>Kasten Öldürme Suçları (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053000730</t>
+          <t>9786253773625</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhaleleri Şikayet ve İtirazen Şikayet Hukuku (Ciltli)</t>
+          <t>Türk Ceza Hukukunda Hukuka Uygunluk Nedenlerinde Sınırın Aşılması</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>378</v>
+        <v>830</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051462028</t>
+          <t>9786253773335</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İhale Uygulayıcıları İçin Soru ve Cevaplarla İhale İşlemleri ve Yasaklılık (Ciltli)</t>
+          <t>Rekabet Hukukuna Giriş (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>190</v>
+        <v>880</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055412579</t>
+          <t>9786053008569</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hükümlülerin Uluslararası Nakli Hukuku ve Uygulaması</t>
+          <t>CMR Sigortasında Himaye</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944416863</t>
+          <t>9786257277105</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Savcısının Denetim Görevi</t>
+          <t>Zamanaşımının Durması ve Zamanaşımının Kesilmesi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055980481</t>
+          <t>9786053001546</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Küresel Köyde Suç ve Adalet</t>
+          <t>Türk Hukukunda Bilirkişilik</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055633585</t>
+          <t>9786051469898</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İhracat Teşvikleri (Ciltli)</t>
+          <t>Çocukla Kişisel İlişki Kurulmasına Dair İlamların İcrası</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786253773229</t>
+          <t>9786257802192</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Şekle Aykırı Hukuki İşlemlerin Tahvili</t>
+          <t>Medeni Usul Hukuku Ders Notu ve Soru Bankası</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>370</v>
+        <v>165</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786253773212</t>
+          <t>9786052647776</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılamasında İstinaf</t>
+          <t>Vergi Usul Kanunu ve Yorumu (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>570</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786253773281</t>
+          <t>9786054144020</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Kurulu Üyelerinin Görev ve Yükümlülükleri Bağlamında Avrupa Birliği Sürdürülebilirlik Düzenlemeleri ve Türk Hukuku Perspektifi</t>
+          <t>Ansızın Sonrası</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786253773236</t>
+          <t>9786053000730</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararları Işığında Uyuşturucu veya Uyarıcı Madde Ticareti Suçu</t>
+          <t>Kamu İhaleleri Şikayet ve İtirazen Şikayet Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>380</v>
+        <v>378</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786253773038</t>
+          <t>9786051462028</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Açıdan Güvence Hesabı (Ciltli)</t>
+          <t>İhale Uygulayıcıları İçin Soru ve Cevaplarla İhale İşlemleri ve Yasaklılık (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>780</v>
+        <v>190</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786253773021</t>
+          <t>9786055412579</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucu ve Uyarıcı Madde Suçları (Ciltli)</t>
+          <t>Hükümlülerin Uluslararası Nakli Hukuku ve Uygulaması</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>1500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052640296</t>
+          <t>9789944416863</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Özel Güvenlik Görevlisinin El Kitabı</t>
+          <t>Cumhuriyet Savcısının Denetim Görevi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786253773298</t>
+          <t>9786055980481</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kınanabilirliği Azaltan Bir Neden Olarak: Haksız Tahrik</t>
+          <t>Küresel Köyde Suç ve Adalet</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786253772741</t>
+          <t>9786055633585</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Tebligat Hukuku (Ciltli)</t>
+          <t>İhracat Teşvikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>1800</v>
+        <v>210</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786253772659</t>
+          <t>9786253773229</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucu ve Uyarıcı Madde Suçları (Ciltli)</t>
+          <t>Şekle Aykırı Hukuki İşlemlerin Tahvili</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>1900</v>
+        <v>370</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786253773090</t>
+          <t>9786253773212</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Banka veya Kredi Kartlarının Kötüye Kullanılması Suçu (TCK m. 245)</t>
+          <t>Ceza Yargılamasında İstinaf</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>740</v>
+        <v>570</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786253773083</t>
+          <t>9786253773281</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Garanti Sözleşmelerinde Saf Garanti Taahhütleri</t>
+          <t>Yönetim Kurulu Üyelerinin Görev ve Yükümlülükleri Bağlamında Avrupa Birliği Sürdürülebilirlik Düzenlemeleri ve Türk Hukuku Perspektifi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786253773113</t>
+          <t>9786253773236</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Paydaş ve Paydaş Hukuku</t>
+          <t>Yargı Kararları Işığında Uyuşturucu veya Uyarıcı Madde Ticareti Suçu</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786253773106</t>
+          <t>9786253773038</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Genel Kurul Kararlarının İptali Davası (Ciltli)</t>
+          <t>Hukuki Açıdan Güvence Hesabı (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>730</v>
+        <v>780</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786253772994</t>
+          <t>9786253773021</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İş Kazasından Kaynaklanan Hukuki Sorumluluk ve İşverenin Tazminat Yükümlülüğü</t>
+          <t>Uyuşturucu ve Uyarıcı Madde Suçları (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>400</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786253773144</t>
+          <t>9786052640296</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Taşınır Mal Yönetmeliği Açıklaması</t>
+          <t>Özel Güvenlik Görevlisinin El Kitabı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>1200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786253772758</t>
+          <t>9786253773298</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Kararları Işığında Kira Bedel Tespiti Kira Alacağı ve Kira Uyarlama Davaları (Ciltli)</t>
+          <t>Kınanabilirliği Azaltan Bir Neden Olarak: Haksız Tahrik</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>1150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786253772826</t>
+          <t>9786253772741</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukukta Birden Fazla Anonim Şirkette Yönetim Kurulu Üyeliği (Ciltli)</t>
+          <t>Tebligat Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>1000</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786253772017</t>
+          <t>9786253772659</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk Sürecinde Kişisel Verilerin Korunması</t>
+          <t>Uyuşturucu ve Uyarıcı Madde Suçları (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>430</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786253771997</t>
+          <t>9786253773090</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Hukukta Akıl Yürütme Yöntemi Olarak Kıyas (Analoji)</t>
+          <t>Banka veya Kredi Kartlarının Kötüye Kullanılması Suçu (TCK m. 245)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>470</v>
+        <v>740</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786253771904</t>
+          <t>9786253773083</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Eksik Sigorta ve Özellikle İlk Riziko Sigortası (Ciltli)</t>
+          <t>Garanti Sözleşmelerinde Saf Garanti Taahhütleri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>1500</v>
+        <v>310</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786253772987</t>
+          <t>9786253773113</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>VII. Uluslararası Katılımlı Sağlık Hukuku Sempozyumu</t>
+          <t>Paydaş ve Paydaş Hukuku</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>650</v>
+        <v>370</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786253772963</t>
+          <t>9786253773106</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hekimin Hukuki Sorumluluğundan Doğan Davalar</t>
+          <t>Anonim Şirket Genel Kurul Kararlarının İptali Davası (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>650</v>
+        <v>730</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786253773052</t>
+          <t>9786253772994</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Muhakemesi Hukukunda Seri Muhakeme Usulü (CMK m. 250)</t>
+          <t>İş Kazasından Kaynaklanan Hukuki Sorumluluk ve İşverenin Tazminat Yükümlülüğü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786253772611</t>
+          <t>9786253773144</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İflasta Sıra Cetveli ve İflas İdaresinin Yükümlülükleri</t>
+          <t>Taşınır Mal Yönetmeliği Açıklaması</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786253772390</t>
+          <t>9786253772758</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucu veya Uyarıcı Madde İmal ve Ticareti Suçları (Ciltli)</t>
+          <t>Yargıtay Kararları Işığında Kira Bedel Tespiti Kira Alacağı ve Kira Uyarlama Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>1950</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786253772451</t>
+          <t>9786253772826</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Katılımcı Demokrasi</t>
+          <t>Karşılaştırmalı Hukukta Birden Fazla Anonim Şirkette Yönetim Kurulu Üyeliği (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>660</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786253772147</t>
+          <t>9786253772017</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Motorlu Taşıtlarla Meydana Gelen İş Kazalarında Hukuki Sorumluluk (Trafikte Meydana Gelen İş Kazaları)</t>
+          <t>Arabuluculuk Sürecinde Kişisel Verilerin Korunması</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786253773045</t>
+          <t>9786253771997</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekalı Robotların Fail ve Mağdur Kavramları Yönünden Değerlendirilmesi</t>
+          <t>Hukukta Akıl Yürütme Yöntemi Olarak Kıyas (Analoji)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>300</v>
+        <v>470</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786253773069</t>
+          <t>9786253771904</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Görevde Yükselme Sınavı Mega 8'li Deneme Seti</t>
+          <t>Eksik Sigorta ve Özellikle İlk Riziko Sigortası (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>195</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786253772598</t>
+          <t>9786253772987</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Adalet Divanı Kararlarında Sürdürülebilir Kalkınma</t>
+          <t>VII. Uluslararası Katılımlı Sağlık Hukuku Sempozyumu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786253771461</t>
+          <t>9786253772963</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Tarım ve Orman Bakanlığı Görevde Yükselme Sınavı - Şef Ünvanlı Kadrolar İçin 6'lı Deneme Sınavı</t>
+          <t>Hekimin Hukuki Sorumluluğundan Doğan Davalar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786253772772</t>
+          <t>9786253773052</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuk Tarihi - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
+          <t>Türk Ceza Muhakemesi Hukukunda Seri Muhakeme Usulü (CMK m. 250)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786253772079</t>
+          <t>9786253772611</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Özelinde Pay Sahibinin Yönetim Kurulu Üyelerinin Sorumluluğundan Kaynaklı Zararları Talep Edebilme Hakkı</t>
+          <t>İflasta Sıra Cetveli ve İflas İdaresinin Yükümlülükleri</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786253772062</t>
+          <t>9786253772390</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>5237 Sayılı Türk Ceza Kanununda Zorunluluk Hali</t>
+          <t>Uyuşturucu veya Uyarıcı Madde İmal ve Ticareti Suçları (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>370</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786253772116</t>
+          <t>9786253772451</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Adli Dilbilim</t>
+          <t>Türkiye'de Katılımcı Demokrasi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>190</v>
+        <v>660</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786253771065</t>
+          <t>9786253772147</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Israrlı Takip Suçu</t>
+          <t>Motorlu Taşıtlarla Meydana Gelen İş Kazalarında Hukuki Sorumluluk (Trafikte Meydana Gelen İş Kazaları)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786253772567</t>
+          <t>9786253773045</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Alternatif Dağıtım Kanallarının Müşteri Tatmini Üzerindeki Etkisi: Konya Sanayi Odası'na Kayıtlı Üyeler Üzerinde Bir Araştırma</t>
+          <t>Yapay Zekalı Robotların Fail ve Mağdur Kavramları Yönünden Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786253772192</t>
+          <t>9786253773069</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Görünüşte İçtima (Kanunların İçtimaı)</t>
+          <t>Görevde Yükselme Sınavı Mega 8'li Deneme Seti</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>460</v>
+        <v>195</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786253772529</t>
+          <t>9786253772598</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ortaklığın Giderilmesi Davalarında Arabuluculuk</t>
+          <t>Avrupa Birliği Adalet Divanı Kararlarında Sürdürülebilir Kalkınma</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>620</v>
+        <v>350</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786253772338</t>
+          <t>9786253771461</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Muhakemesi Hukukunda Uzlaştırma</t>
+          <t>Tarım ve Orman Bakanlığı Görevde Yükselme Sınavı - Şef Ünvanlı Kadrolar İçin 6'lı Deneme Sınavı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>790</v>
+        <v>200</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786253772246</t>
+          <t>9786253772772</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşüm Hukuku</t>
+          <t>Türk Hukuk Tarihi - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786253772512</t>
+          <t>9786253772079</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Siber Güvenlik Hukuku Temel Mevzuatı</t>
+          <t>Anonim Şirket Özelinde Pay Sahibinin Yönetim Kurulu Üyelerinin Sorumluluğundan Kaynaklı Zararları Talep Edebilme Hakkı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786053005889</t>
+          <t>9786253772062</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Destekten Yoksun Kalma Tazminatı ve Davaları</t>
+          <t>5237 Sayılı Türk Ceza Kanununda Zorunluluk Hali</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>1380</v>
+        <v>370</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786253772505</t>
+          <t>9786253772116</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kamu Maliyesi ve Kamu Mali Hukuku</t>
+          <t>Adli Dilbilim</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>470</v>
+        <v>210</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786253773076</t>
+          <t>9786253771065</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Deniz Ticareti Hukuku Pratik Çalışmalar</t>
+          <t>Türk Hukukunda Israrlı Takip Suçu</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786253772970</t>
+          <t>9786253772567</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Katma Değer Vergisi (KDV)</t>
+          <t>Bankacılıkta Alternatif Dağıtım Kanallarının Müşteri Tatmini Üzerindeki Etkisi: Konya Sanayi Odası'na Kayıtlı Üyeler Üzerinde Bir Araştırma</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>870</v>
+        <v>290</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786253772642</t>
+          <t>9786253772192</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu'nun 111/a Maddesi Uyarınca Borçluya Satış Yetkisi Verilmesi</t>
+          <t>Ceza Hukukunda Görünüşte İçtima (Kanunların İçtimaı)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786253772703</t>
+          <t>9786253772529</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Silah Ceza Hukuku</t>
+          <t>Ortaklığın Giderilmesi Davalarında Arabuluculuk</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>990</v>
+        <v>620</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786253772383</t>
+          <t>9786253772338</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Alman Ceza Muhakemesi Hukukunda Tanıklık</t>
+          <t>Türk Ceza Muhakemesi Hukukunda Uzlaştırma</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>850</v>
+        <v>790</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786253772895</t>
+          <t>9786253772246</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Hukuku Açısından Spor Anonim Şirketleri</t>
+          <t>Kentsel Dönüşüm Hukuku</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>310</v>
+        <v>600</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786253772840</t>
+          <t>9786253772512</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Türk Silahlı Kuvvetleri İç Hizmet Kanunu ve Yönetmeliği Askeri Ceza Kanunu - Türk Silahlı Kuvvetleri Disiplin Kanunu Türk Silahlı Kuvvetleri Personel Kanunu ve İlgili Mevzuat (2 Cilt)</t>
+          <t>Siber Güvenlik Hukuku Temel Mevzuatı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>1990</v>
+        <v>370</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786253773007</t>
+          <t>9786053005889</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Öğreti ve Uygulama Işığında Ceza Hukuku Özel Hükümler - I</t>
+          <t>Destekten Yoksun Kalma Tazminatı ve Davaları</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>1930</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786253772833</t>
+          <t>9786253772505</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Öğreti ve Uygulama Işığında Ceza Hukuku Genel Hükümler (Ciltli)</t>
+          <t>Kamu Maliyesi ve Kamu Mali Hukuku</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>2000</v>
+        <v>470</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786253772802</t>
+          <t>9786253773076</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Sık Karşılaşılan Suçlar ve Yargılaması (Ciltli)</t>
+          <t>Deniz Ticareti Hukuku Pratik Çalışmalar</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>1900</v>
+        <v>480</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786253772406</t>
+          <t>9786253772970</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>6331 Sayılı İş Sağlığı ve Güvenliği Kanunu Uyarınca İşyerinde Durdurulan İşlerde İzinsiz Çalıştırma Suçu</t>
+          <t>Katma Değer Vergisi (KDV)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>340</v>
+        <v>870</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786253772499</t>
+          <t>9786253772642</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Velayet Hakkının Kötüye Kullanılması</t>
+          <t>İcra ve İflas Kanunu'nun 111/a Maddesi Uyarınca Borçluya Satış Yetkisi Verilmesi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786253772536</t>
+          <t>9786253772703</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Tapu İptali ve Tescil Davaları (Ciltli)</t>
+          <t>Silah Ceza Hukuku</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>2200</v>
+        <v>990</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786253772468</t>
+          <t>9786253772383</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Usul Hukuku Temel Konular</t>
+          <t>Türk ve Alman Ceza Muhakemesi Hukukunda Tanıklık</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>270</v>
+        <v>850</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786253772635</t>
+          <t>9786253772895</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Anonim ve Limited Şirketlerde Oy Sözleşmeleri</t>
+          <t>Şirketler Hukuku Açısından Spor Anonim Şirketleri</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786253772710</t>
+          <t>9786253772840</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Ceza Adaleti Sisteminde Blokzincir Uygulaması</t>
+          <t>Türk Silahlı Kuvvetleri İç Hizmet Kanunu ve Yönetmeliği Askeri Ceza Kanunu - Türk Silahlı Kuvvetleri Disiplin Kanunu Türk Silahlı Kuvvetleri Personel Kanunu ve İlgili Mevzuat (2 Cilt)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>330</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786253772680</t>
+          <t>9786253773007</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bireysel İş Hukukunda Yeni Normal Çalışma Modeli: Evde Çalışma</t>
+          <t>Öğreti ve Uygulama Işığında Ceza Hukuku Özel Hükümler - I</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>290</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786253772666</t>
+          <t>9786253772833</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>100 Konuda Sosyal Güvenlik Uygulamaları</t>
+          <t>Öğreti ve Uygulama Işığında Ceza Hukuku Genel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>670</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786253772765</t>
+          <t>9786253772802</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Öğrencisinin Bilimsel Araştırma ve Proje Rehberi</t>
+          <t>Uygulamada Sık Karşılaşılan Suçlar ve Yargılaması (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>190</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786253772222</t>
+          <t>9786253772406</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde İdarenin Mali Sorumluluğu</t>
+          <t>6331 Sayılı İş Sağlığı ve Güvenliği Kanunu Uyarınca İşyerinde Durdurulan İşlerde İzinsiz Çalıştırma Suçu</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786253772734</t>
+          <t>9786253772499</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>6222 Sayılı Kanun Kapsamında Seyirden Yasaklanma</t>
+          <t>Velayet Hakkının Kötüye Kullanılması</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786253772697</t>
+          <t>9786253772536</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hukuku Temel Kavramlar</t>
+          <t>Tapu İptali ve Tescil Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>500</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053005841</t>
+          <t>9786253772468</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>1163 Sayılı Kooperatifler Kanunu Işığında, Kooperatifçilik Bilgisi</t>
+          <t>Milletlerarası Usul Hukuku Temel Konular</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>850</v>
+        <v>270</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786253772727</t>
+          <t>9786253772635</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Güvenlik İlkesi</t>
+          <t>Anonim ve Limited Şirketlerde Oy Sözleşmeleri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>600</v>
+        <v>310</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786253772789</t>
+          <t>9786253772710</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>4857 Sayılı İş Kanunu'na Göre Fazla Çalışma ve Fazla Sürelerle Çalışma Ücreti</t>
+          <t>Ceza Adaleti Sisteminde Blokzincir Uygulaması</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786253772796</t>
+          <t>9786253772680</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Davaya Son Veren Taraf İşlemleri Çerçevesinde Tasarruf İlkesi</t>
+          <t>Bireysel İş Hukukunda Yeni Normal Çalışma Modeli: Evde Çalışma</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>570</v>
+        <v>290</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786253772819</t>
+          <t>9786253772666</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Taksirle Öldürme Suçu (TCK m. 85)</t>
+          <t>100 Konuda Sosyal Güvenlik Uygulamaları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>490</v>
+        <v>670</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786253772956</t>
+          <t>9786253772765</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla İtirazın İptali Davası (İİK m. 67)</t>
+          <t>Hukuk Öğrencisinin Bilimsel Araştırma ve Proje Rehberi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786253772871</t>
+          <t>9786253772222</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Şurut (Belgeleme) İlmi: Ali Haydar Efendi Örneği</t>
+          <t>Sağlık Hizmetlerinde İdarenin Mali Sorumluluğu</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786253772888</t>
+          <t>9786253772734</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Adaletin Vicdanı: Gerekçeli Karar Hakkı</t>
+          <t>6222 Sayılı Kanun Kapsamında Seyirden Yasaklanma</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>650</v>
+        <v>330</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786253772543</t>
+          <t>9786253772697</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Ecrimisil (Ciltli)</t>
+          <t>Sağlık Hukuku Temel Kavramlar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>790</v>
+        <v>500</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055263058</t>
+          <t>9786053005841</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Esnek Çalışma</t>
+          <t>1163 Sayılı Kooperatifler Kanunu Işığında, Kooperatifçilik Bilgisi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>44</v>
+        <v>940</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053009740</t>
+          <t>9786253772727</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Pratik Çalışmaları</t>
+          <t>Hukuki Güvenlik İlkesi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>43</v>
+        <v>600</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256147041</t>
+          <t>9786253772789</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Türk İdare Hukuku Dersleri - Cilt 1</t>
+          <t>4857 Sayılı İş Kanunu'na Göre Fazla Çalışma ve Fazla Sürelerle Çalışma Ücreti</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>730</v>
+        <v>380</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055336028</t>
+          <t>9786253772796</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Haczedilemeyen Mal ve Haklar</t>
+          <t>Medeni Usul Hukukunda Davaya Son Veren Taraf İşlemleri Çerçevesinde Tasarruf İlkesi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>90</v>
+        <v>570</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054144303</t>
+          <t>9786253772819</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Cep Telefonuna Yönelik Suçlar</t>
+          <t>Taksirle Öldürme Suçu (TCK m. 85)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786051460420</t>
+          <t>9786253772956</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Pratik Çalışma Kitabı</t>
+          <t>Soru ve Cevaplarla İtirazın İptali Davası (İİK m. 67)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>40</v>
+        <v>400</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053006299</t>
+          <t>9786253772871</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Mahkemelerin Yetkisi</t>
+          <t>Osmanlı'da Şurut (Belgeleme) İlmi: Ali Haydar Efendi Örneği</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>156</v>
+        <v>300</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052640920</t>
+          <t>9786253772888</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Taksirle İnsan Öldürme</t>
+          <t>Adaletin Vicdanı: Gerekçeli Karar Hakkı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052642030</t>
+          <t>9786253772543</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Robo Danışmanların Hukuken Değerlendirilmesi</t>
+          <t>Ecrimisil (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>340</v>
+        <v>790</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256147812</t>
+          <t>9786055263058</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Kişiliğinin Sosyal Medyada Korunması</t>
+          <t>Türk Hukukunda Esnek Çalışma</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>420</v>
+        <v>44</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258153866</t>
+          <t>9786053009740</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Vergi İncelemeleri</t>
+          <t>Anayasa Hukuku Pratik Çalışmaları</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>865</v>
+        <v>43</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052641866</t>
+          <t>9786256147041</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Hakkı Bağlamında Unutulma Hakkı</t>
+          <t>Türk İdare Hukuku Dersleri - Cilt 1</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>515</v>
+        <v>730</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052641972</t>
+          <t>9786055336028</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Kanunu</t>
+          <t>Haczedilemeyen Mal ve Haklar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>375</v>
+        <v>90</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052640937</t>
+          <t>9786054144303</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Mal Türlerinin Hukuki İşlemlere Etkisi</t>
+          <t>Cep Telefonuna Yönelik Suçlar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>315</v>
+        <v>150</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052640746</t>
+          <t>9786051460420</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Hukuku</t>
+          <t>Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>415</v>
+        <v>40</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052641132</t>
+          <t>9786053006299</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Aşırı Sözleşme Cezasının İndirilmesi</t>
+          <t>Medeni Usul Hukukunda Mahkemelerin Yetkisi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>315</v>
+        <v>156</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052640852</t>
+          <t>9786052640920</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Ahkam-ı Adliye</t>
+          <t>İslam Hukukunda Taksirle İnsan Öldürme</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>615</v>
+        <v>450</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052640302</t>
+          <t>9786052642030</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Grup Şirketler ve Grup Vergilendirme Rejimi</t>
+          <t>Robo Danışmanların Hukuken Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052641026</t>
+          <t>9786256147812</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Komşuluk Hukuku</t>
+          <t>Çocuğun Kişiliğinin Sosyal Medyada Korunması</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>475</v>
+        <v>420</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052640081</t>
+          <t>9786258153866</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi ve Yargıtay Kararları Uygulamalarında Arama Karar ve İşlemleri Aramaya Konu Suçlar</t>
+          <t>Vergi İncelemeleri</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>1290</v>
+        <v>865</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052640692</t>
+          <t>9786052641866</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Neticesi Sebebiyle Ağırlaşan Yaralama Suçu</t>
+          <t>Kişilik Hakkı Bağlamında Unutulma Hakkı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>350</v>
+        <v>515</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052640944</t>
+          <t>9786052641972</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda ve Mer'i Hukukta Zihinsel Engelliler</t>
+          <t>Kişisel Verilerin Korunması Kanunu</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>315</v>
+        <v>375</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258153101</t>
+          <t>9786052640937</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İdari İşlemin Yetki Unsuru</t>
+          <t>İslam Hukukunda Mal Türlerinin Hukuki İşlemlere Etkisi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>725</v>
+        <v>315</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052641507</t>
+          <t>9786052640746</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Althusser'in Hukuk Görüşü Bağlamında İdeoloji ve Üretim İlişkileri</t>
+          <t>Kişisel Verilerin Korunması Hukuku</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>315</v>
+        <v>415</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786052649275</t>
+          <t>9786052641132</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Rekombinant Sözleşmeler Hukuku (Poliçe - Bono) (Ciltli)</t>
+          <t>Aşırı Sözleşme Cezasının İndirilmesi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>805</v>
+        <v>315</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786258092899</t>
+          <t>9786052640852</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Banka Garanti Sözleşmeleri ve Bankanın Savunma Araçları</t>
+          <t>Divan-ı Ahkam-ı Adliye</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>400</v>
+        <v>615</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055980870</t>
+          <t>9786052640302</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Şerefe Karşı Suçlar</t>
+          <t>Grup Şirketler ve Grup Vergilendirme Rejimi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786253770495</t>
+          <t>9786052641026</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Hukuku</t>
+          <t>Osmanlı Komşuluk Hukuku</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>460</v>
+        <v>475</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786052641040</t>
+          <t>9786052640081</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Karayolu ile Eşya Taşımalarında Taşıma ve Teslim Engelleri</t>
+          <t>Anayasa Mahkemesi ve Yargıtay Kararları Uygulamalarında Arama Karar ve İşlemleri Aramaya Konu Suçlar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>515</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052640173</t>
+          <t>9786052640692</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Gayrimaddi Haklar</t>
+          <t>Neticesi Sebebiyle Ağırlaşan Yaralama Suçu</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786258153422</t>
+          <t>9786052640944</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Hukuki Güvenlik İlkesi</t>
+          <t>İslam Hukukunda ve Mer'i Hukukta Zihinsel Engelliler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>650</v>
+        <v>315</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052640166</t>
+          <t>9786258153101</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Finansal Kiralama Yoluyla Yapılan Konut Finansmanı Sözleşmelerinde</t>
+          <t>İdari İşlemin Yetki Unsuru</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>415</v>
+        <v>725</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052640807</t>
+          <t>9786052641507</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Taşınır Davası</t>
+          <t>Althusser'in Hukuk Görüşü Bağlamında İdeoloji ve Üretim İlişkileri</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>315</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052641934</t>
+          <t>9786052649275</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hukuku Sempozyum Kitabı</t>
+          <t>Rekombinant Sözleşmeler Hukuku (Poliçe - Bono) (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>515</v>
+        <v>805</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052640180</t>
+          <t>9786258092899</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ceza Hukukunda Meşru Müdafaa</t>
+          <t>Uluslararası Banka Garanti Sözleşmeleri ve Bankanın Savunma Araçları</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052642665</t>
+          <t>9786055980870</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Düzeni ve Regülasyonu</t>
+          <t>Şerefe Karşı Suçlar</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>515</v>
+        <v>160</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052640432</t>
+          <t>9786253770495</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kadına Yönelmiş Şiddetle Mücadele I</t>
+          <t>Kitle İletişim Hukuku</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>315</v>
+        <v>460</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786258153644</t>
+          <t>9786052641040</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Salgın Hastalık Nedeniyle Uygulanan Halk Sağlığı Tedbirleri</t>
+          <t>Karayolu ile Eşya Taşımalarında Taşıma ve Teslim Engelleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>765</v>
+        <v>515</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786253770242</t>
+          <t>9786052640173</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Tapu İptali ve Tescil Davaları (Ciltli)</t>
+          <t>Gayrimaddi Haklar</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>1900</v>
+        <v>375</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052641590</t>
+          <t>9786258153422</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Gayrimenkul Vergi Rehberi</t>
+          <t>Vergi Hukukunda Hukuki Güvenlik İlkesi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>575</v>
+        <v>650</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256147003</t>
+          <t>9786052640166</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kişiyi Özgürlüğünden Yoksun Kılma Suçu</t>
+          <t>Finansal Kiralama Yoluyla Yapılan Konut Finansmanı Sözleşmelerinde</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>710</v>
+        <v>415</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786253770617</t>
+          <t>9786052640807</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Çocukların Cinsel İstismarı Suçu</t>
+          <t>Taşınır Davası</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>340</v>
+        <v>315</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053009474</t>
+          <t>9786052641934</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Tapu İptali ve Tescil Davaları (Ciltli)</t>
+          <t>Sağlık Hukuku Sempozyum Kitabı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>255</v>
+        <v>515</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053008033</t>
+          <t>9786052640180</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Özel Hükümler Dersleri</t>
+          <t>Osmanlı Ceza Hukukunda Meşru Müdafaa</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>92</v>
+        <v>340</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053007173</t>
+          <t>9786052642665</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Belediye Şirketlerinde Giderler, İstisnalar ve Sayıştay Denetimi</t>
+          <t>Bankacılık Düzeni ve Regülasyonu</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>60</v>
+        <v>515</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053006305</t>
+          <t>9786052640432</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yeni TBK, HMK, İİK ve İstinafa Göre Kira Hukuku (Ciltli)</t>
+          <t>Kadına Yönelmiş Şiddetle Mücadele I</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>270</v>
+        <v>315</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053006183</t>
+          <t>9786258153644</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukuku Özel Hükümler</t>
+          <t>Tehlikeli Salgın Hastalık Nedeniyle Uygulanan Halk Sağlığı Tedbirleri</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>58</v>
+        <v>765</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053005919</t>
+          <t>9786253770242</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku</t>
+          <t>Tapu İptali ve Tescil Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>90</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053005896</t>
+          <t>9786052641590</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Hukukunda İdari, Cezai ve Hukuki Sorumluluk</t>
+          <t>Tüm Yönleriyle Gayrimenkul Vergi Rehberi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>580</v>
+        <v>575</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>4440000000269</t>
+          <t>9786256147003</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>KHukA - Kamu Hukuku Arşivi Yıl:2008 Cilt:9 Sayı:2</t>
+          <t>Kişiyi Özgürlüğünden Yoksun Kılma Suçu</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>70</v>
+        <v>710</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053005827</t>
+          <t>9786253770617</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Din ve Devlet Arasındaki İktidar Mücadelesi: Avrupa Örneği</t>
+          <t>Türk Ceza Hukukunda Çocukların Cinsel İstismarı Suçu</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>33</v>
+        <v>340</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053000945</t>
+          <t>9786053009474</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Davalarında Yargılama Giderleri (Ciltli)</t>
+          <t>Tapu İptali ve Tescil Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>210</v>
+        <v>255</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053005650</t>
+          <t>9786053008033</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku (Ciltli)</t>
+          <t>Ceza Hukuku Özel Hükümler Dersleri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>257</v>
+        <v>92</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053001362</t>
+          <t>9786053007173</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Vergi Kanunları (Ciltli)</t>
+          <t>Belediye Şirketlerinde Giderler, İstisnalar ve Sayıştay Denetimi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053001690</t>
+          <t>9786053006305</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Tapu İptali ve Tescil Davaları (Ciltli)</t>
+          <t>Yeni TBK, HMK, İİK ve İstinafa Göre Kira Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053001768</t>
+          <t>9786053006183</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Almanya Federal Meclisi'nin 1915 Olaylarına İlişkin 02.06.2016 Tarihli Kararı ve Söz Konusu Karar Hakkında Almanya Federal Anayasa Mahkemesi Tarafından Verilen Hükmün Değerlendirilmesi</t>
+          <t>Türk Ceza Hukuku Özel Hükümler</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>29</v>
+        <v>58</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053000051</t>
+          <t>9786053005919</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053001935</t>
+          <t>9786053005896</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Hırsızlık, Karşılıksız Yararlanma ve Yağma Suçları (Ciltli)</t>
+          <t>İş Sağlığı ve Güvenliği Hukukunda İdari, Cezai ve Hukuki Sorumluluk</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>154</v>
+        <v>580</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053002079</t>
+          <t>4440000000269</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>3402 sayılı Kadastro Kanunu</t>
+          <t>KHukA - Kamu Hukuku Arşivi Yıl:2008 Cilt:9 Sayı:2</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>157</v>
+        <v>70</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786051469355</t>
+          <t>9786053005827</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Örgütlü Suçlar</t>
+          <t>Din ve Devlet Arasındaki İktidar Mücadelesi: Avrupa Örneği</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053002727</t>
+          <t>9786053000945</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Özel Hükümler (Ciltli)</t>
+          <t>Hukuk Davalarında Yargılama Giderleri (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>108</v>
+        <v>210</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786051468426</t>
+          <t>9786053005650</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Vergi Kanunları (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>55</v>
+        <v>257</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786051468235</t>
+          <t>9786053001362</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Destekten Yoksun Kalma Tazminatı</t>
+          <t>Vergi Kanunları (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>48</v>
+        <v>75</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786051467818</t>
+          <t>9786053001690</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı İş Davaları (Ciltli)</t>
+          <t>Tapu İptali ve Tescil Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>185</v>
+        <v>269</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051467733</t>
+          <t>9786053001768</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>5237 s. Türk Ceza Kanunu ve 5271 s. Ceza Muhakemesi Kanunu'na Göre Müsadere</t>
+          <t>Almanya Federal Meclisi'nin 1915 Olaylarına İlişkin 02.06.2016 Tarihli Kararı ve Söz Konusu Karar Hakkında Almanya Federal Anayasa Mahkemesi Tarafından Verilen Hükmün Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>220</v>
+        <v>29</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786051467665</t>
+          <t>9786053000051</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Görüşler ve Kararlar Marka Hukuku - 3 Cilt Takım</t>
+          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>219</v>
+        <v>90</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786051467641</t>
+          <t>9786053001935</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Tebligat Hukuku</t>
+          <t>Hırsızlık, Karşılıksız Yararlanma ve Yağma Suçları (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>90</v>
+        <v>154</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786051467535</t>
+          <t>9786053002079</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sigorta ve Uygulaması (Ciltli)</t>
+          <t>3402 sayılı Kadastro Kanunu</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>145</v>
+        <v>157</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051467382</t>
+          <t>9786051469355</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Hava ve Uzay Hukuku</t>
+          <t>Örgütlü Suçlar</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051467344</t>
+          <t>9786053002727</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
           <t>Ceza Hukuku Özel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>98</v>
+        <v>108</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051467320</t>
+          <t>9786051468426</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Türk Basın - Yayın Mevzuatı</t>
+          <t>Vergi Kanunları (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>70</v>
+        <v>55</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053003953</t>
+          <t>9786051468235</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Ceza ve Ceza Muhakemesi Hukuku Uygulama Çalışması ve Test Soruları</t>
+          <t>Destekten Yoksun Kalma Tazminatı</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786051466989</t>
+          <t>9786051467818</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu Tebligat Kanunu ve İlgili Mevzuat</t>
+          <t>Uygulamalı İş Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>34</v>
+        <v>185</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786051466675</t>
+          <t>9786051467733</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kamulaştırma Davaları (Ciltli)</t>
+          <t>5237 s. Türk Ceza Kanunu ve 5271 s. Ceza Muhakemesi Kanunu'na Göre Müsadere</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786051466606</t>
+          <t>9786051467665</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Apartman, Site ve İşhanı Yönetimleri Hukuki ve Mali Rehber</t>
+          <t>Görüşler ve Kararlar Marka Hukuku - 3 Cilt Takım</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>100</v>
+        <v>219</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051466439</t>
+          <t>9786051467641</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Uygulamaları</t>
+          <t>Tebligat Hukuku</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>29</v>
+        <v>90</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051466088</t>
+          <t>9786051467535</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tüketicinin Korunması Hakkında Kanun'a Göre Emlakçılık ve Taşınmaz Simsarlığı Davaları</t>
+          <t>Sosyal Sigorta ve Uygulaması (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>63</v>
+        <v>145</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051466071</t>
+          <t>9786051467382</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Ders Notları</t>
+          <t>Hava ve Uzay Hukuku</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051465937</t>
+          <t>9786051467344</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada ve Öğretide Muvazaa, İnançlı İşlem, Nam-ı Müstear ve Kanuna Karşı Hile Davaları</t>
+          <t>Ceza Hukuku Özel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>138</v>
+        <v>98</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051465890</t>
+          <t>9786051467320</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Tebligat Hukuku</t>
+          <t>Türk Basın - Yayın Mevzuatı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>170</v>
+        <v>70</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786051465883</t>
+          <t>9786053003953</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı ve İçtihatlı Vergi Usul Kanunu ve Yorumu (Ciltli)</t>
+          <t>Ceza ve Ceza Muhakemesi Hukuku Uygulama Çalışması ve Test Soruları</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>98</v>
+        <v>49</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051465838</t>
+          <t>9786051466989</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Bilirkişilik</t>
+          <t>İcra ve İflas Kanunu Tebligat Kanunu ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>95</v>
+        <v>34</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786051465524</t>
+          <t>9786051466675</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kaynakçalı - Güncel Vergi Kanunları (Ciltli)</t>
+          <t>Kamulaştırma Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>45</v>
+        <v>165</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786051465463</t>
+          <t>9786051466606</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Marka, Haksız Rekabet ve Telif Suçları</t>
+          <t>Apartman, Site ve İşhanı Yönetimleri Hukuki ve Mali Rehber</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786051465265</t>
+          <t>9786051466439</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Siyasi İktidarın Denetlenmesi - Dengelenmesi ve Yargı</t>
+          <t>Anayasa Hukuku Uygulamaları</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786051464589</t>
+          <t>9786051466088</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Temel Hukuk Bilgisi</t>
+          <t>Yeni Tüketicinin Korunması Hakkında Kanun'a Göre Emlakçılık ve Taşınmaz Simsarlığı Davaları</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>24</v>
+        <v>63</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786051464572</t>
+          <t>9786051466071</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Ceza Hukuku (Ciltli)</t>
+          <t>Milletlerarası Özel Hukuk Ders Notları</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051463612</t>
+          <t>9786051465937</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>İfade ve Basın Özgürlüğü Bağlamında Terörizmin Propagandası Suçu</t>
+          <t>Uygulamada ve Öğretide Muvazaa, İnançlı İşlem, Nam-ı Müstear ve Kanuna Karşı Hile Davaları</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>60</v>
+        <v>138</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786051463391</t>
+          <t>9786051465890</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kadastro Kanunu</t>
+          <t>Tebligat Hukuku</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>198</v>
+        <v>170</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786051463384</t>
+          <t>9786051465883</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Trafik Kazaları ve Taşımacılıktan Doğan Hukuki Sorumluluk, Tazminat, Sigorta ve Rücu Davaları (Ciltli)</t>
+          <t>Açıklamalı ve İçtihatlı Vergi Usul Kanunu ve Yorumu (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>200</v>
+        <v>98</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786253772109</t>
+          <t>9786051465838</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Etkili İletişim Stratejileri</t>
+          <t>Türk Hukukunda Bilirkişilik</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>270</v>
+        <v>95</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786253772284</t>
+          <t>9786051465524</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>İş Güvencesi Hukuku (Ciltli)</t>
+          <t>Kaynakçalı - Güncel Vergi Kanunları (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>1800</v>
+        <v>45</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786253772321</t>
+          <t>9786051465463</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Ceza Mahkumiyetine Bağlı Hak Yoksunlukları</t>
+          <t>Uygulamada Marka, Haksız Rekabet ve Telif Suçları</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>640</v>
+        <v>65</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786253772376</t>
+          <t>9786051465265</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Hedefteki Ada: ABD ve Çin Arasında Tayvan</t>
+          <t>Siyasi İktidarın Denetlenmesi - Dengelenmesi ve Yargı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>300</v>
+        <v>49</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786051463155</t>
+          <t>9786051464589</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kaynakçalı - Güncel Vergi Kanunları (Ciltli)</t>
+          <t>Temel Hukuk Bilgisi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>45</v>
+        <v>24</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786051462844</t>
+          <t>9786051464572</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk Yoluyla Uyuşmazlık Çözümünde Temel Aşamalar ve Taktikler</t>
+          <t>Uygulamalı Ceza Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786051462448</t>
+          <t>9786051463612</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>CMK Uygulamaları ve Nöbetçi Hakimin El Kitabı</t>
+          <t>İfade ve Basın Özgürlüğü Bağlamında Terörizmin Propagandası Suçu</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786051461670</t>
+          <t>9786051463391</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Pratikte Hakaret Suçları</t>
+          <t>Kadastro Kanunu</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>35</v>
+        <v>198</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786053002765</t>
+          <t>9786051463384</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Hukuku Genel Esaslar (Ciltli)</t>
+          <t>Trafik Kazaları ve Taşımacılıktan Doğan Hukuki Sorumluluk, Tazminat, Sigorta ve Rücu Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>98</v>
+        <v>200</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053002796</t>
+          <t>9786253772109</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler</t>
+          <t>Herkes İçin Etkili İletişim Stratejileri</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>82</v>
+        <v>270</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786051460468</t>
+          <t>9786253772284</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kriminalistik</t>
+          <t>İş Güvencesi Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>50</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786051460314</t>
+          <t>9786253772321</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Vadeli İşlem ve Opsiyon Borsası ile Borsanın Hukuki Sorumluluğu</t>
+          <t>Ceza Mahkumiyetine Bağlı Hak Yoksunlukları</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>150</v>
+        <v>640</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>4444444443732</t>
+          <t>9786253772376</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>VII. Türk - Alman Tıp Hukuku Sempozyumu</t>
+          <t>Hedefteki Ada: ABD ve Çin Arasında Tayvan</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>27</v>
+        <v>300</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052646847</t>
+          <t>9786051463155</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Mukayeseli Hukukta Azınlık Hakları</t>
+          <t>Kaynakçalı - Güncel Vergi Kanunları (Ciltli)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>440</v>
+        <v>45</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258153941</t>
+          <t>9786051462844</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Hukukunda İstinabe</t>
+          <t>Arabuluculuk Yoluyla Uyuşmazlık Çözümünde Temel Aşamalar ve Taktikler</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>400</v>
+        <v>48</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786055336608</t>
+          <t>9786051462448</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>AB ve Türk Hukuku Uyarınca Sözleşmeye Uygulanacak Hukuka İlişkin Genel Kural</t>
+          <t>CMK Uygulamaları ve Nöbetçi Hakimin El Kitabı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786055412708</t>
+          <t>9786051461670</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Haksız Rekabet (Ciltli)</t>
+          <t>Teori ve Pratikte Hakaret Suçları</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>160</v>
+        <v>35</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256147065</t>
+          <t>9786053002765</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Türk Yargı Sistemi Dersleri</t>
+          <t>Şirketler Hukuku Genel Esaslar (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>310</v>
+        <v>98</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786055473778</t>
+          <t>9786053002796</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kambiyo Senetlerine Mahsus Haciz Yolu ile Takipte Şikayet (Bono - Poliçe - Çek)</t>
+          <t>Ceza Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786253771881</t>
+          <t>9786051460468</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku'nda Gerekçeli Karar Hakkı</t>
+          <t>Kriminalistik</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>620</v>
+        <v>50</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786253771874</t>
+          <t>9786051460314</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk Açısından Yerli Halk Kavramı: Ortaya Çıkışı, Gelişimi, Güncel Durumu</t>
+          <t>Vadeli İşlem ve Opsiyon Borsası ile Borsanın Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786253771867</t>
+          <t>4444444443732</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Genel Kolluğun (Polis-Jandarma-Sahil Güvenlik) Zor Kullanma Yetkisi</t>
+          <t>VII. Türk - Alman Tıp Hukuku Sempozyumu</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>460</v>
+        <v>27</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786253771812</t>
+          <t>9786052646847</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde İspat ve Şüphenin Sanık Lehine Yorumlanması</t>
+          <t>Mukayeseli Hukukta Azınlık Hakları</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>1290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786253772178</t>
+          <t>9786258153941</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Pratikte Hukuk Nosyonu Cilt I</t>
+          <t>İdari Yargılama Hukukunda İstinabe</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786253771799</t>
+          <t>9786055336608</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlık Hukuku Temel Bilgiler</t>
+          <t>AB ve Türk Hukuku Uyarınca Sözleşmeye Uygulanacak Hukuka İlişkin Genel Kural</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786253771805</t>
+          <t>9786055412708</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk</t>
+          <t>Haksız Rekabet (Ciltli)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>720</v>
+        <v>160</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786253771669</t>
+          <t>9786256147065</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukuku (Ciltli)</t>
+          <t>Türk Yargı Sistemi Dersleri</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>730</v>
+        <v>310</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786253771898</t>
+          <t>9786055473778</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku</t>
+          <t>Kambiyo Senetlerine Mahsus Haciz Yolu ile Takipte Şikayet (Bono - Poliçe - Çek)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>590</v>
+        <v>80</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786253771843</t>
+          <t>9786253771881</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Türk İdare Hukukunda Doğal Afetler Nedeniyle İdarenin Sorumluluğu</t>
+          <t>Ceza Muhakemesi Hukuku'nda Gerekçeli Karar Hakkı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>630</v>
+        <v>620</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786253771928</t>
+          <t>9786253771874</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Gayrimenkul Vergi Rehberi</t>
+          <t>Uluslararası Hukuk Açısından Yerli Halk Kavramı: Ortaya Çıkışı, Gelişimi, Güncel Durumu</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>630</v>
+        <v>450</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786253771737</t>
+          <t>9786253771867</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>İzale-i Şüyu (Ortaklığın Giderilmesi) Davaları (Ciltli)</t>
+          <t>Genel Kolluğun (Polis-Jandarma-Sahil Güvenlik) Zor Kullanma Yetkisi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>1800</v>
+        <v>460</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786253771447</t>
+          <t>9786253771812</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Neticesi Sebebiyle Ağırlaşmış Suçlar (Ciltli)</t>
+          <t>Ceza Muhakemesinde İspat ve Şüphenin Sanık Lehine Yorumlanması</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>800</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786253771942</t>
+          <t>9786253772178</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukukta Seri Muhakeme Usulü Almanya Örneği</t>
+          <t>Teori ve Pratikte Hukuk Nosyonu Cilt I</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>620</v>
+        <v>450</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786253771638</t>
+          <t>9786253771799</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Suçları ve Bilişim Araçlarıyla İşlenen Suçlar</t>
+          <t>Vatandaşlık Hukuku Temel Bilgiler</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>580</v>
+        <v>240</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786253771720</t>
+          <t>9786253771805</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Örgütler Hukuku</t>
+          <t>Milletlerarası Özel Hukuk</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>410</v>
+        <v>720</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786253771621</t>
+          <t>9786253771669</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Uygulamada Spor Suçları</t>
+          <t>Sermaye Piyasası Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>380</v>
+        <v>730</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786253771584</t>
+          <t>9786253771898</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>2022 - 2023 - 2024 Yıllarına Ait İcra Hukukuna Dair Bozma Kararları (Ciltli)</t>
+          <t>Vergi Hukuku</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>2500</v>
+        <v>590</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786253771478</t>
+          <t>9786253771843</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Ceza Avukatı ve Savunma</t>
+          <t>Türk İdare Hukukunda Doğal Afetler Nedeniyle İdarenin Sorumluluğu</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>1300</v>
+        <v>630</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786253771560</t>
+          <t>9786253771928</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Cezaevindeki Hükümlülerin Hakları ve Hakların Kullanımı</t>
+          <t>Tüm Yönleriyle Gayrimenkul Vergi Rehberi</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>500</v>
+        <v>630</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786253771850</t>
+          <t>9786253771737</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İnfaz Hukukunun Esasları</t>
+          <t>İzale-i Şüyu (Ortaklığın Giderilmesi) Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>350</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786253771614</t>
+          <t>9786253771447</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İşçilerin Bilişim Teknolojileri ile Gözetiminden Elde Edilen Verilerin Delil Niteliği ve İş Sözleşmesine Etkisi</t>
+          <t>Neticesi Sebebiyle Ağırlaşmış Suçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>340</v>
+        <v>800</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786055980658</t>
+          <t>9786253771942</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dernekler Hukuku</t>
+          <t>Karşılaştırmalı Hukukta Seri Muhakeme Usulü Almanya Örneği</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>120</v>
+        <v>620</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786253772260</t>
+          <t>9786253771638</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Arabulucunun Özel Hukuktan Doğan Sorumluluğu</t>
+          <t>Bilişim Suçları ve Bilişim Araçlarıyla İşlenen Suçlar</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>450</v>
+        <v>580</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052646342</t>
+          <t>9786253771720</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu ve İlgili Mevzuat</t>
+          <t>Uluslararası Örgütler Hukuku</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>650</v>
+        <v>410</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786253772055</t>
+          <t>9786253771621</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hukuku Mevzuatı</t>
+          <t>Teori ve Uygulamada Spor Suçları</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>550</v>
+        <v>380</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786253772215</t>
+          <t>9786253771584</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Cumhurbaşkanına Hakaret Suçu</t>
+          <t>2022 - 2023 - 2024 Yıllarına Ait İcra Hukukuna Dair Bozma Kararları (Ciltli)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>590</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786253772239</t>
+          <t>9786253771478</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Hazine Taşınmazlarının Tasarruf Şekilleri ve Değerlemesi</t>
+          <t>Ceza Avukatı ve Savunma</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>490</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786253772314</t>
+          <t>9786253771560</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Belgede Sahtecilik</t>
+          <t>Cezaevindeki Hükümlülerin Hakları ve Hakların Kullanımı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786253772031</t>
+          <t>9786253771850</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Dairelerine Göre Tasnif Edilmiş 2022 – 2023 – 2024 Yıllarına Ait Hukuk Genel Kurulu Tüm Kararları</t>
+          <t>İnfaz Hukukunun Esasları</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>1150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786259493671</t>
+          <t>9786253771614</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku - Anayasa Yargısı Tamamı Çözümlü Açıklamalı - Cevaplı Test Soruları, Hukuk Mesleklerine Giriş Sınavlarına Hazırlık</t>
+          <t>İşçilerin Bilişim Teknolojileri ile Gözetiminden Elde Edilen Verilerin Delil Niteliği ve İş Sözleşmesine Etkisi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786259493688</t>
+          <t>9786055980658</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku Soru Bankası, Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
+          <t>Yeni Dernekler Hukuku</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786259794310</t>
+          <t>9786253772260</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Hukuku Soru Bankası - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
+          <t>Arabulucunun Özel Hukuktan Doğan Sorumluluğu</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786259794303</t>
+          <t>9786052646342</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk ve Borçlar Hukuku Soru Bankası - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
+          <t>Türk Medeni Kanunu ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786259493602</t>
+          <t>9786253772055</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku ve Türk Vergi Sistemi - Tüm Kariyer Mesleklerine Giriş Sınavları İçin</t>
+          <t>Çocuk Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786259794334</t>
+          <t>9786253772215</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Genel Kamu Hukuku - Hukuk Mesleklerine Giriş Sınavlarına Hazırlık</t>
+          <t>Tüm Yönleriyle Cumhurbaşkanına Hakaret Suçu</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>250</v>
+        <v>590</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786259493619</t>
+          <t>9786253772239</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku - Türk İdare Teşkilatı, İdari Yargılama Usul Hukuku, İmar ve Çevre Hukuku</t>
+          <t>Hazine Taşınmazlarının Tasarruf Şekilleri ve Değerlemesi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>420</v>
+        <v>490</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786259794327</t>
+          <t>9786253772314</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuk Tarihi Hukuk Felsefesi Hukuk Sosyolojisi- Hukuk Mesleklerine Giriş Sınavlarına Hazırlık</t>
+          <t>Elektronik Belgede Sahtecilik</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786253772130</t>
+          <t>9786253772031</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Vergilendirme (Ciltli)</t>
+          <t>Yargıtay Dairelerine Göre Tasnif Edilmiş 2022 – 2023 – 2024 Yıllarına Ait Hukuk Genel Kurulu Tüm Kararları</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>780</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786253771980</t>
+          <t>9786259493671</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Sözleşmelerinde Prim Ödeme Borcu (Ciltli)</t>
+          <t>Anayasa Hukuku - Anayasa Yargısı Tamamı Çözümlü Açıklamalı - Cevaplı Test Soruları, Hukuk Mesleklerine Giriş Sınavlarına Hazırlık</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>990</v>
+        <v>260</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786055633547</t>
+          <t>9786259493688</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Yolsuzlukla Mücadele Mevzuatı</t>
+          <t>İş Hukuku Soru Bankası, Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>70</v>
+        <v>190</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786055633394</t>
+          <t>9786259794310</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Gerçek ve Tüzel Kişilerin AB Tasarruflarına Karşı Yargısal Korunması</t>
+          <t>Ticaret Hukuku Soru Bankası - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786055633905</t>
+          <t>9786259794303</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Mala Zarar Verme</t>
+          <t>Medeni Hukuk ve Borçlar Hukuku Soru Bankası - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>70</v>
+        <v>240</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052648667</t>
+          <t>9786259493602</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verileri Hukuka Aykırı Olarak Verme veya Ele Geçirme Suçunda Sağlık Mesleği Mensuplarının Ceza Sorumluluğu</t>
+          <t>Vergi Hukuku ve Türk Vergi Sistemi - Tüm Kariyer Mesleklerine Giriş Sınavları İçin</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>335</v>
+        <v>320</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052648599</t>
+          <t>9786259794334</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Silahlı Terör Örgütüne Üye Olma Suçu</t>
+          <t>Genel Kamu Hukuku - Hukuk Mesleklerine Giriş Sınavlarına Hazırlık</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>515</v>
+        <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052648346</t>
+          <t>9786259493619</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Dijital İş Hukuku Uygulamaları (Ciltli)</t>
+          <t>İdare Hukuku - Türk İdare Teşkilatı, İdari Yargılama Usul Hukuku, İmar ve Çevre Hukuku</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>1260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052648780</t>
+          <t>9786259794327</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>İhmali Suçlarda İştirak</t>
+          <t>Türk Hukuk Tarihi Hukuk Felsefesi Hukuk Sosyolojisi- Hukuk Mesleklerine Giriş Sınavlarına Hazırlık</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>635</v>
+        <v>200</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052648650</t>
+          <t>9786253772130</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>İcra Hukukunda Takip Şartları</t>
+          <t>Sosyal Medya ve Vergilendirme (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>850</v>
+        <v>780</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052648438</t>
+          <t>9786253771980</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın Regülasyonu</t>
+          <t>Sigorta Sözleşmelerinde Prim Ödeme Borcu (Ciltli)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>265</v>
+        <v>990</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052648193</t>
+          <t>9786055633547</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku</t>
+          <t>Yolsuzlukla Mücadele Mevzuatı</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>3565</v>
+        <v>70</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052645529</t>
+          <t>9786055633394</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Uygur Hukuku</t>
+          <t>Gerçek ve Tüzel Kişilerin AB Tasarruflarına Karşı Yargısal Korunması</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>410</v>
+        <v>150</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052644805</t>
+          <t>9786055633905</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku Temel Bilgiler - Soru Bankası</t>
+          <t>Mala Zarar Verme</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>540</v>
+        <v>70</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052645550</t>
+          <t>9786052648667</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İcra Hukuku</t>
+          <t>Kişisel Verileri Hukuka Aykırı Olarak Verme veya Ele Geçirme Suçunda Sağlık Mesleği Mensuplarının Ceza Sorumluluğu</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>580</v>
+        <v>335</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052645543</t>
+          <t>9786052648599</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hukuku Dersleri I</t>
+          <t>Silahlı Terör Örgütüne Üye Olma Suçu</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>390</v>
+        <v>515</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052645826</t>
+          <t>9786052648346</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Hukuku Özel Borç İlişkileri (Sözleşmeler Hukuku) (Ciltli)</t>
+          <t>Dijital İş Hukuku Uygulamaları (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>1250</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052640043</t>
+          <t>9786052648780</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku Mevzuatı</t>
+          <t>İhmali Suçlarda İştirak</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>275</v>
+        <v>635</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052643228</t>
+          <t>9786052648650</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Marka ve Patent Vekilliği Sınavına Hazırlık Soru Bankası</t>
+          <t>İcra Hukukunda Takip Şartları</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>745</v>
+        <v>850</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052646496</t>
+          <t>9786052648438</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Muhakemesi Hukukunda Uzlaştırma</t>
+          <t>Yapay Zekanın Regülasyonu</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>580</v>
+        <v>265</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052646045</t>
+          <t>9786052648193</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasa Hukuku Mevzuatı (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>790</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052645840</t>
+          <t>9786052645529</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kabahatler Hukuku</t>
+          <t>Uygur Hukuku</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>340</v>
+        <v>410</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052645970</t>
+          <t>9786052644805</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Boşanmaya İlişkin Uyuşmazlıklarda Alternatif Çözüm Yolları</t>
+          <t>Medeni Usul Hukuku Temel Bilgiler - Soru Bankası</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>430</v>
+        <v>540</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052644881</t>
+          <t>9786052645550</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Spor ve Hukuk</t>
+          <t>Osmanlı İcra Hukuku</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052645833</t>
+          <t>9786052645543</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Hukuku Özet Kitap</t>
+          <t>Kamu Hukuku Dersleri I</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>1000</v>
+        <v>390</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052645390</t>
+          <t>9786052645826</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk - I Başlangıç Hükümleri Kişiler Hukuku Ders Kitabı (Ciltli)</t>
+          <t>Türk Borçlar Hukuku Özel Borç İlişkileri (Sözleşmeler Hukuku) (Ciltli)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>620</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052644089</t>
+          <t>9786052640043</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ceza Hukukunda Suçun Tekerrürü</t>
+          <t>İş Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052645604</t>
+          <t>9786052643228</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Taciz Suçu (TCK m. 105)</t>
+          <t>Marka ve Patent Vekilliği Sınavına Hazırlık Soru Bankası</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>415</v>
+        <v>745</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052644997</t>
+          <t>9786052646496</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk Mevzuatı</t>
+          <t>Türk Ceza Muhakemesi Hukukunda Uzlaştırma</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>590</v>
+        <v>580</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786258153354</t>
+          <t>9786052646045</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Suça Sürüklenen Çocukların Yargılanması</t>
+          <t>Türk Anayasa Hukuku Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>480</v>
+        <v>790</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052644973</t>
+          <t>9786052645840</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>TTK, HGB Ve CMR Bakımından Karada Eşya Taşımalarında Taşıyıcının Genel Sorumluluktan Kurtulma Sebepleri</t>
+          <t>Kabahatler Hukuku</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>1060</v>
+        <v>340</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052644829</t>
+          <t>9786052645970</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Filistin Meselesi</t>
+          <t>İslam Hukukunda Boşanmaya İlişkin Uyuşmazlıklarda Alternatif Çözüm Yolları</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>650</v>
+        <v>430</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052644287</t>
+          <t>9786052644881</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu Türk Borçlar Kanunu Yürürlük Kanunları ve İlgili Mevzuat (Ciltli)</t>
+          <t>Spor ve Hukuk</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>965</v>
+        <v>340</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052644430</t>
+          <t>9786052645833</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Yargı Örgütü</t>
+          <t>Tüketici Hukuku Özet Kitap</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>440</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052644676</t>
+          <t>9786052645390</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Tartışmalı Sorularla Türk Ceza Hukuku Özel Hükümler</t>
+          <t>Medeni Hukuk - I Başlangıç Hükümleri Kişiler Hukuku Ders Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>480</v>
+        <v>620</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052641316</t>
+          <t>9786052644089</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Kaçakçılıkla Mücadele Kanununda Düzenlenen Uygulamada Kaçakçılık Suçları</t>
+          <t>Osmanlı Ceza Hukukunda Suçun Tekerrürü</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>740</v>
+        <v>390</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052640135</t>
+          <t>9786052645604</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Algı Yönetiminde Yumuşak Güç</t>
+          <t>Cinsel Taciz Suçu (TCK m. 105)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>580</v>
+        <v>415</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052642160</t>
+          <t>9786052644997</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Dijital Ceza Hukuku 1 - Sosyal Medyada İşlenen Suçlar</t>
+          <t>Uluslararası Hukuk Mevzuatı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>525</v>
+        <v>590</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052640777</t>
+          <t>9786258153354</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku Pratik Çalışma Kitabı</t>
+          <t>Suça Sürüklenen Çocukların Yargılanması</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>525</v>
+        <v>480</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258038873</t>
+          <t>9786052644973</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Hukuku Ders Notları</t>
+          <t>TTK, HGB Ve CMR Bakımından Karada Eşya Taşımalarında Taşıyıcının Genel Sorumluluktan Kurtulma Sebepleri</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>175</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786258092110</t>
+          <t>9786052644829</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk Soru Bankası (1000 Soru - 10 Test) ve Arabuluculuk Mevzuat Hükümleri</t>
+          <t>Uluslararası Hukukta Filistin Meselesi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052641361</t>
+          <t>9786052644287</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Pratik Çalışma Kitabı</t>
+          <t>Türk Medeni Kanunu Türk Borçlar Kanunu Yürürlük Kanunları ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>400</v>
+        <v>965</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258092257</t>
+          <t>9786052644430</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Hukukunda Kişisel Verilerin Korunması</t>
+          <t>Yargı Örgütü</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>370</v>
+        <v>440</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257088756</t>
+          <t>9786052644676</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Avukatlar İçin Ceza Yargılamasında İstinaf ve Temyiz El Kitabı</t>
+          <t>Tartışmalı Sorularla Türk Ceza Hukuku Özel Hükümler</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786258038859</t>
+          <t>9786052641316</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kolluğun Başucu Kitabı</t>
+          <t>Kaçakçılıkla Mücadele Kanununda Düzenlenen Uygulamada Kaçakçılık Suçları</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>575</v>
+        <v>740</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786258038736</t>
+          <t>9786052640135</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>İşçilik Alacakları</t>
+          <t>Algı Yönetiminde Yumuşak Güç</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>250</v>
+        <v>580</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786053009597</t>
+          <t>9786052642160</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Uzlaştırma</t>
+          <t>Dijital Ceza Hukuku 1 - Sosyal Medyada İşlenen Suçlar</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>75</v>
+        <v>525</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786258038620</t>
+          <t>9786052640777</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>On Parmak Metodu ile Standart Türk Klavyesi F (fe)</t>
+          <t>Ceza Muhakemesi Hukuku Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>300</v>
+        <v>525</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258038491</t>
+          <t>9786258038873</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Araştırma - Geliştirme Sözleşmesi</t>
+          <t>Şirketler Hukuku Ders Notları</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>610</v>
+        <v>175</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257595704</t>
+          <t>9786258092110</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhale El Kitabı</t>
+          <t>Arabuluculuk Soru Bankası (1000 Soru - 10 Test) ve Arabuluculuk Mevzuat Hükümleri</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>615</v>
+        <v>200</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786257802888</t>
+          <t>9786052641361</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Temel Kavramları</t>
+          <t>Milletlerarası Özel Hukuk Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>215</v>
+        <v>400</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786257467889</t>
+          <t>9786258092257</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılamasında Kanun Yolları</t>
+          <t>Avrupa Birliği Hukukunda Kişisel Verilerin Korunması</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>1000</v>
+        <v>370</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257467872</t>
+          <t>9786257088756</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Devlet Memurlarının Disiplin Sorumluluğu</t>
+          <t>Avukatlar İçin Ceza Yargılamasında İstinaf ve Temyiz El Kitabı</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257467773</t>
+          <t>9786258038859</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kamuda Denetim (Kurumlar, Yöntemler ve Uygulamalar)</t>
+          <t>Kolluğun Başucu Kitabı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>760</v>
+        <v>575</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257802314</t>
+          <t>9786258038736</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhalelerinde Tazminat</t>
+          <t>İşçilik Alacakları</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257467674</t>
+          <t>9786053009597</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın Eser Sahipliği (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukukunda Uzlaştırma</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>615</v>
+        <v>75</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257467667</t>
+          <t>9786258038620</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Mevzuatı El Kitabı</t>
+          <t>On Parmak Metodu ile Standart Türk Klavyesi F (fe)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>665</v>
+        <v>300</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257467438</t>
+          <t>9786258038491</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Nüfus ve Soybağı Davaları (Ciltli)</t>
+          <t>Araştırma - Geliştirme Sözleşmesi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>1350</v>
+        <v>610</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257467407</t>
+          <t>9786257595704</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Yönetim Kurulu Üyelerinin Sadakat Yükümlülüğü ve Bu Yükümlülüğün İhlalinin Sonuçları</t>
+          <t>Kamu İhale El Kitabı</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>490</v>
+        <v>615</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257656689</t>
+          <t>9786257802888</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Siber Güvenlik Yönetimi</t>
+          <t>Hukukun Temel Kavramları</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>370</v>
+        <v>215</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257467360</t>
+          <t>9786257467889</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi ve Anayasa Mahkemesi Yargılamasında Hakkaniyete Uygun Tatmin</t>
+          <t>Ceza Yargılamasında Kanun Yolları</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>570</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257656627</t>
+          <t>9786257467872</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>6284 Sayılı Kanun ve Bu Kanunun Ceza Muhakemesi Hukukundaki Etikleri</t>
+          <t>Devlet Memurlarının Disiplin Sorumluluğu</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257656603</t>
+          <t>9786257467773</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Subjektif Unsur Sorunu</t>
+          <t>Kamuda Denetim (Kurumlar, Yöntemler ve Uygulamalar)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>690</v>
+        <v>760</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257656559</t>
+          <t>9786257802314</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kamu Personel Hukuku</t>
+          <t>Kamu İhalelerinde Tazminat</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>690</v>
+        <v>500</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257467339</t>
+          <t>9786257467674</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Tebligat Hukuku</t>
+          <t>Yapay Zekanın Eser Sahipliği (Ciltli)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>200</v>
+        <v>615</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786257656450</t>
+          <t>9786257467667</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'deki Suriyelilerin Hukuki Durumu</t>
+          <t>İş Sağlığı ve Güvenliği Mevzuatı El Kitabı</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>330</v>
+        <v>665</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257656429</t>
+          <t>9786257467438</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Otonom Araçlarda Sözleşme Dışı Hukuki Sorumluluk</t>
+          <t>Nüfus ve Soybağı Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>290</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257467230</t>
+          <t>9786257467407</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Marka Hukuku (Ciltli)</t>
+          <t>Anonim Şirket Yönetim Kurulu Üyelerinin Sadakat Yükümlülüğü ve Bu Yükümlülüğün İhlalinin Sonuçları</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786257467155</t>
+          <t>9786257656689</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Bedelsiz Senedi Kullanma Suçu</t>
+          <t>Kurumsal Siber Güvenlik Yönetimi</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>390</v>
+        <v>370</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257467094</t>
+          <t>9786257467360</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Zamanaşımı</t>
+          <t>Avrupa İnsan Hakları Mahkemesi ve Anayasa Mahkemesi Yargılamasında Hakkaniyete Uygun Tatmin</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>480</v>
+        <v>570</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786257656153</t>
+          <t>9786257656627</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda Toplu Eylem Hakkı</t>
+          <t>6284 Sayılı Kanun ve Bu Kanunun Ceza Muhakemesi Hukukundaki Etikleri</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>610</v>
+        <v>500</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257467001</t>
+          <t>9786257656603</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İnsan Hakları</t>
+          <t>Subjektif Unsur Sorunu</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>410</v>
+        <v>690</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786257277884</t>
+          <t>9786257656559</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Görevi Yaptırmamak için Direnme Suçu</t>
+          <t>Kamu Personel Hukuku</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>330</v>
+        <v>690</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257277877</t>
+          <t>9786257467339</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Temel Kavram ve Kurumlar</t>
+          <t>Tebligat Hukuku</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>570</v>
+        <v>200</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257656054</t>
+          <t>9786257656450</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Otopsi</t>
+          <t>Türkiye'deki Suriyelilerin Hukuki Durumu</t>
         </is>
       </c>
       <c r="C431" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257656016</t>
+          <t>9786257656429</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Devre Mülk ve Devre Tatil Sözleşmeleri</t>
+          <t>Otonom Araçlarda Sözleşme Dışı Hukuki Sorumluluk</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786257277778</t>
+          <t>9786257467230</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Yağma Suçu</t>
+          <t>Marka Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>515</v>
+        <v>200</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257277730</t>
+          <t>9786257467155</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Tehdit Şantaj ve Cebir Suçları</t>
+          <t>Bedelsiz Senedi Kullanma Suçu</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>440</v>
+        <v>390</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257277549</t>
+          <t>9786257467094</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Adli Belge İncelemeleri</t>
+          <t>Türk Ceza Hukukunda Zamanaşımı</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>275</v>
+        <v>480</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257277525</t>
+          <t>9786257656153</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Diş Hekiminin Hukuki Sorumluluğu</t>
+          <t>Türk İş Hukukunda Toplu Eylem Hakkı</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>520</v>
+        <v>610</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786257277310</t>
+          <t>9786257467001</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Doğal Afetler Nedeniyle İdarenin Sorumluluğu</t>
+          <t>İslam Hukukunda İnsan Hakları</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>570</v>
+        <v>410</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786257277167</t>
+          <t>9786257277884</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Muris Muvazaası ve İnançlı İşlem Hukuksal Sebebine Dayalı Tapu İptal Tescil Davaları</t>
+          <t>Görevi Yaptırmamak için Direnme Suçu</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>825</v>
+        <v>330</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786257277068</t>
+          <t>9786257277877</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları ve Güvenlik</t>
+          <t>Bankacılıkta Temel Kavram ve Kurumlar</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>400</v>
+        <v>570</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786257595780</t>
+          <t>9786257656054</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Trafik Kazalarında Sigortacının Sorumluluğu</t>
+          <t>Otopsi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>630</v>
+        <v>330</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786257467858</t>
+          <t>9786257656016</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Gümrük Vergileri Uyuşmazlıkları ve Çözüm Yolları</t>
+          <t>Devre Mülk ve Devre Tatil Sözleşmeleri</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>570</v>
+        <v>300</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786258038378</t>
+          <t>9786257277778</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Susma Hakkı ve Bağlantılı Haklar</t>
+          <t>Yağma Suçu</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>115</v>
+        <v>515</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786053009375</t>
+          <t>9786257277730</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Göçmen Kaçakçılığı Suçu</t>
+          <t>Tehdit Şantaj ve Cebir Suçları</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>370</v>
+        <v>440</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786053007524</t>
+          <t>9786257277549</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk Sözleşmesi</t>
+          <t>Adli Belge İncelemeleri</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786053004165</t>
+          <t>9786257277525</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Türk Özel Sigorta Hukuku (Ders Kitabı) Cilt 1</t>
+          <t>Diş Hekiminin Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>280</v>
+        <v>520</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786053007647</t>
+          <t>9786257277310</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Hukukçu Olmayanlar İçin Çevre Hukuku Bilgisi</t>
+          <t>Doğal Afetler Nedeniyle İdarenin Sorumluluğu</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>270</v>
+        <v>570</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786053007357</t>
+          <t>9786257277167</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hizmeti Kavramının Ekonomik Nedenlerle Geçirdiği Dönüşüm Bağlamında Virtüel Kamu Hizmeti ve Evrensel Hizmet Kurumları Üzerine Bir Karşılaştırma</t>
+          <t>Muris Muvazaası ve İnançlı İşlem Hukuksal Sebebine Dayalı Tapu İptal Tescil Davaları</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>280</v>
+        <v>825</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786053007401</t>
+          <t>9786257277068</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Enerji ve Doğalgaz Politikaları</t>
+          <t>İnsan Hakları ve Güvenlik</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786053007586</t>
+          <t>9786257595780</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Sendikal Tazminat</t>
+          <t>Trafik Kazalarında Sigortacının Sorumluluğu</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>350</v>
+        <v>630</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786053006800</t>
+          <t>9786257467858</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Sulh Sözleşmesi</t>
+          <t>Türkiye'de Gümrük Vergileri Uyuşmazlıkları ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>330</v>
+        <v>570</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786053007043</t>
+          <t>9786258038378</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Güvenlik Hukukunda Temel Kurumlar</t>
+          <t>Ceza Muhakemesinde Susma Hakkı ve Bağlantılı Haklar</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>480</v>
+        <v>115</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786053006879</t>
+          <t>9786053009375</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku'nda Akdi Mesuliyet ve Tazminat</t>
+          <t>Türk Ceza Hukukunda Göçmen Kaçakçılığı Suçu</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>420</v>
+        <v>370</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786053007142</t>
+          <t>9786053007524</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Aile Hukukundaki Hak İhlallerinin Tespiti ve Çözüm Önerileri Çalıştayı</t>
+          <t>Arabuluculuk Sözleşmesi</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257802352</t>
+          <t>9786053004165</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Gerekçeli Ceza Kanunları</t>
+          <t>Türk Özel Sigorta Hukuku (Ders Kitabı) Cilt 1</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257088008</t>
+          <t>9786053007647</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Usul Hukuku</t>
+          <t>Hukukçu Olmayanlar İçin Çevre Hukuku Bilgisi</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>410</v>
+        <v>270</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786053006381</t>
+          <t>9786053007357</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Hukuksal ve Finansal Açıdan Konkordato (Ciltli)</t>
+          <t>Kamu Hizmeti Kavramının Ekonomik Nedenlerle Geçirdiği Dönüşüm Bağlamında Virtüel Kamu Hizmeti ve Evrensel Hizmet Kurumları Üzerine Bir Karşılaştırma</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786053006428</t>
+          <t>9786053007401</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşüm Kapsamında Afet Riski Altındaki Alanların Tespit ve Yargısal Denetimi</t>
+          <t>Nükleer Enerji ve Doğalgaz Politikaları</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786053006398</t>
+          <t>9786053007586</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Başvuru Rehberi</t>
+          <t>Sendikal Tazminat</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786053006404</t>
+          <t>9786053006800</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Serbest Seçim Hakkı ve Türkiye</t>
+          <t>Sulh Sözleşmesi</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>540</v>
+        <v>330</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257088299</t>
+          <t>9786053007043</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Futbol Menajeri Eğitimi - Futbol Menajeri Nasıl Olunur?</t>
+          <t>Osmanlı Güvenlik Hukukunda Temel Kurumlar</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>165</v>
+        <v>480</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786053006862</t>
+          <t>9786053006879</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Eski Vakıflar Hukuku ve İdaresi</t>
+          <t>İslam Hukuku'nda Akdi Mesuliyet ve Tazminat</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786053006602</t>
+          <t>9786053007142</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Belediyelerde Taşınmaz Yönetimi ve Karşılaştıran Sorunlar</t>
+          <t>Aile Hukukundaki Hak İhlallerinin Tespiti ve Çözüm Önerileri Çalıştayı</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786053006527</t>
+          <t>9786257802352</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Konkordato</t>
+          <t>Gerekçeli Ceza Kanunları</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786053006480</t>
+          <t>9786257088008</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>İmar İdare Hukukunda Kazanılmış Hak</t>
+          <t>Uluslararası Usul Hukuku</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>770</v>
+        <v>410</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786053006497</t>
+          <t>9786053006381</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Genel Kurul</t>
+          <t>Hukuksal ve Finansal Açıdan Konkordato (Ciltli)</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257802581</t>
+          <t>9786053006428</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde İç Yönerge ile Yönetim ve Temsil Yetkisinin Devri</t>
+          <t>Kentsel Dönüşüm Kapsamında Afet Riski Altındaki Alanların Tespit ve Yargısal Denetimi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>410</v>
+        <v>370</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257595100</t>
+          <t>9786053006398</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşüm Uygulama Rehberi (Açıklamalı-İçtihatlı)</t>
+          <t>Bireysel Başvuru Rehberi</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>665</v>
+        <v>280</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053008637</t>
+          <t>9786053006404</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku</t>
+          <t>Serbest Seçim Hakkı ve Türkiye</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>95</v>
+        <v>540</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786053001126</t>
+          <t>9786257088299</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Devletlerin Uzay Faaliyetlerinden Doğan Sorumluluğu</t>
+          <t>Futbol Menajeri Eğitimi - Futbol Menajeri Nasıl Olunur?</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786051467580</t>
+          <t>9786053006862</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>İdari Uyuşmazlıkların Çözümünde Yargı Dışı Bir Araç Olarak İdari Başvurular</t>
+          <t>Eski Vakıflar Hukuku ve İdaresi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>590</v>
+        <v>450</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786053008996</t>
+          <t>9786053006602</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Anayasalcılık ve "Politik Olan"</t>
+          <t>Belediyelerde Taşınmaz Yönetimi ve Karşılaştıran Sorunlar</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257277044</t>
+          <t>9786053006527</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Spor Hukuku</t>
+          <t>Konkordato</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786057050793</t>
+          <t>9786053006480</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Uygulamada Kooperatiflerde Zimmet Suçu</t>
+          <t>İmar İdare Hukukunda Kazanılmış Hak</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>300</v>
+        <v>770</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786057050748</t>
+          <t>9786053006497</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Uygulamada Spor Suçları</t>
+          <t>Anonim Şirketlerde Genel Kurul</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257802437</t>
+          <t>9786257802581</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hukuku 1 (Zilyetlik ve Tapu Sicili)</t>
+          <t>Anonim Şirketlerde İç Yönerge ile Yönetim ve Temsil Yetkisinin Devri</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>520</v>
+        <v>410</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257595339</t>
+          <t>9786257595100</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Otonom Taşıtlarda Sigorta</t>
+          <t>Kentsel Dönüşüm Uygulama Rehberi (Açıklamalı-İçtihatlı)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>390</v>
+        <v>665</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257595308</t>
+          <t>9786053008637</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Bir Kusursuz Sorumluluk Türü Olarak Objektif Özen Ödevine Dayalı Sorumluluk</t>
+          <t>İcra ve İflas Hukuku</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>390</v>
+        <v>95</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257595278</t>
+          <t>9786053001126</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Verimlilik Ölçümünde Güncel Yaklaşımlar</t>
+          <t>Devletlerin Uzay Faaliyetlerinden Doğan Sorumluluğu</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257595353</t>
+          <t>9786051467580</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Kişisel Verilerin Korunması</t>
+          <t>İdari Uyuşmazlıkların Çözümünde Yargı Dışı Bir Araç Olarak İdari Başvurular</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>390</v>
+        <v>590</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257595254</t>
+          <t>9786053008996</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>L'union Europeenne Et Les Collectivites Locales Turques</t>
+          <t>Anayasalcılık ve "Politik Olan"</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>580</v>
+        <v>480</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257595193</t>
+          <t>9786257277044</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Vergi Cennetlerinin Transfer Fiyatlandırmasında Kullanımı</t>
+          <t>Spor Hukuku</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>580</v>
+        <v>400</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257595209</t>
+          <t>9786057050793</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Yaşamında Dezavantajlı Gruplara Yönelik Hukuki Düzenlemeler</t>
+          <t>Teori ve Uygulamada Kooperatiflerde Zimmet Suçu</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>460</v>
+        <v>300</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257277402</t>
+          <t>9786057050748</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserleri Kanunu (Ciltli)</t>
+          <t>Teori ve Uygulamada Spor Suçları</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>175</v>
+        <v>340</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257277686</t>
+          <t>9786257802437</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucu Madde veya Uyarıcı Madde İmal ve Ticareti Suçu</t>
+          <t>Eşya Hukuku 1 (Zilyetlik ve Tapu Sicili)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>690</v>
+        <v>520</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257656757</t>
+          <t>9786257595339</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Alternatif Uyuşmazlık Çözüm Yolları</t>
+          <t>Otonom Taşıtlarda Sigorta</t>
         </is>
       </c>
       <c r="C485" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257595551</t>
+          <t>9786257595308</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Açısından Yatırımlarda Devlet Yardımları</t>
+          <t>Türk Hukukunda Bir Kusursuz Sorumluluk Türü Olarak Objektif Özen Ödevine Dayalı Sorumluluk</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>520</v>
+        <v>390</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257595506</t>
+          <t>9786257595278</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Accession of The European Union to The European Convention on Human Rights</t>
+          <t>Verimlilik Ölçümünde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257595513</t>
+          <t>9786257595353</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaretten Alınan Mali Yükümlülüklerde İdarenin Düzenleyici İşlem Yapma Yetkisi</t>
+          <t>Ceza Hukukunda Kişisel Verilerin Korunması</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>630</v>
+        <v>390</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786057050786</t>
+          <t>9786257595254</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Kurumlar Vergisi Kanunu Kapsamında Şirketlerde Birleşme ve Devir</t>
+          <t>L'union Europeenne Et Les Collectivites Locales Turques</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>460</v>
+        <v>580</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257595032</t>
+          <t>9786257595193</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Başkanlık (Cumhurbaşkanlığı) Sistemi</t>
+          <t>Vergi Cennetlerinin Transfer Fiyatlandırmasında Kullanımı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>425</v>
+        <v>580</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257595049</t>
+          <t>9786257595209</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Teknolojik Gelişmelerin Negatif Yönü: Hukuki Açıdan Planlı Eskitme</t>
+          <t>Çalışma Yaşamında Dezavantajlı Gruplara Yönelik Hukuki Düzenlemeler</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>520</v>
+        <v>460</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257595452</t>
+          <t>9786257277402</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Vergi Kaçakçılığı Suçu ve Yargılama Usulü</t>
+          <t>Fikir ve Sanat Eserleri Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>540</v>
+        <v>175</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257595018</t>
+          <t>9786257277686</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Vergi Planlaması ve Türkiye Uygulamaları</t>
+          <t>Uyuşturucu Madde veya Uyarıcı Madde İmal ve Ticareti Suçu</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>460</v>
+        <v>690</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257595025</t>
+          <t>9786257656757</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>ABD ve Latin Amerika Ülkelerinde Başkanlık Sistemi ve Uygulamaları</t>
+          <t>Ceza Hukukunda Alternatif Uyuşmazlık Çözüm Yolları</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>615</v>
+        <v>390</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257595070</t>
+          <t>9786257595551</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu'na Göre Alacağı Devredenin Garanti Sorumluluğu</t>
+          <t>İdare Hukuku Açısından Yatırımlarda Devlet Yardımları</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>720</v>
+        <v>520</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786057050724</t>
+          <t>9786257595506</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Finans Merkezi</t>
+          <t>Accession of The European Union to The European Convention on Human Rights</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257595315</t>
+          <t>9786257595513</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Yatırım Ortaklarının Kuruluşu</t>
+          <t>Dış Ticaretten Alınan Mali Yükümlülüklerde İdarenin Düzenleyici İşlem Yapma Yetkisi</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>520</v>
+        <v>630</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257595360</t>
+          <t>9786057050786</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Tam Yargı Davalarında Zarar Kavramı ve Tazminat Hesabı</t>
+          <t>Kurumlar Vergisi Kanunu Kapsamında Şirketlerde Birleşme ve Devir</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>410</v>
+        <v>460</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257595292</t>
+          <t>9786257595032</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Radbruch Formülünün Siyasal İktidarla İlişkisi</t>
+          <t>Türkiye'de Başkanlık (Cumhurbaşkanlığı) Sistemi</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>330</v>
+        <v>425</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257277754</t>
+          <t>9786257595049</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Bir Bütünlük Olarak Şirketler Topluluğunda Hukuki Sorumluluk (Ciltli)</t>
+          <t>Teknolojik Gelişmelerin Negatif Yönü: Hukuki Açıdan Planlı Eskitme</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>580</v>
+        <v>520</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257656979</t>
+          <t>9786257595452</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Adli Laboratuvarlarda Biyogüvenlik: Bir Adli Genetik Laboratuvarı Analizi</t>
+          <t>Vergi Kaçakçılığı Suçu ve Yargılama Usulü</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>440</v>
+        <v>540</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786057050700</t>
+          <t>9786257595018</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Beden Muayenesi ve Vücuttan Örnek Alınması</t>
+          <t>Uluslararası Vergi Planlaması ve Türkiye Uygulamaları</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>390</v>
+        <v>460</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257656993</t>
+          <t>9786257595025</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Devletin Uluslararası Yatırım Tahkiminde Sorumluluğu</t>
+          <t>ABD ve Latin Amerika Ülkelerinde Başkanlık Sistemi ve Uygulamaları</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>520</v>
+        <v>615</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257656504</t>
+          <t>9786257595070</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Devletin Mirasçılığı (Ciltli)</t>
+          <t>Türk Borçlar Kanunu'na Göre Alacağı Devredenin Garanti Sorumluluğu</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>450</v>
+        <v>720</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257656894</t>
+          <t>9786057050724</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Dokunulmazlığa Karşı İşlenen Suçlar</t>
+          <t>İstanbul Finans Merkezi</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>515</v>
+        <v>330</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786057050717</t>
+          <t>9786257595315</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Veri Güvenliğinin İyileştirilmesi Sürecinde Küresel Standart, Çerçeve ve En İyi Uygulamaların Hukuki Uyuma Desteği</t>
+          <t>Gayrimenkul Yatırım Ortaklarının Kuruluşu</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>330</v>
+        <v>520</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257595520</t>
+          <t>9786257595360</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanununda Cinsel Dokunulmazlığa Karşı İşlenen Suçlar</t>
+          <t>Tam Yargı Davalarında Zarar Kavramı ve Tazminat Hesabı</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>1070</v>
+        <v>410</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257277747</t>
+          <t>9786257595292</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Hakları Mevzuatı</t>
+          <t>Radbruch Formülünün Siyasal İktidarla İlişkisi</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786053006947</t>
+          <t>9786257277754</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Sözleşmeli Personel</t>
+          <t>Ekonomik Bir Bütünlük Olarak Şirketler Topluluğunda Hukuki Sorumluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>300</v>
+        <v>580</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257277327</t>
+          <t>9786257656979</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Limited Şirkette Çıkma ve Çıkarılma</t>
+          <t>Adli Laboratuvarlarda Biyogüvenlik: Bir Adli Genetik Laboratuvarı Analizi</t>
         </is>
       </c>
       <c r="C510" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257802260</t>
+          <t>9786057050700</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinden Kaynaklanan Zararlarda İdarenin Sorumluluğunu Azaltan veya Ortadan Kaldıran Haller</t>
+          <t>Ceza Muhakemesi Hukukunda Beden Muayenesi ve Vücuttan Örnek Alınması</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786053008132</t>
+          <t>9786257656993</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Kasten Adam Öldürme Suçu</t>
+          <t>Devletin Uluslararası Yatırım Tahkiminde Sorumluluğu</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>770</v>
+        <v>520</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257656900</t>
+          <t>9786257656504</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Uzlaştırmacı Sınavı Hazırlık + Soru Bankası ve Yenileme Eğitimi</t>
+          <t>Devletin Mirasçılığı (Ciltli)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786057050731</t>
+          <t>9786257656894</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Kurumlar Vergisi El Kitabı</t>
+          <t>Cinsel Dokunulmazlığa Karşı İşlenen Suçlar</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>630</v>
+        <v>515</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786053009511</t>
+          <t>9786057050717</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Andlaşmaların Üçüncü Devletlere Etkisi</t>
+          <t>Veri Güvenliğinin İyileştirilmesi Sürecinde Küresel Standart, Çerçeve ve En İyi Uygulamaların Hukuki Uyuma Desteği</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786053009580</t>
+          <t>9786257595520</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Aile Hekimliği Kurumu</t>
+          <t>Türk Ceza Kanununda Cinsel Dokunulmazlığa Karşı İşlenen Suçlar</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>450</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786053007128</t>
+          <t>9786257277747</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Askerliğin Bireyin Toplumsallaşması Üzerine Etkileri - Bir Saha Araştırması</t>
+          <t>Hayvan Hakları Mevzuatı</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786053008156</t>
+          <t>9786053006947</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Muhakemesi Hukukunda Soruşturma Evresinin Sona Ermesi</t>
+          <t>Sözleşmeli Personel</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786053008118</t>
+          <t>9786257277327</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>5237 Sayılı Türk Ceza Kanununda Bilişim Sistemini Engelleme, Bozma, Verileri Yok Etme veya Değiştirme Suçu</t>
+          <t>Limited Şirkette Çıkma ve Çıkarılma</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786053006923</t>
+          <t>9786257802260</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Estetik Diş Hekimliği ve Estetik Plastik ve Rekonstrüktif Cerrahide Hekimin Hukuki Sorumluluğu (Ciltli)</t>
+          <t>Sağlık Hizmetlerinden Kaynaklanan Zararlarda İdarenin Sorumluluğunu Azaltan veya Ortadan Kaldıran Haller</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>475</v>
+        <v>330</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257802635</t>
+          <t>9786053008132</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Covid-19'un (Koronavirüs) Türk Hukukuna Etkileri</t>
+          <t>Kasten Adam Öldürme Suçu</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>590</v>
+        <v>770</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257802062</t>
+          <t>9786257656900</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Kültür Tabiat Varlığı / Define Kavramları ile İzinsiz Araştırma, Kazı ve Sondaj Yapmak Suçları</t>
+          <t>Uzlaştırmacı Sınavı Hazırlık + Soru Bankası ve Yenileme Eğitimi</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786053008903</t>
+          <t>9786057050731</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Mobbing Davaları</t>
+          <t>Kurumlar Vergisi El Kitabı</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>350</v>
+        <v>630</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786053009108</t>
+          <t>9786053009511</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>İdari Hukuku Açısından Anayasa Mahkemesi İptal Kararlarının Zaman İçindeki Etkisi</t>
+          <t>Uluslararası Andlaşmaların Üçüncü Devletlere Etkisi</t>
         </is>
       </c>
       <c r="C524" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257595162</t>
+          <t>9786053009580</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Evlatlık Kurumu ve Koruyucu Aile</t>
+          <t>Türkiye'de Aile Hekimliği Kurumu</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257595063</t>
+          <t>9786053007128</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Gönüllü Vazgeçme</t>
+          <t>Askerliğin Bireyin Toplumsallaşması Üzerine Etkileri - Bir Saha Araştırması</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>580</v>
+        <v>290</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786257595094</t>
+          <t>9786053008156</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Tenkise Tabi Sağlararası Kazandırmalar</t>
+          <t>Türk Ceza Muhakemesi Hukukunda Soruşturma Evresinin Sona Ermesi</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786057050755</t>
+          <t>9786053008118</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Futbolda Finansal Fair Play (Ciltli)</t>
+          <t>5237 Sayılı Türk Ceza Kanununda Bilişim Sistemini Engelleme, Bozma, Verileri Yok Etme veya Değiştirme Suçu</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>730</v>
+        <v>280</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786053006855</t>
+          <t>9786053006923</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Kamulaştırma Davaları (Ciltli)</t>
+          <t>Estetik Diş Hekimliği ve Estetik Plastik ve Rekonstrüktif Cerrahide Hekimin Hukuki Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>895</v>
+        <v>475</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786053004363</t>
+          <t>9786257802635</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>İş Kazası veya Meslek Hastalığından Kaynaklanan Maddi ve Manevi Tazminat Davaları (Ciltli)</t>
+          <t>Covid-19'un (Koronavirüs) Türk Hukukuna Etkileri</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>1115</v>
+        <v>590</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786257088749</t>
+          <t>9786257802062</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Vatansız ve Mülteciler Açısından Vatandaşlık Esasına Göre Yetkili Hukuk</t>
+          <t>Kültür Tabiat Varlığı / Define Kavramları ile İzinsiz Araştırma, Kazı ve Sondaj Yapmak Suçları</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786257802628</t>
+          <t>9786053008903</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Katma Değer Vergisinde Matrah</t>
+          <t>Mobbing Davaları</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786055412630</t>
+          <t>9786053009108</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Dava Vekaletnameleri</t>
+          <t>İdari Hukuku Açısından Anayasa Mahkemesi İptal Kararlarının Zaman İçindeki Etkisi</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>100</v>
+        <v>390</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786053006459</t>
+          <t>9786257595162</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Kooperatifler İçin Genel Kurul Rehberi</t>
+          <t>Osmanlı'dan Günümüze Evlatlık Kurumu ve Koruyucu Aile</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>580</v>
+        <v>260</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786257088633</t>
+          <t>9786257595063</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Yazılı Yanıt Soruları Bağlamında Avrupa Parlementosu'ndaki Türkiye Karşıtı Yunan ve Rum Uğraşları</t>
+          <t>Türk Ceza Hukukunda Gönüllü Vazgeçme</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>260</v>
+        <v>580</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786257088428</t>
+          <t>9786257595094</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticarette Ödeme Aracı Olarak Akreditif ve Hukuki Niteliği</t>
+          <t>Tenkise Tabi Sağlararası Kazandırmalar</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>190</v>
+        <v>480</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786257088442</t>
+          <t>9786057050755</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Rusya Federasyonu Örneği Işığında Milletlerarası Ticari Tahkim ve Mahkemelerin Tahkime Müdahalesi</t>
+          <t>Futbolda Finansal Fair Play (Ciltli)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>425</v>
+        <v>730</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786053009719</t>
+          <t>9786053006855</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Teminat Senetleri</t>
+          <t>Kamulaştırma Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>370</v>
+        <v>895</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786053009412</t>
+          <t>9786053004363</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda ve Avrupa İnsan Hakları Mahkemesi Kararlarında Transseksüellik</t>
+          <t>İş Kazası veya Meslek Hastalığından Kaynaklanan Maddi ve Manevi Tazminat Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>190</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786053008873</t>
+          <t>9786257088749</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Sicili Müdürünün İnceleme Görevi ve Yetkisi</t>
+          <t>Vatansız ve Mülteciler Açısından Vatandaşlık Esasına Göre Yetkili Hukuk</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786053007654</t>
+          <t>9786257802628</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu'nda Çocuk Düşürtme Suçu</t>
+          <t>Katma Değer Vergisinde Matrah</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786257802185</t>
+          <t>9786055412630</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler</t>
+          <t>Dava Vekaletnameleri</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786053009306</t>
+          <t>9786053006459</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı Kararları Kapsamında Çevresel Etki Değerlendirmesi</t>
+          <t>Kooperatifler İçin Genel Kurul Rehberi</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>290</v>
+        <v>580</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786053008330</t>
+          <t>9786257088633</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>İsviçre Hukuku ile Mukayeseli Türk Haksız Rekabet Hukuku Mevzuatı (Ciltli)</t>
+          <t>Yazılı Yanıt Soruları Bağlamında Avrupa Parlementosu'ndaki Türkiye Karşıtı Yunan ve Rum Uğraşları</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786053008255</t>
+          <t>9786257088428</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Milli Emlak</t>
+          <t>Uluslararası Ticarette Ödeme Aracı Olarak Akreditif ve Hukuki Niteliği</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>965</v>
+        <v>190</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786257088176</t>
+          <t>9786257088442</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukukta Hukuk Devleti İlkesi ve Yansımaları</t>
+          <t>Rusya Federasyonu Örneği Işığında Milletlerarası Ticari Tahkim ve Mahkemelerin Tahkime Müdahalesi</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>290</v>
+        <v>425</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786053007722</t>
+          <t>9786053009719</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Kamu İdaresinin Güvenilirliğine ve İşleyişine Karşı Suçlar (Ciltli)</t>
+          <t>Türk Hukukunda Teminat Senetleri</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786053007975</t>
+          <t>9786053009412</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Çalışmayan Kişilerin Vefatında Destekten Yoksun Kalma Zararı</t>
+          <t>Türk Hukukunda ve Avrupa İnsan Hakları Mahkemesi Kararlarında Transseksüellik</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786053009726</t>
+          <t>9786053008873</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserlerine İlişkin Lisans Sözleşmesi</t>
+          <t>Ticaret Sicili Müdürünün İnceleme Görevi ve Yetkisi</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>305</v>
+        <v>320</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786257656962</t>
+          <t>9786053007654</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>4857 Sayılı İş Kanunu Kapsamındaki İşçilerin Yıllık Ücretli İzin Hakkı</t>
+          <t>Türk Ceza Kanunu'nda Çocuk Düşürtme Suçu</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>720</v>
+        <v>280</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786053009689</t>
+          <t>9786257802185</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Ürün Sorumluluğu Bağlamında Hatalı Tıbbi Cihazdan Doğan Hukuki Sorumluluk</t>
+          <t>Borçlar Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786053009696</t>
+          <t>9786053009306</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Mülteci Hukukunda Çocukların Statüsü</t>
+          <t>İdari Yargı Kararları Kapsamında Çevresel Etki Değerlendirmesi</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786053009870</t>
+          <t>9786053008330</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Açıklık ve Bilgi Edinme Hakkı</t>
+          <t>İsviçre Hukuku ile Mukayeseli Türk Haksız Rekabet Hukuku Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>630</v>
+        <v>250</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786053007302</t>
+          <t>9786053008255</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Genel Kurul Kararlarının İptali</t>
+          <t>Milli Emlak</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>410</v>
+        <v>965</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786053006992</t>
+          <t>9786257088176</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Hakimin Davayı Aydınlatma Ödevi</t>
+          <t>Karşılaştırmalı Hukukta Hukuk Devleti İlkesi ve Yansımaları</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>460</v>
+        <v>290</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786257088510</t>
+          <t>9786053007722</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Sanat Özgürlüğü</t>
+          <t>Kamu İdaresinin Güvenilirliğine ve İşleyişine Karşı Suçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786053008378</t>
+          <t>9786053007975</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Uygulanan Hükümet Sistemleri ve 2017 Anayasa Değişikliği ile Benimsenen Hükümet Sistemi</t>
+          <t>Çalışmayan Kişilerin Vefatında Destekten Yoksun Kalma Zararı</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786053007999</t>
+          <t>9786053009726</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirkette Pay Devri</t>
+          <t>Fikir ve Sanat Eserlerine İlişkin Lisans Sözleşmesi</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>250</v>
+        <v>305</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786053007609</t>
+          <t>9786257656962</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Hakimin Hukuki Sorumluluğu</t>
+          <t>4857 Sayılı İş Kanunu Kapsamındaki İşçilerin Yıllık Ücretli İzin Hakkı</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>260</v>
+        <v>720</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786053007159</t>
+          <t>9786053009689</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Yolsuz Tescil</t>
+          <t>Ürün Sorumluluğu Bağlamında Hatalı Tıbbi Cihazdan Doğan Hukuki Sorumluluk</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>500</v>
+        <v>370</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786053007784</t>
+          <t>9786053009696</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>5607 Sayılı Kaçakçılıkla Mücadele Kanunu Uygulamalı ve İçtihatlı</t>
+          <t>Mülteci Hukukunda Çocukların Statüsü</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786053009986</t>
+          <t>9786053009870</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Hakimiyet Sözleşmesi</t>
+          <t>Kamu Yönetiminde Açıklık ve Bilgi Edinme Hakkı</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>475</v>
+        <v>630</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257802604</t>
+          <t>9786053007302</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Boşanma ve Nafaka Rehberi</t>
+          <t>Anonim Şirketlerde Genel Kurul Kararlarının İptali</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>315</v>
+        <v>410</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786053009917</t>
+          <t>9786053006992</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Hakim ve Savcıların Disiplin Cezai ve Hukuki Sorumlulukları</t>
+          <t>Hakimin Davayı Aydınlatma Ödevi</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>520</v>
+        <v>460</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786053008620</t>
+          <t>9786257088510</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukuk Sisteminde Kadılık Kurumu</t>
+          <t>Bilim ve Sanat Özgürlüğü</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786053008651</t>
+          <t>9786053008378</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Vücut Bütünlüğüne Yönelik Rıza Aranmadan Gerçekleştirilen Müdahaleler</t>
+          <t>Türkiye'de Uygulanan Hükümet Sistemleri ve 2017 Anayasa Değişikliği ile Benimsenen Hükümet Sistemi</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>410</v>
+        <v>460</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786053008668</t>
+          <t>9786053007999</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde İstinaf</t>
+          <t>Anonim Şirkette Pay Devri</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786053008712</t>
+          <t>9786053007609</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu'nda Göçmen Kaçakçılığı</t>
+          <t>Hakimin Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786257088923</t>
+          <t>9786053007159</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi Kararları Eşliğinde Türk Demokrasisinin Bazı Oluşum Dinamikleri ve 1982 Öncesi Anayasacılık Hareketleri</t>
+          <t>Türk Hukukunda Yolsuz Tescil</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786257088275</t>
+          <t>9786053007784</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararları Işığında Anonim ve Limited Şirketlerde Kanuni Temsilcilerin Vergisel Sorumluluğu</t>
+          <t>5607 Sayılı Kaçakçılıkla Mücadele Kanunu Uygulamalı ve İçtihatlı</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>265</v>
+        <v>295</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786053007906</t>
+          <t>9786053009986</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Bağlamında E-Devlet Dönüşümü ve Uyap</t>
+          <t>Hakimiyet Sözleşmesi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>330</v>
+        <v>475</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786053006640</t>
+          <t>9786257802604</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Bağışlamanın Geri Alınması</t>
+          <t>Boşanma ve Nafaka Rehberi</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>520</v>
+        <v>315</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786053009320</t>
+          <t>9786053009917</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Tarihimizde Hapis</t>
+          <t>Hakim ve Savcıların Disiplin Cezai ve Hukuki Sorumlulukları</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>350</v>
+        <v>520</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786053006114</t>
+          <t>9786053008620</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Milli İstihbarat Teşkilatı'na Ait Bilgi, Belge ve Kimliklere Karşı Suçlar</t>
+          <t>Osmanlı Hukuk Sisteminde Kadılık Kurumu</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786256147348</t>
+          <t>9786053008651</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>İçtihatlarla Sigorta Hukuku ve Trafik Kazasından Kaynaklanan Tazminat Davaları (Ciltli)</t>
+          <t>Vücut Bütünlüğüne Yönelik Rıza Aranmadan Gerçekleştirilen Müdahaleler</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>2200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786256147782</t>
+          <t>9786053008668</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>TSK Disiplin Kanunu El Kitabı</t>
+          <t>Ceza Muhakemesinde İstinaf</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>865</v>
+        <v>300</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786253770631</t>
+          <t>9786053008712</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Askeri Ceza Kanunu Şerhi</t>
+          <t>Türk Ceza Kanunu'nda Göçmen Kaçakçılığı</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>2300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786253770372</t>
+          <t>9786257088923</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararları Işığında Emre İtaatsizlik</t>
+          <t>Anayasa Mahkemesi Kararları Eşliğinde Türk Demokrasisinin Bazı Oluşum Dinamikleri ve 1982 Öncesi Anayasacılık Hareketleri</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786256147072</t>
+          <t>9786257088275</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Türk Parlamento Hukuku</t>
+          <t>Yargı Kararları Işığında Anonim ve Limited Şirketlerde Kanuni Temsilcilerin Vergisel Sorumluluğu</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>470</v>
+        <v>265</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786256147232</t>
+          <t>9786053007906</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Introduction to Law in a Nutshell</t>
+          <t>İdare Hukuku Bağlamında E-Devlet Dönüşümü ve Uyap</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>560</v>
+        <v>330</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786256147355</t>
+          <t>9786053006640</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk I Başlangıç Hükümleri - Kişiler Hukuku - Olay ve Test Sorular (Ciltli)</t>
+          <t>Bağışlamanın Geri Alınması</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>470</v>
+        <v>520</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786256147775</t>
+          <t>9786053009320</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk I Başlangıç Hükümleri - Kişiler Hukuku (Ciltli)</t>
+          <t>Hukuk Tarihimizde Hapis</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>730</v>
+        <v>350</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786055263232</t>
+          <t>9786053006114</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Ceza Kovuşturmalarının Aktarılması Konusunda Avrupa Sözleşmesi</t>
+          <t>Milli İstihbarat Teşkilatı'na Ait Bilgi, Belge ve Kimliklere Karşı Suçlar</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786055473211</t>
+          <t>9786256147348</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Savunma Taktikleri - Orantılı Güç Kullanma Uygulamaları</t>
+          <t>İçtihatlarla Sigorta Hukuku ve Trafik Kazasından Kaynaklanan Tazminat Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>70</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786051463858</t>
+          <t>9786256147782</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Yolsuzluk ve Mali Suçlar</t>
+          <t>TSK Disiplin Kanunu El Kitabı</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>100</v>
+        <v>865</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786051465814</t>
+          <t>9786253770631</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Kuruluşlarda Süreç, Performans ve Risk Analizi / Yönetimi</t>
+          <t>Askeri Ceza Kanunu Şerhi</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>150</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786055980085</t>
+          <t>9786253770372</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukuku’nda Donatanın Sorumluluğu</t>
+          <t>Yargı Kararları Işığında Emre İtaatsizlik</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>148</v>
+        <v>420</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786055412722</t>
+          <t>9786256147072</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Koruma Amaçlı İmar Planlaması ve İlgili İdari Yargı Kararları</t>
+          <t>Türk Parlamento Hukuku</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>150</v>
+        <v>470</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786054378135</t>
+          <t>9786256147232</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticari Tahkim Hukukunda Geçici Hukuki Koruma Önlemleri</t>
+          <t>Introduction to Law in a Nutshell</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>50</v>
+        <v>560</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052649268</t>
+          <t>9786256147355</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı Mevzuatı (2024)</t>
+          <t>Medeni Hukuk I Başlangıç Hükümleri - Kişiler Hukuku - Olay ve Test Sorular (Ciltli)</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>120</v>
+        <v>470</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786055412340</t>
+          <t>9786256147775</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türk Hukukunda Zorunlu Askerlik ve Vicdani Ret</t>
+          <t>Medeni Hukuk I Başlangıç Hükümleri - Kişiler Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>70</v>
+        <v>730</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786258209020</t>
+          <t>9786055263232</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
+          <t>Ceza Kovuşturmalarının Aktarılması Konusunda Avrupa Sözleşmesi</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>530</v>
+        <v>150</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257656412</t>
+          <t>9786055473211</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Yargılama Usulüne İlişkin Temel Kanunlar (Ciltli)</t>
+          <t>Savunma Taktikleri - Orantılı Güç Kullanma Uygulamaları</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>413</v>
+        <v>70</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786053007623</t>
+          <t>9786051463858</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Kat Mülkiyeti Kanunu El Kitabı</t>
+          <t>Yolsuzluk ve Mali Suçlar</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052641293</t>
+          <t>9786051465814</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Adli Mühendislik ve Adli Bilişim –2– Cilt 10 (Ciltli)</t>
+          <t>Kuruluşlarda Süreç, Performans ve Risk Analizi / Yönetimi</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>980</v>
+        <v>150</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786052641279</t>
+          <t>9786055980085</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Adli Temel Bilimler Adli Doğa Bilimleri – Cilt 8 (Ciltli)</t>
+          <t>Roma Hukuku’nda Donatanın Sorumluluğu</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>1270</v>
+        <v>148</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052641255</t>
+          <t>9786055412722</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Adli Sosyal Bilimler –2– Cilt 6 (Ciltli)</t>
+          <t>Koruma Amaçlı İmar Planlaması ve İlgili İdari Yargı Kararları</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>1210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786052641231</t>
+          <t>9786054378135</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Adli Sağlık Bilimleri –2– Cilt 4 (Ciltli)</t>
+          <t>Milletlerarası Ticari Tahkim Hukukunda Geçici Hukuki Koruma Önlemleri</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>1100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052641200</t>
+          <t>9786052649268</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Adli Bilimlere Giriş ve Kriminalistik – Cilt 1 (Ciltli)</t>
+          <t>İdari Yargı Mevzuatı (2024)</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>1150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786052641262</t>
+          <t>9786055412340</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Adli Bilimler Hukuku ve Etik – Cilt 7 (Ciltli)</t>
+          <t>Dünyada ve Türk Hukukunda Zorunlu Askerlik ve Vicdani Ret</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>980</v>
+        <v>70</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052641248</t>
+          <t>9786258209020</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Adli Sosyal Bilimler –1– Cilt 5 (Ciltli)</t>
+          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>1210</v>
+        <v>530</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052641217</t>
+          <t>9786257656412</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Olay Yeri İnceleme ve Kimlik Tespit – Cilt 2 (Ciltli)</t>
+          <t>Hukuk ve Yargılama Usulüne İlişkin Temel Kanunlar (Ciltli)</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>1330</v>
+        <v>413</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786052641224</t>
+          <t>9786053007623</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Adli Sağlık Bilimleri –1– Cilt 3 (Ciltli)</t>
+          <t>Kat Mülkiyeti Kanunu El Kitabı</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>1210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052641286</t>
+          <t>9786052641293</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Adli Mühendislik ve Adli Bilişim –1– Cilt 9 (Ciltli)</t>
+          <t>Adli Mühendislik ve Adli Bilişim –2– Cilt 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C604" s="1">
         <v>980</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786052646625</t>
+          <t>9786052641279</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Hukuku Genel Esaslar (Ciltli)</t>
+          <t>Adli Temel Bilimler Adli Doğa Bilimleri – Cilt 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>1045</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786052648353</t>
+          <t>9786052641255</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Hukuku Şerhi</t>
+          <t>Adli Sosyal Bilimler –2– Cilt 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>6900</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786253770365</t>
+          <t>9786052641231</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Adil Yargılanma Hakkı Bağlamında Ceza Muhakemesi Hukukunda Soruşturma Evresi</t>
+          <t>Adli Sağlık Bilimleri –2– Cilt 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>340</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786253770419</t>
+          <t>9786052641200</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukuku Bakımından Takdiri İndirim Nedenleri</t>
+          <t>Adli Bilimlere Giriş ve Kriminalistik – Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>400</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786253770204</t>
+          <t>9786052641262</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Sözleşmeleri (Ciltli)</t>
+          <t>Adli Bilimler Hukuku ve Etik – Cilt 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>1450</v>
+        <v>980</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786054378517</t>
+          <t>9786052641248</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararlarıyla Avukatlık Kanunu</t>
+          <t>Adli Sosyal Bilimler –1– Cilt 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>120</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786253770686</t>
+          <t>9786052641217</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Doğal Hukuk, Anayasa ve Sınıf Mücadelesi Boyutlarıyla Cicero'nun Adalet Tartışmaları</t>
+          <t>Olay Yeri İnceleme ve Kimlik Tespit – Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>420</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786253770549</t>
+          <t>9786052641224</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verileri Hukuka Aykırı Olarak Verme, Yayma veya Ele Geçirme Suçu (TCK Madde 136)</t>
+          <t>Adli Sağlık Bilimleri –1– Cilt 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>270</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786253770594</t>
+          <t>9786052641286</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Çekişmesiz Yargıda İlgili Kavramı ve Hukuki Durumu</t>
+          <t>Adli Mühendislik ve Adli Bilişim –1– Cilt 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>590</v>
+        <v>980</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786253770556</t>
+          <t>9786052646625</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>İflasta Tasarrufun İptali Davası</t>
+          <t>Şirketler Hukuku Genel Esaslar (Ciltli)</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>550</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786253770570</t>
+          <t>9786052648353</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi İhmal İddiaları İçin Bireysel Başvuru Rehberi</t>
+          <t>Şirketler Hukuku Şerhi</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>690</v>
+        <v>6900</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786253770518</t>
+          <t>9786253770365</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Terörizmin Finansmanının Önlenmesi Hakkında Kanun</t>
+          <t>Adil Yargılanma Hakkı Bağlamında Ceza Muhakemesi Hukukunda Soruşturma Evresi</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>870</v>
+        <v>340</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786253770563</t>
+          <t>9786253770419</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Taşınmaz Mal Zilyetliğine Yapılan Tecavüzlerin İdari Yoldan Önlenmesi</t>
+          <t>Türk Ceza Hukuku Bakımından Takdiri İndirim Nedenleri</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>890</v>
+        <v>400</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786253770587</t>
+          <t>9786253770204</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu Kapsamında Sözleşmenin Uyarlanması</t>
+          <t>İnşaat Sözleşmeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>310</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786253770457</t>
+          <t>9786054378517</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Tıbbi Uygulama Hatalarından Doğan Sorumluluğu</t>
+          <t>Yargı Kararlarıyla Avukatlık Kanunu</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786256147546</t>
+          <t>9786253770686</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
+          <t>Doğal Hukuk, Anayasa ve Sınıf Mücadelesi Boyutlarıyla Cicero'nun Adalet Tartışmaları</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>1600</v>
+        <v>420</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052649923</t>
+          <t>9786253770549</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukuku Özel Hükümler (Ciltli)</t>
+          <t>Kişisel Verileri Hukuka Aykırı Olarak Verme, Yayma veya Ele Geçirme Suçu (TCK Madde 136)</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>1450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786052648872</t>
+          <t>9786253770594</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi Başvuru Usulü El Kitabı</t>
+          <t>Çekişmesiz Yargıda İlgili Kavramı ve Hukuki Durumu</t>
         </is>
       </c>
       <c r="C622" s="1">
         <v>590</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786257467629</t>
+          <t>9786253770556</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukuku (Ciltli)</t>
+          <t>İflasta Tasarrufun İptali Davası</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786257595247</t>
+          <t>9786253770570</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Alım Satımı ile Kira Gelirlerinin Vergilendirilmesi</t>
+          <t>Tıbbi İhmal İddiaları İçin Bireysel Başvuru Rehberi</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>205</v>
+        <v>690</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786257277365</t>
+          <t>9786253770518</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Belediye Muhasebesi (Ciltli)</t>
+          <t>Açıklamalı Terörizmin Finansmanının Önlenmesi Hakkında Kanun</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>890</v>
+        <v>870</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786055980238</t>
+          <t>9786253770563</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yabancıların Çalışma İzinleri ve İlgili Mevzuat (Soru - Cevaplı)</t>
+          <t>Taşınmaz Mal Zilyetliğine Yapılan Tecavüzlerin İdari Yoldan Önlenmesi</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>150</v>
+        <v>890</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786253770341</t>
+          <t>9786253770587</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Değişik Bakış Açılarından Hukuk Devleti ve İnsan Hakları veya Kişi Hak ve Özgürlüklerinin Korunması</t>
+          <t>Türk Borçlar Kanunu Kapsamında Sözleşmenin Uyarlanması</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>1270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786253770075</t>
+          <t>9786253770457</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Cinsel İstismarı Suçu (Temel Sorunlar ve Çözümleri)</t>
+          <t>İdarenin Tıbbi Uygulama Hatalarından Doğan Sorumluluğu</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>780</v>
+        <v>290</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786253770273</t>
+          <t>9786256147546</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Bir İnternet Süjesi Olarak Sosyal Ağ Sağlayıcı</t>
+          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>290</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786253770297</t>
+          <t>9786052649923</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Hukuku (Kamu) (Ciltli)</t>
+          <t>Türk Ceza Hukuku Özel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>760</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786253770280</t>
+          <t>9786052648872</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Hukuku (Özel) (Ciltli)</t>
+          <t>Avrupa İnsan Hakları Mahkemesi Başvuru Usulü El Kitabı</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>790</v>
+        <v>590</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786052643020</t>
+          <t>9786257467629</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
           <t>Sermaye Piyasası Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>520</v>
+        <v>230</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786253770013</t>
+          <t>9786257595247</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Suçlarda İspat ve Sübut</t>
+          <t>Gayrimenkul Alım Satımı ile Kira Gelirlerinin Vergilendirilmesi</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>1100</v>
+        <v>205</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786256147195</t>
+          <t>9786257277365</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukukumuzda Hakimlik ve Yargı Etiği</t>
+          <t>Belediye Muhasebesi (Ciltli)</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>190</v>
+        <v>890</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786256147911</t>
+          <t>9786055980238</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Donanımlı ve Sorumlu İnsan-Hakim</t>
+          <t>Türkiye’de Yabancıların Çalışma İzinleri ve İlgili Mevzuat (Soru - Cevaplı)</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786256147324</t>
+          <t>9786253770341</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>İdare ve İdari Yargı Mevzuatı</t>
+          <t>Değişik Bakış Açılarından Hukuk Devleti ve İnsan Hakları veya Kişi Hak ve Özgürlüklerinin Korunması</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>720</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786258209259</t>
+          <t>9786253770075</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Genel Kamu Hukuku Dersleri</t>
+          <t>Çocukların Cinsel İstismarı Suçu (Temel Sorunlar ve Çözümleri)</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>470</v>
+        <v>780</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786052649800</t>
+          <t>9786253770273</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Özel Hükümler (Ciltli)</t>
+          <t>Bir İnternet Süjesi Olarak Sosyal Ağ Sağlayıcı</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>1600</v>
+        <v>290</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786055412043</t>
+          <t>9786253770297</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İş Etiği ve Yönetimi</t>
+          <t>Yapay Zeka Hukuku (Kamu) (Ciltli)</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>150</v>
+        <v>760</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786256147089</t>
+          <t>9786253770280</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hukuku Dersleri I</t>
+          <t>Yapay Zeka Hukuku (Özel) (Ciltli)</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>395</v>
+        <v>790</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786052642894</t>
+          <t>9786052643020</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Geçici Korunanların Sağlık Hakkı</t>
+          <t>Sermaye Piyasası Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>330</v>
+        <v>520</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786256147010</t>
+          <t>9786253770013</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Cezanın Belirlenmesi</t>
+          <t>Cinsel Suçlarda İspat ve Sübut</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>680</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786052649725</t>
+          <t>9786256147195</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler</t>
+          <t>Karşılaştırmalı Hukukumuzda Hakimlik ve Yargı Etiği</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>1380</v>
+        <v>190</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786052649534</t>
+          <t>9786256147911</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukukunda Gayrimenkul Yatırım Ortaklıkları (Real Estate Investment Trusts) (Ciltli)</t>
+          <t>Donanımlı ve Sorumlu İnsan-Hakim</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>1100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786052649657</t>
+          <t>9786256147324</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Özel Hükümler Dersleri</t>
+          <t>İdare ve İdari Yargı Mevzuatı</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>830</v>
+        <v>720</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786052649565</t>
+          <t>9786258209259</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Kasten Öldürme Suçu (Genel Hükümler ve Yargılama Usulü)</t>
+          <t>Genel Kamu Hukuku Dersleri</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>770</v>
+        <v>470</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786052649749</t>
+          <t>9786052649800</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Bakımından Gıda Güvenliği ve Gıda Piyasasının Düzenlenmesi</t>
+          <t>Ceza Hukuku Özel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>550</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786052649763</t>
+          <t>9786055412043</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Özel Hükümler Cilt - 2</t>
+          <t>Uluslararası İş Etiği ve Yönetimi</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>830</v>
+        <v>150</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786052649473</t>
+          <t>9786256147089</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Kentsel Dönüşüm</t>
+          <t>Kamu Hukuku Dersleri I</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>290</v>
+        <v>395</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257656955</t>
+          <t>9786052642894</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Cezaların İnfazı ve İnfaz Hukuku (Ciltli)</t>
+          <t>Geçici Korunanların Sağlık Hakkı</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>1390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257467087</t>
+          <t>9786256147010</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Kamulaştırmasız El Atma Davaları</t>
+          <t>Cezanın Belirlenmesi</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>900</v>
+        <v>680</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786053009351</t>
+          <t>9786052649725</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Konkordato İflas ve Yargılama Usülü (Ciltli)</t>
+          <t>Ceza Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>1510</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786053007630</t>
+          <t>9786052649534</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Ecrimisil (Haksız İşgal Tazminatı) Davaları ve Yargılama Usulü</t>
+          <t>Sermaye Piyasası Hukukunda Gayrimenkul Yatırım Ortaklıkları (Real Estate Investment Trusts) (Ciltli)</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>915</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786052649541</t>
+          <t>9786052649657</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı Kararları Kapsamında Deprem Nedeniyle İdarenin Kusur Sorumluluğu</t>
+          <t>Ceza Hukuku Özel Hükümler Dersleri</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>300</v>
+        <v>830</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786052649435</t>
+          <t>9786052649565</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Kredisi Sözleşmeleri</t>
+          <t>Kasten Öldürme Suçu (Genel Hükümler ve Yargılama Usulü)</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>275</v>
+        <v>770</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786052646335</t>
+          <t>9786052649749</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Çevre Hukuku Bağlamında Türk Ceza Kanunundaki Çevre Suçları</t>
+          <t>İdare Hukuku Bakımından Gıda Güvenliği ve Gıda Piyasasının Düzenlenmesi</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>460</v>
+        <v>550</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786052649428</t>
+          <t>9786052649763</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>İslam - Osmanlı Ceza Hukuku Genel Hükümler</t>
+          <t>Ceza Hukuku Özel Hükümler Cilt - 2</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>840</v>
+        <v>830</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786259493695</t>
+          <t>9786052649473</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Çözümlü Soru Bankası 870 Soru</t>
+          <t>50 Soruda Kentsel Dönüşüm</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786051460741</t>
+          <t>9786257656955</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Sınıraşan Organize Suçlar</t>
+          <t>Cezaların İnfazı ve İnfaz Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>70</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786052649367</t>
+          <t>9786257467087</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>İnternet, Gazete, Televizyondaki Hukuka Aykırı Yayınlara Karşı Başvuru Usul ve Esasları</t>
+          <t>Kamulaştırmasız El Atma Davaları</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>520</v>
+        <v>900</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786052649398</t>
+          <t>9786053009351</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Marka Hakkının Ülkeselliği ve İstisnaları</t>
+          <t>Konkordato İflas ve Yargılama Usülü (Ciltli)</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>510</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786052649329</t>
+          <t>9786053007630</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Dijital Para Kavramı ve Elektronik Para Kuruluşlarının Türk Hukuku Kapsamında Değerlendirilmesi</t>
+          <t>Ecrimisil (Haksız İşgal Tazminatı) Davaları ve Yargılama Usulü</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>230</v>
+        <v>915</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786259493664</t>
+          <t>9786052649541</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Mesleklerine Giriş Sınavına Hazırlık - İcra ve İflas Hukuku</t>
+          <t>İdari Yargı Kararları Kapsamında Deprem Nedeniyle İdarenin Kusur Sorumluluğu</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786052649282</t>
+          <t>9786052649435</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Saldırı Suçuna İlişkin Mitlerin Türk Ceza Hukukunda Yargı Kararlarındaki Olası Tesirlerinin Araştırılması</t>
+          <t>Tüketici Kredisi Sözleşmeleri</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786259493657</t>
+          <t>9786052646335</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku - Hukuk Mesleklerine Giriş Sınavı İçin Temel Bilgiler ve Soru Bankası</t>
+          <t>Çevre Hukuku Bağlamında Türk Ceza Kanunundaki Çevre Suçları</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>490</v>
+        <v>460</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786259493640</t>
+          <t>9786052649428</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku - Hukuk Mesleklerine Giriş Sınavı İçin Temel Bilgiler ve Soru Bankası</t>
+          <t>İslam - Osmanlı Ceza Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>520</v>
+        <v>840</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786259493633</t>
+          <t>9786259493695</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
+          <t>Ceza Hukuku Çözümlü Soru Bankası 870 Soru</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786259493626</t>
+          <t>9786051460741</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Avukatlık Hukuku - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
+          <t>Sınıraşan Organize Suçlar</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>336</v>
+        <v>70</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786052649046</t>
+          <t>9786052649367</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Navlun Sözleşmesinde Gönderilenin Sorumluluğu (Ciltli)</t>
+          <t>İnternet, Gazete, Televizyondaki Hukuka Aykırı Yayınlara Karşı Başvuru Usul ve Esasları</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>635</v>
+        <v>520</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786052648964</t>
+          <t>9786052649398</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Tapu Kütüğüne Kayıtlı Olmayan Taşınmazların Olağanüstü Kazandırıcı Zamanaşımı ile Kazanılması (Ciltli)</t>
+          <t>Marka Hakkının Ülkeselliği ve İstisnaları</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>520</v>
+        <v>510</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786052649336</t>
+          <t>9786052649329</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Adil Yargılanma Hakkı Çerçevesinde Şüpheli ve Sanığın Susma Hakkı</t>
+          <t>Dijital Para Kavramı ve Elektronik Para Kuruluşlarının Türk Hukuku Kapsamında Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>540</v>
+        <v>230</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786052648728</t>
+          <t>9786259493664</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Fikri Haklarda Üç Adım Testi</t>
+          <t>Hukuk Mesleklerine Giriş Sınavına Hazırlık - İcra ve İflas Hukuku</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786052649206</t>
+          <t>9786052649282</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Vergi Anayasası Kapsamında Vergilendirme İlkeleri ve Ülke Uygulamaları</t>
+          <t>Cinsel Saldırı Suçuna İlişkin Mitlerin Türk Ceza Hukukunda Yargı Kararlarındaki Olası Tesirlerinin Araştırılması</t>
         </is>
       </c>
       <c r="C673" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786052649213</t>
+          <t>9786259493657</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Suçun Kamusallığı Bağlamında Devletin Mağdur Sıfatı</t>
+          <t>İcra ve İflas Hukuku - Hukuk Mesleklerine Giriş Sınavı İçin Temel Bilgiler ve Soru Bankası</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>220</v>
+        <v>490</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786052649176</t>
+          <t>9786259493640</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Tipiklik Hatası</t>
+          <t>Medeni Usul Hukuku - Hukuk Mesleklerine Giriş Sınavı İçin Temel Bilgiler ve Soru Bankası</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>520</v>
+        <v>570</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786052649299</t>
+          <t>9786259493633</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Human Rights Protection Mechanism of Migrant Workers as a Vulnerable Group in Russia</t>
+          <t>Medeni Usul Hukuku - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786052649015</t>
+          <t>9786259493626</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Vergi Yargı Sistemi</t>
+          <t>Avukatlık Hukuku - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>310</v>
+        <v>336</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786052649169</t>
+          <t>9786052649046</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Hukuku Mevzuatı</t>
+          <t>Navlun Sözleşmesinde Gönderilenin Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>640</v>
+        <v>635</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786052649121</t>
+          <t>9786052648964</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Organize Suçlar (Yönetim)</t>
+          <t>Tapu Kütüğüne Kayıtlı Olmayan Taşınmazların Olağanüstü Kazandırıcı Zamanaşımı ile Kazanılması (Ciltli)</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>390</v>
+        <v>520</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786052649145</t>
+          <t>9786052649336</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Medenî Usul Hukukunda Taraf Olarak Anonim Şirket</t>
+          <t>Ceza Muhakemesi Hukukunda Adil Yargılanma Hakkı Çerçevesinde Şüpheli ve Sanığın Susma Hakkı</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>350</v>
+        <v>540</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786052648803</t>
+          <t>9786052648728</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze İntikal Hükümleri</t>
+          <t>Fikri Haklarda Üç Adım Testi</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786052646762</t>
+          <t>9786052649206</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>İletişim Hukuku</t>
+          <t>Vergi Anayasası Kapsamında Vergilendirme İlkeleri ve Ülke Uygulamaları</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786052647752</t>
+          <t>9786052649213</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi ve Yargılamada Kullandığı Yöntem İlke, ve Usuller</t>
+          <t>Suçun Kamusallığı Bağlamında Devletin Mağdur Sıfatı</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786052647301</t>
+          <t>9786052649176</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Depremin Hukuki Boyutlarıyla Değerlendirilmesi (Ciltli)</t>
+          <t>Ceza Hukukunda Tipiklik Hatası</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>680</v>
+        <v>520</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786052647936</t>
+          <t>9786052649299</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Ara Kararlar El Kitabı (Ciltli)</t>
+          <t>Human Rights Protection Mechanism of Migrant Workers as a Vulnerable Group in Russia</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>1190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786052648049</t>
+          <t>9786052649015</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku El Kitabı (Ciltli)</t>
+          <t>Vergi Yargı Sistemi</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>1850</v>
+        <v>310</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786052647240</t>
+          <t>9786052649169</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Futbolcu Sözleşmesi</t>
+          <t>Bilişim Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>395</v>
+        <v>640</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786052647431</t>
+          <t>9786052649121</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk-II Aile Hukuku (Ciltli)</t>
+          <t>Uluslararası Organize Suçlar (Yönetim)</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>830</v>
+        <v>390</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786052646083</t>
+          <t>9786052649145</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Marka Hukuku (Ciltli)</t>
+          <t>Medenî Usul Hukukunda Taraf Olarak Anonim Şirket</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>1100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786052647998</t>
+          <t>9786052648803</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Vergi İdaresinin Düzenleyici İşlemleri ve Yargısal Denetimi</t>
+          <t>Osmanlı’dan Günümüze İntikal Hükümleri</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786052649077</t>
+          <t>9786052646762</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserleri Hukuku Kapsamında Multimedya Eserlerin Korunması</t>
+          <t>İletişim Hukuku</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786052649084</t>
+          <t>9786052647752</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Cezaların Etkinliği Bağlamında Türk Suç Siyaseti</t>
+          <t>Avrupa İnsan Hakları Mahkemesi ve Yargılamada Kullandığı Yöntem İlke, ve Usuller</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>640</v>
+        <v>280</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786052649107</t>
+          <t>9786052647301</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>İdari Cezaların Zaman Bakımından Uygulanması</t>
+          <t>Depremin Hukuki Boyutlarıyla Değerlendirilmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>260</v>
+        <v>680</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786052649053</t>
+          <t>9786052647936</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>İmar Planlarının İdari ve Yargısal Denetimi</t>
+          <t>Ara Kararlar El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>260</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786052649060</t>
+          <t>9786052648049</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Seri Muhakeme ve Basit Yargılama Usulleri</t>
+          <t>Borçlar Hukuku El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>360</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786052648698</t>
+          <t>9786052647240</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi ile Türkiye İnsan Hakları ve Eşitlik Kurumu Kararlarında Mobbing</t>
+          <t>Profesyonel Futbolcu Sözleşmesi</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>240</v>
+        <v>395</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786052648971</t>
+          <t>9786052647431</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Kamu Külfetleri Karşısında Eşitlik İlkesi ve İdare Hukukundaki Görünümleri</t>
+          <t>Medeni Hukuk-II Aile Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>250</v>
+        <v>830</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052648636</t>
+          <t>9786052646083</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Genel Haciz Yoluyla İcra Takibinde Taraf Değişikliği</t>
+          <t>Uygulamalı Marka Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>300</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786052648933</t>
+          <t>9786052647998</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Perspektifinden Kadına Yönelmiş Şiddetle Mücadele III</t>
+          <t>Vergi İdaresinin Düzenleyici İşlemleri ve Yargısal Denetimi</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786052648858</t>
+          <t>9786052649077</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyadaki İhlallere Karşı Fikri Hakların Korunması</t>
+          <t>Fikir ve Sanat Eserleri Hukuku Kapsamında Multimedya Eserlerin Korunması</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786052649039</t>
+          <t>9786052649084</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Adil Yargılanma Hakkı Çerçevesinde Ceza Muhakemesi Hukukunda Seri Muhakeme Usulü</t>
+          <t>Cezaların Etkinliği Bağlamında Türk Suç Siyaseti</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>340</v>
+        <v>640</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786052648940</t>
+          <t>9786052649107</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kıyafet Özgürlüğü</t>
+          <t>İdari Cezaların Zaman Bakımından Uygulanması</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>820</v>
+        <v>260</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052648841</t>
+          <t>9786052649053</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi Kararları Işığında Sanığın Duruşmada Hazır Bulunma Hakkı</t>
+          <t>İmar Planlarının İdari ve Yargısal Denetimi</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786052648995</t>
+          <t>9786052649060</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlara Karşı İşlenen Suçlar</t>
+          <t>Ceza Muhakemesi Hukukunda Seri Muhakeme ve Basit Yargılama Usulleri</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786052645918</t>
+          <t>9786052648698</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Davaları ve Yargılama İşlemleri (Ciltli)</t>
+          <t>Anayasa Mahkemesi ile Türkiye İnsan Hakları ve Eşitlik Kurumu Kararlarında Mobbing</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>3800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052646861</t>
+          <t>9786052648971</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Menfi Tespit Davası (İİK m. 72) (Ciltli)</t>
+          <t>Kamu Külfetleri Karşısında Eşitlik İlkesi ve İdare Hukukundaki Görünümleri</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>830</v>
+        <v>250</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786052647264</t>
+          <t>9786052648636</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Dijital Miras</t>
+          <t>Genel Haciz Yoluyla İcra Takibinde Taraf Değişikliği</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786052647103</t>
+          <t>9786052648933</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Hukuku Dersleri</t>
+          <t>Ceza Hukuku Perspektifinden Kadına Yönelmiş Şiddetle Mücadele III</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>325</v>
+        <v>280</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786052647868</t>
+          <t>9786052648858</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>İmar Hukuku Yaptırımları (Ciltli)</t>
+          <t>Sosyal Medyadaki İhlallere Karşı Fikri Hakların Korunması</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>690</v>
+        <v>290</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786052646564</t>
+          <t>9786052649039</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Aile Davaları Rehberi (Ciltli)</t>
+          <t>Adil Yargılanma Hakkı Çerçevesinde Ceza Muhakemesi Hukukunda Seri Muhakeme Usulü</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>1400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786052647004</t>
+          <t>9786052648940</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Dokunulmazlığa Karşı Suçlar (Ciltli)</t>
+          <t>Türkiye’de Kıyafet Özgürlüğü</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>990</v>
+        <v>820</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786052647059</t>
+          <t>9786052648841</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Müdahaleden Kaynaklanan Hukuki Cezai ve İdari Sorumluluk (Ciltli)</t>
+          <t>Avrupa İnsan Hakları Mahkemesi Kararları Işığında Sanığın Duruşmada Hazır Bulunma Hakkı</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>1690</v>
+        <v>420</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786052647271</t>
+          <t>9786052648995</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Savcısı ve Soruşturma (Ciltli)</t>
+          <t>Hayvanlara Karşı İşlenen Suçlar</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>1650</v>
+        <v>310</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786052648513</t>
+          <t>9786052645918</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Nükleer Sorumluluk Hukuku</t>
+          <t>Gayrimenkul Davaları ve Yargılama İşlemleri (Ciltli)</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>650</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786052648544</t>
+          <t>9786052646861</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Açısından Stratejik Çevresel Değerlendirme</t>
+          <t>Menfi Tespit Davası (İİK m. 72) (Ciltli)</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>380</v>
+        <v>830</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786052647523</t>
+          <t>9786052647264</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Denetimlerde Tespit Edilen Hata, Hile ve Eksiklikler (Genel)</t>
+          <t>Dijital Miras</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786052648612</t>
+          <t>9786052647103</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Savcısının Bağımsızlığı ve Tarafsızlığı</t>
+          <t>İnsan Hakları Hukuku Dersleri</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786052647202</t>
+          <t>9786052647868</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda Yeterlilik ve İş İlişkilerine Etkileri</t>
+          <t>İmar Hukuku Yaptırımları (Ciltli)</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>550</v>
+        <v>690</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786052647394</t>
+          <t>9786052646564</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku</t>
+          <t>Aile Davaları Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>440</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786052642344</t>
+          <t>9786052647004</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Vergi Ceza Hukukunda Yanıl(t)ma</t>
+          <t>Cinsel Dokunulmazlığa Karşı Suçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>298</v>
+        <v>990</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786052648490</t>
+          <t>9786052647059</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Acentenin Ücret Hakkı</t>
+          <t>Tıbbi Müdahaleden Kaynaklanan Hukuki Cezai ve İdari Sorumluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>390</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786052646939</t>
+          <t>9786052647271</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Parlamentonun Müzakere İşlevinin Temel Aracı: Genel Görüşme</t>
+          <t>Cumhuriyet Savcısı ve Soruşturma (Ciltli)</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>1060</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786052647233</t>
+          <t>9786052648513</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Anayasaların İstismar Edilmesi</t>
+          <t>Uluslararası Nükleer Sorumluluk Hukuku</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>195</v>
+        <v>650</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786052647349</t>
+          <t>9786052648544</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Kuvvetler Ayrılığı Bağlamında Türk İdari Yargısında Yerindelik Denetimi Yasağının Retrospektif Bir İncelemesi</t>
+          <t>İdare Hukuku Açısından Stratejik Çevresel Değerlendirme</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>820</v>
+        <v>380</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786052647318</t>
+          <t>9786052647523</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Kusursuz Sorumluluk İlkesi Olarak Sosyal Risk İlkesi</t>
+          <t>Denetimlerde Tespit Edilen Hata, Hile ve Eksiklikler (Genel)</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786052648568</t>
+          <t>9786052648612</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Kesin Hüküm</t>
+          <t>Cumhuriyet Savcısının Bağımsızlığı ve Tarafsızlığı</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786052646274</t>
+          <t>9786052647202</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>7179 Sayılı Askeralma Kanunu ve Askeralma Yönetmeliği</t>
+          <t>Türk İş Hukukunda Yeterlilik ve İş İlişkilerine Etkileri</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>1025</v>
+        <v>550</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786052648339</t>
+          <t>9786052647394</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Mütelahik Dava</t>
+          <t>Vergi Hukuku</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>670</v>
+        <v>440</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786052648414</t>
+          <t>9786052642344</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Blokzincir Teknolojisi ile Gerçekleştirilen Merkeziyetsiz Otonom Organizasyonların (DAO’ların) Hukuki Niteliği</t>
+          <t>Vergi Ceza Hukukunda Yanıl(t)ma</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>490</v>
+        <v>298</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786052647585</t>
+          <t>9786052648490</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Yapay Zeka Kullanımı</t>
+          <t>Acentenin Ücret Hakkı</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>530</v>
+        <v>390</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786052645642</t>
+          <t>9786052646939</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Senetlerinin Devri ve Sonuçları</t>
+          <t>Parlamentonun Müzakere İşlevinin Temel Aracı: Genel Görüşme</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>265</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786052648018</t>
+          <t>9786052647233</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Yargıda ve Adli Teşkilatta Protokol ve Sosyal Davranış</t>
+          <t>Anayasaların İstismar Edilmesi</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>265</v>
+        <v>195</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786052648643</t>
+          <t>9786052647349</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Dolandırıcılık Suçu</t>
+          <t>Kuvvetler Ayrılığı Bağlamında Türk İdari Yargısında Yerindelik Denetimi Yasağının Retrospektif Bir İncelemesi</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>865</v>
+        <v>820</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052648421</t>
+          <t>9786052647318</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Kişiyi Özgürlüğünden Yoksun Kılma Suçu</t>
+          <t>İdarenin Kusursuz Sorumluluk İlkesi Olarak Sosyal Risk İlkesi</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>660</v>
+        <v>320</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052647288</t>
+          <t>9786052648568</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Temel Hukuk Bilgisi</t>
+          <t>Ceza Muhakemesi Hukukunda Kesin Hüküm</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786052647295</t>
+          <t>9786052646274</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hukuku Temel Bilgiler</t>
+          <t>7179 Sayılı Askeralma Kanunu ve Askeralma Yönetmeliği</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>325</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786052647721</t>
+          <t>9786052648339</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Halka Açık Anonim Şirket Genel Kurulunun Toplanma ve Karar Alma Esasları ile Bu Esaslara Aykırılığın Hukuki Akıbeti</t>
+          <t>Medeni Usul Hukukunda Mütelahik Dava</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>505</v>
+        <v>670</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052647141</t>
+          <t>9786052648414</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Kesintisiz (Mütemadi) Suç</t>
+          <t>Blokzincir Teknolojisi ile Gerçekleştirilen Merkeziyetsiz Otonom Organizasyonların (DAO’ların) Hukuki Niteliği</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>445</v>
+        <v>490</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052647219</t>
+          <t>9786052647585</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Kaynakçalı-Güncel Vergi Kanunları</t>
+          <t>Ceza Muhakemesinde Yapay Zeka Kullanımı</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>730</v>
+        <v>530</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052647677</t>
+          <t>9786052645642</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Halka Açık Anonim Ortaklıklarda Pay Sahibinin Ayrılma Hakkı (Ciltli)</t>
+          <t>Tüketici Senetlerinin Devri ve Sonuçları</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>515</v>
+        <v>265</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052648452</t>
+          <t>9786052648018</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı Kararlarının Uygulanmamasının Hukuki Sonuçları ve Çözüm Önerileri</t>
+          <t>Yargıda ve Adli Teşkilatta Protokol ve Sosyal Davranış</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>335</v>
+        <v>265</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786053006756</t>
+          <t>9786052648643</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Yassıada Yargılamalarının Adil Yargılanma Hakkı Bağlamında Değerlendirilmesi</t>
+          <t>Türk Ceza Hukukunda Dolandırıcılık Suçu</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>385</v>
+        <v>865</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052648285</t>
+          <t>9786052648421</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 ve Çocukluk Dönemi Aşıları Üzerinden Aşı Zorunluluğunun Sorgulanması Çalıştay Kitabı</t>
+          <t>Kişiyi Özgürlüğünden Yoksun Kılma Suçu</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>300</v>
+        <v>660</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052647424</t>
+          <t>9786052647288</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Kriminoloji</t>
+          <t>Temel Hukuk Bilgisi</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052646991</t>
+          <t>9786052647295</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler (Pratik Çalışma Kitabı)</t>
+          <t>Sağlık Hukuku Temel Bilgiler</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>770</v>
+        <v>325</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052648520</t>
+          <t>9786052647721</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>VI. Uluslararası Tıp Hukuku Kongresi</t>
+          <t>Halka Açık Anonim Şirket Genel Kurulunun Toplanma ve Karar Alma Esasları ile Bu Esaslara Aykırılığın Hukuki Akıbeti</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>790</v>
+        <v>505</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052646878</t>
+          <t>9786052647141</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Aşırı Yararlanma (Gabin) (Ciltli)</t>
+          <t>Kesintisiz (Mütemadi) Suç</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>790</v>
+        <v>445</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052647134</t>
+          <t>9786052647219</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Muris Muvazaası Davaları</t>
+          <t>Kaynakçalı-Güncel Vergi Kanunları</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>780</v>
+        <v>730</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052644492</t>
+          <t>9786052647677</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu Şerhi (5 Cilt) (Ciltli)</t>
+          <t>Halka Açık Anonim Ortaklıklarda Pay Sahibinin Ayrılma Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>5670</v>
+        <v>515</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786052647493</t>
+          <t>9786052648452</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşlemlerde Taşınır Rehni Kanunu Kapsamında Ticari İşletme Rehni</t>
+          <t>İdari Yargı Kararlarının Uygulanmamasının Hukuki Sonuçları ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>470</v>
+        <v>335</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052647547</t>
+          <t>9786053006756</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Hukukunda Reklam Yoluyla Haksız Rekabet</t>
+          <t>Yassıada Yargılamalarının Adil Yargılanma Hakkı Bağlamında Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>360</v>
+        <v>385</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052646304</t>
+          <t>9786052648285</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılamasında Telekomünikasyon Yoluyla Yapılan İletişimin Denetlenmesi</t>
+          <t>Covid-19 ve Çocukluk Dönemi Aşıları Üzerinden Aşı Zorunluluğunun Sorgulanması Çalıştay Kitabı</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>515</v>
+        <v>300</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052648476</t>
+          <t>9786052647424</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Gizlilik Sözleşmeleri</t>
+          <t>Kriminoloji</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>290</v>
+        <v>750</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052647608</t>
+          <t>9786052646991</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Meşru Savunma Doktrini Karşısında Sürekli Şiddet Hâli</t>
+          <t>Ceza Hukuku Genel Hükümler (Pratik Çalışma Kitabı)</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>470</v>
+        <v>770</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052647509</t>
+          <t>9786052648520</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Soruşturmayı Sona Erdiren veya Durduran Kararlarda Cumhuriyet Savcısının Değerlendirme Yetkisi</t>
+          <t>VI. Uluslararası Tıp Hukuku Kongresi</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>505</v>
+        <v>790</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052641002</t>
+          <t>9786052646878</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Impacts of the “Pay to be Paid” Rule on P&amp;I Insurance Under Compulsory Insurance and Direct Action</t>
+          <t>Aşırı Yararlanma (Gabin) (Ciltli)</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>310</v>
+        <v>790</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786052647745</t>
+          <t>9786052647134</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Alım Satımı ile Kira Gelirlerinin Vergilendirilmesi</t>
+          <t>Bütün Yönleriyle Muris Muvazaası Davaları</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>490</v>
+        <v>780</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052647196</t>
+          <t>9786052644492</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Suça İştirakte Müşterek Faillik (Ciltli)</t>
+          <t>Türk Ceza Kanunu Şerhi (5 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>515</v>
+        <v>5670</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786052647530</t>
+          <t>9786052647493</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hakları Manifestosu</t>
+          <t>Ticari İşlemlerde Taşınır Rehni Kanunu Kapsamında Ticari İşletme Rehni</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>890</v>
+        <v>470</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052647592</t>
+          <t>9786052647547</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>İcra Hukukunda Elektronik Ortamda Açık Artırma Yoluyla Satış</t>
+          <t>Türk Ticaret Hukukunda Reklam Yoluyla Haksız Rekabet</t>
         </is>
       </c>
       <c r="C760" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786052647615</t>
+          <t>9786052646304</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Şirketlerinde Kripto Para/Varlıkların Sermaye Olarak Konulması (Ciltli)</t>
+          <t>Ceza Yargılamasında Telekomünikasyon Yoluyla Yapılan İletişimin Denetlenmesi</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>505</v>
+        <v>515</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786052647554</t>
+          <t>9786052648476</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Pay Alım Teklifine Dayalı Çıkarma ve Satma Hakkı</t>
+          <t>Milletlerarası Özel Hukukta Gizlilik Sözleşmeleri</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786052647929</t>
+          <t>9786052647608</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Vergi Hukuku</t>
+          <t>Geleneksel Meşru Savunma Doktrini Karşısında Sürekli Şiddet Hâli</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>420</v>
+        <v>470</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786052648629</t>
+          <t>9786052647509</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Adil Yargılanma Hakkının Anayasa Mahkemesi Kararları Çerçevesinde Analizi</t>
+          <t>Soruşturmayı Sona Erdiren veya Durduran Kararlarda Cumhuriyet Savcısının Değerlendirme Yetkisi</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>515</v>
+        <v>505</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786052647707</t>
+          <t>9786052641002</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Haklı Savaş Geleneği Ve Eksik Parçası: Savaş Sonrası Adalet (Jus Post Bellum) Konsepti</t>
+          <t>Impacts of the “Pay to be Paid” Rule on P&amp;I Insurance Under Compulsory Insurance and Direct Action</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>540</v>
+        <v>310</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786052648506</t>
+          <t>9786052647745</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler: Çözümlü Pratik Çalışmalar</t>
+          <t>Gayrimenkul Alım Satımı ile Kira Gelirlerinin Vergilendirilmesi</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>410</v>
+        <v>490</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786052648575</t>
+          <t>9786052647196</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Hileli İflas Suçu</t>
+          <t>Suça İştirakte Müşterek Faillik (Ciltli)</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>335</v>
+        <v>515</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786052647646</t>
+          <t>9786052647530</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>6102 Sayılı Türk Ticaret Kanunu Çerçevesinde Anonim Şirketlerin Tasfiyesi</t>
+          <t>Kadın Hakları Manifestosu</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>660</v>
+        <v>890</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786052647684</t>
+          <t>9786052647592</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Çocuğun Üstün Yararı</t>
+          <t>İcra Hukukunda Elektronik Ortamda Açık Artırma Yoluyla Satış</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>540</v>
+        <v>360</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786052648810</t>
+          <t>9786052647615</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi’ne Bireysel Başvuruda Kabul Edilebilirlik Kriterleri</t>
+          <t>Ticaret Şirketlerinde Kripto Para/Varlıkların Sermaye Olarak Konulması (Ciltli)</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>360</v>
+        <v>505</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786052648742</t>
+          <t>9786052647554</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Tarh</t>
+          <t>Pay Alım Teklifine Dayalı Çıkarma ve Satma Hakkı</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>710</v>
+        <v>550</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786052648896</t>
+          <t>9786052647929</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Directors' Duty of Care in Corporate Governance: Legal, Technological, and Sustainability Perspectives</t>
+          <t>Gayrimenkul Vergi Hukuku</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786052648186</t>
+          <t>9786052648629</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Kira Hukuku (Ciltli)</t>
+          <t>Adil Yargılanma Hakkının Anayasa Mahkemesi Kararları Çerçevesinde Analizi</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>2450</v>
+        <v>515</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786052648834</t>
+          <t>9786052647707</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde İspat</t>
+          <t>Uluslararası Hukukta Haklı Savaş Geleneği Ve Eksik Parçası: Savaş Sonrası Adalet (Jus Post Bellum) Konsepti</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>815</v>
+        <v>540</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786052648469</t>
+          <t>9786052648506</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Alman Hukukunda Dijital Ürünlere İlişkin Sözleşmeler: Tacirin Güncelleme Yükümlülüğü</t>
+          <t>Ceza Hukuku Genel Hükümler: Çözümlü Pratik Çalışmalar</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>350</v>
+        <v>410</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786052647400</t>
+          <t>9786052648575</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Emir Kavramının İdari İşlem Perspektifinden İncelenmesi</t>
+          <t>Hileli İflas Suçu</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>420</v>
+        <v>335</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786052647417</t>
+          <t>9786052647646</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Hekimin Hukuki Sorumluluğu</t>
+          <t>6102 Sayılı Türk Ticaret Kanunu Çerçevesinde Anonim Şirketlerin Tasfiyesi</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>745</v>
+        <v>660</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786052646571</t>
+          <t>9786052647684</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Patent ve Marka Vekilinin Rehberi</t>
+          <t>Milletlerarası Özel Hukukta Çocuğun Üstün Yararı</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>190</v>
+        <v>540</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786052647097</t>
+          <t>9786052648810</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>The Impact Of Digitalisation On Company Law</t>
+          <t>Anayasa Mahkemesi’ne Bireysel Başvuruda Kabul Edilebilirlik Kriterleri</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>385</v>
+        <v>360</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786052647622</t>
+          <t>9786052648742</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Hukuka Aykırı Delil</t>
+          <t>Türk Vergi Hukukunda Tarh</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>395</v>
+        <v>710</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786052647189</t>
+          <t>9786052648896</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Konkordato Komiserinin Kontrol Listesi (Ciltli)</t>
+          <t>Directors' Duty of Care in Corporate Governance: Legal, Technological, and Sustainability Perspectives</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>385</v>
+        <v>360</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786052646427</t>
+          <t>9786052648186</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay İçtihatları Işığında Hakaret Sözlüğü (Ciltli)</t>
+          <t>Kira Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>1450</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786052645376</t>
+          <t>9786052648834</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Ruhu’l Mecelle Kitabü’l-Büyü Şerhi</t>
+          <t>Ceza Muhakemesinde İspat</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>430</v>
+        <v>815</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786052647448</t>
+          <t>9786052648469</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Cezayir Aile Kanununun 1917 Osmanlı Hukuk-ı Aile Kararnamesi İle Mukayesesi</t>
+          <t>Alman Hukukunda Dijital Ürünlere İlişkin Sözleşmeler: Tacirin Güncelleme Yükümlülüğü</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>695</v>
+        <v>350</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786052648704</t>
+          <t>9786052647400</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Verileri Hukuka Aykırı Olarak Verme veya Ele Geçirme Suçu (TCK m.136)</t>
+          <t>Emir Kavramının İdari İşlem Perspektifinden İncelenmesi</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786052648711</t>
+          <t>9786052647417</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Ulusal ve Uluslararası Mevzuat Çerçevesinde Sendika Özgürlüğü</t>
+          <t>Hekimin Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>720</v>
+        <v>745</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786052648681</t>
+          <t>9786052646571</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>A Comparison of the Rights Granted By the Registered Trademarks and the Legal Remedies in the Event of a Violation of These Rights under Turkish and European Union Trademark Law</t>
+          <t>Patent ve Marka Vekilinin Rehberi</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786052648551</t>
+          <t>9786052647097</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Genel Olarak Nafaka Türleri ve Özellikle Yoksulluk Nafakası ile Nafakanın Süresiz Olması Sorunu</t>
+          <t>The Impact Of Digitalisation On Company Law</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>420</v>
+        <v>385</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786052648797</t>
+          <t>9786052647622</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Tam Koruma ve Güvenlik Standardı Çerçevesinde Dijital Varlıkların Korunması</t>
+          <t>Hukuka Aykırı Delil</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>510</v>
+        <v>395</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786052648445</t>
+          <t>9786052647189</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Konut ve Çatılı İşyeri Kiralarında Kiracının Kira Bedelini ve Yan Giderleri Ödeme Borcunda Temerrüdü (TBK m.315) ve İki Haklı İhtar Sebebiyle Tahliye (TBK m.352/2)</t>
+          <t>Konkordato Komiserinin Kontrol Listesi (Ciltli)</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>430</v>
+        <v>385</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9796052648421</t>
+          <t>9786052646427</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Kişiyi Özgürlüğünden Yoksun Kılma Suçu</t>
+          <t>Yargıtay İçtihatları Işığında Hakaret Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>500</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786052648247</t>
+          <t>9786052645376</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Mülhak Vakıflar</t>
+          <t>Ruhu’l Mecelle Kitabü’l-Büyü Şerhi</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>730</v>
+        <v>430</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052648315</t>
+          <t>9786052647448</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Taşınmaz Malikinin Hukuka Aykırı Taşkınlıklardan Sorumluluğu</t>
+          <t>Cezayir Aile Kanununun 1917 Osmanlı Hukuk-ı Aile Kararnamesi İle Mukayesesi</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>420</v>
+        <v>695</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786052648056</t>
+          <t>9786052648704</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Mesleki Açıdan Avukatın Pratik El Kitabı (Ciltli)</t>
+          <t>Verileri Hukuka Aykırı Olarak Verme veya Ele Geçirme Suçu (TCK m.136)</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>1710</v>
+        <v>360</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786052648117</t>
+          <t>9786052648711</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Nakliye Poliçelerinde Sigortacının Halefiyet Hakkı</t>
+          <t>Ulusal ve Uluslararası Mevzuat Çerçevesinde Sendika Özgürlüğü</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>400</v>
+        <v>720</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786052648292</t>
+          <t>9786052648681</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Alanında Suçlar</t>
+          <t>A Comparison of the Rights Granted By the Registered Trademarks and the Legal Remedies in the Event of a Violation of These Rights under Turkish and European Union Trademark Law</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>730</v>
+        <v>320</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786258092820</t>
+          <t>9786052648551</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Usul Hukuku</t>
+          <t>Türk Hukukunda Genel Olarak Nafaka Türleri ve Özellikle Yoksulluk Nafakası ile Nafakanın Süresiz Olması Sorunu</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>475</v>
+        <v>420</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786052648230</t>
+          <t>9786052648797</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat Pratik Kitap (Ciltli)</t>
+          <t>Tam Koruma ve Güvenlik Standardı Çerçevesinde Dijital Varlıkların Korunması</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>1980</v>
+        <v>510</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052647981</t>
+          <t>9786052648445</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Hükümlü ve Tutuklu Hakları ile Hak Kullanımı ve Beslenmeyi Engelleme Suçu</t>
+          <t>Konut ve Çatılı İşyeri Kiralarında Kiracının Kira Bedelini ve Yan Giderleri Ödeme Borcunda Temerrüdü (TBK m.315) ve İki Haklı İhtar Sebebiyle Tahliye (TBK m.352/2)</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>720</v>
+        <v>430</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786052648100</t>
+          <t>9796052648421</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku</t>
+          <t>Kişiyi Özgürlüğünden Yoksun Kılma Suçu</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>995</v>
+        <v>500</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786052648131</t>
+          <t>9786052648247</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Adalar ve Kayalıklar Rejimi ve Deniz Alanları Sınırlandırılmasına Etkileri</t>
+          <t>Mülhak Vakıflar</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>420</v>
+        <v>730</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786053006732</t>
+          <t>9786052648315</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hizmetine Girme Hakkı Bakımından Eşitlik İlkesi</t>
+          <t>Taşınmaz Malikinin Hukuka Aykırı Taşkınlıklardan Sorumluluğu</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786052648124</t>
+          <t>9786052648056</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Kovuşturmaya Yer Olmadığına Dair Karar ve Kararın Denetimi</t>
+          <t>Mesleki Açıdan Avukatın Pratik El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>320</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786052648148</t>
+          <t>9786052648117</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Vasiyetnamenin Açılması</t>
+          <t>Nakliye Poliçelerinde Sigortacının Halefiyet Hakkı</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786052648155</t>
+          <t>9786052648292</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Hukuk</t>
+          <t>Bilişim Alanında Suçlar</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>550</v>
+        <v>730</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786052647806</t>
+          <t>9786258092820</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku Pratik El Kitabı (Ciltli)</t>
+          <t>Milletlerarası Usul Hukuku</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>2100</v>
+        <v>475</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786052648094</t>
+          <t>9786052648230</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Aracılığıyla İşlenen Cinsel Taciz Suçu</t>
+          <t>Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat Pratik Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>520</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786052648162</t>
+          <t>9786052647981</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>İlaç Hukuku</t>
+          <t>Hükümlü ve Tutuklu Hakları ile Hak Kullanımı ve Beslenmeyi Engelleme Suçu</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>755</v>
+        <v>720</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786258092493</t>
+          <t>9786052648100</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Türk Patent Hukuku (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>1900</v>
+        <v>995</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786052647813</t>
+          <t>9786052648131</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Reklam Sektöründe Hukuk ve Regülasyon</t>
+          <t>Adalar ve Kayalıklar Rejimi ve Deniz Alanları Sınırlandırılmasına Etkileri</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>560</v>
+        <v>420</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786052647899</t>
+          <t>9786053006732</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarının Evrimi</t>
+          <t>Kamu Hizmetine Girme Hakkı Bakımından Eşitlik İlkesi</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>510</v>
+        <v>430</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786052647943</t>
+          <t>9786052648124</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Adli Sosyal Hizmet Kapsamında Sosyal Çalışmacının Rolü ve Mağdur Çocuklar</t>
+          <t>Ceza Muhakemesinde Kovuşturmaya Yer Olmadığına Dair Karar ve Kararın Denetimi</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786052646663</t>
+          <t>9786052648148</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Dijital Devlet Yönetişiminin Teorik ve Hukuki Temelleri</t>
+          <t>Vasiyetnamenin Açılması</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>920</v>
+        <v>370</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786052647950</t>
+          <t>9786052648155</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Kararları Işığında Ceza Yargılamasında İstinaf ve Temyiz</t>
+          <t>Yapay Zeka ve Hukuk</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>1090</v>
+        <v>550</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786052648025</t>
+          <t>9786052647806</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Türk İdari Yargılama Hukukunda Temyiz</t>
+          <t>İcra ve İflas Hukuku Pratik El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>650</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786052647639</t>
+          <t>9786052648094</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Senedin Yağması Suçu</t>
+          <t>Sosyal Medya Aracılığıyla İşlenen Cinsel Taciz Suçu</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>430</v>
+        <v>520</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786052647790</t>
+          <t>9786052648162</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Suça Sürüklenen Çocukların Soruşturma Evresi</t>
+          <t>İlaç Hukuku</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>430</v>
+        <v>755</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786052647820</t>
+          <t>9786258092493</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Arabuluculuk Anlaşma Belgesi Hukuki Mahiyeti ve Geçersizliği</t>
+          <t>Türk Patent Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>400</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786052647783</t>
+          <t>9786052647813</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Kamu Görevlilerinin Mali Sorumluluğu Bağlamında Kişisel (İdari) Kusur</t>
+          <t>Reklam Sektöründe Hukuk ve Regülasyon</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>940</v>
+        <v>560</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786052647561</t>
+          <t>9786052647899</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Zirai Kazançların Vergilendirilmesi</t>
+          <t>İnsan Haklarının Evrimi</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>400</v>
+        <v>510</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786052647738</t>
+          <t>9786052647943</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Hükmün Konusunun Belirlenmesinde Mahkemenin Yetkisi ve Ek Savunma Hakkı</t>
+          <t>Adli Sosyal Hizmet Kapsamında Sosyal Çalışmacının Rolü ve Mağdur Çocuklar</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>515</v>
+        <v>300</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786052647578</t>
+          <t>9786052646663</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Reform Söylemleri Üzerinden Devleti Okumak</t>
+          <t>Dijital Devlet Yönetişiminin Teorik ve Hukuki Temelleri</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>910</v>
+        <v>920</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786052647844</t>
+          <t>9786052647950</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinin Soruşturma Evresinin Aleniyete Karşı Korunması</t>
+          <t>Yargıtay Kararları Işığında Ceza Yargılamasında İstinaf ve Temyiz</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>560</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786052647875</t>
+          <t>9786052648025</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Türk İdari Yargılama Usulünde Bekletici Sorun</t>
+          <t>Türk İdari Yargılama Hukukunda Temyiz</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>540</v>
+        <v>650</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786052647851</t>
+          <t>9786052647639</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde İspat ve Şüphenin Sanık Lehine Yorumlanması</t>
+          <t>Senedin Yağması Suçu</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>1225</v>
+        <v>430</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786052647769</t>
+          <t>9786052647790</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Uygulayıcı ve Denetleyici Gözüyle Uyuşturucu ve Uyarıcı Madde Suçları (Ciltli)</t>
+          <t>Suça Sürüklenen Çocukların Soruşturma Evresi</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>1310</v>
+        <v>430</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786052647714</t>
+          <t>9786052647820</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Hukuku ve Büyük Veri Dijital Pazarlarda Bilgiye Erişimin Sağlanması</t>
+          <t>İş Hukukunda Arabuluculuk Anlaşma Belgesi Hukuki Mahiyeti ve Geçersizliği</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>670</v>
+        <v>400</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786052642320</t>
+          <t>9786052647783</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Bağlamında Blockchain</t>
+          <t>Kamu Görevlilerinin Mali Sorumluluğu Bağlamında Kişisel (İdari) Kusur</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>340</v>
+        <v>940</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786052647165</t>
+          <t>9786052647561</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>İfade Hürriyetinin Yatay Etkisi Bağlamında Sosyal Medya Platformlarının İdari Denetimi</t>
+          <t>Türkiye’de Zirai Kazançların Vergilendirilmesi</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786052647257</t>
+          <t>9786052647738</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargıda Miktar Artırımı</t>
+          <t>Hükmün Konusunun Belirlenmesinde Mahkemenin Yetkisi ve Ek Savunma Hakkı</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>500</v>
+        <v>515</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786052647370</t>
+          <t>9786052647578</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Kapsamında Belediye Şirketlerinde Sayıştay Denetimi</t>
+          <t>Reform Söylemleri Üzerinden Devleti Okumak</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>850</v>
+        <v>910</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786052643051</t>
+          <t>9786052647844</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler Temel Bilgiler</t>
+          <t>Ceza Muhakemesinin Soruşturma Evresinin Aleniyete Karşı Korunması</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>331</v>
+        <v>560</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786052646908</t>
+          <t>9786052647875</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukukta Hakkın Etkisizleşmesi (Ciltli)</t>
+          <t>Türk İdari Yargılama Usulünde Bekletici Sorun</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>790</v>
+        <v>540</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786052647332</t>
+          <t>9786052647851</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Spor Hukuku Mevzuatı</t>
+          <t>Ceza Muhakemesinde İspat ve Şüphenin Sanık Lehine Yorumlanması</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>650</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786052646885</t>
+          <t>9786052647769</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Uygulamada Kasten Öldürme Suçları</t>
+          <t>Uygulayıcı ve Denetleyici Gözüyle Uyuşturucu ve Uyarıcı Madde Suçları (Ciltli)</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>1175</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786258092073</t>
+          <t>9786052647714</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk Soru Bankası ve Özet Ders Notları</t>
+          <t>Rekabet Hukuku ve Büyük Veri Dijital Pazarlarda Bilgiye Erişimin Sağlanması</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>175</v>
+        <v>670</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786051469225</t>
+          <t>9786052642320</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Sınavlara Hazırlanma Rehberi Ceza Yargılaması"</t>
+          <t>Milletlerarası Özel Hukuk Bağlamında Blockchain</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>90</v>
+        <v>340</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786052644126</t>
+          <t>9786052647165</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Koruma Tedbirleri Nedeniyle Tazminat</t>
+          <t>İfade Hürriyetinin Yatay Etkisi Bağlamında Sosyal Medya Platformlarının İdari Denetimi</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786052644324</t>
+          <t>9786052647257</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Yoluyla Şeref ve Haysiyet Üzerindeki Kişilik Hakkının İhlali ve Kişiliğin Korunması</t>
+          <t>İdari Yargıda Miktar Artırımı</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786052644645</t>
+          <t>9786052647370</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Otonom Silah Sistemlerinin ve Siber Saldırıların Uluslararası İnsancıl Hukukun Temel Prensiplerine Uygunluğu</t>
+          <t>Türk Ticaret Kanunu Kapsamında Belediye Şirketlerinde Sayıştay Denetimi</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>460</v>
+        <v>850</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786052644362</t>
+          <t>9786052643051</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Hapsetmenin İdealleştirilmesinden İdolleştirilmesine: Devlet ve Hapsetme</t>
+          <t>Ceza Hukuku Genel Hükümler Temel Bilgiler</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>540</v>
+        <v>331</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786052644157</t>
+          <t>9786052646908</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>İştirak (Sermaye Katılım) Sözleşmeleri Yoluyla Anonim Ortaklıkta Pay Sahipliğinin Kazanılması</t>
+          <t>Medeni Hukukta Hakkın Etkisizleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>540</v>
+        <v>790</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786052644294</t>
+          <t>9786052647332</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Transfer Fiyatlandırmasında Emsallere Uygunluk İlkesinin Türkiye ve ABD Yargı Kararları Bağlamında Değerlendirilmesi</t>
+          <t>Spor Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>378</v>
+        <v>650</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786052644461</t>
+          <t>9786052646885</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargıda İstinaf Kanun Yolu</t>
+          <t>Teori ve Uygulamada Kasten Öldürme Suçları</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>392</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786052644195</t>
+          <t>9786258092073</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Türk İdarİ Yargılama Hukuku Dersleri Cilt-3</t>
+          <t>Arabuluculuk Soru Bankası ve Özet Ders Notları</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786052644379</t>
+          <t>9786051469225</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Bulantı Çağından Notlar (Bir Savcının Hayata Dair Notları)</t>
+          <t>Sınavlara Hazırlanma Rehberi Ceza Yargılaması"</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>680</v>
+        <v>90</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786052644799</t>
+          <t>9786052644126</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>İşyeri Devrinin Toplu İş Sözleşmelerine Etkisi</t>
+          <t>Ceza Muhakemesi Hukukunda Koruma Tedbirleri Nedeniyle Tazminat</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>740</v>
+        <v>390</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786052644393</t>
+          <t>9786052644324</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Multimodal Taşıma Operatörünün Sorumluluğu</t>
+          <t>Sosyal Medya Yoluyla Şeref ve Haysiyet Üzerindeki Kişilik Hakkının İhlali ve Kişiliğin Korunması</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>840</v>
+        <v>440</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786052644621</t>
+          <t>9786052644645</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Eşler Arasındaki Mal Rejimi Davalarında Yargıtay Uygulaması</t>
+          <t>Otonom Silah Sistemlerinin ve Siber Saldırıların Uluslararası İnsancıl Hukukun Temel Prensiplerine Uygunluğu</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>770</v>
+        <v>460</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786052644423</t>
+          <t>9786052644362</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Sağlık Hukuku Mevzuatı ve Mahkeme Kararları</t>
+          <t>Hapsetmenin İdealleştirilmesinden İdolleştirilmesine: Devlet ve Hapsetme</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>1225</v>
+        <v>540</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786052644355</t>
+          <t>9786052644157</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Gerekçeli - İçtihatlı Ceza İnfaz Mevzuatı (Ciltli)</t>
+          <t>İştirak (Sermaye Katılım) Sözleşmeleri Yoluyla Anonim Ortaklıkta Pay Sahipliğinin Kazanılması</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>1710</v>
+        <v>540</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786052644096</t>
+          <t>9786052644294</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Kira Hukuku (Ciltli)</t>
+          <t>Transfer Fiyatlandırmasında Emsallere Uygunluk İlkesinin Türkiye ve ABD Yargı Kararları Bağlamında Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>1950</v>
+        <v>378</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786052644584</t>
+          <t>9786052644461</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Yayım Sözleşmesi</t>
+          <t>İdari Yargıda İstinaf Kanun Yolu</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>390</v>
+        <v>392</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786052643969</t>
+          <t>9786052644195</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Kabahatler Hukukunda Kanunilik İlkesi</t>
+          <t>Türk İdarİ Yargılama Hukuku Dersleri Cilt-3</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786052644256</t>
+          <t>9786052644379</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Estetiği</t>
+          <t>Bulantı Çağından Notlar (Bir Savcının Hayata Dair Notları)</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>370</v>
+        <v>680</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786052644416</t>
+          <t>9786052644799</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Varoluşu Duyumsamak (Ayışığına Mektuplar)</t>
+          <t>İşyeri Devrinin Toplu İş Sözleşmelerine Etkisi</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>370</v>
+        <v>740</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786052644133</t>
+          <t>9786052644393</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Taksirle Yaralama ve Öldürme Suçları: Trafik Kazaları</t>
+          <t>Multimodal Taşıma Operatörünün Sorumluluğu</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>350</v>
+        <v>840</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786052644478</t>
+          <t>9786052644621</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Kuvvetler Ayrılığı Bağlamında Cumhurbaşkanlığı Hükümet Sisteminde Yürütmenin Konumu</t>
+          <t>Eşler Arasındaki Mal Rejimi Davalarında Yargıtay Uygulaması</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>350</v>
+        <v>770</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786052644775</t>
+          <t>9786052644423</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Polisin Kilit Taşı Din: Atina Örneği</t>
+          <t>Bütün Yönleriyle Sağlık Hukuku Mevzuatı ve Mahkeme Kararları</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>330</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786052644249</t>
+          <t>9786052644355</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Türk Yargı Sistemi Dersleri (Temel Kavramlar, Kurallar ve Kurumlar)</t>
+          <t>Gerekçeli - İçtihatlı Ceza İnfaz Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>188</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786052644386</t>
+          <t>9786052644096</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Bir Sürgünün Yarım Kalmış Şiirleri</t>
+          <t>Kira Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>280</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786052645178</t>
+          <t>9786052644584</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>FIDIC Sözleşmeleri Kapsamında Uluslararası İnşaat Sözleşmelerinde Uyuşmazlık Çözüm Yöntemleri</t>
+          <t>Yayım Sözleşmesi</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>630</v>
+        <v>390</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786052645383</t>
+          <t>9786052643969</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Vergilendirme Yetkisi</t>
+          <t>Kabahatler Hukukunda Kanunilik İlkesi</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>620</v>
+        <v>390</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786052645567</t>
+          <t>9786052644256</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Bilim, Teknoloji ve Yeniliğin Finansmanı ve Vergilendirilmesi</t>
+          <t>Medeniyet Estetiği</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>580</v>
+        <v>370</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786052645666</t>
+          <t>9786052644416</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
+          <t>Felsefi Varoluşu Duyumsamak (Ayışığına Mektuplar)</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>525</v>
+        <v>370</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786052644812</t>
+          <t>9786052644133</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku Ders Notu - Soru Bankası</t>
+          <t>Uygulamada Taksirle Yaralama ve Öldürme Suçları: Trafik Kazaları</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>515</v>
+        <v>350</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786052645307</t>
+          <t>9786052644478</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Israrlı Takip Suçu</t>
+          <t>Kuvvetler Ayrılığı Bağlamında Cumhurbaşkanlığı Hükümet Sisteminde Yürütmenin Konumu</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>520</v>
+        <v>350</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786052644850</t>
+          <t>9786052644775</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Görevi Yaptırmamak İçin Direnme Suçu</t>
+          <t>Polisin Kilit Taşı Din: Atina Örneği</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786052645246</t>
+          <t>9786052644249</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Katılım Sigortacılığında Danışma Komitesi</t>
+          <t>Türk Yargı Sistemi Dersleri (Temel Kavramlar, Kurallar ve Kurumlar)</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>500</v>
+        <v>188</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786052645147</t>
+          <t>9786052644386</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>İş Sözleşmesinin Askıya Alınması ve Hukukî Sonuçları</t>
+          <t>Bir Sürgünün Yarım Kalmış Şiirleri</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>480</v>
+        <v>280</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786052645628</t>
+          <t>9786052645178</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Vergilendirme Yetkisinin Tahsisi ve Kazancın Dağıtımı Açısından Vergi Hukukunda Değer Yaratımı</t>
+          <t>FIDIC Sözleşmeleri Kapsamında Uluslararası İnşaat Sözleşmelerinde Uyuşmazlık Çözüm Yöntemleri</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>480</v>
+        <v>630</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786052645314</t>
+          <t>9786052645383</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Vergi Yargı Sistemi</t>
+          <t>Türk Hukukunda Vergilendirme Yetkisi</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>269</v>
+        <v>620</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786052645239</t>
+          <t>9786052645567</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Başkanlık Sistemlerinde Suçlama Usulü (Impeachment)</t>
+          <t>Bilim, Teknoloji ve Yeniliğin Finansmanı ve Vergilendirilmesi</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>430</v>
+        <v>580</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786052645192</t>
+          <t>9786052645666</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>İnterdisipliner Bir Alan Olarak İnsan Hakları</t>
+          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>400</v>
+        <v>525</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786052644980</t>
+          <t>9786052644812</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Sağduyu ve Hukuk</t>
+          <t>İcra ve İflas Hukuku Ders Notu - Soru Bankası</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>325</v>
+        <v>515</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786052645369</t>
+          <t>9786052645307</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Gümrük Vergisinde Yükümlülük</t>
+          <t>Israrlı Takip Suçu</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>350</v>
+        <v>520</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786052645819</t>
+          <t>9786052644850</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Hukuku Özel Hükümler Özet Kitap (Ciltli)</t>
+          <t>Görevi Yaptırmamak İçin Direnme Suçu</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786052646243</t>
+          <t>9786052645246</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Uzay Hukukunda Navigasyon Sistemleri Alanında İş Birliği Yükümlülüğü</t>
+          <t>Katılım Sigortacılığında Danışma Komitesi</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786052646953</t>
+          <t>9786052645147</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni ve Borçlar Hukukunda Metot (Ciltli)</t>
+          <t>İş Sözleşmesinin Askıya Alınması ve Hukukî Sonuçları</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>500</v>
+        <v>480</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786052646540</t>
+          <t>9786052645628</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Yargı Harçları (1 sayılı Tarife)</t>
+          <t>Vergilendirme Yetkisinin Tahsisi ve Kazancın Dağıtımı Açısından Vergi Hukukunda Değer Yaratımı</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>313</v>
+        <v>480</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786052646359</t>
+          <t>9786052645314</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Hakları İhlalinde İnternet Sitelerine Erişimin Engellenmesi ve İçeriğin Yayından Çıkarılması</t>
+          <t>Vergi Yargı Sistemi</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>440</v>
+        <v>269</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786052647127</t>
+          <t>9786052645239</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Uluslararası Ekonomik Yaptırımlar</t>
+          <t>Başkanlık Sistemlerinde Suçlama Usulü (Impeachment)</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>325</v>
+        <v>430</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786052644409</t>
+          <t>9786052645192</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hukuku Mevzuatı ve Mahkeme Kararları</t>
+          <t>İnterdisipliner Bir Alan Olarak İnsan Hakları</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786052647042</t>
+          <t>9786052644980</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>İyi Regülasyon İlkeleri Çerçevesinde Paya Dayalı Kitle Fonlaması</t>
+          <t>Sağduyu ve Hukuk</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>650</v>
+        <v>325</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786052644304</t>
+          <t>9786052645369</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılamasında Telekomünikasyon Yoluyla Yapılan İletişimin Denetlenmesi</t>
+          <t>Gümrük Vergisinde Yükümlülük</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>388</v>
+        <v>350</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786052647110</t>
+          <t>9786052645819</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Hukuku Kapsamında Önleyici Kolluk Hizmetlerinde Verilerin Elde Edilmesi ve Korunması</t>
+          <t>Türk Borçlar Hukuku Özel Hükümler Özet Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>520</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786052646977</t>
+          <t>9786052646243</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>ABD ve Türk Hukuklarında Konut Satışlarında Aydınlatma Yükümlülüğü</t>
+          <t>Uluslararası Uzay Hukukunda Navigasyon Sistemleri Alanında İş Birliği Yükümlülüğü</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>500</v>
+        <v>370</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786052647073</t>
+          <t>9786052646953</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Hukukunda Yargılamanın Yenilenmesi</t>
+          <t>Türk Medeni ve Borçlar Hukukunda Metot (Ciltli)</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>244</v>
+        <v>500</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786052647080</t>
+          <t>9786052646540</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet Karinesi Bağlamında Tutuklama Talebinin Değerlendirilmesi</t>
+          <t>Yargı Harçları (1 sayılı Tarife)</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>340</v>
+        <v>313</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786052647066</t>
+          <t>9786052646359</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Çalışan Buluşlarının Esasları</t>
+          <t>Kişilik Hakları İhlalinde İnternet Sitelerine Erişimin Engellenmesi ve İçeriğin Yayından Çıkarılması</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786052646984</t>
+          <t>9786052647127</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Kadına Şiddet ve Hukuki Feminizm Emsal Yargı Kararları Işığında Bir İnceleme</t>
+          <t>Bankacılıkta Uluslararası Ekonomik Yaptırımlar</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>119</v>
+        <v>325</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786052645420</t>
+          <t>9786052644409</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler Pratik Çalışma Kitabı (Ciltli)</t>
+          <t>Kadın Hukuku Mevzuatı ve Mahkeme Kararları</t>
         </is>
       </c>
       <c r="C892" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786258209204</t>
+          <t>9786052647042</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Uygulamaları</t>
+          <t>İyi Regülasyon İlkeleri Çerçevesinde Paya Dayalı Kitle Fonlaması</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>370</v>
+        <v>650</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786052646489</t>
+          <t>9786052644304</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Ceza ve İş Hukuku Boyutuyla Asker Kaçağı Çalıştırma</t>
+          <t>Ceza Yargılamasında Telekomünikasyon Yoluyla Yapılan İletişimin Denetlenmesi</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>400</v>
+        <v>388</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786052646021</t>
+          <t>9786052647110</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Türk ve İslam Hukukunda Sözleşmenin İçeriğini Düzenleme Özgürlüğü ve Sınırları</t>
+          <t>Kişisel Verilerin Korunması Hukuku Kapsamında Önleyici Kolluk Hizmetlerinde Verilerin Elde Edilmesi ve Korunması</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>470</v>
+        <v>520</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786052646649</t>
+          <t>9786052646977</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Hakkı Olmayan Yere Tecavüz Suçları (TCK m.154)</t>
+          <t>ABD ve Türk Hukuklarında Konut Satışlarında Aydınlatma Yükümlülüğü</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786052646588</t>
+          <t>9786052647073</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>İradeci ve Zorunlulukçu Yaklaşımlar Ekseninde Hukukun Kaynağı</t>
+          <t>İdari Yargılama Usulü Hukukunda Yargılamanın Yenilenmesi</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>400</v>
+        <v>244</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786052646441</t>
+          <t>9786052647080</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Gıda Hukuku</t>
+          <t>Masumiyet Karinesi Bağlamında Tutuklama Talebinin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>540</v>
+        <v>340</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786052646465</t>
+          <t>9786052647066</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Bölünme Tartışmaları ve Norm Çatışmalar</t>
+          <t>Çalışan Buluşlarının Esasları</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>470</v>
+        <v>260</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786052644164</t>
+          <t>9786052646984</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Lekelenmeme Hakkı Kapsamında İnternete Erişimin Engellenmesi</t>
+          <t>Kadına Şiddet ve Hukuki Feminizm Emsal Yargı Kararları Işığında Bir İnceleme</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>430</v>
+        <v>119</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786052644485</t>
+          <t>9786052645420</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Sağlık Hizmetinin Yürütülmesinde Organizasyon Kusurundan Kaynaklanan Hukuki Sorumluluğu</t>
+          <t>Borçlar Hukuku Genel Hükümler Pratik Çalışma Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>430</v>
+        <v>800</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786052644959</t>
+          <t>9786258209204</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Hükümet Sisteminde Uygulamada Yaşanan Sorunlar ve Çözüm Önerileri</t>
+          <t>Anayasa Hukuku Uygulamaları</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>790</v>
+        <v>370</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786052645079</t>
+          <t>9786052646489</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Anti-Demokratik Sistemlerde Anayasacılık ve Meşruiyet Olgusu</t>
+          <t>Ceza ve İş Hukuku Boyutuyla Asker Kaçağı Çalıştırma</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786052644867</t>
+          <t>9786052646021</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarının Uluslararası Alanda Yargı Dışı Korunması</t>
+          <t>Türk ve İslam Hukukunda Sözleşmenin İçeriğini Düzenleme Özgürlüğü ve Sınırları</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>563</v>
+        <v>470</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786052645062</t>
+          <t>9786052646649</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Alman Medeni Kanunu Temelinde Ödeme Hizmeti Sağlayıcılarının Ödeme İşlemlerini Gerçekleştirme Yükümlülüğü</t>
+          <t>Hakkı Olmayan Yere Tecavüz Suçları (TCK m.154)</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>850</v>
+        <v>430</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786052645017</t>
+          <t>9786052646588</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>6100 Sayılı Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat</t>
+          <t>İradeci ve Zorunlulukçu Yaklaşımlar Ekseninde Hukukun Kaynağı</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786052645086</t>
+          <t>9786052646441</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Suçları</t>
+          <t>Gıda Hukuku</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>1390</v>
+        <v>540</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786052642917</t>
+          <t>9786052646465</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Öncesi Osmanlı Devleti İnfaz Hukuku</t>
+          <t>Uluslararası Hukukta Bölünme Tartışmaları ve Norm Çatışmalar</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>390</v>
+        <v>470</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786052646830</t>
+          <t>9786052644164</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>1789 Fransız İnsan ve Yurttaş Hakları Bildirisi'nde Yer Alan Ulusal Egemenlik İlkesinin 1921 ve 1924 Türk Anayasalarına Etkileri</t>
+          <t>Lekelenmeme Hakkı Kapsamında İnternete Erişimin Engellenmesi</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786052646816</t>
+          <t>9786052644485</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Gizli Koruma Tedbirleri</t>
+          <t>İdarenin Sağlık Hizmetinin Yürütülmesinde Organizasyon Kusurundan Kaynaklanan Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>580</v>
+        <v>430</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786052646809</t>
+          <t>9786052644959</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Disiplin Hukukunda İspat ve Delil</t>
+          <t>Cumhurbaşkanlığı Hükümet Sisteminde Uygulamada Yaşanan Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>660</v>
+        <v>790</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786052646700</t>
+          <t>9786052645079</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Olaycı ve Kuralcı Metotlar Işığında Anayasa Mahkemesinin Bireysel Başvuru İncelemelerindeki Ölçülülük Değerlendirmeleri</t>
+          <t>Anti-Demokratik Sistemlerde Anayasacılık ve Meşruiyet Olgusu</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>700</v>
+        <v>550</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786052646854</t>
+          <t>9786052644867</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Düzensiz Göçle Mücadelede İşbirliği</t>
+          <t>İnsan Haklarının Uluslararası Alanda Yargı Dışı Korunması</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>430</v>
+        <v>563</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786052646793</t>
+          <t>9786052645062</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Enerji Yatırım Uyuşmazlıklarında Yetki Sorunu ve Esasa Uygulanacak Hukuk</t>
+          <t>Alman Medeni Kanunu Temelinde Ödeme Hizmeti Sağlayıcılarının Ödeme İşlemlerini Gerçekleştirme Yükümlülüğü</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>900</v>
+        <v>850</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786052646786</t>
+          <t>9786052645017</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Devlet Başkanlarının Yargı Bağışıklığı ve Cezai Sorumluluğu</t>
+          <t>6100 Sayılı Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>388</v>
+        <v>650</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786052646960</t>
+          <t>9786052645086</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı İçtihatlı Koruma Tedbirleri Nedeniyle Tazminat Davaları</t>
+          <t>Sosyal Medya Suçları</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>850</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786052646892</t>
+          <t>9786052642917</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın Patent Hukuku Çerçevesinde Buluş Sahipliği</t>
+          <t>Tanzimat Dönemi Öncesi Osmanlı Devleti İnfaz Hukuku</t>
         </is>
       </c>
       <c r="C917" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786052646823</t>
+          <t>9786052646830</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Yabancıların İkameti, Kazanç Sağlayıcı Faaliyeti ve Entegrasyonu (Aufenthalt, Erwerbstatigkeit und Integration von Ausländern in Deutschland)</t>
+          <t>1789 Fransız İnsan ve Yurttaş Hakları Bildirisi'nde Yer Alan Ulusal Egemenlik İlkesinin 1921 ve 1924 Türk Anayasalarına Etkileri</t>
         </is>
       </c>
       <c r="C918" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786052646298</t>
+          <t>9786052646816</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılamasında Koruma Tedbirleri Nedeniyle Tazminat</t>
+          <t>Ceza Muhakemesi Hukukunda Gizli Koruma Tedbirleri</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>400</v>
+        <v>580</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786052646106</t>
+          <t>9786052646809</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>International Construction Contracts: An Analysis Of Their Nature, Content And Disputes With Resolution Mechanisms, Particularly From Swiss And Turkish Legal Perspective</t>
+          <t>Disiplin Hukukunda İspat ve Delil</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>360</v>
+        <v>660</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786052646434</t>
+          <t>9786052646700</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Kambiyo Senetlerinde Sebepsiz Zenginleşme</t>
+          <t>Olaycı ve Kuralcı Metotlar Işığında Anayasa Mahkemesinin Bireysel Başvuru İncelemelerindeki Ölçülülük Değerlendirmeleri</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>360</v>
+        <v>700</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786052645475</t>
+          <t>9786052646854</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Hukuka Aykırılık</t>
+          <t>Uluslararası Hukukta Düzensiz Göçle Mücadelede İşbirliği</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>540</v>
+        <v>430</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786052646687</t>
+          <t>9786052646793</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Perspektifinden Kadına Yönelmiş Şiddetle Mücadele II</t>
+          <t>Enerji Yatırım Uyuşmazlıklarında Yetki Sorunu ve Esasa Uygulanacak Hukuk</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>360</v>
+        <v>900</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786052646656</t>
+          <t>9786052646786</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Görecelilik Bağlamında Avrupa’da ve Amerika’da İnsan Haklarının Mukayesesi</t>
+          <t>Uluslararası Hukukta Devlet Başkanlarının Yargı Bağışıklığı ve Cezai Sorumluluğu</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>440</v>
+        <v>388</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786052646670</t>
+          <t>9786052646960</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekaya Elektronik Kişilik Tanınması</t>
+          <t>Açıklamalı İçtihatlı Koruma Tedbirleri Nedeniyle Tazminat Davaları</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>570</v>
+        <v>850</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786052646694</t>
+          <t>9786052646892</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Ortak Transit Rejiminde Rejim Hak Sahibinin (Asıl Sorumlunun) Mali Sorumluluğu</t>
+          <t>Yapay Zekanın Patent Hukuku Çerçevesinde Buluş Sahipliği</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786052646601</t>
+          <t>9786052646823</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Hava ve Uzay Hukuku (Air &amp; Space Law)</t>
+          <t>Almanya'da Yabancıların İkameti, Kazanç Sağlayıcı Faaliyeti ve Entegrasyonu (Aufenthalt, Erwerbstatigkeit und Integration von Ausländern in Deutschland)</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>540</v>
+        <v>500</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786052645338</t>
+          <t>9786052646298</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Vergilendirme</t>
+          <t>Ceza Yargılamasında Koruma Tedbirleri Nedeniyle Tazminat</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>515</v>
+        <v>400</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786052646380</t>
+          <t>9786052646106</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Türk Cumhuriyeti Uluslararası Final Üniversitesi VI. Uluslararası Katılımlı Sağlık Hukuku Sempozyumu</t>
+          <t>International Construction Contracts: An Analysis Of Their Nature, Content And Disputes With Resolution Mechanisms, Particularly From Swiss And Turkish Legal Perspective</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>815</v>
+        <v>360</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786052646731</t>
+          <t>9786052646434</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Tüketici İşlemlerinde Sorumsuzluk Kayıtları</t>
+          <t>Kambiyo Senetlerinde Sebepsiz Zenginleşme</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786052646779</t>
+          <t>9786052645475</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu'nda Çocukların Cinsel İstismarı Suçu</t>
+          <t>Ceza Hukukunda Hukuka Aykırılık</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>430</v>
+        <v>540</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786052646618</t>
+          <t>9786052646687</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Ceza Adaletine Özgün Sorunlar (Specific Problems of Crimınal Justice)</t>
+          <t>Ceza Hukuku Perspektifinden Kadına Yönelmiş Şiddetle Mücadele II</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>630</v>
+        <v>360</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786052646472</t>
+          <t>9786052646656</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>4857 Sayılı Kanuna Göre Fazla Çalışma ve İspatı</t>
+          <t>Kültürel Görecelilik Bağlamında Avrupa’da ve Amerika’da İnsan Haklarının Mukayesesi</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786052646748</t>
+          <t>9786052646670</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi ve Devletin Pozitif Sorumlulukları</t>
+          <t>Yapay Zekaya Elektronik Kişilik Tanınması</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>520</v>
+        <v>570</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786052646946</t>
+          <t>9786052646694</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>5237 sayılı Türk Ceza Kanunu'na Göre Kişisel Verilerin Kaydedilmesi Suçu (m. 135)</t>
+          <t>Ortak Transit Rejiminde Rejim Hak Sahibinin (Asıl Sorumlunun) Mali Sorumluluğu</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786052646922</t>
+          <t>9786052646601</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Hükümlülerin Çalıştırılması</t>
+          <t>Hava ve Uzay Hukuku (Air &amp; Space Law)</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>900</v>
+        <v>540</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786052646717</t>
+          <t>9786052645338</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Türk İdare Hukuku Açısından Yüksek Fen Kurulu</t>
+          <t>Sosyal Medya ve Vergilendirme</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>380</v>
+        <v>515</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786052646632</t>
+          <t>9786052646380</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Amerikalılar Arası İnsan Hakları Mahkemesinin Yapısı ve İşleyişi</t>
+          <t>Kuzey Kıbrıs Türk Cumhuriyeti Uluslararası Final Üniversitesi VI. Uluslararası Katılımlı Sağlık Hukuku Sempozyumu</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>520</v>
+        <v>815</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786052646250</t>
+          <t>9786052646731</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi Kararları Işığında İfade Özgürlüğü ve Dijitalleşme</t>
+          <t>Tüketici İşlemlerinde Sorumsuzluk Kayıtları</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>520</v>
+        <v>440</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786052646595</t>
+          <t>9786052646779</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>İnsansız Hava Aracı İşletilmesinden Doğan Sorumluluk ve Sorumluluğun Sigortalanması</t>
+          <t>Türk Ceza Kanunu'nda Çocukların Cinsel İstismarı Suçu</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786052646205</t>
+          <t>9786052646618</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Vergi Kolaylıkları</t>
+          <t>Ceza Adaletine Özgün Sorunlar (Specific Problems of Crimınal Justice)</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>650</v>
+        <v>630</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786052646458</t>
+          <t>9786052646472</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Mehmet Emin ARTUK’a Armağan</t>
+          <t>4857 Sayılı Kanuna Göre Fazla Çalışma ve İspatı</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>550</v>
+        <v>360</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786052646557</t>
+          <t>9786052646748</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Çağında Hukuk</t>
+          <t>Avrupa İnsan Hakları Mahkemesi ve Devletin Pozitif Sorumlulukları</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>480</v>
+        <v>520</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786052645277</t>
+          <t>9786052646946</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Yönetim Kurulu Üyelerinin Cezai Sorumlulukla BağlantılıHukuki Sorumluluğu (Ciltli)</t>
+          <t>5237 sayılı Türk Ceza Kanunu'na Göre Kişisel Verilerin Kaydedilmesi Suçu (m. 135)</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>940</v>
+        <v>360</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786052646502</t>
+          <t>9786052646922</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Bireysel İş Hukukunda Özel İstihdam Büroları</t>
+          <t>Hükümlülerin Çalıştırılması</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>360</v>
+        <v>900</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786052646526</t>
+          <t>9786052646717</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Yargılaması Hukukunda Tanık Beyanı</t>
+          <t>Türk İdare Hukuku Açısından Yüksek Fen Kurulu</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>231</v>
+        <v>380</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786052646533</t>
+          <t>9786052646632</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İşgal Hukuku Temelinde Filistin'de İsrail İşgal İdaresi</t>
+          <t>Amerikalılar Arası İnsan Hakları Mahkemesinin Yapısı ve İşleyişi</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>470</v>
+        <v>520</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786052646519</t>
+          <t>9786052646250</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>İnsancıl Hukukun Temel İlkeleri Bağlamında Yasaklanan Silahlar</t>
+          <t>Avrupa İnsan Hakları Mahkemesi Kararları Işığında İfade Özgürlüğü ve Dijitalleşme</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>430</v>
+        <v>520</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786052646328</t>
+          <t>9786052646595</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Mülkiyet Hakkı Bağlamında Devletin Pozitif Yükümlülükleri</t>
+          <t>İnsansız Hava Aracı İşletilmesinden Doğan Sorumluluk ve Sorumluluğun Sigortalanması</t>
         </is>
       </c>
       <c r="C949" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786052646403</t>
+          <t>9786052646205</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharı Sonrası Anayasacılık</t>
+          <t>Vergi Kolaylıkları</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>900</v>
+        <v>650</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786052646311</t>
+          <t>9786052646458</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Hükümet Sistemleri Politiği (Türkiye ve Rusya Örneğinde Karşılaştırmalı Bir Analiz)</t>
+          <t>Prof. Dr. Mehmet Emin ARTUK’a Armağan</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>740</v>
+        <v>550</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786052646410</t>
+          <t>9786052646557</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Haksız Rekabet Hukukunda Geçici Hukuki Korumalar</t>
+          <t>Bilişim Çağında Hukuk</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>460</v>
+        <v>480</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786052646267</t>
+          <t>9786052645277</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Basketbol Hukuku</t>
+          <t>Anonim Şirket Yönetim Kurulu Üyelerinin Cezai Sorumlulukla BağlantılıHukuki Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>400</v>
+        <v>940</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786052646199</t>
+          <t>9786052646502</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Barışçıl Toplanma Özgürlüğüne Getirilen Sınırlamalarda AİHM Denetimi</t>
+          <t>Bireysel İş Hukukunda Özel İstihdam Büroları</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>370</v>
+        <v>360</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786052646144</t>
+          <t>9786052646526</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Kambiyo Senetlerinin Kripto Varlıklarla Blockchain Altyapısında Tedavüle Çıkması</t>
+          <t>Türk Vergi Yargılaması Hukukunda Tanık Beyanı</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>400</v>
+        <v>231</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786052646076</t>
+          <t>9786052646533</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verileri Hukuka Aykırı Olarak Verme veya Ele Geçirme Suçu</t>
+          <t>Uluslararası İşgal Hukuku Temelinde Filistin'de İsrail İşgal İdaresi</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>360</v>
+        <v>470</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786052646229</t>
+          <t>9786052646519</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>İcra Hukukunda Ölçülülük İlkesi</t>
+          <t>İnsancıl Hukukun Temel İlkeleri Bağlamında Yasaklanan Silahlar</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>700</v>
+        <v>430</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786052646113</t>
+          <t>9786052646328</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Criminal Threats to Maritime Security</t>
+          <t>Mülkiyet Hakkı Bağlamında Devletin Pozitif Yükümlülükleri</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786052646014</t>
+          <t>9786052646403</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Deniz Yolu ile Konteyner Taşımacılığında Demuraj ve Hukuki Sorunlar</t>
+          <t>Arap Baharı Sonrası Anayasacılık</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>680</v>
+        <v>900</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786052646069</t>
+          <t>9786052646311</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Osmanlı Ceza Hukukunda Şahsa Karşı İşlenen Suçlar</t>
+          <t>Hükümet Sistemleri Politiği (Türkiye ve Rusya Örneğinde Karşılaştırmalı Bir Analiz)</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>400</v>
+        <v>740</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786052646120</t>
+          <t>9786052646410</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Belirti</t>
+          <t>Haksız Rekabet Hukukunda Geçici Hukuki Korumalar</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>590</v>
+        <v>460</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786052646090</t>
+          <t>9786052646267</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Konaklama Vergisi Teori ve Mevzuatı</t>
+          <t>Basketbol Hukuku</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786052645598</t>
+          <t>9786052646199</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Ulusal ve Uluslararası Boyutlarıyla Sınırlar</t>
+          <t>Barışçıl Toplanma Özgürlüğüne Getirilen Sınırlamalarda AİHM Denetimi</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>580</v>
+        <v>370</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786052646052</t>
+          <t>9786052646144</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>İslam - Osmanlı Tüketici Hukuku</t>
+          <t>Kambiyo Senetlerinin Kripto Varlıklarla Blockchain Altyapısında Tedavüle Çıkması</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>850</v>
+        <v>400</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786052645888</t>
+          <t>9786052646076</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları (Kavramsal ve Kuramsal Çerçeve)</t>
+          <t>Kişisel Verileri Hukuka Aykırı Olarak Verme veya Ele Geçirme Suçu</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>315</v>
+        <v>360</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786052645482</t>
+          <t>9786052646229</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Kişiler Hukuku</t>
+          <t>İcra Hukukunda Ölçülülük İlkesi</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>470</v>
+        <v>700</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786052646038</t>
+          <t>9786052646113</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Türk İnfaz Hukukunda Disiplin Cezaları ve Tedbirleri</t>
+          <t>Criminal Threats to Maritime Security</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>470</v>
+        <v>370</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786052646007</t>
+          <t>9786052646014</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Kalıcı Çözüm Türlerinden Gönüllü Geri Dönüş</t>
+          <t>Deniz Yolu ile Konteyner Taşımacılığında Demuraj ve Hukuki Sorunlar</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>400</v>
+        <v>680</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786052645871</t>
+          <t>9786052646069</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukuku Özel Hükümler (Ciltli)</t>
+          <t>Tanzimat Dönemi Osmanlı Ceza Hukukunda Şahsa Karşı İşlenen Suçlar</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>965</v>
+        <v>400</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786052645611</t>
+          <t>9786052646120</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Unsurlu Vasiyetnamelere Uygulanacak Hukuk ve Türkiye’deki Sonuçları</t>
+          <t>Ceza Muhakemesinde Belirti</t>
         </is>
       </c>
       <c r="C970" s="1">
         <v>590</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786052645703</t>
+          <t>9786052646090</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Trump Dönemi ABD Politikaları ve Biden Döneminden Beklentiler</t>
+          <t>Konaklama Vergisi Teori ve Mevzuatı</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>220</v>
+        <v>430</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786052645710</t>
+          <t>9786052645598</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukukta Anayasal Bir Hak Olarak Kişisel Verilerin Korunması Hakkı</t>
+          <t>Ulusal ve Uluslararası Boyutlarıyla Sınırlar</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>540</v>
+        <v>580</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786052645765</t>
+          <t>9786052646052</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Vergisel Arama ve Hukuki Sonuçları</t>
+          <t>İslam - Osmanlı Tüketici Hukuku</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>540</v>
+        <v>850</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786052645581</t>
+          <t>9786052645888</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Sosyal Ağ Sağlayıcıların Denetimi</t>
+          <t>İnsan Hakları (Kavramsal ve Kuramsal Çerçeve)</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>470</v>
+        <v>315</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786052645260</t>
+          <t>9786052645482</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Kamu Düzeni Açısından Yapay Zeka</t>
+          <t>Kişiler Hukuku</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>440</v>
+        <v>470</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786052645253</t>
+          <t>9786052646038</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Kamu Düzeninin Unsuru Olarak Genel Sağlığın Korunması</t>
+          <t>Türk İnfaz Hukukunda Disiplin Cezaları ve Tedbirleri</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>660</v>
+        <v>470</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786052644027</t>
+          <t>9786052646007</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Ortamda Haksız Rekabet</t>
+          <t>Kalıcı Çözüm Türlerinden Gönüllü Geri Dönüş</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786052645864</t>
+          <t>9786052645871</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Suç Delillerini Yok Etme, Gizleme veya Değiştirme Suçu ile Belge İbraz Etmeme Suçları Arasındaki İlişki</t>
+          <t>Türk Ceza Hukuku Özel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>370</v>
+        <v>965</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786052645321</t>
+          <t>9786052645611</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Susma Hakkı</t>
+          <t>Yabancı Unsurlu Vasiyetnamelere Uygulanacak Hukuk ve Türkiye’deki Sonuçları</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>470</v>
+        <v>590</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786052645789</t>
+          <t>9786052645703</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Birleşmiş Milletler Örgütünün Uluslararası Yönetim Faaliyeti</t>
+          <t>Trump Dönemi ABD Politikaları ve Biden Döneminden Beklentiler</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>810</v>
+        <v>220</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786052643860</t>
+          <t>9786052645710</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Mali Egemenlik Boyutuyla Blokzincir Teknolojisi</t>
+          <t>Karşılaştırmalı Hukukta Anayasal Bir Hak Olarak Kişisel Verilerin Korunması Hakkı</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>520</v>
+        <v>540</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786052643549</t>
+          <t>9786052645765</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>İktisadi ve Hukuki Yönleri ile Transfer Fiyatlandırması (Ciltli)</t>
+          <t>Türk Vergi Hukukunda Vergisel Arama ve Hukuki Sonuçları</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>730</v>
+        <v>540</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786052645697</t>
+          <t>9786052645581</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Hukukuna Giriş</t>
+          <t>Türk Hukukunda Sosyal Ağ Sağlayıcıların Denetimi</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>500</v>
+        <v>470</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786052645796</t>
+          <t>9786052645260</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Metaverse Hukuku</t>
+          <t>Kamu Düzeni Açısından Yapay Zeka</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>430</v>
+        <v>440</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786052645536</t>
+          <t>9786052645253</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>İslam Osmanlı Hukukunda Hakimlerin Uyması Gereken Etik İlkeler</t>
+          <t>Kamu Düzeninin Unsuru Olarak Genel Sağlığın Korunması</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>365</v>
+        <v>660</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786052645727</t>
+          <t>9786052644027</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı Kararlarının Gerekçelendirilmesi</t>
+          <t>Elektronik Ortamda Haksız Rekabet</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>313</v>
+        <v>390</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786052645406</t>
+          <t>9786052645864</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Siber Uzayda Hasmane “Davranış” ve “Niyetin” Belirlenmesi</t>
+          <t>Suç Delillerini Yok Etme, Gizleme veya Değiştirme Suçu ile Belge İbraz Etmeme Suçları Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786052645772</t>
+          <t>9786052645321</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Rızaya Dayalı Askerî Müdahalelerin Genel Esasları</t>
+          <t>Ceza Muhakemesi Hukukunda Susma Hakkı</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>550</v>
+        <v>470</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786052644577</t>
+          <t>9786052645789</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Davalarında Hüküm Kurma Esasları ve Gerekçe</t>
+          <t>Birleşmiş Milletler Örgütünün Uluslararası Yönetim Faaliyeti</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>2200</v>
+        <v>810</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786052640685</t>
+          <t>9786052643860</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı Organları Arasındaki Görev Sorunları</t>
+          <t>Mali Egemenlik Boyutuyla Blokzincir Teknolojisi</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>365</v>
+        <v>520</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786052645857</t>
+          <t>9786052643549</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Hukuk-Ahlak İlişkisi Bağlamında İslam ve Türk Hukukunda Ticari Ahlak İlke ve Kuralları</t>
+          <t>İktisadi ve Hukuki Yönleri ile Transfer Fiyatlandırması (Ciltli)</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>400</v>
+        <v>730</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786052645734</t>
+          <t>9786052645697</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>İşçi Lehine Hüküm İlkesi</t>
+          <t>İnsan Hakları Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>580</v>
+        <v>500</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786052642122</t>
+          <t>9786052645796</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İnsan Hakları Hukukunun Dünyadaki İz Düşümü</t>
+          <t>Metaverse Hukuku</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>470</v>
+        <v>430</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786052645437</t>
+          <t>9786052645536</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Mecellenin Külli Kaideler Şerhi Tafsil Süleyman Hasbi Efendi</t>
+          <t>İslam Osmanlı Hukukunda Hakimlerin Uyması Gereken Etik İlkeler</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>500</v>
+        <v>365</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786052644928</t>
+          <t>9786052645727</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Zorlayıcı Sebeplerin İş İlişkisine Etkisi (Ciltli)</t>
+          <t>İdari Yargı Kararlarının Gerekçelendirilmesi</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>1240</v>
+        <v>313</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786052645505</t>
+          <t>9786052645406</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Osmanlı Hukukunda Kefalet</t>
+          <t>Siber Uzayda Hasmane “Davranış” ve “Niyetin” Belirlenmesi</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>565</v>
+        <v>400</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786052645451</t>
+          <t>9786052645772</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Emsal Kira Bedeli Esası</t>
+          <t>Uluslararası Hukukta Rızaya Dayalı Askerî Müdahalelerin Genel Esasları</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>430</v>
+        <v>550</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786052645512</t>
+          <t>9786052644577</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Kullanmak İçin Uyuşturucu veya Uyarıcı Madde Satın Almak, Kabul Etmek veya Bulundurmak ya da Uyuşturucu veya Uyarıcı Madde Kullanmak Suçu(TCK m. 191, TCK m. 192)</t>
+          <t>Hukuk Davalarında Hüküm Kurma Esasları ve Gerekçe</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>620</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786052645574</t>
+          <t>9786052640685</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Toplu İş Sözleşmesinin Zaman Bakımından Uygulanması</t>
+          <t>İdari Yargı Organları Arasındaki Görev Sorunları</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>580</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786052644454</t>
+          <t>9786052645857</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İrtifak Hakları</t>
+          <t>Hukuk-Ahlak İlişkisi Bağlamında İslam ve Türk Hukukunda Ticari Ahlak İlke ve Kuralları</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>630</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786052645444</t>
+          <t>9786052645734</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanununda Koruma Amacıyla Özgürlüğün Kısıtlanması</t>
+          <t>İşçi Lehine Hüküm İlkesi</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>400</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786052645499</t>
+          <t>9786052642122</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Hukukunda Olağan Kanun Yollarına Başvurunun Sınırlanması</t>
+          <t>Uluslararası İnsan Hakları Hukukunun Dünyadaki İz Düşümü</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>331</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786052644874</t>
+          <t>9786052645437</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Birleşik Krallıkta Yetki Devri</t>
+          <t>Mecellenin Külli Kaideler Şerhi Tafsil Süleyman Hasbi Efendi</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786052645284</t>
+          <t>9786052644928</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Merkezi ve Yerinden Yönetimlerin Deprem Afeti Riskine Karşı Yapı Denetim ve Kentsel Dönüşümdeki Yükümlülükleri</t>
+          <t>Zorlayıcı Sebeplerin İş İlişkisine Etkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>430</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786052645185</t>
+          <t>9786052645505</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk ve Avrupa Birliği Mevzuatı Çerçevesinde Türkiye’de Suriyeli Sığınmacıların Çalışma Hakkı: İzmir Örneği</t>
+          <t>Klasik Dönem Osmanlı Hukukunda Kefalet</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>630</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786052645345</t>
+          <t>9786052645451</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Akıl Hastalıklarının Hukukta Sorumluluk Kavramı Açısından Doğurduğu Sınır Problemleri</t>
+          <t>Vergi Hukukunda Emsal Kira Bedeli Esası</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786052645031</t>
+          <t>9786052645512</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>4054 Sayılı Rekabetin Korunması Hakkında Kanun’un Özel Hukuk Bakımından Sonuçları: Tazminat ve Geçersizlik (7246 Sayılı Kanun Değişikliklerinin Özel Hukuk Bakımından Sonuçlara Etkisi)</t>
+          <t>Kullanmak İçin Uyuşturucu veya Uyarıcı Madde Satın Almak, Kabul Etmek veya Bulundurmak ya da Uyuşturucu veya Uyarıcı Madde Kullanmak Suçu(TCK m. 191, TCK m. 192)</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>370</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786052645208</t>
+          <t>9786052645574</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Tacirin Tüketici Sıfatını Kazandığı Haller ve Tüketici Lehine Öngörülen Düzenlemeler</t>
+          <t>Toplu İş Sözleşmesinin Zaman Bakımından Uygulanması</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>500</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786052645413</t>
+          <t>9786052644454</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Güncel Mevzuat ve Yargı Kararları IşığındaKötü Tıbbi Uygulamaya Bağlı Hekim Mesleki Sorumluluk Sigortası</t>
+          <t>İslam Hukukunda İrtifak Hakları</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>331</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786052645000</t>
+          <t>9786052645444</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Oy Hakkının Azami Oy Şartı (Höchststımmklausel) ile Sınırlanması</t>
+          <t>Türk Medeni Kanununda Koruma Amacıyla Özgürlüğün Kısıtlanması</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786052645123</t>
+          <t>9786052645499</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Basit Tıbbi Müdahale ile Giderilebilir Yaralama Sonucu Ölüm</t>
+          <t>İdari Yargılama Hukukunda Olağan Kanun Yollarına Başvurunun Sınırlanması</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>350</v>
+        <v>331</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786052645215</t>
+          <t>9786052644874</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukukta Siyasal İktidarı Sınırlama Mekanizmaları ve Türkiye Örneği</t>
+          <t>Birleşik Krallıkta Yetki Devri</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>720</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786052645291</t>
+          <t>9786052645284</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Belge Delili</t>
+          <t>Merkezi ve Yerinden Yönetimlerin Deprem Afeti Riskine Karşı Yapı Denetim ve Kentsel Dönüşümdeki Yükümlülükleri</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>660</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786052645161</t>
+          <t>9786052645185</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Grev ve Lokavta Yargısal Müdahale ve Kanun Dışlığının Tespiti Davası</t>
+          <t>Uluslararası Hukuk ve Avrupa Birliği Mevzuatı Çerçevesinde Türkiye’de Suriyeli Sığınmacıların Çalışma Hakkı: İzmir Örneği</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>413</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786052644706</t>
+          <t>9786052645345</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Zorunlu Aşı Uygulamasının Velayet Kapsamında Değerlendirilmesi</t>
+          <t>Akıl Hastalıklarının Hukukta Sorumluluk Kavramı Açısından Doğurduğu Sınır Problemleri</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786052644690</t>
+          <t>9786052645031</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kamu Özel İşbirliklerinin Hukuki Çerçevesi</t>
+          <t>4054 Sayılı Rekabetin Korunması Hakkında Kanun’un Özel Hukuk Bakımından Sonuçları: Tazminat ve Geçersizlik (7246 Sayılı Kanun Değişikliklerinin Özel Hukuk Bakımından Sonuçlara Etkisi)</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>430</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786052645048</t>
+          <t>9786052645208</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Üç Boyutlu Baskı Teknolojilerinin Fikri Mülkiyet Hukukuna Etkileri</t>
+          <t>Tacirin Tüketici Sıfatını Kazandığı Haller ve Tüketici Lehine Öngörülen Düzenlemeler</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>960</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786052644713</t>
+          <t>9786052645413</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuka Göre Sivil Havacılığın Güvenliğine Karşı Hukuka Aykırı Eylemlerde Devletin Cezai Yetkisi</t>
+          <t>Güncel Mevzuat ve Yargı Kararları IşığındaKötü Tıbbi Uygulamaya Bağlı Hekim Mesleki Sorumluluk Sigortası</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>430</v>
+        <v>331</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786052644966</t>
+          <t>9786052645000</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunları ve İlgili Mevzuat (2023)</t>
+          <t>Anonim Şirketlerde Oy Hakkının Azami Oy Şartı (Höchststımmklausel) ile Sınırlanması</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>75</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786052645024</t>
+          <t>9786052645123</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı Mevzuatı (2023)</t>
+          <t>Basit Tıbbi Müdahale ile Giderilebilir Yaralama Sonucu Ölüm</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>58</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786052645093</t>
+          <t>9786052645215</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Şemalarla Bireysel İş Hukuku</t>
+          <t>Karşılaştırmalı Hukukta Siyasal İktidarı Sınırlama Mekanizmaları ve Türkiye Örneği</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>180</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786052644898</t>
+          <t>9786052645291</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Özerkliği</t>
+          <t>Ceza Muhakemesinde Belge Delili</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>1070</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786052644768</t>
+          <t>9786052645161</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukuku</t>
+          <t>Grev ve Lokavta Yargısal Müdahale ve Kanun Dışlığının Tespiti Davası</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>310</v>
+        <v>413</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786052644911</t>
+          <t>9786052644706</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Hukuku</t>
+          <t>Zorunlu Aşı Uygulamasının Velayet Kapsamında Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786052644171</t>
+          <t>9786052644690</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Yargı Etiği Dersleri</t>
+          <t>Türkiye'de Kamu Özel İşbirliklerinin Hukuki Çerçevesi</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>188</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786052644782</t>
+          <t>9786052645048</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Çevre Hakkı ve Anayasa Mahkemesi’nin Bireysel Başvuru Kararlarında Bu Hakkın İncelenmesi</t>
+          <t>Üç Boyutlu Baskı Teknolojilerinin Fikri Mülkiyet Hukukuna Etkileri</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>430</v>
+        <v>960</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786052644942</t>
+          <t>9786052644713</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ceza Hukukunda Hakaret Suçu</t>
+          <t>Uluslararası Hukuka Göre Sivil Havacılığın Güvenliğine Karşı Hukuka Aykırı Eylemlerde Devletin Cezai Yetkisi</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786052644843</t>
+          <t>9786052644966</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Türk Devlet Aklı ve Derin Hafızası Milli Egemenlik</t>
+          <t>İş Kanunları ve İlgili Mevzuat (2023)</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>460</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786052644607</t>
+          <t>9786052645024</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Türk İdare Hukuku Dersleri Cilt 1</t>
+          <t>İdari Yargı Mevzuatı (2023)</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>460</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786052644232</t>
+          <t>9786052645093</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>5607 Sayılı Kaçakçılıkla Mücadele Kanunu'nda Düzenlenen Kaçakçılık Suçları, Nitelikli Haller ve Etkin Pişmanlık (Ciltli)</t>
+          <t>Şemalarla Bireysel İş Hukuku</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>630</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786052644614</t>
+          <t>9786052644898</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>İnternet Hukukunda Çocuğun Korunması ve Mahremiyeti</t>
+          <t>Üniversite Özerkliği</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>500</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786052642139</t>
+          <t>9786052644768</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Marka Vekilliği Sınavına Hazırlık</t>
+          <t>Kıymetli Evrak Hukuku</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>1015</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786052643044</t>
+          <t>9786052644911</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Deprem Hukuku</t>
+          <t>İnsan Hakları Hukuku</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>910</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786052644683</t>
+          <t>9786052644171</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku</t>
+          <t>Yargı Etiği Dersleri</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>690</v>
+        <v>188</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786053007692</t>
+          <t>9786052644782</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Uzlaştırma Eğitimi Soru Bankası</t>
+          <t>Çevre Hakkı ve Anayasa Mahkemesi’nin Bireysel Başvuru Kararlarında Bu Hakkın İncelenmesi</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>95</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786052642191</t>
+          <t>9786052644942</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukukunun Esasları (Ciltli)</t>
+          <t>Osmanlı Ceza Hukukunda Hakaret Suçu</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>765</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786052642702</t>
+          <t>9786052644843</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Limited Şirketler Hukuku</t>
+          <t>Türk Devlet Aklı ve Derin Hafızası Milli Egemenlik</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>760</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786052642368</t>
+          <t>9786052644607</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Yargılama Usulüne İlişkin Temel Kanunlar ve İlgili Mevzuat (Ciltli)</t>
+          <t>Türk İdare Hukuku Dersleri Cilt 1</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>1229</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786052642580</t>
+          <t>9786052644232</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası Ceza ve Yargılama Hukukuna İlişkin Temel Kanunlar ve Askeri Mevzuatı (Ciltli)</t>
+          <t>5607 Sayılı Kaçakçılıkla Mücadele Kanunu'nda Düzenlenen Kaçakçılık Suçları, Nitelikli Haller ve Etkin Pişmanlık (Ciltli)</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>1229</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786052642818</t>
+          <t>9786052644614</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Bağlamında Verileri Yok Etmeme Suçu</t>
+          <t>İnternet Hukukunda Çocuğun Korunması ve Mahremiyeti</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786052642528</t>
+          <t>9786052642139</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı - İçtihatlı Emlak Vergisi Kanunu</t>
+          <t>Marka Vekilliği Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>1400</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786052642504</t>
+          <t>9786052643044</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Belediye Gelirleri (2464 sayılı Belediye Gelirleri Kanunu Çerçevesinde)</t>
+          <t>Deprem Hukuku</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>1115</v>
+        <v>910</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786052642405</t>
+          <t>9786052644683</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Uygulamasında - Edinilmiş Mallara Katılma Rejimi (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>1256</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786052642696</t>
+          <t>9786053007692</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Açısından Sosyal Güvenlik Kurumu ve Yargısal Denetimi</t>
+          <t>Ceza Muhakemesinde Uzlaştırma Eğitimi Soru Bankası</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>365</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786052642825</t>
+          <t>9786052642191</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Çifte Vergilendirmeyi Önleme Anlaşmalarında Karşılıklı Anlaşma Usulü</t>
+          <t>Kıymetli Evrak Hukukunun Esasları (Ciltli)</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>910</v>
+        <v>765</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786052642658</t>
+          <t>9786052642702</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde İspat ve Şüphenin Sanık Lehine Yorumlanması</t>
+          <t>Limited Şirketler Hukuku</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>1000</v>
+        <v>760</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786052642689</t>
+          <t>9786052642368</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Ceza İnfaz Kurumlarında Sağlık Hakkı, Sağlık Hizmetlerine Erişim ve İdarenin Hukuki Sorumluluğu</t>
+          <t>Hukuk ve Yargılama Usulüne İlişkin Temel Kanunlar ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>290</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786052642634</t>
+          <t>9786052642580</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Özelinde Fiili Yönetim Organı (Ciltli)</t>
+          <t>T.C. Anayasası Ceza ve Yargılama Hukukuna İlişkin Temel Kanunlar ve Askeri Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>900</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786052642795</t>
+          <t>9786052642818</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>5607 Sayılı Kaçakçılıkla Mücadele Kanunu</t>
+          <t>Kişisel Verilerin Korunması Bağlamında Verileri Yok Etmeme Suçu</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>1340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786052643471</t>
+          <t>9786052642528</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Davalarında Yargılama Giderleri (Ciltli)</t>
+          <t>Açıklamalı - İçtihatlı Emlak Vergisi Kanunu</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>1256</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786052643358</t>
+          <t>9786052642504</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>926 Sayılı Türk Silahlı Kuvvetleri Personel Kanunu ve İlgili Mevzuat (2 Cilt)</t>
+          <t>Belediye Gelirleri (2464 sayılı Belediye Gelirleri Kanunu Çerçevesinde)</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>1465</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786052643068</t>
+          <t>9786052642405</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Stepler, Dinyeper ve Barut: Rusya - Ukrayna Savaşı'nın Uluslararası Hukuk Veçhesi</t>
+          <t>Yargıtay Uygulamasında - Edinilmiş Mallara Katılma Rejimi (Ciltli)</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>1230</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786052643013</t>
+          <t>9786052642696</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Ceza Koşulu (Cezai Şart) ve Benzer Kurumlar</t>
+          <t>İdare Hukuku Açısından Sosyal Güvenlik Kurumu ve Yargısal Denetimi</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>915</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786052642870</t>
+          <t>9786052642825</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Mağduriyetin Önlenmesine ve Giderilmesine Yönelik Viktimolojik ve Hukuki Yaklaşımlar</t>
+          <t>Çifte Vergilendirmeyi Önleme Anlaşmalarında Karşılıklı Anlaşma Usulü</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>440</v>
+        <v>910</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786052642511</t>
+          <t>9786052642658</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Vergi Uyuşmazlıkları ve Çözüm Yolları (Ciltli)</t>
+          <t>Ceza Muhakemesinde İspat ve Şüphenin Sanık Lehine Yorumlanması</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>960</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786052642948</t>
+          <t>9786052642689</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Yasal Mal Rejiminde Eşin Katılma Alacağını Azaltmak Kastıyla Yapılan Devirler</t>
+          <t>Ceza İnfaz Kurumlarında Sağlık Hakkı, Sağlık Hizmetlerine Erişim ve İdarenin Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786051467832</t>
+          <t>9786052642634</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Anayasal İlkeler Karşısında Vergi Kabahat ve Yaptırımları</t>
+          <t>Anonim Şirket Özelinde Fiili Yönetim Organı (Ciltli)</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>238</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786055980900</t>
+          <t>9786052642795</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Siber Suçların Cezalandırılması ve Türkiye’de Durum</t>
+          <t>5607 Sayılı Kaçakçılıkla Mücadele Kanunu</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>150</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786055412364</t>
+          <t>9786052643471</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Uyuşturucu veya Uyarıcı Madde İmal ve Ticareti Suçları</t>
+          <t>Hukuk Davalarında Yargılama Giderleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>150</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786054378340</t>
+          <t>9786052643358</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Finansal Araçların Muhasebeleştirilmesi</t>
+          <t>926 Sayılı Türk Silahlı Kuvvetleri Personel Kanunu ve İlgili Mevzuat (2 Cilt)</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>150</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786052642887</t>
+          <t>9786052643068</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Suçtan Kaynaklanan Malvarlığı Değerlerini Aklama Suçu (Ciltli)</t>
+          <t>Stepler, Dinyeper ve Barut: Rusya - Ukrayna Savaşı'nın Uluslararası Hukuk Veçhesi</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>900</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786052643334</t>
+          <t>9786052643013</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Değişikliklerinin Esas Bakımından Denetimi</t>
+          <t>Uygulamada Ceza Koşulu (Cezai Şart) ve Benzer Kurumlar</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>580</v>
+        <v>915</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786052643327</t>
+          <t>9786052642870</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Yürütme ve İdarenin Kanuniliği İlkesi</t>
+          <t>Mağduriyetin Önlenmesine ve Giderilmesine Yönelik Viktimolojik ve Hukuki Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>570</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786052643259</t>
+          <t>9786052642511</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Ceza Hukuku Mevzuatı</t>
+          <t>Vergi Uyuşmazlıkları ve Çözüm Yolları (Ciltli)</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>475</v>
+        <v>960</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786052643303</t>
+          <t>9786052642948</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Kriz Zamanlarında İnsan Hakları: Avrupa İnsan Hakları Sözleşmesi 15.Madde Kapsamında Derogasyon Rejimi</t>
+          <t>Yasal Mal Rejiminde Eşin Katılma Alacağını Azaltmak Kastıyla Yapılan Devirler</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786052642955</t>
+          <t>9786051467832</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Afet Yönetimi ve İdarenin Sorumluluğu</t>
+          <t>Anayasal İlkeler Karşısında Vergi Kabahat ve Yaptırımları</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>440</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786052643129</t>
+          <t>9786055980900</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliğinde İyi Yönetişim ve İyi İdare Hakkı</t>
+          <t>Siber Suçların Cezalandırılması ve Türkiye’de Durum</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786052643280</t>
+          <t>9786055412364</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Fikri Mülkiyet Hukukunda Eser Sahibinin Mali Hakları ve Mali Hakların İhlalinde Açılabilecek Davalar</t>
+          <t>Türk Ceza Hukukunda Uyuşturucu veya Uyarıcı Madde İmal ve Ticareti Suçları</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>410</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786052643266</t>
+          <t>9786054378340</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarının Evrenselliğine Kültürel Görecilik İtirazı ve Tartışmayı Uzlaştırma Çabaları</t>
+          <t>Finansal Araçların Muhasebeleştirilmesi</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786052643204</t>
+          <t>9786052642887</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Ne Bıs In Idem Kuralı - Türk Vergi Ceza Hukukunun Açısından İncelenmesi</t>
+          <t>Suçtan Kaynaklanan Malvarlığı Değerlerini Aklama Suçu (Ciltli)</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>390</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786052643297</t>
+          <t>9786052643334</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>COVID 19 Pandemisinin Sektörler, İstihdam ve Çalışma Hayatı Üzerine Etkileri</t>
+          <t>Anayasa Değişikliklerinin Esas Bakımından Denetimi</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>350</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786052642931</t>
+          <t>9786052643327</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Teşkilatı ve İdarenin Bütünlüğü İlkesi: Cumhurbaşkanlığı Ofisleri Üzerinden Bir Değerlendirme</t>
+          <t>Türk Hukukunda Yürütme ve İdarenin Kanuniliği İlkesi</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>330</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786052643310</t>
+          <t>9786052643259</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Gerçek Kişilerin Türkiye'de Taşınmaz Edinimleri</t>
+          <t>Çalışma Ceza Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786052643150</t>
+          <t>9786052643303</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Salgın Hastalık (Pandemi) Döneminde Alınan İdari Tedbirlerden Dolayı İdarenin Sorumluluğu</t>
+          <t>Kriz Zamanlarında İnsan Hakları: Avrupa İnsan Hakları Sözleşmesi 15.Madde Kapsamında Derogasyon Rejimi</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>290</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786052643136</t>
+          <t>9786052642955</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde - Basit Yargılama Usulü</t>
+          <t>Türkiye'de Afet Yönetimi ve İdarenin Sorumluluğu</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>122</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786052643617</t>
+          <t>9786052643129</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>AİHS ve Anayasa Hukuku Bağlamında - Vergide Adalet İlkesi</t>
+          <t>Avrupa Birliğinde İyi Yönetişim ve İyi İdare Hakkı</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>370</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786052643624</t>
+          <t>9786052643280</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararlarından Hareketle Yayın Etiği İhlalleri</t>
+          <t>Fikri Mülkiyet Hukukunda Eser Sahibinin Mali Hakları ve Mali Hakların İhlalinde Açılabilecek Davalar</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>189</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786052643563</t>
+          <t>9786052643266</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Soruşturmaya Yer Olmadığı Kararı</t>
+          <t>İnsan Haklarının Evrenselliğine Kültürel Görecilik İtirazı ve Tartışmayı Uzlaştırma Çabaları</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786052643389</t>
+          <t>9786052643204</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Mükellef Davranışları ve Caydırıcılık Ekseninde Vergi Suçları Kabahatleri ve Yaptırımlarının Değerlendirilmesi</t>
+          <t>Ne Bıs In Idem Kuralı - Türk Vergi Ceza Hukukunun Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786258153903</t>
+          <t>9786052643297</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Edinilmiş Mallara Katılma Rejiminin Sona Ermesi ve Tasfiye</t>
+          <t>COVID 19 Pandemisinin Sektörler, İstihdam ve Çalışma Hayatı Üzerine Etkileri</t>
         </is>
       </c>
       <c r="C1080" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786052642900</t>
+          <t>9786052642931</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Defterlere İlişkin Ödevlere Aykırılık ve Sonuçları</t>
+          <t>Cumhurbaşkanlığı Teşkilatı ve İdarenin Bütünlüğü İlkesi: Cumhurbaşkanlığı Ofisleri Üzerinden Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786055412197</t>
+          <t>9786052643310</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay'ın Tümüyle Taranmış İçtihatları Işığında Cezadan Mahsup</t>
+          <t>Yabancı Gerçek Kişilerin Türkiye'de Taşınmaz Edinimleri</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786052642337</t>
+          <t>9786052643150</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Anayasa Mahkemesi Bireysel Başvuru Hakkı ve Etkin Soruşturma İlkesi</t>
+          <t>Salgın Hastalık (Pandemi) Döneminde Alınan İdari Tedbirlerden Dolayı İdarenin Sorumluluğu</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>410</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786052642016</t>
+          <t>9786052643136</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Hukuku Pratik Çalışma Kitabı</t>
+          <t>Ceza Muhakemesinde - Basit Yargılama Usulü</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>270</v>
+        <v>122</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786258153378</t>
+          <t>9786052643617</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Belgede Sahtecilik ve Vergi Kaçakçılığı Suçları</t>
+          <t>AİHS ve Anayasa Hukuku Bağlamında - Vergide Adalet İlkesi</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>410</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786052640883</t>
+          <t>9786052643624</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni ve Borçlar Hukukunda Metot</t>
+          <t>Yargı Kararlarından Hareketle Yayın Etiği İhlalleri</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>300</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786258092790</t>
+          <t>9786052643563</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Kayyım Görevlendirilen Belediyelerde Güvenlik</t>
+          <t>Soruşturmaya Yer Olmadığı Kararı</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786258153576</t>
+          <t>9786052643389</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İnsan Hakları Açısından Kişisel Veri Güvenliği</t>
+          <t>Mükellef Davranışları ve Caydırıcılık Ekseninde Vergi Suçları Kabahatleri ve Yaptırımlarının Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786258092769</t>
+          <t>9786258153903</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Susma Hakkı ve Bağlantılı Haklar</t>
+          <t>Edinilmiş Mallara Katılma Rejiminin Sona Ermesi ve Tasfiye</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786054144709</t>
+          <t>9786052642900</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Komiser</t>
+          <t>Türk Vergi Hukukunda Defterlere İlişkin Ödevlere Aykırılık ve Sonuçları</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786258209181</t>
+          <t>9786055412197</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Genel Esaslar Ders Kitabı</t>
+          <t>Yargıtay'ın Tümüyle Taranmış İçtihatları Işığında Cezadan Mahsup</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786052640562</t>
+          <t>9786052642337</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Şüphe</t>
+          <t>Türk Hukukunda Anayasa Mahkemesi Bireysel Başvuru Hakkı ve Etkin Soruşturma İlkesi</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>415</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786258209761</t>
+          <t>9786052642016</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Uygulamaya Yönelik Yargıtay ve BAM Kararları Işığı Altında Kira Hukuku (Ciltli)</t>
+          <t>İdari Yargılama Hukuku Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>1134</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786258209693</t>
+          <t>9786258153378</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu</t>
+          <t>Belgede Sahtecilik ve Vergi Kaçakçılığı Suçları</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>190</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786258209174</t>
+          <t>9786052640883</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku</t>
+          <t>Türk Medeni ve Borçlar Hukukunda Metot</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786258209235</t>
+          <t>9786258092790</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Türk Yargı Sistemi Dersleri</t>
+          <t>Kayyım Görevlendirilen Belediyelerde Güvenlik</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>124</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786257656672</t>
+          <t>9786258153576</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Vergisel İşlemlerde Dava Rehberi (Ciltli)</t>
+          <t>Uluslararası İnsan Hakları Açısından Kişisel Veri Güvenliği</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>870</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786258092448</t>
+          <t>9786258092769</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Apartman ve Site Yönetimi - Hukuki ve Mali Rehberi</t>
+          <t>Ceza Muhakemesinde Susma Hakkı ve Bağlantılı Haklar</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>590</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786258038972</t>
+          <t>9786054144709</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>İdare ve İdari Yargı Mevzuatı</t>
+          <t>Komiser</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>209</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786258038996</t>
+          <t>9786258209181</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Dworkin'in Yorum Teorisi ve Hüküm Kurmadaki Önemi</t>
+          <t>Anayasa Hukuku Genel Esaslar Ders Kitabı</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786258038941</t>
+          <t>9786052640562</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Milli ve Milletlerarası Tahkim (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukukunda Şüphe</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>1800</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786258092011</t>
+          <t>9786258209761</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Kat Mülkiyeti Hukukunda Hakimin Müdahalesi</t>
+          <t>Uygulamaya Yönelik Yargıtay ve BAM Kararları Işığı Altında Kira Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>350</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786258038927</t>
+          <t>9786258209693</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yargılama Hukukunda Bilirkişilik</t>
+          <t>İcra ve İflas Kanunu</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>243</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786258092028</t>
+          <t>9786258209174</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>2022 Arabuluculuk Sınavlarına Hazırlık Tamamı Çözümlü Güncel Soru Bankası ve İlgili Mevzuat</t>
+          <t>Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786258092035</t>
+          <t>9786258209235</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Mukayeseli Hukukta Azınlık Hakları 2005 Irak Anayasası Örneği</t>
+          <t>Türk Yargı Sistemi Dersleri</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>480</v>
+        <v>124</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786258038903</t>
+          <t>9786257656672</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>İş Güvencesi, İşe İade Davaları ve Tazminatlar</t>
+          <t>Vergisel İşlemlerde Dava Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>1115</v>
+        <v>870</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786258038897</t>
+          <t>9786258092448</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Avukatlık Ücret Sözleşmesinden Kaynaklanan Davalar</t>
+          <t>Apartman ve Site Yönetimi - Hukuki ve Mali Rehberi</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>460</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786258092059</t>
+          <t>9786258038972</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararları Işığında Aile Hukukunun Güncel Sorunları</t>
+          <t>İdare ve İdari Yargı Mevzuatı</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>220</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786258038811</t>
+          <t>9786258038996</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Meşru Savunma - İngiliz ve Amerikan Hukukuyla Karşılaştırmalı</t>
+          <t>Dworkin'in Yorum Teorisi ve Hüküm Kurmadaki Önemi</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>1215</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786258092080</t>
+          <t>9786258038941</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Kamu Maliyesi ve Kamu Mali Hukuku</t>
+          <t>Milli ve Milletlerarası Tahkim (Ciltli)</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>280</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786258038798</t>
+          <t>9786258092011</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Bilişim ve Teknoloji Hukuku Sempozyumu Tebliğler Kitabı</t>
+          <t>Kat Mülkiyeti Hukukunda Hakimin Müdahalesi</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786258038781</t>
+          <t>9786258038927</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıklar Hukuku 2. Cilt (Ciltli)</t>
+          <t>Osmanlı Yargılama Hukukunda Bilirkişilik</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>1030</v>
+        <v>243</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786258038729</t>
+          <t>9786258092028</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>5. Uluslararası Tıp Hukuku Kongresi Bildirileri Kitabı</t>
+          <t>2022 Arabuluculuk Sınavlarına Hazırlık Tamamı Çözümlü Güncel Soru Bankası ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>490</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786258038705</t>
+          <t>9786258092035</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Devletin Mirasçılığı</t>
+          <t>Mukayeseli Hukukta Azınlık Hakları 2005 Irak Anayasası Örneği</t>
         </is>
       </c>
       <c r="C1114" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786258038668</t>
+          <t>9786258038903</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Bir Siyasi Hak Olarak Seçme Hakkının Niteliği</t>
+          <t>İş Güvencesi, İşe İade Davaları ve Tazminatlar</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>370</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786258092127</t>
+          <t>9786258038897</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Güncelin ve Geleceğin Vergi Politikalar Dijital Vergi Sempozyumu Bildiri Kitabı (19 Şubat 2021)</t>
+          <t>Avukatlık Ücret Sözleşmesinden Kaynaklanan Davalar</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786258038651</t>
+          <t>9786258092059</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Saim Üstündağ'a Armağan - Hukuk, İktisat ve Yönetim Üzerine Yazılar</t>
+          <t>Yargı Kararları Işığında Aile Hukukunun Güncel Sorunları</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>475</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786258092165</t>
+          <t>9786258038811</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Yargı Etiği Dersleri</t>
+          <t>Meşru Savunma - İngiliz ve Amerikan Hukukuyla Karşılaştırmalı</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>95</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786258092172</t>
+          <t>9786258092080</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>The Effect of Mergers and Acquisitions on The Performance of Companies</t>
+          <t>Kamu Maliyesi ve Kamu Mali Hukuku</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786258092189</t>
+          <t>9786258038798</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Yargılamasında Belgelerin Üçüncü Kişilere Etkisi</t>
+          <t>Uluslararası Bilişim ve Teknoloji Hukuku Sempozyumu Tebliğler Kitabı</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>243</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786258092196</t>
+          <t>9786258038781</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasa Hukuku Ders Kitabı</t>
+          <t>Anonim Ortaklıklar Hukuku 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>475</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786258092240</t>
+          <t>9786258038729</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Legal Responses to Terroristic Speech: An Evaluation of the Turkey's Law in the Light of Ecthr and Unhrc Standards</t>
+          <t>5. Uluslararası Tıp Hukuku Kongresi Bildirileri Kitabı</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>500</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786258092264</t>
+          <t>9786258038705</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Uygulamaya Bakan Yönleriyle Reşit Olmayanla Cinsel İlişki Suçu</t>
+          <t>Devletin Mirasçılığı</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>390</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786258092271</t>
+          <t>9786258038668</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Hakaret Suçunda İsnadın İspatı</t>
+          <t>Bir Siyasi Hak Olarak Seçme Hakkının Niteliği</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786258092288</t>
+          <t>9786258092127</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>AB'de Yenilenebilir Enerji İkili Elektrik Tedarik Sözleşmeleri (PPA'lar) ve AB Uyum Sürecinde Türkiye'deki İlgili Mevzuatlara Entegrasyonu</t>
+          <t>Güncelin ve Geleceğin Vergi Politikalar Dijital Vergi Sempozyumu Bildiri Kitabı (19 Şubat 2021)</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786258092295</t>
+          <t>9786258038651</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk ve Usul Hukuku Temel Bilgiler</t>
+          <t>Prof. Dr. Saim Üstündağ'a Armağan - Hukuk, İktisat ve Yönetim Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786257277006</t>
+          <t>9786258092165</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Alman Ceza Hukukunda Suç ve Terör Örgütleriyle Bağlantılı Suçlar ve İştirak Hükümleriyle İlişkileri</t>
+          <t>Yargı Etiği Dersleri</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>190</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786257088800</t>
+          <t>9786258092172</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Cinsel İstismarı Suçunun Nitelikli Hali</t>
+          <t>The Effect of Mergers and Acquisitions on The Performance of Companies</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9789944416689</t>
+          <t>9786258092189</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Ecrimisil Davaları ve Yargılama Usulü (Ciltli)</t>
+          <t>Hukuk Yargılamasında Belgelerin Üçüncü Kişilere Etkisi</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>124</v>
+        <v>243</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786055336912</t>
+          <t>9786258092196</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Hukuk Genel Kurulu Örnek Kararları (Ciltli)</t>
+          <t>Türk Anayasa Hukuku Ders Kitabı</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>270</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786258038866</t>
+          <t>9786258092240</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>İcra Müdürlüğü Sınavı Mevzuatı</t>
+          <t>Legal Responses to Terroristic Speech: An Evaluation of the Turkey's Law in the Light of Ecthr and Unhrc Standards</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>265</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786258038842</t>
+          <t>9786258092264</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>İşverenin Eşit Davranma Borcu</t>
+          <t>Uygulamaya Bakan Yönleriyle Reşit Olmayanla Cinsel İlişki Suçu</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786258038774</t>
+          <t>9786258092271</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargıcının Cumhuriyet Savcısının ve Ceza Avukatının Başvuru Rehberi</t>
+          <t>Hakaret Suçunda İsnadın İspatı</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786258038767</t>
+          <t>9786258092288</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Adli İşbirliği Kanunu Çerçevesinde İade</t>
+          <t>AB'de Yenilenebilir Enerji İkili Elektrik Tedarik Sözleşmeleri (PPA'lar) ve AB Uyum Sürecinde Türkiye'deki İlgili Mevzuatlara Entegrasyonu</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>610</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786053009757</t>
+          <t>9786258092295</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>İşçilerin Yıllık Ücretli İzin Hakkı</t>
+          <t>Milletlerarası Özel Hukuk ve Usul Hukuku Temel Bilgiler</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>215</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786258038712</t>
+          <t>9786257277006</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Sırf Askeri Suçlar</t>
+          <t>Alman Ceza Hukukunda Suç ve Terör Örgütleriyle Bağlantılı Suçlar ve İştirak Hükümleriyle İlişkileri</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786258038699</t>
+          <t>9786257088800</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Banka veya Kredi Kartlarının Kötüye Kullanılması Suçu (Ciltli)</t>
+          <t>Çocukların Cinsel İstismarı Suçunun Nitelikli Hali</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>525</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786258038682</t>
+          <t>9789944416689</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Hukukta Disiplinlerarası Yaklaşımlar Konferansları No.2 - Hukukta Anlaşmazlık Çözüm Yolları Uluslararası Sempozyumu</t>
+          <t>Ecrimisil Davaları ve Yargılama Usulü (Ciltli)</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>800</v>
+        <v>124</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786053009542</t>
+          <t>9786055336912</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Uzlaştırmacı Sınavına Hazırlık Soru Bankası</t>
+          <t>Yargıtay Hukuk Genel Kurulu Örnek Kararları (Ciltli)</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>115</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786258038637</t>
+          <t>9786258038866</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişiminde Denetim</t>
+          <t>İcra Müdürlüğü Sınavı Mevzuatı</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>580</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786258038552</t>
+          <t>9786258038842</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Topluluğunda Sorumluluk Esasları (Ciltli)</t>
+          <t>İşverenin Eşit Davranma Borcu</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>920</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786258038545</t>
+          <t>9786258038774</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Acentelik Hukuku (Ciltli)</t>
+          <t>Ceza Yargıcının Cumhuriyet Savcısının ve Ceza Avukatının Başvuru Rehberi</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>920</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786258038507</t>
+          <t>9786258038767</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Ayni Akit</t>
+          <t>Uluslararası Adli İşbirliği Kanunu Çerçevesinde İade</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>460</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786258038484</t>
+          <t>9786053009757</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Konut ve Çatılı İşyeri Kira Sözleşmesinin Kiraya Veren Tarafından İhtiyaç Nedeniyle Sona Erdirilmesi</t>
+          <t>İşçilerin Yıllık Ücretli İzin Hakkı</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>350</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786258038477</t>
+          <t>9786258038712</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Teknik ve Hukuki Boyutlarıyla "CE" İşareti</t>
+          <t>Sırf Askeri Suçlar</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786258038460</t>
+          <t>9786258038699</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Ceza Sorumluluğunun Şahsiliği İlkesi</t>
+          <t>Banka veya Kredi Kartlarının Kötüye Kullanılması Suçu (Ciltli)</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>575</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786258038453</t>
+          <t>9786258038682</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Savcılık Soruşturma Rehberi (Ciltli)</t>
+          <t>Hukukta Disiplinlerarası Yaklaşımlar Konferansları No.2 - Hukukta Anlaşmazlık Çözüm Yolları Uluslararası Sempozyumu</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>1500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786258038439</t>
+          <t>9786053009542</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu</t>
+          <t>Uzlaştırmacı Sınavına Hazırlık Soru Bankası</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786258038309</t>
+          <t>9786258038637</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Ticari İş Kavramı ve Ticari İşlerde Faiz</t>
+          <t>Kitle İletişiminde Denetim</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>330</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786258038293</t>
+          <t>9786258038552</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim, Sahiplik Yapısı ve Sermaye Yapısı Kararları</t>
+          <t>Şirketler Topluluğunda Sorumluluk Esasları (Ciltli)</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>390</v>
+        <v>920</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786258038224</t>
+          <t>9786258038545</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Davaları ve Yargılama İşlemleri (Ciltli)</t>
+          <t>Acentelik Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>2530</v>
+        <v>920</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786258038200</t>
+          <t>9786258038507</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Yürütmenin Denetlenmesi</t>
+          <t>Ayni Akit</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>680</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786258038187</t>
+          <t>9786258038484</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Döneminin Sonuna Kadar Osmanlı Devletinde Padişahlık Makamı</t>
+          <t>Konut ve Çatılı İşyeri Kira Sözleşmesinin Kiraya Veren Tarafından İhtiyaç Nedeniyle Sona Erdirilmesi</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786258038170</t>
+          <t>9786258038477</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Gizli Tanıklığın Değerlendirilmesi</t>
+          <t>Teknik ve Hukuki Boyutlarıyla "CE" İşareti</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786258038163</t>
+          <t>9786258038460</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Medeni Yargılamada Hukuka Aykırı Delil</t>
+          <t>Ceza Sorumluluğunun Şahsiliği İlkesi</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>243</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786258038118</t>
+          <t>9786258038453</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Turkish Construction Arbitration: An International Perpective</t>
+          <t>Savcılık Soruşturma Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>350</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786053008088</t>
+          <t>9786258038439</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>İş ve Sosyal Güvenlik Hukukunda Analık</t>
+          <t>İcra ve İflas Kanunu</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>680</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786258038101</t>
+          <t>9786258038309</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukuku Pratik Çalışmaları</t>
+          <t>Ticari İş Kavramı ve Ticari İşlerde Faiz</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786258038095</t>
+          <t>9786258038293</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Barış Harekatı ve Doğu Akdeniz Politikası</t>
+          <t>Kurumsal Yönetim, Sahiplik Yapısı ve Sermaye Yapısı Kararları</t>
         </is>
       </c>
       <c r="C1159" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786258038088</t>
+          <t>9786258038224</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Çatışmalarının Dengelenmesi ve Avrupa İnsan Hakları Mahkemesi Uygulaması</t>
+          <t>Gayrimenkul Davaları ve Yargılama İşlemleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>460</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786258038057</t>
+          <t>9786258038200</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Şemalarla Bireysel İş Hukuku</t>
+          <t>Yürütmenin Denetlenmesi</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>84</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786258038033</t>
+          <t>9786258038187</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Kişisel Hakları</t>
+          <t>Tanzimat Döneminin Sonuna Kadar Osmanlı Devletinde Padişahlık Makamı</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>480</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786258038026</t>
+          <t>9786258038170</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasa Hukukunda Yasama Sorumsuzluğu</t>
+          <t>Gizli Tanıklığın Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786258038019</t>
+          <t>9786258038163</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>İş Sırrının Korunması ve Rekabet Yasağı Sözleşmesi</t>
+          <t>Medeni Yargılamada Hukuka Aykırı Delil</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>260</v>
+        <v>243</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786053006831</t>
+          <t>9786258038118</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Küçük ve Kısıtlılara Yönelik Tıbbi Müdahalelerde Aydınlatılmış Onam</t>
+          <t>Turkish Construction Arbitration: An International Perpective</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786258038002</t>
+          <t>9786053008088</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Kanunu'na Aykırı Davranılmasında Hukuki Sorumluluk</t>
+          <t>İş ve Sosyal Güvenlik Hukukunda Analık</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>260</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786257595735</t>
+          <t>9786258038101</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Hüküm Kurma Esasları ve Gerekçe (Ciltli)</t>
+          <t>Kıymetli Evrak Hukuku Pratik Çalışmaları</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>1020</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786257802994</t>
+          <t>9786258038095</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Geçici Koruma Statüsünün Kapsamı ve Geçici Korumadan Yararlananların Hakları</t>
+          <t>Kıbrıs Barış Harekatı ve Doğu Akdeniz Politikası</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786257595728</t>
+          <t>9786258038088</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Haksız Tahrik (Ciltli)</t>
+          <t>İnsan Hakları Çatışmalarının Dengelenmesi ve Avrupa İnsan Hakları Mahkemesi Uygulaması</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>430</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786257595711</t>
+          <t>9786258038057</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Yargılamanın Yenilenmesi</t>
+          <t>Şemalarla Bireysel İş Hukuku</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>230</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786257802987</t>
+          <t>9786258038033</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Yargılama Giderleri</t>
+          <t>Çocukların Kişisel Hakları</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>513</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786257595698</t>
+          <t>9786258038026</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Boşanma Nafakası (Yoksulluk Nafakası) (Ciltli)</t>
+          <t>Türk Anayasa Hukukunda Yasama Sorumsuzluğu</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>610</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786257595681</t>
+          <t>9786258038019</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>İddianamenin İadesi</t>
+          <t>İş Sırrının Korunması ve Rekabet Yasağı Sözleşmesi</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>460</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786257595667</t>
+          <t>9786053006831</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Haksız Tahrik</t>
+          <t>Küçük ve Kısıtlılara Yönelik Tıbbi Müdahalelerde Aydınlatılmış Onam</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>520</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786257595643</t>
+          <t>9786258038002</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>İdari Hizmet Sözleşmelerinin Türkiye ve Rusya Federasyonundaki Uygulanmasının Karşılaştırılması</t>
+          <t>Kişisel Verilerin Korunması Kanunu'na Aykırı Davranılmasında Hukuki Sorumluluk</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786257595629</t>
+          <t>9786257595735</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Uygulamadan Doğan İdari Yargı (Tam Yargı) Davaları</t>
+          <t>Hüküm Kurma Esasları ve Gerekçe (Ciltli)</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>338</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786257595605</t>
+          <t>9786257802994</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Türk Rekabet Hukukunda Finansal Sektörün Uyumlu Eylemleri</t>
+          <t>Geçici Koruma Statüsünün Kapsamı ve Geçici Korumadan Yararlananların Hakları</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786257595599</t>
+          <t>9786257595728</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Azınlık Haklarının Kötüye Kullanılmasına Karşı Çoğunluğun Korunması (Ciltli)</t>
+          <t>Haksız Tahrik (Ciltli)</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>760</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786257595575</t>
+          <t>9786257595711</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Kenar Mahalle Resti</t>
+          <t>Ceza Muhakemesinde Yargılamanın Yenilenmesi</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786257595483</t>
+          <t>9786257802987</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Sınai Mülkiyet Kanunu (Ciltli)</t>
+          <t>Yargılama Giderleri</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>390</v>
+        <v>513</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786257595476</t>
+          <t>9786257595698</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Taşınmaz Mal Haczi ve Satışı (Ciltli)</t>
+          <t>Boşanma Nafakası (Yoksulluk Nafakası) (Ciltli)</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>800</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786257595421</t>
+          <t>9786257595681</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Silahların Eşitliği İlkesi</t>
+          <t>İddianamenin İadesi</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>790</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786257802864</t>
+          <t>9786257595667</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Güvenlik Tedbirleri ve Muhakeme Usulü</t>
+          <t>Türk Ceza Hukukunda Haksız Tahrik</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>1120</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786257802857</t>
+          <t>9786257595643</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılamasında Jüri</t>
+          <t>İdari Hizmet Sözleşmelerinin Türkiye ve Rusya Federasyonundaki Uygulanmasının Karşılaştırılması</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>216</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786257802802</t>
+          <t>9786257595629</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Mecelle Üzerine Etütler I</t>
+          <t>Tıbbi Uygulamadan Doğan İdari Yargı (Tam Yargı) Davaları</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>410</v>
+        <v>338</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786257595391</t>
+          <t>9786257595605</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Yönleriyle Dahilde İşleme Rejimi ve Türkiye Uygulaması</t>
+          <t>Avrupa Birliği ve Türk Rekabet Hukukunda Finansal Sektörün Uyumlu Eylemleri</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786257595384</t>
+          <t>9786257595599</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Hakem Heyetleri</t>
+          <t>Anonim Şirketlerde Azınlık Haklarının Kötüye Kullanılmasına Karşı Çoğunluğun Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>390</v>
+        <v>760</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786257595377</t>
+          <t>9786257595575</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Tüketicinin Korunması Hakkında Kanun Şerhi (Ciltli)</t>
+          <t>Kenar Mahalle Resti</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>1310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786257595261</t>
+          <t>9786257595483</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Suçlar</t>
+          <t>Sınai Mülkiyet Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>2148664620162</t>
+          <t>9786257595476</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku ve Kriminoloji Dergisi Cilt:4 Yıl:2016 Sayı:2</t>
+          <t>Taşınmaz Mal Haczi ve Satışı (Ciltli)</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>70</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786257595186</t>
+          <t>9786257595421</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Uzlaştırmacı Sınavı Hazırlık + Soru Bankası ve Yenileme Eğitimi</t>
+          <t>Silahların Eşitliği İlkesi</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>340</v>
+        <v>790</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786257802772</t>
+          <t>9786257802864</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Mirasın Geçmesi ve Sonuçları</t>
+          <t>Güvenlik Tedbirleri ve Muhakeme Usulü</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>880</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>2148664620153</t>
+          <t>9786257802857</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku ve Kriminoloji Dergisi Cilt:4 Yıl:2016 Sayı:1</t>
+          <t>Ceza Yargılamasında Jüri</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>70</v>
+        <v>216</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786257467988</t>
+          <t>9786257802802</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Hukuka Aykırı Eylem ve Diplomatik Özür</t>
+          <t>Mecelle Üzerine Etütler I</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786257802734</t>
+          <t>9786257595391</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukukuna Giriş</t>
+          <t>Hukuki Yönleriyle Dahilde İşleme Rejimi ve Türkiye Uygulaması</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786257467957</t>
+          <t>9786257595384</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu (Ciltli)</t>
+          <t>Tüketici Hakem Heyetleri</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>530</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786257467940</t>
+          <t>9786257595377</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Hırsızlık Karşılıksız Yararlanma (Kaçak Elektrik, Su ve Doğalgaz Kullanımı) ve Yağma Suçları (Ciltli)</t>
+          <t>Tüketicinin Korunması Hakkında Kanun Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>480</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786257467926</t>
+          <t>9786257595261</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk Temel Bilgiler</t>
+          <t>Uluslararası Suçlar</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786257467919</t>
+          <t>2148664620162</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Ev Hizmetlerinde Çalışanlar</t>
+          <t>Ceza Hukuku ve Kriminoloji Dergisi Cilt:4 Yıl:2016 Sayı:2</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>540</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786257467902</t>
+          <t>9786257595186</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Basit Yargılama Usulü</t>
+          <t>Uzlaştırmacı Sınavı Hazırlık + Soru Bankası ve Yenileme Eğitimi</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>243</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786257467896</t>
+          <t>9786257802772</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Yargılamasında Uzman Görüşü</t>
+          <t>Mirasın Geçmesi ve Sonuçları</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>243</v>
+        <v>880</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786257802666</t>
+          <t>2148664620153</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Dinlenme ve İzin Hakları</t>
+          <t>Ceza Hukuku ve Kriminoloji Dergisi Cilt:4 Yıl:2016 Sayı:1</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>810</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786257802659</t>
+          <t>9786257467988</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukuku'nda İltizam Sözleşmeleri ve Sarraflar</t>
+          <t>Uluslararası Hukukta Hukuka Aykırı Eylem ve Diplomatik Özür</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786257467841</t>
+          <t>9786257802734</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Hukuku Pratik Çalışma Kitabı</t>
+          <t>İdare Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>176</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786257467810</t>
+          <t>9786257467957</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi ve Yargılamada Kullandığı Yöntem, İlke ve Usuller</t>
+          <t>Türk Borçlar Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>176</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786257467797</t>
+          <t>9786257467940</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Davaları Uygulama Rehberi (Ciltli)</t>
+          <t>Hırsızlık Karşılıksız Yararlanma (Kaçak Elektrik, Su ve Doğalgaz Kullanımı) ve Yağma Suçları (Ciltli)</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>510</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786053001270</t>
+          <t>9786257467926</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Kapitülasyonlar ve Osmanlı - Türk Adli ve İdari Modernleşmesi</t>
+          <t>Uluslararası Hukuk Temel Bilgiler</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>165</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786257467742</t>
+          <t>9786257467919</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku</t>
+          <t>Ev Hizmetlerinde Çalışanlar</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>210</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786257467704</t>
+          <t>9786257467902</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucu ve Uyarıcı Madde İmal ve Ticareti Suçları</t>
+          <t>Basit Yargılama Usulü</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>350</v>
+        <v>243</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786257802123</t>
+          <t>9786257467896</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Classifying Foreign Fighters: The Case Of Ypg</t>
+          <t>Hukuk Yargılamasında Uzman Görüşü</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>240</v>
+        <v>243</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786257467612</t>
+          <t>9786257802666</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>İstihkak Davaları (Ciltli)</t>
+          <t>İş Hukukunda Dinlenme ve İzin Hakları</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>730</v>
+        <v>810</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786257467605</t>
+          <t>9786257802659</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması</t>
+          <t>Osmanlı Hukuku'nda İltizam Sözleşmeleri ve Sarraflar</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>370</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786257467599</t>
+          <t>9786257467841</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Ceza Hukuku Özel Hükümler Pratik Çalışma Kitabı</t>
+          <t>İdari Yargılama Hukuku Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>390</v>
+        <v>176</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786257467582</t>
+          <t>9786257467810</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Tarım Sektöründe Çalışanların Sosyal Güvenliği</t>
+          <t>Avrupa İnsan Hakları Mahkemesi ve Yargılamada Kullandığı Yöntem, İlke ve Usuller</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>870</v>
+        <v>176</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786257467575</t>
+          <t>9786257467797</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Toplum Yararına Program</t>
+          <t>İcra ve İflas Davaları Uygulama Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>630</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786257467568</t>
+          <t>9786053001270</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Hukuku (Ciltli)</t>
+          <t>Kapitülasyonlar ve Osmanlı - Türk Adli ve İdari Modernleşmesi</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>875</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786257656986</t>
+          <t>9786257467742</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Özgü İnfaz Rejimi</t>
+          <t>Vergi Hukuku</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786257656948</t>
+          <t>9786257467704</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Bölge Adliye Mahkemesi Cumhuriyet Başsavcılığı</t>
+          <t>Uyuşturucu ve Uyarıcı Madde İmal ve Ticareti Suçları</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786257467513</t>
+          <t>9786257802123</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>İktisadi ve Mali Sorunlar Üzerine İncelemeler</t>
+          <t>Classifying Foreign Fighters: The Case Of Ypg</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>460</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786257656870</t>
+          <t>9786257467612</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Müdafi Yardımından Yararlanma Hakkı</t>
+          <t>İstihkak Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>370</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786257467490</t>
+          <t>9786257467605</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Hukuka Aykırı Delillerin Değerlendirilmesi Yasağının Adil Yargılanma Hakkı Çerçevesinde İncelenmesi</t>
+          <t>Kişisel Verilerin Korunması</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>284</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786257467483</t>
+          <t>9786257467599</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Güncel Tartışmalar</t>
+          <t>Uygulamalı Ceza Hukuku Özel Hükümler Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>480</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786257656849</t>
+          <t>9786257467582</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Suçta ve Cezada Kanunilik İlkesi</t>
+          <t>Tarım Sektöründe Çalışanların Sosyal Güvenliği</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>410</v>
+        <v>870</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786257656832</t>
+          <t>9786257467575</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Suçsuzluk Karinesi</t>
+          <t>Toplum Yararına Program</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>770</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786257467445</t>
+          <t>9786257467568</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Eşler Arasındaki Mal Rejimi Davalarında Yargıtay Uygulaması</t>
+          <t>İnşaat Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>470</v>
+        <v>875</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786257656740</t>
+          <t>9786257656986</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Teamül Kurallarının Gelişiminde Uluslararası Yargı Kararlarının Rolü</t>
+          <t>Çocuklara Özgü İnfaz Rejimi</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>405</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786257656719</t>
+          <t>9786257656948</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Eser Sözleşmesinde Yüklenicinin Özen Borcu</t>
+          <t>Bölge Adliye Mahkemesi Cumhuriyet Başsavcılığı</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>370</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786257656702</t>
+          <t>9786257467513</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Kamu Davasına Katılma</t>
+          <t>İktisadi ve Mali Sorunlar Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>370</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786257656696</t>
+          <t>9786257656870</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Kumar Oynanması için Yer ve İmkan Sağlama Suçu</t>
+          <t>Ceza Muhakemesi Hukukunda Müdafi Yardımından Yararlanma Hakkı</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>500</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786051468976</t>
+          <t>9786257467490</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>İflas, İflasın Ertelenmesi Konkordato ve Yargılama Usulü (Ciltli)</t>
+          <t>Hukuka Aykırı Delillerin Değerlendirilmesi Yasağının Adil Yargılanma Hakkı Çerçevesinde İncelenmesi</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>330</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786257467353</t>
+          <t>9786257467483</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>İşletme Adı ve İşletme Adının Korunması</t>
+          <t>Sosyal Bilimlerde Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>410</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786257656597</t>
+          <t>9786257656849</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Alanında Yeni Gelişmeler Sempozyumu</t>
+          <t>Suçta ve Cezada Kanunilik İlkesi</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>270</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786257656580</t>
+          <t>9786257656832</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>2011 Sonrası Türkiye'deki Gayrimüslim Göçmenlerin Durumu</t>
+          <t>Suçsuzluk Karinesi</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>260</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786257656573</t>
+          <t>9786257467445</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Boşanmanın Çocuklar Bakımından Hukuki Sonuçları</t>
+          <t>Eşler Arasındaki Mal Rejimi Davalarında Yargıtay Uygulaması</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>330</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786257656542</t>
+          <t>9786257656740</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Türk İdari Yargılama Hukukunda Temyiz</t>
+          <t>Uluslararası Teamül Kurallarının Gelişiminde Uluslararası Yargı Kararlarının Rolü</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>324</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786257656528</t>
+          <t>9786257656719</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Hukuku</t>
+          <t>Eser Sözleşmesinde Yüklenicinin Özen Borcu</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>460</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786257656498</t>
+          <t>9786257656702</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Hukukunda Süre Uzatımı</t>
+          <t>Kamu Davasına Katılma</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786257467346</t>
+          <t>9786257656696</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Yağma Suçu ve Benzer Suçlarla Karşılaştırılması</t>
+          <t>Kumar Oynanması için Yer ve İmkan Sağlama Suçu</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>570</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786257467308</t>
+          <t>9786051468976</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukukunda Nişanlanma</t>
+          <t>İflas, İflasın Ertelenmesi Konkordato ve Yargılama Usulü (Ciltli)</t>
         </is>
       </c>
       <c r="C1239" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786257467292</t>
+          <t>9786257467353</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Sporda Irkçılık ve Ayrımcılık Yasağı</t>
+          <t>İşletme Adı ve İşletme Adının Korunması</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>330</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786257467285</t>
+          <t>9786257656597</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Hükmün Açıklanmasının Geri Bırakılması</t>
+          <t>Kişisel Verilerin Korunması Alanında Yeni Gelişmeler Sempozyumu</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786257467278</t>
+          <t>9786257656580</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Kamu İdaresinin Güvenilirliğine ve İşleyişine Karşı Suçlar (Ciltli)</t>
+          <t>2011 Sonrası Türkiye'deki Gayrimüslim Göçmenlerin Durumu</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>275</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786257467261</t>
+          <t>9786257656573</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Nükleer Silahların Kullanımının Yasaklanması Sorunu ve Kuzey Kore Örneği</t>
+          <t>Boşanmanın Çocuklar Bakımından Hukuki Sonuçları</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>540</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786257467247</t>
+          <t>9786257656542</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Sahte Belge ve Muhteviyatı İtibari ile Yanıltıcı Belge Düzenleme ve Kullanma Suçları</t>
+          <t>Türk İdari Yargılama Hukukunda Temyiz</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>770</v>
+        <v>324</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786257467216</t>
+          <t>9786257656528</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Suçların İçtimaı</t>
+          <t>Sigorta Hukuku</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>540</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786053004219</t>
+          <t>9786257656498</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Kamulaştırmasız El Atma Davaları</t>
+          <t>İnşaat Hukukunda Süre Uzatımı</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>155</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786257467209</t>
+          <t>9786257467346</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Hazar'ın Hukuki Statüsü</t>
+          <t>Yağma Suçu ve Benzer Suçlarla Karşılaştırılması</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>460</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786257656405</t>
+          <t>9786257467308</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Şekil</t>
+          <t>Osmanlı Hukukunda Nişanlanma</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786257467193</t>
+          <t>9786257467292</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Çekte Zamanaşımı</t>
+          <t>Sporda Irkçılık ve Ayrımcılık Yasağı</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786257467179</t>
+          <t>9786257467285</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Kişilere Karşı Suçlar</t>
+          <t>Hükmün Açıklanmasının Geri Bırakılması</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786257656382</t>
+          <t>9786257467278</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde Yeni Bir Sorun: Örgütsel Zehirlenme</t>
+          <t>Kamu İdaresinin Güvenilirliğine ve İşleyişine Karşı Suçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786257467162</t>
+          <t>9786257467261</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Hekimin Sorumluluğu</t>
+          <t>Uluslararası Hukukta Nükleer Silahların Kullanımının Yasaklanması Sorunu ve Kuzey Kore Örneği</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>440</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786257467148</t>
+          <t>9786257467247</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Kamu İcra Hukukunda Tasarrufun İptali Davaları</t>
+          <t>Sahte Belge ve Muhteviyatı İtibari ile Yanıltıcı Belge Düzenleme ve Kullanma Suçları</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>390</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786257656368</t>
+          <t>9786257467216</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Preventing The Use Biological Weapons And Bioterrorism: A Dilemma İn A World Full Of Conspiracies</t>
+          <t>Türk Ceza Hukukunda Suçların İçtimaı</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>330</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786257467131</t>
+          <t>9786053004219</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Sözleşmenin Kurulmasında İrade Açıklamalarının Yorumu</t>
+          <t>Kamulaştırmasız El Atma Davaları</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>690</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786257656351</t>
+          <t>9786257467209</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Koşullu Salıverilme Kurumu ve Etkinliğinin Geliştirilmesi</t>
+          <t>Hazar'ın Hukuki Statüsü</t>
         </is>
       </c>
       <c r="C1256" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786053003960</t>
+          <t>9786257656405</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Örgütlü Suçlar</t>
+          <t>Milletlerarası Özel Hukukta Şekil</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>52</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786257467117</t>
+          <t>9786257467193</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Kamu Alacağının Cebren Tahsilinde Ödeme Emri Uygulaması</t>
+          <t>Çekte Zamanaşımı</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786257656344</t>
+          <t>9786257467179</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Ceza Muhakemesi Hukuku Pratik Çalışma Kitabı</t>
+          <t>İslam Hukukunda Kişilere Karşı Suçlar</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>130</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786257467100</t>
+          <t>9786257656382</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Foreign Individual's Acquisition of Real Estate in Turkey</t>
+          <t>Yönetimde Yeni Bir Sorun: Örgütsel Zehirlenme</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>370</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786257656313</t>
+          <t>9786257467162</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Varlık Fonu</t>
+          <t>Hekimin Sorumluluğu</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>390</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786257467049</t>
+          <t>9786257467148</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Önalım Davaları (Ciltli)</t>
+          <t>Kamu İcra Hukukunda Tasarrufun İptali Davaları</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>730</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786257656283</t>
+          <t>9786257656368</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Davalarında Mecburi Dava Arkadaşlığı (Ciltli)</t>
+          <t>Preventing The Use Biological Weapons And Bioterrorism: A Dilemma İn A World Full Of Conspiracies</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>770</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786257656207</t>
+          <t>9786257467131</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Sermayenin Kaybı ve Borca Batıklık</t>
+          <t>Sözleşmenin Kurulmasında İrade Açıklamalarının Yorumu</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>350</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786257467032</t>
+          <t>9786257656351</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Akademik Personelin Disiplin Rejimi</t>
+          <t>Koşullu Salıverilme Kurumu ve Etkinliğinin Geliştirilmesi</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>500</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786257467025</t>
+          <t>9786053003960</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunun İşlevini Yeniden Düşünmek</t>
+          <t>Örgütlü Suçlar</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>370</v>
+        <v>52</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786257467018</t>
+          <t>9786257467117</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Cinsel İstismarı Suçuna Özgü Yaptırımlar ve İnfaz Rejimi</t>
+          <t>Kamu Alacağının Cebren Tahsilinde Ödeme Emri Uygulaması</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786257656139</t>
+          <t>9786257656344</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Memur Soruşturma Hukuku</t>
+          <t>Uygulamalı Ceza Muhakemesi Hukuku Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>730</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786257656122</t>
+          <t>9786257467100</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Kamu Güvenliği Karşısında Özgürlük-Otorite Dengesinin Sağlanması ve Devletin Rolü</t>
+          <t>Foreign Individual's Acquisition of Real Estate in Turkey</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>440</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786257277983</t>
+          <t>9786257656313</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Bir Güvenlik Tedbiri Türü Olarak Belli Hakları Kullanmaktan Yoksun Bırakılma (Hak Yoksunlukları)</t>
+          <t>Türkiye Varlık Fonu</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786257656092</t>
+          <t>9786257467049</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Modern Teknolojinin Hukuki Temelleri: Telgraf Örneği</t>
+          <t>Önalım Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>300</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786257656078</t>
+          <t>9786257656283</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Tüketici İşlemi Niteliğindeki Promosyonlu Satış Sözleşmeleri</t>
+          <t>Hukuk Davalarında Mecburi Dava Arkadaşlığı (Ciltli)</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>410</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786257656061</t>
+          <t>9786257656207</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Rizikonun Gerçekleşmesinde Kusurun Sigorta Tazminatı ve Sigorta Bedelinin Ödenmesine Etkisi</t>
+          <t>Anonim Şirketlerde Sermayenin Kaybı ve Borca Batıklık</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786257277860</t>
+          <t>9786257467032</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Franchise Sözleşmesinde Denkleştirme Talebi</t>
+          <t>Akademik Personelin Disiplin Rejimi</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>460</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786257277792</t>
+          <t>9786257467025</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Özel Hukukun Güncel Meseleleri Sempozyumu -II-</t>
+          <t>Ceza Hukukunun İşlevini Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>630</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786051465975</t>
+          <t>9786257467018</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Yargısının Sınırları Sorunu</t>
+          <t>Çocuğun Cinsel İstismarı Suçuna Özgü Yaptırımlar ve İnfaz Rejimi</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>47</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786257277785</t>
+          <t>9786257656139</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Seri Muhakeme ve Basit Yargılama</t>
+          <t>Memur Soruşturma Hukuku</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>244</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786257656009</t>
+          <t>9786257656122</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Ölünceye Kadar Bakma Sözleşmesinde Muvazaa ve Tenkis</t>
+          <t>Kamu Güvenliği Karşısında Özgürlük-Otorite Dengesinin Sağlanması ve Devletin Rolü</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>330</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786257277716</t>
+          <t>9786257277983</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Yargı Etiği Felsefesi ve Fragmanları</t>
+          <t>Bir Güvenlik Tedbiri Türü Olarak Belli Hakları Kullanmaktan Yoksun Bırakılma (Hak Yoksunlukları)</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>176</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786257277693</t>
+          <t>9786257656092</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Lekelenmeme Hakkı</t>
+          <t>Modern Teknolojinin Hukuki Temelleri: Telgraf Örneği</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786257277679</t>
+          <t>9786257656078</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Rusya Federasyonu Anayasal Düzeninde Devlet Başkanının Konumu ve Fonksiyonu</t>
+          <t>Tüketici İşlemi Niteliğindeki Promosyonlu Satış Sözleşmeleri</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>520</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786257277600</t>
+          <t>9786257656061</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Kolluğun Zor ve Silah Kullanma Yetkisi ve Sınırları</t>
+          <t>Rizikonun Gerçekleşmesinde Kusurun Sigorta Tazminatı ve Sigorta Bedelinin Ödenmesine Etkisi</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786257595995</t>
+          <t>9786257277860</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Hükmün Açıklanmasının Geri Bırakılması (Ciltli)</t>
+          <t>Franchise Sözleşmesinde Denkleştirme Talebi</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>430</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786257595988</t>
+          <t>9786257277792</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>İdari İstikrar İlkesi (Ciltli)</t>
+          <t>Özel Hukukun Güncel Meseleleri Sempozyumu -II-</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>610</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786257277501</t>
+          <t>9786051465975</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Din ve Vicdan Özgürlüğü</t>
+          <t>Anayasa Yargısının Sınırları Sorunu</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>770</v>
+        <v>47</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786257595933</t>
+          <t>9786257277785</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verileri Koruma Kurulu Tarafından Verilen İdari Para Cezaları</t>
+          <t>Seri Muhakeme ve Basit Yargılama</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>300</v>
+        <v>244</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786257277495</t>
+          <t>9786257656009</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Meclis Araştırması ve Görüşülen Meclis Araştırma Komisyonu Raporlarının Hukuk Devleti İlkesi Bakımından Değerlendirilmesi</t>
+          <t>Ölünceye Kadar Bakma Sözleşmesinde Muvazaa ve Tenkis</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>570</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786257595919</t>
+          <t>9786257277716</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Eser Sözleşmesinde Ayıbı Takip Eden Zarardan Sorumluluk</t>
+          <t>Yargı Etiği Felsefesi ve Fragmanları</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>630</v>
+        <v>176</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786257277471</t>
+          <t>9786257277693</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Hukukunda İstinabe</t>
+          <t>Lekelenmeme Hakkı</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>135</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786257277358</t>
+          <t>9786257277679</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Ürün Kirası Sözleşmesi</t>
+          <t>Rusya Federasyonu Anayasal Düzeninde Devlet Başkanının Konumu ve Fonksiyonu</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>570</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786257277303</t>
+          <t>9786257277600</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Andlaşmaların Sona Erdirilmesi ve Yürürlüğünün Askıya Alınması veya Çekilme</t>
+          <t>Kolluğun Zor ve Silah Kullanma Yetkisi ve Sınırları</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786257277280</t>
+          <t>9786257595995</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Temel Kavramlarla Arabuluculuk</t>
+          <t>Hükmün Açıklanmasının Geri Bırakılması (Ciltli)</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>290</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786257277228</t>
+          <t>9786257595988</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Varlık Fonu</t>
+          <t>İdari İstikrar İlkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>390</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786257277204</t>
+          <t>9786257277501</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargıda Dava Açma Süreleri ve Genel Esasları</t>
+          <t>Avrupa'da Din ve Vicdan Özgürlüğü</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>270</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786257595896</t>
+          <t>9786257595933</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Yabancı Terörist Savaşçılar</t>
+          <t>Kişisel Verileri Koruma Kurulu Tarafından Verilen İdari Para Cezaları</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>630</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786257595889</t>
+          <t>9786257277495</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Maritime Areas, Illegal Migration And Interception Of Vessels</t>
+          <t>Meclis Araştırması ve Görüşülen Meclis Araştırma Komisyonu Raporlarının Hukuk Devleti İlkesi Bakımından Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>500</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786257595872</t>
+          <t>9786257595919</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Şirketlerinde Birleşme, Bölünme ve Tür Değiştirmenin İş İlişkilerine Etkisi</t>
+          <t>Eser Sözleşmesinde Ayıbı Takip Eden Zarardan Sorumluluk</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>350</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786257277150</t>
+          <t>9786257277471</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>İstinaf Kanun Yolunda Kovuşturma</t>
+          <t>İdari Yargılama Hukukunda İstinabe</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>610</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786257595865</t>
+          <t>9786257277358</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Bedensel Zararların Tazmininde Zorunlu Mali Sorumluluk Sigortası</t>
+          <t>Ürün Kirası Sözleşmesi</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>350</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786257595841</t>
+          <t>9786257277303</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Kiracının Kiralananı Geri Verme Borcu (Ciltli)</t>
+          <t>Uluslararası Andlaşmaların Sona Erdirilmesi ve Yürürlüğünün Askıya Alınması veya Çekilme</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>510</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786257595834</t>
+          <t>9786257277280</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucu Madde Suçları</t>
+          <t>Temel Kavramlarla Arabuluculuk</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>490</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786257595810</t>
+          <t>9786257277228</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Tapu ve Kadastro İşlemleri ve Bunlara İlişkin Mali Yükümlülükler</t>
+          <t>Türkiye Varlık Fonu</t>
         </is>
       </c>
       <c r="C1302" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786257595803</t>
+          <t>9786257277204</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Konkordato (Ciltli)</t>
+          <t>İdari Yargıda Dava Açma Süreleri ve Genel Esasları</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786051463735</t>
+          <t>9786257595896</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>ABD Ceza Yargılaması Hukukunda Mahkeme Kararları Işığında</t>
+          <t>Avrupa'da Yabancı Terörist Savaşçılar</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>60</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786257277037</t>
+          <t>9786257595889</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Kamu Kuruluşlarının İşçilik Alacaklarından Sorumluluğu</t>
+          <t>Maritime Areas, Illegal Migration And Interception Of Vessels</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786257595773</t>
+          <t>9786257595872</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Kıyıların Hukuksal Statüsü ve Kıyılardan Yararlanma Hakkı</t>
+          <t>Ticaret Şirketlerinde Birleşme, Bölünme ve Tür Değiştirmenin İş İlişkilerine Etkisi</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786257595759</t>
+          <t>9786257277150</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Dinlenme Süreleri</t>
+          <t>İstinaf Kanun Yolunda Kovuşturma</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>500</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786051463322</t>
+          <t>9786257595865</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Marka Hakkının İhlalinden Doğan Cezai Sorumluluk</t>
+          <t>Bedensel Zararların Tazmininde Zorunlu Mali Sorumluluk Sigortası</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786051462529</t>
+          <t>9786257595841</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Banka Yönetici ve Ortaklarının Hukuki Sorumluluğu (Ciltli)</t>
+          <t>Kiracının Kiralananı Geri Verme Borcu (Ciltli)</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>170</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786257802758</t>
+          <t>9786257595834</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Temel Hukuk Bilgisi</t>
+          <t>Uyuşturucu Madde Suçları</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9789754416665</t>
+          <t>9786257595810</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Askeri Personel İçin Hukuk Rehberi</t>
+          <t>Tapu ve Kadastro İşlemleri ve Bunlara İlişkin Mali Yükümlülükler</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>80</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786257088954</t>
+          <t>9786257595803</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Introduction to Turkish Business Law (Cases &amp; Materials)</t>
+          <t>Türk Hukukunda Konkordato (Ciltli)</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9789756385126</t>
+          <t>9786051463735</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Futbol Mevzuatı (Ciltli)</t>
+          <t>ABD Ceza Yargılaması Hukukunda Mahkeme Kararları Işığında</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9789754416603</t>
+          <t>9786257277037</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Mahkemelerin Kamu Düzenine İlişkin Yetkisi</t>
+          <t>Kamu Kuruluşlarının İşçilik Alacaklarından Sorumluluğu</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>70</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786053009276</t>
+          <t>9786257595773</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Polis Disiplin Hukuku</t>
+          <t>Kıyıların Hukuksal Statüsü ve Kıyılardan Yararlanma Hakkı</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786053008507</t>
+          <t>9786257595759</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Arabuluculuk Sınavına Hazırlık</t>
+          <t>İş Hukukunda Dinlenme Süreleri</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>78</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786257802024</t>
+          <t>9786051463322</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Patent Hakkının Sınırları ve İstisnaları (Kamu Sağlığı Gerekçesi Özelinde İncelenmesi)</t>
+          <t>Marka Hakkının İhlalinden Doğan Cezai Sorumluluk</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>690</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786258038149</t>
+          <t>9786051462529</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Covid 19 Sürecinde İş Hukuku</t>
+          <t>Banka Yönetici ve Ortaklarının Hukuki Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786258038064</t>
+          <t>9786257802758</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Access to Justice for Consumers in Emerging Economies</t>
+          <t>Temel Hukuk Bilgisi</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786258038132</t>
+          <t>9789754416665</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Yapılarda İnovasyon ve Presenteeism Kavramlarının İlişkileri</t>
+          <t>Askeri Personel İçin Hukuk Rehberi</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>330</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786258038354</t>
+          <t>9786257088954</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Kamu Görevlisinin Kişisel Kusuru ve Sorumluluğu</t>
+          <t>Introduction to Turkish Business Law (Cases &amp; Materials)</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>410</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786258038330</t>
+          <t>9789756385126</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık İşlemlerinden Alınacak Ücretlere İlişkin Olarak Uygulama Esaslarının Değerlendirilmesi</t>
+          <t>Futbol Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>260</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786258038392</t>
+          <t>9789754416603</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza ve Ceza Muhakemesi Hukukunda Önödeme</t>
+          <t>Mahkemelerin Kamu Düzenine İlişkin Yetkisi</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>460</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786258038385</t>
+          <t>9786053009276</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Vakıfların Vergilendirilmesi</t>
+          <t>Polis Disiplin Hukuku</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786258038156</t>
+          <t>9786053008507</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi'ne Bireysel Başvuru Kararları Işığında Tutuklama</t>
+          <t>Sorularla Arabuluculuk Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>370</v>
+        <v>78</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786258038262</t>
+          <t>9786257802024</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Genetik Yapısı Değiştirilmiş Organizma ve Ürünlerinden Doğan Hukuki Sorumluluk</t>
+          <t>Patent Hakkının Sınırları ve İstisnaları (Kamu Sağlığı Gerekçesi Özelinde İncelenmesi)</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>630</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786258038347</t>
+          <t>9786258038149</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Çevrenin Korunmasında Beyaz Enerjinin Rolü ve Yargısal Denetimi</t>
+          <t>Covid 19 Sürecinde İş Hukuku</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>554</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786258038040</t>
+          <t>9786258038064</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Alım Hakkı (Ciltli)</t>
+          <t>Access to Justice for Consumers in Emerging Economies</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>730</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786258038279</t>
+          <t>9786258038132</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Marka Hakkına İktibas veya İltibas Suretiyle Tecavüz Suçu</t>
+          <t>Örgütsel Yapılarda İnovasyon ve Presenteeism Kavramlarının İlişkileri</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>460</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786258038323</t>
+          <t>9786258038354</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Tespit Hükümlerinin ve İnşai Hükümlerin İcra Hukuku Bakımından Durumu</t>
+          <t>Kamu Görevlisinin Kişisel Kusuru ve Sorumluluğu</t>
         </is>
       </c>
       <c r="C1330" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786258038316</t>
+          <t>9786258038330</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Hekimin Mesleki Özerkliği</t>
+          <t>Bankacılık İşlemlerinden Alınacak Ücretlere İlişkin Olarak Uygulama Esaslarının Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786258038286</t>
+          <t>9786258038392</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Resmi Belgede Sahtecilik Suçu</t>
+          <t>Türk Ceza ve Ceza Muhakemesi Hukukunda Önödeme</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>650</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786257595001</t>
+          <t>9786258038385</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Kat Mülkiyeti Kanunu El Kitabı (Ciltli)</t>
+          <t>Türkiye'de Vakıfların Vergilendirilmesi</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>1390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786257656108</t>
+          <t>9786258038156</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Güçlendirilmiş Parlamenter Sistem</t>
+          <t>Anayasa Mahkemesi'ne Bireysel Başvuru Kararları Işığında Tutuklama</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786257656443</t>
+          <t>9786258038262</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Sınai Mülkiyet Hukuku</t>
+          <t>Genetik Yapısı Değiştirilmiş Organizma ve Ürünlerinden Doğan Hukuki Sorumluluk</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>440</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786257656023</t>
+          <t>9786258038347</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukukunda Aile Konutu ve Aile Konutu Şerhi</t>
+          <t>Çevrenin Korunmasında Beyaz Enerjinin Rolü ve Yargısal Denetimi</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>370</v>
+        <v>554</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786257656160</t>
+          <t>9786258038040</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>S/İHAS Hukuku - Silahlı / İnsansız Hava Aracı Sistemleri Hukuku (Ciltli)</t>
+          <t>Alım Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>520</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786257656290</t>
+          <t>9786258038279</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Vergi Denetiminde Mükellef Hakları ve Türkiye'de Mükellef Haklarının Geliştirilmesine Yönelik Öneriler</t>
+          <t>Marka Hakkına İktibas veya İltibas Suretiyle Tecavüz Suçu</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>370</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786053007883</t>
+          <t>9786258038323</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Uzlaştırmacı Sınavına Hazırlık</t>
+          <t>Tespit Hükümlerinin ve İnşai Hükümlerin İcra Hukuku Bakımından Durumu</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>150</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786257277914</t>
+          <t>9786258038316</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Esas Sözleşmesinin Yorumlanması (Ciltli)</t>
+          <t>Hekimin Mesleki Özerkliği</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>810</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786257656047</t>
+          <t>9786258038286</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucu veya Uyarıcı Madde İmal ve Ticareti Suçu</t>
+          <t>Resmi Belgede Sahtecilik Suçu</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>520</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786257277938</t>
+          <t>9786257595001</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Kanuni İdare İlkesi Bağlamında Cumhurbaşkanlığı Kararnamesi</t>
+          <t>Kat Mülkiyeti Kanunu El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>370</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786257277976</t>
+          <t>9786257656108</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Şartla Salıverilme Müessesesi</t>
+          <t>Güçlendirilmiş Parlamenter Sistem</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786257277907</t>
+          <t>9786257656443</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Değişen Göç Politikası ve Belediyeler: İstanbul Örneği</t>
+          <t>Sınai Mülkiyet Hukuku</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>525</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786257277655</t>
+          <t>9786257656023</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku</t>
+          <t>Türk Medeni Hukukunda Aile Konutu ve Aile Konutu Şerhi</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786257277822</t>
+          <t>9786257656160</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Ceza İnfaz Kurumu Yönetimi</t>
+          <t>S/İHAS Hukuku - Silahlı / İnsansız Hava Aracı Sistemleri Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>540</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786257277372</t>
+          <t>9786257656290</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Hak Arama Özgürlüğü</t>
+          <t>Vergi Denetiminde Mükellef Hakları ve Türkiye'de Mükellef Haklarının Geliştirilmesine Yönelik Öneriler</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786257277617</t>
+          <t>9786053007883</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Mali Hukuk Alanında Güncel Konu ve Gelişmeler (Ciltli)</t>
+          <t>Uzlaştırmacı Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786257277464</t>
+          <t>9786257277914</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay İçtihatları ve Bam Kararları Işığında Fazla Çalışma Ücreti (Ciltli)</t>
+          <t>Anonim Şirket Esas Sözleşmesinin Yorumlanması (Ciltli)</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>729</v>
+        <v>810</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786257277648</t>
+          <t>9786257656047</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Vergi Yargılama Hukukunda İlk İnceleme</t>
+          <t>Uyuşturucu veya Uyarıcı Madde İmal ve Ticareti Suçu</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>405</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786257277211</t>
+          <t>9786257277938</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Evlilik Birliğinin Kurulması ve Sona Ermesi (Ciltli)</t>
+          <t>Kanuni İdare İlkesi Bağlamında Cumhurbaşkanlığı Kararnamesi</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>620</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786257802949</t>
+          <t>9786257277976</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Sözleşmeli Bilişim Personelinin İstihdamına Dair Sözleşmenin Feshi ve Hukuki Sonuçları</t>
+          <t>Türk Hukukunda Şartla Salıverilme Müessesesi</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>260</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786257802925</t>
+          <t>9786257277907</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Hastaneye Kabul Sözleşmesinin Hüküm ve Sonuçları</t>
+          <t>Türkiye'nin Değişen Göç Politikası ve Belediyeler: İstanbul Örneği</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>370</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786257277341</t>
+          <t>9786257277655</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanununda Hırsızlık</t>
+          <t>Vergi Hukuku</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>370</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786257277334</t>
+          <t>9786257277822</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Satış Sözleşmesinde Zapttan Doğan Sorumluluk</t>
+          <t>Ceza İnfaz Kurumu Yönetimi</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>300</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786257277082</t>
+          <t>9786257277372</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Konut Yapı Kooperatiflerinde Sabit Fiyatlı Satış Sözleşmesi</t>
+          <t>Osmanlı Devleti'nde Hak Arama Özgürlüğü</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786257277136</t>
+          <t>9786257277617</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Özel Hükümler Pratik Çalışma Kitabı</t>
+          <t>Mali Hukuk Alanında Güncel Konu ve Gelişmeler (Ciltli)</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786257802956</t>
+          <t>9786257277464</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Ticari Dava (Ciltli)</t>
+          <t>Yargıtay İçtihatları ve Bam Kararları Işığında Fazla Çalışma Ücreti (Ciltli)</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>980</v>
+        <v>729</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786257802550</t>
+          <t>9786257277648</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı - İçtihatlı İmar Kanunu Uygulama Rehberi ve İmar Davalarında Başvuru Yolları İstinaf ve Temyiz (Ciltli)</t>
+          <t>Vergi Yargılama Hukukunda İlk İnceleme</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>715</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786257802871</t>
+          <t>9786257277211</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Tebligat</t>
+          <t>Milletlerarası Özel Hukukta Evlilik Birliğinin Kurulması ve Sona Ermesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>330</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786257802826</t>
+          <t>9786257802949</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu Çerçevesinde Oturma Hakkı (TMK. m. 823 - 825)</t>
+          <t>Sözleşmeli Bilişim Personelinin İstihdamına Dair Sözleşmenin Feshi ve Hukuki Sonuçları</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786257802451</t>
+          <t>9786257802925</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hukuku 3 (Sınırlı Ayni Haklar)</t>
+          <t>Hastaneye Kabul Sözleşmesinin Hüküm ve Sonuçları</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>440</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786257802444</t>
+          <t>9786257277341</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hukuku 2 (Mülkiyet)</t>
+          <t>Türk Ceza Kanununda Hırsızlık</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>630</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786257802598</t>
+          <t>9786257277334</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Marka Hukukunda Karıştırma İhtimali</t>
+          <t>Satış Sözleşmesinde Zapttan Doğan Sorumluluk</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786257802611</t>
+          <t>9786257277082</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda İşçinin Ücretinin Düşürülmesi</t>
+          <t>Konut Yapı Kooperatiflerinde Sabit Fiyatlı Satış Sözleşmesi</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>540</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786257802574</t>
+          <t>9786257277136</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Tazminat Sorumluluğu</t>
+          <t>Ceza Hukuku Özel Hükümler Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786257802482</t>
+          <t>9786257802956</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Sır Saklama Yükümlülüğü Kapsamında Sağlık Mesleği Mensuplarının Suçu Bildirmemesi Suçu</t>
+          <t>Ticari Dava (Ciltli)</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>650</v>
+        <v>980</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786257802567</t>
+          <t>9786257802550</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararları Işığında SGK Para Cezaları</t>
+          <t>Açıklamalı - İçtihatlı İmar Kanunu Uygulama Rehberi ve İmar Davalarında Başvuru Yolları İstinaf ve Temyiz (Ciltli)</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>350</v>
+        <v>715</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786257802277</t>
+          <t>9786257802871</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Ticari Davalarda İş Uyuşmazlıklarında Tüketici Mahkemelerinde Dava Şartı Arabuluculuk Uygulamaları (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukukunda Tebligat</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>700</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786257802246</t>
+          <t>9786257802826</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Akıl Hastalığı</t>
+          <t>Türk Medeni Kanunu Çerçevesinde Oturma Hakkı (TMK. m. 823 - 825)</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>630</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786257802253</t>
+          <t>9786257802451</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Bonoya Dayalı Kambiyo Senetlerine Mahsus Haciz Yoluyla Takip</t>
+          <t>Eşya Hukuku 3 (Sınırlı Ayni Haklar)</t>
         </is>
       </c>
       <c r="C1371" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786257802208</t>
+          <t>9786257802444</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Kamulaştırmanın Mülkiyet Hakkına Etkisi</t>
+          <t>Eşya Hukuku 2 (Mülkiyet)</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>440</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786257802048</t>
+          <t>9786257802598</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Geniş Açıklamalı Çocuk Yargılamalarında Yapılan Tüm Hatalar ve Bozma Nedenleri</t>
+          <t>Marka Hukukunda Karıştırma İhtimali</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>625</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786257088084</t>
+          <t>9786257802611</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Genel ve Özel Ceza Soruşturması (Ciltli)</t>
+          <t>Türk İş Hukukunda İşçinin Ücretinin Düşürülmesi</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>950</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786257802222</t>
+          <t>9786257802574</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Yeni Vakıf Davaları</t>
+          <t>İdarenin Tazminat Sorumluluğu</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>690</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786257088909</t>
+          <t>9786257802482</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>3. Uluslararası Tıp Hukuku Kongresi Bildirileri Kitabı Cilt 2</t>
+          <t>Sır Saklama Yükümlülüğü Kapsamında Sağlık Mesleği Mensuplarının Suçu Bildirmemesi Suçu</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>660</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786257088985</t>
+          <t>9786257802567</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Türk İdari Yargılama Hukukunda Yargılamanın Yenilenmesi</t>
+          <t>Yargı Kararları Işığında SGK Para Cezaları</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>540</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786257802130</t>
+          <t>9786257802277</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Devletin Dış Borcu</t>
+          <t>Ticari Davalarda İş Uyuşmazlıklarında Tüketici Mahkemelerinde Dava Şartı Arabuluculuk Uygulamaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>390</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786257802017</t>
+          <t>9786257802246</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Hekimin Cezai Sorumluluğu ve Ceza Hukuku Açısından Özellik Arz Eden Tıbbi Müdahaleler</t>
+          <t>Ceza Muhakemesi Hukukunda Akıl Hastalığı</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>570</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786257802000</t>
+          <t>9786257802253</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Türk İdari Yargı Sisteminde Dosyanın İşlemden Kaldırılması</t>
+          <t>Bonoya Dayalı Kambiyo Senetlerine Mahsus Haciz Yoluyla Takip</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786257088879</t>
+          <t>9786257802208</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Ticari Uyuşmazlıklarda Arabuluculuk (Ciltli)</t>
+          <t>Kamulaştırmanın Mülkiyet Hakkına Etkisi</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>590</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786257088978</t>
+          <t>9786257802048</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Veda Hutbesinde Yer Alan İnsan Hakları</t>
+          <t>Geniş Açıklamalı Çocuk Yargılamalarında Yapılan Tüm Hatalar ve Bozma Nedenleri</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>300</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786257088862</t>
+          <t>9786257088084</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Hakları Hukuku</t>
+          <t>Uygulamalı Genel ve Özel Ceza Soruşturması (Ciltli)</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>420</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786257088817</t>
+          <t>9786257802222</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Sulh</t>
+          <t>Uygulamada Yeni Vakıf Davaları</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>390</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786257088824</t>
+          <t>9786257088909</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Parlamento Kararlarının Hukuki Rejimi</t>
+          <t>3. Uluslararası Tıp Hukuku Kongresi Bildirileri Kitabı Cilt 2</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>625</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786257088831</t>
+          <t>9786257088985</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Hukukundan Kaynaklanan Uyuşmazlıkların Türk ve Rus Hukukuna Göre Arabuluculukla Çözülmesi</t>
+          <t>Türk İdari Yargılama Hukukunda Yargılamanın Yenilenmesi</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>370</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786257088848</t>
+          <t>9786257802130</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Adli Amaçlı İletişimin Denetlenmesi</t>
+          <t>Devletin Dış Borcu</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>540</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786257088855</t>
+          <t>9786257802017</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>An Overview of The Additional Protocol to The Council of Europe Convention on The Prevention of Terrorism</t>
+          <t>Hekimin Cezai Sorumluluğu ve Ceza Hukuku Açısından Özellik Arz Eden Tıbbi Müdahaleler</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>260</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786257088527</t>
+          <t>9786257802000</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Kambiyo Senetlerinde İhtiyati Haciz (Ciltli)</t>
+          <t>Türk İdari Yargı Sisteminde Dosyanın İşlemden Kaldırılması</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786257088640</t>
+          <t>9786257088879</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Yönetim Kurulu</t>
+          <t>Ticari Uyuşmazlıklarda Arabuluculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>400</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786257088626</t>
+          <t>9786257088978</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Kusurluluğu Kaldıran ve Azaltan Nedenler</t>
+          <t>Veda Hutbesinde Yer Alan İnsan Hakları</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786257088725</t>
+          <t>9786257088862</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>7182 Sayılı Kanunla Değişik 6222 Sayılı Kanun Kapsamında Seyirden Yasaklanma</t>
+          <t>Hayvan Hakları Hukuku</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786257088732</t>
+          <t>9786257088817</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Yargı Hukuku</t>
+          <t>Medeni Usul Hukukunda Sulh</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786257088671</t>
+          <t>9786257088824</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler</t>
+          <t>Türkiye'de Parlamento Kararlarının Hukuki Rejimi</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>350</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786257088695</t>
+          <t>9786257088831</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Avrupa Birliği Düzenlemeleri Işığında Elektronik Para</t>
+          <t>Tüketici Hukukundan Kaynaklanan Uyuşmazlıkların Türk ve Rus Hukukuna Göre Arabuluculukla Çözülmesi</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786257088701</t>
+          <t>9786257088848</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Muhakemesinde Ses ve Görüntü Bilişim Sistemi (SEGBİS)</t>
+          <t>Türk Hukukunda Adli Amaçlı İletişimin Denetlenmesi</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>390</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786051466026</t>
+          <t>9786257088855</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Από την Οθωμανική Αυτοκρατορία Στο Σήμερα Τίτλοι Ιδιοκτησίας Εγκαταλελειμμενη Περιουσια</t>
+          <t>An Overview of The Additional Protocol to The Council of Europe Convention on The Prevention of Terrorism</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786257088046</t>
+          <t>9786257088527</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Tanınmış Marka Kavramı, Hukuken Korunması ve Uluslararası Ticaretteki İşlevi</t>
+          <t>Kambiyo Senetlerinde İhtiyati Haciz (Ciltli)</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786257088596</t>
+          <t>9786257088640</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Kovid-19 Salgınının Borç İlişkilerine ve Yargılamaya Etkileri</t>
+          <t>Anonim Şirketlerde Yönetim Kurulu</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786257088558</t>
+          <t>9786257088626</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>İktibas veya İltibas Suretiyle Marka Hakkına Tecavüz Suçu</t>
+          <t>Ceza Hukukunda Kusurluluğu Kaldıran ve Azaltan Nedenler</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786053009498</t>
+          <t>9786257088725</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklığın Haklı Sebeple Feshi İsteminde Mahkemenin Fesih Dışındaki Çözümlere Karar Verme Yetkisi</t>
+          <t>7182 Sayılı Kanunla Değişik 6222 Sayılı Kanun Kapsamında Seyirden Yasaklanma</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786257088473</t>
+          <t>9786257088732</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda Kısa Çalışma ile Salgın Hastalık Halinde Uygulanan Diğer Hukuki Kurumlar</t>
+          <t>Yargı Hukuku</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786257088480</t>
+          <t>9786257088671</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Silah Kavramı ve Silah Kaçakçılığı Suçları</t>
+          <t>Ceza Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>540</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786257088602</t>
+          <t>9786257088695</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Seri Muhakeme Usulü</t>
+          <t>Türk ve Avrupa Birliği Düzenlemeleri Işığında Elektronik Para</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786257088336</t>
+          <t>9786257088701</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Halka Açık Anonim Şirketlerde Yönetim Kurulu Üyelerinin, Şirketin, Halka Arzı, Kotasyonu ve Sermaye Artırımı İşlemlerinden Doğan Görevleri ve Sorumlulukları (Ciltli)</t>
+          <t>Türk Ceza Muhakemesinde Ses ve Görüntü Bilişim Sistemi (SEGBİS)</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>430</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786257088077</t>
+          <t>9786051466026</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Alman Özel Hukukunda Güncel Gelişmeler Sempozyum Kitabı (Ciltli)</t>
+          <t>Από την Οθωμανική Αυτοκρατορία Στο Σήμερα Τίτλοι Ιδιοκτησίας Εγκαταλελειμμενη Περιουσια</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>515</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786257088268</t>
+          <t>9786257088046</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Kamu Harcamalarında Yetki Sorumluluk ve Denetim</t>
+          <t>Tanınmış Marka Kavramı, Hukuken Korunması ve Uluslararası Ticaretteki İşlevi</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786257088381</t>
+          <t>9786257088596</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Adli Kontrolde Karar Süreci</t>
+          <t>Kovid-19 Salgınının Borç İlişkilerine ve Yargılamaya Etkileri</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786257088404</t>
+          <t>9786257088558</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Kamu Külfetleri Karşısında Eşitlik İlkesi</t>
+          <t>İktibas veya İltibas Suretiyle Marka Hakkına Tecavüz Suçu</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786053007388</t>
+          <t>9786053009498</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Bakmanın ve Görmenin Ötesinde: Düşünceler</t>
+          <t>Anonim Ortaklığın Haklı Sebeple Feshi İsteminde Mahkemenin Fesih Dışındaki Çözümlere Karar Verme Yetkisi</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>100</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786257088312</t>
+          <t>9786257088473</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Erciyes Üniversitesi Hukuk Fakültesi Organ ve Doku Naklinde Hukuki ve Cezai Sorunlar Paneli</t>
+          <t>Türk İş Hukukunda Kısa Çalışma ile Salgın Hastalık Halinde Uygulanan Diğer Hukuki Kurumlar</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786257088237</t>
+          <t>9786257088480</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticari Uyuşmazlıklarda Arabuluculuk Sonunda Varılan Anlaşmaların Singapur Konvansiyonu Çerçevesinde Taraf Devletlerde İcra Edilebilirliği</t>
+          <t>Silah Kavramı ve Silah Kaçakçılığı Suçları</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>260</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786257088329</t>
+          <t>9786257088602</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Kanunu'nda Piyasa Dolandırıcılığı (Manipülasyon) Suçu</t>
+          <t>Seri Muhakeme Usulü</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>520</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786053009825</t>
+          <t>9786257088336</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Exploring the Anatomy of The Syrian Armed Conflicts</t>
+          <t>Halka Açık Anonim Şirketlerde Yönetim Kurulu Üyelerinin, Şirketin, Halka Arzı, Kotasyonu ve Sermaye Artırımı İşlemlerinden Doğan Görevleri ve Sorumlulukları (Ciltli)</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>220</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786053009528</t>
+          <t>9786257088077</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuk Sisteminde Uzlaştırma Kurumu</t>
+          <t>Türk ve Alman Özel Hukukunda Güncel Gelişmeler Sempozyum Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>265</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786053007593</t>
+          <t>9786257088268</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Kanunların İdari Düzenleyici Tasarrufların Yapım ve Yazışma Tekniği</t>
+          <t>Kamu Harcamalarında Yetki Sorumluluk ve Denetim</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786053007968</t>
+          <t>9786257088381</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukuku'nda Vekalet Sözleşmesi</t>
+          <t>Adli Kontrolde Karar Süreci</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786053008699</t>
+          <t>9786257088404</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Uyuşmazlıklarında Arabuluculuk Mevzuatı</t>
+          <t>Türk Hukukunda Kamu Külfetleri Karşısında Eşitlik İlkesi</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786257088152</t>
+          <t>9786053007388</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>80 Soru ve Yanıtta Hükmün Açıklanmasının Geri Bırakılması (HAGB)</t>
+          <t>Bakmanın ve Görmenin Ötesinde: Düşünceler</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786257656917</t>
+          <t>9786257088312</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Uzlaştırma</t>
+          <t>Erciyes Üniversitesi Hukuk Fakültesi Organ ve Doku Naklinde Hukuki ve Cezai Sorunlar Paneli</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786053007982</t>
+          <t>9786257088237</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Mevzuatı</t>
+          <t>Milletlerarası Ticari Uyuşmazlıklarda Arabuluculuk Sonunda Varılan Anlaşmaların Singapur Konvansiyonu Çerçevesinde Taraf Devletlerde İcra Edilebilirliği</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>70</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786257088183</t>
+          <t>9786257088329</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>İcra Kefaletnameleri</t>
+          <t>Sermaye Piyasası Kanunu'nda Piyasa Dolandırıcılığı (Manipülasyon) Suçu</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>290</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786053006633</t>
+          <t>9786053009825</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Siyaset</t>
+          <t>Exploring the Anatomy of The Syrian Armed Conflicts</t>
         </is>
       </c>
       <c r="C1423" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786257088190</t>
+          <t>9786053009528</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Karşılıksız Çek Suçu ve İnfazın Durdurulması Süreci</t>
+          <t>Türk Hukuk Sisteminde Uzlaştırma Kurumu</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>480</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786055263966</t>
+          <t>9786053007593</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Biliminin Güncel Sorunları 3. Uluslararası Kongre Bildiri Kitabı (2 Cilt Takım) (Ciltli)</t>
+          <t>Kanunların İdari Düzenleyici Tasarrufların Yapım ve Yazışma Tekniği</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786257088091</t>
+          <t>9786053007968</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Gerçek Kişilerin Türkiye'de Taşınmaz Edinimleri Mülahazalar ve Hukuki Sorunlar</t>
+          <t>Osmanlı Hukuku'nda Vekalet Sözleşmesi</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786257088022</t>
+          <t>9786053008699</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Haksız Rekabet Hukukunda Dürüstlük Kuralına Aykırı Reklamlar ve Satış Yöntemleri (Ciltli)</t>
+          <t>Hukuk Uyuşmazlıklarında Arabuluculuk Mevzuatı</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786257088107</t>
+          <t>9786257088152</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Usul Hukukunda Taraflarca Getirilme İlkesi (Ciltli)</t>
+          <t>80 Soru ve Yanıtta Hükmün Açıklanmasının Geri Bırakılması (HAGB)</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>520</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786257088121</t>
+          <t>9786257656917</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Akıl Hastalığının Kusur Yeteneğine Etkisi ve Akıl Hastalarına Özgü Güvenlik Tedbirleri (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukukunda Uzlaştırma</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>770</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786257088206</t>
+          <t>9786053007982</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Uyuşturucu veya Uyarıcı Madde İmal ve Ticareti Suçları</t>
+          <t>Sosyal Güvenlik Mevzuatı</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>525</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786053009504</t>
+          <t>9786257088183</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Delil Tespiti Kurumunun Fonksiyonları</t>
+          <t>İcra Kefaletnameleri</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786053007678</t>
+          <t>9786053006633</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Mukayeseli Hukukta Ötanaziye İlişkin Yaklaşımlar ve Hukukumuzda Ötanazinin Yeri Sorunu</t>
+          <t>Siyaset</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786053009481</t>
+          <t>9786257088190</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Yardım ve Bildirim Yükümlülüğünün Yerine Getirilmemesi Suçu</t>
+          <t>Karşılıksız Çek Suçu ve İnfazın Durdurulması Süreci</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>390</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786053009832</t>
+          <t>9786055263966</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Kambiyo Senetlerinin Zayi Olması ve Hak Sahibinin Başvurabileceği Hukuki Yollar</t>
+          <t>Hukuk Biliminin Güncel Sorunları 3. Uluslararası Kongre Bildiri Kitabı (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786053007791</t>
+          <t>9786257088091</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Hermeneutiği</t>
+          <t>Yabancı Gerçek Kişilerin Türkiye'de Taşınmaz Edinimleri Mülahazalar ve Hukuki Sorunlar</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>330</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786053009771</t>
+          <t>9786257088022</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Tüzel Kişi Verilerinin Korunmasında İdarenin Sorumluluğu</t>
+          <t>Haksız Rekabet Hukukunda Dürüstlük Kuralına Aykırı Reklamlar ve Satış Yöntemleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786257088169</t>
+          <t>9786257088107</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Milli Emlak Sözlüğü</t>
+          <t>Türk Medeni Usul Hukukunda Taraflarca Getirilme İlkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>540</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786257088060</t>
+          <t>9786257088121</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Ord. Prof. Dr. Sulhi Dönmezer 102 Yaşında Panel (Tebliğler) 10 Şubat 2020</t>
+          <t>Ceza Hukukunda Akıl Hastalığının Kusur Yeteneğine Etkisi ve Akıl Hastalarına Özgü Güvenlik Tedbirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>275</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786053009931</t>
+          <t>9786257088206</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Dönem Sonu Muhasebe İşlemleri ve Değerleme</t>
+          <t>Türk Ceza Hukukunda Uyuşturucu veya Uyarıcı Madde İmal ve Ticareti Suçları</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>250</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786053009979</t>
+          <t>9786053009504</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Construction Contract in Return for Flat in Turkish Law</t>
+          <t>Medeni Usul Hukukunda Delil Tespiti Kurumunun Fonksiyonları</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786053009863</t>
+          <t>9786053007678</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Bonoda Ödeme</t>
+          <t>Mukayeseli Hukukta Ötanaziye İlişkin Yaklaşımlar ve Hukukumuzda Ötanazinin Yeri Sorunu</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786053007944</t>
+          <t>9786053009481</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Mülkiyet Hakkı Yönünden Devletin Pozitif Yükümlülükleri</t>
+          <t>Yardım ve Bildirim Yükümlülüğünün Yerine Getirilmemesi Suçu</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786053009955</t>
+          <t>9786053009832</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ardıl Devletlerinin Siyasal Sistemleri Cilt - 1</t>
+          <t>Kambiyo Senetlerinin Zayi Olması ve Hak Sahibinin Başvurabileceği Hukuki Yollar</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>690</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786257088015</t>
+          <t>9786053007791</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>5237 Sayılı Türk Ceza Kanunu'nda Düzenlenen Çocukların Cinsel İstismarı Suçu</t>
+          <t>Hukuk Hermeneutiği</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>520</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786257656610</t>
+          <t>9786053009771</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Karayoluyla Eşya ve Yolcu Taşıma Hukuku</t>
+          <t>Tüzel Kişi Verilerinin Korunmasında İdarenin Sorumluluğu</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786053007920</t>
+          <t>9786257088169</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Software License Agreements</t>
+          <t>Milli Emlak Sözlüğü</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>350</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786053009450</t>
+          <t>9786257088060</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukukunda İzahnameden Doğan Sorumluluk (Ciltli)</t>
+          <t>Ord. Prof. Dr. Sulhi Dönmezer 102 Yaşında Panel (Tebliğler) 10 Şubat 2020</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>520</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786053009573</t>
+          <t>9786053009931</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Marka Davalarında Yargılama Usülü (Ciltli)</t>
+          <t>Dönem Sonu Muhasebe İşlemleri ve Değerleme</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>590</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786053009382</t>
+          <t>9786053009979</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Çocuk Kaçırmanın Hukuki Yönlerine Dair Lahey Sözleşmesi Kapsamında Çocuğun Mutad Meskeni Kavramı</t>
+          <t>Construction Contract in Return for Flat in Turkish Law</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786053009467</t>
+          <t>9786053009863</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Sistemi Aracılığıyla Haksız Yarar Sağlama Suçu</t>
+          <t>Bonoda Ödeme</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786053009405</t>
+          <t>9786053007944</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Soruşturma Evresinde İşlenmesi ve İnsan Hakları Kapsamında Korunması</t>
+          <t>Mülkiyet Hakkı Yönünden Devletin Pozitif Yükümlülükleri</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>520</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786053009269</t>
+          <t>9786053009955</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Yöneticilerin Sorumluluk Sigortası (Ciltli)</t>
+          <t>Osmanlı Ardıl Devletlerinin Siyasal Sistemleri Cilt - 1</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>280</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786053009399</t>
+          <t>9786257088015</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk Sürecinde Taraf Vekilliği</t>
+          <t>5237 Sayılı Türk Ceza Kanunu'nda Düzenlenen Çocukların Cinsel İstismarı Suçu</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>390</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786053007876</t>
+          <t>9786257656610</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Sistemlerinde Uzlaştırma</t>
+          <t>Karayoluyla Eşya ve Yolcu Taşıma Hukuku</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786053008170</t>
+          <t>9786053007920</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Adi Konkordato</t>
+          <t>Software License Agreements</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786053006572</t>
+          <t>9786053009450</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İnsan Hakları ve Eşitlik Kurumu'nun Yapısı ve İdare Üzerindeki Ayrımcılık Denetimi</t>
+          <t>Sermaye Piyasası Hukukunda İzahnameden Doğan Sorumluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>540</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786053008125</t>
+          <t>9786053009573</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Haksız Fiil Sorumluluğu</t>
+          <t>Marka Davalarında Yargılama Usülü (Ciltli)</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>410</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786051460536</t>
+          <t>9786053009382</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukuku'nda Elektronik İzleme</t>
+          <t>Uluslararası Çocuk Kaçırmanın Hukuki Yönlerine Dair Lahey Sözleşmesi Kapsamında Çocuğun Mutad Meskeni Kavramı</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786053009290</t>
+          <t>9786053009467</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Sözleşmesinin Milletlerarası Özel Hukuka Etkisi</t>
+          <t>Bilişim Sistemi Aracılığıyla Haksız Yarar Sağlama Suçu</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>730</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786053009184</t>
+          <t>9786053009405</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Re'sen İcra Yetkisi</t>
+          <t>Kişisel Verilerin Soruşturma Evresinde İşlenmesi ve İnsan Hakları Kapsamında Korunması</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>610</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786053009283</t>
+          <t>9786053009269</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Roma 1 Tüzüğü ile Karşılaştırmalı Olarak Yabancı Unsurlu İş Sözleşmelerine Uygulanacak Hukuk</t>
+          <t>Yöneticilerin Sorumluluk Sigortası (Ciltli)</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786053009122</t>
+          <t>9786053009399</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Terör Örgütünün Propagandası Suçu</t>
+          <t>Arabuluculuk Sürecinde Taraf Vekilliği</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786053009177</t>
+          <t>9786053007876</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukukunda Konkordato ve Konkordato Komiserliği</t>
+          <t>Ceza Hukuku Sistemlerinde Uzlaştırma</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>700</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786053009191</t>
+          <t>9786053008170</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Yargısında Ön-Denetim</t>
+          <t>Sorularla Adi Konkordato</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>760</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786053008521</t>
+          <t>9786053006572</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kurumsal Politik İktisat: Ampirik Bir İnceleme</t>
+          <t>Türkiye İnsan Hakları ve Eşitlik Kurumu'nun Yapısı ve İdare Üzerindeki Ayrımcılık Denetimi</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>440</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786053008446</t>
+          <t>9786053008125</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Olarak Türk ve Alman Hukukunda Meslek Edinilmiş Geçici İş İlişkisi</t>
+          <t>İslam Hukukunda Haksız Fiil Sorumluluğu</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>580</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786053008989</t>
+          <t>9786051460536</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Osmanlı Hukukunda Hidane</t>
+          <t>Türk Ceza Hukuku'nda Elektronik İzleme</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786053007685</t>
+          <t>9786053009290</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Hüküm Kurma ve Cezanın Belirlenmesi</t>
+          <t>Avrupa İnsan Hakları Sözleşmesinin Milletlerarası Özel Hukuka Etkisi</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>225</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786053008804</t>
+          <t>9786053009184</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Ceza Hukuku</t>
+          <t>İdarenin Re'sen İcra Yetkisi</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>520</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786053008194</t>
+          <t>9786053009283</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Temel Ceza Hukuku Mevzuatı (Ciltli)</t>
+          <t>Roma 1 Tüzüğü ile Karşılaştırmalı Olarak Yabancı Unsurlu İş Sözleşmelerine Uygulanacak Hukuk</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>152</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786053008941</t>
+          <t>9786053009122</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Müsadere Kurumu</t>
+          <t>Terör Örgütünün Propagandası Suçu</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>520</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786053008958</t>
+          <t>9786053009177</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Önleme Araması</t>
+          <t>İcra ve İflas Hukukunda Konkordato ve Konkordato Komiserliği</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786053006930</t>
+          <t>9786053009191</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>6356 Sayılı Kanun Bağlamında Sendika Özgürlüğünün Güvencesi</t>
+          <t>Anayasa Yargısında Ön-Denetim</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>330</v>
+        <v>760</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786053008644</t>
+          <t>9786053008521</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Genel Kurul (Ciltli)</t>
+          <t>Yeni Kurumsal Politik İktisat: Ampirik Bir İnceleme</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>520</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786053009061</t>
+          <t>9786053008446</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Hukukunda Reklam Yapım Sözleşmesi</t>
+          <t>Karşılaştırmalı Olarak Türk ve Alman Hukukunda Meslek Edinilmiş Geçici İş İlişkisi</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>350</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786053009030</t>
+          <t>9786053008989</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Keşif (Ciltli)</t>
+          <t>İslam ve Osmanlı Hukukunda Hidane</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786053008972</t>
+          <t>9786053007685</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı İçtihatlı Sahte Fatura Düzenleme ve Kullanma Suçları</t>
+          <t>Hüküm Kurma ve Cezanın Belirlenmesi</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>690</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786053007715</t>
+          <t>9786053008804</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Konut ve Çatılı İşyeri Kira Sözleşmesinin Kiraya Verenden Kaynaklanan Sebeplerle Sona Ermesi</t>
+          <t>Avrupa Birliği Ceza Hukuku</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>320</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786053008231</t>
+          <t>9786053008194</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Üyesi Ülkerde Hakim ve Savcı Eğitimleri (Ciltli)</t>
+          <t>Temel Ceza Hukuku Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>320</v>
+        <v>152</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786053009023</t>
+          <t>9786053008941</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Boşanmanın Mali Sonuçları ve Yoksulluk Nafakası</t>
+          <t>Türk Ceza Hukukunda Müsadere Kurumu</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>280</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786053007951</t>
+          <t>9786053008958</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada ve İnternette Hukuki Sorumluluk</t>
+          <t>Önleme Araması</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786053006763</t>
+          <t>9786053006930</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Hekimlerin Cezai Sorumluluğu</t>
+          <t>6356 Sayılı Kanun Bağlamında Sendika Özgürlüğünün Güvencesi</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>410</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786053006794</t>
+          <t>9786053008644</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>İcra Memurunun İşlemine Karşı Şikayet</t>
+          <t>Anonim Şirketlerde Genel Kurul (Ciltli)</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>870</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786053008309</t>
+          <t>9786053009061</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Primi Destekleri ve Uygulaması</t>
+          <t>Türk Borçlar Hukukunda Reklam Yapım Sözleşmesi</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786257656863</t>
+          <t>9786053009030</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Uzlaştırmacı Sınavına Hazırlık Çözümlü Soru Bankası</t>
+          <t>Medeni Usul Hukukunda Keşif (Ciltli)</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786053008897</t>
+          <t>9786053008972</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Tapu Sicilinde Geçici Tescil Şerhi</t>
+          <t>Açıklamalı İçtihatlı Sahte Fatura Düzenleme ve Kullanma Suçları</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>300</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786053009047</t>
+          <t>9786053007715</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Kamu Davasına Katılma</t>
+          <t>Konut ve Çatılı İşyeri Kira Sözleşmesinin Kiraya Verenden Kaynaklanan Sebeplerle Sona Ermesi</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786053009610</t>
+          <t>9786053008231</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılamasında Seri Muhakeme ve Basit Yargılama Usulleri</t>
+          <t>Avrupa Birliği Üyesi Ülkerde Hakim ve Savcı Eğitimleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786053008248</t>
+          <t>9786053009023</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Türk İnfaz Hukukunda Koşullu Salıverilme ve Koşullu Salıverilmede Süreler</t>
+          <t>Boşanmanın Mali Sonuçları ve Yoksulluk Nafakası</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786258038361</t>
+          <t>9786053007951</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Hükümet Sisteminde İdarenin Bütünlüğü İlkesi</t>
+          <t>Sosyal Medyada ve İnternette Hukuki Sorumluluk</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786053008743</t>
+          <t>9786053006763</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Kamulaştırmasız El Atma</t>
+          <t>Hekimlerin Cezai Sorumluluğu</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786053008774</t>
+          <t>9786053006794</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Elverişsiz Teşebbüs</t>
+          <t>İcra Memurunun İşlemine Karşı Şikayet</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>460</v>
+        <v>870</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786053008347</t>
+          <t>9786053008309</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Arabuluculuk El Kitabı</t>
+          <t>Sigorta Primi Destekleri ve Uygulaması</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>72</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786053007739</t>
+          <t>9786257656863</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Marka Hakkına Tecavüz Suçları</t>
+          <t>Uzlaştırmacı Sınavına Hazırlık Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>410</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786053008057</t>
+          <t>9786053008897</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Hümanizm İlkesi Açısından Kastrasyon Yaptırımı</t>
+          <t>Tapu Sicilinde Geçici Tescil Şerhi</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786053007616</t>
+          <t>9786053009047</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Bağlı Tüketici Kredi Sözleşmesi ve Kredi Verenin Sorumluluğu</t>
+          <t>Kamu Davasına Katılma</t>
         </is>
       </c>
       <c r="C1496" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786053007449</t>
+          <t>9786053009610</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Fikri ve Sınai Mülkiyet Hakları ve Hak Sahipliği (Ciltli)</t>
+          <t>Ceza Yargılamasında Seri Muhakeme ve Basit Yargılama Usulleri</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786053007166</t>
+          <t>9786053008248</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Sahte Fatura ve Muhteviyatı İtibariyle Yanıltıcı Belge (Ciltli)</t>
+          <t>Türk İnfaz Hukukunda Koşullu Salıverilme ve Koşullu Salıverilmede Süreler</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786053007395</t>
+          <t>9786258038361</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Türk Tipi Başkanlık Sistemi</t>
+          <t>Cumhurbaşkanlığı Hükümet Sisteminde İdarenin Bütünlüğü İlkesi</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>190</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786053007708</t>
+          <t>9786053008743</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde İstinaf</t>
+          <t>Kamulaştırmasız El Atma</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>455</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786053007180</t>
+          <t>9786053008774</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Kanunu ve Türk Ticaret Kanunu Kapsamında Anonim Ortaklıkların Önemli Nitelikteki İşlemleri</t>
+          <t>Ceza Hukukunda Elverişsiz Teşebbüs</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>280</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786053009948</t>
+          <t>9786053008347</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukukunda Dilekçe Hakkı</t>
+          <t>50 Soruda Arabuluculuk El Kitabı</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>570</v>
+        <v>72</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786053007005</t>
+          <t>9786053007739</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Sendikal Kuruluşların İşleyişi ve Denetim</t>
+          <t>Marka Hakkına Tecavüz Suçları</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>480</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786053007081</t>
+          <t>9786053008057</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hizmetinin Görülmesine İlişkin Sözleşmelerde Uluslararası Tahkim</t>
+          <t>Ceza Hukukunda Hümanizm İlkesi Açısından Kastrasyon Yaptırımı</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786053007210</t>
+          <t>9786053007616</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Football Hooliganism and Its Solutions with Specific Refernce to Turkey</t>
+          <t>Bağlı Tüketici Kredi Sözleşmesi ve Kredi Verenin Sorumluluğu</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786053007234</t>
+          <t>9786053007449</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Hakimlik ve Savcılık Mesleğinin Temel Esasları</t>
+          <t>Fikri ve Sınai Mülkiyet Hakları ve Hak Sahipliği (Ciltli)</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786053007241</t>
+          <t>9786053007166</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Hukuksal Yönleriyle İnsan Geni Üzerindeki İncelemeler</t>
+          <t>Sahte Fatura ve Muhteviyatı İtibariyle Yanıltıcı Belge (Ciltli)</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786053007319</t>
+          <t>9786053007395</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargıda Hakkaniyete Uygun Yargılanma İlkesi</t>
+          <t>Demokrasi ve Türk Tipi Başkanlık Sistemi</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786053007326</t>
+          <t>9786053007708</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Hakim ve Savcıların Görevi Kötüye Kullanma Suçları</t>
+          <t>Ceza Muhakemesinde İstinaf</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>290</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786053007104</t>
+          <t>9786053007180</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Haciz ve Hacze İştirak (Ciltli)</t>
+          <t>Sermaye Piyasası Kanunu ve Türk Ticaret Kanunu Kapsamında Anonim Ortaklıkların Önemli Nitelikteki İşlemleri</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786053007265</t>
+          <t>9786053009948</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Sivil Havacılık Hukukunda Havayolu Taşımacısının Hukuki Sorumluluğunun Sınırı</t>
+          <t>Osmanlı Hukukunda Dilekçe Hakkı</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>525</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786053006701</t>
+          <t>9786053007005</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Kat İrtifakı (Ciltli)</t>
+          <t>Sendikal Kuruluşların İşleyişi ve Denetim</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>520</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786053007067</t>
+          <t>9786053007081</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Hükümet Sisteminde Cumhurbaşkanının Sorumluluğu</t>
+          <t>Kamu Hizmetinin Görülmesine İlişkin Sözleşmelerde Uluslararası Tahkim</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786053006848</t>
+          <t>9786053007210</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Kanunu ve İlgili Mevzuat (Ciltli)</t>
+          <t>Football Hooliganism and Its Solutions with Specific Refernce to Turkey</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>805</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786257595742</t>
+          <t>9786053007234</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Kira Sözleşmelerinden Kaynaklanan Davalar (Ciltli)</t>
+          <t>Hakimlik ve Savcılık Mesleğinin Temel Esasları</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>1190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786053006770</t>
+          <t>9786053007241</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Mahkemelerin Yetkisi</t>
+          <t>Hukuksal Yönleriyle İnsan Geni Üzerindeki İncelemeler</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>690</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786053006510</t>
+          <t>9786053007319</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Bölge Adliye Mahkemesi (İstinaf) Cumhuriyet Başsavcılığı</t>
+          <t>İdari Yargıda Hakkaniyete Uygun Yargılanma İlkesi</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786053006596</t>
+          <t>9786053007326</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi - Temsil İlkeleri ve Kent Hakkı Çerçevesinde Belediyeler</t>
+          <t>Hakim ve Savcıların Görevi Kötüye Kullanma Suçları</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>790</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786051464091</t>
+          <t>9786053007104</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Güvenlik Eğitimi Uygulamaları</t>
+          <t>Haciz ve Hacze İştirak (Ciltli)</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>160</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786051466484</t>
+          <t>9786053007265</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenliğin Efendileri</t>
+          <t>Uluslararası Sivil Havacılık Hukukunda Havayolu Taşımacısının Hukuki Sorumluluğunun Sınırı</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>80</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786051467726</t>
+          <t>9786053006701</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda Tatil Ücretleri</t>
+          <t>Kat İrtifakı (Ciltli)</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>170</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786051462479</t>
+          <t>9786053007067</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Kat Mülkiyetinin Devri Zorunluluğu</t>
+          <t>Cumhurbaşkanlığı Hükümet Sisteminde Cumhurbaşkanının Sorumluluğu</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786051465999</t>
+          <t>9786053006848</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Yarı - Başkanlık Sistemi</t>
+          <t>Bankacılık Kanunu ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>190</v>
+        <v>805</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786051465197</t>
+          <t>9786257595742</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Ticari Temsilci ve Ticari Temsil Yetkisi (Ciltli)</t>
+          <t>Kira Sözleşmelerinden Kaynaklanan Davalar (Ciltli)</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>400</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786053005964</t>
+          <t>9786053006770</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Akit Dışı Borç İlişkilerinde Hukuk Seçme Serbestisi</t>
+          <t>Medeni Usul Hukukunda Mahkemelerin Yetkisi</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>238</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786053006275</t>
+          <t>9786053006510</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Marka Hakkının Sona Ermesi</t>
+          <t>Bölge Adliye Mahkemesi (İstinaf) Cumhuriyet Başsavcılığı</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786257277433</t>
+          <t>9786053006596</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Yargılamasında Duruşma Yönetimi</t>
+          <t>Demokrasi - Temsil İlkeleri ve Kent Hakkı Çerçevesinde Belediyeler</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>540</v>
+        <v>790</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786053006244</t>
+          <t>9786051464091</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>İftira Suçu</t>
+          <t>Çağdaş Güvenlik Eğitimi Uygulamaları</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786053006152</t>
+          <t>9786051466484</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu'nda Düzenlenen Gizliliğin İhlali Suçları</t>
+          <t>Sosyal Güvenliğin Efendileri</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>390</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786053006176</t>
+          <t>9786051467726</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Medeni Yargılama Hukukunda İspat Hakkı ve Sınırlamaları</t>
+          <t>Türk İş Hukukunda Tatil Ücretleri</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>714</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786053006046</t>
+          <t>9786051462479</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşlemlerde Taşınır Rehni</t>
+          <t>Kat Mülkiyetinin Devri Zorunluluğu</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>265</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786053006213</t>
+          <t>9786051465999</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Bütçe Dışı Fon Uygulamaları ve Varlık Fonu</t>
+          <t>Yarı - Başkanlık Sistemi</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>238</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786053005629</t>
+          <t>9786051465197</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>İnternet Erişiminin Engellenmesi ve Erişim Sağlayıcıları Birliği (Ciltli)</t>
+          <t>Ticari Temsilci ve Ticari Temsil Yetkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>238</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786053005636</t>
+          <t>9786053005964</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Kamulaştırmasız El Atma</t>
+          <t>Akit Dışı Borç İlişkilerinde Hukuk Seçme Serbestisi</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>230</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786053005384</t>
+          <t>9786053006275</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Hukukunda Ayıplı Maldan Doğan Sorumluluk (Ciltli)</t>
+          <t>Marka Hakkının Sona Ermesi</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>336</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786053005490</t>
+          <t>9786257277433</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Savcılık Kurumu (Türk Adli Yargı Sisteminde)</t>
+          <t>Hukuk Yargılamasında Duruşma Yönetimi</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>434</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786053005377</t>
+          <t>9786053006244</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Arabuluculuk ve Teşkilatlanması</t>
+          <t>İftira Suçu</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786053005261</t>
+          <t>9786053006152</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Sivil Anayasa İhtiyacı</t>
+          <t>Türk Ceza Kanunu'nda Düzenlenen Gizliliğin İhlali Suçları</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>266</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786051465074</t>
+          <t>9786053006176</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Çekişmesiz Yargı Kararlarının Türk Hukukunda Tanınması (Ciltli)</t>
+          <t>Medeni Yargılama Hukukunda İspat Hakkı ve Sınırlamaları</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>190</v>
+        <v>714</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786051466507</t>
+          <t>9786053006046</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Güvenlik Eğitimi</t>
+          <t>Ticari İşlemlerde Taşınır Rehni</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>210</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786053004578</t>
+          <t>9786053006213</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Vergilendirilmesi</t>
+          <t>Türkiye'de Bütçe Dışı Fon Uygulamaları ve Varlık Fonu</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>170</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786053005124</t>
+          <t>9786053005629</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Haberleşme Hukukundaki İdari Yaptırımlar ve Yargısal Denetimi</t>
+          <t>İnternet Erişiminin Engellenmesi ve Erişim Sağlayıcıları Birliği (Ciltli)</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>280</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786053005148</t>
+          <t>9786053005636</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Saldırı Suçu</t>
+          <t>Türk Hukukunda Kamulaştırmasız El Atma</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>238</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786053005162</t>
+          <t>9786053005384</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Adam Çalıştıranın Organizasyon Sorumluluğu</t>
+          <t>Tüketici Hukukunda Ayıplı Maldan Doğan Sorumluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>308</v>
+        <v>336</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786053009146</t>
+          <t>9786053005490</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Futbolda Disiplin (Ciltli)</t>
+          <t>Savcılık Kurumu (Türk Adli Yargı Sisteminde)</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>590</v>
+        <v>434</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786053002222</t>
+          <t>9786053005377</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Yaza Merhaba</t>
+          <t>Türk Hukukunda Arabuluculuk ve Teşkilatlanması</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786053004981</t>
+          <t>9786053005261</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde İstinaf Kanun Yolu</t>
+          <t>Türkiye'nin Sivil Anayasa İhtiyacı</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>230</v>
+        <v>266</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786053005049</t>
+          <t>9786051465074</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Belge Ceza Hukuku</t>
+          <t>Yabancı Çekişmesiz Yargı Kararlarının Türk Hukukunda Tanınması (Ciltli)</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786053005001</t>
+          <t>9786051466507</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Konut ve Çatılı İşyeri Kira Sözleşmesi İle Bağlantılı İşlemler</t>
+          <t>Profesyonel Güvenlik Eğitimi</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786053004844</t>
+          <t>9786053004578</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Noterlik Hukuku</t>
+          <t>Ailenin Vergilendirilmesi</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>266</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786053004851</t>
+          <t>9786053005124</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Aile Hukukunda Geçici Hukuki Himaye Tedbirleri</t>
+          <t>Elektronik Haberleşme Hukukundaki İdari Yaptırımlar ve Yargısal Denetimi</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786053004516</t>
+          <t>9786053005148</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Avukatlık Hukuku (Ciltli)</t>
+          <t>Cinsel Saldırı Suçu</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>810</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786053004820</t>
+          <t>9786053005162</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği İnsan Hakları Rejimi Işığında Avrupa Tutuklama Müzekkeresi</t>
+          <t>Adam Çalıştıranın Organizasyon Sorumluluğu</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>210</v>
+        <v>308</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786053004639</t>
+          <t>9786053009146</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>TCK ve Özel Ceza Yasalarında Suçlar</t>
+          <t>Futbolda Disiplin (Ciltli)</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>130</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786257277426</t>
+          <t>9786053002222</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay ve İstinaf Uygulamasında Geçici Hukuki Korumalar</t>
+          <t>Yaza Merhaba</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>756</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786053004592</t>
+          <t>9786053004981</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Banka Zimmeti</t>
+          <t>Ceza Muhakemesinde İstinaf Kanun Yolu</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786053004561</t>
+          <t>9786053005049</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Antlaşmalar Hukukunda Şartların Esaslı Değişikliği İlkesi</t>
+          <t>Belge Ceza Hukuku</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786053004486</t>
+          <t>9786053005001</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Görevi Kötüye Kullanma Suçu</t>
+          <t>Konut ve Çatılı İşyeri Kira Sözleşmesi İle Bağlantılı İşlemler</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786053004448</t>
+          <t>9786053004844</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Uzlaştırma</t>
+          <t>Osmanlı Noterlik Hukuku</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>200</v>
+        <v>266</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786053004226</t>
+          <t>9786053004851</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>İddianame ve İddianamenin İadesi</t>
+          <t>Aile Hukukunda Geçici Hukuki Himaye Tedbirleri</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786053004257</t>
+          <t>9786053004516</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Radyo ve Televizyon Yayın Hizmetlerinde Denetim</t>
+          <t>Uygulamada Avukatlık Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>294</v>
+        <v>810</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786053004097</t>
+          <t>9786053004820</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Sözleşmesi Açısından Türkiye'nin Vicdani Ret Pratiği</t>
+          <t>Avrupa Birliği İnsan Hakları Rejimi Işığında Avrupa Tutuklama Müzekkeresi</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786053004011</t>
+          <t>9786053004639</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Sektörü İçin İhale ve Sözleşme Yönetimi Rehberi</t>
+          <t>TCK ve Özel Ceza Yasalarında Suçlar</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>476</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786053003984</t>
+          <t>9786257277426</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Vergi Hukuku</t>
+          <t>Yargıtay ve İstinaf Uygulamasında Geçici Hukuki Korumalar</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>224</v>
+        <v>756</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786053004998</t>
+          <t>9786053004592</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Türk Milli Eğitim Sisteminde Eğitim Hakkı ve Çocuk Hakları Sözleşmesi</t>
+          <t>Banka Zimmeti</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786053003755</t>
+          <t>9786053004561</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Münhasır Ekonomik Bölgesindeki Balıkçılık Hakları</t>
+          <t>Uluslararası Antlaşmalar Hukukunda Şartların Esaslı Değişikliği İlkesi</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>252</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786053003502</t>
+          <t>9786053004486</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Belge Hukuku</t>
+          <t>Türk Ceza Hukukunda Görevi Kötüye Kullanma Suçu</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>238</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786053003557</t>
+          <t>9786053004448</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Limited Şirketin Sona Erme Nedenleri</t>
+          <t>Ceza Muhakemesi Hukukunda Uzlaştırma</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786053009603</t>
+          <t>9786053004226</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Tebligat Hukuku</t>
+          <t>İddianame ve İddianamenin İadesi</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>410</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786053002888</t>
+          <t>9786053004257</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Suçları</t>
+          <t>Radyo ve Televizyon Yayın Hizmetlerinde Denetim</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>238</v>
+        <v>294</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786053003113</t>
+          <t>9786053004097</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelenin Öbür Yüzü</t>
+          <t>Avrupa İnsan Hakları Sözleşmesi Açısından Türkiye'nin Vicdani Ret Pratiği</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786053003366</t>
+          <t>9786053004011</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Modern İç Güvenlik Hizmetleri ve Kamu Yönetimi İlişkisi</t>
+          <t>İnşaat Sektörü İçin İhale ve Sözleşme Yönetimi Rehberi</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>150</v>
+        <v>476</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786053002178</t>
+          <t>9786053003984</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Liber Amicorum in Loving Memory of Prof. Dr. A.N. Yiannipoulos (Ciltli)</t>
+          <t>Bilişim Vergi Hukuku</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>462</v>
+        <v>224</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786053002512</t>
+          <t>9786053004998</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Noterlik Rehberi</t>
+          <t>Türk Milli Eğitim Sisteminde Eğitim Hakkı ve Çocuk Hakları Sözleşmesi</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786053002499</t>
+          <t>9786053003755</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>İflas Erteleme Davaları</t>
+          <t>Türkiye'nin Münhasır Ekonomik Bölgesindeki Balıkçılık Hakları</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>210</v>
+        <v>252</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786053002444</t>
+          <t>9786053003502</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Hava Hukuku Sempozyumu</t>
+          <t>Belge Hukuku</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>150</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786053002802</t>
+          <t>9786053003557</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Hukuk Genel Kurulu Emsal Kararları (Ciltli)</t>
+          <t>Limited Şirketin Sona Erme Nedenleri</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>938</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786053003076</t>
+          <t>9786053009603</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Mevzuatı</t>
+          <t>Tebligat Hukuku</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>95</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786053002635</t>
+          <t>9786053002888</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>İhtiyati Tedbir</t>
+          <t>Kitle İletişim Suçları</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>280</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786053002505</t>
+          <t>9786053003113</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hukukuna Kaynaklık Eden Temel Kanunlar</t>
+          <t>Milli Mücadelenin Öbür Yüzü</t>
         </is>
       </c>
       <c r="C1580" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786053002390</t>
+          <t>9786053003366</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Taksirle Ölüme Sebebiyet Verme Suçu</t>
+          <t>Modern İç Güvenlik Hizmetleri ve Kamu Yönetimi İlişkisi</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>238</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786257595124</t>
+          <t>9786053002178</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Eser Sözleşmesi</t>
+          <t>Liber Amicorum in Loving Memory of Prof. Dr. A.N. Yiannipoulos (Ciltli)</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>865</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786053002284</t>
+          <t>9786053002512</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı İçin Avrupa İnsan Hakları Sözleşmesi</t>
+          <t>Noterlik Rehberi</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>198</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786053001775</t>
+          <t>9786053002499</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Yargılama Hukukunda Sulh</t>
+          <t>İflas Erteleme Davaları</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786053001836</t>
+          <t>9786053002444</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Nüfuz Ticareti Suçu</t>
+          <t>Hava Hukuku Sempozyumu</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786053002154</t>
+          <t>9786053002802</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Türk Pozitif Hukuku'nda ve Avrupa İnsan Hakları Hukuku'nda Özgürlük ve Güvenlik Hakkı</t>
+          <t>Yargıtay Hukuk Genel Kurulu Emsal Kararları (Ciltli)</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>200</v>
+        <v>938</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786053002130</t>
+          <t>9786053003076</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Tam Yargı Davalarında Maddi Tazminat</t>
+          <t>Avrupa Birliği Mevzuatı</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>280</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786053001881</t>
+          <t>9786053002635</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Genel Güvenliğin Kasten Tehlikeye Sokulması Suçu</t>
+          <t>İhtiyati Tedbir</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786053002024</t>
+          <t>9786053002505</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Kötü Uygulamaya İlişkin Zorunlu Mali Sorumluluk Sigortası</t>
+          <t>Kamu Hukukuna Kaynaklık Eden Temel Kanunlar</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786053001683</t>
+          <t>9786053002390</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>İş Güvencesi Hukuku ve İşe İade Davaları (Ciltli)</t>
+          <t>Taksirle Ölüme Sebebiyet Verme Suçu</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>588</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786053001522</t>
+          <t>9786257595124</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>İrtikap Suçu</t>
+          <t>Eser Sözleşmesi</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>280</v>
+        <v>865</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786053004080</t>
+          <t>9786053002284</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>2018 Ceza Muhakemesi Kanunu</t>
+          <t>İdari Yargı İçin Avrupa İnsan Hakları Sözleşmesi</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>150</v>
+        <v>198</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786053001003</t>
+          <t>9786053001775</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Kefalet ve Yargılama Hukukuna İlişkin Uyuşmazlıklar (Ciltli)</t>
+          <t>Türk Medeni Yargılama Hukukunda Sulh</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>700</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786053001232</t>
+          <t>9786053001836</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukunda Kısa Çalışma</t>
+          <t>Türk Hukukunda Nüfuz Ticareti Suçu</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786053001058</t>
+          <t>9786053002154</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti'nin Taraf Olduğu Milletlerarası Özel Hukuku İle İlgili Bazı Çok Taraflı Uluslararası Sözleşmeler (Ciltli)</t>
+          <t>Türk Pozitif Hukuku'nda ve Avrupa İnsan Hakları Hukuku'nda Özgürlük ve Güvenlik Hakkı</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>784</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786053001041</t>
+          <t>9786053002130</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucu Veya Uyarıcı Madde İmal ve Ticaret Suçu</t>
+          <t>Tam Yargı Davalarında Maddi Tazminat</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786053009634</t>
+          <t>9786053001881</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Bağışlama Sözleşmesi (Ciltli)</t>
+          <t>Genel Güvenliğin Kasten Tehlikeye Sokulması Suçu</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>770</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786053000969</t>
+          <t>9786053002024</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Taksitle Satış Sözleşmeleri</t>
+          <t>Tıbbi Kötü Uygulamaya İlişkin Zorunlu Mali Sorumluluk Sigortası</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9786053000648</t>
+          <t>9786053001683</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Teoride ve Pratikte Yargı Bağımsızlığı</t>
+          <t>İş Güvencesi Hukuku ve İşe İade Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>252</v>
+        <v>588</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786053000709</t>
+          <t>9786053001522</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>John Locke'un İhtilal Teorisi Bağlamında Arap Baharı</t>
+          <t>İrtikap Suçu</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9786053000495</t>
+          <t>9786053004080</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Boyutuyla Rüşvet Suçu</t>
+          <t>2018 Ceza Muhakemesi Kanunu</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9786053000556</t>
+          <t>9786053001003</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Toplantı ve Gösteri Yürüyüşü Özgürlüğü ve Türkiye Örneği</t>
+          <t>Kefalet ve Yargılama Hukukuna İlişkin Uyuşmazlıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786053000617</t>
+          <t>9786053001232</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Açısından Çok Hukuklu Sistem</t>
+          <t>Türk İş Hukunda Kısa Çalışma</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786053000600</t>
+          <t>9786053001058</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi Kararları Işığında Kanun Kavramı</t>
+          <t>Türkiye Cumhuriyeti'nin Taraf Olduğu Milletlerarası Özel Hukuku İle İlgili Bazı Çok Taraflı Uluslararası Sözleşmeler (Ciltli)</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>150</v>
+        <v>784</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786053000075</t>
+          <t>9786053001041</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Kusur İlkesi Işığında Mazaret Nedeni Olarak Zorlayıcı Cebir (Ciltli)</t>
+          <t>Uyuşturucu Veya Uyarıcı Madde İmal ve Ticaret Suçu</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>266</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786053000297</t>
+          <t>9786053009634</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Görevi Yaptırmamak İçin Direnme Suçu</t>
+          <t>Bağışlama Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>150</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786053000181</t>
+          <t>9786053000969</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Uyuşmazlıklarında Arabuluculuk</t>
+          <t>Taksitle Satış Sözleşmeleri</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786053000341</t>
+          <t>9786053000648</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargıda İstinaf</t>
+          <t>Teoride ve Pratikte Yargı Bağımsızlığı</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>238</v>
+        <v>252</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786053000105</t>
+          <t>9786053000709</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Bedelli Askerlik Dövizle Askerlik ve İdari Para Cezası Uygulamaları</t>
+          <t>John Locke'un İhtilal Teorisi Bağlamında Arap Baharı</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786053000129</t>
+          <t>9786053000495</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ceza Hukukunda Hükümlülerin Nakli</t>
+          <t>Uluslararası Boyutuyla Rüşvet Suçu</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786053000044</t>
+          <t>9786053000556</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Müdahalenin Hukuka UYgunluğu</t>
+          <t>Toplantı ve Gösteri Yürüyüşü Özgürlüğü ve Türkiye Örneği</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>224</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786053000037</t>
+          <t>9786053000617</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Tüpgaz Sorumluluk Sigortası ve İlgili Mevzuat</t>
+          <t>Anayasa Hukuku Açısından Çok Hukuklu Sistem</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>252</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786053000013</t>
+          <t>9786053000600</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Silah Kullanımı</t>
+          <t>Anayasa Mahkemesi Kararları Işığında Kanun Kavramı</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786051469928</t>
+          <t>9786053000075</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Gece Çalışması</t>
+          <t>Kusur İlkesi Işığında Mazaret Nedeni Olarak Zorlayıcı Cebir (Ciltli)</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>230</v>
+        <v>266</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9786051469782</t>
+          <t>9786053000297</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 8</t>
+          <t>Görevi Yaptırmamak İçin Direnme Suçu</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786051469751</t>
+          <t>9786053000181</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 5</t>
+          <t>Hukuk Uyuşmazlıklarında Arabuluculuk</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>137</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786051469775</t>
+          <t>9786053000341</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 7</t>
+          <t>İdari Yargıda İstinaf</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>142</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786051469768</t>
+          <t>9786053000105</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 6</t>
+          <t>Bedelli Askerlik Dövizle Askerlik ve İdari Para Cezası Uygulamaları</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>158</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786051469720</t>
+          <t>9786053000129</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 2</t>
+          <t>Uluslararası Ceza Hukukunda Hükümlülerin Nakli</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>185</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9786051469744</t>
+          <t>9786053000044</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 4</t>
+          <t>Tıbbi Müdahalenin Hukuka UYgunluğu</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>155</v>
+        <v>224</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9786051469867</t>
+          <t>9786053000037</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Güneydoğu Komşu Ülkelerden Türkiye'ye Yönelik Göç Hareketleri</t>
+          <t>Uygulamada Tüpgaz Sorumluluk Sigortası ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>220</v>
+        <v>252</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786051469799</t>
+          <t>9786053000013</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Sulh Halinde Avukatın Ücret Alacağı</t>
+          <t>Nükleer Silah Kullanımı</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9786051469812</t>
+          <t>9786051469928</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesinin AİHS M. 41 Kapsamındaki Hükümlerinin (Adil Karşılık) Mahiyeti ve Unsurları</t>
+          <t>İş Hukukunda Gece Çalışması</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9786051468815</t>
+          <t>9786051469782</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Kendini İtham Etme Hakkı</t>
+          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 8</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>220</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9786051469850</t>
+          <t>9786051469751</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>5237 Sayılı Türk Ceza Kanununda Hürriyete Karşı İşlenen Suçlardan Tehdit ve Cebir Suçu</t>
+          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 5</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>190</v>
+        <v>137</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9786051469447</t>
+          <t>9786051469775</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Birinci Türkiye Büyük Millet Meclisi Dönemi Siyasal Rejimi ve Anayasal Düzeni</t>
+          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 7</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>190</v>
+        <v>142</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9786053001492</t>
+          <t>9786051469768</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Hukukta İstinaf Uygulaması</t>
+          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 6</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>294</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9786055980887</t>
+          <t>9786051469720</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Vade Farkı ve Uygulaması (Ciltli)</t>
+          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 2</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9786257088541</t>
+          <t>9786051469744</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Örgütlü Suçlar</t>
+          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 4</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>310</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786054378043</t>
+          <t>9786051469867</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Polisin İnsan Hakları Gelişiminin Bilimsel Bir Çalışma Işığında İncelenmesi</t>
+          <t>Doğu ve Güneydoğu Komşu Ülkelerden Türkiye'ye Yönelik Göç Hareketleri</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>70</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9786054144389</t>
+          <t>9786051469799</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Son Değişiklikleriyle Seçimler ve Siyasi Partiler Mevzuatı</t>
+          <t>Sulh Halinde Avukatın Ücret Alacağı</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9786055633387</t>
+          <t>9786051469812</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>TCK’nın Genel Hükümleri Açısından Basın Suçlarında Sorumluluk</t>
+          <t>Avrupa İnsan Hakları Mahkemesinin AİHS M. 41 Kapsamındaki Hükümlerinin (Adil Karşılık) Mahiyeti ve Unsurları</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786054378647</t>
+          <t>9786051468815</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Temel Hak ve Özgürlüklere İlişkin Uluslararası Antlaşmaların İç Hukukta Doğrudan Uygulanması</t>
+          <t>Ceza Muhakemesi Hukukunda Kendini İtham Etme Hakkı</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9786051460512</t>
+          <t>9786051469850</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanununda Zimmet Suçu</t>
+          <t>5237 Sayılı Türk Ceza Kanununda Hürriyete Karşı İşlenen Suçlardan Tehdit ve Cebir Suçu</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>70</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786055473440</t>
+          <t>9786051469447</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Ad ve Adın Değiştirilmesi</t>
+          <t>Birinci Türkiye Büyük Millet Meclisi Dönemi Siyasal Rejimi ve Anayasal Düzeni</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786055473297</t>
+          <t>9786053001492</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda Manevi Tazminat</t>
+          <t>Hukukta İstinaf Uygulaması</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>150</v>
+        <v>294</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786054144952</t>
+          <t>9786055980887</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Mevzuatında Şerefi İhlal</t>
+          <t>Vade Farkı ve Uygulaması (Ciltli)</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786053008439</t>
+          <t>9786257088541</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Yerinden Edilmiş Kişiler</t>
+          <t>Örgütlü Suçlar</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786055412111</t>
+          <t>9786054378043</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Türk Cumhuriyeti Lefke Avrupa Üniversitesi 2. Sağlık Hukuku Sempozyumu</t>
+          <t>Polisin İnsan Hakları Gelişiminin Bilimsel Bir Çalışma Işığında İncelenmesi</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786054378234</t>
+          <t>9786054144389</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Meslek Dışı (Halktan) Hakimler</t>
+          <t>Son Değişiklikleriyle Seçimler ve Siyasi Partiler Mevzuatı</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786051469218</t>
+          <t>9786055633387</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Buyruğu Işığında İnsan Hakları</t>
+          <t>TCK’nın Genel Hükümleri Açısından Basın Suçlarında Sorumluluk</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786051468990</t>
+          <t>9786054378647</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Açlık Grevleri</t>
+          <t>Temel Hak ve Özgürlüklere İlişkin Uluslararası Antlaşmaların İç Hukukta Doğrudan Uygulanması</t>
         </is>
       </c>
       <c r="C1642" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786051469249</t>
+          <t>9786051460512</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Computer Fraud</t>
+          <t>Türk Ceza Kanununda Zimmet Suçu</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>238</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786051469157</t>
+          <t>9786055473440</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Kararlarındaki Karşı Oy Gerekçelerim</t>
+          <t>Türk Hukukunda Ad ve Adın Değiştirilmesi</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786051468792</t>
+          <t>9786055473297</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay'ın Sosyal Güvenlik Hukukuna İlişkin Seçilmiş Kararları</t>
+          <t>Türk İş Hukukunda Manevi Tazminat</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>434</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786053002741</t>
+          <t>9786054144952</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Terörle Mücadele Kanunu ve Devlet Sırlarına Karşı Suçlar</t>
+          <t>Türkiye Mevzuatında Şerefi İhlal</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>294</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786051468471</t>
+          <t>9786053008439</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Uzlaşma</t>
+          <t>Uluslararası Hukukta Yerinden Edilmiş Kişiler</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786257802833</t>
+          <t>9786055412111</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Korunması ve Kadına Karşı Şiddetin Önlenmesine Dair Kanun</t>
+          <t>Kuzey Kıbrıs Türk Cumhuriyeti Lefke Avrupa Üniversitesi 2. Sağlık Hukuku Sempozyumu</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786051468259</t>
+          <t>9786054378234</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>TCK Genel Hükümleri Yargıtay Yorumu (Ciltli)</t>
+          <t>Meslek Dışı (Halktan) Hakimler</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>406</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786051467634</t>
+          <t>9786051469218</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Bağlamında Yargı Mercileri Kararlarının Birbirleri Üzerindeki Etkisi (Ciltli)</t>
+          <t>Peygamber Buyruğu Işığında İnsan Hakları</t>
         </is>
       </c>
       <c r="C1650" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786051468044</t>
+          <t>9786051468990</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Kararları Işığında Kamu Barışına Karşı Suçlar</t>
+          <t>Açlık Grevleri</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786051467962</t>
+          <t>9786051469249</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Müteselsil Kefaletin Kurulması ve Geçerlilik Şartları</t>
+          <t>Computer Fraud</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>160</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786054378241</t>
+          <t>9786051469157</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Cinayetlerin Şifresi</t>
+          <t>Yargıtay Kararlarındaki Karşı Oy Gerekçelerim</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>70</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9786051467177</t>
+          <t>9786051468792</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku - Genel Kısım 2</t>
+          <t>Yargıtay'ın Sosyal Güvenlik Hukukuna İlişkin Seçilmiş Kararları</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>336</v>
+        <v>434</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786051467214</t>
+          <t>9786053002741</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Özel Hayata Karşı Suçlar</t>
+          <t>Terörle Mücadele Kanunu ve Devlet Sırlarına Karşı Suçlar</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>110</v>
+        <v>294</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9786051466897</t>
+          <t>9786051468471</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararları Işığında Türk Hukuku'nda İnternet Erişiminin Engellenmesi</t>
+          <t>Uzlaşma</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786051465043</t>
+          <t>9786257802833</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılamasında Koruma Tedbirleri Nedeniyle Tazminat</t>
+          <t>Ailenin Korunması ve Kadına Karşı Şiddetin Önlenmesine Dair Kanun</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>80</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786051466125</t>
+          <t>9786051468259</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Polis Suçluluğu</t>
+          <t>TCK Genel Hükümleri Yargıtay Yorumu (Ciltli)</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>170</v>
+        <v>406</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9786051466668</t>
+          <t>9786051467634</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Ticari Defterlerin Delil Niteliği</t>
+          <t>Ceza Muhakemesi Bağlamında Yargı Mercileri Kararlarının Birbirleri Üzerindeki Etkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786053006374</t>
+          <t>9786051468044</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Etkin Soruşturmaya İlişkin Usul ve Esaslar</t>
+          <t>Yargıtay Kararları Işığında Kamu Barışına Karşı Suçlar</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>420</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786051466644</t>
+          <t>9786051467962</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Taşıma Hukukunda Karayoluyla Tehlikeli Eşya Taşınması (Ciltli)</t>
+          <t>Müteselsil Kefaletin Kurulması ve Geçerlilik Şartları</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9786051466422</t>
+          <t>9786054378241</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Özetli-İçtihatlı Yargıtay Uygulamasında Banka Teminat Mektupları (Ciltli)</t>
+          <t>Cinayetlerin Şifresi</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>392</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786051466330</t>
+          <t>9786051467177</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Örtülü Kar Dağıtımı (Ciltli)</t>
+          <t>Ceza Hukuku - Genel Kısım 2</t>
         </is>
       </c>
       <c r="C1663" s="1">
         <v>336</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786257656306</t>
+          <t>9786051467214</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>İş Kazası ve Meslek Hastalığında Hukuki ve Cezai Sorumluk (Ciltli)</t>
+          <t>Özel Hayata Karşı Suçlar</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>1400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9786053000419</t>
+          <t>9786051466897</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı İçtihatlı ve İstinaf Kurumuyla İdari Yargılama Usulü Kanunu (Ciltli)</t>
+          <t>Yargı Kararları Işığında Türk Hukuku'nda İnternet Erişiminin Engellenmesi</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>560</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786051464756</t>
+          <t>9786051465043</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Toplum Destekli Polislik</t>
+          <t>Ceza Yargılamasında Koruma Tedbirleri Nedeniyle Tazminat</t>
         </is>
       </c>
       <c r="C1666" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9786055263959</t>
+          <t>9786051466125</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu'nda Adli Para Cezası</t>
+          <t>Türkiye'de Polis Suçluluğu</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786051463742</t>
+          <t>9786051466668</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Kobi'lere, Büyük İşletmelere ve Girişimcilere Sağlanan Mali Destekler ve Hizmetler (Ciltli)</t>
+          <t>Ticari Defterlerin Delil Niteliği</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786051461175</t>
+          <t>9786053006374</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Ceza Yargılamasında Tutuklama ve Tahliye</t>
+          <t>Etkin Soruşturmaya İlişkin Usul ve Esaslar</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>70</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9786051462509</t>
+          <t>9786051466644</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Konut Hakkı</t>
+          <t>Taşıma Hukukunda Karayoluyla Tehlikeli Eşya Taşınması (Ciltli)</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786051461793</t>
+          <t>9786051466422</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Yönetim Kurulu Üyelerinin Mesleki Sorumluluk Sigortası</t>
+          <t>Özetli-İçtihatlı Yargıtay Uygulamasında Banka Teminat Mektupları (Ciltli)</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>150</v>
+        <v>392</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786053002895</t>
+          <t>9786051466330</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Akit Dışı Sorumlulukta Maddi Zarar ve Tazmini</t>
+          <t>Anonim Şirketlerde Örtülü Kar Dağıtımı (Ciltli)</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>200</v>
+        <v>336</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9786051462837</t>
+          <t>9786257656306</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirkette İşletme Konusu</t>
+          <t>İş Kazası ve Meslek Hastalığında Hukuki ve Cezai Sorumluk (Ciltli)</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>150</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9786055263546</t>
+          <t>9786053000419</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>360 Derece Polis Liderliği ve Liderlik Eğitimi</t>
+          <t>Açıklamalı İçtihatlı ve İstinaf Kurumuyla İdari Yargılama Usulü Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>70</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786051464442</t>
+          <t>9786051464756</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Polisin Sorunları Nedir? Polis Nasıl Motive Edilir?</t>
+          <t>Toplum Destekli Polislik</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9786051463094</t>
+          <t>9786055263959</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılamasında Beraat Kararı ve Uygulaması</t>
+          <t>Türk Ceza Kanunu'nda Adli Para Cezası</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9786055412425</t>
+          <t>9786051463742</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılarının Milletlerarası Değeri Konusunda Avrupa Sözleşmesi</t>
+          <t>Kobi'lere, Büyük İşletmelere ve Girişimcilere Sağlanan Mali Destekler ve Hizmetler (Ciltli)</t>
         </is>
       </c>
       <c r="C1677" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9786051462394</t>
+          <t>9786051461175</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhalelerinde Dava Süreci (Ciltli)</t>
+          <t>Uygulamada Ceza Yargılamasında Tutuklama ve Tahliye</t>
         </is>
       </c>
       <c r="C1678" s="1">
-        <v>170</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9786051463483</t>
+          <t>9786051462509</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Kısım - 1</t>
+          <t>Konut Hakkı</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>392</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9786051461823</t>
+          <t>9786051461793</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Muhasebe Standartları İle Vergi Yasalarındaki Ölçüm (Değerleme) Farklarının Saptanması ve Vergi İdaresine Raporlanması</t>
+          <t>Anonim Şirket Yönetim Kurulu Üyelerinin Mesleki Sorumluluk Sigortası</t>
         </is>
       </c>
       <c r="C1680" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786051462530</t>
+          <t>9786053002895</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukuku Davalar Sisteminde Actio Popularis</t>
+          <t>Akit Dışı Sorumlulukta Maddi Zarar ve Tazmini</t>
         </is>
       </c>
       <c r="C1681" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9786051460833</t>
+          <t>9786051462837</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>İlgili Düzenlemeler Işığında Anayasa ve İdare Hukuku Açısından Kamu Haznedarlığı Uygulaması</t>
+          <t>Anonim Şirkette İşletme Konusu</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9786055263010</t>
+          <t>9786055263546</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi'nin Yargılama Yetkisi</t>
+          <t>360 Derece Polis Liderliği ve Liderlik Eğitimi</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9786051461755</t>
+          <t>9786051464442</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Gönüllü Vazgeçme Kurumu</t>
+          <t>Polisin Sorunları Nedir? Polis Nasıl Motive Edilir?</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9786051463179</t>
+          <t>9786051463094</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Avukatın Uzlaşma Sağlama Yetkisi</t>
+          <t>Ceza Yargılamasında Beraat Kararı ve Uygulaması</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9786051464008</t>
+          <t>9786055412425</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>SGK - TEB Eczane Protokolü</t>
+          <t>Ceza Yargılarının Milletlerarası Değeri Konusunda Avrupa Sözleşmesi</t>
         </is>
       </c>
       <c r="C1686" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9786051462462</t>
+          <t>9786051462394</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Koruma Sigortası</t>
+          <t>Kamu İhalelerinde Dava Süreci (Ciltli)</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9786053002246</t>
+          <t>9786051463483</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Kanunlarımızda Süreler</t>
+          <t>Ceza Hukuku Genel Kısım - 1</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>476</v>
+        <v>392</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9786051463247</t>
+          <t>9786051461823</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>İcra Müdürünün Takdir Yetkisi</t>
+          <t>Türkiye Muhasebe Standartları İle Vergi Yasalarındaki Ölçüm (Değerleme) Farklarının Saptanması ve Vergi İdaresine Raporlanması</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9786051463025</t>
+          <t>9786051462530</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Irak Hukukunda Genel Sebeplere Dayanarak Boşanma ve Sonuçları</t>
+          <t>Roma Hukuku Davalar Sisteminde Actio Popularis</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9786051461700</t>
+          <t>9786051460833</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Kamu Denetçiliği Kurumu Ombudsman Başvuru El Kitabı ve Mevzuat</t>
+          <t>İlgili Düzenlemeler Işığında Anayasa ve İdare Hukuku Açısından Kamu Haznedarlığı Uygulaması</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9786257802536</t>
+          <t>9786055263010</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Uygulamada Tefecilik Suçu</t>
+          <t>Avrupa İnsan Hakları Mahkemesi'nin Yargılama Yetkisi</t>
         </is>
       </c>
       <c r="C1692" s="1">
-        <v>625</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9786055263324</t>
+          <t>9786051461755</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Katma Değer Vergisinde Vergiyi Doğuran Olay Olarak Teslim</t>
+          <t>Türk Ceza Hukukunda Gönüllü Vazgeçme Kurumu</t>
         </is>
       </c>
       <c r="C1693" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9786054378333</t>
+          <t>9786051463179</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Protokolü ve İşkencenin Önlenmesi</t>
+          <t>Avukatın Uzlaşma Sağlama Yetkisi</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9786055412371</t>
+          <t>9786051464008</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Ceza Hukuku Mevzuatı</t>
+          <t>SGK - TEB Eczane Protokolü</t>
         </is>
       </c>
       <c r="C1695" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9786055336103</t>
+          <t>9786051462462</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Hukuksal ve Finansal Açıdan Forfaiting</t>
+          <t>Hukuki Koruma Sigortası</t>
         </is>
       </c>
       <c r="C1696" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9786054378524</t>
+          <t>9786053002246</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>Müsadere ve Mülkiyetin Kamuya Geçirilmesi</t>
+          <t>Kanunlarımızda Süreler</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>150</v>
+        <v>476</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9786051463537</t>
+          <t>9786051463247</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>Koruma Tedbirleri Nedeniyle Tazminat Davaları</t>
+          <t>İcra Müdürünün Takdir Yetkisi</t>
         </is>
       </c>
       <c r="C1698" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9786051464824</t>
+          <t>9786051463025</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Elektronik Genel Kurul Uygulamasında Pay Sahiplerinin Bilgi Alma Hakkı (Ciltli)</t>
+          <t>Türk ve Irak Hukukunda Genel Sebeplere Dayanarak Boşanma ve Sonuçları</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9786051464992</t>
+          <t>9786051461700</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>5. Sağlık Hakkı ve Sağlık Hukuku Sempozyumu</t>
+          <t>Kamu Denetçiliği Kurumu Ombudsman Başvuru El Kitabı ve Mevzuat</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9786051465005</t>
+          <t>9786257802536</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hukuku Bibliyografyası</t>
+          <t>Teori ve Uygulamada Tefecilik Suçu</t>
         </is>
       </c>
       <c r="C1701" s="1">
-        <v>195</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9786051464930</t>
+          <t>9786055263324</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>2. Uluslararası Suç ve Ceza Film Festivali : Kadına Yönelik Şiddet ve Ayrımcılık</t>
+          <t>Katma Değer Vergisinde Vergiyi Doğuran Olay Olarak Teslim</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9786051463544</t>
+          <t>9786054378333</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Tefecilik Suçu</t>
+          <t>İstanbul Protokolü ve İşkencenin Önlenmesi</t>
         </is>
       </c>
       <c r="C1703" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9786051460994</t>
+          <t>9786055412371</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>Savcılar Özerk ve Bağımsız Olmalıdır</t>
+          <t>Çalışma Ceza Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C1704" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9786051460840</t>
+          <t>9786055336103</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Andlaşmaların Yapılması ve Yargısal Denetim</t>
+          <t>Hukuksal ve Finansal Açıdan Forfaiting</t>
         </is>
       </c>
       <c r="C1705" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9786051460888</t>
+          <t>9786054378524</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararları ile Birlikte İcra Mahkemesinde İtirazın Kaldırılması (Ciltli)</t>
+          <t>Müsadere ve Mülkiyetin Kamuya Geçirilmesi</t>
         </is>
       </c>
       <c r="C1706" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9786257802291</t>
+          <t>9786051463537</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukukunda Menfi Tespit ve İstirdat Davaları</t>
+          <t>Koruma Tedbirleri Nedeniyle Tazminat Davaları</t>
         </is>
       </c>
       <c r="C1707" s="1">
-        <v>920</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9786051463650</t>
+          <t>9786051464824</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay'ın Sosyal Güvenlik Hukukuna İlişkin Emsal Kararları (Ciltli)</t>
+          <t>Anonim Şirket Elektronik Genel Kurul Uygulamasında Pay Sahiplerinin Bilgi Alma Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C1708" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9786051463636</t>
+          <t>9786051464992</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>Mukayeseli Hukuk ve Hukuk Tarihinde Teşhir Cezası</t>
+          <t>5. Sağlık Hakkı ve Sağlık Hukuku Sempozyumu</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9786051460246</t>
+          <t>9786051465005</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Vergi Hataları ve Sonuçları (Ciltli)</t>
+          <t>Sağlık Hukuku Bibliyografyası</t>
         </is>
       </c>
       <c r="C1710" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9786055263980</t>
+          <t>9786051464930</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kamu Kurumu Niteliğindeki Meslek Kuruluşları</t>
+          <t>2. Uluslararası Suç ve Ceza Film Festivali : Kadına Yönelik Şiddet ve Ayrımcılık</t>
         </is>
       </c>
       <c r="C1711" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9786051461250</t>
+          <t>9786051463544</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Yargısında Yorumlu Ret Kararı</t>
+          <t>Türk Hukukunda Tefecilik Suçu</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9786051462981</t>
+          <t>9786051460994</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>Yabancıların Türkiye'de Yargılanması ve Uluslararası Adli Yardımlaşma</t>
+          <t>Savcılar Özerk ve Bağımsız Olmalıdır</t>
         </is>
       </c>
       <c r="C1713" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9786051463865</t>
+          <t>9786051460840</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Kanunu Yargıtay İlke Kararları</t>
+          <t>Türk Hukukunda Andlaşmaların Yapılması ve Yargısal Denetim</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9786257088916</t>
+          <t>9786051460888</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Hekim İlaç Tedavisinden Doğan Sorumluluğu</t>
+          <t>Yargı Kararları ile Birlikte İcra Mahkemesinde İtirazın Kaldırılması (Ciltli)</t>
         </is>
       </c>
       <c r="C1715" s="1">
-        <v>690</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
-          <t>9786051463780</t>
+          <t>9786257802291</t>
         </is>
       </c>
       <c r="B1716" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Gayrimüslimlerin Din ve Vicdan Hürriyetleri Bağlamında Mabedlerinin Hukuki Statüsü</t>
+          <t>İcra ve İflas Hukukunda Menfi Tespit ve İstirdat Davaları</t>
         </is>
       </c>
       <c r="C1716" s="1">
-        <v>160</v>
+        <v>920</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="1" t="inlineStr">
         <is>
-          <t>9786055412593</t>
+          <t>9786051463650</t>
         </is>
       </c>
       <c r="B1717" s="1" t="inlineStr">
         <is>
-          <t>Sporda Şiddetin ve Düzensizliğin Önlenmesi Kanunu ve Yorumu</t>
+          <t>Yargıtay'ın Sosyal Güvenlik Hukukuna İlişkin Emsal Kararları (Ciltli)</t>
         </is>
       </c>
       <c r="C1717" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="1" t="inlineStr">
         <is>
-          <t>9786051461304</t>
+          <t>9786051463636</t>
         </is>
       </c>
       <c r="B1718" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu Canlanıyor: Türk-Çin Hukuk Zirvesi Konferans Bildiri Kitabı</t>
+          <t>Mukayeseli Hukuk ve Hukuk Tarihinde Teşhir Cezası</t>
         </is>
       </c>
       <c r="C1718" s="1">
-        <v>70</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="1" t="inlineStr">
         <is>
-          <t>9786051460949</t>
+          <t>9786051460246</t>
         </is>
       </c>
       <c r="B1719" s="1" t="inlineStr">
         <is>
-          <t>Sporda Şiddet ve Düzensizliğin Önlenmesine Dair Kanunda Yer Alan Suçlar ve Yaptırımları</t>
+          <t>Türk Vergi Hukukunda Vergi Hataları ve Sonuçları (Ciltli)</t>
         </is>
       </c>
       <c r="C1719" s="1">
-        <v>27</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="1" t="inlineStr">
         <is>
-          <t>9786051460154</t>
+          <t>9786055263980</t>
         </is>
       </c>
       <c r="B1720" s="1" t="inlineStr">
         <is>
-          <t>Ön İnceleme Aşaması</t>
+          <t>Türkiye'de Kamu Kurumu Niteliğindeki Meslek Kuruluşları</t>
         </is>
       </c>
       <c r="C1720" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="1" t="inlineStr">
         <is>
-          <t>9786051463551</t>
+          <t>9786051461250</t>
         </is>
       </c>
       <c r="B1721" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Müdafi</t>
+          <t>Anayasa Yargısında Yorumlu Ret Kararı</t>
         </is>
       </c>
       <c r="C1721" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="1" t="inlineStr">
         <is>
-          <t>9786051463377</t>
+          <t>9786051462981</t>
         </is>
       </c>
       <c r="B1722" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhale Hukukunda Ortak Girişim (Ciltli)</t>
+          <t>Yabancıların Türkiye'de Yargılanması ve Uluslararası Adli Yardımlaşma</t>
         </is>
       </c>
       <c r="C1722" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="1" t="inlineStr">
         <is>
-          <t>9786051462813</t>
+          <t>9786051463865</t>
         </is>
       </c>
       <c r="B1723" s="1" t="inlineStr">
         <is>
-          <t>Hukuka ve Ahlak Felsefesine Yön Veren Sözler</t>
+          <t>Ticaret Kanunu Yargıtay İlke Kararları</t>
         </is>
       </c>
       <c r="C1723" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="1" t="inlineStr">
         <is>
-          <t>9786051461526</t>
+          <t>9786257088916</t>
         </is>
       </c>
       <c r="B1724" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasa Hukukunda Basın Özgürlüğü</t>
+          <t>Hekim İlaç Tedavisinden Doğan Sorumluluğu</t>
         </is>
       </c>
       <c r="C1724" s="1">
-        <v>150</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="1" t="inlineStr">
         <is>
-          <t>9786055336837</t>
+          <t>9786051463780</t>
         </is>
       </c>
       <c r="B1725" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Yabancı Boşanma Kararlarının Tanınması ve Tenfizi</t>
+          <t>Osmanlı Devleti'nde Gayrimüslimlerin Din ve Vicdan Hürriyetleri Bağlamında Mabedlerinin Hukuki Statüsü</t>
         </is>
       </c>
       <c r="C1725" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="1" t="inlineStr">
         <is>
-          <t>9786051461489</t>
+          <t>9786055412593</t>
         </is>
       </c>
       <c r="B1726" s="1" t="inlineStr">
         <is>
-          <t>Yargılama Safhaları ve İşlemleri (Ciltli)</t>
+          <t>Sporda Şiddetin ve Düzensizliğin Önlenmesi Kanunu ve Yorumu</t>
         </is>
       </c>
       <c r="C1726" s="1">
-        <v>260</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="1" t="inlineStr">
         <is>
-          <t>9786051463940</t>
+          <t>9786051461304</t>
         </is>
       </c>
       <c r="B1727" s="1" t="inlineStr">
         <is>
-          <t>Medeni Yargılama Hukukunda Değişiklik Davası</t>
+          <t>İpek Yolu Canlanıyor: Türk-Çin Hukuk Zirvesi Konferans Bildiri Kitabı</t>
         </is>
       </c>
       <c r="C1727" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="1" t="inlineStr">
         <is>
-          <t>9786051463728</t>
+          <t>9786051460949</t>
         </is>
       </c>
       <c r="B1728" s="1" t="inlineStr">
         <is>
-          <t>Seçim Sistemleri ve Türkiye'de (Gerrymandering) Seçim Hilesi Uygulamaları</t>
+          <t>Sporda Şiddet ve Düzensizliğin Önlenmesine Dair Kanunda Yer Alan Suçlar ve Yaptırımları</t>
         </is>
       </c>
       <c r="C1728" s="1">
-        <v>150</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="1" t="inlineStr">
         <is>
-          <t>9786051468327</t>
+          <t>9786051460154</t>
         </is>
       </c>
       <c r="B1729" s="1" t="inlineStr">
         <is>
-          <t>Ticari Şirketler İle İlgili Uygulamalar</t>
+          <t>Ön İnceleme Aşaması</t>
         </is>
       </c>
       <c r="C1729" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="1" t="inlineStr">
         <is>
-          <t>9786051468365</t>
+          <t>9786051463551</t>
         </is>
       </c>
       <c r="B1730" s="1" t="inlineStr">
         <is>
-          <t>İşletmeler İçin Sosyal Medyanın Yasal Riskleri</t>
+          <t>Ceza Muhakemesi Hukukunda Müdafi</t>
         </is>
       </c>
       <c r="C1730" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="1" t="inlineStr">
         <is>
-          <t>9786051461069</t>
+          <t>9786051463377</t>
         </is>
       </c>
       <c r="B1731" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Küçüklerin Evlat Edinilmesi</t>
+          <t>Kamu İhale Hukukunda Ortak Girişim (Ciltli)</t>
         </is>
       </c>
       <c r="C1731" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="1" t="inlineStr">
         <is>
-          <t>9786051468174</t>
+          <t>9786051462813</t>
         </is>
       </c>
       <c r="B1732" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi'nin 2015 Yılı Kararlarından Seçmeler 2</t>
+          <t>Hukuka ve Ahlak Felsefesine Yön Veren Sözler</t>
         </is>
       </c>
       <c r="C1732" s="1">
-        <v>142</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="1" t="inlineStr">
         <is>
-          <t>9789944416924</t>
+          <t>9786051461526</t>
         </is>
       </c>
       <c r="B1733" s="1" t="inlineStr">
         <is>
-          <t>Adil Yargılanma Hakkı - Avrupa İnsan Hakları Sözleşmesi ve Türk Hukuku</t>
+          <t>Türk Anayasa Hukukunda Basın Özgürlüğü</t>
         </is>
       </c>
       <c r="C1733" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="1" t="inlineStr">
         <is>
-          <t>9786055473747</t>
+          <t>9786055336837</t>
         </is>
       </c>
       <c r="B1734" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Muhasebe Standartlarında Hasılat - Maliyet İlişkisi</t>
+          <t>Türk Hukukunda Yabancı Boşanma Kararlarının Tanınması ve Tenfizi</t>
         </is>
       </c>
       <c r="C1734" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="1" t="inlineStr">
         <is>
-          <t>9786051464237</t>
+          <t>9786051461489</t>
         </is>
       </c>
       <c r="B1735" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Uygulamalarıyla İş Hukukunun Temel İlkeleri</t>
+          <t>Yargılama Safhaları ve İşlemleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1735" s="1">
-        <v>80</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="1" t="inlineStr">
         <is>
-          <t>9786051463452</t>
+          <t>9786051463940</t>
         </is>
       </c>
       <c r="B1736" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Teftiş Mekanizması ve Kurumsallaşması</t>
+          <t>Medeni Yargılama Hukukunda Değişiklik Davası</t>
         </is>
       </c>
       <c r="C1736" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="1" t="inlineStr">
         <is>
-          <t>9786051468181</t>
+          <t>9786051463728</t>
         </is>
       </c>
       <c r="B1737" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi'nin 2015 Yılı Kararlarından Seçmeler 3</t>
+          <t>Seçim Sistemleri ve Türkiye'de (Gerrymandering) Seçim Hilesi Uygulamaları</t>
         </is>
       </c>
       <c r="C1737" s="1">
-        <v>142</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="1" t="inlineStr">
         <is>
+          <t>9786051468327</t>
+        </is>
+      </c>
+      <c r="B1738" s="1" t="inlineStr">
+        <is>
+          <t>Ticari Şirketler İle İlgili Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C1738" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1739" spans="1:3">
+      <c r="A1739" s="1" t="inlineStr">
+        <is>
+          <t>9786051468365</t>
+        </is>
+      </c>
+      <c r="B1739" s="1" t="inlineStr">
+        <is>
+          <t>İşletmeler İçin Sosyal Medyanın Yasal Riskleri</t>
+        </is>
+      </c>
+      <c r="C1739" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1740" spans="1:3">
+      <c r="A1740" s="1" t="inlineStr">
+        <is>
+          <t>9786051461069</t>
+        </is>
+      </c>
+      <c r="B1740" s="1" t="inlineStr">
+        <is>
+          <t>Türk Hukukunda Küçüklerin Evlat Edinilmesi</t>
+        </is>
+      </c>
+      <c r="C1740" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1741" spans="1:3">
+      <c r="A1741" s="1" t="inlineStr">
+        <is>
+          <t>9786051468174</t>
+        </is>
+      </c>
+      <c r="B1741" s="1" t="inlineStr">
+        <is>
+          <t>Anayasa Mahkemesi'nin 2015 Yılı Kararlarından Seçmeler 2</t>
+        </is>
+      </c>
+      <c r="C1741" s="1">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="1742" spans="1:3">
+      <c r="A1742" s="1" t="inlineStr">
+        <is>
+          <t>9789944416924</t>
+        </is>
+      </c>
+      <c r="B1742" s="1" t="inlineStr">
+        <is>
+          <t>Adil Yargılanma Hakkı - Avrupa İnsan Hakları Sözleşmesi ve Türk Hukuku</t>
+        </is>
+      </c>
+      <c r="C1742" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1743" spans="1:3">
+      <c r="A1743" s="1" t="inlineStr">
+        <is>
+          <t>9786055473747</t>
+        </is>
+      </c>
+      <c r="B1743" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Muhasebe Standartlarında Hasılat - Maliyet İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1743" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1744" spans="1:3">
+      <c r="A1744" s="1" t="inlineStr">
+        <is>
+          <t>9786051464237</t>
+        </is>
+      </c>
+      <c r="B1744" s="1" t="inlineStr">
+        <is>
+          <t>Yargıtay Uygulamalarıyla İş Hukukunun Temel İlkeleri</t>
+        </is>
+      </c>
+      <c r="C1744" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1745" spans="1:3">
+      <c r="A1745" s="1" t="inlineStr">
+        <is>
+          <t>9786051463452</t>
+        </is>
+      </c>
+      <c r="B1745" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Teftiş Mekanizması ve Kurumsallaşması</t>
+        </is>
+      </c>
+      <c r="C1745" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1746" spans="1:3">
+      <c r="A1746" s="1" t="inlineStr">
+        <is>
+          <t>9786051468181</t>
+        </is>
+      </c>
+      <c r="B1746" s="1" t="inlineStr">
+        <is>
+          <t>Anayasa Mahkemesi'nin 2015 Yılı Kararlarından Seçmeler 3</t>
+        </is>
+      </c>
+      <c r="C1746" s="1">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="1747" spans="1:3">
+      <c r="A1747" s="1" t="inlineStr">
+        <is>
           <t>9786051461229</t>
         </is>
       </c>
-      <c r="B1738" s="1" t="inlineStr">
+      <c r="B1747" s="1" t="inlineStr">
         <is>
           <t>Liability Of The Air Carrier</t>
         </is>
       </c>
-      <c r="C1738" s="1">
+      <c r="C1747" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>