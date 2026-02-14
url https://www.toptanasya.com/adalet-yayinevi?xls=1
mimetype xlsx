--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,26230 +85,26455 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055980863</t>
+          <t>9786253776701</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İflas Davaları (Ciltli)</t>
+          <t>Genç Bir Ağır Ceza Hakiminin Anıları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>252</v>
+        <v>390</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054144747</t>
+          <t>9786253774554</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticarette Pratik Bilgiler ve Yaygın Kullanılan Belgeler</t>
+          <t>Medeni Hukuk – III Miras Hukuku Olay ve Test Soruları (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786253771515</t>
+          <t>9786253774707</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Devletlerin Deniz Alanlarından Yararlanmalarında Hakkaniyet İlkesi</t>
+          <t>Başkanlık Sistemlerinde ve Türk Hukukunda Meclis Soruşturması (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>800</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786253771348</t>
+          <t>9786253775506</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İşçinin Sosyal Medya Paylaşımlarının İş Sözleşmesinin Feshine Etkisi (Ciltli)</t>
+          <t>Yasama ve Yürütmede Kadın Temsili: AB, İsveç ve Türkiye Üzerine Karşılaştırmalı Bir Analiz</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1030</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786253771768</t>
+          <t>9786052642047</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Hukukunda İdari, Cezai ve Hukuki Sorumluluk (Ciltli)</t>
+          <t>Yürütmenin Yasamayı Fesih Yetkisi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1980</v>
+        <v>830</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256147096</t>
+          <t>9786256147171</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Asıl İşveren Alt İşveren İlişkisinde İşverenlerin Müteselsil Sorumluluğu (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukuku Pratik Çalışmaları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1270</v>
+        <v>760</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052641712</t>
+          <t>9786052649619</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kripto Paralar Kullanılarak İşlenen Suçlar ile Bilişim Sistemleri Kullanılarak İşlenen Sermaye Piyasası Suçları</t>
+          <t>İnsan Hakları Hukuku Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>440</v>
+        <v>870</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786253773861</t>
+          <t>9786258092738</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dijital Ceza Hukuku (Ciltli)</t>
+          <t>Kabahatler Hukuku</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>990</v>
+        <v>710</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786053004875</t>
+          <t>9786052647226</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>10. Yılında MÖHUK Sempozyumu</t>
+          <t>Medeni Hukuk – III Aile Hukuku</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>940</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055633363</t>
+          <t>9786052645802</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği'nin Kurucu Andlaşmaları</t>
+          <t>Uluslararası Örgütler Hukuku</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>630</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786253774752</t>
+          <t>9786258092103</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Takdir Komisyonları</t>
+          <t>Arabuluculuk Soru Bankası Tamamı Çözümlü Teorik ve Pratik 470 Soru</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>790</v>
+        <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786253774844</t>
+          <t>9786253774141</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>61 Soruda Spor Hukuku</t>
+          <t>Gerekçeli Karar Nasıl Olmalı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786253774738</t>
+          <t>9786256147249</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu'nda Kasten Yaralama Suçu</t>
+          <t>Apartman, Site ve İşhanı Yönetimleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>370</v>
+        <v>730</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786253774837</t>
+          <t>9786052642436</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Hukuku İçtihatlı Temel Mevzuatı</t>
+          <t>Kripto Para ve Elektronik Para Suçları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>590</v>
+        <v>440</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786253773892</t>
+          <t>9786052641828</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukuku Özel Hükümler (Ciltli)</t>
+          <t>Siyasi Parti Kongrelerinde Gerçekleşen Seçimlerin Seçim Yargısı Tarafından Denetimi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>1600</v>
+        <v>375</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786253774721</t>
+          <t>9786055980863</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Constitutional Law in a Nutshell</t>
+          <t>İflas Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>620</v>
+        <v>252</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786253774547</t>
+          <t>9786054144747</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Pratik Çalışmalar</t>
+          <t>Uluslararası Ticarette Pratik Bilgiler ve Yaygın Kullanılan Belgeler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786253774561</t>
+          <t>9786253771515</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk - III Miras Hukuku (Ciltli)</t>
+          <t>Devletlerin Deniz Alanlarından Yararlanmalarında Hakkaniyet İlkesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>1250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786253773427</t>
+          <t>9786253771348</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kaotik Vergileme</t>
+          <t>İşçinin Sosyal Medya Paylaşımlarının İş Sözleşmesinin Feshine Etkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>370</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052649459</t>
+          <t>9786253771768</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları (Kavramsal ve Kuramsal Çerçeve)</t>
+          <t>İş Sağlığı ve Güvenliği Hukukunda İdari, Cezai ve Hukuki Sorumluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>315</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786253774127</t>
+          <t>9786256147096</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünce</t>
+          <t>İş Hukukunda Asıl İşveren Alt İşveren İlişkisinde İşverenlerin Müteselsil Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>500</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052646915</t>
+          <t>9786052641712</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Hukuku</t>
+          <t>Kripto Paralar Kullanılarak İşlenen Suçlar ile Bilişim Sistemleri Kullanılarak İşlenen Sermaye Piyasası Suçları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>560</v>
+        <v>440</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052649961</t>
+          <t>9786253773861</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku</t>
+          <t>Dijital Ceza Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>685</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786253774509</t>
+          <t>9786053004875</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Türk İdare Hukuku Dersleri - Cilt 1</t>
+          <t>10. Yılında MÖHUK Sempozyumu</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>770</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786253774295</t>
+          <t>9786055633363</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukuku</t>
+          <t>Avrupa Birliği'nin Kurucu Andlaşmaları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>520</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786253774264</t>
+          <t>9786253774752</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hukuku Pratik Çalışma Kitabı</t>
+          <t>Türk Vergi Hukukunda Takdir Komisyonları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>330</v>
+        <v>790</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055633509</t>
+          <t>9786253774844</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Düzenleme Tekniği, Düzenleyici Etki Analizi (DEA) ve Yasa Yapım Süreci</t>
+          <t>61 Soruda Spor Hukuku</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786253774042</t>
+          <t>9786253774738</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu Türk Borçlar Kanunu Yürürlük Kanunları ve İlgili Mevzuat</t>
+          <t>Türk Ceza Kanunu'nda Kasten Yaralama Suçu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>950</v>
+        <v>370</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052648483</t>
+          <t>9786253774837</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukukta Yalan Haberlerin Önlenmesi ve Uygulanabilecek Yaptırımlar</t>
+          <t>İdari Yargılama Hukuku İçtihatlı Temel Mevzuatı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>570</v>
+        <v>650</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052647974</t>
+          <t>9786253773892</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Diplomatik Dokunulmazlık Prensibi ve Devletlerin Uluslararası Sorumluluğu</t>
+          <t>Türk Ceza Hukuku Özel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>910</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052647325</t>
+          <t>9786253774721</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Geçici Koruma Statüsü ve Geçici Koruma Statüsündeki Suriyelilerin Türk Vatandaşlığını Kazanması</t>
+          <t>Constitutional Law in a Nutshell</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>290</v>
+        <v>720</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052647479</t>
+          <t>9786253774547</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Marka Hukuku (Ciltli)</t>
+          <t>Medeni Hukuk Pratik Çalışmalar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>540</v>
+        <v>810</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052643976</t>
+          <t>9786253774561</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Dersleri Temel Bilgiler</t>
+          <t>Medeni Hukuk - III Miras Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>430</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052644058</t>
+          <t>9786253773427</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Miras Hukuku</t>
+          <t>Kaotik Vergileme</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>540</v>
+        <v>370</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052645352</t>
+          <t>9786052649459</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ticaret Örgütü Hukuku</t>
+          <t>İnsan Hakları (Kavramsal ve Kuramsal Çerçeve)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>580</v>
+        <v>450</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052646236</t>
+          <t>9786253774127</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kamulaştırma Kanunu’na Göre İdareler Arası Mal Devri Usulü</t>
+          <t>Eleştirel Düşünce</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>440</v>
+        <v>580</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052646151</t>
+          <t>9786052646915</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Feminizm Perspektifiyle Üreme Hakları</t>
+          <t>İnsan Hakları Hukuku</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>1170</v>
+        <v>680</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052645987</t>
+          <t>9786052649961</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Temel Kavramları</t>
+          <t>Vergi Hukuku</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>470</v>
+        <v>685</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052645963</t>
+          <t>9786253774509</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hükmün Açıklanmasının Geri Bırakılması ve Uygulama Sorunları</t>
+          <t>Türk İdare Hukuku Dersleri - Cilt 1</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>460</v>
+        <v>890</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052640708</t>
+          <t>9786253774295</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kat Mülkiyetinde Yönetim</t>
+          <t>Kıymetli Evrak Hukuku</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>460</v>
+        <v>600</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052645468</t>
+          <t>9786253774264</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Türk ve İsviçre İflas Hukukunda Basit Tasfiye</t>
+          <t>Eşya Hukuku Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052645635</t>
+          <t>9786055633509</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tehlike Suçları</t>
+          <t>Hukuki Düzenleme Tekniği, Düzenleyici Etki Analizi (DEA) ve Yasa Yapım Süreci</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>740</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052644836</t>
+          <t>9786253774042</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İcra Hukukunda Hakkın Kötüye Kullanılması Yasağı</t>
+          <t>Türk Medeni Kanunu Türk Borçlar Kanunu Yürürlük Kanunları ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>440</v>
+        <v>950</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052642450</t>
+          <t>9786052648483</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku'nda Arama ve Elkoyma</t>
+          <t>Karşılaştırmalı Hukukta Yalan Haberlerin Önlenmesi ve Uygulanabilecek Yaptırımlar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>520</v>
+        <v>570</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052643396</t>
+          <t>9786052647974</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukuku Bakımından Platform Çalışanları</t>
+          <t>Diplomatik Dokunulmazlık Prensibi ve Devletlerin Uluslararası Sorumluluğu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>580</v>
+        <v>910</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052642641</t>
+          <t>9786052647325</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Yorum Metodolojisi</t>
+          <t>Geçici Koruma Statüsü ve Geçici Koruma Statüsündeki Suriyelilerin Türk Vatandaşlığını Kazanması</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>840</v>
+        <v>290</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258209334</t>
+          <t>9786052647479</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Constituional Law in a Nutshell Nutshell Series II</t>
+          <t>Marka Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>470</v>
+        <v>540</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258038880</t>
+          <t>9786052643976</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Hukukunda Halefiyet ve Rücu</t>
+          <t>İdare Hukuku Dersleri Temel Bilgiler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258038743</t>
+          <t>9786052644058</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Diş Hekimliğinde Tıbbi Uygulama Hatalarından Doğan Cezai Sorumluluk</t>
+          <t>Miras Hukuku</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>330</v>
+        <v>540</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053008866</t>
+          <t>9786052645352</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu (Ciltli)</t>
+          <t>Dünya Ticaret Örgütü Hukuku</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>240</v>
+        <v>580</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258038071</t>
+          <t>9786052646236</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Endüstri 4.0 Teknolojileri ve Muhasebe Mesleği</t>
+          <t>Kamulaştırma Kanunu’na Göre İdareler Arası Mal Devri Usulü</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>370</v>
+        <v>440</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053007913</t>
+          <t>9786052646151</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hukuku Soru Bankası</t>
+          <t>Feminizm Perspektifiyle Üreme Hakları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>110</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257595650</t>
+          <t>9786052645987</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği, Afetler ve İnsan Hakları: Çevresel Zorunlu Göç</t>
+          <t>Hukukun Temel Kavramları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>680</v>
+        <v>470</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257595438</t>
+          <t>9786052645963</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Geri Göndermeme İlkesi</t>
+          <t>Hükmün Açıklanmasının Geri Bırakılması ve Uygulama Sorunları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>410</v>
+        <v>460</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257467834</t>
+          <t>9786052640708</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dijital Devlet Teorisi</t>
+          <t>Kat Mülkiyetinde Yönetim</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>370</v>
+        <v>460</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257656931</t>
+          <t>9786052645468</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kızlık Zarı Dikiminin Tıp Hukuku Bakımından Değerlendirilmesi</t>
+          <t>Türk ve İsviçre İflas Hukukunda Basit Tasfiye</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257656887</t>
+          <t>9786052645635</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>ICSID Tahkimi ve ICSID Tahkiminin Kötüye Kullanılması Bakımından Türkiye Örneği</t>
+          <t>Tehlike Suçları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>540</v>
+        <v>740</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257467377</t>
+          <t>9786052644836</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Kişisel Verilerin Korunması</t>
+          <t>İcra Hukukunda Hakkın Kötüye Kullanılması Yasağı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>760</v>
+        <v>440</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257656511</t>
+          <t>9786052642450</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilimine Giriş</t>
+          <t>Ceza Muhakemesi Hukuku'nda Arama ve Elkoyma</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>210</v>
+        <v>520</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257277518</t>
+          <t>9786052643396</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yat İnşa Sözleşmesinde Ayıp</t>
+          <t>Türk İş Hukuku Bakımından Platform Çalışanları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>580</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257277020</t>
+          <t>9786052642641</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Kastı Engelleyen Hata</t>
+          <t>Vergi Hukukunda Yorum Metodolojisi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>570</v>
+        <v>840</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257595766</t>
+          <t>9786258209334</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu</t>
+          <t>Constituional Law in a Nutshell Nutshell Series II</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>120</v>
+        <v>470</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258038446</t>
+          <t>9786258038880</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşlerde Kefilin Sorumluluğu</t>
+          <t>Sigorta Hukukunda Halefiyet ve Rücu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258038408</t>
+          <t>9786258038743</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Model Bir Kanun Tasarısı Niteliğindeki İsviçre Borçlar Kanunu'nun Genel Hükümleri Hakkındaki 2020 Tasarısı (OR 2020) Hükümlerine İlişkin Açıklamalar</t>
+          <t>Diş Hekimliğinde Tıbbi Uygulama Hatalarından Doğan Cezai Sorumluluk</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>910</v>
+        <v>330</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053007517</t>
+          <t>9786053008866</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Basın Özgürlüğü ve Milli Güvenlik Kapsamında Sınırları</t>
+          <t>Türk Ticaret Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053007371</t>
+          <t>9786258038071</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Tarımda Biyoteknoloji Uygulamaları ve Patent Hakları (Ciltli)</t>
+          <t>Endüstri 4.0 Teknolojileri ve Muhasebe Mesleği</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>850</v>
+        <v>370</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053005957</t>
+          <t>9786053007913</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sigorta ve Uygulaması (Ciltli)</t>
+          <t>Kamu Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>540</v>
+        <v>110</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786053006985</t>
+          <t>9786257595650</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Anayasa ile İdare Hukuku ve İdari Yargılama Hukukunun Temel Kanunları</t>
+          <t>İklim Değişikliği, Afetler ve İnsan Hakları: Çevresel Zorunlu Göç</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>80</v>
+        <v>680</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257088657</t>
+          <t>9786257595438</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Belediye Şirketlerinde Giderler, İstisnalar ve Sayıştay Denetimi</t>
+          <t>Geri Göndermeme İlkesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>390</v>
+        <v>410</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786053006619</t>
+          <t>9786257467834</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Genel Esaslar</t>
+          <t>Dijital Devlet Teorisi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257088992</t>
+          <t>9786257656931</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İfade ve Basın Özgürlüğü Bağlamında Terörizmin Propagandası Suçu</t>
+          <t>Kızlık Zarı Dikiminin Tıp Hukuku Bakımından Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>690</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257595056</t>
+          <t>9786257656887</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku Temel Bilgileri</t>
+          <t>ICSID Tahkimi ve ICSID Tahkiminin Kötüye Kullanılması Bakımından Türkiye Örneği</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>180</v>
+        <v>540</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257802468</t>
+          <t>9786257467377</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler</t>
+          <t>Ceza Muhakemesinde Kişisel Verilerin Korunması</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>430</v>
+        <v>760</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257656788</t>
+          <t>9786257656511</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mal Ortaklığı Rejiminin Sona Ermesi ve Tasfiyesi (Ciltli)</t>
+          <t>Yönetim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257277761</t>
+          <t>9786257277518</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Anayasal Hakların Çatışması</t>
+          <t>Yat İnşa Sözleşmesinde Ayıp</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>810</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257277587</t>
+          <t>9786257277020</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Savcılık Uygulama Kitabı</t>
+          <t>Ceza Hukukunda Kastı Engelleyen Hata</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>650</v>
+        <v>570</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257277808</t>
+          <t>9786257595766</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tacirler Arası Ticari Satış (Ciltli)</t>
+          <t>Türk Ticaret Kanunu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>540</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257088664</t>
+          <t>9786258038446</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bir İştirak Şekli Olarak Yardım Etme</t>
+          <t>Ticari İşlerde Kefilin Sorumluluğu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>580</v>
+        <v>480</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257595155</t>
+          <t>9786258038408</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Adli Ortaklıklarda Haklı Sebeplerle Fesih ve Ortaklıktan Çıkarma (Ciltli)</t>
+          <t>Model Bir Kanun Tasarısı Niteliğindeki İsviçre Borçlar Kanunu'nun Genel Hükümleri Hakkındaki 2020 Tasarısı (OR 2020) Hükümlerine İlişkin Açıklamalar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>520</v>
+        <v>910</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257595216</t>
+          <t>9786053007517</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Birikimli Oy Yönetimi</t>
+          <t>Basın Özgürlüğü ve Milli Güvenlik Kapsamında Sınırları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257595469</t>
+          <t>9786053007371</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Konkordatoda İmtiyazlı Alacaklar (Ciltli)</t>
+          <t>Tarımda Biyoteknoloji Uygulamaları ve Patent Hakları (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>510</v>
+        <v>850</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257802079</t>
+          <t>9786053005957</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Limited Şirkette Yönetim</t>
+          <t>Sosyal Sigorta ve Uygulaması (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>440</v>
+        <v>540</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257088534</t>
+          <t>9786053006985</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kefalet Sözleşmesinin Geçerlilik Koşulları ve Sonuçları</t>
+          <t>Anayasa ile İdare Hukuku ve İdari Yargılama Hukukunun Temel Kanunları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>520</v>
+        <v>80</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053008385</t>
+          <t>9786257088657</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Özel Hayatın Gizliliğinin İhlali Suçu</t>
+          <t>Belediye Şirketlerinde Giderler, İstisnalar ve Sayıştay Denetimi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786053009078</t>
+          <t>9786053006619</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi'ne Bireysel Başvuru Yolunda İhlal Kararlarının İcrası</t>
+          <t>Anayasa Hukuku Genel Esaslar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>410</v>
+        <v>220</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257595179</t>
+          <t>9786257088992</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Osmanlı Hukuk Reformları</t>
+          <t>İfade ve Basın Özgürlüğü Bağlamında Terörizmin Propagandası Suçu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>330</v>
+        <v>690</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053008927</t>
+          <t>9786257595056</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Teorisi Açısından Başkanlık / Cumhurbaşkanlığı Sisteminin Demokratiklik Değeri (Ciltli)</t>
+          <t>İş Hukuku Temel Bilgileri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>580</v>
+        <v>180</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053007562</t>
+          <t>9786257802468</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>3402 Sayılı Kadastro Kanunu ve İlgili Diğer Gayrimenkul Mevzuatı</t>
+          <t>Borçlar Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>630</v>
+        <v>520</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053008552</t>
+          <t>9786257656788</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu ve 818 Sayılı Borçlar Kanunu İsviçre Borçlar Kanunu (OR) (Ciltli)</t>
+          <t>Mal Ortaklığı Rejiminin Sona Ermesi ve Tasfiyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053009238</t>
+          <t>9786257277761</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Uzay Hukukunda Devlet Egemenliği ve Mülkiyet</t>
+          <t>Anayasal Hakların Çatışması</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>290</v>
+        <v>810</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257088114</t>
+          <t>9786257277587</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Açısından Kamu Düzeni Unsurları</t>
+          <t>Savcılık Uygulama Kitabı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053009993</t>
+          <t>9786257277808</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Peace and Justice: Seeking for Wisdom of Life</t>
+          <t>Tacirler Arası Ticari Satış (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>220</v>
+        <v>540</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053009702</t>
+          <t>9786257088664</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukukunda Anayasacılık Düşüncesi</t>
+          <t>Bir İştirak Şekli Olarak Yardım Etme</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>350</v>
+        <v>580</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053008910</t>
+          <t>9786257595155</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk ve Zorunlu Arabuluculuk</t>
+          <t>Adli Ortaklıklarda Haklı Sebeplerle Fesih ve Ortaklıktan Çıkarma (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>240</v>
+        <v>520</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257088411</t>
+          <t>9786257595216</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Bağlı Tasarrufların İptali</t>
+          <t>Anonim Şirketlerde Birikimli Oy Yönetimi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>690</v>
+        <v>450</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053008675</t>
+          <t>9786257595469</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Koşullu Salıverilme Kurumu ve Etkinliğinin Geliştirilmesi</t>
+          <t>Konkordatoda İmtiyazlı Alacaklar (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>220</v>
+        <v>510</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786053008736</t>
+          <t>9786257802079</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dolandırıcılık Suçu</t>
+          <t>Limited Şirkette Yönetim</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>690</v>
+        <v>440</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053006169</t>
+          <t>9786257088534</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu (Ciltli)</t>
+          <t>Kefalet Sözleşmesinin Geçerlilik Koşulları ve Sonuçları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>450</v>
+        <v>520</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786253773687</t>
+          <t>9786053008385</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Taraf Olduğu Sözleşmelerden Doğan Uyuşmazlıklarda Tahkim</t>
+          <t>Özel Hayatın Gizliliğinin İhlali Suçu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>460</v>
+        <v>330</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786253773793</t>
+          <t>9786053009078</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Zarar Sigortalarında Teminatın Kapsamı</t>
+          <t>Anayasa Mahkemesi'ne Bireysel Başvuru Yolunda İhlal Kararlarının İcrası</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>580</v>
+        <v>410</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786253773779</t>
+          <t>9786257595179</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Taşınmazlara, Hak ve Alacaklara Elkoyma (CMK m. 128)</t>
+          <t>Tanzimat Dönemi Osmanlı Hukuk Reformları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>590</v>
+        <v>330</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786253770228</t>
+          <t>9786053008927</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Başkanlık Sisteminde Kabine ve Türkiye'de Cumhurbaşkanlığı Kabinesi</t>
+          <t>Demokrasi Teorisi Açısından Başkanlık / Cumhurbaşkanlığı Sisteminin Demokratiklik Değeri (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>720</v>
+        <v>580</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055336806</t>
+          <t>9786053007562</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İhaleye Fesat Karıştırma Suçu</t>
+          <t>3402 Sayılı Kadastro Kanunu ve İlgili Diğer Gayrimenkul Mevzuatı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>80</v>
+        <v>630</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055980801</t>
+          <t>9786053008552</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Terörle Mali ve Hukuki Mücadele</t>
+          <t>Türk Borçlar Kanunu ve 818 Sayılı Borçlar Kanunu İsviçre Borçlar Kanunu (OR) (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786253773809</t>
+          <t>9786053009238</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Hukuku ve Uygulamada İkamet</t>
+          <t>Uzay Hukukunda Devlet Egemenliği ve Mülkiyet</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786253773878</t>
+          <t>9786257088114</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi İdaresinde E-Dönüşüm</t>
+          <t>İdare Hukuku Açısından Kamu Düzeni Unsurları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786253773724</t>
+          <t>9786053009993</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hükümlü ve Tutukluların İnfaz Hakimliğindeki Şikayet Süreçleri</t>
+          <t>Peace and Justice: Seeking for Wisdom of Life</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786253773915</t>
+          <t>9786053009702</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargıda Görev</t>
+          <t>Anayasa Hukukunda Anayasacılık Düşüncesi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786253773854</t>
+          <t>9786053008910</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Terörizmin Finansmanı Suçu ve Malvarlığı Değerlerinin Dondurulması</t>
+          <t>Arabuluculuk ve Zorunlu Arabuluculuk</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>1100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786253773830</t>
+          <t>9786257088411</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu (Ciltli)</t>
+          <t>Ölüme Bağlı Tasarrufların İptali</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>1250</v>
+        <v>690</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786051469485</t>
+          <t>9786053008675</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Takdir Komisyonu Kararlarının Hukuki Niteliği</t>
+          <t>Türk Ceza Hukukunda Koşullu Salıverilme Kurumu ve Etkinliğinin Geliştirilmesi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786253773588</t>
+          <t>9786053008736</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Müftülerin Evlendirme Memurları Arasına Katılması</t>
+          <t>Dolandırıcılık Suçu</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>370</v>
+        <v>690</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052649633</t>
+          <t>9786053006169</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Barış ve Güvenliğin Sağlanmasında Uluslararası Adalet Divanı'nın Rolü (Ciltli)</t>
+          <t>Türk Medeni Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>850</v>
+        <v>450</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786253773663</t>
+          <t>9786253773687</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Öğreti ve Uygulama Işığında Ceza Hukuku Özel Hükümler - II</t>
+          <t>İdarenin Taraf Olduğu Sözleşmelerden Doğan Uyuşmazlıklarda Tahkim</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>1050</v>
+        <v>460</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786253773540</t>
+          <t>9786253773793</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku</t>
+          <t>Zarar Sigortalarında Teminatın Kapsamı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>780</v>
+        <v>580</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786253773700</t>
+          <t>9786253773779</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası - Gerekçeli TCK - CMK - CGTİK ve İlgili Mevzuat (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukukunda Taşınmazlara, Hak ve Alacaklara Elkoyma (CMK m. 128)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>1750</v>
+        <v>590</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786253773441</t>
+          <t>9786253770228</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku</t>
+          <t>Başkanlık Sisteminde Kabine ve Türkiye'de Cumhurbaşkanlığı Kabinesi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>1050</v>
+        <v>720</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786253773595</t>
+          <t>9786055336806</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Gerekçeli Ceza Kanunları (Ciltli)</t>
+          <t>İhaleye Fesat Karıştırma Suçu</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>1450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786253773496</t>
+          <t>9786055980801</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Gerekçeli Hüküm</t>
+          <t>Terörle Mali ve Hukuki Mücadele</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>580</v>
+        <v>150</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786253773670</t>
+          <t>9786253773809</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi Kararları Işığında İnfaz Hukuku</t>
+          <t>Avrupa Birliği Hukuku ve Uygulamada İkamet</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786253773717</t>
+          <t>9786253773878</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği ile Mücadelede İş ve Sosyal Güvenlik Hukukunun Araçları, İşin ve İşçinin Korunması</t>
+          <t>Türk Vergi İdaresinde E-Dönüşüm</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>850</v>
+        <v>500</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786253773618</t>
+          <t>9786253773724</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Topluluğu Hukuku Kapsamında Topluluk İlişkilerinde Özel Denetim</t>
+          <t>Hükümlü ve Tutukluların İnfaz Hakimliğindeki Şikayet Süreçleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>590</v>
+        <v>400</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786253773601</t>
+          <t>9786253773915</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Yönetim Kurulu İç Yönergesi</t>
+          <t>İdari Yargıda Görev</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786253773526</t>
+          <t>9786253773854</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Süreç İçerisinde Kendi Kaderini Tayin Kavramının Değişen İçerik ve Tatbikatı</t>
+          <t>Terörizmin Finansmanı Suçu ve Malvarlığı Değerlerinin Dondurulması</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>570</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786253773502</t>
+          <t>9786253773830</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi Kararları Işığında Etkin Soruşturma</t>
+          <t>Hukuk Muhakemeleri Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>350</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786253773434</t>
+          <t>9786051469485</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kasten Öldürme Suçları (Ciltli)</t>
+          <t>Vergi Hukukunda Takdir Komisyonu Kararlarının Hukuki Niteliği</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>1000</v>
+        <v>230</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786253773625</t>
+          <t>9786253773588</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Hukuka Uygunluk Nedenlerinde Sınırın Aşılması</t>
+          <t>Müftülerin Evlendirme Memurları Arasına Katılması</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>830</v>
+        <v>370</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786253773335</t>
+          <t>9786052649633</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Hukukuna Giriş (Ciltli)</t>
+          <t>Uluslararası Barış ve Güvenliğin Sağlanmasında Uluslararası Adalet Divanı'nın Rolü (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>880</v>
+        <v>850</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053008569</t>
+          <t>9786253773663</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>CMR Sigortasında Himaye</t>
+          <t>Öğreti ve Uygulama Işığında Ceza Hukuku Özel Hükümler - II</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>290</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257277105</t>
+          <t>9786253773540</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Zamanaşımının Durması ve Zamanaşımının Kesilmesi</t>
+          <t>Vergi Hukuku</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>450</v>
+        <v>780</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053001546</t>
+          <t>9786253773700</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Bilirkişilik</t>
+          <t>T.C. Anayasası - Gerekçeli TCK - CMK - CGTİK ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>550</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051469898</t>
+          <t>9786253773441</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Çocukla Kişisel İlişki Kurulmasına Dair İlamların İcrası</t>
+          <t>Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>350</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257802192</t>
+          <t>9786253773595</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku Ders Notu ve Soru Bankası</t>
+          <t>Gerekçeli Ceza Kanunları (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>165</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052647776</t>
+          <t>9786253773496</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Vergi Usul Kanunu ve Yorumu (Ciltli)</t>
+          <t>Ceza Muhakemesinde Gerekçeli Hüküm</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>1090</v>
+        <v>580</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054144020</t>
+          <t>9786253773670</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Sonrası</t>
+          <t>Anayasa Mahkemesi Kararları Işığında İnfaz Hukuku</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786053000730</t>
+          <t>9786253773717</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhaleleri Şikayet ve İtirazen Şikayet Hukuku (Ciltli)</t>
+          <t>İklim Değişikliği ile Mücadelede İş ve Sosyal Güvenlik Hukukunun Araçları, İşin ve İşçinin Korunması</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>378</v>
+        <v>850</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051462028</t>
+          <t>9786253773618</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İhale Uygulayıcıları İçin Soru ve Cevaplarla İhale İşlemleri ve Yasaklılık (Ciltli)</t>
+          <t>Şirketler Topluluğu Hukuku Kapsamında Topluluk İlişkilerinde Özel Denetim</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>190</v>
+        <v>590</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055412579</t>
+          <t>9786253773601</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hükümlülerin Uluslararası Nakli Hukuku ve Uygulaması</t>
+          <t>Anonim Şirketlerde Yönetim Kurulu İç Yönergesi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944416863</t>
+          <t>9786253773526</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Savcısının Denetim Görevi</t>
+          <t>Tarihsel Süreç İçerisinde Kendi Kaderini Tayin Kavramının Değişen İçerik ve Tatbikatı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>150</v>
+        <v>570</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055980481</t>
+          <t>9786253773502</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Küresel Köyde Suç ve Adalet</t>
+          <t>Avrupa İnsan Hakları Mahkemesi Kararları Işığında Etkin Soruşturma</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055633585</t>
+          <t>9786253773434</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İhracat Teşvikleri (Ciltli)</t>
+          <t>Kasten Öldürme Suçları (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>210</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786253773229</t>
+          <t>9786253773625</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Şekle Aykırı Hukuki İşlemlerin Tahvili</t>
+          <t>Türk Ceza Hukukunda Hukuka Uygunluk Nedenlerinde Sınırın Aşılması</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>370</v>
+        <v>830</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786253773212</t>
+          <t>9786253773335</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılamasında İstinaf</t>
+          <t>Rekabet Hukukuna Giriş (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>570</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786253773281</t>
+          <t>9786053008569</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Kurulu Üyelerinin Görev ve Yükümlülükleri Bağlamında Avrupa Birliği Sürdürülebilirlik Düzenlemeleri ve Türk Hukuku Perspektifi</t>
+          <t>CMR Sigortasında Himaye</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786253773236</t>
+          <t>9786257277105</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararları Işığında Uyuşturucu veya Uyarıcı Madde Ticareti Suçu</t>
+          <t>Zamanaşımının Durması ve Zamanaşımının Kesilmesi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786253773038</t>
+          <t>9786053001546</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Açıdan Güvence Hesabı (Ciltli)</t>
+          <t>Türk Hukukunda Bilirkişilik</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>780</v>
+        <v>550</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786253773021</t>
+          <t>9786051469898</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucu ve Uyarıcı Madde Suçları (Ciltli)</t>
+          <t>Çocukla Kişisel İlişki Kurulmasına Dair İlamların İcrası</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>1500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052640296</t>
+          <t>9786257802192</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Özel Güvenlik Görevlisinin El Kitabı</t>
+          <t>Medeni Usul Hukuku Ders Notu ve Soru Bankası</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>290</v>
+        <v>165</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786253773298</t>
+          <t>9786052647776</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kınanabilirliği Azaltan Bir Neden Olarak: Haksız Tahrik</t>
+          <t>Vergi Usul Kanunu ve Yorumu (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>290</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786253772741</t>
+          <t>9786054144020</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Tebligat Hukuku (Ciltli)</t>
+          <t>Ansızın Sonrası</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>1800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786253772659</t>
+          <t>9786053000730</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucu ve Uyarıcı Madde Suçları (Ciltli)</t>
+          <t>Kamu İhaleleri Şikayet ve İtirazen Şikayet Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>1900</v>
+        <v>378</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786253773090</t>
+          <t>9786051462028</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Banka veya Kredi Kartlarının Kötüye Kullanılması Suçu (TCK m. 245)</t>
+          <t>İhale Uygulayıcıları İçin Soru ve Cevaplarla İhale İşlemleri ve Yasaklılık (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>740</v>
+        <v>190</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786253773083</t>
+          <t>9786055412579</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Garanti Sözleşmelerinde Saf Garanti Taahhütleri</t>
+          <t>Hükümlülerin Uluslararası Nakli Hukuku ve Uygulaması</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786253773113</t>
+          <t>9789944416863</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Paydaş ve Paydaş Hukuku</t>
+          <t>Cumhuriyet Savcısının Denetim Görevi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786253773106</t>
+          <t>9786055980481</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Genel Kurul Kararlarının İptali Davası (Ciltli)</t>
+          <t>Küresel Köyde Suç ve Adalet</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>730</v>
+        <v>150</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786253772994</t>
+          <t>9786055633585</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İş Kazasından Kaynaklanan Hukuki Sorumluluk ve İşverenin Tazminat Yükümlülüğü</t>
+          <t>İhracat Teşvikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786253773144</t>
+          <t>9786253773229</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Taşınır Mal Yönetmeliği Açıklaması</t>
+          <t>Şekle Aykırı Hukuki İşlemlerin Tahvili</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>1200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786253772758</t>
+          <t>9786253773212</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Kararları Işığında Kira Bedel Tespiti Kira Alacağı ve Kira Uyarlama Davaları (Ciltli)</t>
+          <t>Ceza Yargılamasında İstinaf</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>1150</v>
+        <v>570</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786253772826</t>
+          <t>9786253773281</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukukta Birden Fazla Anonim Şirkette Yönetim Kurulu Üyeliği (Ciltli)</t>
+          <t>Yönetim Kurulu Üyelerinin Görev ve Yükümlülükleri Bağlamında Avrupa Birliği Sürdürülebilirlik Düzenlemeleri ve Türk Hukuku Perspektifi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786253772017</t>
+          <t>9786253773236</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk Sürecinde Kişisel Verilerin Korunması</t>
+          <t>Yargı Kararları Işığında Uyuşturucu veya Uyarıcı Madde Ticareti Suçu</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>430</v>
+        <v>380</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786253771997</t>
+          <t>9786253773038</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hukukta Akıl Yürütme Yöntemi Olarak Kıyas (Analoji)</t>
+          <t>Hukuki Açıdan Güvence Hesabı (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>470</v>
+        <v>780</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786253771904</t>
+          <t>9786253773021</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Eksik Sigorta ve Özellikle İlk Riziko Sigortası (Ciltli)</t>
+          <t>Uyuşturucu ve Uyarıcı Madde Suçları (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>1500</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786253772987</t>
+          <t>9786052640296</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>VII. Uluslararası Katılımlı Sağlık Hukuku Sempozyumu</t>
+          <t>Özel Güvenlik Görevlisinin El Kitabı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786253772963</t>
+          <t>9786253773298</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hekimin Hukuki Sorumluluğundan Doğan Davalar</t>
+          <t>Kınanabilirliği Azaltan Bir Neden Olarak: Haksız Tahrik</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786253773052</t>
+          <t>9786253772741</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Muhakemesi Hukukunda Seri Muhakeme Usulü (CMK m. 250)</t>
+          <t>Tebligat Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>420</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786253772611</t>
+          <t>9786253772659</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İflasta Sıra Cetveli ve İflas İdaresinin Yükümlülükleri</t>
+          <t>Uyuşturucu ve Uyarıcı Madde Suçları (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>350</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786253772390</t>
+          <t>9786253773090</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucu veya Uyarıcı Madde İmal ve Ticareti Suçları (Ciltli)</t>
+          <t>Banka veya Kredi Kartlarının Kötüye Kullanılması Suçu (TCK m. 245)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>1950</v>
+        <v>740</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786253772451</t>
+          <t>9786253773083</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Katılımcı Demokrasi</t>
+          <t>Garanti Sözleşmelerinde Saf Garanti Taahhütleri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>660</v>
+        <v>310</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786253772147</t>
+          <t>9786253773113</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Motorlu Taşıtlarla Meydana Gelen İş Kazalarında Hukuki Sorumluluk (Trafikte Meydana Gelen İş Kazaları)</t>
+          <t>Paydaş ve Paydaş Hukuku</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786253773045</t>
+          <t>9786253773106</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekalı Robotların Fail ve Mağdur Kavramları Yönünden Değerlendirilmesi</t>
+          <t>Anonim Şirket Genel Kurul Kararlarının İptali Davası (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>300</v>
+        <v>730</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786253773069</t>
+          <t>9786253772994</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Görevde Yükselme Sınavı Mega 8'li Deneme Seti</t>
+          <t>İş Kazasından Kaynaklanan Hukuki Sorumluluk ve İşverenin Tazminat Yükümlülüğü</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786253772598</t>
+          <t>9786253773144</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Adalet Divanı Kararlarında Sürdürülebilir Kalkınma</t>
+          <t>Taşınır Mal Yönetmeliği Açıklaması</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786253771461</t>
+          <t>9786253772758</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Tarım ve Orman Bakanlığı Görevde Yükselme Sınavı - Şef Ünvanlı Kadrolar İçin 6'lı Deneme Sınavı</t>
+          <t>Yargıtay Kararları Işığında Kira Bedel Tespiti Kira Alacağı ve Kira Uyarlama Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>200</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786253772772</t>
+          <t>9786253772826</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuk Tarihi - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
+          <t>Karşılaştırmalı Hukukta Birden Fazla Anonim Şirkette Yönetim Kurulu Üyeliği (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786253772079</t>
+          <t>9786253772017</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Özelinde Pay Sahibinin Yönetim Kurulu Üyelerinin Sorumluluğundan Kaynaklı Zararları Talep Edebilme Hakkı</t>
+          <t>Arabuluculuk Sürecinde Kişisel Verilerin Korunması</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786253772062</t>
+          <t>9786253771997</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>5237 Sayılı Türk Ceza Kanununda Zorunluluk Hali</t>
+          <t>Hukukta Akıl Yürütme Yöntemi Olarak Kıyas (Analoji)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>370</v>
+        <v>470</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786253772116</t>
+          <t>9786253771904</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Adli Dilbilim</t>
+          <t>Eksik Sigorta ve Özellikle İlk Riziko Sigortası (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>210</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786253771065</t>
+          <t>9786253772987</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Israrlı Takip Suçu</t>
+          <t>VII. Uluslararası Katılımlı Sağlık Hukuku Sempozyumu</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786253772567</t>
+          <t>9786253772963</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Alternatif Dağıtım Kanallarının Müşteri Tatmini Üzerindeki Etkisi: Konya Sanayi Odası'na Kayıtlı Üyeler Üzerinde Bir Araştırma</t>
+          <t>Hekimin Hukuki Sorumluluğundan Doğan Davalar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>290</v>
+        <v>650</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786253772192</t>
+          <t>9786253773052</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Görünüşte İçtima (Kanunların İçtimaı)</t>
+          <t>Türk Ceza Muhakemesi Hukukunda Seri Muhakeme Usulü (CMK m. 250)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>460</v>
+        <v>420</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786253772529</t>
+          <t>9786253772611</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ortaklığın Giderilmesi Davalarında Arabuluculuk</t>
+          <t>İflasta Sıra Cetveli ve İflas İdaresinin Yükümlülükleri</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>620</v>
+        <v>350</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786253772338</t>
+          <t>9786253772390</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Muhakemesi Hukukunda Uzlaştırma</t>
+          <t>Uyuşturucu veya Uyarıcı Madde İmal ve Ticareti Suçları (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>790</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786253772246</t>
+          <t>9786253772451</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşüm Hukuku</t>
+          <t>Türkiye'de Katılımcı Demokrasi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>600</v>
+        <v>660</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786253772512</t>
+          <t>9786253772147</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Siber Güvenlik Hukuku Temel Mevzuatı</t>
+          <t>Motorlu Taşıtlarla Meydana Gelen İş Kazalarında Hukuki Sorumluluk (Trafikte Meydana Gelen İş Kazaları)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053005889</t>
+          <t>9786253773045</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Destekten Yoksun Kalma Tazminatı ve Davaları</t>
+          <t>Yapay Zekalı Robotların Fail ve Mağdur Kavramları Yönünden Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>1380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786253772505</t>
+          <t>9786253773069</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kamu Maliyesi ve Kamu Mali Hukuku</t>
+          <t>Görevde Yükselme Sınavı Mega 8'li Deneme Seti</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>470</v>
+        <v>195</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786253773076</t>
+          <t>9786253772598</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Deniz Ticareti Hukuku Pratik Çalışmalar</t>
+          <t>Avrupa Birliği Adalet Divanı Kararlarında Sürdürülebilir Kalkınma</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786253772970</t>
+          <t>9786253771461</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Katma Değer Vergisi (KDV)</t>
+          <t>Tarım ve Orman Bakanlığı Görevde Yükselme Sınavı - Şef Ünvanlı Kadrolar İçin 6'lı Deneme Sınavı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>870</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786253772642</t>
+          <t>9786253772772</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu'nun 111/a Maddesi Uyarınca Borçluya Satış Yetkisi Verilmesi</t>
+          <t>Türk Hukuk Tarihi - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786253772703</t>
+          <t>9786253772079</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Silah Ceza Hukuku</t>
+          <t>Anonim Şirket Özelinde Pay Sahibinin Yönetim Kurulu Üyelerinin Sorumluluğundan Kaynaklı Zararları Talep Edebilme Hakkı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>990</v>
+        <v>350</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786253772383</t>
+          <t>9786253772062</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Alman Ceza Muhakemesi Hukukunda Tanıklık</t>
+          <t>5237 Sayılı Türk Ceza Kanununda Zorunluluk Hali</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>850</v>
+        <v>370</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786253772895</t>
+          <t>9786253772116</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Hukuku Açısından Spor Anonim Şirketleri</t>
+          <t>Adli Dilbilim</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786253772840</t>
+          <t>9786253771065</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Türk Silahlı Kuvvetleri İç Hizmet Kanunu ve Yönetmeliği Askeri Ceza Kanunu - Türk Silahlı Kuvvetleri Disiplin Kanunu Türk Silahlı Kuvvetleri Personel Kanunu ve İlgili Mevzuat (2 Cilt)</t>
+          <t>Türk Hukukunda Israrlı Takip Suçu</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>1990</v>
+        <v>320</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786253773007</t>
+          <t>9786253772567</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Öğreti ve Uygulama Işığında Ceza Hukuku Özel Hükümler - I</t>
+          <t>Bankacılıkta Alternatif Dağıtım Kanallarının Müşteri Tatmini Üzerindeki Etkisi: Konya Sanayi Odası'na Kayıtlı Üyeler Üzerinde Bir Araştırma</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>1930</v>
+        <v>290</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786253772833</t>
+          <t>9786253772192</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Öğreti ve Uygulama Işığında Ceza Hukuku Genel Hükümler (Ciltli)</t>
+          <t>Ceza Hukukunda Görünüşte İçtima (Kanunların İçtimaı)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>2000</v>
+        <v>460</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786253772802</t>
+          <t>9786253772529</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Sık Karşılaşılan Suçlar ve Yargılaması (Ciltli)</t>
+          <t>Ortaklığın Giderilmesi Davalarında Arabuluculuk</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>1900</v>
+        <v>620</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786253772406</t>
+          <t>9786253772338</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>6331 Sayılı İş Sağlığı ve Güvenliği Kanunu Uyarınca İşyerinde Durdurulan İşlerde İzinsiz Çalıştırma Suçu</t>
+          <t>Türk Ceza Muhakemesi Hukukunda Uzlaştırma</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>340</v>
+        <v>790</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786253772499</t>
+          <t>9786253772246</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Velayet Hakkının Kötüye Kullanılması</t>
+          <t>Kentsel Dönüşüm Hukuku</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786253772536</t>
+          <t>9786253772512</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Tapu İptali ve Tescil Davaları (Ciltli)</t>
+          <t>Siber Güvenlik Hukuku Temel Mevzuatı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>2200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786253772468</t>
+          <t>9786053005889</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Usul Hukuku Temel Konular</t>
+          <t>Destekten Yoksun Kalma Tazminatı ve Davaları</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>270</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786253772635</t>
+          <t>9786253772505</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Anonim ve Limited Şirketlerde Oy Sözleşmeleri</t>
+          <t>Kamu Maliyesi ve Kamu Mali Hukuku</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>310</v>
+        <v>470</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786253772710</t>
+          <t>9786253773076</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ceza Adaleti Sisteminde Blokzincir Uygulaması</t>
+          <t>Deniz Ticareti Hukuku Pratik Çalışmalar</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>330</v>
+        <v>560</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786253772680</t>
+          <t>9786253772970</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bireysel İş Hukukunda Yeni Normal Çalışma Modeli: Evde Çalışma</t>
+          <t>Katma Değer Vergisi (KDV)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>290</v>
+        <v>870</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786253772666</t>
+          <t>9786253772642</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>100 Konuda Sosyal Güvenlik Uygulamaları</t>
+          <t>İcra ve İflas Kanunu'nun 111/a Maddesi Uyarınca Borçluya Satış Yetkisi Verilmesi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>670</v>
+        <v>320</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786253772765</t>
+          <t>9786253772703</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Öğrencisinin Bilimsel Araştırma ve Proje Rehberi</t>
+          <t>Silah Ceza Hukuku</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>190</v>
+        <v>990</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786253772222</t>
+          <t>9786253772383</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde İdarenin Mali Sorumluluğu</t>
+          <t>Türk ve Alman Ceza Muhakemesi Hukukunda Tanıklık</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>330</v>
+        <v>850</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786253772734</t>
+          <t>9786253772895</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>6222 Sayılı Kanun Kapsamında Seyirden Yasaklanma</t>
+          <t>Şirketler Hukuku Açısından Spor Anonim Şirketleri</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786253772697</t>
+          <t>9786253772840</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hukuku Temel Kavramlar</t>
+          <t>Türk Silahlı Kuvvetleri İç Hizmet Kanunu ve Yönetmeliği Askeri Ceza Kanunu - Türk Silahlı Kuvvetleri Disiplin Kanunu Türk Silahlı Kuvvetleri Personel Kanunu ve İlgili Mevzuat (2 Cilt)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>500</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053005841</t>
+          <t>9786253773007</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>1163 Sayılı Kooperatifler Kanunu Işığında, Kooperatifçilik Bilgisi</t>
+          <t>Öğreti ve Uygulama Işığında Ceza Hukuku Özel Hükümler - I</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>940</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786253772727</t>
+          <t>9786253772833</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Güvenlik İlkesi</t>
+          <t>Öğreti ve Uygulama Işığında Ceza Hukuku Genel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>600</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786253772789</t>
+          <t>9786253772802</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>4857 Sayılı İş Kanunu'na Göre Fazla Çalışma ve Fazla Sürelerle Çalışma Ücreti</t>
+          <t>Uygulamada Sık Karşılaşılan Suçlar ve Yargılaması (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>380</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786253772796</t>
+          <t>9786253772406</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Davaya Son Veren Taraf İşlemleri Çerçevesinde Tasarruf İlkesi</t>
+          <t>6331 Sayılı İş Sağlığı ve Güvenliği Kanunu Uyarınca İşyerinde Durdurulan İşlerde İzinsiz Çalıştırma Suçu</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>570</v>
+        <v>340</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786253772819</t>
+          <t>9786253772499</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Taksirle Öldürme Suçu (TCK m. 85)</t>
+          <t>Velayet Hakkının Kötüye Kullanılması</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>490</v>
+        <v>390</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786253772956</t>
+          <t>9786253772536</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla İtirazın İptali Davası (İİK m. 67)</t>
+          <t>Tapu İptali ve Tescil Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>400</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786253772871</t>
+          <t>9786253772468</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Şurut (Belgeleme) İlmi: Ali Haydar Efendi Örneği</t>
+          <t>Milletlerarası Usul Hukuku Temel Konular</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786253772888</t>
+          <t>9786253772635</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Adaletin Vicdanı: Gerekçeli Karar Hakkı</t>
+          <t>Anonim ve Limited Şirketlerde Oy Sözleşmeleri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>650</v>
+        <v>310</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786253772543</t>
+          <t>9786253772710</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ecrimisil (Ciltli)</t>
+          <t>Ceza Adaleti Sisteminde Blokzincir Uygulaması</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>790</v>
+        <v>330</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055263058</t>
+          <t>9786253772680</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Esnek Çalışma</t>
+          <t>Bireysel İş Hukukunda Yeni Normal Çalışma Modeli: Evde Çalışma</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>44</v>
+        <v>290</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053009740</t>
+          <t>9786253772666</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Pratik Çalışmaları</t>
+          <t>100 Konuda Sosyal Güvenlik Uygulamaları</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>43</v>
+        <v>670</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256147041</t>
+          <t>9786253772765</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Türk İdare Hukuku Dersleri - Cilt 1</t>
+          <t>Hukuk Öğrencisinin Bilimsel Araştırma ve Proje Rehberi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>730</v>
+        <v>190</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055336028</t>
+          <t>9786253772222</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Haczedilemeyen Mal ve Haklar</t>
+          <t>Sağlık Hizmetlerinde İdarenin Mali Sorumluluğu</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>90</v>
+        <v>330</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054144303</t>
+          <t>9786253772734</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Cep Telefonuna Yönelik Suçlar</t>
+          <t>6222 Sayılı Kanun Kapsamında Seyirden Yasaklanma</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786051460420</t>
+          <t>9786253772697</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Pratik Çalışma Kitabı</t>
+          <t>Sağlık Hukuku Temel Kavramlar</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>40</v>
+        <v>660</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053006299</t>
+          <t>9786053005841</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Mahkemelerin Yetkisi</t>
+          <t>1163 Sayılı Kooperatifler Kanunu Işığında, Kooperatifçilik Bilgisi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>156</v>
+        <v>940</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052640920</t>
+          <t>9786253772727</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Taksirle İnsan Öldürme</t>
+          <t>Hukuki Güvenlik İlkesi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052642030</t>
+          <t>9786253772789</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Robo Danışmanların Hukuken Değerlendirilmesi</t>
+          <t>4857 Sayılı İş Kanunu'na Göre Fazla Çalışma ve Fazla Sürelerle Çalışma Ücreti</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256147812</t>
+          <t>9786253772796</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Kişiliğinin Sosyal Medyada Korunması</t>
+          <t>Medeni Usul Hukukunda Davaya Son Veren Taraf İşlemleri Çerçevesinde Tasarruf İlkesi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>420</v>
+        <v>570</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258153866</t>
+          <t>9786253772819</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Vergi İncelemeleri</t>
+          <t>Taksirle Öldürme Suçu (TCK m. 85)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>865</v>
+        <v>490</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052641866</t>
+          <t>9786253772956</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Hakkı Bağlamında Unutulma Hakkı</t>
+          <t>Soru ve Cevaplarla İtirazın İptali Davası (İİK m. 67)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>515</v>
+        <v>400</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052641972</t>
+          <t>9786253772871</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Kanunu</t>
+          <t>Osmanlı'da Şurut (Belgeleme) İlmi: Ali Haydar Efendi Örneği</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052640937</t>
+          <t>9786253772888</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Mal Türlerinin Hukuki İşlemlere Etkisi</t>
+          <t>Adaletin Vicdanı: Gerekçeli Karar Hakkı</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>315</v>
+        <v>650</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052640746</t>
+          <t>9786253772543</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Hukuku</t>
+          <t>Ecrimisil (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>415</v>
+        <v>790</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786052641132</t>
+          <t>9786055263058</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Aşırı Sözleşme Cezasının İndirilmesi</t>
+          <t>Türk Hukukunda Esnek Çalışma</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>315</v>
+        <v>44</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052640852</t>
+          <t>9786053009740</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Ahkam-ı Adliye</t>
+          <t>Anayasa Hukuku Pratik Çalışmaları</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>615</v>
+        <v>43</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052640302</t>
+          <t>9786256147041</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Grup Şirketler ve Grup Vergilendirme Rejimi</t>
+          <t>Türk İdare Hukuku Dersleri - Cilt 1</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>340</v>
+        <v>730</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052641026</t>
+          <t>9786055336028</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Komşuluk Hukuku</t>
+          <t>Haczedilemeyen Mal ve Haklar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>475</v>
+        <v>90</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786052640081</t>
+          <t>9786054144303</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi ve Yargıtay Kararları Uygulamalarında Arama Karar ve İşlemleri Aramaya Konu Suçlar</t>
+          <t>Cep Telefonuna Yönelik Suçlar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>1290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052640692</t>
+          <t>9786051460420</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Neticesi Sebebiyle Ağırlaşan Yaralama Suçu</t>
+          <t>Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052640944</t>
+          <t>9786053006299</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda ve Mer'i Hukukta Zihinsel Engelliler</t>
+          <t>Medeni Usul Hukukunda Mahkemelerin Yetkisi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>315</v>
+        <v>156</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786258153101</t>
+          <t>9786052640920</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İdari İşlemin Yetki Unsuru</t>
+          <t>İslam Hukukunda Taksirle İnsan Öldürme</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>725</v>
+        <v>450</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052641507</t>
+          <t>9786052642030</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Althusser'in Hukuk Görüşü Bağlamında İdeoloji ve Üretim İlişkileri</t>
+          <t>Robo Danışmanların Hukuken Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>315</v>
+        <v>340</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052649275</t>
+          <t>9786256147812</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Rekombinant Sözleşmeler Hukuku (Poliçe - Bono) (Ciltli)</t>
+          <t>Çocuğun Kişiliğinin Sosyal Medyada Korunması</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>805</v>
+        <v>420</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786258092899</t>
+          <t>9786258153866</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Banka Garanti Sözleşmeleri ve Bankanın Savunma Araçları</t>
+          <t>Vergi İncelemeleri</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>400</v>
+        <v>865</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055980870</t>
+          <t>9786052641866</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Şerefe Karşı Suçlar</t>
+          <t>Kişilik Hakkı Bağlamında Unutulma Hakkı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>160</v>
+        <v>515</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786253770495</t>
+          <t>9786052641972</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Hukuku</t>
+          <t>Kişisel Verilerin Korunması Kanunu</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>460</v>
+        <v>375</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052641040</t>
+          <t>9786052640937</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Karayolu ile Eşya Taşımalarında Taşıma ve Teslim Engelleri</t>
+          <t>İslam Hukukunda Mal Türlerinin Hukuki İşlemlere Etkisi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>515</v>
+        <v>315</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052640173</t>
+          <t>9786052640746</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Gayrimaddi Haklar</t>
+          <t>Kişisel Verilerin Korunması Hukuku</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>375</v>
+        <v>415</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786258153422</t>
+          <t>9786052641132</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Hukuki Güvenlik İlkesi</t>
+          <t>Aşırı Sözleşme Cezasının İndirilmesi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>650</v>
+        <v>315</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052640166</t>
+          <t>9786052640852</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Finansal Kiralama Yoluyla Yapılan Konut Finansmanı Sözleşmelerinde</t>
+          <t>Divan-ı Ahkam-ı Adliye</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>415</v>
+        <v>615</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052640807</t>
+          <t>9786052640302</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Taşınır Davası</t>
+          <t>Grup Şirketler ve Grup Vergilendirme Rejimi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>315</v>
+        <v>340</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052641934</t>
+          <t>9786052641026</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hukuku Sempozyum Kitabı</t>
+          <t>Osmanlı Komşuluk Hukuku</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>515</v>
+        <v>475</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052640180</t>
+          <t>9786052640081</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ceza Hukukunda Meşru Müdafaa</t>
+          <t>Anayasa Mahkemesi ve Yargıtay Kararları Uygulamalarında Arama Karar ve İşlemleri Aramaya Konu Suçlar</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>340</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052642665</t>
+          <t>9786052640692</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Düzeni ve Regülasyonu</t>
+          <t>Neticesi Sebebiyle Ağırlaşan Yaralama Suçu</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>515</v>
+        <v>350</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052640432</t>
+          <t>9786052640944</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kadına Yönelmiş Şiddetle Mücadele I</t>
+          <t>İslam Hukukunda ve Mer'i Hukukta Zihinsel Engelliler</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>315</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786258153644</t>
+          <t>9786258153101</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Salgın Hastalık Nedeniyle Uygulanan Halk Sağlığı Tedbirleri</t>
+          <t>İdari İşlemin Yetki Unsuru</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>765</v>
+        <v>725</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786253770242</t>
+          <t>9786052641507</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Tapu İptali ve Tescil Davaları (Ciltli)</t>
+          <t>Althusser'in Hukuk Görüşü Bağlamında İdeoloji ve Üretim İlişkileri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>1900</v>
+        <v>315</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052641590</t>
+          <t>9786052649275</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Gayrimenkul Vergi Rehberi</t>
+          <t>Rekombinant Sözleşmeler Hukuku (Poliçe - Bono) (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>575</v>
+        <v>805</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256147003</t>
+          <t>9786258092899</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kişiyi Özgürlüğünden Yoksun Kılma Suçu</t>
+          <t>Uluslararası Banka Garanti Sözleşmeleri ve Bankanın Savunma Araçları</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>710</v>
+        <v>400</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786253770617</t>
+          <t>9786055980870</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Çocukların Cinsel İstismarı Suçu</t>
+          <t>Şerefe Karşı Suçlar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053009474</t>
+          <t>9786253770495</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Tapu İptali ve Tescil Davaları (Ciltli)</t>
+          <t>Kitle İletişim Hukuku</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>255</v>
+        <v>620</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053008033</t>
+          <t>9786052641040</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Özel Hükümler Dersleri</t>
+          <t>Karayolu ile Eşya Taşımalarında Taşıma ve Teslim Engelleri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>92</v>
+        <v>515</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053007173</t>
+          <t>9786052640173</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Belediye Şirketlerinde Giderler, İstisnalar ve Sayıştay Denetimi</t>
+          <t>Gayrimaddi Haklar</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>60</v>
+        <v>375</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053006305</t>
+          <t>9786258153422</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yeni TBK, HMK, İİK ve İstinafa Göre Kira Hukuku (Ciltli)</t>
+          <t>Vergi Hukukunda Hukuki Güvenlik İlkesi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>270</v>
+        <v>650</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053006183</t>
+          <t>9786052640166</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukuku Özel Hükümler</t>
+          <t>Finansal Kiralama Yoluyla Yapılan Konut Finansmanı Sözleşmelerinde</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>58</v>
+        <v>415</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053005919</t>
+          <t>9786052640807</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku</t>
+          <t>Taşınır Davası</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>90</v>
+        <v>315</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053005896</t>
+          <t>9786052641934</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Hukukunda İdari, Cezai ve Hukuki Sorumluluk</t>
+          <t>Sağlık Hukuku Sempozyum Kitabı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>580</v>
+        <v>515</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>4440000000269</t>
+          <t>9786052640180</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>KHukA - Kamu Hukuku Arşivi Yıl:2008 Cilt:9 Sayı:2</t>
+          <t>Osmanlı Ceza Hukukunda Meşru Müdafaa</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>70</v>
+        <v>340</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053005827</t>
+          <t>9786052642665</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Din ve Devlet Arasındaki İktidar Mücadelesi: Avrupa Örneği</t>
+          <t>Bankacılık Düzeni ve Regülasyonu</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>33</v>
+        <v>515</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053000945</t>
+          <t>9786052640432</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Davalarında Yargılama Giderleri (Ciltli)</t>
+          <t>Kadına Yönelmiş Şiddetle Mücadele I</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>210</v>
+        <v>315</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053005650</t>
+          <t>9786258153644</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku (Ciltli)</t>
+          <t>Tehlikeli Salgın Hastalık Nedeniyle Uygulanan Halk Sağlığı Tedbirleri</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>257</v>
+        <v>765</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053001362</t>
+          <t>9786253770242</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Vergi Kanunları (Ciltli)</t>
+          <t>Tapu İptali ve Tescil Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>75</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053001690</t>
+          <t>9786052641590</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Tapu İptali ve Tescil Davaları (Ciltli)</t>
+          <t>Tüm Yönleriyle Gayrimenkul Vergi Rehberi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>269</v>
+        <v>575</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053001768</t>
+          <t>9786256147003</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Almanya Federal Meclisi'nin 1915 Olaylarına İlişkin 02.06.2016 Tarihli Kararı ve Söz Konusu Karar Hakkında Almanya Federal Anayasa Mahkemesi Tarafından Verilen Hükmün Değerlendirilmesi</t>
+          <t>Kişiyi Özgürlüğünden Yoksun Kılma Suçu</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>29</v>
+        <v>710</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053000051</t>
+          <t>9786253770617</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
+          <t>Türk Ceza Hukukunda Çocukların Cinsel İstismarı Suçu</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>90</v>
+        <v>340</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053001935</t>
+          <t>9786053009474</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Hırsızlık, Karşılıksız Yararlanma ve Yağma Suçları (Ciltli)</t>
+          <t>Tapu İptali ve Tescil Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>154</v>
+        <v>255</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053002079</t>
+          <t>9786053008033</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>3402 sayılı Kadastro Kanunu</t>
+          <t>Ceza Hukuku Özel Hükümler Dersleri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>157</v>
+        <v>92</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051469355</t>
+          <t>9786053007173</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Örgütlü Suçlar</t>
+          <t>Belediye Şirketlerinde Giderler, İstisnalar ve Sayıştay Denetimi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053002727</t>
+          <t>9786053006305</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Özel Hükümler (Ciltli)</t>
+          <t>Yeni TBK, HMK, İİK ve İstinafa Göre Kira Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>108</v>
+        <v>270</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051468426</t>
+          <t>9786053006183</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Vergi Kanunları (Ciltli)</t>
+          <t>Türk Ceza Hukuku Özel Hükümler</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786051468235</t>
+          <t>9786053005919</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Destekten Yoksun Kalma Tazminatı</t>
+          <t>Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>48</v>
+        <v>90</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786051467818</t>
+          <t>9786053005896</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı İş Davaları (Ciltli)</t>
+          <t>İş Sağlığı ve Güvenliği Hukukunda İdari, Cezai ve Hukuki Sorumluluk</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>185</v>
+        <v>580</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786051467733</t>
+          <t>4440000000269</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>5237 s. Türk Ceza Kanunu ve 5271 s. Ceza Muhakemesi Kanunu'na Göre Müsadere</t>
+          <t>KHukA - Kamu Hukuku Arşivi Yıl:2008 Cilt:9 Sayı:2</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786051467665</t>
+          <t>9786053005827</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Görüşler ve Kararlar Marka Hukuku - 3 Cilt Takım</t>
+          <t>Din ve Devlet Arasındaki İktidar Mücadelesi: Avrupa Örneği</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>219</v>
+        <v>33</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051467641</t>
+          <t>9786053000945</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Tebligat Hukuku</t>
+          <t>Hukuk Davalarında Yargılama Giderleri (Ciltli)</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051467535</t>
+          <t>9786053005650</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sigorta ve Uygulaması (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>145</v>
+        <v>257</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051467382</t>
+          <t>9786053001362</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Hava ve Uzay Hukuku</t>
+          <t>Vergi Kanunları (Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051467344</t>
+          <t>9786053001690</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Özel Hükümler (Ciltli)</t>
+          <t>Tapu İptali ve Tescil Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>98</v>
+        <v>269</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051467320</t>
+          <t>9786053001768</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Türk Basın - Yayın Mevzuatı</t>
+          <t>Almanya Federal Meclisi'nin 1915 Olaylarına İlişkin 02.06.2016 Tarihli Kararı ve Söz Konusu Karar Hakkında Almanya Federal Anayasa Mahkemesi Tarafından Verilen Hükmün Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>70</v>
+        <v>29</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053003953</t>
+          <t>9786053000051</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Ceza ve Ceza Muhakemesi Hukuku Uygulama Çalışması ve Test Soruları</t>
+          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>49</v>
+        <v>90</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051466989</t>
+          <t>9786053001935</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu Tebligat Kanunu ve İlgili Mevzuat</t>
+          <t>Hırsızlık, Karşılıksız Yararlanma ve Yağma Suçları (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>34</v>
+        <v>154</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786051466675</t>
+          <t>9786053002079</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kamulaştırma Davaları (Ciltli)</t>
+          <t>3402 sayılı Kadastro Kanunu</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>165</v>
+        <v>157</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786051466606</t>
+          <t>9786051469355</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Apartman, Site ve İşhanı Yönetimleri Hukuki ve Mali Rehber</t>
+          <t>Örgütlü Suçlar</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786051466439</t>
+          <t>9786053002727</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Uygulamaları</t>
+          <t>Ceza Hukuku Özel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>29</v>
+        <v>108</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786051466088</t>
+          <t>9786051468426</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tüketicinin Korunması Hakkında Kanun'a Göre Emlakçılık ve Taşınmaz Simsarlığı Davaları</t>
+          <t>Vergi Kanunları (Ciltli)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>63</v>
+        <v>55</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786051466071</t>
+          <t>9786051468235</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Ders Notları</t>
+          <t>Destekten Yoksun Kalma Tazminatı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>30</v>
+        <v>48</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051465937</t>
+          <t>9786051467818</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada ve Öğretide Muvazaa, İnançlı İşlem, Nam-ı Müstear ve Kanuna Karşı Hile Davaları</t>
+          <t>Uygulamalı İş Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>138</v>
+        <v>185</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786051465890</t>
+          <t>9786051467733</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Tebligat Hukuku</t>
+          <t>5237 s. Türk Ceza Kanunu ve 5271 s. Ceza Muhakemesi Kanunu'na Göre Müsadere</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786051465883</t>
+          <t>9786051467665</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı ve İçtihatlı Vergi Usul Kanunu ve Yorumu (Ciltli)</t>
+          <t>Görüşler ve Kararlar Marka Hukuku - 3 Cilt Takım</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>98</v>
+        <v>219</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786051465838</t>
+          <t>9786051467641</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Bilirkişilik</t>
+          <t>Tebligat Hukuku</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786051465524</t>
+          <t>9786051467535</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kaynakçalı - Güncel Vergi Kanunları (Ciltli)</t>
+          <t>Sosyal Sigorta ve Uygulaması (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>45</v>
+        <v>145</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786051465463</t>
+          <t>9786051467382</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Marka, Haksız Rekabet ve Telif Suçları</t>
+          <t>Hava ve Uzay Hukuku</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>65</v>
+        <v>45</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786051465265</t>
+          <t>9786051467344</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Siyasi İktidarın Denetlenmesi - Dengelenmesi ve Yargı</t>
+          <t>Ceza Hukuku Özel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>49</v>
+        <v>98</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786051464589</t>
+          <t>9786051467320</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Temel Hukuk Bilgisi</t>
+          <t>Türk Basın - Yayın Mevzuatı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>24</v>
+        <v>70</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786051464572</t>
+          <t>9786053003953</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Ceza Hukuku (Ciltli)</t>
+          <t>Ceza ve Ceza Muhakemesi Hukuku Uygulama Çalışması ve Test Soruları</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786051463612</t>
+          <t>9786051466989</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>İfade ve Basın Özgürlüğü Bağlamında Terörizmin Propagandası Suçu</t>
+          <t>İcra ve İflas Kanunu Tebligat Kanunu ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>60</v>
+        <v>34</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786051463391</t>
+          <t>9786051466675</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kadastro Kanunu</t>
+          <t>Kamulaştırma Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>198</v>
+        <v>165</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786051463384</t>
+          <t>9786051466606</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Trafik Kazaları ve Taşımacılıktan Doğan Hukuki Sorumluluk, Tazminat, Sigorta ve Rücu Davaları (Ciltli)</t>
+          <t>Apartman, Site ve İşhanı Yönetimleri Hukuki ve Mali Rehber</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786253772109</t>
+          <t>9786051466439</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Etkili İletişim Stratejileri</t>
+          <t>Anayasa Hukuku Uygulamaları</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>270</v>
+        <v>29</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786253772284</t>
+          <t>9786051466088</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>İş Güvencesi Hukuku (Ciltli)</t>
+          <t>Yeni Tüketicinin Korunması Hakkında Kanun'a Göre Emlakçılık ve Taşınmaz Simsarlığı Davaları</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>1800</v>
+        <v>63</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786253772321</t>
+          <t>9786051466071</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Ceza Mahkumiyetine Bağlı Hak Yoksunlukları</t>
+          <t>Milletlerarası Özel Hukuk Ders Notları</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>640</v>
+        <v>30</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786253772376</t>
+          <t>9786051465937</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Hedefteki Ada: ABD ve Çin Arasında Tayvan</t>
+          <t>Uygulamada ve Öğretide Muvazaa, İnançlı İşlem, Nam-ı Müstear ve Kanuna Karşı Hile Davaları</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>300</v>
+        <v>138</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786051463155</t>
+          <t>9786051465890</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kaynakçalı - Güncel Vergi Kanunları (Ciltli)</t>
+          <t>Tebligat Hukuku</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>45</v>
+        <v>170</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786051462844</t>
+          <t>9786051465883</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk Yoluyla Uyuşmazlık Çözümünde Temel Aşamalar ve Taktikler</t>
+          <t>Açıklamalı ve İçtihatlı Vergi Usul Kanunu ve Yorumu (Ciltli)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>48</v>
+        <v>98</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786051462448</t>
+          <t>9786051465838</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>CMK Uygulamaları ve Nöbetçi Hakimin El Kitabı</t>
+          <t>Türk Hukukunda Bilirkişilik</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786051461670</t>
+          <t>9786051465524</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Pratikte Hakaret Suçları</t>
+          <t>Kaynakçalı - Güncel Vergi Kanunları (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053002765</t>
+          <t>9786051465463</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Hukuku Genel Esaslar (Ciltli)</t>
+          <t>Uygulamada Marka, Haksız Rekabet ve Telif Suçları</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>98</v>
+        <v>65</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786053002796</t>
+          <t>9786051465265</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler</t>
+          <t>Siyasi İktidarın Denetlenmesi - Dengelenmesi ve Yargı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>82</v>
+        <v>49</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786051460468</t>
+          <t>9786051464589</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kriminalistik</t>
+          <t>Temel Hukuk Bilgisi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>50</v>
+        <v>24</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786051460314</t>
+          <t>9786051464572</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Vadeli İşlem ve Opsiyon Borsası ile Borsanın Hukuki Sorumluluğu</t>
+          <t>Uygulamalı Ceza Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>4444444443732</t>
+          <t>9786051463612</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>VII. Türk - Alman Tıp Hukuku Sempozyumu</t>
+          <t>İfade ve Basın Özgürlüğü Bağlamında Terörizmin Propagandası Suçu</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>27</v>
+        <v>60</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052646847</t>
+          <t>9786051463391</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Mukayeseli Hukukta Azınlık Hakları</t>
+          <t>Kadastro Kanunu</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>440</v>
+        <v>198</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258153941</t>
+          <t>9786051463384</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Hukukunda İstinabe</t>
+          <t>Trafik Kazaları ve Taşımacılıktan Doğan Hukuki Sorumluluk, Tazminat, Sigorta ve Rücu Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786055336608</t>
+          <t>9786253772109</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>AB ve Türk Hukuku Uyarınca Sözleşmeye Uygulanacak Hukuka İlişkin Genel Kural</t>
+          <t>Herkes İçin Etkili İletişim Stratejileri</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786055412708</t>
+          <t>9786253772284</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Haksız Rekabet (Ciltli)</t>
+          <t>İş Güvencesi Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>160</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256147065</t>
+          <t>9786253772321</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Türk Yargı Sistemi Dersleri</t>
+          <t>Ceza Mahkumiyetine Bağlı Hak Yoksunlukları</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>310</v>
+        <v>640</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786055473778</t>
+          <t>9786253772376</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kambiyo Senetlerine Mahsus Haciz Yolu ile Takipte Şikayet (Bono - Poliçe - Çek)</t>
+          <t>Hedefteki Ada: ABD ve Çin Arasında Tayvan</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786253771881</t>
+          <t>9786051463155</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku'nda Gerekçeli Karar Hakkı</t>
+          <t>Kaynakçalı - Güncel Vergi Kanunları (Ciltli)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>620</v>
+        <v>45</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786253771874</t>
+          <t>9786051462844</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk Açısından Yerli Halk Kavramı: Ortaya Çıkışı, Gelişimi, Güncel Durumu</t>
+          <t>Arabuluculuk Yoluyla Uyuşmazlık Çözümünde Temel Aşamalar ve Taktikler</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>450</v>
+        <v>48</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786253771867</t>
+          <t>9786051462448</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Genel Kolluğun (Polis-Jandarma-Sahil Güvenlik) Zor Kullanma Yetkisi</t>
+          <t>CMK Uygulamaları ve Nöbetçi Hakimin El Kitabı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>460</v>
+        <v>150</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786253771812</t>
+          <t>9786051461670</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde İspat ve Şüphenin Sanık Lehine Yorumlanması</t>
+          <t>Teori ve Pratikte Hakaret Suçları</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>1290</v>
+        <v>35</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786253772178</t>
+          <t>9786053002765</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Pratikte Hukuk Nosyonu Cilt I</t>
+          <t>Şirketler Hukuku Genel Esaslar (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>450</v>
+        <v>98</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786253771799</t>
+          <t>9786053002796</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlık Hukuku Temel Bilgiler</t>
+          <t>Ceza Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>240</v>
+        <v>82</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786253771805</t>
+          <t>9786051460468</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk</t>
+          <t>Kriminalistik</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>720</v>
+        <v>50</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786253771669</t>
+          <t>9786051460314</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukuku (Ciltli)</t>
+          <t>Vadeli İşlem ve Opsiyon Borsası ile Borsanın Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>730</v>
+        <v>150</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786253771898</t>
+          <t>4444444443732</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku</t>
+          <t>VII. Türk - Alman Tıp Hukuku Sempozyumu</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>590</v>
+        <v>27</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786253771843</t>
+          <t>9786052646847</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Türk İdare Hukukunda Doğal Afetler Nedeniyle İdarenin Sorumluluğu</t>
+          <t>Mukayeseli Hukukta Azınlık Hakları</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>630</v>
+        <v>440</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786253771928</t>
+          <t>9786258153941</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Gayrimenkul Vergi Rehberi</t>
+          <t>İdari Yargılama Hukukunda İstinabe</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>630</v>
+        <v>400</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786253771737</t>
+          <t>9786055336608</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İzale-i Şüyu (Ortaklığın Giderilmesi) Davaları (Ciltli)</t>
+          <t>AB ve Türk Hukuku Uyarınca Sözleşmeye Uygulanacak Hukuka İlişkin Genel Kural</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>1980</v>
+        <v>160</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786253771447</t>
+          <t>9786055412708</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Neticesi Sebebiyle Ağırlaşmış Suçlar (Ciltli)</t>
+          <t>Haksız Rekabet (Ciltli)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>800</v>
+        <v>160</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786253771942</t>
+          <t>9786256147065</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukukta Seri Muhakeme Usulü Almanya Örneği</t>
+          <t>Türk Yargı Sistemi Dersleri</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>620</v>
+        <v>410</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786253771638</t>
+          <t>9786055473778</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Suçları ve Bilişim Araçlarıyla İşlenen Suçlar</t>
+          <t>Kambiyo Senetlerine Mahsus Haciz Yolu ile Takipte Şikayet (Bono - Poliçe - Çek)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>580</v>
+        <v>80</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786253771720</t>
+          <t>9786253771881</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Örgütler Hukuku</t>
+          <t>Ceza Muhakemesi Hukuku'nda Gerekçeli Karar Hakkı</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>410</v>
+        <v>620</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786253771621</t>
+          <t>9786253771874</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Uygulamada Spor Suçları</t>
+          <t>Uluslararası Hukuk Açısından Yerli Halk Kavramı: Ortaya Çıkışı, Gelişimi, Güncel Durumu</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786253771584</t>
+          <t>9786253771867</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>2022 - 2023 - 2024 Yıllarına Ait İcra Hukukuna Dair Bozma Kararları (Ciltli)</t>
+          <t>Genel Kolluğun (Polis-Jandarma-Sahil Güvenlik) Zor Kullanma Yetkisi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>2500</v>
+        <v>460</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786253771478</t>
+          <t>9786253771812</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Ceza Avukatı ve Savunma</t>
+          <t>Ceza Muhakemesinde İspat ve Şüphenin Sanık Lehine Yorumlanması</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>1300</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786253771560</t>
+          <t>9786253772178</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Cezaevindeki Hükümlülerin Hakları ve Hakların Kullanımı</t>
+          <t>Teori ve Pratikte Hukuk Nosyonu Cilt I</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786253771850</t>
+          <t>9786253771799</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>İnfaz Hukukunun Esasları</t>
+          <t>Vatandaşlık Hukuku Temel Bilgiler</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786253771614</t>
+          <t>9786253771805</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İşçilerin Bilişim Teknolojileri ile Gözetiminden Elde Edilen Verilerin Delil Niteliği ve İş Sözleşmesine Etkisi</t>
+          <t>Milletlerarası Özel Hukuk</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>340</v>
+        <v>950</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786055980658</t>
+          <t>9786253771669</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dernekler Hukuku</t>
+          <t>Sermaye Piyasası Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>120</v>
+        <v>960</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786253772260</t>
+          <t>9786253771898</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Arabulucunun Özel Hukuktan Doğan Sorumluluğu</t>
+          <t>Vergi Hukuku</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>450</v>
+        <v>590</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052646342</t>
+          <t>9786253771843</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu ve İlgili Mevzuat</t>
+          <t>Türk İdare Hukukunda Doğal Afetler Nedeniyle İdarenin Sorumluluğu</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>650</v>
+        <v>630</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786253772055</t>
+          <t>9786253771928</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hukuku Mevzuatı</t>
+          <t>Tüm Yönleriyle Gayrimenkul Vergi Rehberi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>550</v>
+        <v>630</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786253772215</t>
+          <t>9786253771737</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Cumhurbaşkanına Hakaret Suçu</t>
+          <t>İzale-i Şüyu (Ortaklığın Giderilmesi) Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>590</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786253772239</t>
+          <t>9786253771447</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Hazine Taşınmazlarının Tasarruf Şekilleri ve Değerlemesi</t>
+          <t>Neticesi Sebebiyle Ağırlaşmış Suçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>490</v>
+        <v>800</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786253772314</t>
+          <t>9786253771942</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Belgede Sahtecilik</t>
+          <t>Karşılaştırmalı Hukukta Seri Muhakeme Usulü Almanya Örneği</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>350</v>
+        <v>620</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786253772031</t>
+          <t>9786253771638</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Dairelerine Göre Tasnif Edilmiş 2022 – 2023 – 2024 Yıllarına Ait Hukuk Genel Kurulu Tüm Kararları</t>
+          <t>Bilişim Suçları ve Bilişim Araçlarıyla İşlenen Suçlar</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>1150</v>
+        <v>580</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786259493671</t>
+          <t>9786253771720</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku - Anayasa Yargısı Tamamı Çözümlü Açıklamalı - Cevaplı Test Soruları, Hukuk Mesleklerine Giriş Sınavlarına Hazırlık</t>
+          <t>Uluslararası Örgütler Hukuku</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>260</v>
+        <v>540</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786259493688</t>
+          <t>9786253771621</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku Soru Bankası, Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
+          <t>Teori ve Uygulamada Spor Suçları</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786259794310</t>
+          <t>9786253771584</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Hukuku Soru Bankası - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
+          <t>2022 - 2023 - 2024 Yıllarına Ait İcra Hukukuna Dair Bozma Kararları (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>180</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786259794303</t>
+          <t>9786253771478</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk ve Borçlar Hukuku Soru Bankası - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
+          <t>Ceza Avukatı ve Savunma</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>240</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786259493602</t>
+          <t>9786253771560</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku ve Türk Vergi Sistemi - Tüm Kariyer Mesleklerine Giriş Sınavları İçin</t>
+          <t>Cezaevindeki Hükümlülerin Hakları ve Hakların Kullanımı</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786259794334</t>
+          <t>9786253771850</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Genel Kamu Hukuku - Hukuk Mesleklerine Giriş Sınavlarına Hazırlık</t>
+          <t>İnfaz Hukukunun Esasları</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786259493619</t>
+          <t>9786253771614</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku - Türk İdare Teşkilatı, İdari Yargılama Usul Hukuku, İmar ve Çevre Hukuku</t>
+          <t>İşçilerin Bilişim Teknolojileri ile Gözetiminden Elde Edilen Verilerin Delil Niteliği ve İş Sözleşmesine Etkisi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786259794327</t>
+          <t>9786055980658</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuk Tarihi Hukuk Felsefesi Hukuk Sosyolojisi- Hukuk Mesleklerine Giriş Sınavlarına Hazırlık</t>
+          <t>Yeni Dernekler Hukuku</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786253772130</t>
+          <t>9786253772260</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Vergilendirme (Ciltli)</t>
+          <t>Arabulucunun Özel Hukuktan Doğan Sorumluluğu</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>780</v>
+        <v>450</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786253771980</t>
+          <t>9786052646342</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Sözleşmelerinde Prim Ödeme Borcu (Ciltli)</t>
+          <t>Türk Medeni Kanunu ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>990</v>
+        <v>870</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786055633547</t>
+          <t>9786253772055</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Yolsuzlukla Mücadele Mevzuatı</t>
+          <t>Çocuk Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>70</v>
+        <v>740</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055633394</t>
+          <t>9786253772215</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Gerçek ve Tüzel Kişilerin AB Tasarruflarına Karşı Yargısal Korunması</t>
+          <t>Tüm Yönleriyle Cumhurbaşkanına Hakaret Suçu</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>150</v>
+        <v>590</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786055633905</t>
+          <t>9786253772239</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Mala Zarar Verme</t>
+          <t>Hazine Taşınmazlarının Tasarruf Şekilleri ve Değerlemesi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>70</v>
+        <v>490</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052648667</t>
+          <t>9786253772314</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verileri Hukuka Aykırı Olarak Verme veya Ele Geçirme Suçunda Sağlık Mesleği Mensuplarının Ceza Sorumluluğu</t>
+          <t>Elektronik Belgede Sahtecilik</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>335</v>
+        <v>350</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052648599</t>
+          <t>9786253772031</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Silahlı Terör Örgütüne Üye Olma Suçu</t>
+          <t>Yargıtay Dairelerine Göre Tasnif Edilmiş 2022 – 2023 – 2024 Yıllarına Ait Hukuk Genel Kurulu Tüm Kararları</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>515</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052648346</t>
+          <t>9786259493671</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Dijital İş Hukuku Uygulamaları (Ciltli)</t>
+          <t>Anayasa Hukuku - Anayasa Yargısı Tamamı Çözümlü Açıklamalı - Cevaplı Test Soruları, Hukuk Mesleklerine Giriş Sınavlarına Hazırlık</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>1260</v>
+        <v>260</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052648780</t>
+          <t>9786259493688</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>İhmali Suçlarda İştirak</t>
+          <t>İş Hukuku Soru Bankası, Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>635</v>
+        <v>190</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052648650</t>
+          <t>9786259794310</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>İcra Hukukunda Takip Şartları</t>
+          <t>Ticaret Hukuku Soru Bankası - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>850</v>
+        <v>180</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052648438</t>
+          <t>9786259794303</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın Regülasyonu</t>
+          <t>Medeni Hukuk ve Borçlar Hukuku Soru Bankası - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052648193</t>
+          <t>9786259493602</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku</t>
+          <t>Vergi Hukuku ve Türk Vergi Sistemi - Tüm Kariyer Mesleklerine Giriş Sınavları İçin</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>3565</v>
+        <v>320</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052645529</t>
+          <t>9786259794334</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Uygur Hukuku</t>
+          <t>Genel Kamu Hukuku - Hukuk Mesleklerine Giriş Sınavlarına Hazırlık</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052644805</t>
+          <t>9786259493619</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku Temel Bilgiler - Soru Bankası</t>
+          <t>İdare Hukuku - Türk İdare Teşkilatı, İdari Yargılama Usul Hukuku, İmar ve Çevre Hukuku</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>540</v>
+        <v>420</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052645550</t>
+          <t>9786259794327</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İcra Hukuku</t>
+          <t>Türk Hukuk Tarihi Hukuk Felsefesi Hukuk Sosyolojisi- Hukuk Mesleklerine Giriş Sınavlarına Hazırlık</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>580</v>
+        <v>270</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052645543</t>
+          <t>9786253772130</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hukuku Dersleri I</t>
+          <t>Sosyal Medya ve Vergilendirme (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>390</v>
+        <v>780</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052645826</t>
+          <t>9786253771980</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Hukuku Özel Borç İlişkileri (Sözleşmeler Hukuku) (Ciltli)</t>
+          <t>Sigorta Sözleşmelerinde Prim Ödeme Borcu (Ciltli)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>1250</v>
+        <v>990</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052640043</t>
+          <t>9786055633547</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku Mevzuatı</t>
+          <t>Yolsuzlukla Mücadele Mevzuatı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>275</v>
+        <v>70</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052643228</t>
+          <t>9786055633394</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Marka ve Patent Vekilliği Sınavına Hazırlık Soru Bankası</t>
+          <t>Gerçek ve Tüzel Kişilerin AB Tasarruflarına Karşı Yargısal Korunması</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>745</v>
+        <v>150</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052646496</t>
+          <t>9786055633905</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Muhakemesi Hukukunda Uzlaştırma</t>
+          <t>Mala Zarar Verme</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>580</v>
+        <v>70</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052646045</t>
+          <t>9786052648667</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasa Hukuku Mevzuatı (Ciltli)</t>
+          <t>Kişisel Verileri Hukuka Aykırı Olarak Verme veya Ele Geçirme Suçunda Sağlık Mesleği Mensuplarının Ceza Sorumluluğu</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>790</v>
+        <v>335</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052645840</t>
+          <t>9786052648599</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kabahatler Hukuku</t>
+          <t>Silahlı Terör Örgütüne Üye Olma Suçu</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>340</v>
+        <v>515</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052645970</t>
+          <t>9786052648346</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Boşanmaya İlişkin Uyuşmazlıklarda Alternatif Çözüm Yolları</t>
+          <t>Dijital İş Hukuku Uygulamaları (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>430</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052644881</t>
+          <t>9786052648780</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Spor ve Hukuk</t>
+          <t>İhmali Suçlarda İştirak</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>340</v>
+        <v>635</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052645833</t>
+          <t>9786052648650</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Hukuku Özet Kitap</t>
+          <t>İcra Hukukunda Takip Şartları</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>1000</v>
+        <v>850</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052645390</t>
+          <t>9786052648438</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk - I Başlangıç Hükümleri Kişiler Hukuku Ders Kitabı (Ciltli)</t>
+          <t>Yapay Zekanın Regülasyonu</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>620</v>
+        <v>265</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052644089</t>
+          <t>9786052648193</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ceza Hukukunda Suçun Tekerrürü</t>
+          <t>Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>390</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052645604</t>
+          <t>9786052645529</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Taciz Suçu (TCK m. 105)</t>
+          <t>Uygur Hukuku</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>415</v>
+        <v>410</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052644997</t>
+          <t>9786052644805</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk Mevzuatı</t>
+          <t>Medeni Usul Hukuku Temel Bilgiler - Soru Bankası</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>590</v>
+        <v>540</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786258153354</t>
+          <t>9786052645550</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Suça Sürüklenen Çocukların Yargılanması</t>
+          <t>Osmanlı İcra Hukuku</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>480</v>
+        <v>580</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052644973</t>
+          <t>9786052645543</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>TTK, HGB Ve CMR Bakımından Karada Eşya Taşımalarında Taşıyıcının Genel Sorumluluktan Kurtulma Sebepleri</t>
+          <t>Kamu Hukuku Dersleri I</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>1060</v>
+        <v>390</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052644829</t>
+          <t>9786052645826</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Filistin Meselesi</t>
+          <t>Türk Borçlar Hukuku Özel Borç İlişkileri (Sözleşmeler Hukuku) (Ciltli)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>650</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052644287</t>
+          <t>9786052640043</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu Türk Borçlar Kanunu Yürürlük Kanunları ve İlgili Mevzuat (Ciltli)</t>
+          <t>İş Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>965</v>
+        <v>330</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052644430</t>
+          <t>9786052643228</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Yargı Örgütü</t>
+          <t>Marka ve Patent Vekilliği Sınavına Hazırlık Soru Bankası</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>440</v>
+        <v>745</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052644676</t>
+          <t>9786052646496</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Tartışmalı Sorularla Türk Ceza Hukuku Özel Hükümler</t>
+          <t>Türk Ceza Muhakemesi Hukukunda Uzlaştırma</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>480</v>
+        <v>580</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052641316</t>
+          <t>9786052646045</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kaçakçılıkla Mücadele Kanununda Düzenlenen Uygulamada Kaçakçılık Suçları</t>
+          <t>Türk Anayasa Hukuku Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>740</v>
+        <v>790</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052640135</t>
+          <t>9786052645840</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Algı Yönetiminde Yumuşak Güç</t>
+          <t>Kabahatler Hukuku</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>580</v>
+        <v>410</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052642160</t>
+          <t>9786052645970</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Dijital Ceza Hukuku 1 - Sosyal Medyada İşlenen Suçlar</t>
+          <t>İslam Hukukunda Boşanmaya İlişkin Uyuşmazlıklarda Alternatif Çözüm Yolları</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>525</v>
+        <v>430</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052640777</t>
+          <t>9786052644881</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku Pratik Çalışma Kitabı</t>
+          <t>Spor ve Hukuk</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>525</v>
+        <v>340</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258038873</t>
+          <t>9786052645833</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Hukuku Ders Notları</t>
+          <t>Tüketici Hukuku Özet Kitap</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>175</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786258092110</t>
+          <t>9786052645390</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk Soru Bankası (1000 Soru - 10 Test) ve Arabuluculuk Mevzuat Hükümleri</t>
+          <t>Medeni Hukuk - I Başlangıç Hükümleri Kişiler Hukuku Ders Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>200</v>
+        <v>620</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052641361</t>
+          <t>9786052644089</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Pratik Çalışma Kitabı</t>
+          <t>Osmanlı Ceza Hukukunda Suçun Tekerrürü</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258092257</t>
+          <t>9786052645604</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Hukukunda Kişisel Verilerin Korunması</t>
+          <t>Cinsel Taciz Suçu (TCK m. 105)</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>370</v>
+        <v>415</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257088756</t>
+          <t>9786052644997</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Avukatlar İçin Ceza Yargılamasında İstinaf ve Temyiz El Kitabı</t>
+          <t>Uluslararası Hukuk Mevzuatı</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>350</v>
+        <v>590</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786258038859</t>
+          <t>9786258153354</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kolluğun Başucu Kitabı</t>
+          <t>Suça Sürüklenen Çocukların Yargılanması</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>575</v>
+        <v>480</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786258038736</t>
+          <t>9786052644973</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>İşçilik Alacakları</t>
+          <t>TTK, HGB Ve CMR Bakımından Karada Eşya Taşımalarında Taşıyıcının Genel Sorumluluktan Kurtulma Sebepleri</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>250</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786053009597</t>
+          <t>9786052644829</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Uzlaştırma</t>
+          <t>Uluslararası Hukukta Filistin Meselesi</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>75</v>
+        <v>650</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786258038620</t>
+          <t>9786052644287</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>On Parmak Metodu ile Standart Türk Klavyesi F (fe)</t>
+          <t>Türk Medeni Kanunu Türk Borçlar Kanunu Yürürlük Kanunları ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>300</v>
+        <v>965</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786258038491</t>
+          <t>9786052644430</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Araştırma - Geliştirme Sözleşmesi</t>
+          <t>Yargı Örgütü</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>610</v>
+        <v>440</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257595704</t>
+          <t>9786052644676</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhale El Kitabı</t>
+          <t>Tartışmalı Sorularla Türk Ceza Hukuku Özel Hükümler</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>615</v>
+        <v>480</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257802888</t>
+          <t>9786052641316</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Temel Kavramları</t>
+          <t>Kaçakçılıkla Mücadele Kanununda Düzenlenen Uygulamada Kaçakçılık Suçları</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>215</v>
+        <v>740</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257467889</t>
+          <t>9786052640135</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılamasında Kanun Yolları</t>
+          <t>Algı Yönetiminde Yumuşak Güç</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>1000</v>
+        <v>580</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257467872</t>
+          <t>9786052642160</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Devlet Memurlarının Disiplin Sorumluluğu</t>
+          <t>Dijital Ceza Hukuku 1 - Sosyal Medyada İşlenen Suçlar</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>350</v>
+        <v>525</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257467773</t>
+          <t>9786052640777</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kamuda Denetim (Kurumlar, Yöntemler ve Uygulamalar)</t>
+          <t>Ceza Muhakemesi Hukuku Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>760</v>
+        <v>525</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257802314</t>
+          <t>9786258038873</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhalelerinde Tazminat</t>
+          <t>Şirketler Hukuku Ders Notları</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>500</v>
+        <v>175</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257467674</t>
+          <t>9786258092110</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın Eser Sahipliği (Ciltli)</t>
+          <t>Arabuluculuk Soru Bankası (1000 Soru - 10 Test) ve Arabuluculuk Mevzuat Hükümleri</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>615</v>
+        <v>240</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786257467667</t>
+          <t>9786052641361</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Mevzuatı El Kitabı</t>
+          <t>Milletlerarası Özel Hukuk Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>665</v>
+        <v>400</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257467438</t>
+          <t>9786258092257</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Nüfus ve Soybağı Davaları (Ciltli)</t>
+          <t>Avrupa Birliği Hukukunda Kişisel Verilerin Korunması</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>1350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257467407</t>
+          <t>9786257088756</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Yönetim Kurulu Üyelerinin Sadakat Yükümlülüğü ve Bu Yükümlülüğün İhlalinin Sonuçları</t>
+          <t>Avukatlar İçin Ceza Yargılamasında İstinaf ve Temyiz El Kitabı</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786257656689</t>
+          <t>9786258038859</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Siber Güvenlik Yönetimi</t>
+          <t>Kolluğun Başucu Kitabı</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>370</v>
+        <v>575</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257467360</t>
+          <t>9786258038736</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi ve Anayasa Mahkemesi Yargılamasında Hakkaniyete Uygun Tatmin</t>
+          <t>İşçilik Alacakları</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>570</v>
+        <v>250</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786257656627</t>
+          <t>9786053009597</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>6284 Sayılı Kanun ve Bu Kanunun Ceza Muhakemesi Hukukundaki Etikleri</t>
+          <t>Ceza Muhakemesi Hukukunda Uzlaştırma</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>500</v>
+        <v>75</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257656603</t>
+          <t>9786258038620</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Subjektif Unsur Sorunu</t>
+          <t>On Parmak Metodu ile Standart Türk Klavyesi F (fe)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>690</v>
+        <v>360</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786257656559</t>
+          <t>9786258038491</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kamu Personel Hukuku</t>
+          <t>Araştırma - Geliştirme Sözleşmesi</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>690</v>
+        <v>610</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257467339</t>
+          <t>9786257595704</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Tebligat Hukuku</t>
+          <t>Kamu İhale El Kitabı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>200</v>
+        <v>615</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257656450</t>
+          <t>9786257802888</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'deki Suriyelilerin Hukuki Durumu</t>
+          <t>Hukukun Temel Kavramları</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>330</v>
+        <v>215</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257656429</t>
+          <t>9786257467889</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Otonom Araçlarda Sözleşme Dışı Hukuki Sorumluluk</t>
+          <t>Ceza Yargılamasında Kanun Yolları</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>290</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786257467230</t>
+          <t>9786257467872</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Marka Hukuku (Ciltli)</t>
+          <t>Devlet Memurlarının Disiplin Sorumluluğu</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257467155</t>
+          <t>9786257467773</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Bedelsiz Senedi Kullanma Suçu</t>
+          <t>Kamuda Denetim (Kurumlar, Yöntemler ve Uygulamalar)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>390</v>
+        <v>760</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257467094</t>
+          <t>9786257802314</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Zamanaşımı</t>
+          <t>Kamu İhalelerinde Tazminat</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257656153</t>
+          <t>9786257467674</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda Toplu Eylem Hakkı</t>
+          <t>Yapay Zekanın Eser Sahipliği (Ciltli)</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>610</v>
+        <v>615</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786257467001</t>
+          <t>9786257467667</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İnsan Hakları</t>
+          <t>İş Sağlığı ve Güvenliği Mevzuatı El Kitabı</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>410</v>
+        <v>665</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786257277884</t>
+          <t>9786257467438</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Görevi Yaptırmamak için Direnme Suçu</t>
+          <t>Nüfus ve Soybağı Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>330</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786257277877</t>
+          <t>9786257467407</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Temel Kavram ve Kurumlar</t>
+          <t>Anonim Şirket Yönetim Kurulu Üyelerinin Sadakat Yükümlülüğü ve Bu Yükümlülüğün İhlalinin Sonuçları</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>570</v>
+        <v>490</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786257656054</t>
+          <t>9786257656689</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Otopsi</t>
+          <t>Kurumsal Siber Güvenlik Yönetimi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786257656016</t>
+          <t>9786257467360</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Devre Mülk ve Devre Tatil Sözleşmeleri</t>
+          <t>Avrupa İnsan Hakları Mahkemesi ve Anayasa Mahkemesi Yargılamasında Hakkaniyete Uygun Tatmin</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>300</v>
+        <v>570</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786257277778</t>
+          <t>9786257656627</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Yağma Suçu</t>
+          <t>6284 Sayılı Kanun ve Bu Kanunun Ceza Muhakemesi Hukukundaki Etikleri</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>515</v>
+        <v>500</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786257277730</t>
+          <t>9786257656603</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Tehdit Şantaj ve Cebir Suçları</t>
+          <t>Subjektif Unsur Sorunu</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>440</v>
+        <v>690</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786257277549</t>
+          <t>9786257656559</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Adli Belge İncelemeleri</t>
+          <t>Kamu Personel Hukuku</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>275</v>
+        <v>690</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786257277525</t>
+          <t>9786257467339</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Diş Hekiminin Hukuki Sorumluluğu</t>
+          <t>Tebligat Hukuku</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>520</v>
+        <v>200</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257277310</t>
+          <t>9786257656450</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Doğal Afetler Nedeniyle İdarenin Sorumluluğu</t>
+          <t>Türkiye'deki Suriyelilerin Hukuki Durumu</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>570</v>
+        <v>330</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786257277167</t>
+          <t>9786257656429</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Muris Muvazaası ve İnançlı İşlem Hukuksal Sebebine Dayalı Tapu İptal Tescil Davaları</t>
+          <t>Otonom Araçlarda Sözleşme Dışı Hukuki Sorumluluk</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>825</v>
+        <v>290</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786257277068</t>
+          <t>9786257467230</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları ve Güvenlik</t>
+          <t>Marka Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257595780</t>
+          <t>9786257467155</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Trafik Kazalarında Sigortacının Sorumluluğu</t>
+          <t>Bedelsiz Senedi Kullanma Suçu</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>630</v>
+        <v>390</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786257467858</t>
+          <t>9786257467094</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Gümrük Vergileri Uyuşmazlıkları ve Çözüm Yolları</t>
+          <t>Türk Ceza Hukukunda Zamanaşımı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>570</v>
+        <v>480</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786258038378</t>
+          <t>9786257656153</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Susma Hakkı ve Bağlantılı Haklar</t>
+          <t>Türk İş Hukukunda Toplu Eylem Hakkı</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>115</v>
+        <v>610</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786053009375</t>
+          <t>9786257467001</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Göçmen Kaçakçılığı Suçu</t>
+          <t>İslam Hukukunda İnsan Hakları</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>370</v>
+        <v>410</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786053007524</t>
+          <t>9786257277884</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk Sözleşmesi</t>
+          <t>Görevi Yaptırmamak için Direnme Suçu</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786053004165</t>
+          <t>9786257277877</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Türk Özel Sigorta Hukuku (Ders Kitabı) Cilt 1</t>
+          <t>Bankacılıkta Temel Kavram ve Kurumlar</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>280</v>
+        <v>570</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786053007647</t>
+          <t>9786257656054</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Hukukçu Olmayanlar İçin Çevre Hukuku Bilgisi</t>
+          <t>Otopsi</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786053007357</t>
+          <t>9786257656016</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hizmeti Kavramının Ekonomik Nedenlerle Geçirdiği Dönüşüm Bağlamında Virtüel Kamu Hizmeti ve Evrensel Hizmet Kurumları Üzerine Bir Karşılaştırma</t>
+          <t>Devre Mülk ve Devre Tatil Sözleşmeleri</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786053007401</t>
+          <t>9786257277778</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Enerji ve Doğalgaz Politikaları</t>
+          <t>Yağma Suçu</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>190</v>
+        <v>515</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786053007586</t>
+          <t>9786257277730</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Sendikal Tazminat</t>
+          <t>Tehdit Şantaj ve Cebir Suçları</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786053006800</t>
+          <t>9786257277549</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Sulh Sözleşmesi</t>
+          <t>Adli Belge İncelemeleri</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>330</v>
+        <v>275</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786053007043</t>
+          <t>9786257277525</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Güvenlik Hukukunda Temel Kurumlar</t>
+          <t>Diş Hekiminin Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>480</v>
+        <v>520</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786053006879</t>
+          <t>9786257277310</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku'nda Akdi Mesuliyet ve Tazminat</t>
+          <t>Doğal Afetler Nedeniyle İdarenin Sorumluluğu</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>420</v>
+        <v>570</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786053007142</t>
+          <t>9786257277167</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Aile Hukukundaki Hak İhlallerinin Tespiti ve Çözüm Önerileri Çalıştayı</t>
+          <t>Muris Muvazaası ve İnançlı İşlem Hukuksal Sebebine Dayalı Tapu İptal Tescil Davaları</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>240</v>
+        <v>825</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257802352</t>
+          <t>9786257277068</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Gerekçeli Ceza Kanunları</t>
+          <t>İnsan Hakları ve Güvenlik</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257088008</t>
+          <t>9786257595780</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Usul Hukuku</t>
+          <t>Trafik Kazalarında Sigortacının Sorumluluğu</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>410</v>
+        <v>630</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786053006381</t>
+          <t>9786257467858</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Hukuksal ve Finansal Açıdan Konkordato (Ciltli)</t>
+          <t>Türkiye'de Gümrük Vergileri Uyuşmazlıkları ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>500</v>
+        <v>570</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786053006428</t>
+          <t>9786258038378</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşüm Kapsamında Afet Riski Altındaki Alanların Tespit ve Yargısal Denetimi</t>
+          <t>Ceza Muhakemesinde Susma Hakkı ve Bağlantılı Haklar</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>370</v>
+        <v>115</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786053006398</t>
+          <t>9786053009375</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Başvuru Rehberi</t>
+          <t>Türk Ceza Hukukunda Göçmen Kaçakçılığı Suçu</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053006404</t>
+          <t>9786053007524</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Serbest Seçim Hakkı ve Türkiye</t>
+          <t>Arabuluculuk Sözleşmesi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>540</v>
+        <v>400</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257088299</t>
+          <t>9786053004165</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Futbol Menajeri Eğitimi - Futbol Menajeri Nasıl Olunur?</t>
+          <t>Türk Özel Sigorta Hukuku (Ders Kitabı) Cilt 1</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>165</v>
+        <v>280</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786053006862</t>
+          <t>9786053007647</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Eski Vakıflar Hukuku ve İdaresi</t>
+          <t>Hukukçu Olmayanlar İçin Çevre Hukuku Bilgisi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786053006602</t>
+          <t>9786053007357</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Belediyelerde Taşınmaz Yönetimi ve Karşılaştıran Sorunlar</t>
+          <t>Kamu Hizmeti Kavramının Ekonomik Nedenlerle Geçirdiği Dönüşüm Bağlamında Virtüel Kamu Hizmeti ve Evrensel Hizmet Kurumları Üzerine Bir Karşılaştırma</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786053006527</t>
+          <t>9786053007401</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Konkordato</t>
+          <t>Nükleer Enerji ve Doğalgaz Politikaları</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786053006480</t>
+          <t>9786053007586</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>İmar İdare Hukukunda Kazanılmış Hak</t>
+          <t>Sendikal Tazminat</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>770</v>
+        <v>350</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786053006497</t>
+          <t>9786053006800</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Genel Kurul</t>
+          <t>Sulh Sözleşmesi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257802581</t>
+          <t>9786053007043</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde İç Yönerge ile Yönetim ve Temsil Yetkisinin Devri</t>
+          <t>Osmanlı Güvenlik Hukukunda Temel Kurumlar</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>410</v>
+        <v>480</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257595100</t>
+          <t>9786053006879</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşüm Uygulama Rehberi (Açıklamalı-İçtihatlı)</t>
+          <t>İslam Hukuku'nda Akdi Mesuliyet ve Tazminat</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>665</v>
+        <v>420</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786053008637</t>
+          <t>9786053007142</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku</t>
+          <t>Aile Hukukundaki Hak İhlallerinin Tespiti ve Çözüm Önerileri Çalıştayı</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>95</v>
+        <v>240</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786053001126</t>
+          <t>9786257802352</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Devletlerin Uzay Faaliyetlerinden Doğan Sorumluluğu</t>
+          <t>Gerekçeli Ceza Kanunları</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786051467580</t>
+          <t>9786257088008</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İdari Uyuşmazlıkların Çözümünde Yargı Dışı Bir Araç Olarak İdari Başvurular</t>
+          <t>Uluslararası Usul Hukuku</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>590</v>
+        <v>500</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786053008996</t>
+          <t>9786053006381</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Anayasalcılık ve "Politik Olan"</t>
+          <t>Hukuksal ve Finansal Açıdan Konkordato (Ciltli)</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257277044</t>
+          <t>9786053006428</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Spor Hukuku</t>
+          <t>Kentsel Dönüşüm Kapsamında Afet Riski Altındaki Alanların Tespit ve Yargısal Denetimi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786057050793</t>
+          <t>9786053006398</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Uygulamada Kooperatiflerde Zimmet Suçu</t>
+          <t>Bireysel Başvuru Rehberi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786057050748</t>
+          <t>9786053006404</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Uygulamada Spor Suçları</t>
+          <t>Serbest Seçim Hakkı ve Türkiye</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>340</v>
+        <v>540</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257802437</t>
+          <t>9786257088299</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hukuku 1 (Zilyetlik ve Tapu Sicili)</t>
+          <t>Futbol Menajeri Eğitimi - Futbol Menajeri Nasıl Olunur?</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>520</v>
+        <v>165</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257595339</t>
+          <t>9786053006862</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Otonom Taşıtlarda Sigorta</t>
+          <t>Eski Vakıflar Hukuku ve İdaresi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257595308</t>
+          <t>9786053006602</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Bir Kusursuz Sorumluluk Türü Olarak Objektif Özen Ödevine Dayalı Sorumluluk</t>
+          <t>Belediyelerde Taşınmaz Yönetimi ve Karşılaştıran Sorunlar</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257595278</t>
+          <t>9786053006527</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Verimlilik Ölçümünde Güncel Yaklaşımlar</t>
+          <t>Konkordato</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257595353</t>
+          <t>9786053006480</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Kişisel Verilerin Korunması</t>
+          <t>İmar İdare Hukukunda Kazanılmış Hak</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>390</v>
+        <v>770</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257595254</t>
+          <t>9786053006497</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>L'union Europeenne Et Les Collectivites Locales Turques</t>
+          <t>Anonim Şirketlerde Genel Kurul</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>580</v>
+        <v>450</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257595193</t>
+          <t>9786257802581</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Vergi Cennetlerinin Transfer Fiyatlandırmasında Kullanımı</t>
+          <t>Anonim Şirketlerde İç Yönerge ile Yönetim ve Temsil Yetkisinin Devri</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>580</v>
+        <v>410</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257595209</t>
+          <t>9786257595100</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Yaşamında Dezavantajlı Gruplara Yönelik Hukuki Düzenlemeler</t>
+          <t>Kentsel Dönüşüm Uygulama Rehberi (Açıklamalı-İçtihatlı)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>460</v>
+        <v>665</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257277402</t>
+          <t>9786053008637</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserleri Kanunu (Ciltli)</t>
+          <t>İcra ve İflas Hukuku</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>175</v>
+        <v>95</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257277686</t>
+          <t>9786053001126</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucu Madde veya Uyarıcı Madde İmal ve Ticareti Suçu</t>
+          <t>Devletlerin Uzay Faaliyetlerinden Doğan Sorumluluğu</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>690</v>
+        <v>250</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257656757</t>
+          <t>9786051467580</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Alternatif Uyuşmazlık Çözüm Yolları</t>
+          <t>İdari Uyuşmazlıkların Çözümünde Yargı Dışı Bir Araç Olarak İdari Başvurular</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>390</v>
+        <v>590</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257595551</t>
+          <t>9786053008996</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Açısından Yatırımlarda Devlet Yardımları</t>
+          <t>Anayasalcılık ve "Politik Olan"</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>520</v>
+        <v>480</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257595506</t>
+          <t>9786257277044</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Accession of The European Union to The European Convention on Human Rights</t>
+          <t>Spor Hukuku</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257595513</t>
+          <t>9786057050793</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaretten Alınan Mali Yükümlülüklerde İdarenin Düzenleyici İşlem Yapma Yetkisi</t>
+          <t>Teori ve Uygulamada Kooperatiflerde Zimmet Suçu</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>630</v>
+        <v>300</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786057050786</t>
+          <t>9786057050748</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Kurumlar Vergisi Kanunu Kapsamında Şirketlerde Birleşme ve Devir</t>
+          <t>Teori ve Uygulamada Spor Suçları</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>460</v>
+        <v>340</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257595032</t>
+          <t>9786257802437</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Başkanlık (Cumhurbaşkanlığı) Sistemi</t>
+          <t>Eşya Hukuku 1 (Zilyetlik ve Tapu Sicili)</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>425</v>
+        <v>630</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257595049</t>
+          <t>9786257595339</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Teknolojik Gelişmelerin Negatif Yönü: Hukuki Açıdan Planlı Eskitme</t>
+          <t>Otonom Taşıtlarda Sigorta</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>520</v>
+        <v>390</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257595452</t>
+          <t>9786257595308</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Vergi Kaçakçılığı Suçu ve Yargılama Usulü</t>
+          <t>Türk Hukukunda Bir Kusursuz Sorumluluk Türü Olarak Objektif Özen Ödevine Dayalı Sorumluluk</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>540</v>
+        <v>390</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257595018</t>
+          <t>9786257595278</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Vergi Planlaması ve Türkiye Uygulamaları</t>
+          <t>Verimlilik Ölçümünde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>460</v>
+        <v>330</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257595025</t>
+          <t>9786257595353</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>ABD ve Latin Amerika Ülkelerinde Başkanlık Sistemi ve Uygulamaları</t>
+          <t>Ceza Hukukunda Kişisel Verilerin Korunması</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>615</v>
+        <v>390</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257595070</t>
+          <t>9786257595254</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu'na Göre Alacağı Devredenin Garanti Sorumluluğu</t>
+          <t>L'union Europeenne Et Les Collectivites Locales Turques</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>720</v>
+        <v>580</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786057050724</t>
+          <t>9786257595193</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Finans Merkezi</t>
+          <t>Vergi Cennetlerinin Transfer Fiyatlandırmasında Kullanımı</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>330</v>
+        <v>580</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257595315</t>
+          <t>9786257595209</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Yatırım Ortaklarının Kuruluşu</t>
+          <t>Çalışma Yaşamında Dezavantajlı Gruplara Yönelik Hukuki Düzenlemeler</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>520</v>
+        <v>460</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257595360</t>
+          <t>9786257277402</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Tam Yargı Davalarında Zarar Kavramı ve Tazminat Hesabı</t>
+          <t>Fikir ve Sanat Eserleri Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>410</v>
+        <v>175</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257595292</t>
+          <t>9786257277686</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Radbruch Formülünün Siyasal İktidarla İlişkisi</t>
+          <t>Uyuşturucu Madde veya Uyarıcı Madde İmal ve Ticareti Suçu</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>330</v>
+        <v>690</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257277754</t>
+          <t>9786257656757</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Bir Bütünlük Olarak Şirketler Topluluğunda Hukuki Sorumluluk (Ciltli)</t>
+          <t>Ceza Hukukunda Alternatif Uyuşmazlık Çözüm Yolları</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>580</v>
+        <v>390</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257656979</t>
+          <t>9786257595551</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Adli Laboratuvarlarda Biyogüvenlik: Bir Adli Genetik Laboratuvarı Analizi</t>
+          <t>İdare Hukuku Açısından Yatırımlarda Devlet Yardımları</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>440</v>
+        <v>520</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786057050700</t>
+          <t>9786257595506</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Beden Muayenesi ve Vücuttan Örnek Alınması</t>
+          <t>Accession of The European Union to The European Convention on Human Rights</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257656993</t>
+          <t>9786257595513</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Devletin Uluslararası Yatırım Tahkiminde Sorumluluğu</t>
+          <t>Dış Ticaretten Alınan Mali Yükümlülüklerde İdarenin Düzenleyici İşlem Yapma Yetkisi</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>520</v>
+        <v>630</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257656504</t>
+          <t>9786057050786</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Devletin Mirasçılığı (Ciltli)</t>
+          <t>Kurumlar Vergisi Kanunu Kapsamında Şirketlerde Birleşme ve Devir</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>450</v>
+        <v>460</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257656894</t>
+          <t>9786257595032</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Dokunulmazlığa Karşı İşlenen Suçlar</t>
+          <t>Türkiye'de Başkanlık (Cumhurbaşkanlığı) Sistemi</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>515</v>
+        <v>425</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786057050717</t>
+          <t>9786257595049</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Veri Güvenliğinin İyileştirilmesi Sürecinde Küresel Standart, Çerçeve ve En İyi Uygulamaların Hukuki Uyuma Desteği</t>
+          <t>Teknolojik Gelişmelerin Negatif Yönü: Hukuki Açıdan Planlı Eskitme</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>330</v>
+        <v>520</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257595520</t>
+          <t>9786257595452</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanununda Cinsel Dokunulmazlığa Karşı İşlenen Suçlar</t>
+          <t>Vergi Kaçakçılığı Suçu ve Yargılama Usulü</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>1070</v>
+        <v>540</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257277747</t>
+          <t>9786257595018</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Hakları Mevzuatı</t>
+          <t>Uluslararası Vergi Planlaması ve Türkiye Uygulamaları</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>340</v>
+        <v>460</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786053006947</t>
+          <t>9786257595025</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Sözleşmeli Personel</t>
+          <t>ABD ve Latin Amerika Ülkelerinde Başkanlık Sistemi ve Uygulamaları</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>300</v>
+        <v>615</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257277327</t>
+          <t>9786257595070</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Limited Şirkette Çıkma ve Çıkarılma</t>
+          <t>Türk Borçlar Kanunu'na Göre Alacağı Devredenin Garanti Sorumluluğu</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>440</v>
+        <v>720</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257802260</t>
+          <t>9786057050724</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinden Kaynaklanan Zararlarda İdarenin Sorumluluğunu Azaltan veya Ortadan Kaldıran Haller</t>
+          <t>İstanbul Finans Merkezi</t>
         </is>
       </c>
       <c r="C520" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786053008132</t>
+          <t>9786257595315</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Kasten Adam Öldürme Suçu</t>
+          <t>Gayrimenkul Yatırım Ortaklarının Kuruluşu</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>770</v>
+        <v>520</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257656900</t>
+          <t>9786257595360</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Uzlaştırmacı Sınavı Hazırlık + Soru Bankası ve Yenileme Eğitimi</t>
+          <t>Tam Yargı Davalarında Zarar Kavramı ve Tazminat Hesabı</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>240</v>
+        <v>410</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786057050731</t>
+          <t>9786257595292</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Kurumlar Vergisi El Kitabı</t>
+          <t>Radbruch Formülünün Siyasal İktidarla İlişkisi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>630</v>
+        <v>330</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786053009511</t>
+          <t>9786257277754</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Andlaşmaların Üçüncü Devletlere Etkisi</t>
+          <t>Ekonomik Bir Bütünlük Olarak Şirketler Topluluğunda Hukuki Sorumluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>390</v>
+        <v>580</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786053009580</t>
+          <t>9786257656979</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Aile Hekimliği Kurumu</t>
+          <t>Adli Laboratuvarlarda Biyogüvenlik: Bir Adli Genetik Laboratuvarı Analizi</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786053007128</t>
+          <t>9786057050700</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Askerliğin Bireyin Toplumsallaşması Üzerine Etkileri - Bir Saha Araştırması</t>
+          <t>Ceza Muhakemesi Hukukunda Beden Muayenesi ve Vücuttan Örnek Alınması</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786053008156</t>
+          <t>9786257656993</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Muhakemesi Hukukunda Soruşturma Evresinin Sona Ermesi</t>
+          <t>Devletin Uluslararası Yatırım Tahkiminde Sorumluluğu</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>360</v>
+        <v>520</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786053008118</t>
+          <t>9786257656504</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>5237 Sayılı Türk Ceza Kanununda Bilişim Sistemini Engelleme, Bozma, Verileri Yok Etme veya Değiştirme Suçu</t>
+          <t>Devletin Mirasçılığı (Ciltli)</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786053006923</t>
+          <t>9786257656894</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Estetik Diş Hekimliği ve Estetik Plastik ve Rekonstrüktif Cerrahide Hekimin Hukuki Sorumluluğu (Ciltli)</t>
+          <t>Cinsel Dokunulmazlığa Karşı İşlenen Suçlar</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>475</v>
+        <v>515</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786257802635</t>
+          <t>9786057050717</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Covid-19'un (Koronavirüs) Türk Hukukuna Etkileri</t>
+          <t>Veri Güvenliğinin İyileştirilmesi Sürecinde Küresel Standart, Çerçeve ve En İyi Uygulamaların Hukuki Uyuma Desteği</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>590</v>
+        <v>330</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786257802062</t>
+          <t>9786257595520</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kültür Tabiat Varlığı / Define Kavramları ile İzinsiz Araştırma, Kazı ve Sondaj Yapmak Suçları</t>
+          <t>Türk Ceza Kanununda Cinsel Dokunulmazlığa Karşı İşlenen Suçlar</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>290</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786053008903</t>
+          <t>9786257277747</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Mobbing Davaları</t>
+          <t>Hayvan Hakları Mevzuatı</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786053009108</t>
+          <t>9786053006947</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>İdari Hukuku Açısından Anayasa Mahkemesi İptal Kararlarının Zaman İçindeki Etkisi</t>
+          <t>Sözleşmeli Personel</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786257595162</t>
+          <t>9786257277327</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Evlatlık Kurumu ve Koruyucu Aile</t>
+          <t>Limited Şirkette Çıkma ve Çıkarılma</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786257595063</t>
+          <t>9786257802260</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Gönüllü Vazgeçme</t>
+          <t>Sağlık Hizmetlerinden Kaynaklanan Zararlarda İdarenin Sorumluluğunu Azaltan veya Ortadan Kaldıran Haller</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>580</v>
+        <v>330</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786257595094</t>
+          <t>9786053008132</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Tenkise Tabi Sağlararası Kazandırmalar</t>
+          <t>Kasten Adam Öldürme Suçu</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>480</v>
+        <v>770</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786057050755</t>
+          <t>9786257656900</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Futbolda Finansal Fair Play (Ciltli)</t>
+          <t>Uzlaştırmacı Sınavı Hazırlık + Soru Bankası ve Yenileme Eğitimi</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>730</v>
+        <v>240</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786053006855</t>
+          <t>9786057050731</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Kamulaştırma Davaları (Ciltli)</t>
+          <t>Kurumlar Vergisi El Kitabı</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>895</v>
+        <v>630</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786053004363</t>
+          <t>9786053009511</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>İş Kazası veya Meslek Hastalığından Kaynaklanan Maddi ve Manevi Tazminat Davaları (Ciltli)</t>
+          <t>Uluslararası Andlaşmaların Üçüncü Devletlere Etkisi</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>1115</v>
+        <v>390</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786257088749</t>
+          <t>9786053009580</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Vatansız ve Mülteciler Açısından Vatandaşlık Esasına Göre Yetkili Hukuk</t>
+          <t>Türkiye'de Aile Hekimliği Kurumu</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786257802628</t>
+          <t>9786053007128</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Katma Değer Vergisinde Matrah</t>
+          <t>Askerliğin Bireyin Toplumsallaşması Üzerine Etkileri - Bir Saha Araştırması</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786055412630</t>
+          <t>9786053008156</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Dava Vekaletnameleri</t>
+          <t>Türk Ceza Muhakemesi Hukukunda Soruşturma Evresinin Sona Ermesi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786053006459</t>
+          <t>9786053008118</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Kooperatifler İçin Genel Kurul Rehberi</t>
+          <t>5237 Sayılı Türk Ceza Kanununda Bilişim Sistemini Engelleme, Bozma, Verileri Yok Etme veya Değiştirme Suçu</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>580</v>
+        <v>280</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786257088633</t>
+          <t>9786053006923</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Yazılı Yanıt Soruları Bağlamında Avrupa Parlementosu'ndaki Türkiye Karşıtı Yunan ve Rum Uğraşları</t>
+          <t>Estetik Diş Hekimliği ve Estetik Plastik ve Rekonstrüktif Cerrahide Hekimin Hukuki Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>260</v>
+        <v>475</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786257088428</t>
+          <t>9786257802635</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticarette Ödeme Aracı Olarak Akreditif ve Hukuki Niteliği</t>
+          <t>Covid-19'un (Koronavirüs) Türk Hukukuna Etkileri</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>190</v>
+        <v>590</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786257088442</t>
+          <t>9786257802062</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Rusya Federasyonu Örneği Işığında Milletlerarası Ticari Tahkim ve Mahkemelerin Tahkime Müdahalesi</t>
+          <t>Kültür Tabiat Varlığı / Define Kavramları ile İzinsiz Araştırma, Kazı ve Sondaj Yapmak Suçları</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>425</v>
+        <v>290</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786053009719</t>
+          <t>9786053008903</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Teminat Senetleri</t>
+          <t>Mobbing Davaları</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786053009412</t>
+          <t>9786053009108</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda ve Avrupa İnsan Hakları Mahkemesi Kararlarında Transseksüellik</t>
+          <t>İdari Hukuku Açısından Anayasa Mahkemesi İptal Kararlarının Zaman İçindeki Etkisi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786053008873</t>
+          <t>9786257595162</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Sicili Müdürünün İnceleme Görevi ve Yetkisi</t>
+          <t>Osmanlı'dan Günümüze Evlatlık Kurumu ve Koruyucu Aile</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786053007654</t>
+          <t>9786257595063</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu'nda Çocuk Düşürtme Suçu</t>
+          <t>Türk Ceza Hukukunda Gönüllü Vazgeçme</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>280</v>
+        <v>580</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786257802185</t>
+          <t>9786257595094</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler</t>
+          <t>Tenkise Tabi Sağlararası Kazandırmalar</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786053009306</t>
+          <t>9786057050755</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı Kararları Kapsamında Çevresel Etki Değerlendirmesi</t>
+          <t>Futbolda Finansal Fair Play (Ciltli)</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>290</v>
+        <v>730</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786053008330</t>
+          <t>9786053006855</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>İsviçre Hukuku ile Mukayeseli Türk Haksız Rekabet Hukuku Mevzuatı (Ciltli)</t>
+          <t>Kamulaştırma Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>250</v>
+        <v>895</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786053008255</t>
+          <t>9786053004363</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Milli Emlak</t>
+          <t>İş Kazası veya Meslek Hastalığından Kaynaklanan Maddi ve Manevi Tazminat Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>965</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786257088176</t>
+          <t>9786257088749</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukukta Hukuk Devleti İlkesi ve Yansımaları</t>
+          <t>Vatansız ve Mülteciler Açısından Vatandaşlık Esasına Göre Yetkili Hukuk</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786053007722</t>
+          <t>9786257802628</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Kamu İdaresinin Güvenilirliğine ve İşleyişine Karşı Suçlar (Ciltli)</t>
+          <t>Katma Değer Vergisinde Matrah</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786053007975</t>
+          <t>9786055412630</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Çalışmayan Kişilerin Vefatında Destekten Yoksun Kalma Zararı</t>
+          <t>Dava Vekaletnameleri</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786053009726</t>
+          <t>9786053006459</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserlerine İlişkin Lisans Sözleşmesi</t>
+          <t>Kooperatifler İçin Genel Kurul Rehberi</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>305</v>
+        <v>580</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786257656962</t>
+          <t>9786257088633</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>4857 Sayılı İş Kanunu Kapsamındaki İşçilerin Yıllık Ücretli İzin Hakkı</t>
+          <t>Yazılı Yanıt Soruları Bağlamında Avrupa Parlementosu'ndaki Türkiye Karşıtı Yunan ve Rum Uğraşları</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>720</v>
+        <v>260</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786053009689</t>
+          <t>9786257088428</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Ürün Sorumluluğu Bağlamında Hatalı Tıbbi Cihazdan Doğan Hukuki Sorumluluk</t>
+          <t>Uluslararası Ticarette Ödeme Aracı Olarak Akreditif ve Hukuki Niteliği</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786053009696</t>
+          <t>9786257088442</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Mülteci Hukukunda Çocukların Statüsü</t>
+          <t>Rusya Federasyonu Örneği Işığında Milletlerarası Ticari Tahkim ve Mahkemelerin Tahkime Müdahalesi</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786053009870</t>
+          <t>9786053009719</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Açıklık ve Bilgi Edinme Hakkı</t>
+          <t>Türk Hukukunda Teminat Senetleri</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>630</v>
+        <v>370</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786053007302</t>
+          <t>9786053009412</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Genel Kurul Kararlarının İptali</t>
+          <t>Türk Hukukunda ve Avrupa İnsan Hakları Mahkemesi Kararlarında Transseksüellik</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>410</v>
+        <v>190</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786053006992</t>
+          <t>9786053008873</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Hakimin Davayı Aydınlatma Ödevi</t>
+          <t>Ticaret Sicili Müdürünün İnceleme Görevi ve Yetkisi</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786257088510</t>
+          <t>9786053007654</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Sanat Özgürlüğü</t>
+          <t>Türk Ceza Kanunu'nda Çocuk Düşürtme Suçu</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786053008378</t>
+          <t>9786257802185</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Uygulanan Hükümet Sistemleri ve 2017 Anayasa Değişikliği ile Benimsenen Hükümet Sistemi</t>
+          <t>Borçlar Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786053007999</t>
+          <t>9786053009306</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirkette Pay Devri</t>
+          <t>İdari Yargı Kararları Kapsamında Çevresel Etki Değerlendirmesi</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786053007609</t>
+          <t>9786053008330</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Hakimin Hukuki Sorumluluğu</t>
+          <t>İsviçre Hukuku ile Mukayeseli Türk Haksız Rekabet Hukuku Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786053007159</t>
+          <t>9786053008255</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Yolsuz Tescil</t>
+          <t>Milli Emlak</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>500</v>
+        <v>965</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786053007784</t>
+          <t>9786257088176</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>5607 Sayılı Kaçakçılıkla Mücadele Kanunu Uygulamalı ve İçtihatlı</t>
+          <t>Karşılaştırmalı Hukukta Hukuk Devleti İlkesi ve Yansımaları</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>295</v>
+        <v>290</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786053009986</t>
+          <t>9786053007722</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Hakimiyet Sözleşmesi</t>
+          <t>Kamu İdaresinin Güvenilirliğine ve İşleyişine Karşı Suçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>475</v>
+        <v>190</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786257802604</t>
+          <t>9786053007975</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Boşanma ve Nafaka Rehberi</t>
+          <t>Çalışmayan Kişilerin Vefatında Destekten Yoksun Kalma Zararı</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>315</v>
+        <v>320</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786053009917</t>
+          <t>9786053009726</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Hakim ve Savcıların Disiplin Cezai ve Hukuki Sorumlulukları</t>
+          <t>Fikir ve Sanat Eserlerine İlişkin Lisans Sözleşmesi</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>520</v>
+        <v>305</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786053008620</t>
+          <t>9786257656962</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukuk Sisteminde Kadılık Kurumu</t>
+          <t>4857 Sayılı İş Kanunu Kapsamındaki İşçilerin Yıllık Ücretli İzin Hakkı</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>260</v>
+        <v>720</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786053008651</t>
+          <t>9786053009689</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Vücut Bütünlüğüne Yönelik Rıza Aranmadan Gerçekleştirilen Müdahaleler</t>
+          <t>Ürün Sorumluluğu Bağlamında Hatalı Tıbbi Cihazdan Doğan Hukuki Sorumluluk</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>410</v>
+        <v>370</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786053008668</t>
+          <t>9786053009696</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde İstinaf</t>
+          <t>Mülteci Hukukunda Çocukların Statüsü</t>
         </is>
       </c>
       <c r="C576" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786053008712</t>
+          <t>9786053009870</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu'nda Göçmen Kaçakçılığı</t>
+          <t>Kamu Yönetiminde Açıklık ve Bilgi Edinme Hakkı</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>280</v>
+        <v>630</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786257088923</t>
+          <t>9786053007302</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi Kararları Eşliğinde Türk Demokrasisinin Bazı Oluşum Dinamikleri ve 1982 Öncesi Anayasacılık Hareketleri</t>
+          <t>Anonim Şirketlerde Genel Kurul Kararlarının İptali</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>220</v>
+        <v>410</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786257088275</t>
+          <t>9786053006992</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararları Işığında Anonim ve Limited Şirketlerde Kanuni Temsilcilerin Vergisel Sorumluluğu</t>
+          <t>Hakimin Davayı Aydınlatma Ödevi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>265</v>
+        <v>460</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786053007906</t>
+          <t>9786257088510</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Bağlamında E-Devlet Dönüşümü ve Uyap</t>
+          <t>Bilim ve Sanat Özgürlüğü</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786053006640</t>
+          <t>9786053008378</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Bağışlamanın Geri Alınması</t>
+          <t>Türkiye'de Uygulanan Hükümet Sistemleri ve 2017 Anayasa Değişikliği ile Benimsenen Hükümet Sistemi</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>520</v>
+        <v>460</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786053009320</t>
+          <t>9786053007999</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Tarihimizde Hapis</t>
+          <t>Anonim Şirkette Pay Devri</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786053006114</t>
+          <t>9786053007609</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Milli İstihbarat Teşkilatı'na Ait Bilgi, Belge ve Kimliklere Karşı Suçlar</t>
+          <t>Hakimin Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786256147348</t>
+          <t>9786053007159</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>İçtihatlarla Sigorta Hukuku ve Trafik Kazasından Kaynaklanan Tazminat Davaları (Ciltli)</t>
+          <t>Türk Hukukunda Yolsuz Tescil</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>2200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786256147782</t>
+          <t>9786053007784</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>TSK Disiplin Kanunu El Kitabı</t>
+          <t>5607 Sayılı Kaçakçılıkla Mücadele Kanunu Uygulamalı ve İçtihatlı</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>865</v>
+        <v>295</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786253770631</t>
+          <t>9786053009986</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Askeri Ceza Kanunu Şerhi</t>
+          <t>Hakimiyet Sözleşmesi</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>2300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786253770372</t>
+          <t>9786257802604</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararları Işığında Emre İtaatsizlik</t>
+          <t>Boşanma ve Nafaka Rehberi</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>420</v>
+        <v>315</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786256147072</t>
+          <t>9786053009917</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Türk Parlamento Hukuku</t>
+          <t>Hakim ve Savcıların Disiplin Cezai ve Hukuki Sorumlulukları</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>470</v>
+        <v>520</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786256147232</t>
+          <t>9786053008620</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Introduction to Law in a Nutshell</t>
+          <t>Osmanlı Hukuk Sisteminde Kadılık Kurumu</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>560</v>
+        <v>260</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786256147355</t>
+          <t>9786053008651</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk I Başlangıç Hükümleri - Kişiler Hukuku - Olay ve Test Sorular (Ciltli)</t>
+          <t>Vücut Bütünlüğüne Yönelik Rıza Aranmadan Gerçekleştirilen Müdahaleler</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>470</v>
+        <v>410</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786256147775</t>
+          <t>9786053008668</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk I Başlangıç Hükümleri - Kişiler Hukuku (Ciltli)</t>
+          <t>Ceza Muhakemesinde İstinaf</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>730</v>
+        <v>300</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786055263232</t>
+          <t>9786053008712</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Ceza Kovuşturmalarının Aktarılması Konusunda Avrupa Sözleşmesi</t>
+          <t>Türk Ceza Kanunu'nda Göçmen Kaçakçılığı</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786055473211</t>
+          <t>9786257088923</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Savunma Taktikleri - Orantılı Güç Kullanma Uygulamaları</t>
+          <t>Anayasa Mahkemesi Kararları Eşliğinde Türk Demokrasisinin Bazı Oluşum Dinamikleri ve 1982 Öncesi Anayasacılık Hareketleri</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>70</v>
+        <v>220</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786051463858</t>
+          <t>9786257088275</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Yolsuzluk ve Mali Suçlar</t>
+          <t>Yargı Kararları Işığında Anonim ve Limited Şirketlerde Kanuni Temsilcilerin Vergisel Sorumluluğu</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>100</v>
+        <v>265</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786051465814</t>
+          <t>9786053007906</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Kuruluşlarda Süreç, Performans ve Risk Analizi / Yönetimi</t>
+          <t>İdare Hukuku Bağlamında E-Devlet Dönüşümü ve Uyap</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786055980085</t>
+          <t>9786053006640</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukuku’nda Donatanın Sorumluluğu</t>
+          <t>Bağışlamanın Geri Alınması</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>148</v>
+        <v>520</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786055412722</t>
+          <t>9786053009320</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Koruma Amaçlı İmar Planlaması ve İlgili İdari Yargı Kararları</t>
+          <t>Hukuk Tarihimizde Hapis</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786054378135</t>
+          <t>9786053006114</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticari Tahkim Hukukunda Geçici Hukuki Koruma Önlemleri</t>
+          <t>Milli İstihbarat Teşkilatı'na Ait Bilgi, Belge ve Kimliklere Karşı Suçlar</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052649268</t>
+          <t>9786256147348</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı Mevzuatı (2024)</t>
+          <t>İçtihatlarla Sigorta Hukuku ve Trafik Kazasından Kaynaklanan Tazminat Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>120</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786055412340</t>
+          <t>9786256147782</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türk Hukukunda Zorunlu Askerlik ve Vicdani Ret</t>
+          <t>TSK Disiplin Kanunu El Kitabı</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>70</v>
+        <v>865</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786258209020</t>
+          <t>9786253770631</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
+          <t>Askeri Ceza Kanunu Şerhi</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>530</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257656412</t>
+          <t>9786253770372</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Yargılama Usulüne İlişkin Temel Kanunlar (Ciltli)</t>
+          <t>Yargı Kararları Işığında Emre İtaatsizlik</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>413</v>
+        <v>420</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786053007623</t>
+          <t>9786256147072</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Kat Mülkiyeti Kanunu El Kitabı</t>
+          <t>Türk Parlamento Hukuku</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>170</v>
+        <v>630</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052641293</t>
+          <t>9786256147232</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Adli Mühendislik ve Adli Bilişim –2– Cilt 10 (Ciltli)</t>
+          <t>Introduction to Law in a Nutshell</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>980</v>
+        <v>680</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786052641279</t>
+          <t>9786256147355</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Adli Temel Bilimler Adli Doğa Bilimleri – Cilt 8 (Ciltli)</t>
+          <t>Medeni Hukuk I Başlangıç Hükümleri - Kişiler Hukuku - Olay ve Test Sorular (Ciltli)</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>1270</v>
+        <v>630</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786052641255</t>
+          <t>9786256147775</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Adli Sosyal Bilimler –2– Cilt 6 (Ciltli)</t>
+          <t>Medeni Hukuk I Başlangıç Hükümleri - Kişiler Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>1210</v>
+        <v>960</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786052641231</t>
+          <t>9786055263232</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Adli Sağlık Bilimleri –2– Cilt 4 (Ciltli)</t>
+          <t>Ceza Kovuşturmalarının Aktarılması Konusunda Avrupa Sözleşmesi</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>1100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052641200</t>
+          <t>9786055473211</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Adli Bilimlere Giriş ve Kriminalistik – Cilt 1 (Ciltli)</t>
+          <t>Savunma Taktikleri - Orantılı Güç Kullanma Uygulamaları</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>1150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052641262</t>
+          <t>9786051463858</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Adli Bilimler Hukuku ve Etik – Cilt 7 (Ciltli)</t>
+          <t>Yolsuzluk ve Mali Suçlar</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>980</v>
+        <v>100</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786052641248</t>
+          <t>9786051465814</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Adli Sosyal Bilimler –1– Cilt 5 (Ciltli)</t>
+          <t>Kuruluşlarda Süreç, Performans ve Risk Analizi / Yönetimi</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>1210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052641217</t>
+          <t>9786055980085</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Olay Yeri İnceleme ve Kimlik Tespit – Cilt 2 (Ciltli)</t>
+          <t>Roma Hukuku’nda Donatanın Sorumluluğu</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>1330</v>
+        <v>148</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052641224</t>
+          <t>9786055412722</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Adli Sağlık Bilimleri –1– Cilt 3 (Ciltli)</t>
+          <t>Koruma Amaçlı İmar Planlaması ve İlgili İdari Yargı Kararları</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>1210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786052641286</t>
+          <t>9786054378135</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Adli Mühendislik ve Adli Bilişim –1– Cilt 9 (Ciltli)</t>
+          <t>Milletlerarası Ticari Tahkim Hukukunda Geçici Hukuki Koruma Önlemleri</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>980</v>
+        <v>50</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052646625</t>
+          <t>9786052649268</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Hukuku Genel Esaslar (Ciltli)</t>
+          <t>İdari Yargı Mevzuatı (2024)</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>1150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052648353</t>
+          <t>9786055412340</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Hukuku Şerhi</t>
+          <t>Dünyada ve Türk Hukukunda Zorunlu Askerlik ve Vicdani Ret</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>6900</v>
+        <v>70</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786253770365</t>
+          <t>9786258209020</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Adil Yargılanma Hakkı Bağlamında Ceza Muhakemesi Hukukunda Soruşturma Evresi</t>
+          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>340</v>
+        <v>530</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786253770419</t>
+          <t>9786257656412</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukuku Bakımından Takdiri İndirim Nedenleri</t>
+          <t>Hukuk ve Yargılama Usulüne İlişkin Temel Kanunlar (Ciltli)</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>400</v>
+        <v>413</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786253770204</t>
+          <t>9786053007623</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Sözleşmeleri (Ciltli)</t>
+          <t>Kat Mülkiyeti Kanunu El Kitabı</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>1450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786054378517</t>
+          <t>9786052641293</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararlarıyla Avukatlık Kanunu</t>
+          <t>Adli Mühendislik ve Adli Bilişim –2– Cilt 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>120</v>
+        <v>980</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786253770686</t>
+          <t>9786052641279</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Doğal Hukuk, Anayasa ve Sınıf Mücadelesi Boyutlarıyla Cicero'nun Adalet Tartışmaları</t>
+          <t>Adli Temel Bilimler Adli Doğa Bilimleri – Cilt 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>420</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786253770549</t>
+          <t>9786052641255</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verileri Hukuka Aykırı Olarak Verme, Yayma veya Ele Geçirme Suçu (TCK Madde 136)</t>
+          <t>Adli Sosyal Bilimler –2– Cilt 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>300</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786253770594</t>
+          <t>9786052641231</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Çekişmesiz Yargıda İlgili Kavramı ve Hukuki Durumu</t>
+          <t>Adli Sağlık Bilimleri –2– Cilt 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>590</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786253770556</t>
+          <t>9786052641200</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>İflasta Tasarrufun İptali Davası</t>
+          <t>Adli Bilimlere Giriş ve Kriminalistik – Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>550</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786253770570</t>
+          <t>9786052641262</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi İhmal İddiaları İçin Bireysel Başvuru Rehberi</t>
+          <t>Adli Bilimler Hukuku ve Etik – Cilt 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>690</v>
+        <v>980</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786253770518</t>
+          <t>9786052641248</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Terörizmin Finansmanının Önlenmesi Hakkında Kanun</t>
+          <t>Adli Sosyal Bilimler –1– Cilt 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>870</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786253770563</t>
+          <t>9786052641217</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Taşınmaz Mal Zilyetliğine Yapılan Tecavüzlerin İdari Yoldan Önlenmesi</t>
+          <t>Olay Yeri İnceleme ve Kimlik Tespit – Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>890</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786253770587</t>
+          <t>9786052641224</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu Kapsamında Sözleşmenin Uyarlanması</t>
+          <t>Adli Sağlık Bilimleri –1– Cilt 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>310</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786253770457</t>
+          <t>9786052641286</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Tıbbi Uygulama Hatalarından Doğan Sorumluluğu</t>
+          <t>Adli Mühendislik ve Adli Bilişim –1– Cilt 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>290</v>
+        <v>980</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786256147546</t>
+          <t>9786052646625</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
+          <t>Şirketler Hukuku Genel Esaslar (Ciltli)</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>1600</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052649923</t>
+          <t>9786052648353</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukuku Özel Hükümler (Ciltli)</t>
+          <t>Şirketler Hukuku Şerhi</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>1450</v>
+        <v>6900</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786052648872</t>
+          <t>9786253770365</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi Başvuru Usulü El Kitabı</t>
+          <t>Adil Yargılanma Hakkı Bağlamında Ceza Muhakemesi Hukukunda Soruşturma Evresi</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>590</v>
+        <v>340</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257467629</t>
+          <t>9786253770419</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukuku (Ciltli)</t>
+          <t>Türk Ceza Hukuku Bakımından Takdiri İndirim Nedenleri</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257595247</t>
+          <t>9786253770204</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Alım Satımı ile Kira Gelirlerinin Vergilendirilmesi</t>
+          <t>İnşaat Sözleşmeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>205</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786257277365</t>
+          <t>9786054378517</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Belediye Muhasebesi (Ciltli)</t>
+          <t>Yargı Kararlarıyla Avukatlık Kanunu</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>890</v>
+        <v>120</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786055980238</t>
+          <t>9786253770686</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yabancıların Çalışma İzinleri ve İlgili Mevzuat (Soru - Cevaplı)</t>
+          <t>Doğal Hukuk, Anayasa ve Sınıf Mücadelesi Boyutlarıyla Cicero'nun Adalet Tartışmaları</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786253770341</t>
+          <t>9786253770549</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Değişik Bakış Açılarından Hukuk Devleti ve İnsan Hakları veya Kişi Hak ve Özgürlüklerinin Korunması</t>
+          <t>Kişisel Verileri Hukuka Aykırı Olarak Verme, Yayma veya Ele Geçirme Suçu (TCK Madde 136)</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>1270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786253770075</t>
+          <t>9786253770594</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Cinsel İstismarı Suçu (Temel Sorunlar ve Çözümleri)</t>
+          <t>Çekişmesiz Yargıda İlgili Kavramı ve Hukuki Durumu</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>780</v>
+        <v>590</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786253770273</t>
+          <t>9786253770556</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Bir İnternet Süjesi Olarak Sosyal Ağ Sağlayıcı</t>
+          <t>İflasta Tasarrufun İptali Davası</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786253770297</t>
+          <t>9786253770570</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Hukuku (Kamu) (Ciltli)</t>
+          <t>Tıbbi İhmal İddiaları İçin Bireysel Başvuru Rehberi</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>760</v>
+        <v>690</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786253770280</t>
+          <t>9786253770518</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Hukuku (Özel) (Ciltli)</t>
+          <t>Açıklamalı Terörizmin Finansmanının Önlenmesi Hakkında Kanun</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>790</v>
+        <v>870</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786052643020</t>
+          <t>9786253770563</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukuku (Ciltli)</t>
+          <t>Taşınmaz Mal Zilyetliğine Yapılan Tecavüzlerin İdari Yoldan Önlenmesi</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>520</v>
+        <v>890</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786253770013</t>
+          <t>9786253770587</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Suçlarda İspat ve Sübut</t>
+          <t>Türk Borçlar Kanunu Kapsamında Sözleşmenin Uyarlanması</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>1100</v>
+        <v>310</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786256147195</t>
+          <t>9786253770457</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukukumuzda Hakimlik ve Yargı Etiği</t>
+          <t>İdarenin Tıbbi Uygulama Hatalarından Doğan Sorumluluğu</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786256147911</t>
+          <t>9786256147546</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Donanımlı ve Sorumlu İnsan-Hakim</t>
+          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>340</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786256147324</t>
+          <t>9786052649923</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>İdare ve İdari Yargı Mevzuatı</t>
+          <t>Türk Ceza Hukuku Özel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>720</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786258209259</t>
+          <t>9786052648872</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Genel Kamu Hukuku Dersleri</t>
+          <t>Avrupa İnsan Hakları Mahkemesi Başvuru Usulü El Kitabı</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>470</v>
+        <v>590</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786052649800</t>
+          <t>9786257467629</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Özel Hükümler (Ciltli)</t>
+          <t>Sermaye Piyasası Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>1600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786055412043</t>
+          <t>9786257595247</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İş Etiği ve Yönetimi</t>
+          <t>Gayrimenkul Alım Satımı ile Kira Gelirlerinin Vergilendirilmesi</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786256147089</t>
+          <t>9786257277365</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hukuku Dersleri I</t>
+          <t>Belediye Muhasebesi (Ciltli)</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>395</v>
+        <v>890</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786052642894</t>
+          <t>9786055980238</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Geçici Korunanların Sağlık Hakkı</t>
+          <t>Türkiye’de Yabancıların Çalışma İzinleri ve İlgili Mevzuat (Soru - Cevaplı)</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786256147010</t>
+          <t>9786253770341</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Cezanın Belirlenmesi</t>
+          <t>Değişik Bakış Açılarından Hukuk Devleti ve İnsan Hakları veya Kişi Hak ve Özgürlüklerinin Korunması</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>680</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786052649725</t>
+          <t>9786253770075</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler</t>
+          <t>Çocukların Cinsel İstismarı Suçu (Temel Sorunlar ve Çözümleri)</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>1380</v>
+        <v>780</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786052649534</t>
+          <t>9786253770273</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukukunda Gayrimenkul Yatırım Ortaklıkları (Real Estate Investment Trusts) (Ciltli)</t>
+          <t>Bir İnternet Süjesi Olarak Sosyal Ağ Sağlayıcı</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>1100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786052649657</t>
+          <t>9786253770297</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Özel Hükümler Dersleri</t>
+          <t>Yapay Zeka Hukuku (Kamu) (Ciltli)</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>830</v>
+        <v>760</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786052649565</t>
+          <t>9786253770280</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Kasten Öldürme Suçu (Genel Hükümler ve Yargılama Usulü)</t>
+          <t>Yapay Zeka Hukuku (Özel) (Ciltli)</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>770</v>
+        <v>790</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786052649749</t>
+          <t>9786052643020</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Bakımından Gıda Güvenliği ve Gıda Piyasasının Düzenlenmesi</t>
+          <t>Sermaye Piyasası Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>550</v>
+        <v>520</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786052649763</t>
+          <t>9786253770013</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Özel Hükümler Cilt - 2</t>
+          <t>Cinsel Suçlarda İspat ve Sübut</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>830</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786052649473</t>
+          <t>9786256147195</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Kentsel Dönüşüm</t>
+          <t>Karşılaştırmalı Hukukumuzda Hakimlik ve Yargı Etiği</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257656955</t>
+          <t>9786256147911</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Cezaların İnfazı ve İnfaz Hukuku (Ciltli)</t>
+          <t>Donanımlı ve Sorumlu İnsan-Hakim</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>1390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257467087</t>
+          <t>9786256147324</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Kamulaştırmasız El Atma Davaları</t>
+          <t>İdare ve İdari Yargı Mevzuatı</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>900</v>
+        <v>720</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786053009351</t>
+          <t>9786258209259</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Konkordato İflas ve Yargılama Usülü (Ciltli)</t>
+          <t>Genel Kamu Hukuku Dersleri</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>1510</v>
+        <v>570</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786053007630</t>
+          <t>9786052649800</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Ecrimisil (Haksız İşgal Tazminatı) Davaları ve Yargılama Usulü</t>
+          <t>Ceza Hukuku Özel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>915</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786052649541</t>
+          <t>9786055412043</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı Kararları Kapsamında Deprem Nedeniyle İdarenin Kusur Sorumluluğu</t>
+          <t>Uluslararası İş Etiği ve Yönetimi</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786052649435</t>
+          <t>9786256147089</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Kredisi Sözleşmeleri</t>
+          <t>Kamu Hukuku Dersleri I</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786052646335</t>
+          <t>9786052642894</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Çevre Hukuku Bağlamında Türk Ceza Kanunundaki Çevre Suçları</t>
+          <t>Geçici Korunanların Sağlık Hakkı</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>460</v>
+        <v>330</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786052649428</t>
+          <t>9786256147010</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>İslam - Osmanlı Ceza Hukuku Genel Hükümler</t>
+          <t>Cezanın Belirlenmesi</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>840</v>
+        <v>680</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786259493695</t>
+          <t>9786052649725</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Çözümlü Soru Bankası 870 Soru</t>
+          <t>Ceza Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>450</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786051460741</t>
+          <t>9786052649534</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Sınıraşan Organize Suçlar</t>
+          <t>Sermaye Piyasası Hukukunda Gayrimenkul Yatırım Ortaklıkları (Real Estate Investment Trusts) (Ciltli)</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>70</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786052649367</t>
+          <t>9786052649657</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>İnternet, Gazete, Televizyondaki Hukuka Aykırı Yayınlara Karşı Başvuru Usul ve Esasları</t>
+          <t>Ceza Hukuku Özel Hükümler Dersleri</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>520</v>
+        <v>830</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786052649398</t>
+          <t>9786052649565</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Marka Hakkının Ülkeselliği ve İstisnaları</t>
+          <t>Kasten Öldürme Suçu (Genel Hükümler ve Yargılama Usulü)</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>510</v>
+        <v>770</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786052649329</t>
+          <t>9786052649749</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Dijital Para Kavramı ve Elektronik Para Kuruluşlarının Türk Hukuku Kapsamında Değerlendirilmesi</t>
+          <t>İdare Hukuku Bakımından Gıda Güvenliği ve Gıda Piyasasının Düzenlenmesi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786259493664</t>
+          <t>9786052649763</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Mesleklerine Giriş Sınavına Hazırlık - İcra ve İflas Hukuku</t>
+          <t>Ceza Hukuku Özel Hükümler Cilt - 2</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>180</v>
+        <v>830</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786052649282</t>
+          <t>9786052649473</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Saldırı Suçuna İlişkin Mitlerin Türk Ceza Hukukunda Yargı Kararlarındaki Olası Tesirlerinin Araştırılması</t>
+          <t>50 Soruda Kentsel Dönüşüm</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786259493657</t>
+          <t>9786257656955</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku - Hukuk Mesleklerine Giriş Sınavı İçin Temel Bilgiler ve Soru Bankası</t>
+          <t>Cezaların İnfazı ve İnfaz Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>490</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786259493640</t>
+          <t>9786257467087</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku - Hukuk Mesleklerine Giriş Sınavı İçin Temel Bilgiler ve Soru Bankası</t>
+          <t>Kamulaştırmasız El Atma Davaları</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>570</v>
+        <v>900</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786259493633</t>
+          <t>9786053009351</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
+          <t>Konkordato İflas ve Yargılama Usülü (Ciltli)</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>240</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786259493626</t>
+          <t>9786053007630</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Avukatlık Hukuku - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
+          <t>Ecrimisil (Haksız İşgal Tazminatı) Davaları ve Yargılama Usulü</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>336</v>
+        <v>915</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786052649046</t>
+          <t>9786052649541</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Navlun Sözleşmesinde Gönderilenin Sorumluluğu (Ciltli)</t>
+          <t>İdari Yargı Kararları Kapsamında Deprem Nedeniyle İdarenin Kusur Sorumluluğu</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>635</v>
+        <v>300</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786052648964</t>
+          <t>9786052649435</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Tapu Kütüğüne Kayıtlı Olmayan Taşınmazların Olağanüstü Kazandırıcı Zamanaşımı ile Kazanılması (Ciltli)</t>
+          <t>Tüketici Kredisi Sözleşmeleri</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>520</v>
+        <v>275</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786052649336</t>
+          <t>9786052646335</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Adil Yargılanma Hakkı Çerçevesinde Şüpheli ve Sanığın Susma Hakkı</t>
+          <t>Çevre Hukuku Bağlamında Türk Ceza Kanunundaki Çevre Suçları</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>540</v>
+        <v>460</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786052648728</t>
+          <t>9786052649428</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Fikri Haklarda Üç Adım Testi</t>
+          <t>İslam - Osmanlı Ceza Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>220</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786052649206</t>
+          <t>9786259493695</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Vergi Anayasası Kapsamında Vergilendirme İlkeleri ve Ülke Uygulamaları</t>
+          <t>Ceza Hukuku Çözümlü Soru Bankası 870 Soru</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786052649213</t>
+          <t>9786051460741</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Suçun Kamusallığı Bağlamında Devletin Mağdur Sıfatı</t>
+          <t>Sınıraşan Organize Suçlar</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786052649176</t>
+          <t>9786052649367</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Tipiklik Hatası</t>
+          <t>İnternet, Gazete, Televizyondaki Hukuka Aykırı Yayınlara Karşı Başvuru Usul ve Esasları</t>
         </is>
       </c>
       <c r="C684" s="1">
         <v>520</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786052649299</t>
+          <t>9786052649398</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Human Rights Protection Mechanism of Migrant Workers as a Vulnerable Group in Russia</t>
+          <t>Marka Hakkının Ülkeselliği ve İstisnaları</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>340</v>
+        <v>510</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786052649015</t>
+          <t>9786052649329</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Vergi Yargı Sistemi</t>
+          <t>Dijital Para Kavramı ve Elektronik Para Kuruluşlarının Türk Hukuku Kapsamında Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786052649169</t>
+          <t>9786259493664</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Hukuku Mevzuatı</t>
+          <t>Hukuk Mesleklerine Giriş Sınavına Hazırlık - İcra ve İflas Hukuku</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>640</v>
+        <v>180</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786052649121</t>
+          <t>9786052649282</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Organize Suçlar (Yönetim)</t>
+          <t>Cinsel Saldırı Suçuna İlişkin Mitlerin Türk Ceza Hukukunda Yargı Kararlarındaki Olası Tesirlerinin Araştırılması</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786052649145</t>
+          <t>9786259493657</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Medenî Usul Hukukunda Taraf Olarak Anonim Şirket</t>
+          <t>İcra ve İflas Hukuku - Hukuk Mesleklerine Giriş Sınavı İçin Temel Bilgiler ve Soru Bankası</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>350</v>
+        <v>540</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786052648803</t>
+          <t>9786259493640</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze İntikal Hükümleri</t>
+          <t>Medeni Usul Hukuku - Hukuk Mesleklerine Giriş Sınavı İçin Temel Bilgiler ve Soru Bankası</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>290</v>
+        <v>570</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786052646762</t>
+          <t>9786259493633</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>İletişim Hukuku</t>
+          <t>Medeni Usul Hukuku - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786052647752</t>
+          <t>9786259493626</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi ve Yargılamada Kullandığı Yöntem İlke, ve Usuller</t>
+          <t>Avukatlık Hukuku - Hukuk Mesleklerine Giriş Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>280</v>
+        <v>336</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786052647301</t>
+          <t>9786052649046</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Depremin Hukuki Boyutlarıyla Değerlendirilmesi (Ciltli)</t>
+          <t>Navlun Sözleşmesinde Gönderilenin Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>680</v>
+        <v>635</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786052647936</t>
+          <t>9786052648964</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Ara Kararlar El Kitabı (Ciltli)</t>
+          <t>Tapu Kütüğüne Kayıtlı Olmayan Taşınmazların Olağanüstü Kazandırıcı Zamanaşımı ile Kazanılması (Ciltli)</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>1190</v>
+        <v>520</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786052648049</t>
+          <t>9786052649336</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku El Kitabı (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukukunda Adil Yargılanma Hakkı Çerçevesinde Şüpheli ve Sanığın Susma Hakkı</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>1850</v>
+        <v>540</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786052647240</t>
+          <t>9786052648728</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Futbolcu Sözleşmesi</t>
+          <t>Fikri Haklarda Üç Adım Testi</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>395</v>
+        <v>220</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786052647431</t>
+          <t>9786052649206</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk-II Aile Hukuku (Ciltli)</t>
+          <t>Vergi Anayasası Kapsamında Vergilendirme İlkeleri ve Ülke Uygulamaları</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>830</v>
+        <v>250</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052646083</t>
+          <t>9786052649213</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Marka Hukuku (Ciltli)</t>
+          <t>Suçun Kamusallığı Bağlamında Devletin Mağdur Sıfatı</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>1100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786052647998</t>
+          <t>9786052649176</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Vergi İdaresinin Düzenleyici İşlemleri ve Yargısal Denetimi</t>
+          <t>Ceza Hukukunda Tipiklik Hatası</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>270</v>
+        <v>520</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786052649077</t>
+          <t>9786052649299</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserleri Hukuku Kapsamında Multimedya Eserlerin Korunması</t>
+          <t>Human Rights Protection Mechanism of Migrant Workers as a Vulnerable Group in Russia</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786052649084</t>
+          <t>9786052649015</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Cezaların Etkinliği Bağlamında Türk Suç Siyaseti</t>
+          <t>Vergi Yargı Sistemi</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>640</v>
+        <v>310</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786052649107</t>
+          <t>9786052649169</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>İdari Cezaların Zaman Bakımından Uygulanması</t>
+          <t>Bilişim Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>260</v>
+        <v>640</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052649053</t>
+          <t>9786052649121</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>İmar Planlarının İdari ve Yargısal Denetimi</t>
+          <t>Uluslararası Organize Suçlar (Yönetim)</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786052649060</t>
+          <t>9786052649145</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Seri Muhakeme ve Basit Yargılama Usulleri</t>
+          <t>Medenî Usul Hukukunda Taraf Olarak Anonim Şirket</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786052648698</t>
+          <t>9786052648803</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi ile Türkiye İnsan Hakları ve Eşitlik Kurumu Kararlarında Mobbing</t>
+          <t>Osmanlı’dan Günümüze İntikal Hükümleri</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052648971</t>
+          <t>9786052646762</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Kamu Külfetleri Karşısında Eşitlik İlkesi ve İdare Hukukundaki Görünümleri</t>
+          <t>İletişim Hukuku</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786052648636</t>
+          <t>9786052647752</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Genel Haciz Yoluyla İcra Takibinde Taraf Değişikliği</t>
+          <t>Avrupa İnsan Hakları Mahkemesi ve Yargılamada Kullandığı Yöntem İlke, ve Usuller</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786052648933</t>
+          <t>9786052647301</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Perspektifinden Kadına Yönelmiş Şiddetle Mücadele III</t>
+          <t>Depremin Hukuki Boyutlarıyla Değerlendirilmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>280</v>
+        <v>680</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786052648858</t>
+          <t>9786052647936</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyadaki İhlallere Karşı Fikri Hakların Korunması</t>
+          <t>Ara Kararlar El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>290</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786052649039</t>
+          <t>9786052648049</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Adil Yargılanma Hakkı Çerçevesinde Ceza Muhakemesi Hukukunda Seri Muhakeme Usulü</t>
+          <t>Borçlar Hukuku El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>340</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786052648940</t>
+          <t>9786052647240</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kıyafet Özgürlüğü</t>
+          <t>Profesyonel Futbolcu Sözleşmesi</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>820</v>
+        <v>395</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786052648841</t>
+          <t>9786052647431</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi Kararları Işığında Sanığın Duruşmada Hazır Bulunma Hakkı</t>
+          <t>Medeni Hukuk-II Aile Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>420</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786052648995</t>
+          <t>9786052646083</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlara Karşı İşlenen Suçlar</t>
+          <t>Uygulamalı Marka Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>310</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786052645918</t>
+          <t>9786052647998</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Davaları ve Yargılama İşlemleri (Ciltli)</t>
+          <t>Vergi İdaresinin Düzenleyici İşlemleri ve Yargısal Denetimi</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>3800</v>
+        <v>270</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786052646861</t>
+          <t>9786052649077</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Menfi Tespit Davası (İİK m. 72) (Ciltli)</t>
+          <t>Fikir ve Sanat Eserleri Hukuku Kapsamında Multimedya Eserlerin Korunması</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>830</v>
+        <v>250</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786052647264</t>
+          <t>9786052649084</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Dijital Miras</t>
+          <t>Cezaların Etkinliği Bağlamında Türk Suç Siyaseti</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>240</v>
+        <v>640</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786052647103</t>
+          <t>9786052649107</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Hukuku Dersleri</t>
+          <t>İdari Cezaların Zaman Bakımından Uygulanması</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>325</v>
+        <v>260</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786052647868</t>
+          <t>9786052649053</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>İmar Hukuku Yaptırımları (Ciltli)</t>
+          <t>İmar Planlarının İdari ve Yargısal Denetimi</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>690</v>
+        <v>260</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786052646564</t>
+          <t>9786052649060</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Aile Davaları Rehberi (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukukunda Seri Muhakeme ve Basit Yargılama Usulleri</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>1400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786052647004</t>
+          <t>9786052648698</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Dokunulmazlığa Karşı Suçlar (Ciltli)</t>
+          <t>Anayasa Mahkemesi ile Türkiye İnsan Hakları ve Eşitlik Kurumu Kararlarında Mobbing</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>990</v>
+        <v>240</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786052647059</t>
+          <t>9786052648971</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Müdahaleden Kaynaklanan Hukuki Cezai ve İdari Sorumluluk (Ciltli)</t>
+          <t>Kamu Külfetleri Karşısında Eşitlik İlkesi ve İdare Hukukundaki Görünümleri</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>1690</v>
+        <v>250</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786052647271</t>
+          <t>9786052648636</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Savcısı ve Soruşturma (Ciltli)</t>
+          <t>Genel Haciz Yoluyla İcra Takibinde Taraf Değişikliği</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>1650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786052648513</t>
+          <t>9786052648933</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Nükleer Sorumluluk Hukuku</t>
+          <t>Ceza Hukuku Perspektifinden Kadına Yönelmiş Şiddetle Mücadele III</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786052648544</t>
+          <t>9786052648858</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Açısından Stratejik Çevresel Değerlendirme</t>
+          <t>Sosyal Medyadaki İhlallere Karşı Fikri Hakların Korunması</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786052647523</t>
+          <t>9786052649039</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Denetimlerde Tespit Edilen Hata, Hile ve Eksiklikler (Genel)</t>
+          <t>Adil Yargılanma Hakkı Çerçevesinde Ceza Muhakemesi Hukukunda Seri Muhakeme Usulü</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786052648612</t>
+          <t>9786052648940</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Savcısının Bağımsızlığı ve Tarafsızlığı</t>
+          <t>Türkiye’de Kıyafet Özgürlüğü</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>250</v>
+        <v>820</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786052647202</t>
+          <t>9786052648841</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda Yeterlilik ve İş İlişkilerine Etkileri</t>
+          <t>Avrupa İnsan Hakları Mahkemesi Kararları Işığında Sanığın Duruşmada Hazır Bulunma Hakkı</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>550</v>
+        <v>420</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786052647394</t>
+          <t>9786052648995</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku</t>
+          <t>Hayvanlara Karşı İşlenen Suçlar</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>440</v>
+        <v>310</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786052642344</t>
+          <t>9786052645918</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Vergi Ceza Hukukunda Yanıl(t)ma</t>
+          <t>Gayrimenkul Davaları ve Yargılama İşlemleri (Ciltli)</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>298</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786052648490</t>
+          <t>9786052646861</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Acentenin Ücret Hakkı</t>
+          <t>Menfi Tespit Davası (İİK m. 72) (Ciltli)</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>390</v>
+        <v>830</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786052646939</t>
+          <t>9786052647264</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Parlamentonun Müzakere İşlevinin Temel Aracı: Genel Görüşme</t>
+          <t>Dijital Miras</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>1060</v>
+        <v>240</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786052647233</t>
+          <t>9786052647103</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Anayasaların İstismar Edilmesi</t>
+          <t>İnsan Hakları Hukuku Dersleri</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>195</v>
+        <v>570</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786052647349</t>
+          <t>9786052647868</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Kuvvetler Ayrılığı Bağlamında Türk İdari Yargısında Yerindelik Denetimi Yasağının Retrospektif Bir İncelemesi</t>
+          <t>İmar Hukuku Yaptırımları (Ciltli)</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>820</v>
+        <v>690</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052647318</t>
+          <t>9786052646564</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Kusursuz Sorumluluk İlkesi Olarak Sosyal Risk İlkesi</t>
+          <t>Aile Davaları Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>320</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052648568</t>
+          <t>9786052647004</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Kesin Hüküm</t>
+          <t>Cinsel Dokunulmazlığa Karşı Suçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>500</v>
+        <v>990</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786052646274</t>
+          <t>9786052647059</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>7179 Sayılı Askeralma Kanunu ve Askeralma Yönetmeliği</t>
+          <t>Tıbbi Müdahaleden Kaynaklanan Hukuki Cezai ve İdari Sorumluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>1025</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786052648339</t>
+          <t>9786052647271</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Mütelahik Dava</t>
+          <t>Cumhuriyet Savcısı ve Soruşturma (Ciltli)</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>670</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052648414</t>
+          <t>9786052648513</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Blokzincir Teknolojisi ile Gerçekleştirilen Merkeziyetsiz Otonom Organizasyonların (DAO’ların) Hukuki Niteliği</t>
+          <t>Uluslararası Nükleer Sorumluluk Hukuku</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>490</v>
+        <v>650</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052647585</t>
+          <t>9786052648544</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Yapay Zeka Kullanımı</t>
+          <t>İdare Hukuku Açısından Stratejik Çevresel Değerlendirme</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>530</v>
+        <v>380</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052645642</t>
+          <t>9786052647523</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Senetlerinin Devri ve Sonuçları</t>
+          <t>Denetimlerde Tespit Edilen Hata, Hile ve Eksiklikler (Genel)</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>265</v>
+        <v>380</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052648018</t>
+          <t>9786052648612</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Yargıda ve Adli Teşkilatta Protokol ve Sosyal Davranış</t>
+          <t>Cumhuriyet Savcısının Bağımsızlığı ve Tarafsızlığı</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786052648643</t>
+          <t>9786052647202</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Dolandırıcılık Suçu</t>
+          <t>Türk İş Hukukunda Yeterlilik ve İş İlişkilerine Etkileri</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>865</v>
+        <v>550</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052648421</t>
+          <t>9786052647394</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Kişiyi Özgürlüğünden Yoksun Kılma Suçu</t>
+          <t>Vergi Hukuku</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>660</v>
+        <v>440</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052647288</t>
+          <t>9786052642344</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Temel Hukuk Bilgisi</t>
+          <t>Vergi Ceza Hukukunda Yanıl(t)ma</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>350</v>
+        <v>298</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052647295</t>
+          <t>9786052648490</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hukuku Temel Bilgiler</t>
+          <t>Acentenin Ücret Hakkı</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>325</v>
+        <v>390</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052647721</t>
+          <t>9786052646939</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Halka Açık Anonim Şirket Genel Kurulunun Toplanma ve Karar Alma Esasları ile Bu Esaslara Aykırılığın Hukuki Akıbeti</t>
+          <t>Parlamentonun Müzakere İşlevinin Temel Aracı: Genel Görüşme</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>505</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052647141</t>
+          <t>9786052647233</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Kesintisiz (Mütemadi) Suç</t>
+          <t>Anayasaların İstismar Edilmesi</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>445</v>
+        <v>195</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052647219</t>
+          <t>9786052647349</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Kaynakçalı-Güncel Vergi Kanunları</t>
+          <t>Kuvvetler Ayrılığı Bağlamında Türk İdari Yargısında Yerindelik Denetimi Yasağının Retrospektif Bir İncelemesi</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>730</v>
+        <v>820</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052647677</t>
+          <t>9786052647318</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Halka Açık Anonim Ortaklıklarda Pay Sahibinin Ayrılma Hakkı (Ciltli)</t>
+          <t>İdarenin Kusursuz Sorumluluk İlkesi Olarak Sosyal Risk İlkesi</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>515</v>
+        <v>320</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786052648452</t>
+          <t>9786052648568</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı Kararlarının Uygulanmamasının Hukuki Sonuçları ve Çözüm Önerileri</t>
+          <t>Ceza Muhakemesi Hukukunda Kesin Hüküm</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>335</v>
+        <v>500</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786053006756</t>
+          <t>9786052646274</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Yassıada Yargılamalarının Adil Yargılanma Hakkı Bağlamında Değerlendirilmesi</t>
+          <t>7179 Sayılı Askeralma Kanunu ve Askeralma Yönetmeliği</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>385</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052648285</t>
+          <t>9786052648339</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 ve Çocukluk Dönemi Aşıları Üzerinden Aşı Zorunluluğunun Sorgulanması Çalıştay Kitabı</t>
+          <t>Medeni Usul Hukukunda Mütelahik Dava</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>300</v>
+        <v>670</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052647424</t>
+          <t>9786052648414</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Kriminoloji</t>
+          <t>Blokzincir Teknolojisi ile Gerçekleştirilen Merkeziyetsiz Otonom Organizasyonların (DAO’ların) Hukuki Niteliği</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>750</v>
+        <v>490</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052646991</t>
+          <t>9786052647585</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler (Pratik Çalışma Kitabı)</t>
+          <t>Ceza Muhakemesinde Yapay Zeka Kullanımı</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>770</v>
+        <v>530</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052648520</t>
+          <t>9786052645642</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>VI. Uluslararası Tıp Hukuku Kongresi</t>
+          <t>Tüketici Senetlerinin Devri ve Sonuçları</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>790</v>
+        <v>265</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052646878</t>
+          <t>9786052648018</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Aşırı Yararlanma (Gabin) (Ciltli)</t>
+          <t>Yargıda ve Adli Teşkilatta Protokol ve Sosyal Davranış</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>790</v>
+        <v>290</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786052647134</t>
+          <t>9786052648643</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Muris Muvazaası Davaları</t>
+          <t>Türk Ceza Hukukunda Dolandırıcılık Suçu</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>780</v>
+        <v>865</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052644492</t>
+          <t>9786052648421</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu Şerhi (5 Cilt) (Ciltli)</t>
+          <t>Kişiyi Özgürlüğünden Yoksun Kılma Suçu</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>5670</v>
+        <v>660</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786052647493</t>
+          <t>9786052647288</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşlemlerde Taşınır Rehni Kanunu Kapsamında Ticari İşletme Rehni</t>
+          <t>Temel Hukuk Bilgisi</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>470</v>
+        <v>420</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052647547</t>
+          <t>9786052647295</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Hukukunda Reklam Yoluyla Haksız Rekabet</t>
+          <t>Sağlık Hukuku Temel Bilgiler</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786052646304</t>
+          <t>9786052647721</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılamasında Telekomünikasyon Yoluyla Yapılan İletişimin Denetlenmesi</t>
+          <t>Halka Açık Anonim Şirket Genel Kurulunun Toplanma ve Karar Alma Esasları ile Bu Esaslara Aykırılığın Hukuki Akıbeti</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>515</v>
+        <v>505</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786052648476</t>
+          <t>9786052647141</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Gizlilik Sözleşmeleri</t>
+          <t>Kesintisiz (Mütemadi) Suç</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>290</v>
+        <v>445</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786052647608</t>
+          <t>9786052647219</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Meşru Savunma Doktrini Karşısında Sürekli Şiddet Hâli</t>
+          <t>Kaynakçalı-Güncel Vergi Kanunları</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>470</v>
+        <v>730</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786052647509</t>
+          <t>9786052647677</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Soruşturmayı Sona Erdiren veya Durduran Kararlarda Cumhuriyet Savcısının Değerlendirme Yetkisi</t>
+          <t>Halka Açık Anonim Ortaklıklarda Pay Sahibinin Ayrılma Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>505</v>
+        <v>515</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786052641002</t>
+          <t>9786052648452</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Impacts of the “Pay to be Paid” Rule on P&amp;I Insurance Under Compulsory Insurance and Direct Action</t>
+          <t>İdari Yargı Kararlarının Uygulanmamasının Hukuki Sonuçları ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>310</v>
+        <v>335</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786052647745</t>
+          <t>9786053006756</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Alım Satımı ile Kira Gelirlerinin Vergilendirilmesi</t>
+          <t>Yassıada Yargılamalarının Adil Yargılanma Hakkı Bağlamında Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>490</v>
+        <v>385</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786052647196</t>
+          <t>9786052648285</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Suça İştirakte Müşterek Faillik (Ciltli)</t>
+          <t>Covid-19 ve Çocukluk Dönemi Aşıları Üzerinden Aşı Zorunluluğunun Sorgulanması Çalıştay Kitabı</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>515</v>
+        <v>300</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786052647530</t>
+          <t>9786052647424</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hakları Manifestosu</t>
+          <t>Kriminoloji</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>890</v>
+        <v>900</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786052647592</t>
+          <t>9786052646991</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>İcra Hukukunda Elektronik Ortamda Açık Artırma Yoluyla Satış</t>
+          <t>Ceza Hukuku Genel Hükümler (Pratik Çalışma Kitabı)</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>360</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786052647615</t>
+          <t>9786052648520</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Şirketlerinde Kripto Para/Varlıkların Sermaye Olarak Konulması (Ciltli)</t>
+          <t>VI. Uluslararası Tıp Hukuku Kongresi</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>505</v>
+        <v>790</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786052647554</t>
+          <t>9786052646878</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Pay Alım Teklifine Dayalı Çıkarma ve Satma Hakkı</t>
+          <t>Aşırı Yararlanma (Gabin) (Ciltli)</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>550</v>
+        <v>790</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786052647929</t>
+          <t>9786052647134</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Vergi Hukuku</t>
+          <t>Bütün Yönleriyle Muris Muvazaası Davaları</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>420</v>
+        <v>860</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786052648629</t>
+          <t>9786052644492</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Adil Yargılanma Hakkının Anayasa Mahkemesi Kararları Çerçevesinde Analizi</t>
+          <t>Türk Ceza Kanunu Şerhi (5 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>515</v>
+        <v>5670</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786052647707</t>
+          <t>9786052647493</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Haklı Savaş Geleneği Ve Eksik Parçası: Savaş Sonrası Adalet (Jus Post Bellum) Konsepti</t>
+          <t>Ticari İşlemlerde Taşınır Rehni Kanunu Kapsamında Ticari İşletme Rehni</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>540</v>
+        <v>470</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786052648506</t>
+          <t>9786052647547</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler: Çözümlü Pratik Çalışmalar</t>
+          <t>Türk Ticaret Hukukunda Reklam Yoluyla Haksız Rekabet</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>410</v>
+        <v>360</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786052648575</t>
+          <t>9786052646304</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Hileli İflas Suçu</t>
+          <t>Ceza Yargılamasında Telekomünikasyon Yoluyla Yapılan İletişimin Denetlenmesi</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>335</v>
+        <v>515</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786052647646</t>
+          <t>9786052648476</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>6102 Sayılı Türk Ticaret Kanunu Çerçevesinde Anonim Şirketlerin Tasfiyesi</t>
+          <t>Milletlerarası Özel Hukukta Gizlilik Sözleşmeleri</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>660</v>
+        <v>290</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786052647684</t>
+          <t>9786052647608</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Çocuğun Üstün Yararı</t>
+          <t>Geleneksel Meşru Savunma Doktrini Karşısında Sürekli Şiddet Hâli</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>540</v>
+        <v>470</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786052648810</t>
+          <t>9786052647509</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi’ne Bireysel Başvuruda Kabul Edilebilirlik Kriterleri</t>
+          <t>Soruşturmayı Sona Erdiren veya Durduran Kararlarda Cumhuriyet Savcısının Değerlendirme Yetkisi</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>360</v>
+        <v>505</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786052648742</t>
+          <t>9786052641002</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Tarh</t>
+          <t>Impacts of the “Pay to be Paid” Rule on P&amp;I Insurance Under Compulsory Insurance and Direct Action</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>710</v>
+        <v>310</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786052648896</t>
+          <t>9786052647745</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Directors' Duty of Care in Corporate Governance: Legal, Technological, and Sustainability Perspectives</t>
+          <t>Gayrimenkul Alım Satımı ile Kira Gelirlerinin Vergilendirilmesi</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>360</v>
+        <v>490</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786052648186</t>
+          <t>9786052647196</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Kira Hukuku (Ciltli)</t>
+          <t>Suça İştirakte Müşterek Faillik (Ciltli)</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>2450</v>
+        <v>515</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786052648834</t>
+          <t>9786052647530</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde İspat</t>
+          <t>Kadın Hakları Manifestosu</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>815</v>
+        <v>890</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786052648469</t>
+          <t>9786052647592</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Alman Hukukunda Dijital Ürünlere İlişkin Sözleşmeler: Tacirin Güncelleme Yükümlülüğü</t>
+          <t>İcra Hukukunda Elektronik Ortamda Açık Artırma Yoluyla Satış</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786052647400</t>
+          <t>9786052647615</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Emir Kavramının İdari İşlem Perspektifinden İncelenmesi</t>
+          <t>Ticaret Şirketlerinde Kripto Para/Varlıkların Sermaye Olarak Konulması (Ciltli)</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>420</v>
+        <v>505</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786052647417</t>
+          <t>9786052647554</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Hekimin Hukuki Sorumluluğu</t>
+          <t>Pay Alım Teklifine Dayalı Çıkarma ve Satma Hakkı</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>745</v>
+        <v>550</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786052646571</t>
+          <t>9786052647929</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Patent ve Marka Vekilinin Rehberi</t>
+          <t>Gayrimenkul Vergi Hukuku</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786052647097</t>
+          <t>9786052648629</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>The Impact Of Digitalisation On Company Law</t>
+          <t>Adil Yargılanma Hakkının Anayasa Mahkemesi Kararları Çerçevesinde Analizi</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>385</v>
+        <v>515</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786052647622</t>
+          <t>9786052647707</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Hukuka Aykırı Delil</t>
+          <t>Uluslararası Hukukta Haklı Savaş Geleneği Ve Eksik Parçası: Savaş Sonrası Adalet (Jus Post Bellum) Konsepti</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>395</v>
+        <v>540</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786052647189</t>
+          <t>9786052648506</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Konkordato Komiserinin Kontrol Listesi (Ciltli)</t>
+          <t>Ceza Hukuku Genel Hükümler: Çözümlü Pratik Çalışmalar</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>385</v>
+        <v>410</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786052646427</t>
+          <t>9786052648575</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay İçtihatları Işığında Hakaret Sözlüğü (Ciltli)</t>
+          <t>Hileli İflas Suçu</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>1450</v>
+        <v>335</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786052645376</t>
+          <t>9786052647646</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Ruhu’l Mecelle Kitabü’l-Büyü Şerhi</t>
+          <t>6102 Sayılı Türk Ticaret Kanunu Çerçevesinde Anonim Şirketlerin Tasfiyesi</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>430</v>
+        <v>660</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052647448</t>
+          <t>9786052647684</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Cezayir Aile Kanununun 1917 Osmanlı Hukuk-ı Aile Kararnamesi İle Mukayesesi</t>
+          <t>Milletlerarası Özel Hukukta Çocuğun Üstün Yararı</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>695</v>
+        <v>540</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786052648704</t>
+          <t>9786052648810</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Verileri Hukuka Aykırı Olarak Verme veya Ele Geçirme Suçu (TCK m.136)</t>
+          <t>Anayasa Mahkemesi’ne Bireysel Başvuruda Kabul Edilebilirlik Kriterleri</t>
         </is>
       </c>
       <c r="C794" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786052648711</t>
+          <t>9786052648742</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Ulusal ve Uluslararası Mevzuat Çerçevesinde Sendika Özgürlüğü</t>
+          <t>Türk Vergi Hukukunda Tarh</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>720</v>
+        <v>710</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786052648681</t>
+          <t>9786052648896</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>A Comparison of the Rights Granted By the Registered Trademarks and the Legal Remedies in the Event of a Violation of These Rights under Turkish and European Union Trademark Law</t>
+          <t>Directors' Duty of Care in Corporate Governance: Legal, Technological, and Sustainability Perspectives</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786052648551</t>
+          <t>9786052648186</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Genel Olarak Nafaka Türleri ve Özellikle Yoksulluk Nafakası ile Nafakanın Süresiz Olması Sorunu</t>
+          <t>Kira Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>420</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786052648797</t>
+          <t>9786052648834</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Tam Koruma ve Güvenlik Standardı Çerçevesinde Dijital Varlıkların Korunması</t>
+          <t>Ceza Muhakemesinde İspat</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>510</v>
+        <v>815</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052648445</t>
+          <t>9786052648469</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Konut ve Çatılı İşyeri Kiralarında Kiracının Kira Bedelini ve Yan Giderleri Ödeme Borcunda Temerrüdü (TBK m.315) ve İki Haklı İhtar Sebebiyle Tahliye (TBK m.352/2)</t>
+          <t>Alman Hukukunda Dijital Ürünlere İlişkin Sözleşmeler: Tacirin Güncelleme Yükümlülüğü</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9796052648421</t>
+          <t>9786052647400</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Kişiyi Özgürlüğünden Yoksun Kılma Suçu</t>
+          <t>Emir Kavramının İdari İşlem Perspektifinden İncelenmesi</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786052648247</t>
+          <t>9786052647417</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Mülhak Vakıflar</t>
+          <t>Hekimin Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>730</v>
+        <v>745</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786052648315</t>
+          <t>9786052646571</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Taşınmaz Malikinin Hukuka Aykırı Taşkınlıklardan Sorumluluğu</t>
+          <t>Patent ve Marka Vekilinin Rehberi</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786052648056</t>
+          <t>9786052647097</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Mesleki Açıdan Avukatın Pratik El Kitabı (Ciltli)</t>
+          <t>The Impact Of Digitalisation On Company Law</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>1710</v>
+        <v>385</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786052648117</t>
+          <t>9786052647622</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Nakliye Poliçelerinde Sigortacının Halefiyet Hakkı</t>
+          <t>Hukuka Aykırı Delil</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>400</v>
+        <v>395</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786052648292</t>
+          <t>9786052647189</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Alanında Suçlar</t>
+          <t>Konkordato Komiserinin Kontrol Listesi (Ciltli)</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>730</v>
+        <v>420</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786258092820</t>
+          <t>9786052646427</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Usul Hukuku</t>
+          <t>Yargıtay İçtihatları Işığında Hakaret Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>475</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786052648230</t>
+          <t>9786052645376</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat Pratik Kitap (Ciltli)</t>
+          <t>Ruhu’l Mecelle Kitabü’l-Büyü Şerhi</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>1980</v>
+        <v>430</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786052647981</t>
+          <t>9786052647448</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Hükümlü ve Tutuklu Hakları ile Hak Kullanımı ve Beslenmeyi Engelleme Suçu</t>
+          <t>Cezayir Aile Kanununun 1917 Osmanlı Hukuk-ı Aile Kararnamesi İle Mukayesesi</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>720</v>
+        <v>695</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786052648100</t>
+          <t>9786052648704</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku</t>
+          <t>Verileri Hukuka Aykırı Olarak Verme veya Ele Geçirme Suçu (TCK m.136)</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>995</v>
+        <v>360</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786052648131</t>
+          <t>9786052648711</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Adalar ve Kayalıklar Rejimi ve Deniz Alanları Sınırlandırılmasına Etkileri</t>
+          <t>Ulusal ve Uluslararası Mevzuat Çerçevesinde Sendika Özgürlüğü</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>420</v>
+        <v>720</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786053006732</t>
+          <t>9786052648681</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hizmetine Girme Hakkı Bakımından Eşitlik İlkesi</t>
+          <t>A Comparison of the Rights Granted By the Registered Trademarks and the Legal Remedies in the Event of a Violation of These Rights under Turkish and European Union Trademark Law</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>430</v>
+        <v>320</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786052648124</t>
+          <t>9786052648551</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Kovuşturmaya Yer Olmadığına Dair Karar ve Kararın Denetimi</t>
+          <t>Türk Hukukunda Genel Olarak Nafaka Türleri ve Özellikle Yoksulluk Nafakası ile Nafakanın Süresiz Olması Sorunu</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786052648148</t>
+          <t>9786052648797</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Vasiyetnamenin Açılması</t>
+          <t>Tam Koruma ve Güvenlik Standardı Çerçevesinde Dijital Varlıkların Korunması</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>370</v>
+        <v>510</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786052648155</t>
+          <t>9786052648445</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Hukuk</t>
+          <t>Konut ve Çatılı İşyeri Kiralarında Kiracının Kira Bedelini ve Yan Giderleri Ödeme Borcunda Temerrüdü (TBK m.315) ve İki Haklı İhtar Sebebiyle Tahliye (TBK m.352/2)</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>550</v>
+        <v>430</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786052647806</t>
+          <t>9796052648421</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku Pratik El Kitabı (Ciltli)</t>
+          <t>Kişiyi Özgürlüğünden Yoksun Kılma Suçu</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>2100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786052648094</t>
+          <t>9786052648247</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Aracılığıyla İşlenen Cinsel Taciz Suçu</t>
+          <t>Mülhak Vakıflar</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>520</v>
+        <v>730</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786052648162</t>
+          <t>9786052648315</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>İlaç Hukuku</t>
+          <t>Taşınmaz Malikinin Hukuka Aykırı Taşkınlıklardan Sorumluluğu</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>755</v>
+        <v>420</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786258092493</t>
+          <t>9786052648056</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Türk Patent Hukuku (Ciltli)</t>
+          <t>Mesleki Açıdan Avukatın Pratik El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>1900</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786052647813</t>
+          <t>9786052648117</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Reklam Sektöründe Hukuk ve Regülasyon</t>
+          <t>Nakliye Poliçelerinde Sigortacının Halefiyet Hakkı</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>560</v>
+        <v>400</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786052647899</t>
+          <t>9786052648292</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarının Evrimi</t>
+          <t>Bilişim Alanında Suçlar</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>510</v>
+        <v>730</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786052647943</t>
+          <t>9786258092820</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Adli Sosyal Hizmet Kapsamında Sosyal Çalışmacının Rolü ve Mağdur Çocuklar</t>
+          <t>Milletlerarası Usul Hukuku</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786052646663</t>
+          <t>9786052648230</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Dijital Devlet Yönetişiminin Teorik ve Hukuki Temelleri</t>
+          <t>Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat Pratik Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>920</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786052647950</t>
+          <t>9786052647981</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Kararları Işığında Ceza Yargılamasında İstinaf ve Temyiz</t>
+          <t>Hükümlü ve Tutuklu Hakları ile Hak Kullanımı ve Beslenmeyi Engelleme Suçu</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>1090</v>
+        <v>720</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786052648025</t>
+          <t>9786052648100</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Türk İdari Yargılama Hukukunda Temyiz</t>
+          <t>Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>650</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786052647639</t>
+          <t>9786052648131</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Senedin Yağması Suçu</t>
+          <t>Adalar ve Kayalıklar Rejimi ve Deniz Alanları Sınırlandırılmasına Etkileri</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786052647790</t>
+          <t>9786053006732</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Suça Sürüklenen Çocukların Soruşturma Evresi</t>
+          <t>Kamu Hizmetine Girme Hakkı Bakımından Eşitlik İlkesi</t>
         </is>
       </c>
       <c r="C826" s="1">
         <v>430</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786052647820</t>
+          <t>9786052648124</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Arabuluculuk Anlaşma Belgesi Hukuki Mahiyeti ve Geçersizliği</t>
+          <t>Ceza Muhakemesinde Kovuşturmaya Yer Olmadığına Dair Karar ve Kararın Denetimi</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786052647783</t>
+          <t>9786052648148</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Kamu Görevlilerinin Mali Sorumluluğu Bağlamında Kişisel (İdari) Kusur</t>
+          <t>Vasiyetnamenin Açılması</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>940</v>
+        <v>370</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786052647561</t>
+          <t>9786052648155</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Zirai Kazançların Vergilendirilmesi</t>
+          <t>Yapay Zeka ve Hukuk</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786052647738</t>
+          <t>9786052647806</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Hükmün Konusunun Belirlenmesinde Mahkemenin Yetkisi ve Ek Savunma Hakkı</t>
+          <t>İcra ve İflas Hukuku Pratik El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>515</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786052647578</t>
+          <t>9786052648094</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Reform Söylemleri Üzerinden Devleti Okumak</t>
+          <t>Sosyal Medya Aracılığıyla İşlenen Cinsel Taciz Suçu</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>910</v>
+        <v>520</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786052647844</t>
+          <t>9786052648162</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinin Soruşturma Evresinin Aleniyete Karşı Korunması</t>
+          <t>İlaç Hukuku</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>560</v>
+        <v>755</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786052647875</t>
+          <t>9786258092493</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Türk İdari Yargılama Usulünde Bekletici Sorun</t>
+          <t>Türk Patent Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>540</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786052647851</t>
+          <t>9786052647813</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde İspat ve Şüphenin Sanık Lehine Yorumlanması</t>
+          <t>Reklam Sektöründe Hukuk ve Regülasyon</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>1225</v>
+        <v>560</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786052647769</t>
+          <t>9786052647899</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Uygulayıcı ve Denetleyici Gözüyle Uyuşturucu ve Uyarıcı Madde Suçları (Ciltli)</t>
+          <t>İnsan Haklarının Evrimi</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>1310</v>
+        <v>510</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786052647714</t>
+          <t>9786052647943</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Hukuku ve Büyük Veri Dijital Pazarlarda Bilgiye Erişimin Sağlanması</t>
+          <t>Adli Sosyal Hizmet Kapsamında Sosyal Çalışmacının Rolü ve Mağdur Çocuklar</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>670</v>
+        <v>300</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786052642320</t>
+          <t>9786052646663</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Bağlamında Blockchain</t>
+          <t>Dijital Devlet Yönetişiminin Teorik ve Hukuki Temelleri</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>340</v>
+        <v>920</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786052647165</t>
+          <t>9786052647950</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>İfade Hürriyetinin Yatay Etkisi Bağlamında Sosyal Medya Platformlarının İdari Denetimi</t>
+          <t>Yargıtay Kararları Işığında Ceza Yargılamasında İstinaf ve Temyiz</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>320</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786052647257</t>
+          <t>9786052648025</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargıda Miktar Artırımı</t>
+          <t>Türk İdari Yargılama Hukukunda Temyiz</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786052647370</t>
+          <t>9786052647639</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Kapsamında Belediye Şirketlerinde Sayıştay Denetimi</t>
+          <t>Senedin Yağması Suçu</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>850</v>
+        <v>430</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786052643051</t>
+          <t>9786052647790</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler Temel Bilgiler</t>
+          <t>Suça Sürüklenen Çocukların Soruşturma Evresi</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>331</v>
+        <v>430</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786052646908</t>
+          <t>9786052647820</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukukta Hakkın Etkisizleşmesi (Ciltli)</t>
+          <t>İş Hukukunda Arabuluculuk Anlaşma Belgesi Hukuki Mahiyeti ve Geçersizliği</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>790</v>
+        <v>400</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786052647332</t>
+          <t>9786052647783</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Spor Hukuku Mevzuatı</t>
+          <t>Kamu Görevlilerinin Mali Sorumluluğu Bağlamında Kişisel (İdari) Kusur</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>650</v>
+        <v>940</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786052646885</t>
+          <t>9786052647561</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Uygulamada Kasten Öldürme Suçları</t>
+          <t>Türkiye’de Zirai Kazançların Vergilendirilmesi</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>1175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786258092073</t>
+          <t>9786052647738</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk Soru Bankası ve Özet Ders Notları</t>
+          <t>Hükmün Konusunun Belirlenmesinde Mahkemenin Yetkisi ve Ek Savunma Hakkı</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>175</v>
+        <v>515</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786051469225</t>
+          <t>9786052647578</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Sınavlara Hazırlanma Rehberi Ceza Yargılaması"</t>
+          <t>Reform Söylemleri Üzerinden Devleti Okumak</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>90</v>
+        <v>910</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786052644126</t>
+          <t>9786052647844</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Koruma Tedbirleri Nedeniyle Tazminat</t>
+          <t>Ceza Muhakemesinin Soruşturma Evresinin Aleniyete Karşı Korunması</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>390</v>
+        <v>560</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786052644324</t>
+          <t>9786052647875</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Yoluyla Şeref ve Haysiyet Üzerindeki Kişilik Hakkının İhlali ve Kişiliğin Korunması</t>
+          <t>Türk İdari Yargılama Usulünde Bekletici Sorun</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>440</v>
+        <v>540</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786052644645</t>
+          <t>9786052647851</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Otonom Silah Sistemlerinin ve Siber Saldırıların Uluslararası İnsancıl Hukukun Temel Prensiplerine Uygunluğu</t>
+          <t>Ceza Muhakemesinde İspat ve Şüphenin Sanık Lehine Yorumlanması</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>460</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786052644362</t>
+          <t>9786052647769</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Hapsetmenin İdealleştirilmesinden İdolleştirilmesine: Devlet ve Hapsetme</t>
+          <t>Uygulayıcı ve Denetleyici Gözüyle Uyuşturucu ve Uyarıcı Madde Suçları (Ciltli)</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>540</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786052644157</t>
+          <t>9786052647714</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>İştirak (Sermaye Katılım) Sözleşmeleri Yoluyla Anonim Ortaklıkta Pay Sahipliğinin Kazanılması</t>
+          <t>Rekabet Hukuku ve Büyük Veri Dijital Pazarlarda Bilgiye Erişimin Sağlanması</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>540</v>
+        <v>670</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786052644294</t>
+          <t>9786052642320</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Transfer Fiyatlandırmasında Emsallere Uygunluk İlkesinin Türkiye ve ABD Yargı Kararları Bağlamında Değerlendirilmesi</t>
+          <t>Milletlerarası Özel Hukuk Bağlamında Blockchain</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>378</v>
+        <v>340</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786052644461</t>
+          <t>9786052647165</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargıda İstinaf Kanun Yolu</t>
+          <t>İfade Hürriyetinin Yatay Etkisi Bağlamında Sosyal Medya Platformlarının İdari Denetimi</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>392</v>
+        <v>320</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786052644195</t>
+          <t>9786052647257</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Türk İdarİ Yargılama Hukuku Dersleri Cilt-3</t>
+          <t>İdari Yargıda Miktar Artırımı</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786052644379</t>
+          <t>9786052647370</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Bulantı Çağından Notlar (Bir Savcının Hayata Dair Notları)</t>
+          <t>Türk Ticaret Kanunu Kapsamında Belediye Şirketlerinde Sayıştay Denetimi</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>680</v>
+        <v>850</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786052644799</t>
+          <t>9786052643051</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>İşyeri Devrinin Toplu İş Sözleşmelerine Etkisi</t>
+          <t>Ceza Hukuku Genel Hükümler Temel Bilgiler</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>740</v>
+        <v>331</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786052644393</t>
+          <t>9786052646908</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Multimodal Taşıma Operatörünün Sorumluluğu</t>
+          <t>Medeni Hukukta Hakkın Etkisizleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>840</v>
+        <v>790</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786052644621</t>
+          <t>9786052647332</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Eşler Arasındaki Mal Rejimi Davalarında Yargıtay Uygulaması</t>
+          <t>Spor Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>770</v>
+        <v>650</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786052644423</t>
+          <t>9786052646885</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Sağlık Hukuku Mevzuatı ve Mahkeme Kararları</t>
+          <t>Teori ve Uygulamada Kasten Öldürme Suçları</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>1225</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786052644355</t>
+          <t>9786258092073</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Gerekçeli - İçtihatlı Ceza İnfaz Mevzuatı (Ciltli)</t>
+          <t>Arabuluculuk Soru Bankası ve Özet Ders Notları</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>1710</v>
+        <v>210</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786052644096</t>
+          <t>9786051469225</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Kira Hukuku (Ciltli)</t>
+          <t>Sınavlara Hazırlanma Rehberi Ceza Yargılaması"</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>1950</v>
+        <v>90</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786052644584</t>
+          <t>9786052644126</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Yayım Sözleşmesi</t>
+          <t>Ceza Muhakemesi Hukukunda Koruma Tedbirleri Nedeniyle Tazminat</t>
         </is>
       </c>
       <c r="C862" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786052643969</t>
+          <t>9786052644324</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Kabahatler Hukukunda Kanunilik İlkesi</t>
+          <t>Sosyal Medya Yoluyla Şeref ve Haysiyet Üzerindeki Kişilik Hakkının İhlali ve Kişiliğin Korunması</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>390</v>
+        <v>440</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786052644256</t>
+          <t>9786052644645</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Estetiği</t>
+          <t>Otonom Silah Sistemlerinin ve Siber Saldırıların Uluslararası İnsancıl Hukukun Temel Prensiplerine Uygunluğu</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>370</v>
+        <v>460</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786052644416</t>
+          <t>9786052644362</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Varoluşu Duyumsamak (Ayışığına Mektuplar)</t>
+          <t>Hapsetmenin İdealleştirilmesinden İdolleştirilmesine: Devlet ve Hapsetme</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>370</v>
+        <v>540</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786052644133</t>
+          <t>9786052644157</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Taksirle Yaralama ve Öldürme Suçları: Trafik Kazaları</t>
+          <t>İştirak (Sermaye Katılım) Sözleşmeleri Yoluyla Anonim Ortaklıkta Pay Sahipliğinin Kazanılması</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>350</v>
+        <v>540</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786052644478</t>
+          <t>9786052644294</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Kuvvetler Ayrılığı Bağlamında Cumhurbaşkanlığı Hükümet Sisteminde Yürütmenin Konumu</t>
+          <t>Transfer Fiyatlandırmasında Emsallere Uygunluk İlkesinin Türkiye ve ABD Yargı Kararları Bağlamında Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>350</v>
+        <v>378</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786052644775</t>
+          <t>9786052644461</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Polisin Kilit Taşı Din: Atina Örneği</t>
+          <t>İdari Yargıda İstinaf Kanun Yolu</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>330</v>
+        <v>392</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786052644249</t>
+          <t>9786052644195</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Türk Yargı Sistemi Dersleri (Temel Kavramlar, Kurallar ve Kurumlar)</t>
+          <t>Türk İdarİ Yargılama Hukuku Dersleri Cilt-3</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>188</v>
+        <v>400</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786052644386</t>
+          <t>9786052644379</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Bir Sürgünün Yarım Kalmış Şiirleri</t>
+          <t>Bulantı Çağından Notlar (Bir Savcının Hayata Dair Notları)</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>280</v>
+        <v>680</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786052645178</t>
+          <t>9786052644799</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>FIDIC Sözleşmeleri Kapsamında Uluslararası İnşaat Sözleşmelerinde Uyuşmazlık Çözüm Yöntemleri</t>
+          <t>İşyeri Devrinin Toplu İş Sözleşmelerine Etkisi</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>630</v>
+        <v>740</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786052645383</t>
+          <t>9786052644393</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Vergilendirme Yetkisi</t>
+          <t>Multimodal Taşıma Operatörünün Sorumluluğu</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>620</v>
+        <v>840</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786052645567</t>
+          <t>9786052644621</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Bilim, Teknoloji ve Yeniliğin Finansmanı ve Vergilendirilmesi</t>
+          <t>Eşler Arasındaki Mal Rejimi Davalarında Yargıtay Uygulaması</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>580</v>
+        <v>770</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786052645666</t>
+          <t>9786052644423</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
+          <t>Bütün Yönleriyle Sağlık Hukuku Mevzuatı ve Mahkeme Kararları</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>525</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786052644812</t>
+          <t>9786052644355</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku Ders Notu - Soru Bankası</t>
+          <t>Gerekçeli - İçtihatlı Ceza İnfaz Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>515</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786052645307</t>
+          <t>9786052644096</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Israrlı Takip Suçu</t>
+          <t>Kira Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>520</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786052644850</t>
+          <t>9786052644584</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Görevi Yaptırmamak İçin Direnme Suçu</t>
+          <t>Yayım Sözleşmesi</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786052645246</t>
+          <t>9786052643969</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Katılım Sigortacılığında Danışma Komitesi</t>
+          <t>Kabahatler Hukukunda Kanunilik İlkesi</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786052645147</t>
+          <t>9786052644256</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>İş Sözleşmesinin Askıya Alınması ve Hukukî Sonuçları</t>
+          <t>Medeniyet Estetiği</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786052645628</t>
+          <t>9786052644416</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Vergilendirme Yetkisinin Tahsisi ve Kazancın Dağıtımı Açısından Vergi Hukukunda Değer Yaratımı</t>
+          <t>Felsefi Varoluşu Duyumsamak (Ayışığına Mektuplar)</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>480</v>
+        <v>370</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786052645314</t>
+          <t>9786052644133</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Vergi Yargı Sistemi</t>
+          <t>Uygulamada Taksirle Yaralama ve Öldürme Suçları: Trafik Kazaları</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>269</v>
+        <v>350</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786052645239</t>
+          <t>9786052644478</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Başkanlık Sistemlerinde Suçlama Usulü (Impeachment)</t>
+          <t>Kuvvetler Ayrılığı Bağlamında Cumhurbaşkanlığı Hükümet Sisteminde Yürütmenin Konumu</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786052645192</t>
+          <t>9786052644775</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>İnterdisipliner Bir Alan Olarak İnsan Hakları</t>
+          <t>Polisin Kilit Taşı Din: Atina Örneği</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786052644980</t>
+          <t>9786052644249</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Sağduyu ve Hukuk</t>
+          <t>Türk Yargı Sistemi Dersleri (Temel Kavramlar, Kurallar ve Kurumlar)</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>325</v>
+        <v>188</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786052645369</t>
+          <t>9786052644386</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Gümrük Vergisinde Yükümlülük</t>
+          <t>Bir Sürgünün Yarım Kalmış Şiirleri</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786052645819</t>
+          <t>9786052645178</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Hukuku Özel Hükümler Özet Kitap (Ciltli)</t>
+          <t>FIDIC Sözleşmeleri Kapsamında Uluslararası İnşaat Sözleşmelerinde Uyuşmazlık Çözüm Yöntemleri</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>1000</v>
+        <v>630</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786052646243</t>
+          <t>9786052645383</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Uzay Hukukunda Navigasyon Sistemleri Alanında İş Birliği Yükümlülüğü</t>
+          <t>Türk Hukukunda Vergilendirme Yetkisi</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>370</v>
+        <v>620</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786052646953</t>
+          <t>9786052645567</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni ve Borçlar Hukukunda Metot (Ciltli)</t>
+          <t>Bilim, Teknoloji ve Yeniliğin Finansmanı ve Vergilendirilmesi</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>500</v>
+        <v>580</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786052646540</t>
+          <t>9786052645666</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Yargı Harçları (1 sayılı Tarife)</t>
+          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>313</v>
+        <v>525</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786052646359</t>
+          <t>9786052644812</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Hakları İhlalinde İnternet Sitelerine Erişimin Engellenmesi ve İçeriğin Yayından Çıkarılması</t>
+          <t>İcra ve İflas Hukuku Ders Notu - Soru Bankası</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>440</v>
+        <v>515</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786052647127</t>
+          <t>9786052645307</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Uluslararası Ekonomik Yaptırımlar</t>
+          <t>Israrlı Takip Suçu</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>325</v>
+        <v>520</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786052644409</t>
+          <t>9786052644850</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hukuku Mevzuatı ve Mahkeme Kararları</t>
+          <t>Görevi Yaptırmamak İçin Direnme Suçu</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786052647042</t>
+          <t>9786052645246</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>İyi Regülasyon İlkeleri Çerçevesinde Paya Dayalı Kitle Fonlaması</t>
+          <t>Katılım Sigortacılığında Danışma Komitesi</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786052644304</t>
+          <t>9786052645147</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılamasında Telekomünikasyon Yoluyla Yapılan İletişimin Denetlenmesi</t>
+          <t>İş Sözleşmesinin Askıya Alınması ve Hukukî Sonuçları</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>388</v>
+        <v>480</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786052647110</t>
+          <t>9786052645628</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Hukuku Kapsamında Önleyici Kolluk Hizmetlerinde Verilerin Elde Edilmesi ve Korunması</t>
+          <t>Vergilendirme Yetkisinin Tahsisi ve Kazancın Dağıtımı Açısından Vergi Hukukunda Değer Yaratımı</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>520</v>
+        <v>480</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786052646977</t>
+          <t>9786052645314</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>ABD ve Türk Hukuklarında Konut Satışlarında Aydınlatma Yükümlülüğü</t>
+          <t>Vergi Yargı Sistemi</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>500</v>
+        <v>269</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786052647073</t>
+          <t>9786052645239</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Hukukunda Yargılamanın Yenilenmesi</t>
+          <t>Başkanlık Sistemlerinde Suçlama Usulü (Impeachment)</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>244</v>
+        <v>430</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786052647080</t>
+          <t>9786052645192</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet Karinesi Bağlamında Tutuklama Talebinin Değerlendirilmesi</t>
+          <t>İnterdisipliner Bir Alan Olarak İnsan Hakları</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786052647066</t>
+          <t>9786052644980</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Çalışan Buluşlarının Esasları</t>
+          <t>Sağduyu ve Hukuk</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786052646984</t>
+          <t>9786052645369</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Kadına Şiddet ve Hukuki Feminizm Emsal Yargı Kararları Işığında Bir İnceleme</t>
+          <t>Gümrük Vergisinde Yükümlülük</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>119</v>
+        <v>350</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786052645420</t>
+          <t>9786052645819</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler Pratik Çalışma Kitabı (Ciltli)</t>
+          <t>Türk Borçlar Hukuku Özel Hükümler Özet Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>800</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786258209204</t>
+          <t>9786052646243</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Uygulamaları</t>
+          <t>Uluslararası Uzay Hukukunda Navigasyon Sistemleri Alanında İş Birliği Yükümlülüğü</t>
         </is>
       </c>
       <c r="C902" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786052646489</t>
+          <t>9786052646953</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Ceza ve İş Hukuku Boyutuyla Asker Kaçağı Çalıştırma</t>
+          <t>Türk Medeni ve Borçlar Hukukunda Metot (Ciltli)</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786052646021</t>
+          <t>9786052646540</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Türk ve İslam Hukukunda Sözleşmenin İçeriğini Düzenleme Özgürlüğü ve Sınırları</t>
+          <t>Yargı Harçları (1 sayılı Tarife)</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>470</v>
+        <v>313</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786052646649</t>
+          <t>9786052646359</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Hakkı Olmayan Yere Tecavüz Suçları (TCK m.154)</t>
+          <t>Kişilik Hakları İhlalinde İnternet Sitelerine Erişimin Engellenmesi ve İçeriğin Yayından Çıkarılması</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>430</v>
+        <v>440</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786052646588</t>
+          <t>9786052647127</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>İradeci ve Zorunlulukçu Yaklaşımlar Ekseninde Hukukun Kaynağı</t>
+          <t>Bankacılıkta Uluslararası Ekonomik Yaptırımlar</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786052646441</t>
+          <t>9786052644409</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Gıda Hukuku</t>
+          <t>Kadın Hukuku Mevzuatı ve Mahkeme Kararları</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>540</v>
+        <v>800</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786052646465</t>
+          <t>9786052647042</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Bölünme Tartışmaları ve Norm Çatışmalar</t>
+          <t>İyi Regülasyon İlkeleri Çerçevesinde Paya Dayalı Kitle Fonlaması</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>470</v>
+        <v>650</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786052644164</t>
+          <t>9786052644304</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Lekelenmeme Hakkı Kapsamında İnternete Erişimin Engellenmesi</t>
+          <t>Ceza Yargılamasında Telekomünikasyon Yoluyla Yapılan İletişimin Denetlenmesi</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>430</v>
+        <v>388</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786052644485</t>
+          <t>9786052647110</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Sağlık Hizmetinin Yürütülmesinde Organizasyon Kusurundan Kaynaklanan Hukuki Sorumluluğu</t>
+          <t>Kişisel Verilerin Korunması Hukuku Kapsamında Önleyici Kolluk Hizmetlerinde Verilerin Elde Edilmesi ve Korunması</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>430</v>
+        <v>520</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786052644959</t>
+          <t>9786052646977</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Hükümet Sisteminde Uygulamada Yaşanan Sorunlar ve Çözüm Önerileri</t>
+          <t>ABD ve Türk Hukuklarında Konut Satışlarında Aydınlatma Yükümlülüğü</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>790</v>
+        <v>500</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786052645079</t>
+          <t>9786052647073</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Anti-Demokratik Sistemlerde Anayasacılık ve Meşruiyet Olgusu</t>
+          <t>İdari Yargılama Usulü Hukukunda Yargılamanın Yenilenmesi</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>550</v>
+        <v>244</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786052644867</t>
+          <t>9786052647080</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarının Uluslararası Alanda Yargı Dışı Korunması</t>
+          <t>Masumiyet Karinesi Bağlamında Tutuklama Talebinin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>563</v>
+        <v>340</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786052645062</t>
+          <t>9786052647066</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Alman Medeni Kanunu Temelinde Ödeme Hizmeti Sağlayıcılarının Ödeme İşlemlerini Gerçekleştirme Yükümlülüğü</t>
+          <t>Çalışan Buluşlarının Esasları</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>850</v>
+        <v>260</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786052645017</t>
+          <t>9786052646984</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>6100 Sayılı Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat</t>
+          <t>Kadına Şiddet ve Hukuki Feminizm Emsal Yargı Kararları Işığında Bir İnceleme</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>650</v>
+        <v>119</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786052645086</t>
+          <t>9786052645420</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Suçları</t>
+          <t>Borçlar Hukuku Genel Hükümler Pratik Çalışma Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>1390</v>
+        <v>800</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786052642917</t>
+          <t>9786258209204</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Öncesi Osmanlı Devleti İnfaz Hukuku</t>
+          <t>Anayasa Hukuku Uygulamaları</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786052646830</t>
+          <t>9786052646489</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>1789 Fransız İnsan ve Yurttaş Hakları Bildirisi'nde Yer Alan Ulusal Egemenlik İlkesinin 1921 ve 1924 Türk Anayasalarına Etkileri</t>
+          <t>Ceza ve İş Hukuku Boyutuyla Asker Kaçağı Çalıştırma</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786052646816</t>
+          <t>9786052646021</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Gizli Koruma Tedbirleri</t>
+          <t>Türk ve İslam Hukukunda Sözleşmenin İçeriğini Düzenleme Özgürlüğü ve Sınırları</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>580</v>
+        <v>470</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786052646809</t>
+          <t>9786052646649</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Disiplin Hukukunda İspat ve Delil</t>
+          <t>Hakkı Olmayan Yere Tecavüz Suçları (TCK m.154)</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>660</v>
+        <v>430</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786052646700</t>
+          <t>9786052646588</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Olaycı ve Kuralcı Metotlar Işığında Anayasa Mahkemesinin Bireysel Başvuru İncelemelerindeki Ölçülülük Değerlendirmeleri</t>
+          <t>İradeci ve Zorunlulukçu Yaklaşımlar Ekseninde Hukukun Kaynağı</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786052646854</t>
+          <t>9786052646441</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Düzensiz Göçle Mücadelede İşbirliği</t>
+          <t>Gıda Hukuku</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>430</v>
+        <v>540</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786052646793</t>
+          <t>9786052646465</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Enerji Yatırım Uyuşmazlıklarında Yetki Sorunu ve Esasa Uygulanacak Hukuk</t>
+          <t>Uluslararası Hukukta Bölünme Tartışmaları ve Norm Çatışmalar</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>900</v>
+        <v>470</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786052646786</t>
+          <t>9786052644164</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Devlet Başkanlarının Yargı Bağışıklığı ve Cezai Sorumluluğu</t>
+          <t>Lekelenmeme Hakkı Kapsamında İnternete Erişimin Engellenmesi</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>388</v>
+        <v>430</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786052646960</t>
+          <t>9786052644485</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı İçtihatlı Koruma Tedbirleri Nedeniyle Tazminat Davaları</t>
+          <t>İdarenin Sağlık Hizmetinin Yürütülmesinde Organizasyon Kusurundan Kaynaklanan Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>850</v>
+        <v>430</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786052646892</t>
+          <t>9786052644959</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın Patent Hukuku Çerçevesinde Buluş Sahipliği</t>
+          <t>Cumhurbaşkanlığı Hükümet Sisteminde Uygulamada Yaşanan Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>390</v>
+        <v>790</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786052646823</t>
+          <t>9786052645079</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Yabancıların İkameti, Kazanç Sağlayıcı Faaliyeti ve Entegrasyonu (Aufenthalt, Erwerbstatigkeit und Integration von Ausländern in Deutschland)</t>
+          <t>Anti-Demokratik Sistemlerde Anayasacılık ve Meşruiyet Olgusu</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786052646298</t>
+          <t>9786052644867</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılamasında Koruma Tedbirleri Nedeniyle Tazminat</t>
+          <t>İnsan Haklarının Uluslararası Alanda Yargı Dışı Korunması</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>400</v>
+        <v>563</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786052646106</t>
+          <t>9786052645062</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>International Construction Contracts: An Analysis Of Their Nature, Content And Disputes With Resolution Mechanisms, Particularly From Swiss And Turkish Legal Perspective</t>
+          <t>Alman Medeni Kanunu Temelinde Ödeme Hizmeti Sağlayıcılarının Ödeme İşlemlerini Gerçekleştirme Yükümlülüğü</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>360</v>
+        <v>850</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786052646434</t>
+          <t>9786052645017</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Kambiyo Senetlerinde Sebepsiz Zenginleşme</t>
+          <t>6100 Sayılı Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>360</v>
+        <v>650</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786052645475</t>
+          <t>9786052645086</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Hukuka Aykırılık</t>
+          <t>Sosyal Medya Suçları</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>540</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786052646687</t>
+          <t>9786052642917</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Perspektifinden Kadına Yönelmiş Şiddetle Mücadele II</t>
+          <t>Tanzimat Dönemi Öncesi Osmanlı Devleti İnfaz Hukuku</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786052646656</t>
+          <t>9786052646830</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Görecelilik Bağlamında Avrupa’da ve Amerika’da İnsan Haklarının Mukayesesi</t>
+          <t>1789 Fransız İnsan ve Yurttaş Hakları Bildirisi'nde Yer Alan Ulusal Egemenlik İlkesinin 1921 ve 1924 Türk Anayasalarına Etkileri</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786052646670</t>
+          <t>9786052646816</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekaya Elektronik Kişilik Tanınması</t>
+          <t>Ceza Muhakemesi Hukukunda Gizli Koruma Tedbirleri</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>570</v>
+        <v>580</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786052646694</t>
+          <t>9786052646809</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Ortak Transit Rejiminde Rejim Hak Sahibinin (Asıl Sorumlunun) Mali Sorumluluğu</t>
+          <t>Disiplin Hukukunda İspat ve Delil</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>400</v>
+        <v>660</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786052646601</t>
+          <t>9786052646700</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Hava ve Uzay Hukuku (Air &amp; Space Law)</t>
+          <t>Olaycı ve Kuralcı Metotlar Işığında Anayasa Mahkemesinin Bireysel Başvuru İncelemelerindeki Ölçülülük Değerlendirmeleri</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>540</v>
+        <v>700</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786052645338</t>
+          <t>9786052646854</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Vergilendirme</t>
+          <t>Uluslararası Hukukta Düzensiz Göçle Mücadelede İşbirliği</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>515</v>
+        <v>430</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786052646380</t>
+          <t>9786052646793</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Türk Cumhuriyeti Uluslararası Final Üniversitesi VI. Uluslararası Katılımlı Sağlık Hukuku Sempozyumu</t>
+          <t>Enerji Yatırım Uyuşmazlıklarında Yetki Sorunu ve Esasa Uygulanacak Hukuk</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>815</v>
+        <v>900</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786052646731</t>
+          <t>9786052646786</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Tüketici İşlemlerinde Sorumsuzluk Kayıtları</t>
+          <t>Uluslararası Hukukta Devlet Başkanlarının Yargı Bağışıklığı ve Cezai Sorumluluğu</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>440</v>
+        <v>388</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786052646779</t>
+          <t>9786052646960</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu'nda Çocukların Cinsel İstismarı Suçu</t>
+          <t>Açıklamalı İçtihatlı Koruma Tedbirleri Nedeniyle Tazminat Davaları</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>430</v>
+        <v>850</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786052646618</t>
+          <t>9786052646892</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Ceza Adaletine Özgün Sorunlar (Specific Problems of Crimınal Justice)</t>
+          <t>Yapay Zekanın Patent Hukuku Çerçevesinde Buluş Sahipliği</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>630</v>
+        <v>390</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786052646472</t>
+          <t>9786052646823</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>4857 Sayılı Kanuna Göre Fazla Çalışma ve İspatı</t>
+          <t>Almanya'da Yabancıların İkameti, Kazanç Sağlayıcı Faaliyeti ve Entegrasyonu (Aufenthalt, Erwerbstatigkeit und Integration von Ausländern in Deutschland)</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786052646748</t>
+          <t>9786052646298</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi ve Devletin Pozitif Sorumlulukları</t>
+          <t>Ceza Yargılamasında Koruma Tedbirleri Nedeniyle Tazminat</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>520</v>
+        <v>400</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786052646946</t>
+          <t>9786052646106</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>5237 sayılı Türk Ceza Kanunu'na Göre Kişisel Verilerin Kaydedilmesi Suçu (m. 135)</t>
+          <t>International Construction Contracts: An Analysis Of Their Nature, Content And Disputes With Resolution Mechanisms, Particularly From Swiss And Turkish Legal Perspective</t>
         </is>
       </c>
       <c r="C944" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786052646922</t>
+          <t>9786052646434</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Hükümlülerin Çalıştırılması</t>
+          <t>Kambiyo Senetlerinde Sebepsiz Zenginleşme</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>900</v>
+        <v>360</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786052646717</t>
+          <t>9786052645475</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Türk İdare Hukuku Açısından Yüksek Fen Kurulu</t>
+          <t>Ceza Hukukunda Hukuka Aykırılık</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>380</v>
+        <v>540</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786052646632</t>
+          <t>9786052646687</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Amerikalılar Arası İnsan Hakları Mahkemesinin Yapısı ve İşleyişi</t>
+          <t>Ceza Hukuku Perspektifinden Kadına Yönelmiş Şiddetle Mücadele II</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>520</v>
+        <v>360</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786052646250</t>
+          <t>9786052646656</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi Kararları Işığında İfade Özgürlüğü ve Dijitalleşme</t>
+          <t>Kültürel Görecelilik Bağlamında Avrupa’da ve Amerika’da İnsan Haklarının Mukayesesi</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>520</v>
+        <v>440</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786052646595</t>
+          <t>9786052646670</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>İnsansız Hava Aracı İşletilmesinden Doğan Sorumluluk ve Sorumluluğun Sigortalanması</t>
+          <t>Yapay Zekaya Elektronik Kişilik Tanınması</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>500</v>
+        <v>570</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786052646205</t>
+          <t>9786052646694</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Vergi Kolaylıkları</t>
+          <t>Ortak Transit Rejiminde Rejim Hak Sahibinin (Asıl Sorumlunun) Mali Sorumluluğu</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786052646458</t>
+          <t>9786052646601</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Mehmet Emin ARTUK’a Armağan</t>
+          <t>Hava ve Uzay Hukuku (Air &amp; Space Law)</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>550</v>
+        <v>540</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786052646557</t>
+          <t>9786052645338</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Çağında Hukuk</t>
+          <t>Sosyal Medya ve Vergilendirme</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>480</v>
+        <v>515</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786052645277</t>
+          <t>9786052646380</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Yönetim Kurulu Üyelerinin Cezai Sorumlulukla BağlantılıHukuki Sorumluluğu (Ciltli)</t>
+          <t>Kuzey Kıbrıs Türk Cumhuriyeti Uluslararası Final Üniversitesi VI. Uluslararası Katılımlı Sağlık Hukuku Sempozyumu</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>940</v>
+        <v>815</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786052646502</t>
+          <t>9786052646731</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Bireysel İş Hukukunda Özel İstihdam Büroları</t>
+          <t>Tüketici İşlemlerinde Sorumsuzluk Kayıtları</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786052646526</t>
+          <t>9786052646779</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Yargılaması Hukukunda Tanık Beyanı</t>
+          <t>Türk Ceza Kanunu'nda Çocukların Cinsel İstismarı Suçu</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>231</v>
+        <v>430</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786052646533</t>
+          <t>9786052646618</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İşgal Hukuku Temelinde Filistin'de İsrail İşgal İdaresi</t>
+          <t>Ceza Adaletine Özgün Sorunlar (Specific Problems of Crimınal Justice)</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>470</v>
+        <v>630</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786052646519</t>
+          <t>9786052646472</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>İnsancıl Hukukun Temel İlkeleri Bağlamında Yasaklanan Silahlar</t>
+          <t>4857 Sayılı Kanuna Göre Fazla Çalışma ve İspatı</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>430</v>
+        <v>360</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786052646328</t>
+          <t>9786052646748</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Mülkiyet Hakkı Bağlamında Devletin Pozitif Yükümlülükleri</t>
+          <t>Avrupa İnsan Hakları Mahkemesi ve Devletin Pozitif Sorumlulukları</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>500</v>
+        <v>520</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786052646403</t>
+          <t>9786052646946</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharı Sonrası Anayasacılık</t>
+          <t>5237 sayılı Türk Ceza Kanunu'na Göre Kişisel Verilerin Kaydedilmesi Suçu (m. 135)</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>900</v>
+        <v>360</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786052646311</t>
+          <t>9786052646922</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Hükümet Sistemleri Politiği (Türkiye ve Rusya Örneğinde Karşılaştırmalı Bir Analiz)</t>
+          <t>Hükümlülerin Çalıştırılması</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>740</v>
+        <v>900</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786052646410</t>
+          <t>9786052646717</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Haksız Rekabet Hukukunda Geçici Hukuki Korumalar</t>
+          <t>Türk İdare Hukuku Açısından Yüksek Fen Kurulu</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>460</v>
+        <v>380</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786052646267</t>
+          <t>9786052646632</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Basketbol Hukuku</t>
+          <t>Amerikalılar Arası İnsan Hakları Mahkemesinin Yapısı ve İşleyişi</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786052646199</t>
+          <t>9786052646250</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Barışçıl Toplanma Özgürlüğüne Getirilen Sınırlamalarda AİHM Denetimi</t>
+          <t>Avrupa İnsan Hakları Mahkemesi Kararları Işığında İfade Özgürlüğü ve Dijitalleşme</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>370</v>
+        <v>520</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786052646144</t>
+          <t>9786052646595</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Kambiyo Senetlerinin Kripto Varlıklarla Blockchain Altyapısında Tedavüle Çıkması</t>
+          <t>İnsansız Hava Aracı İşletilmesinden Doğan Sorumluluk ve Sorumluluğun Sigortalanması</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786052646076</t>
+          <t>9786052646205</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verileri Hukuka Aykırı Olarak Verme veya Ele Geçirme Suçu</t>
+          <t>Vergi Kolaylıkları</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>360</v>
+        <v>650</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786052646229</t>
+          <t>9786052646458</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>İcra Hukukunda Ölçülülük İlkesi</t>
+          <t>Prof. Dr. Mehmet Emin ARTUK’a Armağan</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>700</v>
+        <v>550</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786052646113</t>
+          <t>9786052646557</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Criminal Threats to Maritime Security</t>
+          <t>Bilişim Çağında Hukuk</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>370</v>
+        <v>480</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786052646014</t>
+          <t>9786052645277</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Deniz Yolu ile Konteyner Taşımacılığında Demuraj ve Hukuki Sorunlar</t>
+          <t>Anonim Şirket Yönetim Kurulu Üyelerinin Cezai Sorumlulukla BağlantılıHukuki Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>680</v>
+        <v>940</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786052646069</t>
+          <t>9786052646502</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Osmanlı Ceza Hukukunda Şahsa Karşı İşlenen Suçlar</t>
+          <t>Bireysel İş Hukukunda Özel İstihdam Büroları</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786052646120</t>
+          <t>9786052646526</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Belirti</t>
+          <t>Türk Vergi Yargılaması Hukukunda Tanık Beyanı</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>590</v>
+        <v>231</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786052646090</t>
+          <t>9786052646533</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Konaklama Vergisi Teori ve Mevzuatı</t>
+          <t>Uluslararası İşgal Hukuku Temelinde Filistin'de İsrail İşgal İdaresi</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>430</v>
+        <v>470</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786052645598</t>
+          <t>9786052646519</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Ulusal ve Uluslararası Boyutlarıyla Sınırlar</t>
+          <t>İnsancıl Hukukun Temel İlkeleri Bağlamında Yasaklanan Silahlar</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>580</v>
+        <v>430</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786052646052</t>
+          <t>9786052646328</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>İslam - Osmanlı Tüketici Hukuku</t>
+          <t>Mülkiyet Hakkı Bağlamında Devletin Pozitif Yükümlülükleri</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>850</v>
+        <v>500</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786052645888</t>
+          <t>9786052646403</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları (Kavramsal ve Kuramsal Çerçeve)</t>
+          <t>Arap Baharı Sonrası Anayasacılık</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>315</v>
+        <v>900</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786052645482</t>
+          <t>9786052646311</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Kişiler Hukuku</t>
+          <t>Hükümet Sistemleri Politiği (Türkiye ve Rusya Örneğinde Karşılaştırmalı Bir Analiz)</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>470</v>
+        <v>740</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786052646038</t>
+          <t>9786052646410</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Türk İnfaz Hukukunda Disiplin Cezaları ve Tedbirleri</t>
+          <t>Haksız Rekabet Hukukunda Geçici Hukuki Korumalar</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>470</v>
+        <v>460</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786052646007</t>
+          <t>9786052646267</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Kalıcı Çözüm Türlerinden Gönüllü Geri Dönüş</t>
+          <t>Basketbol Hukuku</t>
         </is>
       </c>
       <c r="C977" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786052645871</t>
+          <t>9786052646199</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukuku Özel Hükümler (Ciltli)</t>
+          <t>Barışçıl Toplanma Özgürlüğüne Getirilen Sınırlamalarda AİHM Denetimi</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>965</v>
+        <v>370</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786052645611</t>
+          <t>9786052646144</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Unsurlu Vasiyetnamelere Uygulanacak Hukuk ve Türkiye’deki Sonuçları</t>
+          <t>Kambiyo Senetlerinin Kripto Varlıklarla Blockchain Altyapısında Tedavüle Çıkması</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>590</v>
+        <v>400</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786052645703</t>
+          <t>9786052646076</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Trump Dönemi ABD Politikaları ve Biden Döneminden Beklentiler</t>
+          <t>Kişisel Verileri Hukuka Aykırı Olarak Verme veya Ele Geçirme Suçu</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786052645710</t>
+          <t>9786052646229</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukukta Anayasal Bir Hak Olarak Kişisel Verilerin Korunması Hakkı</t>
+          <t>İcra Hukukunda Ölçülülük İlkesi</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>540</v>
+        <v>700</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786052645765</t>
+          <t>9786052646113</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Vergisel Arama ve Hukuki Sonuçları</t>
+          <t>Criminal Threats to Maritime Security</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>540</v>
+        <v>370</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786052645581</t>
+          <t>9786052646014</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Sosyal Ağ Sağlayıcıların Denetimi</t>
+          <t>Deniz Yolu ile Konteyner Taşımacılığında Demuraj ve Hukuki Sorunlar</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>470</v>
+        <v>680</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786052645260</t>
+          <t>9786052646069</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Kamu Düzeni Açısından Yapay Zeka</t>
+          <t>Tanzimat Dönemi Osmanlı Ceza Hukukunda Şahsa Karşı İşlenen Suçlar</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786052645253</t>
+          <t>9786052646120</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Kamu Düzeninin Unsuru Olarak Genel Sağlığın Korunması</t>
+          <t>Ceza Muhakemesinde Belirti</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>660</v>
+        <v>590</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786052644027</t>
+          <t>9786052646090</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Ortamda Haksız Rekabet</t>
+          <t>Konaklama Vergisi Teori ve Mevzuatı</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>390</v>
+        <v>430</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786052645864</t>
+          <t>9786052645598</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Suç Delillerini Yok Etme, Gizleme veya Değiştirme Suçu ile Belge İbraz Etmeme Suçları Arasındaki İlişki</t>
+          <t>Ulusal ve Uluslararası Boyutlarıyla Sınırlar</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>370</v>
+        <v>580</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786052645321</t>
+          <t>9786052646052</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Susma Hakkı</t>
+          <t>İslam - Osmanlı Tüketici Hukuku</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>470</v>
+        <v>850</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786052645789</t>
+          <t>9786052645888</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Birleşmiş Milletler Örgütünün Uluslararası Yönetim Faaliyeti</t>
+          <t>İnsan Hakları (Kavramsal ve Kuramsal Çerçeve)</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>810</v>
+        <v>315</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786052643860</t>
+          <t>9786052645482</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Mali Egemenlik Boyutuyla Blokzincir Teknolojisi</t>
+          <t>Kişiler Hukuku</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>520</v>
+        <v>470</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786052643549</t>
+          <t>9786052646038</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>İktisadi ve Hukuki Yönleri ile Transfer Fiyatlandırması (Ciltli)</t>
+          <t>Türk İnfaz Hukukunda Disiplin Cezaları ve Tedbirleri</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>730</v>
+        <v>470</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786052645697</t>
+          <t>9786052646007</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Hukukuna Giriş</t>
+          <t>Kalıcı Çözüm Türlerinden Gönüllü Geri Dönüş</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786052645796</t>
+          <t>9786052645871</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Metaverse Hukuku</t>
+          <t>Türk Ceza Hukuku Özel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>430</v>
+        <v>965</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786052645536</t>
+          <t>9786052645611</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>İslam Osmanlı Hukukunda Hakimlerin Uyması Gereken Etik İlkeler</t>
+          <t>Yabancı Unsurlu Vasiyetnamelere Uygulanacak Hukuk ve Türkiye’deki Sonuçları</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>365</v>
+        <v>590</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786052645727</t>
+          <t>9786052645703</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı Kararlarının Gerekçelendirilmesi</t>
+          <t>Trump Dönemi ABD Politikaları ve Biden Döneminden Beklentiler</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>313</v>
+        <v>220</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786052645406</t>
+          <t>9786052645710</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Siber Uzayda Hasmane “Davranış” ve “Niyetin” Belirlenmesi</t>
+          <t>Karşılaştırmalı Hukukta Anayasal Bir Hak Olarak Kişisel Verilerin Korunması Hakkı</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>400</v>
+        <v>540</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786052645772</t>
+          <t>9786052645765</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Rızaya Dayalı Askerî Müdahalelerin Genel Esasları</t>
+          <t>Türk Vergi Hukukunda Vergisel Arama ve Hukuki Sonuçları</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>550</v>
+        <v>540</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786052644577</t>
+          <t>9786052645581</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Davalarında Hüküm Kurma Esasları ve Gerekçe</t>
+          <t>Türk Hukukunda Sosyal Ağ Sağlayıcıların Denetimi</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>2200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786052640685</t>
+          <t>9786052645260</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı Organları Arasındaki Görev Sorunları</t>
+          <t>Kamu Düzeni Açısından Yapay Zeka</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>365</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786052645857</t>
+          <t>9786052645253</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Hukuk-Ahlak İlişkisi Bağlamında İslam ve Türk Hukukunda Ticari Ahlak İlke ve Kuralları</t>
+          <t>Kamu Düzeninin Unsuru Olarak Genel Sağlığın Korunması</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>400</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786052645734</t>
+          <t>9786052644027</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>İşçi Lehine Hüküm İlkesi</t>
+          <t>Elektronik Ortamda Haksız Rekabet</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>580</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786052642122</t>
+          <t>9786052645864</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İnsan Hakları Hukukunun Dünyadaki İz Düşümü</t>
+          <t>Suç Delillerini Yok Etme, Gizleme veya Değiştirme Suçu ile Belge İbraz Etmeme Suçları Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>470</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786052645437</t>
+          <t>9786052645321</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Mecellenin Külli Kaideler Şerhi Tafsil Süleyman Hasbi Efendi</t>
+          <t>Ceza Muhakemesi Hukukunda Susma Hakkı</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>500</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786052644928</t>
+          <t>9786052645789</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Zorlayıcı Sebeplerin İş İlişkisine Etkisi (Ciltli)</t>
+          <t>Birleşmiş Milletler Örgütünün Uluslararası Yönetim Faaliyeti</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>1240</v>
+        <v>810</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786052645505</t>
+          <t>9786052643860</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Osmanlı Hukukunda Kefalet</t>
+          <t>Mali Egemenlik Boyutuyla Blokzincir Teknolojisi</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>565</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786052645451</t>
+          <t>9786052643549</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Emsal Kira Bedeli Esası</t>
+          <t>İktisadi ve Hukuki Yönleri ile Transfer Fiyatlandırması (Ciltli)</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>430</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786052645512</t>
+          <t>9786052645697</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Kullanmak İçin Uyuşturucu veya Uyarıcı Madde Satın Almak, Kabul Etmek veya Bulundurmak ya da Uyuşturucu veya Uyarıcı Madde Kullanmak Suçu(TCK m. 191, TCK m. 192)</t>
+          <t>İnsan Hakları Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>620</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786052645574</t>
+          <t>9786052645796</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Toplu İş Sözleşmesinin Zaman Bakımından Uygulanması</t>
+          <t>Metaverse Hukuku</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>580</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786052644454</t>
+          <t>9786052645536</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İrtifak Hakları</t>
+          <t>İslam Osmanlı Hukukunda Hakimlerin Uyması Gereken Etik İlkeler</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>630</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786052645444</t>
+          <t>9786052645727</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanununda Koruma Amacıyla Özgürlüğün Kısıtlanması</t>
+          <t>İdari Yargı Kararlarının Gerekçelendirilmesi</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>400</v>
+        <v>313</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786052645499</t>
+          <t>9786052645406</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Hukukunda Olağan Kanun Yollarına Başvurunun Sınırlanması</t>
+          <t>Siber Uzayda Hasmane “Davranış” ve “Niyetin” Belirlenmesi</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>331</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786052644874</t>
+          <t>9786052645772</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Birleşik Krallıkta Yetki Devri</t>
+          <t>Uluslararası Hukukta Rızaya Dayalı Askerî Müdahalelerin Genel Esasları</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786052645284</t>
+          <t>9786052644577</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Merkezi ve Yerinden Yönetimlerin Deprem Afeti Riskine Karşı Yapı Denetim ve Kentsel Dönüşümdeki Yükümlülükleri</t>
+          <t>Hukuk Davalarında Hüküm Kurma Esasları ve Gerekçe</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>430</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786052645185</t>
+          <t>9786052640685</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk ve Avrupa Birliği Mevzuatı Çerçevesinde Türkiye’de Suriyeli Sığınmacıların Çalışma Hakkı: İzmir Örneği</t>
+          <t>İdari Yargı Organları Arasındaki Görev Sorunları</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>630</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786052645345</t>
+          <t>9786052645857</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Akıl Hastalıklarının Hukukta Sorumluluk Kavramı Açısından Doğurduğu Sınır Problemleri</t>
+          <t>Hukuk-Ahlak İlişkisi Bağlamında İslam ve Türk Hukukunda Ticari Ahlak İlke ve Kuralları</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786052645031</t>
+          <t>9786052645734</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>4054 Sayılı Rekabetin Korunması Hakkında Kanun’un Özel Hukuk Bakımından Sonuçları: Tazminat ve Geçersizlik (7246 Sayılı Kanun Değişikliklerinin Özel Hukuk Bakımından Sonuçlara Etkisi)</t>
+          <t>İşçi Lehine Hüküm İlkesi</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>370</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786052645208</t>
+          <t>9786052642122</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Tacirin Tüketici Sıfatını Kazandığı Haller ve Tüketici Lehine Öngörülen Düzenlemeler</t>
+          <t>Uluslararası İnsan Hakları Hukukunun Dünyadaki İz Düşümü</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>500</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786052645413</t>
+          <t>9786052645437</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Güncel Mevzuat ve Yargı Kararları IşığındaKötü Tıbbi Uygulamaya Bağlı Hekim Mesleki Sorumluluk Sigortası</t>
+          <t>Mecellenin Külli Kaideler Şerhi Tafsil Süleyman Hasbi Efendi</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>331</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786052645000</t>
+          <t>9786052644928</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Oy Hakkının Azami Oy Şartı (Höchststımmklausel) ile Sınırlanması</t>
+          <t>Zorlayıcı Sebeplerin İş İlişkisine Etkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>800</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786052645123</t>
+          <t>9786052645505</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Basit Tıbbi Müdahale ile Giderilebilir Yaralama Sonucu Ölüm</t>
+          <t>Klasik Dönem Osmanlı Hukukunda Kefalet</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>350</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786052645215</t>
+          <t>9786052645451</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukukta Siyasal İktidarı Sınırlama Mekanizmaları ve Türkiye Örneği</t>
+          <t>Vergi Hukukunda Emsal Kira Bedeli Esası</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>720</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786052645291</t>
+          <t>9786052645512</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Belge Delili</t>
+          <t>Kullanmak İçin Uyuşturucu veya Uyarıcı Madde Satın Almak, Kabul Etmek veya Bulundurmak ya da Uyuşturucu veya Uyarıcı Madde Kullanmak Suçu(TCK m. 191, TCK m. 192)</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>660</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786052645161</t>
+          <t>9786052645574</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Grev ve Lokavta Yargısal Müdahale ve Kanun Dışlığının Tespiti Davası</t>
+          <t>Toplu İş Sözleşmesinin Zaman Bakımından Uygulanması</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>413</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786052644706</t>
+          <t>9786052644454</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Zorunlu Aşı Uygulamasının Velayet Kapsamında Değerlendirilmesi</t>
+          <t>İslam Hukukunda İrtifak Hakları</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>290</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786052644690</t>
+          <t>9786052645444</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kamu Özel İşbirliklerinin Hukuki Çerçevesi</t>
+          <t>Türk Medeni Kanununda Koruma Amacıyla Özgürlüğün Kısıtlanması</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786052645048</t>
+          <t>9786052645499</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Üç Boyutlu Baskı Teknolojilerinin Fikri Mülkiyet Hukukuna Etkileri</t>
+          <t>İdari Yargılama Hukukunda Olağan Kanun Yollarına Başvurunun Sınırlanması</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>960</v>
+        <v>331</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786052644713</t>
+          <t>9786052644874</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuka Göre Sivil Havacılığın Güvenliğine Karşı Hukuka Aykırı Eylemlerde Devletin Cezai Yetkisi</t>
+          <t>Birleşik Krallıkta Yetki Devri</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>430</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786052644966</t>
+          <t>9786052645284</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunları ve İlgili Mevzuat (2023)</t>
+          <t>Merkezi ve Yerinden Yönetimlerin Deprem Afeti Riskine Karşı Yapı Denetim ve Kentsel Dönüşümdeki Yükümlülükleri</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>75</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786052645024</t>
+          <t>9786052645185</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı Mevzuatı (2023)</t>
+          <t>Uluslararası Hukuk ve Avrupa Birliği Mevzuatı Çerçevesinde Türkiye’de Suriyeli Sığınmacıların Çalışma Hakkı: İzmir Örneği</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>58</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786052645093</t>
+          <t>9786052645345</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Şemalarla Bireysel İş Hukuku</t>
+          <t>Akıl Hastalıklarının Hukukta Sorumluluk Kavramı Açısından Doğurduğu Sınır Problemleri</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786052644898</t>
+          <t>9786052645031</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Özerkliği</t>
+          <t>4054 Sayılı Rekabetin Korunması Hakkında Kanun’un Özel Hukuk Bakımından Sonuçları: Tazminat ve Geçersizlik (7246 Sayılı Kanun Değişikliklerinin Özel Hukuk Bakımından Sonuçlara Etkisi)</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>1070</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786052644768</t>
+          <t>9786052645208</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukuku</t>
+          <t>Tacirin Tüketici Sıfatını Kazandığı Haller ve Tüketici Lehine Öngörülen Düzenlemeler</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786052644911</t>
+          <t>9786052645413</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Hukuku</t>
+          <t>Güncel Mevzuat ve Yargı Kararları IşığındaKötü Tıbbi Uygulamaya Bağlı Hekim Mesleki Sorumluluk Sigortası</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>360</v>
+        <v>331</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786052644171</t>
+          <t>9786052645000</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Yargı Etiği Dersleri</t>
+          <t>Anonim Şirketlerde Oy Hakkının Azami Oy Şartı (Höchststımmklausel) ile Sınırlanması</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>188</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786052644782</t>
+          <t>9786052645123</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Çevre Hakkı ve Anayasa Mahkemesi’nin Bireysel Başvuru Kararlarında Bu Hakkın İncelenmesi</t>
+          <t>Basit Tıbbi Müdahale ile Giderilebilir Yaralama Sonucu Ölüm</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786052644942</t>
+          <t>9786052645215</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ceza Hukukunda Hakaret Suçu</t>
+          <t>Karşılaştırmalı Hukukta Siyasal İktidarı Sınırlama Mekanizmaları ve Türkiye Örneği</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>400</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786052644843</t>
+          <t>9786052645291</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Türk Devlet Aklı ve Derin Hafızası Milli Egemenlik</t>
+          <t>Ceza Muhakemesinde Belge Delili</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>460</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786052644607</t>
+          <t>9786052645161</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Türk İdare Hukuku Dersleri Cilt 1</t>
+          <t>Grev ve Lokavta Yargısal Müdahale ve Kanun Dışlığının Tespiti Davası</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>460</v>
+        <v>413</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786052644232</t>
+          <t>9786052644706</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>5607 Sayılı Kaçakçılıkla Mücadele Kanunu'nda Düzenlenen Kaçakçılık Suçları, Nitelikli Haller ve Etkin Pişmanlık (Ciltli)</t>
+          <t>Zorunlu Aşı Uygulamasının Velayet Kapsamında Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>630</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786052644614</t>
+          <t>9786052644690</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>İnternet Hukukunda Çocuğun Korunması ve Mahremiyeti</t>
+          <t>Türkiye'de Kamu Özel İşbirliklerinin Hukuki Çerçevesi</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786052642139</t>
+          <t>9786052645048</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Marka Vekilliği Sınavına Hazırlık</t>
+          <t>Üç Boyutlu Baskı Teknolojilerinin Fikri Mülkiyet Hukukuna Etkileri</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>1015</v>
+        <v>960</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786052643044</t>
+          <t>9786052644713</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Deprem Hukuku</t>
+          <t>Uluslararası Hukuka Göre Sivil Havacılığın Güvenliğine Karşı Hukuka Aykırı Eylemlerde Devletin Cezai Yetkisi</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>910</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786052644683</t>
+          <t>9786052644966</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku</t>
+          <t>İş Kanunları ve İlgili Mevzuat (2023)</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>690</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786053007692</t>
+          <t>9786052645024</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Uzlaştırma Eğitimi Soru Bankası</t>
+          <t>İdari Yargı Mevzuatı (2023)</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>95</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786052642191</t>
+          <t>9786052645093</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukukunun Esasları (Ciltli)</t>
+          <t>Şemalarla Bireysel İş Hukuku</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>765</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786052642702</t>
+          <t>9786052644898</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Limited Şirketler Hukuku</t>
+          <t>Üniversite Özerkliği</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>760</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786052642368</t>
+          <t>9786052644768</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Yargılama Usulüne İlişkin Temel Kanunlar ve İlgili Mevzuat (Ciltli)</t>
+          <t>Kıymetli Evrak Hukuku</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>1229</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786052642580</t>
+          <t>9786052644911</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası Ceza ve Yargılama Hukukuna İlişkin Temel Kanunlar ve Askeri Mevzuatı (Ciltli)</t>
+          <t>İnsan Hakları Hukuku</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>1229</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786052642818</t>
+          <t>9786052644171</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Bağlamında Verileri Yok Etmeme Suçu</t>
+          <t>Yargı Etiği Dersleri</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>480</v>
+        <v>188</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786052642528</t>
+          <t>9786052644782</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı - İçtihatlı Emlak Vergisi Kanunu</t>
+          <t>Çevre Hakkı ve Anayasa Mahkemesi’nin Bireysel Başvuru Kararlarında Bu Hakkın İncelenmesi</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>1400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786052642504</t>
+          <t>9786052644942</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Belediye Gelirleri (2464 sayılı Belediye Gelirleri Kanunu Çerçevesinde)</t>
+          <t>Osmanlı Ceza Hukukunda Hakaret Suçu</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>1115</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786052642405</t>
+          <t>9786052644843</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Uygulamasında - Edinilmiş Mallara Katılma Rejimi (Ciltli)</t>
+          <t>Türk Devlet Aklı ve Derin Hafızası Milli Egemenlik</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>1256</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786052642696</t>
+          <t>9786052644607</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Açısından Sosyal Güvenlik Kurumu ve Yargısal Denetimi</t>
+          <t>Türk İdare Hukuku Dersleri Cilt 1</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>365</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786052642825</t>
+          <t>9786052644232</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Çifte Vergilendirmeyi Önleme Anlaşmalarında Karşılıklı Anlaşma Usulü</t>
+          <t>5607 Sayılı Kaçakçılıkla Mücadele Kanunu'nda Düzenlenen Kaçakçılık Suçları, Nitelikli Haller ve Etkin Pişmanlık (Ciltli)</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>910</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786052642658</t>
+          <t>9786052644614</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde İspat ve Şüphenin Sanık Lehine Yorumlanması</t>
+          <t>İnternet Hukukunda Çocuğun Korunması ve Mahremiyeti</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786052642689</t>
+          <t>9786052642139</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Ceza İnfaz Kurumlarında Sağlık Hakkı, Sağlık Hizmetlerine Erişim ve İdarenin Hukuki Sorumluluğu</t>
+          <t>Marka Vekilliği Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>290</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786052642634</t>
+          <t>9786052643044</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Özelinde Fiili Yönetim Organı (Ciltli)</t>
+          <t>Deprem Hukuku</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>900</v>
+        <v>910</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786052642795</t>
+          <t>9786052644683</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>5607 Sayılı Kaçakçılıkla Mücadele Kanunu</t>
+          <t>Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>1340</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786052643471</t>
+          <t>9786053007692</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Davalarında Yargılama Giderleri (Ciltli)</t>
+          <t>Ceza Muhakemesinde Uzlaştırma Eğitimi Soru Bankası</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>1256</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786052643358</t>
+          <t>9786052642191</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>926 Sayılı Türk Silahlı Kuvvetleri Personel Kanunu ve İlgili Mevzuat (2 Cilt)</t>
+          <t>Kıymetli Evrak Hukukunun Esasları (Ciltli)</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>1465</v>
+        <v>920</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786052643068</t>
+          <t>9786052642702</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Stepler, Dinyeper ve Barut: Rusya - Ukrayna Savaşı'nın Uluslararası Hukuk Veçhesi</t>
+          <t>Limited Şirketler Hukuku</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>1230</v>
+        <v>760</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786052643013</t>
+          <t>9786052642368</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Ceza Koşulu (Cezai Şart) ve Benzer Kurumlar</t>
+          <t>Hukuk ve Yargılama Usulüne İlişkin Temel Kanunlar ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>915</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786052642870</t>
+          <t>9786052642580</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Mağduriyetin Önlenmesine ve Giderilmesine Yönelik Viktimolojik ve Hukuki Yaklaşımlar</t>
+          <t>T.C. Anayasası Ceza ve Yargılama Hukukuna İlişkin Temel Kanunlar ve Askeri Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>440</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786052642511</t>
+          <t>9786052642818</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Vergi Uyuşmazlıkları ve Çözüm Yolları (Ciltli)</t>
+          <t>Kişisel Verilerin Korunması Bağlamında Verileri Yok Etmeme Suçu</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>960</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786052642948</t>
+          <t>9786052642528</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Yasal Mal Rejiminde Eşin Katılma Alacağını Azaltmak Kastıyla Yapılan Devirler</t>
+          <t>Açıklamalı - İçtihatlı Emlak Vergisi Kanunu</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>350</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786051467832</t>
+          <t>9786052642504</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Anayasal İlkeler Karşısında Vergi Kabahat ve Yaptırımları</t>
+          <t>Belediye Gelirleri (2464 sayılı Belediye Gelirleri Kanunu Çerçevesinde)</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>238</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786055980900</t>
+          <t>9786052642405</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Siber Suçların Cezalandırılması ve Türkiye’de Durum</t>
+          <t>Yargıtay Uygulamasında - Edinilmiş Mallara Katılma Rejimi (Ciltli)</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>150</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786055412364</t>
+          <t>9786052642696</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Uyuşturucu veya Uyarıcı Madde İmal ve Ticareti Suçları</t>
+          <t>İdare Hukuku Açısından Sosyal Güvenlik Kurumu ve Yargısal Denetimi</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>150</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786054378340</t>
+          <t>9786052642825</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Finansal Araçların Muhasebeleştirilmesi</t>
+          <t>Çifte Vergilendirmeyi Önleme Anlaşmalarında Karşılıklı Anlaşma Usulü</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>150</v>
+        <v>910</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786052642887</t>
+          <t>9786052642658</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Suçtan Kaynaklanan Malvarlığı Değerlerini Aklama Suçu (Ciltli)</t>
+          <t>Ceza Muhakemesinde İspat ve Şüphenin Sanık Lehine Yorumlanması</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>900</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786052643334</t>
+          <t>9786052642689</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Değişikliklerinin Esas Bakımından Denetimi</t>
+          <t>Ceza İnfaz Kurumlarında Sağlık Hakkı, Sağlık Hizmetlerine Erişim ve İdarenin Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>580</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786052643327</t>
+          <t>9786052642634</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Yürütme ve İdarenin Kanuniliği İlkesi</t>
+          <t>Anonim Şirket Özelinde Fiili Yönetim Organı (Ciltli)</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>570</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786052643259</t>
+          <t>9786052642795</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Ceza Hukuku Mevzuatı</t>
+          <t>5607 Sayılı Kaçakçılıkla Mücadele Kanunu</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>475</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786052643303</t>
+          <t>9786052643471</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Kriz Zamanlarında İnsan Hakları: Avrupa İnsan Hakları Sözleşmesi 15.Madde Kapsamında Derogasyon Rejimi</t>
+          <t>Hukuk Davalarında Yargılama Giderleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>480</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786052642955</t>
+          <t>9786052643358</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Afet Yönetimi ve İdarenin Sorumluluğu</t>
+          <t>926 Sayılı Türk Silahlı Kuvvetleri Personel Kanunu ve İlgili Mevzuat (2 Cilt)</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>440</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786052643129</t>
+          <t>9786052643068</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliğinde İyi Yönetişim ve İyi İdare Hakkı</t>
+          <t>Stepler, Dinyeper ve Barut: Rusya - Ukrayna Savaşı'nın Uluslararası Hukuk Veçhesi</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>440</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786052643280</t>
+          <t>9786052643013</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Fikri Mülkiyet Hukukunda Eser Sahibinin Mali Hakları ve Mali Hakların İhlalinde Açılabilecek Davalar</t>
+          <t>Uygulamada Ceza Koşulu (Cezai Şart) ve Benzer Kurumlar</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>410</v>
+        <v>915</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786052643266</t>
+          <t>9786052642870</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarının Evrenselliğine Kültürel Görecilik İtirazı ve Tartışmayı Uzlaştırma Çabaları</t>
+          <t>Mağduriyetin Önlenmesine ve Giderilmesine Yönelik Viktimolojik ve Hukuki Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786052643204</t>
+          <t>9786052642511</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Ne Bıs In Idem Kuralı - Türk Vergi Ceza Hukukunun Açısından İncelenmesi</t>
+          <t>Vergi Uyuşmazlıkları ve Çözüm Yolları (Ciltli)</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>390</v>
+        <v>960</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786052643297</t>
+          <t>9786052642948</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>COVID 19 Pandemisinin Sektörler, İstihdam ve Çalışma Hayatı Üzerine Etkileri</t>
+          <t>Yasal Mal Rejiminde Eşin Katılma Alacağını Azaltmak Kastıyla Yapılan Devirler</t>
         </is>
       </c>
       <c r="C1080" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786052642931</t>
+          <t>9786051467832</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Teşkilatı ve İdarenin Bütünlüğü İlkesi: Cumhurbaşkanlığı Ofisleri Üzerinden Bir Değerlendirme</t>
+          <t>Anayasal İlkeler Karşısında Vergi Kabahat ve Yaptırımları</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>330</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786052643310</t>
+          <t>9786055980900</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Gerçek Kişilerin Türkiye'de Taşınmaz Edinimleri</t>
+          <t>Siber Suçların Cezalandırılması ve Türkiye’de Durum</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786052643150</t>
+          <t>9786055412364</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Salgın Hastalık (Pandemi) Döneminde Alınan İdari Tedbirlerden Dolayı İdarenin Sorumluluğu</t>
+          <t>Türk Ceza Hukukunda Uyuşturucu veya Uyarıcı Madde İmal ve Ticareti Suçları</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786052643136</t>
+          <t>9786054378340</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde - Basit Yargılama Usulü</t>
+          <t>Finansal Araçların Muhasebeleştirilmesi</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>122</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786052643617</t>
+          <t>9786052642887</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>AİHS ve Anayasa Hukuku Bağlamında - Vergide Adalet İlkesi</t>
+          <t>Suçtan Kaynaklanan Malvarlığı Değerlerini Aklama Suçu (Ciltli)</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>370</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786052643624</t>
+          <t>9786052643334</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararlarından Hareketle Yayın Etiği İhlalleri</t>
+          <t>Anayasa Değişikliklerinin Esas Bakımından Denetimi</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>189</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786052643563</t>
+          <t>9786052643327</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Soruşturmaya Yer Olmadığı Kararı</t>
+          <t>Türk Hukukunda Yürütme ve İdarenin Kanuniliği İlkesi</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>300</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786052643389</t>
+          <t>9786052643259</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Mükellef Davranışları ve Caydırıcılık Ekseninde Vergi Suçları Kabahatleri ve Yaptırımlarının Değerlendirilmesi</t>
+          <t>Çalışma Ceza Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786258153903</t>
+          <t>9786052643303</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Edinilmiş Mallara Katılma Rejiminin Sona Ermesi ve Tasfiye</t>
+          <t>Kriz Zamanlarında İnsan Hakları: Avrupa İnsan Hakları Sözleşmesi 15.Madde Kapsamında Derogasyon Rejimi</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786052642900</t>
+          <t>9786052642955</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Defterlere İlişkin Ödevlere Aykırılık ve Sonuçları</t>
+          <t>Türkiye'de Afet Yönetimi ve İdarenin Sorumluluğu</t>
         </is>
       </c>
       <c r="C1090" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786055412197</t>
+          <t>9786052643129</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay'ın Tümüyle Taranmış İçtihatları Işığında Cezadan Mahsup</t>
+          <t>Avrupa Birliğinde İyi Yönetişim ve İyi İdare Hakkı</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786052642337</t>
+          <t>9786052643280</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Anayasa Mahkemesi Bireysel Başvuru Hakkı ve Etkin Soruşturma İlkesi</t>
+          <t>Fikri Mülkiyet Hukukunda Eser Sahibinin Mali Hakları ve Mali Hakların İhlalinde Açılabilecek Davalar</t>
         </is>
       </c>
       <c r="C1092" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786052642016</t>
+          <t>9786052643266</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Hukuku Pratik Çalışma Kitabı</t>
+          <t>İnsan Haklarının Evrenselliğine Kültürel Görecilik İtirazı ve Tartışmayı Uzlaştırma Çabaları</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786258153378</t>
+          <t>9786052643204</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Belgede Sahtecilik ve Vergi Kaçakçılığı Suçları</t>
+          <t>Ne Bıs In Idem Kuralı - Türk Vergi Ceza Hukukunun Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>410</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786052640883</t>
+          <t>9786052643297</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni ve Borçlar Hukukunda Metot</t>
+          <t>COVID 19 Pandemisinin Sektörler, İstihdam ve Çalışma Hayatı Üzerine Etkileri</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786258092790</t>
+          <t>9786052642931</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Kayyım Görevlendirilen Belediyelerde Güvenlik</t>
+          <t>Cumhurbaşkanlığı Teşkilatı ve İdarenin Bütünlüğü İlkesi: Cumhurbaşkanlığı Ofisleri Üzerinden Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786258153576</t>
+          <t>9786052643310</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İnsan Hakları Açısından Kişisel Veri Güvenliği</t>
+          <t>Yabancı Gerçek Kişilerin Türkiye'de Taşınmaz Edinimleri</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786258092769</t>
+          <t>9786052643150</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Susma Hakkı ve Bağlantılı Haklar</t>
+          <t>Salgın Hastalık (Pandemi) Döneminde Alınan İdari Tedbirlerden Dolayı İdarenin Sorumluluğu</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786054144709</t>
+          <t>9786052643136</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Komiser</t>
+          <t>Ceza Muhakemesinde - Basit Yargılama Usulü</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>150</v>
+        <v>122</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786258209181</t>
+          <t>9786052643617</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Genel Esaslar Ders Kitabı</t>
+          <t>AİHS ve Anayasa Hukuku Bağlamında - Vergide Adalet İlkesi</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786052640562</t>
+          <t>9786052643624</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Şüphe</t>
+          <t>Yargı Kararlarından Hareketle Yayın Etiği İhlalleri</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>415</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786258209761</t>
+          <t>9786052643563</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Uygulamaya Yönelik Yargıtay ve BAM Kararları Işığı Altında Kira Hukuku (Ciltli)</t>
+          <t>Soruşturmaya Yer Olmadığı Kararı</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>1134</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786258209693</t>
+          <t>9786052643389</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu</t>
+          <t>Mükellef Davranışları ve Caydırıcılık Ekseninde Vergi Suçları Kabahatleri ve Yaptırımlarının Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786258209174</t>
+          <t>9786258153903</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku</t>
+          <t>Edinilmiş Mallara Katılma Rejiminin Sona Ermesi ve Tasfiye</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786258209235</t>
+          <t>9786052642900</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Türk Yargı Sistemi Dersleri</t>
+          <t>Türk Vergi Hukukunda Defterlere İlişkin Ödevlere Aykırılık ve Sonuçları</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>124</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786257656672</t>
+          <t>9786055412197</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Vergisel İşlemlerde Dava Rehberi (Ciltli)</t>
+          <t>Yargıtay'ın Tümüyle Taranmış İçtihatları Işığında Cezadan Mahsup</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>870</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786258092448</t>
+          <t>9786052642337</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Apartman ve Site Yönetimi - Hukuki ve Mali Rehberi</t>
+          <t>Türk Hukukunda Anayasa Mahkemesi Bireysel Başvuru Hakkı ve Etkin Soruşturma İlkesi</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>590</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786258038972</t>
+          <t>9786052642016</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>İdare ve İdari Yargı Mevzuatı</t>
+          <t>İdari Yargılama Hukuku Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>209</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786258038996</t>
+          <t>9786258153378</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Dworkin'in Yorum Teorisi ve Hüküm Kurmadaki Önemi</t>
+          <t>Belgede Sahtecilik ve Vergi Kaçakçılığı Suçları</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786258038941</t>
+          <t>9786052640883</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Milli ve Milletlerarası Tahkim (Ciltli)</t>
+          <t>Türk Medeni ve Borçlar Hukukunda Metot</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>1800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786258092011</t>
+          <t>9786258092790</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Kat Mülkiyeti Hukukunda Hakimin Müdahalesi</t>
+          <t>Kayyım Görevlendirilen Belediyelerde Güvenlik</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786258038927</t>
+          <t>9786258153576</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yargılama Hukukunda Bilirkişilik</t>
+          <t>Uluslararası İnsan Hakları Açısından Kişisel Veri Güvenliği</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>243</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786258092028</t>
+          <t>9786258092769</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>2022 Arabuluculuk Sınavlarına Hazırlık Tamamı Çözümlü Güncel Soru Bankası ve İlgili Mevzuat</t>
+          <t>Ceza Muhakemesinde Susma Hakkı ve Bağlantılı Haklar</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786258092035</t>
+          <t>9786054144709</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Mukayeseli Hukukta Azınlık Hakları 2005 Irak Anayasası Örneği</t>
+          <t>Komiser</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786258038903</t>
+          <t>9786258209181</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>İş Güvencesi, İşe İade Davaları ve Tazminatlar</t>
+          <t>Anayasa Hukuku Genel Esaslar Ders Kitabı</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>1115</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786258038897</t>
+          <t>9786052640562</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Avukatlık Ücret Sözleşmesinden Kaynaklanan Davalar</t>
+          <t>Ceza Muhakemesi Hukukunda Şüphe</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>460</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786258092059</t>
+          <t>9786258209761</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararları Işığında Aile Hukukunun Güncel Sorunları</t>
+          <t>Uygulamaya Yönelik Yargıtay ve BAM Kararları Işığı Altında Kira Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>220</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786258038811</t>
+          <t>9786258209693</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Meşru Savunma - İngiliz ve Amerikan Hukukuyla Karşılaştırmalı</t>
+          <t>İcra ve İflas Kanunu</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>1215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786258092080</t>
+          <t>9786258209174</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Kamu Maliyesi ve Kamu Mali Hukuku</t>
+          <t>Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786258038798</t>
+          <t>9786258209235</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Bilişim ve Teknoloji Hukuku Sempozyumu Tebliğler Kitabı</t>
+          <t>Türk Yargı Sistemi Dersleri</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>1000</v>
+        <v>124</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786258038781</t>
+          <t>9786257656672</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıklar Hukuku 2. Cilt (Ciltli)</t>
+          <t>Vergisel İşlemlerde Dava Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>1030</v>
+        <v>870</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786258038729</t>
+          <t>9786258092448</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>5. Uluslararası Tıp Hukuku Kongresi Bildirileri Kitabı</t>
+          <t>Apartman ve Site Yönetimi - Hukuki ve Mali Rehberi</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>490</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786258038705</t>
+          <t>9786258038972</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Devletin Mirasçılığı</t>
+          <t>İdare ve İdari Yargı Mevzuatı</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>480</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786258038668</t>
+          <t>9786258038996</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Bir Siyasi Hak Olarak Seçme Hakkının Niteliği</t>
+          <t>Dworkin'in Yorum Teorisi ve Hüküm Kurmadaki Önemi</t>
         </is>
       </c>
       <c r="C1124" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786258092127</t>
+          <t>9786258038941</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Güncelin ve Geleceğin Vergi Politikalar Dijital Vergi Sempozyumu Bildiri Kitabı (19 Şubat 2021)</t>
+          <t>Milli ve Milletlerarası Tahkim (Ciltli)</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>300</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786258038651</t>
+          <t>9786258092011</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Saim Üstündağ'a Armağan - Hukuk, İktisat ve Yönetim Üzerine Yazılar</t>
+          <t>Kat Mülkiyeti Hukukunda Hakimin Müdahalesi</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786258092165</t>
+          <t>9786258038927</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Yargı Etiği Dersleri</t>
+          <t>Osmanlı Yargılama Hukukunda Bilirkişilik</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>95</v>
+        <v>243</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786258092172</t>
+          <t>9786258092028</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>The Effect of Mergers and Acquisitions on The Performance of Companies</t>
+          <t>2022 Arabuluculuk Sınavlarına Hazırlık Tamamı Çözümlü Güncel Soru Bankası ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786258092189</t>
+          <t>9786258092035</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Yargılamasında Belgelerin Üçüncü Kişilere Etkisi</t>
+          <t>Mukayeseli Hukukta Azınlık Hakları 2005 Irak Anayasası Örneği</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>243</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786258092196</t>
+          <t>9786258038903</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasa Hukuku Ders Kitabı</t>
+          <t>İş Güvencesi, İşe İade Davaları ve Tazminatlar</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>475</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786258092240</t>
+          <t>9786258038897</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Legal Responses to Terroristic Speech: An Evaluation of the Turkey's Law in the Light of Ecthr and Unhrc Standards</t>
+          <t>Avukatlık Ücret Sözleşmesinden Kaynaklanan Davalar</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>500</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786258092264</t>
+          <t>9786258092059</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Uygulamaya Bakan Yönleriyle Reşit Olmayanla Cinsel İlişki Suçu</t>
+          <t>Yargı Kararları Işığında Aile Hukukunun Güncel Sorunları</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786258092271</t>
+          <t>9786258038811</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Hakaret Suçunda İsnadın İspatı</t>
+          <t>Meşru Savunma - İngiliz ve Amerikan Hukukuyla Karşılaştırmalı</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>300</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786258092288</t>
+          <t>9786258092080</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>AB'de Yenilenebilir Enerji İkili Elektrik Tedarik Sözleşmeleri (PPA'lar) ve AB Uyum Sürecinde Türkiye'deki İlgili Mevzuatlara Entegrasyonu</t>
+          <t>Kamu Maliyesi ve Kamu Mali Hukuku</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786258092295</t>
+          <t>9786258038798</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk ve Usul Hukuku Temel Bilgiler</t>
+          <t>Uluslararası Bilişim ve Teknoloji Hukuku Sempozyumu Tebliğler Kitabı</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786257277006</t>
+          <t>9786258038781</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Alman Ceza Hukukunda Suç ve Terör Örgütleriyle Bağlantılı Suçlar ve İştirak Hükümleriyle İlişkileri</t>
+          <t>Anonim Ortaklıklar Hukuku 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>190</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786257088800</t>
+          <t>9786258038729</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Cinsel İstismarı Suçunun Nitelikli Hali</t>
+          <t>5. Uluslararası Tıp Hukuku Kongresi Bildirileri Kitabı</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>370</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9789944416689</t>
+          <t>9786258038705</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Ecrimisil Davaları ve Yargılama Usulü (Ciltli)</t>
+          <t>Devletin Mirasçılığı</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>124</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786055336912</t>
+          <t>9786258038668</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Hukuk Genel Kurulu Örnek Kararları (Ciltli)</t>
+          <t>Bir Siyasi Hak Olarak Seçme Hakkının Niteliği</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786258038866</t>
+          <t>9786258092127</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>İcra Müdürlüğü Sınavı Mevzuatı</t>
+          <t>Güncelin ve Geleceğin Vergi Politikalar Dijital Vergi Sempozyumu Bildiri Kitabı (19 Şubat 2021)</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786258038842</t>
+          <t>9786258038651</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>İşverenin Eşit Davranma Borcu</t>
+          <t>Prof. Dr. Saim Üstündağ'a Armağan - Hukuk, İktisat ve Yönetim Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786258038774</t>
+          <t>9786258092165</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargıcının Cumhuriyet Savcısının ve Ceza Avukatının Başvuru Rehberi</t>
+          <t>Yargı Etiği Dersleri</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>410</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786258038767</t>
+          <t>9786258092172</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Adli İşbirliği Kanunu Çerçevesinde İade</t>
+          <t>The Effect of Mergers and Acquisitions on The Performance of Companies</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>610</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786053009757</t>
+          <t>9786258092189</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>İşçilerin Yıllık Ücretli İzin Hakkı</t>
+          <t>Hukuk Yargılamasında Belgelerin Üçüncü Kişilere Etkisi</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>215</v>
+        <v>243</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786258038712</t>
+          <t>9786258092196</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Sırf Askeri Suçlar</t>
+          <t>Türk Anayasa Hukuku Ders Kitabı</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>350</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786258038699</t>
+          <t>9786258092240</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Banka veya Kredi Kartlarının Kötüye Kullanılması Suçu (Ciltli)</t>
+          <t>Legal Responses to Terroristic Speech: An Evaluation of the Turkey's Law in the Light of Ecthr and Unhrc Standards</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>525</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786258038682</t>
+          <t>9786258092264</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Hukukta Disiplinlerarası Yaklaşımlar Konferansları No.2 - Hukukta Anlaşmazlık Çözüm Yolları Uluslararası Sempozyumu</t>
+          <t>Uygulamaya Bakan Yönleriyle Reşit Olmayanla Cinsel İlişki Suçu</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>800</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786053009542</t>
+          <t>9786258092271</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Uzlaştırmacı Sınavına Hazırlık Soru Bankası</t>
+          <t>Hakaret Suçunda İsnadın İspatı</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>115</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786258038637</t>
+          <t>9786258092288</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişiminde Denetim</t>
+          <t>AB'de Yenilenebilir Enerji İkili Elektrik Tedarik Sözleşmeleri (PPA'lar) ve AB Uyum Sürecinde Türkiye'deki İlgili Mevzuatlara Entegrasyonu</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>580</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786258038552</t>
+          <t>9786258092295</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Topluluğunda Sorumluluk Esasları (Ciltli)</t>
+          <t>Milletlerarası Özel Hukuk ve Usul Hukuku Temel Bilgiler</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>920</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786258038545</t>
+          <t>9786257277006</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Acentelik Hukuku (Ciltli)</t>
+          <t>Alman Ceza Hukukunda Suç ve Terör Örgütleriyle Bağlantılı Suçlar ve İştirak Hükümleriyle İlişkileri</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>920</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786258038507</t>
+          <t>9786257088800</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Ayni Akit</t>
+          <t>Çocukların Cinsel İstismarı Suçunun Nitelikli Hali</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>460</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786258038484</t>
+          <t>9789944416689</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Konut ve Çatılı İşyeri Kira Sözleşmesinin Kiraya Veren Tarafından İhtiyaç Nedeniyle Sona Erdirilmesi</t>
+          <t>Ecrimisil Davaları ve Yargılama Usulü (Ciltli)</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>350</v>
+        <v>124</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786258038477</t>
+          <t>9786055336912</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Teknik ve Hukuki Boyutlarıyla "CE" İşareti</t>
+          <t>Yargıtay Hukuk Genel Kurulu Örnek Kararları (Ciltli)</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786258038460</t>
+          <t>9786258038866</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Ceza Sorumluluğunun Şahsiliği İlkesi</t>
+          <t>İcra Müdürlüğü Sınavı Mevzuatı</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>575</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786258038453</t>
+          <t>9786258038842</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Savcılık Soruşturma Rehberi (Ciltli)</t>
+          <t>İşverenin Eşit Davranma Borcu</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>1500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786258038439</t>
+          <t>9786258038774</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu</t>
+          <t>Ceza Yargıcının Cumhuriyet Savcısının ve Ceza Avukatının Başvuru Rehberi</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>130</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786258038309</t>
+          <t>9786258038767</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Ticari İş Kavramı ve Ticari İşlerde Faiz</t>
+          <t>Uluslararası Adli İşbirliği Kanunu Çerçevesinde İade</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>330</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786258038293</t>
+          <t>9786053009757</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim, Sahiplik Yapısı ve Sermaye Yapısı Kararları</t>
+          <t>İşçilerin Yıllık Ücretli İzin Hakkı</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>390</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786258038224</t>
+          <t>9786258038712</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Davaları ve Yargılama İşlemleri (Ciltli)</t>
+          <t>Sırf Askeri Suçlar</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>2530</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786258038200</t>
+          <t>9786258038699</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Yürütmenin Denetlenmesi</t>
+          <t>Banka veya Kredi Kartlarının Kötüye Kullanılması Suçu (Ciltli)</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>680</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786258038187</t>
+          <t>9786258038682</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Döneminin Sonuna Kadar Osmanlı Devletinde Padişahlık Makamı</t>
+          <t>Hukukta Disiplinlerarası Yaklaşımlar Konferansları No.2 - Hukukta Anlaşmazlık Çözüm Yolları Uluslararası Sempozyumu</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>370</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786258038170</t>
+          <t>9786053009542</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Gizli Tanıklığın Değerlendirilmesi</t>
+          <t>Uzlaştırmacı Sınavına Hazırlık Soru Bankası</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>300</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786258038163</t>
+          <t>9786258038637</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Medeni Yargılamada Hukuka Aykırı Delil</t>
+          <t>Kitle İletişiminde Denetim</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>243</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786258038118</t>
+          <t>9786258038552</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Turkish Construction Arbitration: An International Perpective</t>
+          <t>Şirketler Topluluğunda Sorumluluk Esasları (Ciltli)</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>350</v>
+        <v>920</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786053008088</t>
+          <t>9786258038545</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>İş ve Sosyal Güvenlik Hukukunda Analık</t>
+          <t>Acentelik Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>680</v>
+        <v>920</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786258038101</t>
+          <t>9786258038507</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukuku Pratik Çalışmaları</t>
+          <t>Ayni Akit</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786258038095</t>
+          <t>9786258038484</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Barış Harekatı ve Doğu Akdeniz Politikası</t>
+          <t>Konut ve Çatılı İşyeri Kira Sözleşmesinin Kiraya Veren Tarafından İhtiyaç Nedeniyle Sona Erdirilmesi</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786258038088</t>
+          <t>9786258038477</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Çatışmalarının Dengelenmesi ve Avrupa İnsan Hakları Mahkemesi Uygulaması</t>
+          <t>Teknik ve Hukuki Boyutlarıyla "CE" İşareti</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>460</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786258038057</t>
+          <t>9786258038460</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Şemalarla Bireysel İş Hukuku</t>
+          <t>Ceza Sorumluluğunun Şahsiliği İlkesi</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>84</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786258038033</t>
+          <t>9786258038453</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Kişisel Hakları</t>
+          <t>Savcılık Soruşturma Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>480</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786258038026</t>
+          <t>9786258038439</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasa Hukukunda Yasama Sorumsuzluğu</t>
+          <t>İcra ve İflas Kanunu</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786258038019</t>
+          <t>9786258038309</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>İş Sırrının Korunması ve Rekabet Yasağı Sözleşmesi</t>
+          <t>Ticari İş Kavramı ve Ticari İşlerde Faiz</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786053006831</t>
+          <t>9786258038293</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Küçük ve Kısıtlılara Yönelik Tıbbi Müdahalelerde Aydınlatılmış Onam</t>
+          <t>Kurumsal Yönetim, Sahiplik Yapısı ve Sermaye Yapısı Kararları</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786258038002</t>
+          <t>9786258038224</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Kanunu'na Aykırı Davranılmasında Hukuki Sorumluluk</t>
+          <t>Gayrimenkul Davaları ve Yargılama İşlemleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>260</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786257595735</t>
+          <t>9786258038200</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Hüküm Kurma Esasları ve Gerekçe (Ciltli)</t>
+          <t>Yürütmenin Denetlenmesi</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>1020</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786257802994</t>
+          <t>9786258038187</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Geçici Koruma Statüsünün Kapsamı ve Geçici Korumadan Yararlananların Hakları</t>
+          <t>Tanzimat Döneminin Sonuna Kadar Osmanlı Devletinde Padişahlık Makamı</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>260</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786257595728</t>
+          <t>9786258038170</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Haksız Tahrik (Ciltli)</t>
+          <t>Gizli Tanıklığın Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786257595711</t>
+          <t>9786258038163</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Yargılamanın Yenilenmesi</t>
+          <t>Medeni Yargılamada Hukuka Aykırı Delil</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>230</v>
+        <v>243</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786257802987</t>
+          <t>9786258038118</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Yargılama Giderleri</t>
+          <t>Turkish Construction Arbitration: An International Perpective</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>513</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786257595698</t>
+          <t>9786053008088</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Boşanma Nafakası (Yoksulluk Nafakası) (Ciltli)</t>
+          <t>İş ve Sosyal Güvenlik Hukukunda Analık</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>610</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786257595681</t>
+          <t>9786258038101</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>İddianamenin İadesi</t>
+          <t>Kıymetli Evrak Hukuku Pratik Çalışmaları</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786257595667</t>
+          <t>9786258038095</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Haksız Tahrik</t>
+          <t>Kıbrıs Barış Harekatı ve Doğu Akdeniz Politikası</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>520</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786257595643</t>
+          <t>9786258038088</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>İdari Hizmet Sözleşmelerinin Türkiye ve Rusya Federasyonundaki Uygulanmasının Karşılaştırılması</t>
+          <t>İnsan Hakları Çatışmalarının Dengelenmesi ve Avrupa İnsan Hakları Mahkemesi Uygulaması</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>330</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786257595629</t>
+          <t>9786258038057</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Uygulamadan Doğan İdari Yargı (Tam Yargı) Davaları</t>
+          <t>Şemalarla Bireysel İş Hukuku</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>338</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786257595605</t>
+          <t>9786258038033</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Türk Rekabet Hukukunda Finansal Sektörün Uyumlu Eylemleri</t>
+          <t>Çocukların Kişisel Hakları</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>390</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786257595599</t>
+          <t>9786258038026</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Azınlık Haklarının Kötüye Kullanılmasına Karşı Çoğunluğun Korunması (Ciltli)</t>
+          <t>Türk Anayasa Hukukunda Yasama Sorumsuzluğu</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>760</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786257595575</t>
+          <t>9786258038019</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Kenar Mahalle Resti</t>
+          <t>İş Sırrının Korunması ve Rekabet Yasağı Sözleşmesi</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786257595483</t>
+          <t>9786053006831</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Sınai Mülkiyet Kanunu (Ciltli)</t>
+          <t>Küçük ve Kısıtlılara Yönelik Tıbbi Müdahalelerde Aydınlatılmış Onam</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786257595476</t>
+          <t>9786258038002</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Taşınmaz Mal Haczi ve Satışı (Ciltli)</t>
+          <t>Kişisel Verilerin Korunması Kanunu'na Aykırı Davranılmasında Hukuki Sorumluluk</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>800</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786257595421</t>
+          <t>9786257595735</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Silahların Eşitliği İlkesi</t>
+          <t>Hüküm Kurma Esasları ve Gerekçe (Ciltli)</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>790</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786257802864</t>
+          <t>9786257802994</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Güvenlik Tedbirleri ve Muhakeme Usulü</t>
+          <t>Geçici Koruma Statüsünün Kapsamı ve Geçici Korumadan Yararlananların Hakları</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>1120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786257802857</t>
+          <t>9786257595728</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılamasında Jüri</t>
+          <t>Haksız Tahrik (Ciltli)</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>216</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786257802802</t>
+          <t>9786257595711</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Mecelle Üzerine Etütler I</t>
+          <t>Ceza Muhakemesinde Yargılamanın Yenilenmesi</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>410</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786257595391</t>
+          <t>9786257802987</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Yönleriyle Dahilde İşleme Rejimi ve Türkiye Uygulaması</t>
+          <t>Yargılama Giderleri</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>290</v>
+        <v>513</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786257595384</t>
+          <t>9786257595698</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Hakem Heyetleri</t>
+          <t>Boşanma Nafakası (Yoksulluk Nafakası) (Ciltli)</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>390</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786257595377</t>
+          <t>9786257595681</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Tüketicinin Korunması Hakkında Kanun Şerhi (Ciltli)</t>
+          <t>İddianamenin İadesi</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>1310</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786257595261</t>
+          <t>9786257595667</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Suçlar</t>
+          <t>Türk Ceza Hukukunda Haksız Tahrik</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>2148664620162</t>
+          <t>9786257595643</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku ve Kriminoloji Dergisi Cilt:4 Yıl:2016 Sayı:2</t>
+          <t>İdari Hizmet Sözleşmelerinin Türkiye ve Rusya Federasyonundaki Uygulanmasının Karşılaştırılması</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>70</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786257595186</t>
+          <t>9786257595629</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Uzlaştırmacı Sınavı Hazırlık + Soru Bankası ve Yenileme Eğitimi</t>
+          <t>Tıbbi Uygulamadan Doğan İdari Yargı (Tam Yargı) Davaları</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>340</v>
+        <v>338</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786257802772</t>
+          <t>9786257595605</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Mirasın Geçmesi ve Sonuçları</t>
+          <t>Avrupa Birliği ve Türk Rekabet Hukukunda Finansal Sektörün Uyumlu Eylemleri</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>880</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>2148664620153</t>
+          <t>9786257595599</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku ve Kriminoloji Dergisi Cilt:4 Yıl:2016 Sayı:1</t>
+          <t>Anonim Şirketlerde Azınlık Haklarının Kötüye Kullanılmasına Karşı Çoğunluğun Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>70</v>
+        <v>760</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786257467988</t>
+          <t>9786257595575</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Hukuka Aykırı Eylem ve Diplomatik Özür</t>
+          <t>Kenar Mahalle Resti</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786257802734</t>
+          <t>9786257595483</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukukuna Giriş</t>
+          <t>Sınai Mülkiyet Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786257467957</t>
+          <t>9786257595476</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu (Ciltli)</t>
+          <t>Taşınmaz Mal Haczi ve Satışı (Ciltli)</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>530</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786257467940</t>
+          <t>9786257595421</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Hırsızlık Karşılıksız Yararlanma (Kaçak Elektrik, Su ve Doğalgaz Kullanımı) ve Yağma Suçları (Ciltli)</t>
+          <t>Silahların Eşitliği İlkesi</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>480</v>
+        <v>790</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786257467926</t>
+          <t>9786257802864</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk Temel Bilgiler</t>
+          <t>Güvenlik Tedbirleri ve Muhakeme Usulü</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>360</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786257467919</t>
+          <t>9786257802857</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Ev Hizmetlerinde Çalışanlar</t>
+          <t>Ceza Yargılamasında Jüri</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>540</v>
+        <v>216</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786257467902</t>
+          <t>9786257802802</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Basit Yargılama Usulü</t>
+          <t>Mecelle Üzerine Etütler I</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>243</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786257467896</t>
+          <t>9786257595391</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Yargılamasında Uzman Görüşü</t>
+          <t>Hukuki Yönleriyle Dahilde İşleme Rejimi ve Türkiye Uygulaması</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>243</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786257802666</t>
+          <t>9786257595384</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Dinlenme ve İzin Hakları</t>
+          <t>Tüketici Hakem Heyetleri</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>810</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786257802659</t>
+          <t>9786257595377</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukuku'nda İltizam Sözleşmeleri ve Sarraflar</t>
+          <t>Tüketicinin Korunması Hakkında Kanun Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>390</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786257467841</t>
+          <t>9786257595261</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Hukuku Pratik Çalışma Kitabı</t>
+          <t>Uluslararası Suçlar</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>176</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786257467810</t>
+          <t>2148664620162</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi ve Yargılamada Kullandığı Yöntem, İlke ve Usuller</t>
+          <t>Ceza Hukuku ve Kriminoloji Dergisi Cilt:4 Yıl:2016 Sayı:2</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>176</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786257467797</t>
+          <t>9786257595186</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Davaları Uygulama Rehberi (Ciltli)</t>
+          <t>Uzlaştırmacı Sınavı Hazırlık + Soru Bankası ve Yenileme Eğitimi</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>510</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786053001270</t>
+          <t>9786257802772</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Kapitülasyonlar ve Osmanlı - Türk Adli ve İdari Modernleşmesi</t>
+          <t>Mirasın Geçmesi ve Sonuçları</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>165</v>
+        <v>880</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786257467742</t>
+          <t>2148664620153</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku</t>
+          <t>Ceza Hukuku ve Kriminoloji Dergisi Cilt:4 Yıl:2016 Sayı:1</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>210</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786257467704</t>
+          <t>9786257467988</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucu ve Uyarıcı Madde İmal ve Ticareti Suçları</t>
+          <t>Uluslararası Hukukta Hukuka Aykırı Eylem ve Diplomatik Özür</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786257802123</t>
+          <t>9786257802734</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Classifying Foreign Fighters: The Case Of Ypg</t>
+          <t>İdare Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786257467612</t>
+          <t>9786257467957</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>İstihkak Davaları (Ciltli)</t>
+          <t>Türk Borçlar Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>730</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786257467605</t>
+          <t>9786257467940</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması</t>
+          <t>Hırsızlık Karşılıksız Yararlanma (Kaçak Elektrik, Su ve Doğalgaz Kullanımı) ve Yağma Suçları (Ciltli)</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>370</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786257467599</t>
+          <t>9786257467926</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Ceza Hukuku Özel Hükümler Pratik Çalışma Kitabı</t>
+          <t>Uluslararası Hukuk Temel Bilgiler</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>390</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786257467582</t>
+          <t>9786257467919</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Tarım Sektöründe Çalışanların Sosyal Güvenliği</t>
+          <t>Ev Hizmetlerinde Çalışanlar</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>870</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786257467575</t>
+          <t>9786257467902</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Toplum Yararına Program</t>
+          <t>Basit Yargılama Usulü</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>630</v>
+        <v>243</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786257467568</t>
+          <t>9786257467896</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Hukuku (Ciltli)</t>
+          <t>Hukuk Yargılamasında Uzman Görüşü</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>875</v>
+        <v>243</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786257656986</t>
+          <t>9786257802666</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Özgü İnfaz Rejimi</t>
+          <t>İş Hukukunda Dinlenme ve İzin Hakları</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>390</v>
+        <v>810</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786257656948</t>
+          <t>9786257802659</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Bölge Adliye Mahkemesi Cumhuriyet Başsavcılığı</t>
+          <t>Osmanlı Hukuku'nda İltizam Sözleşmeleri ve Sarraflar</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786257467513</t>
+          <t>9786257467841</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>İktisadi ve Mali Sorunlar Üzerine İncelemeler</t>
+          <t>İdari Yargılama Hukuku Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>460</v>
+        <v>176</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786257656870</t>
+          <t>9786257467810</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Müdafi Yardımından Yararlanma Hakkı</t>
+          <t>Avrupa İnsan Hakları Mahkemesi ve Yargılamada Kullandığı Yöntem, İlke ve Usuller</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>370</v>
+        <v>176</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786257467490</t>
+          <t>9786257467797</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Hukuka Aykırı Delillerin Değerlendirilmesi Yasağının Adil Yargılanma Hakkı Çerçevesinde İncelenmesi</t>
+          <t>İcra ve İflas Davaları Uygulama Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>284</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786257467483</t>
+          <t>9786053001270</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Güncel Tartışmalar</t>
+          <t>Kapitülasyonlar ve Osmanlı - Türk Adli ve İdari Modernleşmesi</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>480</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786257656849</t>
+          <t>9786257467742</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Suçta ve Cezada Kanunilik İlkesi</t>
+          <t>Vergi Hukuku</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>410</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786257656832</t>
+          <t>9786257467704</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Suçsuzluk Karinesi</t>
+          <t>Uyuşturucu ve Uyarıcı Madde İmal ve Ticareti Suçları</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>770</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786257467445</t>
+          <t>9786257802123</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Eşler Arasındaki Mal Rejimi Davalarında Yargıtay Uygulaması</t>
+          <t>Classifying Foreign Fighters: The Case Of Ypg</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>470</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786257656740</t>
+          <t>9786257467612</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Teamül Kurallarının Gelişiminde Uluslararası Yargı Kararlarının Rolü</t>
+          <t>İstihkak Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>405</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786257656719</t>
+          <t>9786257467605</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Eser Sözleşmesinde Yüklenicinin Özen Borcu</t>
+          <t>Kişisel Verilerin Korunması</t>
         </is>
       </c>
       <c r="C1236" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786257656702</t>
+          <t>9786257467599</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Kamu Davasına Katılma</t>
+          <t>Uygulamalı Ceza Hukuku Özel Hükümler Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>370</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786257656696</t>
+          <t>9786257467582</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Kumar Oynanması için Yer ve İmkan Sağlama Suçu</t>
+          <t>Tarım Sektöründe Çalışanların Sosyal Güvenliği</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>500</v>
+        <v>870</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786051468976</t>
+          <t>9786257467575</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>İflas, İflasın Ertelenmesi Konkordato ve Yargılama Usulü (Ciltli)</t>
+          <t>Toplum Yararına Program</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>330</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786257467353</t>
+          <t>9786257467568</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>İşletme Adı ve İşletme Adının Korunması</t>
+          <t>İnşaat Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>410</v>
+        <v>875</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786257656597</t>
+          <t>9786257656986</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Alanında Yeni Gelişmeler Sempozyumu</t>
+          <t>Çocuklara Özgü İnfaz Rejimi</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786257656580</t>
+          <t>9786257656948</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>2011 Sonrası Türkiye'deki Gayrimüslim Göçmenlerin Durumu</t>
+          <t>Bölge Adliye Mahkemesi Cumhuriyet Başsavcılığı</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786257656573</t>
+          <t>9786257467513</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Boşanmanın Çocuklar Bakımından Hukuki Sonuçları</t>
+          <t>İktisadi ve Mali Sorunlar Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>330</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786257656542</t>
+          <t>9786257656870</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Türk İdari Yargılama Hukukunda Temyiz</t>
+          <t>Ceza Muhakemesi Hukukunda Müdafi Yardımından Yararlanma Hakkı</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>324</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786257656528</t>
+          <t>9786257467490</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Hukuku</t>
+          <t>Hukuka Aykırı Delillerin Değerlendirilmesi Yasağının Adil Yargılanma Hakkı Çerçevesinde İncelenmesi</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>460</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786257656498</t>
+          <t>9786257467483</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Hukukunda Süre Uzatımı</t>
+          <t>Sosyal Bilimlerde Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786257467346</t>
+          <t>9786257656849</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Yağma Suçu ve Benzer Suçlarla Karşılaştırılması</t>
+          <t>Suçta ve Cezada Kanunilik İlkesi</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>570</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786257467308</t>
+          <t>9786257656832</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukukunda Nişanlanma</t>
+          <t>Suçsuzluk Karinesi</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>330</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786257467292</t>
+          <t>9786257467445</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Sporda Irkçılık ve Ayrımcılık Yasağı</t>
+          <t>Eşler Arasındaki Mal Rejimi Davalarında Yargıtay Uygulaması</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>330</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786257467285</t>
+          <t>9786257656740</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Hükmün Açıklanmasının Geri Bırakılması</t>
+          <t>Uluslararası Teamül Kurallarının Gelişiminde Uluslararası Yargı Kararlarının Rolü</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>500</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786257467278</t>
+          <t>9786257656719</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Kamu İdaresinin Güvenilirliğine ve İşleyişine Karşı Suçlar (Ciltli)</t>
+          <t>Eser Sözleşmesinde Yüklenicinin Özen Borcu</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>275</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786257467261</t>
+          <t>9786257656702</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Nükleer Silahların Kullanımının Yasaklanması Sorunu ve Kuzey Kore Örneği</t>
+          <t>Kamu Davasına Katılma</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>540</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786257467247</t>
+          <t>9786257656696</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Sahte Belge ve Muhteviyatı İtibari ile Yanıltıcı Belge Düzenleme ve Kullanma Suçları</t>
+          <t>Kumar Oynanması için Yer ve İmkan Sağlama Suçu</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>770</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786257467216</t>
+          <t>9786051468976</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Suçların İçtimaı</t>
+          <t>İflas, İflasın Ertelenmesi Konkordato ve Yargılama Usulü (Ciltli)</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>540</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786053004219</t>
+          <t>9786257467353</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Kamulaştırmasız El Atma Davaları</t>
+          <t>İşletme Adı ve İşletme Adının Korunması</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>155</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786257467209</t>
+          <t>9786257656597</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Hazar'ın Hukuki Statüsü</t>
+          <t>Kişisel Verilerin Korunması Alanında Yeni Gelişmeler Sempozyumu</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>460</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786257656405</t>
+          <t>9786257656580</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Şekil</t>
+          <t>2011 Sonrası Türkiye'deki Gayrimüslim Göçmenlerin Durumu</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786257467193</t>
+          <t>9786257656573</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Çekte Zamanaşımı</t>
+          <t>Boşanmanın Çocuklar Bakımından Hukuki Sonuçları</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786257467179</t>
+          <t>9786257656542</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Kişilere Karşı Suçlar</t>
+          <t>Türk İdari Yargılama Hukukunda Temyiz</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>430</v>
+        <v>324</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786257656382</t>
+          <t>9786257656528</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde Yeni Bir Sorun: Örgütsel Zehirlenme</t>
+          <t>Sigorta Hukuku</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>260</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786257467162</t>
+          <t>9786257656498</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Hekimin Sorumluluğu</t>
+          <t>İnşaat Hukukunda Süre Uzatımı</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786257467148</t>
+          <t>9786257467346</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Kamu İcra Hukukunda Tasarrufun İptali Davaları</t>
+          <t>Yağma Suçu ve Benzer Suçlarla Karşılaştırılması</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>390</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786257656368</t>
+          <t>9786257467308</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Preventing The Use Biological Weapons And Bioterrorism: A Dilemma İn A World Full Of Conspiracies</t>
+          <t>Osmanlı Hukukunda Nişanlanma</t>
         </is>
       </c>
       <c r="C1263" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786257467131</t>
+          <t>9786257467292</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Sözleşmenin Kurulmasında İrade Açıklamalarının Yorumu</t>
+          <t>Sporda Irkçılık ve Ayrımcılık Yasağı</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>690</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786257656351</t>
+          <t>9786257467285</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Koşullu Salıverilme Kurumu ve Etkinliğinin Geliştirilmesi</t>
+          <t>Hükmün Açıklanmasının Geri Bırakılması</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>460</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786053003960</t>
+          <t>9786257467278</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Örgütlü Suçlar</t>
+          <t>Kamu İdaresinin Güvenilirliğine ve İşleyişine Karşı Suçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>52</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786257467117</t>
+          <t>9786257467261</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Kamu Alacağının Cebren Tahsilinde Ödeme Emri Uygulaması</t>
+          <t>Uluslararası Hukukta Nükleer Silahların Kullanımının Yasaklanması Sorunu ve Kuzey Kore Örneği</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>290</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786257656344</t>
+          <t>9786257467247</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Ceza Muhakemesi Hukuku Pratik Çalışma Kitabı</t>
+          <t>Sahte Belge ve Muhteviyatı İtibari ile Yanıltıcı Belge Düzenleme ve Kullanma Suçları</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>130</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786257467100</t>
+          <t>9786257467216</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Foreign Individual's Acquisition of Real Estate in Turkey</t>
+          <t>Türk Ceza Hukukunda Suçların İçtimaı</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>370</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786257656313</t>
+          <t>9786053004219</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Varlık Fonu</t>
+          <t>Kamulaştırmasız El Atma Davaları</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>390</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786257467049</t>
+          <t>9786257467209</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Önalım Davaları (Ciltli)</t>
+          <t>Hazar'ın Hukuki Statüsü</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>730</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786257656283</t>
+          <t>9786257656405</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Davalarında Mecburi Dava Arkadaşlığı (Ciltli)</t>
+          <t>Milletlerarası Özel Hukukta Şekil</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>770</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786257656207</t>
+          <t>9786257467193</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Sermayenin Kaybı ve Borca Batıklık</t>
+          <t>Çekte Zamanaşımı</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786257467032</t>
+          <t>9786257467179</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Akademik Personelin Disiplin Rejimi</t>
+          <t>İslam Hukukunda Kişilere Karşı Suçlar</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786257467025</t>
+          <t>9786257656382</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunun İşlevini Yeniden Düşünmek</t>
+          <t>Yönetimde Yeni Bir Sorun: Örgütsel Zehirlenme</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>370</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786257467018</t>
+          <t>9786257467162</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Cinsel İstismarı Suçuna Özgü Yaptırımlar ve İnfaz Rejimi</t>
+          <t>Hekimin Sorumluluğu</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786257656139</t>
+          <t>9786257467148</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Memur Soruşturma Hukuku</t>
+          <t>Kamu İcra Hukukunda Tasarrufun İptali Davaları</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>730</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786257656122</t>
+          <t>9786257656368</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Kamu Güvenliği Karşısında Özgürlük-Otorite Dengesinin Sağlanması ve Devletin Rolü</t>
+          <t>Preventing The Use Biological Weapons And Bioterrorism: A Dilemma İn A World Full Of Conspiracies</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786257277983</t>
+          <t>9786257467131</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Bir Güvenlik Tedbiri Türü Olarak Belli Hakları Kullanmaktan Yoksun Bırakılma (Hak Yoksunlukları)</t>
+          <t>Sözleşmenin Kurulmasında İrade Açıklamalarının Yorumu</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>500</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786257656092</t>
+          <t>9786257656351</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Modern Teknolojinin Hukuki Temelleri: Telgraf Örneği</t>
+          <t>Koşullu Salıverilme Kurumu ve Etkinliğinin Geliştirilmesi</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786257656078</t>
+          <t>9786053003960</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Tüketici İşlemi Niteliğindeki Promosyonlu Satış Sözleşmeleri</t>
+          <t>Örgütlü Suçlar</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>410</v>
+        <v>52</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786257656061</t>
+          <t>9786257467117</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Rizikonun Gerçekleşmesinde Kusurun Sigorta Tazminatı ve Sigorta Bedelinin Ödenmesine Etkisi</t>
+          <t>Kamu Alacağının Cebren Tahsilinde Ödeme Emri Uygulaması</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786257277860</t>
+          <t>9786257656344</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Franchise Sözleşmesinde Denkleştirme Talebi</t>
+          <t>Uygulamalı Ceza Muhakemesi Hukuku Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>460</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786257277792</t>
+          <t>9786257467100</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Özel Hukukun Güncel Meseleleri Sempozyumu -II-</t>
+          <t>Foreign Individual's Acquisition of Real Estate in Turkey</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>630</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786051465975</t>
+          <t>9786257656313</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Yargısının Sınırları Sorunu</t>
+          <t>Türkiye Varlık Fonu</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>47</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786257277785</t>
+          <t>9786257467049</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Seri Muhakeme ve Basit Yargılama</t>
+          <t>Önalım Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>244</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786257656009</t>
+          <t>9786257656283</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Ölünceye Kadar Bakma Sözleşmesinde Muvazaa ve Tenkis</t>
+          <t>Hukuk Davalarında Mecburi Dava Arkadaşlığı (Ciltli)</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>330</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786257277716</t>
+          <t>9786257656207</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Yargı Etiği Felsefesi ve Fragmanları</t>
+          <t>Anonim Şirketlerde Sermayenin Kaybı ve Borca Batıklık</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>176</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786257277693</t>
+          <t>9786257467032</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Lekelenmeme Hakkı</t>
+          <t>Akademik Personelin Disiplin Rejimi</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786257277679</t>
+          <t>9786257467025</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Rusya Federasyonu Anayasal Düzeninde Devlet Başkanının Konumu ve Fonksiyonu</t>
+          <t>Ceza Hukukunun İşlevini Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>520</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786257277600</t>
+          <t>9786257467018</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Kolluğun Zor ve Silah Kullanma Yetkisi ve Sınırları</t>
+          <t>Çocuğun Cinsel İstismarı Suçuna Özgü Yaptırımlar ve İnfaz Rejimi</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786257595995</t>
+          <t>9786257656139</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Hükmün Açıklanmasının Geri Bırakılması (Ciltli)</t>
+          <t>Memur Soruşturma Hukuku</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>430</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786257595988</t>
+          <t>9786257656122</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>İdari İstikrar İlkesi (Ciltli)</t>
+          <t>Kamu Güvenliği Karşısında Özgürlük-Otorite Dengesinin Sağlanması ve Devletin Rolü</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>610</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786257277501</t>
+          <t>9786257277983</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Din ve Vicdan Özgürlüğü</t>
+          <t>Bir Güvenlik Tedbiri Türü Olarak Belli Hakları Kullanmaktan Yoksun Bırakılma (Hak Yoksunlukları)</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>770</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786257595933</t>
+          <t>9786257656092</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verileri Koruma Kurulu Tarafından Verilen İdari Para Cezaları</t>
+          <t>Modern Teknolojinin Hukuki Temelleri: Telgraf Örneği</t>
         </is>
       </c>
       <c r="C1295" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786257277495</t>
+          <t>9786257656078</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Meclis Araştırması ve Görüşülen Meclis Araştırma Komisyonu Raporlarının Hukuk Devleti İlkesi Bakımından Değerlendirilmesi</t>
+          <t>Tüketici İşlemi Niteliğindeki Promosyonlu Satış Sözleşmeleri</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>570</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786257595919</t>
+          <t>9786257656061</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Eser Sözleşmesinde Ayıbı Takip Eden Zarardan Sorumluluk</t>
+          <t>Rizikonun Gerçekleşmesinde Kusurun Sigorta Tazminatı ve Sigorta Bedelinin Ödenmesine Etkisi</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>630</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786257277471</t>
+          <t>9786257277860</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Hukukunda İstinabe</t>
+          <t>Franchise Sözleşmesinde Denkleştirme Talebi</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>135</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786257277358</t>
+          <t>9786257277792</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Ürün Kirası Sözleşmesi</t>
+          <t>Özel Hukukun Güncel Meseleleri Sempozyumu -II-</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>570</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786257277303</t>
+          <t>9786051465975</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Andlaşmaların Sona Erdirilmesi ve Yürürlüğünün Askıya Alınması veya Çekilme</t>
+          <t>Anayasa Yargısının Sınırları Sorunu</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>300</v>
+        <v>47</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786257277280</t>
+          <t>9786257277785</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Temel Kavramlarla Arabuluculuk</t>
+          <t>Seri Muhakeme ve Basit Yargılama</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>290</v>
+        <v>244</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786257277228</t>
+          <t>9786257656009</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Varlık Fonu</t>
+          <t>Ölünceye Kadar Bakma Sözleşmesinde Muvazaa ve Tenkis</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786257277204</t>
+          <t>9786257277716</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargıda Dava Açma Süreleri ve Genel Esasları</t>
+          <t>Yargı Etiği Felsefesi ve Fragmanları</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>270</v>
+        <v>176</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786257595896</t>
+          <t>9786257277693</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Yabancı Terörist Savaşçılar</t>
+          <t>Lekelenmeme Hakkı</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>630</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786257595889</t>
+          <t>9786257277679</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Maritime Areas, Illegal Migration And Interception Of Vessels</t>
+          <t>Rusya Federasyonu Anayasal Düzeninde Devlet Başkanının Konumu ve Fonksiyonu</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>500</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786257595872</t>
+          <t>9786257277600</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Şirketlerinde Birleşme, Bölünme ve Tür Değiştirmenin İş İlişkilerine Etkisi</t>
+          <t>Kolluğun Zor ve Silah Kullanma Yetkisi ve Sınırları</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786257277150</t>
+          <t>9786257595995</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>İstinaf Kanun Yolunda Kovuşturma</t>
+          <t>Hükmün Açıklanmasının Geri Bırakılması (Ciltli)</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>610</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786257595865</t>
+          <t>9786257595988</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Bedensel Zararların Tazmininde Zorunlu Mali Sorumluluk Sigortası</t>
+          <t>İdari İstikrar İlkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>350</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786257595841</t>
+          <t>9786257277501</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Kiracının Kiralananı Geri Verme Borcu (Ciltli)</t>
+          <t>Avrupa'da Din ve Vicdan Özgürlüğü</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>510</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786257595834</t>
+          <t>9786257595933</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucu Madde Suçları</t>
+          <t>Kişisel Verileri Koruma Kurulu Tarafından Verilen İdari Para Cezaları</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786257595810</t>
+          <t>9786257277495</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Tapu ve Kadastro İşlemleri ve Bunlara İlişkin Mali Yükümlülükler</t>
+          <t>Meclis Araştırması ve Görüşülen Meclis Araştırma Komisyonu Raporlarının Hukuk Devleti İlkesi Bakımından Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>390</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786257595803</t>
+          <t>9786257595919</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Konkordato (Ciltli)</t>
+          <t>Eser Sözleşmesinde Ayıbı Takip Eden Zarardan Sorumluluk</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>500</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786051463735</t>
+          <t>9786257277471</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>ABD Ceza Yargılaması Hukukunda Mahkeme Kararları Işığında</t>
+          <t>İdari Yargılama Hukukunda İstinabe</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>60</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786257277037</t>
+          <t>9786257277358</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Kamu Kuruluşlarının İşçilik Alacaklarından Sorumluluğu</t>
+          <t>Ürün Kirası Sözleşmesi</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>340</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786257595773</t>
+          <t>9786257277303</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Kıyıların Hukuksal Statüsü ve Kıyılardan Yararlanma Hakkı</t>
+          <t>Uluslararası Andlaşmaların Sona Erdirilmesi ve Yürürlüğünün Askıya Alınması veya Çekilme</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786257595759</t>
+          <t>9786257277280</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Dinlenme Süreleri</t>
+          <t>Temel Kavramlarla Arabuluculuk</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786051463322</t>
+          <t>9786257277228</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Marka Hakkının İhlalinden Doğan Cezai Sorumluluk</t>
+          <t>Türkiye Varlık Fonu</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>135</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786051462529</t>
+          <t>9786257277204</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Banka Yönetici ve Ortaklarının Hukuki Sorumluluğu (Ciltli)</t>
+          <t>İdari Yargıda Dava Açma Süreleri ve Genel Esasları</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786257802758</t>
+          <t>9786257595896</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Temel Hukuk Bilgisi</t>
+          <t>Avrupa'da Yabancı Terörist Savaşçılar</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>320</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9789754416665</t>
+          <t>9786257595889</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Askeri Personel İçin Hukuk Rehberi</t>
+          <t>Maritime Areas, Illegal Migration And Interception Of Vessels</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>80</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786257088954</t>
+          <t>9786257595872</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Introduction to Turkish Business Law (Cases &amp; Materials)</t>
+          <t>Ticaret Şirketlerinde Birleşme, Bölünme ve Tür Değiştirmenin İş İlişkilerine Etkisi</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9789756385126</t>
+          <t>9786257277150</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Futbol Mevzuatı (Ciltli)</t>
+          <t>İstinaf Kanun Yolunda Kovuşturma</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>70</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9789754416603</t>
+          <t>9786257595865</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Mahkemelerin Kamu Düzenine İlişkin Yetkisi</t>
+          <t>Bedensel Zararların Tazmininde Zorunlu Mali Sorumluluk Sigortası</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786053009276</t>
+          <t>9786257595841</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Polis Disiplin Hukuku</t>
+          <t>Kiracının Kiralananı Geri Verme Borcu (Ciltli)</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>440</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786053008507</t>
+          <t>9786257595834</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Arabuluculuk Sınavına Hazırlık</t>
+          <t>Uyuşturucu Madde Suçları</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>78</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786257802024</t>
+          <t>9786257595810</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Patent Hakkının Sınırları ve İstisnaları (Kamu Sağlığı Gerekçesi Özelinde İncelenmesi)</t>
+          <t>Tapu ve Kadastro İşlemleri ve Bunlara İlişkin Mali Yükümlülükler</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>690</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786258038149</t>
+          <t>9786257595803</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Covid 19 Sürecinde İş Hukuku</t>
+          <t>Türk Hukukunda Konkordato (Ciltli)</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786258038064</t>
+          <t>9786051463735</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Access to Justice for Consumers in Emerging Economies</t>
+          <t>ABD Ceza Yargılaması Hukukunda Mahkeme Kararları Işığında</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>260</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786258038132</t>
+          <t>9786257277037</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Yapılarda İnovasyon ve Presenteeism Kavramlarının İlişkileri</t>
+          <t>Kamu Kuruluşlarının İşçilik Alacaklarından Sorumluluğu</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786258038354</t>
+          <t>9786257595773</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Kamu Görevlisinin Kişisel Kusuru ve Sorumluluğu</t>
+          <t>Kıyıların Hukuksal Statüsü ve Kıyılardan Yararlanma Hakkı</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>410</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786258038330</t>
+          <t>9786257595759</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık İşlemlerinden Alınacak Ücretlere İlişkin Olarak Uygulama Esaslarının Değerlendirilmesi</t>
+          <t>İş Hukukunda Dinlenme Süreleri</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786258038392</t>
+          <t>9786051463322</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza ve Ceza Muhakemesi Hukukunda Önödeme</t>
+          <t>Marka Hakkının İhlalinden Doğan Cezai Sorumluluk</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>460</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786258038385</t>
+          <t>9786051462529</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Vakıfların Vergilendirilmesi</t>
+          <t>Banka Yönetici ve Ortaklarının Hukuki Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786258038156</t>
+          <t>9786257802758</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi'ne Bireysel Başvuru Kararları Işığında Tutuklama</t>
+          <t>Temel Hukuk Bilgisi</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>370</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786258038262</t>
+          <t>9789754416665</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Genetik Yapısı Değiştirilmiş Organizma ve Ürünlerinden Doğan Hukuki Sorumluluk</t>
+          <t>Askeri Personel İçin Hukuk Rehberi</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>630</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786258038347</t>
+          <t>9786257088954</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Çevrenin Korunmasında Beyaz Enerjinin Rolü ve Yargısal Denetimi</t>
+          <t>Introduction to Turkish Business Law (Cases &amp; Materials)</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>554</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786258038040</t>
+          <t>9789756385126</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Alım Hakkı (Ciltli)</t>
+          <t>Futbol Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>730</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786258038279</t>
+          <t>9789754416603</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Marka Hakkına İktibas veya İltibas Suretiyle Tecavüz Suçu</t>
+          <t>Mahkemelerin Kamu Düzenine İlişkin Yetkisi</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>460</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786258038323</t>
+          <t>9786053009276</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Tespit Hükümlerinin ve İnşai Hükümlerin İcra Hukuku Bakımından Durumu</t>
+          <t>Polis Disiplin Hukuku</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>410</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786258038316</t>
+          <t>9786053008507</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Hekimin Mesleki Özerkliği</t>
+          <t>Sorularla Arabuluculuk Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>350</v>
+        <v>78</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786258038286</t>
+          <t>9786257802024</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Resmi Belgede Sahtecilik Suçu</t>
+          <t>Patent Hakkının Sınırları ve İstisnaları (Kamu Sağlığı Gerekçesi Özelinde İncelenmesi)</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>650</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786257595001</t>
+          <t>9786258038149</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Kat Mülkiyeti Kanunu El Kitabı (Ciltli)</t>
+          <t>Covid 19 Sürecinde İş Hukuku</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>1390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786257656108</t>
+          <t>9786258038064</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Güçlendirilmiş Parlamenter Sistem</t>
+          <t>Access to Justice for Consumers in Emerging Economies</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786257656443</t>
+          <t>9786258038132</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Sınai Mülkiyet Hukuku</t>
+          <t>Örgütsel Yapılarda İnovasyon ve Presenteeism Kavramlarının İlişkileri</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786257656023</t>
+          <t>9786258038354</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukukunda Aile Konutu ve Aile Konutu Şerhi</t>
+          <t>Kamu Görevlisinin Kişisel Kusuru ve Sorumluluğu</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>370</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786257656160</t>
+          <t>9786258038330</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>S/İHAS Hukuku - Silahlı / İnsansız Hava Aracı Sistemleri Hukuku (Ciltli)</t>
+          <t>Bankacılık İşlemlerinden Alınacak Ücretlere İlişkin Olarak Uygulama Esaslarının Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>520</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786257656290</t>
+          <t>9786258038392</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Vergi Denetiminde Mükellef Hakları ve Türkiye'de Mükellef Haklarının Geliştirilmesine Yönelik Öneriler</t>
+          <t>Türk Ceza ve Ceza Muhakemesi Hukukunda Önödeme</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>370</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786053007883</t>
+          <t>9786258038385</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Uzlaştırmacı Sınavına Hazırlık</t>
+          <t>Türkiye'de Vakıfların Vergilendirilmesi</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786257277914</t>
+          <t>9786258038156</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Esas Sözleşmesinin Yorumlanması (Ciltli)</t>
+          <t>Anayasa Mahkemesi'ne Bireysel Başvuru Kararları Işığında Tutuklama</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>810</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786257656047</t>
+          <t>9786258038262</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucu veya Uyarıcı Madde İmal ve Ticareti Suçu</t>
+          <t>Genetik Yapısı Değiştirilmiş Organizma ve Ürünlerinden Doğan Hukuki Sorumluluk</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>520</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786257277938</t>
+          <t>9786258038347</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Kanuni İdare İlkesi Bağlamında Cumhurbaşkanlığı Kararnamesi</t>
+          <t>Çevrenin Korunmasında Beyaz Enerjinin Rolü ve Yargısal Denetimi</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>370</v>
+        <v>554</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786257277976</t>
+          <t>9786258038040</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Şartla Salıverilme Müessesesi</t>
+          <t>Alım Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>650</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786257277907</t>
+          <t>9786258038279</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Değişen Göç Politikası ve Belediyeler: İstanbul Örneği</t>
+          <t>Marka Hakkına İktibas veya İltibas Suretiyle Tecavüz Suçu</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>525</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786257277655</t>
+          <t>9786258038323</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku</t>
+          <t>Tespit Hükümlerinin ve İnşai Hükümlerin İcra Hukuku Bakımından Durumu</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>330</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786257277822</t>
+          <t>9786258038316</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Ceza İnfaz Kurumu Yönetimi</t>
+          <t>Hekimin Mesleki Özerkliği</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>540</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786257277372</t>
+          <t>9786258038286</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Hak Arama Özgürlüğü</t>
+          <t>Resmi Belgede Sahtecilik Suçu</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786257277617</t>
+          <t>9786257595001</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Mali Hukuk Alanında Güncel Konu ve Gelişmeler (Ciltli)</t>
+          <t>Kat Mülkiyeti Kanunu El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>450</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786257277464</t>
+          <t>9786257656108</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay İçtihatları ve Bam Kararları Işığında Fazla Çalışma Ücreti (Ciltli)</t>
+          <t>Güçlendirilmiş Parlamenter Sistem</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>729</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786257277648</t>
+          <t>9786257656443</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Vergi Yargılama Hukukunda İlk İnceleme</t>
+          <t>Sınai Mülkiyet Hukuku</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>405</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786257277211</t>
+          <t>9786257656023</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Evlilik Birliğinin Kurulması ve Sona Ermesi (Ciltli)</t>
+          <t>Türk Medeni Hukukunda Aile Konutu ve Aile Konutu Şerhi</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>620</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786257802949</t>
+          <t>9786257656160</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Sözleşmeli Bilişim Personelinin İstihdamına Dair Sözleşmenin Feshi ve Hukuki Sonuçları</t>
+          <t>S/İHAS Hukuku - Silahlı / İnsansız Hava Aracı Sistemleri Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>260</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786257802925</t>
+          <t>9786257656290</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Hastaneye Kabul Sözleşmesinin Hüküm ve Sonuçları</t>
+          <t>Vergi Denetiminde Mükellef Hakları ve Türkiye'de Mükellef Haklarının Geliştirilmesine Yönelik Öneriler</t>
         </is>
       </c>
       <c r="C1362" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786257277341</t>
+          <t>9786053007883</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanununda Hırsızlık</t>
+          <t>Uzlaştırmacı Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786257277334</t>
+          <t>9786257277914</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Satış Sözleşmesinde Zapttan Doğan Sorumluluk</t>
+          <t>Anonim Şirket Esas Sözleşmesinin Yorumlanması (Ciltli)</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>300</v>
+        <v>810</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786257277082</t>
+          <t>9786257656047</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Konut Yapı Kooperatiflerinde Sabit Fiyatlı Satış Sözleşmesi</t>
+          <t>Uyuşturucu veya Uyarıcı Madde İmal ve Ticareti Suçu</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>330</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786257277136</t>
+          <t>9786257277938</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Özel Hükümler Pratik Çalışma Kitabı</t>
+          <t>Kanuni İdare İlkesi Bağlamında Cumhurbaşkanlığı Kararnamesi</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786257802956</t>
+          <t>9786257277976</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Ticari Dava (Ciltli)</t>
+          <t>Türk Hukukunda Şartla Salıverilme Müessesesi</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>980</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786257802550</t>
+          <t>9786257277907</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı - İçtihatlı İmar Kanunu Uygulama Rehberi ve İmar Davalarında Başvuru Yolları İstinaf ve Temyiz (Ciltli)</t>
+          <t>Türkiye'nin Değişen Göç Politikası ve Belediyeler: İstanbul Örneği</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>715</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786257802871</t>
+          <t>9786257277655</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Tebligat</t>
+          <t>Vergi Hukuku</t>
         </is>
       </c>
       <c r="C1369" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786257802826</t>
+          <t>9786257277822</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu Çerçevesinde Oturma Hakkı (TMK. m. 823 - 825)</t>
+          <t>Ceza İnfaz Kurumu Yönetimi</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>350</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786257802451</t>
+          <t>9786257277372</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hukuku 3 (Sınırlı Ayni Haklar)</t>
+          <t>Osmanlı Devleti'nde Hak Arama Özgürlüğü</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786257802444</t>
+          <t>9786257277617</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hukuku 2 (Mülkiyet)</t>
+          <t>Mali Hukuk Alanında Güncel Konu ve Gelişmeler (Ciltli)</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>630</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786257802598</t>
+          <t>9786257277464</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Marka Hukukunda Karıştırma İhtimali</t>
+          <t>Yargıtay İçtihatları ve Bam Kararları Işığında Fazla Çalışma Ücreti (Ciltli)</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>370</v>
+        <v>729</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786257802611</t>
+          <t>9786257277648</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda İşçinin Ücretinin Düşürülmesi</t>
+          <t>Vergi Yargılama Hukukunda İlk İnceleme</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>540</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786257802574</t>
+          <t>9786257277211</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Tazminat Sorumluluğu</t>
+          <t>Milletlerarası Özel Hukukta Evlilik Birliğinin Kurulması ve Sona Ermesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>500</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786257802482</t>
+          <t>9786257802949</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Sır Saklama Yükümlülüğü Kapsamında Sağlık Mesleği Mensuplarının Suçu Bildirmemesi Suçu</t>
+          <t>Sözleşmeli Bilişim Personelinin İstihdamına Dair Sözleşmenin Feshi ve Hukuki Sonuçları</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786257802567</t>
+          <t>9786257802925</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararları Işığında SGK Para Cezaları</t>
+          <t>Hastaneye Kabul Sözleşmesinin Hüküm ve Sonuçları</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786257802277</t>
+          <t>9786257277341</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Ticari Davalarda İş Uyuşmazlıklarında Tüketici Mahkemelerinde Dava Şartı Arabuluculuk Uygulamaları (Ciltli)</t>
+          <t>Türk Ceza Kanununda Hırsızlık</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>700</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786257802246</t>
+          <t>9786257277334</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Akıl Hastalığı</t>
+          <t>Satış Sözleşmesinde Zapttan Doğan Sorumluluk</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>630</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786257802253</t>
+          <t>9786257277082</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Bonoya Dayalı Kambiyo Senetlerine Mahsus Haciz Yoluyla Takip</t>
+          <t>Konut Yapı Kooperatiflerinde Sabit Fiyatlı Satış Sözleşmesi</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786257802208</t>
+          <t>9786257277136</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Kamulaştırmanın Mülkiyet Hakkına Etkisi</t>
+          <t>Ceza Hukuku Özel Hükümler Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786257802048</t>
+          <t>9786257802956</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Geniş Açıklamalı Çocuk Yargılamalarında Yapılan Tüm Hatalar ve Bozma Nedenleri</t>
+          <t>Ticari Dava (Ciltli)</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>625</v>
+        <v>980</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786257088084</t>
+          <t>9786257802550</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Genel ve Özel Ceza Soruşturması (Ciltli)</t>
+          <t>Açıklamalı - İçtihatlı İmar Kanunu Uygulama Rehberi ve İmar Davalarında Başvuru Yolları İstinaf ve Temyiz (Ciltli)</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>950</v>
+        <v>715</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786257802222</t>
+          <t>9786257802871</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Yeni Vakıf Davaları</t>
+          <t>Ceza Muhakemesi Hukukunda Tebligat</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>690</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786257088909</t>
+          <t>9786257802826</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>3. Uluslararası Tıp Hukuku Kongresi Bildirileri Kitabı Cilt 2</t>
+          <t>Türk Medeni Kanunu Çerçevesinde Oturma Hakkı (TMK. m. 823 - 825)</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>660</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786257088985</t>
+          <t>9786257802451</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Türk İdari Yargılama Hukukunda Yargılamanın Yenilenmesi</t>
+          <t>Eşya Hukuku 3 (Sınırlı Ayni Haklar)</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>540</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786257802130</t>
+          <t>9786257802444</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Devletin Dış Borcu</t>
+          <t>Eşya Hukuku 2 (Mülkiyet)</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>390</v>
+        <v>760</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786257802017</t>
+          <t>9786257802598</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Hekimin Cezai Sorumluluğu ve Ceza Hukuku Açısından Özellik Arz Eden Tıbbi Müdahaleler</t>
+          <t>Marka Hukukunda Karıştırma İhtimali</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>570</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786257802000</t>
+          <t>9786257802611</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Türk İdari Yargı Sisteminde Dosyanın İşlemden Kaldırılması</t>
+          <t>Türk İş Hukukunda İşçinin Ücretinin Düşürülmesi</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>500</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786257088879</t>
+          <t>9786257802574</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Ticari Uyuşmazlıklarda Arabuluculuk (Ciltli)</t>
+          <t>İdarenin Tazminat Sorumluluğu</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>590</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786257088978</t>
+          <t>9786257802482</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Veda Hutbesinde Yer Alan İnsan Hakları</t>
+          <t>Sır Saklama Yükümlülüğü Kapsamında Sağlık Mesleği Mensuplarının Suçu Bildirmemesi Suçu</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786257088862</t>
+          <t>9786257802567</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Hakları Hukuku</t>
+          <t>Yargı Kararları Işığında SGK Para Cezaları</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786257088817</t>
+          <t>9786257802277</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Sulh</t>
+          <t>Ticari Davalarda İş Uyuşmazlıklarında Tüketici Mahkemelerinde Dava Şartı Arabuluculuk Uygulamaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>390</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786257088824</t>
+          <t>9786257802246</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Parlamento Kararlarının Hukuki Rejimi</t>
+          <t>Ceza Muhakemesi Hukukunda Akıl Hastalığı</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>625</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786257088831</t>
+          <t>9786257802253</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Hukukundan Kaynaklanan Uyuşmazlıkların Türk ve Rus Hukukuna Göre Arabuluculukla Çözülmesi</t>
+          <t>Bonoya Dayalı Kambiyo Senetlerine Mahsus Haciz Yoluyla Takip</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>370</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786257088848</t>
+          <t>9786257802208</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Adli Amaçlı İletişimin Denetlenmesi</t>
+          <t>Kamulaştırmanın Mülkiyet Hakkına Etkisi</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>540</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786257088855</t>
+          <t>9786257802048</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>An Overview of The Additional Protocol to The Council of Europe Convention on The Prevention of Terrorism</t>
+          <t>Geniş Açıklamalı Çocuk Yargılamalarında Yapılan Tüm Hatalar ve Bozma Nedenleri</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>260</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786257088527</t>
+          <t>9786257088084</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Kambiyo Senetlerinde İhtiyati Haciz (Ciltli)</t>
+          <t>Uygulamalı Genel ve Özel Ceza Soruşturması (Ciltli)</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>480</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786257088640</t>
+          <t>9786257802222</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Yönetim Kurulu</t>
+          <t>Uygulamada Yeni Vakıf Davaları</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>400</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786257088626</t>
+          <t>9786257088909</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Kusurluluğu Kaldıran ve Azaltan Nedenler</t>
+          <t>3. Uluslararası Tıp Hukuku Kongresi Bildirileri Kitabı Cilt 2</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>350</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786257088725</t>
+          <t>9786257088985</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>7182 Sayılı Kanunla Değişik 6222 Sayılı Kanun Kapsamında Seyirden Yasaklanma</t>
+          <t>Türk İdari Yargılama Hukukunda Yargılamanın Yenilenmesi</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>290</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786257088732</t>
+          <t>9786257802130</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Yargı Hukuku</t>
+          <t>Devletin Dış Borcu</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786257088671</t>
+          <t>9786257802017</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler</t>
+          <t>Hekimin Cezai Sorumluluğu ve Ceza Hukuku Açısından Özellik Arz Eden Tıbbi Müdahaleler</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>350</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786257088695</t>
+          <t>9786257802000</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Avrupa Birliği Düzenlemeleri Işığında Elektronik Para</t>
+          <t>Türk İdari Yargı Sisteminde Dosyanın İşlemden Kaldırılması</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786257088701</t>
+          <t>9786257088879</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Muhakemesinde Ses ve Görüntü Bilişim Sistemi (SEGBİS)</t>
+          <t>Ticari Uyuşmazlıklarda Arabuluculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>390</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786051466026</t>
+          <t>9786257088978</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Από την Οθωμανική Αυτοκρατορία Στο Σήμερα Τίτλοι Ιδιοκτησίας Εγκαταλελειμμενη Περιουσια</t>
+          <t>Veda Hutbesinde Yer Alan İnsan Hakları</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786257088046</t>
+          <t>9786257088862</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Tanınmış Marka Kavramı, Hukuken Korunması ve Uluslararası Ticaretteki İşlevi</t>
+          <t>Hayvan Hakları Hukuku</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786257088596</t>
+          <t>9786257088817</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Kovid-19 Salgınının Borç İlişkilerine ve Yargılamaya Etkileri</t>
+          <t>Medeni Usul Hukukunda Sulh</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786257088558</t>
+          <t>9786257088824</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>İktibas veya İltibas Suretiyle Marka Hakkına Tecavüz Suçu</t>
+          <t>Türkiye'de Parlamento Kararlarının Hukuki Rejimi</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>330</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786053009498</t>
+          <t>9786257088831</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklığın Haklı Sebeple Feshi İsteminde Mahkemenin Fesih Dışındaki Çözümlere Karar Verme Yetkisi</t>
+          <t>Tüketici Hukukundan Kaynaklanan Uyuşmazlıkların Türk ve Rus Hukukuna Göre Arabuluculukla Çözülmesi</t>
         </is>
       </c>
       <c r="C1410" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786257088473</t>
+          <t>9786257088848</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda Kısa Çalışma ile Salgın Hastalık Halinde Uygulanan Diğer Hukuki Kurumlar</t>
+          <t>Türk Hukukunda Adli Amaçlı İletişimin Denetlenmesi</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786257088480</t>
+          <t>9786257088855</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Silah Kavramı ve Silah Kaçakçılığı Suçları</t>
+          <t>An Overview of The Additional Protocol to The Council of Europe Convention on The Prevention of Terrorism</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>540</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786257088602</t>
+          <t>9786257088527</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Seri Muhakeme Usulü</t>
+          <t>Kambiyo Senetlerinde İhtiyati Haciz (Ciltli)</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786257088336</t>
+          <t>9786257088640</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Halka Açık Anonim Şirketlerde Yönetim Kurulu Üyelerinin, Şirketin, Halka Arzı, Kotasyonu ve Sermaye Artırımı İşlemlerinden Doğan Görevleri ve Sorumlulukları (Ciltli)</t>
+          <t>Anonim Şirketlerde Yönetim Kurulu</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786257088077</t>
+          <t>9786257088626</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Alman Özel Hukukunda Güncel Gelişmeler Sempozyum Kitabı (Ciltli)</t>
+          <t>Ceza Hukukunda Kusurluluğu Kaldıran ve Azaltan Nedenler</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>515</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786257088268</t>
+          <t>9786257088725</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Kamu Harcamalarında Yetki Sorumluluk ve Denetim</t>
+          <t>7182 Sayılı Kanunla Değişik 6222 Sayılı Kanun Kapsamında Seyirden Yasaklanma</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786257088381</t>
+          <t>9786257088732</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Adli Kontrolde Karar Süreci</t>
+          <t>Yargı Hukuku</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786257088404</t>
+          <t>9786257088671</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Kamu Külfetleri Karşısında Eşitlik İlkesi</t>
+          <t>Ceza Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786053007388</t>
+          <t>9786257088695</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Bakmanın ve Görmenin Ötesinde: Düşünceler</t>
+          <t>Türk ve Avrupa Birliği Düzenlemeleri Işığında Elektronik Para</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786257088312</t>
+          <t>9786257088701</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Erciyes Üniversitesi Hukuk Fakültesi Organ ve Doku Naklinde Hukuki ve Cezai Sorunlar Paneli</t>
+          <t>Türk Ceza Muhakemesinde Ses ve Görüntü Bilişim Sistemi (SEGBİS)</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786257088237</t>
+          <t>9786051466026</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticari Uyuşmazlıklarda Arabuluculuk Sonunda Varılan Anlaşmaların Singapur Konvansiyonu Çerçevesinde Taraf Devletlerde İcra Edilebilirliği</t>
+          <t>Από την Οθωμανική Αυτοκρατορία Στο Σήμερα Τίτλοι Ιδιοκτησίας Εγκαταλελειμμενη Περιουσια</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786257088329</t>
+          <t>9786257088046</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Kanunu'nda Piyasa Dolandırıcılığı (Manipülasyon) Suçu</t>
+          <t>Tanınmış Marka Kavramı, Hukuken Korunması ve Uluslararası Ticaretteki İşlevi</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>520</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786053009825</t>
+          <t>9786257088596</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Exploring the Anatomy of The Syrian Armed Conflicts</t>
+          <t>Kovid-19 Salgınının Borç İlişkilerine ve Yargılamaya Etkileri</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786053009528</t>
+          <t>9786257088558</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuk Sisteminde Uzlaştırma Kurumu</t>
+          <t>İktibas veya İltibas Suretiyle Marka Hakkına Tecavüz Suçu</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786053007593</t>
+          <t>9786053009498</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Kanunların İdari Düzenleyici Tasarrufların Yapım ve Yazışma Tekniği</t>
+          <t>Anonim Ortaklığın Haklı Sebeple Feshi İsteminde Mahkemenin Fesih Dışındaki Çözümlere Karar Verme Yetkisi</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786053007968</t>
+          <t>9786257088473</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukuku'nda Vekalet Sözleşmesi</t>
+          <t>Türk İş Hukukunda Kısa Çalışma ile Salgın Hastalık Halinde Uygulanan Diğer Hukuki Kurumlar</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786053008699</t>
+          <t>9786257088480</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Uyuşmazlıklarında Arabuluculuk Mevzuatı</t>
+          <t>Silah Kavramı ve Silah Kaçakçılığı Suçları</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>150</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786257088152</t>
+          <t>9786257088602</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>80 Soru ve Yanıtta Hükmün Açıklanmasının Geri Bırakılması (HAGB)</t>
+          <t>Seri Muhakeme Usulü</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786257656917</t>
+          <t>9786257088336</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Uzlaştırma</t>
+          <t>Halka Açık Anonim Şirketlerde Yönetim Kurulu Üyelerinin, Şirketin, Halka Arzı, Kotasyonu ve Sermaye Artırımı İşlemlerinden Doğan Görevleri ve Sorumlulukları (Ciltli)</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>265</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786053007982</t>
+          <t>9786257088077</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Mevzuatı</t>
+          <t>Türk ve Alman Özel Hukukunda Güncel Gelişmeler Sempozyum Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>70</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786257088183</t>
+          <t>9786257088268</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>İcra Kefaletnameleri</t>
+          <t>Kamu Harcamalarında Yetki Sorumluluk ve Denetim</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786053006633</t>
+          <t>9786257088381</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Siyaset</t>
+          <t>Adli Kontrolde Karar Süreci</t>
         </is>
       </c>
       <c r="C1432" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786257088190</t>
+          <t>9786257088404</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Karşılıksız Çek Suçu ve İnfazın Durdurulması Süreci</t>
+          <t>Türk Hukukunda Kamu Külfetleri Karşısında Eşitlik İlkesi</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>480</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786055263966</t>
+          <t>9786053007388</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Biliminin Güncel Sorunları 3. Uluslararası Kongre Bildiri Kitabı (2 Cilt Takım) (Ciltli)</t>
+          <t>Bakmanın ve Görmenin Ötesinde: Düşünceler</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786257088091</t>
+          <t>9786257088312</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Gerçek Kişilerin Türkiye'de Taşınmaz Edinimleri Mülahazalar ve Hukuki Sorunlar</t>
+          <t>Erciyes Üniversitesi Hukuk Fakültesi Organ ve Doku Naklinde Hukuki ve Cezai Sorunlar Paneli</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786257088022</t>
+          <t>9786257088237</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Haksız Rekabet Hukukunda Dürüstlük Kuralına Aykırı Reklamlar ve Satış Yöntemleri (Ciltli)</t>
+          <t>Milletlerarası Ticari Uyuşmazlıklarda Arabuluculuk Sonunda Varılan Anlaşmaların Singapur Konvansiyonu Çerçevesinde Taraf Devletlerde İcra Edilebilirliği</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786257088107</t>
+          <t>9786257088329</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Usul Hukukunda Taraflarca Getirilme İlkesi (Ciltli)</t>
+          <t>Sermaye Piyasası Kanunu'nda Piyasa Dolandırıcılığı (Manipülasyon) Suçu</t>
         </is>
       </c>
       <c r="C1437" s="1">
         <v>520</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786257088121</t>
+          <t>9786053009825</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Akıl Hastalığının Kusur Yeteneğine Etkisi ve Akıl Hastalarına Özgü Güvenlik Tedbirleri (Ciltli)</t>
+          <t>Exploring the Anatomy of The Syrian Armed Conflicts</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>770</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786257088206</t>
+          <t>9786053009528</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Uyuşturucu veya Uyarıcı Madde İmal ve Ticareti Suçları</t>
+          <t>Türk Hukuk Sisteminde Uzlaştırma Kurumu</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>525</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786053009504</t>
+          <t>9786053007593</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Delil Tespiti Kurumunun Fonksiyonları</t>
+          <t>Kanunların İdari Düzenleyici Tasarrufların Yapım ve Yazışma Tekniği</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786053007678</t>
+          <t>9786053007968</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Mukayeseli Hukukta Ötanaziye İlişkin Yaklaşımlar ve Hukukumuzda Ötanazinin Yeri Sorunu</t>
+          <t>Osmanlı Hukuku'nda Vekalet Sözleşmesi</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786053009481</t>
+          <t>9786053008699</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Yardım ve Bildirim Yükümlülüğünün Yerine Getirilmemesi Suçu</t>
+          <t>Hukuk Uyuşmazlıklarında Arabuluculuk Mevzuatı</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786053009832</t>
+          <t>9786257088152</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Kambiyo Senetlerinin Zayi Olması ve Hak Sahibinin Başvurabileceği Hukuki Yollar</t>
+          <t>80 Soru ve Yanıtta Hükmün Açıklanmasının Geri Bırakılması (HAGB)</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786053007791</t>
+          <t>9786257656917</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Hermeneutiği</t>
+          <t>Ceza Muhakemesi Hukukunda Uzlaştırma</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786053009771</t>
+          <t>9786053007982</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Tüzel Kişi Verilerinin Korunmasında İdarenin Sorumluluğu</t>
+          <t>Sosyal Güvenlik Mevzuatı</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>330</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786257088169</t>
+          <t>9786257088183</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Milli Emlak Sözlüğü</t>
+          <t>İcra Kefaletnameleri</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>540</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786257088060</t>
+          <t>9786053006633</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Ord. Prof. Dr. Sulhi Dönmezer 102 Yaşında Panel (Tebliğler) 10 Şubat 2020</t>
+          <t>Siyaset</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786053009931</t>
+          <t>9786257088190</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Dönem Sonu Muhasebe İşlemleri ve Değerleme</t>
+          <t>Karşılıksız Çek Suçu ve İnfazın Durdurulması Süreci</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786053009979</t>
+          <t>9786055263966</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Construction Contract in Return for Flat in Turkish Law</t>
+          <t>Hukuk Biliminin Güncel Sorunları 3. Uluslararası Kongre Bildiri Kitabı (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786053009863</t>
+          <t>9786257088091</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Bonoda Ödeme</t>
+          <t>Yabancı Gerçek Kişilerin Türkiye'de Taşınmaz Edinimleri Mülahazalar ve Hukuki Sorunlar</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>370</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786053007944</t>
+          <t>9786257088022</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Mülkiyet Hakkı Yönünden Devletin Pozitif Yükümlülükleri</t>
+          <t>Haksız Rekabet Hukukunda Dürüstlük Kuralına Aykırı Reklamlar ve Satış Yöntemleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786053009955</t>
+          <t>9786257088107</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ardıl Devletlerinin Siyasal Sistemleri Cilt - 1</t>
+          <t>Türk Medeni Usul Hukukunda Taraflarca Getirilme İlkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>690</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786257088015</t>
+          <t>9786257088121</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>5237 Sayılı Türk Ceza Kanunu'nda Düzenlenen Çocukların Cinsel İstismarı Suçu</t>
+          <t>Ceza Hukukunda Akıl Hastalığının Kusur Yeteneğine Etkisi ve Akıl Hastalarına Özgü Güvenlik Tedbirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>520</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786257656610</t>
+          <t>9786257088206</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Karayoluyla Eşya ve Yolcu Taşıma Hukuku</t>
+          <t>Türk Ceza Hukukunda Uyuşturucu veya Uyarıcı Madde İmal ve Ticareti Suçları</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>290</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786053007920</t>
+          <t>9786053009504</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Software License Agreements</t>
+          <t>Medeni Usul Hukukunda Delil Tespiti Kurumunun Fonksiyonları</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786053009450</t>
+          <t>9786053007678</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukukunda İzahnameden Doğan Sorumluluk (Ciltli)</t>
+          <t>Mukayeseli Hukukta Ötanaziye İlişkin Yaklaşımlar ve Hukukumuzda Ötanazinin Yeri Sorunu</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>520</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786053009573</t>
+          <t>9786053009481</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Marka Davalarında Yargılama Usülü (Ciltli)</t>
+          <t>Yardım ve Bildirim Yükümlülüğünün Yerine Getirilmemesi Suçu</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>590</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786053009382</t>
+          <t>9786053009832</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Çocuk Kaçırmanın Hukuki Yönlerine Dair Lahey Sözleşmesi Kapsamında Çocuğun Mutad Meskeni Kavramı</t>
+          <t>Kambiyo Senetlerinin Zayi Olması ve Hak Sahibinin Başvurabileceği Hukuki Yollar</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786053009467</t>
+          <t>9786053007791</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Sistemi Aracılığıyla Haksız Yarar Sağlama Suçu</t>
+          <t>Hukuk Hermeneutiği</t>
         </is>
       </c>
       <c r="C1459" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786053009405</t>
+          <t>9786053009771</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Soruşturma Evresinde İşlenmesi ve İnsan Hakları Kapsamında Korunması</t>
+          <t>Tüzel Kişi Verilerinin Korunmasında İdarenin Sorumluluğu</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>520</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786053009269</t>
+          <t>9786257088169</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Yöneticilerin Sorumluluk Sigortası (Ciltli)</t>
+          <t>Milli Emlak Sözlüğü</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>280</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786053009399</t>
+          <t>9786257088060</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk Sürecinde Taraf Vekilliği</t>
+          <t>Ord. Prof. Dr. Sulhi Dönmezer 102 Yaşında Panel (Tebliğler) 10 Şubat 2020</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786053007876</t>
+          <t>9786053009931</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Sistemlerinde Uzlaştırma</t>
+          <t>Dönem Sonu Muhasebe İşlemleri ve Değerleme</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786053008170</t>
+          <t>9786053009979</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Adi Konkordato</t>
+          <t>Construction Contract in Return for Flat in Turkish Law</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786053006572</t>
+          <t>9786053009863</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İnsan Hakları ve Eşitlik Kurumu'nun Yapısı ve İdare Üzerindeki Ayrımcılık Denetimi</t>
+          <t>Bonoda Ödeme</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>540</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786053008125</t>
+          <t>9786053007944</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Haksız Fiil Sorumluluğu</t>
+          <t>Mülkiyet Hakkı Yönünden Devletin Pozitif Yükümlülükleri</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>410</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786051460536</t>
+          <t>9786053009955</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukuku'nda Elektronik İzleme</t>
+          <t>Osmanlı Ardıl Devletlerinin Siyasal Sistemleri Cilt - 1</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>550</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786053009290</t>
+          <t>9786257088015</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Sözleşmesinin Milletlerarası Özel Hukuka Etkisi</t>
+          <t>5237 Sayılı Türk Ceza Kanunu'nda Düzenlenen Çocukların Cinsel İstismarı Suçu</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>730</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786053009184</t>
+          <t>9786257656610</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Re'sen İcra Yetkisi</t>
+          <t>Karayoluyla Eşya ve Yolcu Taşıma Hukuku</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>610</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786053009283</t>
+          <t>9786053007920</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Roma 1 Tüzüğü ile Karşılaştırmalı Olarak Yabancı Unsurlu İş Sözleşmelerine Uygulanacak Hukuk</t>
+          <t>Software License Agreements</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786053009122</t>
+          <t>9786053009450</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Terör Örgütünün Propagandası Suçu</t>
+          <t>Sermaye Piyasası Hukukunda İzahnameden Doğan Sorumluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786053009177</t>
+          <t>9786053009573</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukukunda Konkordato ve Konkordato Komiserliği</t>
+          <t>Marka Davalarında Yargılama Usülü (Ciltli)</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>700</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786053009191</t>
+          <t>9786053009382</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Yargısında Ön-Denetim</t>
+          <t>Uluslararası Çocuk Kaçırmanın Hukuki Yönlerine Dair Lahey Sözleşmesi Kapsamında Çocuğun Mutad Meskeni Kavramı</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>760</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786053008521</t>
+          <t>9786053009467</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kurumsal Politik İktisat: Ampirik Bir İnceleme</t>
+          <t>Bilişim Sistemi Aracılığıyla Haksız Yarar Sağlama Suçu</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786053008446</t>
+          <t>9786053009405</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Olarak Türk ve Alman Hukukunda Meslek Edinilmiş Geçici İş İlişkisi</t>
+          <t>Kişisel Verilerin Soruşturma Evresinde İşlenmesi ve İnsan Hakları Kapsamında Korunması</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>580</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786053008989</t>
+          <t>9786053009269</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Osmanlı Hukukunda Hidane</t>
+          <t>Yöneticilerin Sorumluluk Sigortası (Ciltli)</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786053007685</t>
+          <t>9786053009399</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Hüküm Kurma ve Cezanın Belirlenmesi</t>
+          <t>Arabuluculuk Sürecinde Taraf Vekilliği</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>225</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786053008804</t>
+          <t>9786053007876</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Ceza Hukuku</t>
+          <t>Ceza Hukuku Sistemlerinde Uzlaştırma</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>520</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786053008194</t>
+          <t>9786053008170</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Temel Ceza Hukuku Mevzuatı (Ciltli)</t>
+          <t>Sorularla Adi Konkordato</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>152</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786053008941</t>
+          <t>9786053006572</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Müsadere Kurumu</t>
+          <t>Türkiye İnsan Hakları ve Eşitlik Kurumu'nun Yapısı ve İdare Üzerindeki Ayrımcılık Denetimi</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>520</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786053008958</t>
+          <t>9786053008125</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Önleme Araması</t>
+          <t>İslam Hukukunda Haksız Fiil Sorumluluğu</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>350</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786053006930</t>
+          <t>9786051460536</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>6356 Sayılı Kanun Bağlamında Sendika Özgürlüğünün Güvencesi</t>
+          <t>Türk Ceza Hukuku'nda Elektronik İzleme</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>330</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786053008644</t>
+          <t>9786053009290</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Genel Kurul (Ciltli)</t>
+          <t>Avrupa İnsan Hakları Sözleşmesinin Milletlerarası Özel Hukuka Etkisi</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>520</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786053009061</t>
+          <t>9786053009184</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Hukukunda Reklam Yapım Sözleşmesi</t>
+          <t>İdarenin Re'sen İcra Yetkisi</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>350</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786053009030</t>
+          <t>9786053009283</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Keşif (Ciltli)</t>
+          <t>Roma 1 Tüzüğü ile Karşılaştırmalı Olarak Yabancı Unsurlu İş Sözleşmelerine Uygulanacak Hukuk</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786053008972</t>
+          <t>9786053009122</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı İçtihatlı Sahte Fatura Düzenleme ve Kullanma Suçları</t>
+          <t>Terör Örgütünün Propagandası Suçu</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>690</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786053007715</t>
+          <t>9786053009177</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Konut ve Çatılı İşyeri Kira Sözleşmesinin Kiraya Verenden Kaynaklanan Sebeplerle Sona Ermesi</t>
+          <t>İcra ve İflas Hukukunda Konkordato ve Konkordato Komiserliği</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786053008231</t>
+          <t>9786053009191</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Üyesi Ülkerde Hakim ve Savcı Eğitimleri (Ciltli)</t>
+          <t>Anayasa Yargısında Ön-Denetim</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>320</v>
+        <v>760</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786053009023</t>
+          <t>9786053008521</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Boşanmanın Mali Sonuçları ve Yoksulluk Nafakası</t>
+          <t>Yeni Kurumsal Politik İktisat: Ampirik Bir İnceleme</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786053007951</t>
+          <t>9786053008446</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada ve İnternette Hukuki Sorumluluk</t>
+          <t>Karşılaştırmalı Olarak Türk ve Alman Hukukunda Meslek Edinilmiş Geçici İş İlişkisi</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>460</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786053006763</t>
+          <t>9786053008989</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Hekimlerin Cezai Sorumluluğu</t>
+          <t>İslam ve Osmanlı Hukukunda Hidane</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>410</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786053006794</t>
+          <t>9786053007685</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>İcra Memurunun İşlemine Karşı Şikayet</t>
+          <t>Hüküm Kurma ve Cezanın Belirlenmesi</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>870</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786053008309</t>
+          <t>9786053008804</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Primi Destekleri ve Uygulaması</t>
+          <t>Avrupa Birliği Ceza Hukuku</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>280</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786257656863</t>
+          <t>9786053008194</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Uzlaştırmacı Sınavına Hazırlık Çözümlü Soru Bankası</t>
+          <t>Temel Ceza Hukuku Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>200</v>
+        <v>152</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786053008897</t>
+          <t>9786053008941</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Tapu Sicilinde Geçici Tescil Şerhi</t>
+          <t>Türk Ceza Hukukunda Müsadere Kurumu</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786053009047</t>
+          <t>9786053008958</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Kamu Davasına Katılma</t>
+          <t>Önleme Araması</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786053009610</t>
+          <t>9786053006930</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılamasında Seri Muhakeme ve Basit Yargılama Usulleri</t>
+          <t>6356 Sayılı Kanun Bağlamında Sendika Özgürlüğünün Güvencesi</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786053008248</t>
+          <t>9786053008644</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Türk İnfaz Hukukunda Koşullu Salıverilme ve Koşullu Salıverilmede Süreler</t>
+          <t>Anonim Şirketlerde Genel Kurul (Ciltli)</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786258038361</t>
+          <t>9786053009061</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Hükümet Sisteminde İdarenin Bütünlüğü İlkesi</t>
+          <t>Türk Borçlar Hukukunda Reklam Yapım Sözleşmesi</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786053008743</t>
+          <t>9786053009030</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Kamulaştırmasız El Atma</t>
+          <t>Medeni Usul Hukukunda Keşif (Ciltli)</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786053008774</t>
+          <t>9786053008972</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Elverişsiz Teşebbüs</t>
+          <t>Açıklamalı İçtihatlı Sahte Fatura Düzenleme ve Kullanma Suçları</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>460</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786053008347</t>
+          <t>9786053007715</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Arabuluculuk El Kitabı</t>
+          <t>Konut ve Çatılı İşyeri Kira Sözleşmesinin Kiraya Verenden Kaynaklanan Sebeplerle Sona Ermesi</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>72</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786053007739</t>
+          <t>9786053008231</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Marka Hakkına Tecavüz Suçları</t>
+          <t>Avrupa Birliği Üyesi Ülkerde Hakim ve Savcı Eğitimleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>410</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786053008057</t>
+          <t>9786053009023</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Hümanizm İlkesi Açısından Kastrasyon Yaptırımı</t>
+          <t>Boşanmanın Mali Sonuçları ve Yoksulluk Nafakası</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786053007616</t>
+          <t>9786053007951</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Bağlı Tüketici Kredi Sözleşmesi ve Kredi Verenin Sorumluluğu</t>
+          <t>Sosyal Medyada ve İnternette Hukuki Sorumluluk</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>310</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786053007449</t>
+          <t>9786053006763</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Fikri ve Sınai Mülkiyet Hakları ve Hak Sahipliği (Ciltli)</t>
+          <t>Hekimlerin Cezai Sorumluluğu</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786053007166</t>
+          <t>9786053006794</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Sahte Fatura ve Muhteviyatı İtibariyle Yanıltıcı Belge (Ciltli)</t>
+          <t>İcra Memurunun İşlemine Karşı Şikayet</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>320</v>
+        <v>870</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786053007395</t>
+          <t>9786053008309</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Türk Tipi Başkanlık Sistemi</t>
+          <t>Sigorta Primi Destekleri ve Uygulaması</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786053007708</t>
+          <t>9786257656863</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde İstinaf</t>
+          <t>Uzlaştırmacı Sınavına Hazırlık Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>455</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786053007180</t>
+          <t>9786053008897</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Kanunu ve Türk Ticaret Kanunu Kapsamında Anonim Ortaklıkların Önemli Nitelikteki İşlemleri</t>
+          <t>Tapu Sicilinde Geçici Tescil Şerhi</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786053009948</t>
+          <t>9786053009047</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukukunda Dilekçe Hakkı</t>
+          <t>Kamu Davasına Katılma</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>570</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786053007005</t>
+          <t>9786053009610</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Sendikal Kuruluşların İşleyişi ve Denetim</t>
+          <t>Ceza Yargılamasında Seri Muhakeme ve Basit Yargılama Usulleri</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786053007081</t>
+          <t>9786053008248</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hizmetinin Görülmesine İlişkin Sözleşmelerde Uluslararası Tahkim</t>
+          <t>Türk İnfaz Hukukunda Koşullu Salıverilme ve Koşullu Salıverilmede Süreler</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786053007210</t>
+          <t>9786258038361</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Football Hooliganism and Its Solutions with Specific Refernce to Turkey</t>
+          <t>Cumhurbaşkanlığı Hükümet Sisteminde İdarenin Bütünlüğü İlkesi</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786053007234</t>
+          <t>9786053008743</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Hakimlik ve Savcılık Mesleğinin Temel Esasları</t>
+          <t>Kamulaştırmasız El Atma</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786053007241</t>
+          <t>9786053008774</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Hukuksal Yönleriyle İnsan Geni Üzerindeki İncelemeler</t>
+          <t>Ceza Hukukunda Elverişsiz Teşebbüs</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>500</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786053007319</t>
+          <t>9786053008347</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargıda Hakkaniyete Uygun Yargılanma İlkesi</t>
+          <t>50 Soruda Arabuluculuk El Kitabı</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>230</v>
+        <v>72</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786053007326</t>
+          <t>9786053007739</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Hakim ve Savcıların Görevi Kötüye Kullanma Suçları</t>
+          <t>Marka Hakkına Tecavüz Suçları</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>290</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786053007104</t>
+          <t>9786053008057</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Haciz ve Hacze İştirak (Ciltli)</t>
+          <t>Ceza Hukukunda Hümanizm İlkesi Açısından Kastrasyon Yaptırımı</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>650</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786053007265</t>
+          <t>9786053007616</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Sivil Havacılık Hukukunda Havayolu Taşımacısının Hukuki Sorumluluğunun Sınırı</t>
+          <t>Bağlı Tüketici Kredi Sözleşmesi ve Kredi Verenin Sorumluluğu</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>525</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786053006701</t>
+          <t>9786053007449</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Kat İrtifakı (Ciltli)</t>
+          <t>Fikri ve Sınai Mülkiyet Hakları ve Hak Sahipliği (Ciltli)</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>520</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786053007067</t>
+          <t>9786053007166</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Hükümet Sisteminde Cumhurbaşkanının Sorumluluğu</t>
+          <t>Sahte Fatura ve Muhteviyatı İtibariyle Yanıltıcı Belge (Ciltli)</t>
         </is>
       </c>
       <c r="C1522" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786053006848</t>
+          <t>9786053007395</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Kanunu ve İlgili Mevzuat (Ciltli)</t>
+          <t>Demokrasi ve Türk Tipi Başkanlık Sistemi</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>805</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786257595742</t>
+          <t>9786053007708</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Kira Sözleşmelerinden Kaynaklanan Davalar (Ciltli)</t>
+          <t>Ceza Muhakemesinde İstinaf</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>1190</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786053006770</t>
+          <t>9786053007180</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Mahkemelerin Yetkisi</t>
+          <t>Sermaye Piyasası Kanunu ve Türk Ticaret Kanunu Kapsamında Anonim Ortaklıkların Önemli Nitelikteki İşlemleri</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>690</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786053006510</t>
+          <t>9786053009948</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Bölge Adliye Mahkemesi (İstinaf) Cumhuriyet Başsavcılığı</t>
+          <t>Osmanlı Hukukunda Dilekçe Hakkı</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>220</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786053006596</t>
+          <t>9786053007005</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi - Temsil İlkeleri ve Kent Hakkı Çerçevesinde Belediyeler</t>
+          <t>Sendikal Kuruluşların İşleyişi ve Denetim</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>790</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786051464091</t>
+          <t>9786053007081</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Güvenlik Eğitimi Uygulamaları</t>
+          <t>Kamu Hizmetinin Görülmesine İlişkin Sözleşmelerde Uluslararası Tahkim</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786051466484</t>
+          <t>9786053007210</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenliğin Efendileri</t>
+          <t>Football Hooliganism and Its Solutions with Specific Refernce to Turkey</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786051467726</t>
+          <t>9786053007234</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda Tatil Ücretleri</t>
+          <t>Hakimlik ve Savcılık Mesleğinin Temel Esasları</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786051462479</t>
+          <t>9786053007241</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Kat Mülkiyetinin Devri Zorunluluğu</t>
+          <t>Hukuksal Yönleriyle İnsan Geni Üzerindeki İncelemeler</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786051465999</t>
+          <t>9786053007319</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Yarı - Başkanlık Sistemi</t>
+          <t>İdari Yargıda Hakkaniyete Uygun Yargılanma İlkesi</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786051465197</t>
+          <t>9786053007326</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Ticari Temsilci ve Ticari Temsil Yetkisi (Ciltli)</t>
+          <t>Hakim ve Savcıların Görevi Kötüye Kullanma Suçları</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786053005964</t>
+          <t>9786053007104</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Akit Dışı Borç İlişkilerinde Hukuk Seçme Serbestisi</t>
+          <t>Haciz ve Hacze İştirak (Ciltli)</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>238</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786053006275</t>
+          <t>9786053007265</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Marka Hakkının Sona Ermesi</t>
+          <t>Uluslararası Sivil Havacılık Hukukunda Havayolu Taşımacısının Hukuki Sorumluluğunun Sınırı</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>300</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786257277433</t>
+          <t>9786053006701</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Yargılamasında Duruşma Yönetimi</t>
+          <t>Kat İrtifakı (Ciltli)</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>540</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786053006244</t>
+          <t>9786053007067</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>İftira Suçu</t>
+          <t>Cumhurbaşkanlığı Hükümet Sisteminde Cumhurbaşkanının Sorumluluğu</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786053006152</t>
+          <t>9786053006848</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu'nda Düzenlenen Gizliliğin İhlali Suçları</t>
+          <t>Bankacılık Kanunu ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>390</v>
+        <v>805</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786053006176</t>
+          <t>9786257595742</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Medeni Yargılama Hukukunda İspat Hakkı ve Sınırlamaları</t>
+          <t>Kira Sözleşmelerinden Kaynaklanan Davalar (Ciltli)</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>714</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786053006046</t>
+          <t>9786053006770</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşlemlerde Taşınır Rehni</t>
+          <t>Medeni Usul Hukukunda Mahkemelerin Yetkisi</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>265</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786053006213</t>
+          <t>9786053006510</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Bütçe Dışı Fon Uygulamaları ve Varlık Fonu</t>
+          <t>Bölge Adliye Mahkemesi (İstinaf) Cumhuriyet Başsavcılığı</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>238</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786053005629</t>
+          <t>9786053006596</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>İnternet Erişiminin Engellenmesi ve Erişim Sağlayıcıları Birliği (Ciltli)</t>
+          <t>Demokrasi - Temsil İlkeleri ve Kent Hakkı Çerçevesinde Belediyeler</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>238</v>
+        <v>790</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786053005636</t>
+          <t>9786051464091</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Kamulaştırmasız El Atma</t>
+          <t>Çağdaş Güvenlik Eğitimi Uygulamaları</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786053005384</t>
+          <t>9786051466484</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Hukukunda Ayıplı Maldan Doğan Sorumluluk (Ciltli)</t>
+          <t>Sosyal Güvenliğin Efendileri</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>336</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786053005490</t>
+          <t>9786051467726</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Savcılık Kurumu (Türk Adli Yargı Sisteminde)</t>
+          <t>Türk İş Hukukunda Tatil Ücretleri</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>434</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786053005377</t>
+          <t>9786051462479</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Arabuluculuk ve Teşkilatlanması</t>
+          <t>Kat Mülkiyetinin Devri Zorunluluğu</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786053005261</t>
+          <t>9786051465999</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Sivil Anayasa İhtiyacı</t>
+          <t>Yarı - Başkanlık Sistemi</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>266</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786051465074</t>
+          <t>9786051465197</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Çekişmesiz Yargı Kararlarının Türk Hukukunda Tanınması (Ciltli)</t>
+          <t>Ticari Temsilci ve Ticari Temsil Yetkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786051466507</t>
+          <t>9786053005964</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Güvenlik Eğitimi</t>
+          <t>Akit Dışı Borç İlişkilerinde Hukuk Seçme Serbestisi</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>210</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786053004578</t>
+          <t>9786053006275</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Vergilendirilmesi</t>
+          <t>Marka Hakkının Sona Ermesi</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786053005124</t>
+          <t>9786257277433</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Haberleşme Hukukundaki İdari Yaptırımlar ve Yargısal Denetimi</t>
+          <t>Hukuk Yargılamasında Duruşma Yönetimi</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>280</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786053005148</t>
+          <t>9786053006244</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Saldırı Suçu</t>
+          <t>İftira Suçu</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>238</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786053005162</t>
+          <t>9786053006152</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Adam Çalıştıranın Organizasyon Sorumluluğu</t>
+          <t>Türk Ceza Kanunu'nda Düzenlenen Gizliliğin İhlali Suçları</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>308</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786053009146</t>
+          <t>9786053006176</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Futbolda Disiplin (Ciltli)</t>
+          <t>Medeni Yargılama Hukukunda İspat Hakkı ve Sınırlamaları</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>590</v>
+        <v>714</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786053002222</t>
+          <t>9786053006046</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Yaza Merhaba</t>
+          <t>Ticari İşlemlerde Taşınır Rehni</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>70</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786053004981</t>
+          <t>9786053006213</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde İstinaf Kanun Yolu</t>
+          <t>Türkiye'de Bütçe Dışı Fon Uygulamaları ve Varlık Fonu</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>230</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786053005049</t>
+          <t>9786053005629</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Belge Ceza Hukuku</t>
+          <t>İnternet Erişiminin Engellenmesi ve Erişim Sağlayıcıları Birliği (Ciltli)</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>180</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786053005001</t>
+          <t>9786053005636</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Konut ve Çatılı İşyeri Kira Sözleşmesi İle Bağlantılı İşlemler</t>
+          <t>Türk Hukukunda Kamulaştırmasız El Atma</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786053004844</t>
+          <t>9786053005384</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Noterlik Hukuku</t>
+          <t>Tüketici Hukukunda Ayıplı Maldan Doğan Sorumluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>266</v>
+        <v>336</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786053004851</t>
+          <t>9786053005490</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Aile Hukukunda Geçici Hukuki Himaye Tedbirleri</t>
+          <t>Savcılık Kurumu (Türk Adli Yargı Sisteminde)</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>200</v>
+        <v>434</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786053004516</t>
+          <t>9786053005377</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Avukatlık Hukuku (Ciltli)</t>
+          <t>Türk Hukukunda Arabuluculuk ve Teşkilatlanması</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>810</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786053004820</t>
+          <t>9786053005261</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği İnsan Hakları Rejimi Işığında Avrupa Tutuklama Müzekkeresi</t>
+          <t>Türkiye'nin Sivil Anayasa İhtiyacı</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>210</v>
+        <v>266</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786053004639</t>
+          <t>9786051465074</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>TCK ve Özel Ceza Yasalarında Suçlar</t>
+          <t>Yabancı Çekişmesiz Yargı Kararlarının Türk Hukukunda Tanınması (Ciltli)</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786257277426</t>
+          <t>9786051466507</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay ve İstinaf Uygulamasında Geçici Hukuki Korumalar</t>
+          <t>Profesyonel Güvenlik Eğitimi</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>756</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786053004592</t>
+          <t>9786053004578</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Banka Zimmeti</t>
+          <t>Ailenin Vergilendirilmesi</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786053004561</t>
+          <t>9786053005124</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Antlaşmalar Hukukunda Şartların Esaslı Değişikliği İlkesi</t>
+          <t>Elektronik Haberleşme Hukukundaki İdari Yaptırımlar ve Yargısal Denetimi</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786053004486</t>
+          <t>9786053005148</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Görevi Kötüye Kullanma Suçu</t>
+          <t>Cinsel Saldırı Suçu</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>180</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786053004448</t>
+          <t>9786053005162</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Uzlaştırma</t>
+          <t>Adam Çalıştıranın Organizasyon Sorumluluğu</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>200</v>
+        <v>308</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786053004226</t>
+          <t>9786053009146</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>İddianame ve İddianamenin İadesi</t>
+          <t>Futbolda Disiplin (Ciltli)</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>280</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786053004257</t>
+          <t>9786053002222</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Radyo ve Televizyon Yayın Hizmetlerinde Denetim</t>
+          <t>Yaza Merhaba</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>294</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786053004097</t>
+          <t>9786053004981</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Sözleşmesi Açısından Türkiye'nin Vicdani Ret Pratiği</t>
+          <t>Ceza Muhakemesinde İstinaf Kanun Yolu</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786053004011</t>
+          <t>9786053005049</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Sektörü İçin İhale ve Sözleşme Yönetimi Rehberi</t>
+          <t>Belge Ceza Hukuku</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>476</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786053003984</t>
+          <t>9786053005001</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Vergi Hukuku</t>
+          <t>Konut ve Çatılı İşyeri Kira Sözleşmesi İle Bağlantılı İşlemler</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>224</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786053004998</t>
+          <t>9786053004844</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Türk Milli Eğitim Sisteminde Eğitim Hakkı ve Çocuk Hakları Sözleşmesi</t>
+          <t>Osmanlı Noterlik Hukuku</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>180</v>
+        <v>266</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786053003755</t>
+          <t>9786053004851</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Münhasır Ekonomik Bölgesindeki Balıkçılık Hakları</t>
+          <t>Aile Hukukunda Geçici Hukuki Himaye Tedbirleri</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>252</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786053003502</t>
+          <t>9786053004516</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Belge Hukuku</t>
+          <t>Uygulamada Avukatlık Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>238</v>
+        <v>810</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786053003557</t>
+          <t>9786053004820</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Limited Şirketin Sona Erme Nedenleri</t>
+          <t>Avrupa Birliği İnsan Hakları Rejimi Işığında Avrupa Tutuklama Müzekkeresi</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786053009603</t>
+          <t>9786053004639</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Tebligat Hukuku</t>
+          <t>TCK ve Özel Ceza Yasalarında Suçlar</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>410</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786053002888</t>
+          <t>9786257277426</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Suçları</t>
+          <t>Yargıtay ve İstinaf Uygulamasında Geçici Hukuki Korumalar</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>238</v>
+        <v>756</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786053003113</t>
+          <t>9786053004592</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelenin Öbür Yüzü</t>
+          <t>Banka Zimmeti</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786053003366</t>
+          <t>9786053004561</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Modern İç Güvenlik Hizmetleri ve Kamu Yönetimi İlişkisi</t>
+          <t>Uluslararası Antlaşmalar Hukukunda Şartların Esaslı Değişikliği İlkesi</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786053002178</t>
+          <t>9786053004486</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Liber Amicorum in Loving Memory of Prof. Dr. A.N. Yiannipoulos (Ciltli)</t>
+          <t>Türk Ceza Hukukunda Görevi Kötüye Kullanma Suçu</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>462</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786053002512</t>
+          <t>9786053004448</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Noterlik Rehberi</t>
+          <t>Ceza Muhakemesi Hukukunda Uzlaştırma</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786053002499</t>
+          <t>9786053004226</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>İflas Erteleme Davaları</t>
+          <t>İddianame ve İddianamenin İadesi</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786053002444</t>
+          <t>9786053004257</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Hava Hukuku Sempozyumu</t>
+          <t>Radyo ve Televizyon Yayın Hizmetlerinde Denetim</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>150</v>
+        <v>294</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786053002802</t>
+          <t>9786053004097</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Hukuk Genel Kurulu Emsal Kararları (Ciltli)</t>
+          <t>Avrupa İnsan Hakları Sözleşmesi Açısından Türkiye'nin Vicdani Ret Pratiği</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>938</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786053003076</t>
+          <t>9786053004011</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Mevzuatı</t>
+          <t>İnşaat Sektörü İçin İhale ve Sözleşme Yönetimi Rehberi</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>95</v>
+        <v>476</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786053002635</t>
+          <t>9786053003984</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>İhtiyati Tedbir</t>
+          <t>Bilişim Vergi Hukuku</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>280</v>
+        <v>224</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786053002505</t>
+          <t>9786053004998</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hukukuna Kaynaklık Eden Temel Kanunlar</t>
+          <t>Türk Milli Eğitim Sisteminde Eğitim Hakkı ve Çocuk Hakları Sözleşmesi</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786053002390</t>
+          <t>9786053003755</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Taksirle Ölüme Sebebiyet Verme Suçu</t>
+          <t>Türkiye'nin Münhasır Ekonomik Bölgesindeki Balıkçılık Hakları</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>238</v>
+        <v>252</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786257595124</t>
+          <t>9786053003502</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Eser Sözleşmesi</t>
+          <t>Belge Hukuku</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>865</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786053002284</t>
+          <t>9786053003557</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı İçin Avrupa İnsan Hakları Sözleşmesi</t>
+          <t>Limited Şirketin Sona Erme Nedenleri</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>198</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786053001775</t>
+          <t>9786053009603</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Yargılama Hukukunda Sulh</t>
+          <t>Tebligat Hukuku</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>220</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786053001836</t>
+          <t>9786053002888</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Nüfuz Ticareti Suçu</t>
+          <t>Kitle İletişim Suçları</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>200</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786053002154</t>
+          <t>9786053003113</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Türk Pozitif Hukuku'nda ve Avrupa İnsan Hakları Hukuku'nda Özgürlük ve Güvenlik Hakkı</t>
+          <t>Milli Mücadelenin Öbür Yüzü</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786053002130</t>
+          <t>9786053003366</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Tam Yargı Davalarında Maddi Tazminat</t>
+          <t>Modern İç Güvenlik Hizmetleri ve Kamu Yönetimi İlişkisi</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786053001881</t>
+          <t>9786053002178</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Genel Güvenliğin Kasten Tehlikeye Sokulması Suçu</t>
+          <t>Liber Amicorum in Loving Memory of Prof. Dr. A.N. Yiannipoulos (Ciltli)</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>170</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786053002024</t>
+          <t>9786053002512</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Kötü Uygulamaya İlişkin Zorunlu Mali Sorumluluk Sigortası</t>
+          <t>Noterlik Rehberi</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9786053001683</t>
+          <t>9786053002499</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>İş Güvencesi Hukuku ve İşe İade Davaları (Ciltli)</t>
+          <t>İflas Erteleme Davaları</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>588</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786053001522</t>
+          <t>9786053002444</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>İrtikap Suçu</t>
+          <t>Hava Hukuku Sempozyumu</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9786053004080</t>
+          <t>9786053002802</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>2018 Ceza Muhakemesi Kanunu</t>
+          <t>Yargıtay Hukuk Genel Kurulu Emsal Kararları (Ciltli)</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>150</v>
+        <v>938</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9786053001003</t>
+          <t>9786053003076</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Kefalet ve Yargılama Hukukuna İlişkin Uyuşmazlıklar (Ciltli)</t>
+          <t>Avrupa Birliği Mevzuatı</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>700</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786053001232</t>
+          <t>9786053002635</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukunda Kısa Çalışma</t>
+          <t>İhtiyati Tedbir</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786053001058</t>
+          <t>9786053002505</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti'nin Taraf Olduğu Milletlerarası Özel Hukuku İle İlgili Bazı Çok Taraflı Uluslararası Sözleşmeler (Ciltli)</t>
+          <t>Kamu Hukukuna Kaynaklık Eden Temel Kanunlar</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>784</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786053001041</t>
+          <t>9786053002390</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucu Veya Uyarıcı Madde İmal ve Ticaret Suçu</t>
+          <t>Taksirle Ölüme Sebebiyet Verme Suçu</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>210</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786053009634</t>
+          <t>9786257595124</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Bağışlama Sözleşmesi (Ciltli)</t>
+          <t>Eser Sözleşmesi</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>770</v>
+        <v>865</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786053000969</t>
+          <t>9786053002284</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Taksitle Satış Sözleşmeleri</t>
+          <t>İdari Yargı İçin Avrupa İnsan Hakları Sözleşmesi</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786053000648</t>
+          <t>9786053001775</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Teoride ve Pratikte Yargı Bağımsızlığı</t>
+          <t>Türk Medeni Yargılama Hukukunda Sulh</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>252</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786053000709</t>
+          <t>9786053001836</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>John Locke'un İhtilal Teorisi Bağlamında Arap Baharı</t>
+          <t>Türk Hukukunda Nüfuz Ticareti Suçu</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786053000495</t>
+          <t>9786053002154</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Boyutuyla Rüşvet Suçu</t>
+          <t>Türk Pozitif Hukuku'nda ve Avrupa İnsan Hakları Hukuku'nda Özgürlük ve Güvenlik Hakkı</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786053000556</t>
+          <t>9786053002130</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Toplantı ve Gösteri Yürüyüşü Özgürlüğü ve Türkiye Örneği</t>
+          <t>Tam Yargı Davalarında Maddi Tazminat</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786053000617</t>
+          <t>9786053001881</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Açısından Çok Hukuklu Sistem</t>
+          <t>Genel Güvenliğin Kasten Tehlikeye Sokulması Suçu</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786053000600</t>
+          <t>9786053002024</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi Kararları Işığında Kanun Kavramı</t>
+          <t>Tıbbi Kötü Uygulamaya İlişkin Zorunlu Mali Sorumluluk Sigortası</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786053000075</t>
+          <t>9786053001683</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Kusur İlkesi Işığında Mazaret Nedeni Olarak Zorlayıcı Cebir (Ciltli)</t>
+          <t>İş Güvencesi Hukuku ve İşe İade Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>266</v>
+        <v>588</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9786053000297</t>
+          <t>9786053001522</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Görevi Yaptırmamak İçin Direnme Suçu</t>
+          <t>İrtikap Suçu</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786053000181</t>
+          <t>9786053004080</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Uyuşmazlıklarında Arabuluculuk</t>
+          <t>2018 Ceza Muhakemesi Kanunu</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786053000341</t>
+          <t>9786053001003</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargıda İstinaf</t>
+          <t>Kefalet ve Yargılama Hukukuna İlişkin Uyuşmazlıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>238</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786053000105</t>
+          <t>9786053001232</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Bedelli Askerlik Dövizle Askerlik ve İdari Para Cezası Uygulamaları</t>
+          <t>Türk İş Hukunda Kısa Çalışma</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786053000129</t>
+          <t>9786053001058</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ceza Hukukunda Hükümlülerin Nakli</t>
+          <t>Türkiye Cumhuriyeti'nin Taraf Olduğu Milletlerarası Özel Hukuku İle İlgili Bazı Çok Taraflı Uluslararası Sözleşmeler (Ciltli)</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>158</v>
+        <v>784</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9786053000044</t>
+          <t>9786053001041</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Müdahalenin Hukuka UYgunluğu</t>
+          <t>Uyuşturucu Veya Uyarıcı Madde İmal ve Ticaret Suçu</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>224</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9786053000037</t>
+          <t>9786053009634</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Tüpgaz Sorumluluk Sigortası ve İlgili Mevzuat</t>
+          <t>Bağışlama Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>252</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786053000013</t>
+          <t>9786053000969</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Silah Kullanımı</t>
+          <t>Taksitle Satış Sözleşmeleri</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9786051469928</t>
+          <t>9786053000648</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Gece Çalışması</t>
+          <t>Teoride ve Pratikte Yargı Bağımsızlığı</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>230</v>
+        <v>252</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9786051469782</t>
+          <t>9786053000709</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 8</t>
+          <t>John Locke'un İhtilal Teorisi Bağlamında Arap Baharı</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9786051469751</t>
+          <t>9786053000495</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 5</t>
+          <t>Uluslararası Boyutuyla Rüşvet Suçu</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>137</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9786051469775</t>
+          <t>9786053000556</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 7</t>
+          <t>Toplantı ve Gösteri Yürüyüşü Özgürlüğü ve Türkiye Örneği</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>142</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9786051469768</t>
+          <t>9786053000617</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 6</t>
+          <t>Anayasa Hukuku Açısından Çok Hukuklu Sistem</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>158</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9786051469720</t>
+          <t>9786053000600</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 2</t>
+          <t>Anayasa Mahkemesi Kararları Işığında Kanun Kavramı</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9786051469744</t>
+          <t>9786053000075</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 4</t>
+          <t>Kusur İlkesi Işığında Mazaret Nedeni Olarak Zorlayıcı Cebir (Ciltli)</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>155</v>
+        <v>266</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786051469867</t>
+          <t>9786053000297</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Güneydoğu Komşu Ülkelerden Türkiye'ye Yönelik Göç Hareketleri</t>
+          <t>Görevi Yaptırmamak İçin Direnme Suçu</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9786051469799</t>
+          <t>9786053000181</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Sulh Halinde Avukatın Ücret Alacağı</t>
+          <t>Hukuk Uyuşmazlıklarında Arabuluculuk</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9786051469812</t>
+          <t>9786053000341</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesinin AİHS M. 41 Kapsamındaki Hükümlerinin (Adil Karşılık) Mahiyeti ve Unsurları</t>
+          <t>İdari Yargıda İstinaf</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>170</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786051468815</t>
+          <t>9786053000105</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Kendini İtham Etme Hakkı</t>
+          <t>Bedelli Askerlik Dövizle Askerlik ve İdari Para Cezası Uygulamaları</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9786051469850</t>
+          <t>9786053000129</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>5237 Sayılı Türk Ceza Kanununda Hürriyete Karşı İşlenen Suçlardan Tehdit ve Cebir Suçu</t>
+          <t>Uluslararası Ceza Hukukunda Hükümlülerin Nakli</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>190</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786051469447</t>
+          <t>9786053000044</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Birinci Türkiye Büyük Millet Meclisi Dönemi Siyasal Rejimi ve Anayasal Düzeni</t>
+          <t>Tıbbi Müdahalenin Hukuka UYgunluğu</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>190</v>
+        <v>224</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786053001492</t>
+          <t>9786053000037</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Hukukta İstinaf Uygulaması</t>
+          <t>Uygulamada Tüpgaz Sorumluluk Sigortası ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>294</v>
+        <v>252</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786055980887</t>
+          <t>9786053000013</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Vade Farkı ve Uygulaması (Ciltli)</t>
+          <t>Nükleer Silah Kullanımı</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786257088541</t>
+          <t>9786051469928</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Örgütlü Suçlar</t>
+          <t>İş Hukukunda Gece Çalışması</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786054378043</t>
+          <t>9786051469782</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Polisin İnsan Hakları Gelişiminin Bilimsel Bir Çalışma Işığında İncelenmesi</t>
+          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 8</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>70</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786054144389</t>
+          <t>9786051469751</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Son Değişiklikleriyle Seçimler ve Siyasi Partiler Mevzuatı</t>
+          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 5</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>150</v>
+        <v>137</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786055633387</t>
+          <t>9786051469775</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>TCK’nın Genel Hükümleri Açısından Basın Suçlarında Sorumluluk</t>
+          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 7</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>150</v>
+        <v>142</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786054378647</t>
+          <t>9786051469768</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Temel Hak ve Özgürlüklere İlişkin Uluslararası Antlaşmaların İç Hukukta Doğrudan Uygulanması</t>
+          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 6</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>150</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786051460512</t>
+          <t>9786051469720</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanununda Zimmet Suçu</t>
+          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 2</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>70</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786055473440</t>
+          <t>9786051469744</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Ad ve Adın Değiştirilmesi</t>
+          <t>1982 Anayasası Döneminde Türkiye Anayasa Mahkemesi’nin Siyasi Partilerin Kapatılması, Siyasi Partilere İhtar Verilmesi ve Siyasi Partilerle İlgili Diğer Kararları Cilt 4</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786055473297</t>
+          <t>9786051469867</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda Manevi Tazminat</t>
+          <t>Doğu ve Güneydoğu Komşu Ülkelerden Türkiye'ye Yönelik Göç Hareketleri</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786054144952</t>
+          <t>9786051469799</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Mevzuatında Şerefi İhlal</t>
+          <t>Sulh Halinde Avukatın Ücret Alacağı</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786053008439</t>
+          <t>9786051469812</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Yerinden Edilmiş Kişiler</t>
+          <t>Avrupa İnsan Hakları Mahkemesinin AİHS M. 41 Kapsamındaki Hükümlerinin (Adil Karşılık) Mahiyeti ve Unsurları</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786055412111</t>
+          <t>9786051468815</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Türk Cumhuriyeti Lefke Avrupa Üniversitesi 2. Sağlık Hukuku Sempozyumu</t>
+          <t>Ceza Muhakemesi Hukukunda Kendini İtham Etme Hakkı</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786054378234</t>
+          <t>9786051469850</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Meslek Dışı (Halktan) Hakimler</t>
+          <t>5237 Sayılı Türk Ceza Kanununda Hürriyete Karşı İşlenen Suçlardan Tehdit ve Cebir Suçu</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>70</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786051469218</t>
+          <t>9786051469447</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Buyruğu Işığında İnsan Hakları</t>
+          <t>Birinci Türkiye Büyük Millet Meclisi Dönemi Siyasal Rejimi ve Anayasal Düzeni</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786051468990</t>
+          <t>9786053001492</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Açlık Grevleri</t>
+          <t>Hukukta İstinaf Uygulaması</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>150</v>
+        <v>294</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786051469249</t>
+          <t>9786055980887</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Computer Fraud</t>
+          <t>Vade Farkı ve Uygulaması (Ciltli)</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>238</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786051469157</t>
+          <t>9786257088541</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Kararlarındaki Karşı Oy Gerekçelerim</t>
+          <t>Örgütlü Suçlar</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9786051468792</t>
+          <t>9786054378043</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay'ın Sosyal Güvenlik Hukukuna İlişkin Seçilmiş Kararları</t>
+          <t>Polisin İnsan Hakları Gelişiminin Bilimsel Bir Çalışma Işığında İncelenmesi</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>434</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786053002741</t>
+          <t>9786054144389</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Terörle Mücadele Kanunu ve Devlet Sırlarına Karşı Suçlar</t>
+          <t>Son Değişiklikleriyle Seçimler ve Siyasi Partiler Mevzuatı</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>294</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9786051468471</t>
+          <t>9786055633387</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Uzlaşma</t>
+          <t>TCK’nın Genel Hükümleri Açısından Basın Suçlarında Sorumluluk</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786257802833</t>
+          <t>9786054378647</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Korunması ve Kadına Karşı Şiddetin Önlenmesine Dair Kanun</t>
+          <t>Temel Hak ve Özgürlüklere İlişkin Uluslararası Antlaşmaların İç Hukukta Doğrudan Uygulanması</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786051468259</t>
+          <t>9786051460512</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>TCK Genel Hükümleri Yargıtay Yorumu (Ciltli)</t>
+          <t>Türk Ceza Kanununda Zimmet Suçu</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>406</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9786051467634</t>
+          <t>9786055473440</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Bağlamında Yargı Mercileri Kararlarının Birbirleri Üzerindeki Etkisi (Ciltli)</t>
+          <t>Türk Hukukunda Ad ve Adın Değiştirilmesi</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786051468044</t>
+          <t>9786055473297</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Kararları Işığında Kamu Barışına Karşı Suçlar</t>
+          <t>Türk İş Hukukunda Manevi Tazminat</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786051467962</t>
+          <t>9786054144952</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Müteselsil Kefaletin Kurulması ve Geçerlilik Şartları</t>
+          <t>Türkiye Mevzuatında Şerefi İhlal</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9786054378241</t>
+          <t>9786053008439</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Cinayetlerin Şifresi</t>
+          <t>Uluslararası Hukukta Yerinden Edilmiş Kişiler</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>70</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786051467177</t>
+          <t>9786055412111</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku - Genel Kısım 2</t>
+          <t>Kuzey Kıbrıs Türk Cumhuriyeti Lefke Avrupa Üniversitesi 2. Sağlık Hukuku Sempozyumu</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>336</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786051467214</t>
+          <t>9786054378234</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Özel Hayata Karşı Suçlar</t>
+          <t>Meslek Dışı (Halktan) Hakimler</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>110</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9786051466897</t>
+          <t>9786051469218</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararları Işığında Türk Hukuku'nda İnternet Erişiminin Engellenmesi</t>
+          <t>Peygamber Buyruğu Işığında İnsan Hakları</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786051465043</t>
+          <t>9786051468990</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılamasında Koruma Tedbirleri Nedeniyle Tazminat</t>
+          <t>Açlık Grevleri</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9786051466125</t>
+          <t>9786051469249</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Polis Suçluluğu</t>
+          <t>Computer Fraud</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>170</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786051466668</t>
+          <t>9786051469157</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Ticari Defterlerin Delil Niteliği</t>
+          <t>Yargıtay Kararlarındaki Karşı Oy Gerekçelerim</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786053006374</t>
+          <t>9786051468792</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Etkin Soruşturmaya İlişkin Usul ve Esaslar</t>
+          <t>Yargıtay'ın Sosyal Güvenlik Hukukuna İlişkin Seçilmiş Kararları</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>420</v>
+        <v>434</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9786051466644</t>
+          <t>9786053002741</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Taşıma Hukukunda Karayoluyla Tehlikeli Eşya Taşınması (Ciltli)</t>
+          <t>Terörle Mücadele Kanunu ve Devlet Sırlarına Karşı Suçlar</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>190</v>
+        <v>294</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786051466422</t>
+          <t>9786051468471</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Özetli-İçtihatlı Yargıtay Uygulamasında Banka Teminat Mektupları (Ciltli)</t>
+          <t>Uzlaşma</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>392</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786051466330</t>
+          <t>9786257802833</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Örtülü Kar Dağıtımı (Ciltli)</t>
+          <t>Ailenin Korunması ve Kadına Karşı Şiddetin Önlenmesine Dair Kanun</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>336</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9786257656306</t>
+          <t>9786051468259</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>İş Kazası ve Meslek Hastalığında Hukuki ve Cezai Sorumluk (Ciltli)</t>
+          <t>TCK Genel Hükümleri Yargıtay Yorumu (Ciltli)</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>1400</v>
+        <v>406</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9786053000419</t>
+          <t>9786051467634</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı İçtihatlı ve İstinaf Kurumuyla İdari Yargılama Usulü Kanunu (Ciltli)</t>
+          <t>Ceza Muhakemesi Bağlamında Yargı Mercileri Kararlarının Birbirleri Üzerindeki Etkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>560</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786051464756</t>
+          <t>9786051468044</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Toplum Destekli Polislik</t>
+          <t>Yargıtay Kararları Işığında Kamu Barışına Karşı Suçlar</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9786055263959</t>
+          <t>9786051467962</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu'nda Adli Para Cezası</t>
+          <t>Müteselsil Kefaletin Kurulması ve Geçerlilik Şartları</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9786051463742</t>
+          <t>9786054378241</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Kobi'lere, Büyük İşletmelere ve Girişimcilere Sağlanan Mali Destekler ve Hizmetler (Ciltli)</t>
+          <t>Cinayetlerin Şifresi</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9786051461175</t>
+          <t>9786051467177</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Ceza Yargılamasında Tutuklama ve Tahliye</t>
+          <t>Ceza Hukuku - Genel Kısım 2</t>
         </is>
       </c>
       <c r="C1678" s="1">
-        <v>70</v>
+        <v>336</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9786051462509</t>
+          <t>9786051467214</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Konut Hakkı</t>
+          <t>Özel Hayata Karşı Suçlar</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9786051461793</t>
+          <t>9786051466897</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Yönetim Kurulu Üyelerinin Mesleki Sorumluluk Sigortası</t>
+          <t>Yargı Kararları Işığında Türk Hukuku'nda İnternet Erişiminin Engellenmesi</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786053002895</t>
+          <t>9786051465043</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Akit Dışı Sorumlulukta Maddi Zarar ve Tazmini</t>
+          <t>Ceza Yargılamasında Koruma Tedbirleri Nedeniyle Tazminat</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9786051462837</t>
+          <t>9786051466125</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirkette İşletme Konusu</t>
+          <t>Türkiye'de Polis Suçluluğu</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9786055263546</t>
+          <t>9786051466668</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>360 Derece Polis Liderliği ve Liderlik Eğitimi</t>
+          <t>Ticari Defterlerin Delil Niteliği</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>70</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9786051464442</t>
+          <t>9786053006374</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Polisin Sorunları Nedir? Polis Nasıl Motive Edilir?</t>
+          <t>Etkin Soruşturmaya İlişkin Usul ve Esaslar</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>90</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9786051463094</t>
+          <t>9786051466644</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılamasında Beraat Kararı ve Uygulaması</t>
+          <t>Taşıma Hukukunda Karayoluyla Tehlikeli Eşya Taşınması (Ciltli)</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9786055412425</t>
+          <t>9786051466422</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılarının Milletlerarası Değeri Konusunda Avrupa Sözleşmesi</t>
+          <t>Özetli-İçtihatlı Yargıtay Uygulamasında Banka Teminat Mektupları (Ciltli)</t>
         </is>
       </c>
       <c r="C1686" s="1">
-        <v>150</v>
+        <v>392</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9786051462394</t>
+          <t>9786051466330</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhalelerinde Dava Süreci (Ciltli)</t>
+          <t>Anonim Şirketlerde Örtülü Kar Dağıtımı (Ciltli)</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>170</v>
+        <v>336</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9786051463483</t>
+          <t>9786257656306</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Kısım - 1</t>
+          <t>İş Kazası ve Meslek Hastalığında Hukuki ve Cezai Sorumluk (Ciltli)</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>392</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9786051461823</t>
+          <t>9786053000419</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Muhasebe Standartları İle Vergi Yasalarındaki Ölçüm (Değerleme) Farklarının Saptanması ve Vergi İdaresine Raporlanması</t>
+          <t>Açıklamalı İçtihatlı ve İstinaf Kurumuyla İdari Yargılama Usulü Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>150</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9786051462530</t>
+          <t>9786051464756</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukuku Davalar Sisteminde Actio Popularis</t>
+          <t>Toplum Destekli Polislik</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9786051460833</t>
+          <t>9786055263959</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>İlgili Düzenlemeler Işığında Anayasa ve İdare Hukuku Açısından Kamu Haznedarlığı Uygulaması</t>
+          <t>Türk Ceza Kanunu'nda Adli Para Cezası</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9786055263010</t>
+          <t>9786051463742</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi'nin Yargılama Yetkisi</t>
+          <t>Kobi'lere, Büyük İşletmelere ve Girişimcilere Sağlanan Mali Destekler ve Hizmetler (Ciltli)</t>
         </is>
       </c>
       <c r="C1692" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9786051461755</t>
+          <t>9786051461175</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Gönüllü Vazgeçme Kurumu</t>
+          <t>Uygulamada Ceza Yargılamasında Tutuklama ve Tahliye</t>
         </is>
       </c>
       <c r="C1693" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9786051463179</t>
+          <t>9786051462509</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>Avukatın Uzlaşma Sağlama Yetkisi</t>
+          <t>Konut Hakkı</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9786051464008</t>
+          <t>9786051461793</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>SGK - TEB Eczane Protokolü</t>
+          <t>Anonim Şirket Yönetim Kurulu Üyelerinin Mesleki Sorumluluk Sigortası</t>
         </is>
       </c>
       <c r="C1695" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9786051462462</t>
+          <t>9786053002895</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Koruma Sigortası</t>
+          <t>Akit Dışı Sorumlulukta Maddi Zarar ve Tazmini</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9786053002246</t>
+          <t>9786051462837</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>Kanunlarımızda Süreler</t>
+          <t>Anonim Şirkette İşletme Konusu</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>476</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9786051463247</t>
+          <t>9786055263546</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>İcra Müdürünün Takdir Yetkisi</t>
+          <t>360 Derece Polis Liderliği ve Liderlik Eğitimi</t>
         </is>
       </c>
       <c r="C1698" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9786051463025</t>
+          <t>9786051464442</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Irak Hukukunda Genel Sebeplere Dayanarak Boşanma ve Sonuçları</t>
+          <t>Polisin Sorunları Nedir? Polis Nasıl Motive Edilir?</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9786051461700</t>
+          <t>9786051463094</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>Kamu Denetçiliği Kurumu Ombudsman Başvuru El Kitabı ve Mevzuat</t>
+          <t>Ceza Yargılamasında Beraat Kararı ve Uygulaması</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9786257802536</t>
+          <t>9786055412425</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Uygulamada Tefecilik Suçu</t>
+          <t>Ceza Yargılarının Milletlerarası Değeri Konusunda Avrupa Sözleşmesi</t>
         </is>
       </c>
       <c r="C1701" s="1">
-        <v>625</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9786055263324</t>
+          <t>9786051462394</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>Katma Değer Vergisinde Vergiyi Doğuran Olay Olarak Teslim</t>
+          <t>Kamu İhalelerinde Dava Süreci (Ciltli)</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9786054378333</t>
+          <t>9786051463483</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Protokolü ve İşkencenin Önlenmesi</t>
+          <t>Ceza Hukuku Genel Kısım - 1</t>
         </is>
       </c>
       <c r="C1703" s="1">
-        <v>150</v>
+        <v>392</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9786055412371</t>
+          <t>9786051461823</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Ceza Hukuku Mevzuatı</t>
+          <t>Türkiye Muhasebe Standartları İle Vergi Yasalarındaki Ölçüm (Değerleme) Farklarının Saptanması ve Vergi İdaresine Raporlanması</t>
         </is>
       </c>
       <c r="C1704" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9786055336103</t>
+          <t>9786051462530</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>Hukuksal ve Finansal Açıdan Forfaiting</t>
+          <t>Roma Hukuku Davalar Sisteminde Actio Popularis</t>
         </is>
       </c>
       <c r="C1705" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9786054378524</t>
+          <t>9786051460833</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>Müsadere ve Mülkiyetin Kamuya Geçirilmesi</t>
+          <t>İlgili Düzenlemeler Işığında Anayasa ve İdare Hukuku Açısından Kamu Haznedarlığı Uygulaması</t>
         </is>
       </c>
       <c r="C1706" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9786051463537</t>
+          <t>9786055263010</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>Koruma Tedbirleri Nedeniyle Tazminat Davaları</t>
+          <t>Avrupa İnsan Hakları Mahkemesi'nin Yargılama Yetkisi</t>
         </is>
       </c>
       <c r="C1707" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9786051464824</t>
+          <t>9786051461755</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Elektronik Genel Kurul Uygulamasında Pay Sahiplerinin Bilgi Alma Hakkı (Ciltli)</t>
+          <t>Türk Ceza Hukukunda Gönüllü Vazgeçme Kurumu</t>
         </is>
       </c>
       <c r="C1708" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9786051464992</t>
+          <t>9786051463179</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>5. Sağlık Hakkı ve Sağlık Hukuku Sempozyumu</t>
+          <t>Avukatın Uzlaşma Sağlama Yetkisi</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9786051465005</t>
+          <t>9786051464008</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hukuku Bibliyografyası</t>
+          <t>SGK - TEB Eczane Protokolü</t>
         </is>
       </c>
       <c r="C1710" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9786051464930</t>
+          <t>9786051462462</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>2. Uluslararası Suç ve Ceza Film Festivali : Kadına Yönelik Şiddet ve Ayrımcılık</t>
+          <t>Hukuki Koruma Sigortası</t>
         </is>
       </c>
       <c r="C1711" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9786051463544</t>
+          <t>9786053002246</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Tefecilik Suçu</t>
+          <t>Kanunlarımızda Süreler</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>160</v>
+        <v>476</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9786051460994</t>
+          <t>9786051463247</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>Savcılar Özerk ve Bağımsız Olmalıdır</t>
+          <t>İcra Müdürünün Takdir Yetkisi</t>
         </is>
       </c>
       <c r="C1713" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9786051460840</t>
+          <t>9786051463025</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Andlaşmaların Yapılması ve Yargısal Denetim</t>
+          <t>Türk ve Irak Hukukunda Genel Sebeplere Dayanarak Boşanma ve Sonuçları</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9786051460888</t>
+          <t>9786051461700</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararları ile Birlikte İcra Mahkemesinde İtirazın Kaldırılması (Ciltli)</t>
+          <t>Kamu Denetçiliği Kurumu Ombudsman Başvuru El Kitabı ve Mevzuat</t>
         </is>
       </c>
       <c r="C1715" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
-          <t>9786257802291</t>
+          <t>9786257802536</t>
         </is>
       </c>
       <c r="B1716" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukukunda Menfi Tespit ve İstirdat Davaları</t>
+          <t>Teori ve Uygulamada Tefecilik Suçu</t>
         </is>
       </c>
       <c r="C1716" s="1">
-        <v>920</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="1" t="inlineStr">
         <is>
-          <t>9786051463650</t>
+          <t>9786055263324</t>
         </is>
       </c>
       <c r="B1717" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay'ın Sosyal Güvenlik Hukukuna İlişkin Emsal Kararları (Ciltli)</t>
+          <t>Katma Değer Vergisinde Vergiyi Doğuran Olay Olarak Teslim</t>
         </is>
       </c>
       <c r="C1717" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="1" t="inlineStr">
         <is>
-          <t>9786051463636</t>
+          <t>9786054378333</t>
         </is>
       </c>
       <c r="B1718" s="1" t="inlineStr">
         <is>
-          <t>Mukayeseli Hukuk ve Hukuk Tarihinde Teşhir Cezası</t>
+          <t>İstanbul Protokolü ve İşkencenin Önlenmesi</t>
         </is>
       </c>
       <c r="C1718" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="1" t="inlineStr">
         <is>
-          <t>9786051460246</t>
+          <t>9786055412371</t>
         </is>
       </c>
       <c r="B1719" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Vergi Hataları ve Sonuçları (Ciltli)</t>
+          <t>Çalışma Ceza Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C1719" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="1" t="inlineStr">
         <is>
-          <t>9786055263980</t>
+          <t>9786055336103</t>
         </is>
       </c>
       <c r="B1720" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kamu Kurumu Niteliğindeki Meslek Kuruluşları</t>
+          <t>Hukuksal ve Finansal Açıdan Forfaiting</t>
         </is>
       </c>
       <c r="C1720" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="1" t="inlineStr">
         <is>
-          <t>9786051461250</t>
+          <t>9786054378524</t>
         </is>
       </c>
       <c r="B1721" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Yargısında Yorumlu Ret Kararı</t>
+          <t>Müsadere ve Mülkiyetin Kamuya Geçirilmesi</t>
         </is>
       </c>
       <c r="C1721" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="1" t="inlineStr">
         <is>
-          <t>9786051462981</t>
+          <t>9786051463537</t>
         </is>
       </c>
       <c r="B1722" s="1" t="inlineStr">
         <is>
-          <t>Yabancıların Türkiye'de Yargılanması ve Uluslararası Adli Yardımlaşma</t>
+          <t>Koruma Tedbirleri Nedeniyle Tazminat Davaları</t>
         </is>
       </c>
       <c r="C1722" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="1" t="inlineStr">
         <is>
-          <t>9786051463865</t>
+          <t>9786051464824</t>
         </is>
       </c>
       <c r="B1723" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Kanunu Yargıtay İlke Kararları</t>
+          <t>Anonim Şirket Elektronik Genel Kurul Uygulamasında Pay Sahiplerinin Bilgi Alma Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C1723" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="1" t="inlineStr">
         <is>
-          <t>9786257088916</t>
+          <t>9786051464992</t>
         </is>
       </c>
       <c r="B1724" s="1" t="inlineStr">
         <is>
-          <t>Hekim İlaç Tedavisinden Doğan Sorumluluğu</t>
+          <t>5. Sağlık Hakkı ve Sağlık Hukuku Sempozyumu</t>
         </is>
       </c>
       <c r="C1724" s="1">
-        <v>690</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="1" t="inlineStr">
         <is>
-          <t>9786051463780</t>
+          <t>9786051465005</t>
         </is>
       </c>
       <c r="B1725" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Gayrimüslimlerin Din ve Vicdan Hürriyetleri Bağlamında Mabedlerinin Hukuki Statüsü</t>
+          <t>Sağlık Hukuku Bibliyografyası</t>
         </is>
       </c>
       <c r="C1725" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="1" t="inlineStr">
         <is>
-          <t>9786055412593</t>
+          <t>9786051464930</t>
         </is>
       </c>
       <c r="B1726" s="1" t="inlineStr">
         <is>
-          <t>Sporda Şiddetin ve Düzensizliğin Önlenmesi Kanunu ve Yorumu</t>
+          <t>2. Uluslararası Suç ve Ceza Film Festivali : Kadına Yönelik Şiddet ve Ayrımcılık</t>
         </is>
       </c>
       <c r="C1726" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="1" t="inlineStr">
         <is>
-          <t>9786051461304</t>
+          <t>9786051463544</t>
         </is>
       </c>
       <c r="B1727" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu Canlanıyor: Türk-Çin Hukuk Zirvesi Konferans Bildiri Kitabı</t>
+          <t>Türk Hukukunda Tefecilik Suçu</t>
         </is>
       </c>
       <c r="C1727" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="1" t="inlineStr">
         <is>
-          <t>9786051460949</t>
+          <t>9786051460994</t>
         </is>
       </c>
       <c r="B1728" s="1" t="inlineStr">
         <is>
-          <t>Sporda Şiddet ve Düzensizliğin Önlenmesine Dair Kanunda Yer Alan Suçlar ve Yaptırımları</t>
+          <t>Savcılar Özerk ve Bağımsız Olmalıdır</t>
         </is>
       </c>
       <c r="C1728" s="1">
-        <v>27</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="1" t="inlineStr">
         <is>
-          <t>9786051460154</t>
+          <t>9786051460840</t>
         </is>
       </c>
       <c r="B1729" s="1" t="inlineStr">
         <is>
-          <t>Ön İnceleme Aşaması</t>
+          <t>Türk Hukukunda Andlaşmaların Yapılması ve Yargısal Denetim</t>
         </is>
       </c>
       <c r="C1729" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="1" t="inlineStr">
         <is>
-          <t>9786051463551</t>
+          <t>9786051460888</t>
         </is>
       </c>
       <c r="B1730" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Müdafi</t>
+          <t>Yargı Kararları ile Birlikte İcra Mahkemesinde İtirazın Kaldırılması (Ciltli)</t>
         </is>
       </c>
       <c r="C1730" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="1" t="inlineStr">
         <is>
-          <t>9786051463377</t>
+          <t>9786257802291</t>
         </is>
       </c>
       <c r="B1731" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhale Hukukunda Ortak Girişim (Ciltli)</t>
+          <t>İcra ve İflas Hukukunda Menfi Tespit ve İstirdat Davaları</t>
         </is>
       </c>
       <c r="C1731" s="1">
-        <v>170</v>
+        <v>920</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="1" t="inlineStr">
         <is>
-          <t>9786051462813</t>
+          <t>9786051463650</t>
         </is>
       </c>
       <c r="B1732" s="1" t="inlineStr">
         <is>
-          <t>Hukuka ve Ahlak Felsefesine Yön Veren Sözler</t>
+          <t>Yargıtay'ın Sosyal Güvenlik Hukukuna İlişkin Emsal Kararları (Ciltli)</t>
         </is>
       </c>
       <c r="C1732" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="1" t="inlineStr">
         <is>
-          <t>9786051461526</t>
+          <t>9786051463636</t>
         </is>
       </c>
       <c r="B1733" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasa Hukukunda Basın Özgürlüğü</t>
+          <t>Mukayeseli Hukuk ve Hukuk Tarihinde Teşhir Cezası</t>
         </is>
       </c>
       <c r="C1733" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="1" t="inlineStr">
         <is>
-          <t>9786055336837</t>
+          <t>9786051460246</t>
         </is>
       </c>
       <c r="B1734" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Yabancı Boşanma Kararlarının Tanınması ve Tenfizi</t>
+          <t>Türk Vergi Hukukunda Vergi Hataları ve Sonuçları (Ciltli)</t>
         </is>
       </c>
       <c r="C1734" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="1" t="inlineStr">
         <is>
-          <t>9786051461489</t>
+          <t>9786055263980</t>
         </is>
       </c>
       <c r="B1735" s="1" t="inlineStr">
         <is>
-          <t>Yargılama Safhaları ve İşlemleri (Ciltli)</t>
+          <t>Türkiye'de Kamu Kurumu Niteliğindeki Meslek Kuruluşları</t>
         </is>
       </c>
       <c r="C1735" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="1" t="inlineStr">
         <is>
-          <t>9786051463940</t>
+          <t>9786051461250</t>
         </is>
       </c>
       <c r="B1736" s="1" t="inlineStr">
         <is>
-          <t>Medeni Yargılama Hukukunda Değişiklik Davası</t>
+          <t>Anayasa Yargısında Yorumlu Ret Kararı</t>
         </is>
       </c>
       <c r="C1736" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="1" t="inlineStr">
         <is>
-          <t>9786051463728</t>
+          <t>9786051462981</t>
         </is>
       </c>
       <c r="B1737" s="1" t="inlineStr">
         <is>
-          <t>Seçim Sistemleri ve Türkiye'de (Gerrymandering) Seçim Hilesi Uygulamaları</t>
+          <t>Yabancıların Türkiye'de Yargılanması ve Uluslararası Adli Yardımlaşma</t>
         </is>
       </c>
       <c r="C1737" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="1" t="inlineStr">
         <is>
-          <t>9786051468327</t>
+          <t>9786051463865</t>
         </is>
       </c>
       <c r="B1738" s="1" t="inlineStr">
         <is>
-          <t>Ticari Şirketler İle İlgili Uygulamalar</t>
+          <t>Ticaret Kanunu Yargıtay İlke Kararları</t>
         </is>
       </c>
       <c r="C1738" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" s="1" t="inlineStr">
         <is>
-          <t>9786051468365</t>
+          <t>9786257088916</t>
         </is>
       </c>
       <c r="B1739" s="1" t="inlineStr">
         <is>
-          <t>İşletmeler İçin Sosyal Medyanın Yasal Riskleri</t>
+          <t>Hekim İlaç Tedavisinden Doğan Sorumluluğu</t>
         </is>
       </c>
       <c r="C1739" s="1">
-        <v>190</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" s="1" t="inlineStr">
         <is>
-          <t>9786051461069</t>
+          <t>9786051463780</t>
         </is>
       </c>
       <c r="B1740" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Küçüklerin Evlat Edinilmesi</t>
+          <t>Osmanlı Devleti'nde Gayrimüslimlerin Din ve Vicdan Hürriyetleri Bağlamında Mabedlerinin Hukuki Statüsü</t>
         </is>
       </c>
       <c r="C1740" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" s="1" t="inlineStr">
         <is>
-          <t>9786051468174</t>
+          <t>9786055412593</t>
         </is>
       </c>
       <c r="B1741" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi'nin 2015 Yılı Kararlarından Seçmeler 2</t>
+          <t>Sporda Şiddetin ve Düzensizliğin Önlenmesi Kanunu ve Yorumu</t>
         </is>
       </c>
       <c r="C1741" s="1">
-        <v>142</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" s="1" t="inlineStr">
         <is>
-          <t>9789944416924</t>
+          <t>9786051461304</t>
         </is>
       </c>
       <c r="B1742" s="1" t="inlineStr">
         <is>
-          <t>Adil Yargılanma Hakkı - Avrupa İnsan Hakları Sözleşmesi ve Türk Hukuku</t>
+          <t>İpek Yolu Canlanıyor: Türk-Çin Hukuk Zirvesi Konferans Bildiri Kitabı</t>
         </is>
       </c>
       <c r="C1742" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" s="1" t="inlineStr">
         <is>
-          <t>9786055473747</t>
+          <t>9786051460949</t>
         </is>
       </c>
       <c r="B1743" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Muhasebe Standartlarında Hasılat - Maliyet İlişkisi</t>
+          <t>Sporda Şiddet ve Düzensizliğin Önlenmesine Dair Kanunda Yer Alan Suçlar ve Yaptırımları</t>
         </is>
       </c>
       <c r="C1743" s="1">
-        <v>150</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" s="1" t="inlineStr">
         <is>
-          <t>9786051464237</t>
+          <t>9786051460154</t>
         </is>
       </c>
       <c r="B1744" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Uygulamalarıyla İş Hukukunun Temel İlkeleri</t>
+          <t>Ön İnceleme Aşaması</t>
         </is>
       </c>
       <c r="C1744" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" s="1" t="inlineStr">
         <is>
-          <t>9786051463452</t>
+          <t>9786051463551</t>
         </is>
       </c>
       <c r="B1745" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Teftiş Mekanizması ve Kurumsallaşması</t>
+          <t>Ceza Muhakemesi Hukukunda Müdafi</t>
         </is>
       </c>
       <c r="C1745" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" s="1" t="inlineStr">
         <is>
-          <t>9786051468181</t>
+          <t>9786051463377</t>
         </is>
       </c>
       <c r="B1746" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi'nin 2015 Yılı Kararlarından Seçmeler 3</t>
+          <t>Kamu İhale Hukukunda Ortak Girişim (Ciltli)</t>
         </is>
       </c>
       <c r="C1746" s="1">
-        <v>142</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" s="1" t="inlineStr">
         <is>
+          <t>9786051462813</t>
+        </is>
+      </c>
+      <c r="B1747" s="1" t="inlineStr">
+        <is>
+          <t>Hukuka ve Ahlak Felsefesine Yön Veren Sözler</t>
+        </is>
+      </c>
+      <c r="C1747" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1748" spans="1:3">
+      <c r="A1748" s="1" t="inlineStr">
+        <is>
+          <t>9786051461526</t>
+        </is>
+      </c>
+      <c r="B1748" s="1" t="inlineStr">
+        <is>
+          <t>Türk Anayasa Hukukunda Basın Özgürlüğü</t>
+        </is>
+      </c>
+      <c r="C1748" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1749" spans="1:3">
+      <c r="A1749" s="1" t="inlineStr">
+        <is>
+          <t>9786055336837</t>
+        </is>
+      </c>
+      <c r="B1749" s="1" t="inlineStr">
+        <is>
+          <t>Türk Hukukunda Yabancı Boşanma Kararlarının Tanınması ve Tenfizi</t>
+        </is>
+      </c>
+      <c r="C1749" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1750" spans="1:3">
+      <c r="A1750" s="1" t="inlineStr">
+        <is>
+          <t>9786051461489</t>
+        </is>
+      </c>
+      <c r="B1750" s="1" t="inlineStr">
+        <is>
+          <t>Yargılama Safhaları ve İşlemleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1750" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1751" spans="1:3">
+      <c r="A1751" s="1" t="inlineStr">
+        <is>
+          <t>9786051463940</t>
+        </is>
+      </c>
+      <c r="B1751" s="1" t="inlineStr">
+        <is>
+          <t>Medeni Yargılama Hukukunda Değişiklik Davası</t>
+        </is>
+      </c>
+      <c r="C1751" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1752" spans="1:3">
+      <c r="A1752" s="1" t="inlineStr">
+        <is>
+          <t>9786051463728</t>
+        </is>
+      </c>
+      <c r="B1752" s="1" t="inlineStr">
+        <is>
+          <t>Seçim Sistemleri ve Türkiye'de (Gerrymandering) Seçim Hilesi Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1752" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1753" spans="1:3">
+      <c r="A1753" s="1" t="inlineStr">
+        <is>
+          <t>9786051468327</t>
+        </is>
+      </c>
+      <c r="B1753" s="1" t="inlineStr">
+        <is>
+          <t>Ticari Şirketler İle İlgili Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C1753" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1754" spans="1:3">
+      <c r="A1754" s="1" t="inlineStr">
+        <is>
+          <t>9786051468365</t>
+        </is>
+      </c>
+      <c r="B1754" s="1" t="inlineStr">
+        <is>
+          <t>İşletmeler İçin Sosyal Medyanın Yasal Riskleri</t>
+        </is>
+      </c>
+      <c r="C1754" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1755" spans="1:3">
+      <c r="A1755" s="1" t="inlineStr">
+        <is>
+          <t>9786051461069</t>
+        </is>
+      </c>
+      <c r="B1755" s="1" t="inlineStr">
+        <is>
+          <t>Türk Hukukunda Küçüklerin Evlat Edinilmesi</t>
+        </is>
+      </c>
+      <c r="C1755" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1756" spans="1:3">
+      <c r="A1756" s="1" t="inlineStr">
+        <is>
+          <t>9786051468174</t>
+        </is>
+      </c>
+      <c r="B1756" s="1" t="inlineStr">
+        <is>
+          <t>Anayasa Mahkemesi'nin 2015 Yılı Kararlarından Seçmeler 2</t>
+        </is>
+      </c>
+      <c r="C1756" s="1">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="1757" spans="1:3">
+      <c r="A1757" s="1" t="inlineStr">
+        <is>
+          <t>9789944416924</t>
+        </is>
+      </c>
+      <c r="B1757" s="1" t="inlineStr">
+        <is>
+          <t>Adil Yargılanma Hakkı - Avrupa İnsan Hakları Sözleşmesi ve Türk Hukuku</t>
+        </is>
+      </c>
+      <c r="C1757" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1758" spans="1:3">
+      <c r="A1758" s="1" t="inlineStr">
+        <is>
+          <t>9786055473747</t>
+        </is>
+      </c>
+      <c r="B1758" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Muhasebe Standartlarında Hasılat - Maliyet İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1758" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1759" spans="1:3">
+      <c r="A1759" s="1" t="inlineStr">
+        <is>
+          <t>9786051464237</t>
+        </is>
+      </c>
+      <c r="B1759" s="1" t="inlineStr">
+        <is>
+          <t>Yargıtay Uygulamalarıyla İş Hukukunun Temel İlkeleri</t>
+        </is>
+      </c>
+      <c r="C1759" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1760" spans="1:3">
+      <c r="A1760" s="1" t="inlineStr">
+        <is>
+          <t>9786051463452</t>
+        </is>
+      </c>
+      <c r="B1760" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Teftiş Mekanizması ve Kurumsallaşması</t>
+        </is>
+      </c>
+      <c r="C1760" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1761" spans="1:3">
+      <c r="A1761" s="1" t="inlineStr">
+        <is>
+          <t>9786051468181</t>
+        </is>
+      </c>
+      <c r="B1761" s="1" t="inlineStr">
+        <is>
+          <t>Anayasa Mahkemesi'nin 2015 Yılı Kararlarından Seçmeler 3</t>
+        </is>
+      </c>
+      <c r="C1761" s="1">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="1762" spans="1:3">
+      <c r="A1762" s="1" t="inlineStr">
+        <is>
           <t>9786051461229</t>
         </is>
       </c>
-      <c r="B1747" s="1" t="inlineStr">
+      <c r="B1762" s="1" t="inlineStr">
         <is>
           <t>Liability Of The Air Carrier</t>
         </is>
       </c>
-      <c r="C1747" s="1">
+      <c r="C1762" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>