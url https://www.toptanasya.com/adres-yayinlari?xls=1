--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,580 +85,1030 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752500440</t>
+          <t>9789752500594</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Epistemoloji - Oxford</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752500426</t>
+          <t>9789752500624</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Siyasal Sistemler</t>
+          <t>ABD ve Latin Amerika Ülkelerinde Başkanlık Sistemi ve Uygulamaları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>230</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789752500365</t>
+          <t>9789752500327</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler</t>
+          <t>Küresel Siyaset</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>510</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752500532</t>
+          <t>9789752500433</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Terörizm</t>
+          <t>Avrupa Birliği Siyaseti</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789752500464</t>
+          <t>9789752500372</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Savaş Kuramları</t>
+          <t>Kamu Politikası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752500518</t>
+          <t>9789752500501</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Analitik Felsefeye Giriş</t>
+          <t>Siyasi İdeolojiler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752500457</t>
+          <t>9789752500235</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ekonomi Politiğe Giriş</t>
+          <t>A’dan Z’ye Ekonomi Sözlüğü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>810</v>
+        <v>170</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789752500549</t>
+          <t>9789752500006</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Nübüvvet</t>
+          <t>Küreselleşme Yoksulluk Gelişmişlik ve İşgücü Piyasaları Ekseninde</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>270</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752500396</t>
+          <t>9789752500419</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Ansiklopedisi (2 Cilt Takım)</t>
+          <t>Sosyal Bilimler Ansiklopedisi 2.Cilt</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>900</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752500358</t>
+          <t>9789752500037</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Türk İnkılabı Tarihi ve Atatürk İlkeleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>600</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752500242</t>
+          <t>9789752500105</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Makro İktisat</t>
+          <t>Sosyal Bilimler Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>270</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752500341</t>
+          <t>9789756201565</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Genel ve Endüstriyel Yönetim</t>
+          <t>Sosyal Bilim, Etik ve Yöntem</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>195</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752500181</t>
+          <t>9789756201206</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Yüzyılı</t>
+          <t>Siyasi İdeolojiler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752500655</t>
+          <t>9789756201039</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Modern Mikroekonomiye Giriş</t>
+          <t>Siyasi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>690</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752500228</t>
+          <t>9789752500334</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mikro İktisat</t>
+          <t>Siyasetin Temel Kavramları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>270</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752500266</t>
+          <t>9789752500150</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İran ve Ortadoğu</t>
+          <t>Siyaset</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>340</v>
+        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752500129</t>
+          <t>9789752500136</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Kimlik Problemleri</t>
+          <t>Popüler Tarih Sözlüğü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>340</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752500259</t>
+          <t>9789752500044</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Temel İşletme: Girişimcilik, İş Kurma ve Yönetim</t>
+          <t>Plato’dan Rawls’a Siyasi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>330</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752500273</t>
+          <t>9789752500143</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Modern Devlet, Biyoiktidar ve Soykırım</t>
+          <t>Ölü İktisatçılardan Yeni Fikirler Modern Ekonomik Düşünceye Giriş</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789756877678</t>
+          <t>9789756201367</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Düşünce Tarihi</t>
+          <t>Hukuk Devleti</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>540</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752500303</t>
+          <t>9789752500112</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Türkiye’de Azınlıklar</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>270</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752500174</t>
+          <t>9789752500075</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Satış Teknikleri</t>
+          <t>Demokrasinin Temelleri 80 Soru 80 Cevap</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>310</v>
+        <v>8</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752500716</t>
+          <t>9789752500020</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Dönüşümü</t>
+          <t>Avrupa’nın İcadı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>600</v>
+        <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752500709</t>
+          <t>3990000165006</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi Sözlüğü</t>
+          <t>Sosyal Bilimler Ansiklopedisi 1.Cilt</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>635</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789752500693</t>
+          <t>9789752500686</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Political Science</t>
+          <t>Türkiye'de Başkanlık Sistemi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>600</v>
+        <v>50</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789752500679</t>
+          <t>9789752500723</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Birinci Yüzyılda Çatışma Çözümü</t>
+          <t>Pandemi ve Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>550</v>
+        <v>285</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752500662</t>
+          <t>9789752500600</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Platon’dan Pinker’a Siyasi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>600</v>
+        <v>860</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789752500648</t>
+          <t>9789752500563</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Modern Makroekonomiye Giriş</t>
+          <t>Barış Çalışmaları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>690</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752500631</t>
+          <t>9789752500280</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Üç Meselesi</t>
+          <t>Bürokrasi ve Otorite</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752500617</t>
+          <t>9789752500082</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Sosyolojisi</t>
+          <t>Bilimsel Yönetimin İlkeleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>470</v>
+        <v>210</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789752500587</t>
+          <t>9789752500440</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Political Science</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>540</v>
+        <v>575</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752500556</t>
+          <t>9789752500426</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Teorisine ve Hukukuna Giriş</t>
+          <t>Karşılaştırmalı Siyasal Sistemler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752500525</t>
+          <t>9789752500365</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Avrupa</t>
+          <t>Uluslararası İlişkiler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>330</v>
+        <v>585</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752500013</t>
+          <t>9789752500532</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Düşünce Sözlüğü</t>
+          <t>Terörizm</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>690</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789752500204</t>
+          <t>9789752500464</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Devlet Sistemleri</t>
+          <t>Savaş Kuramları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>800</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
+          <t>9789752500518</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Analitik Felsefeye Giriş</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9789752500457</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Ekonomi Politiğe Giriş</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9789752500549</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Nübüvvet</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9789752500396</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler Ansiklopedisi (2 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9789752500358</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset Bilimi</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9789752500242</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Makro İktisat</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9789752500341</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Genel ve Endüstriyel Yönetim</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9789752500181</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Amerikan Yüzyılı</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9789752500655</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Modern Mikroekonomiye Giriş</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9789752500228</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Mikro İktisat</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9789752500266</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>İran ve Ortadoğu</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9789752500129</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Kimlik Problemleri</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9789752500259</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Temel İşletme: Girişimcilik, İş Kurma ve Yönetim</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9789752500273</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Modern Devlet, Biyoiktidar ve Soykırım</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9789756877678</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>İktisadi Düşünce Tarihi</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9789752500303</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği ve Türkiye’de Azınlıklar</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9789752500174</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Satış Teknikleri</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789752500716</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Savaşın Dönüşümü</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9789752500709</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset Bilimi Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9789752500693</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Political Science</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9789752500679</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Yirmi Birinci Yüzyılda Çatışma Çözümü</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9789752500662</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset Bilimi</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9789752500648</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Modern Makroekonomiye Giriş</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789752500631</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Sosyolojinin Üç Meselesi</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789752500617</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789752500587</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Political Science</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789752500556</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Anayasa Teorisine ve Hukukuna Giriş</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789752500525</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789752500013</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi Düşünce Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789752500204</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Devlet Sistemleri</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
           <t>9789752500389</t>
         </is>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Finansal Piyasalar Kılavuzu</t>
         </is>
       </c>
-      <c r="C37" s="1">
-        <v>330</v>
+      <c r="C67" s="1">
+        <v>380</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>