--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,115 +85,1015 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789759044268</t>
+          <t>9799756628743</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve İslam Üzerine</t>
+          <t>Eğitimde Özlenen Anneler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>120</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789756628461</t>
+          <t>9789756628539</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kimin Tarihi? Hangi Hermenötik?</t>
+          <t>Trigonometrinin Babası Et-Tusi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789759044435</t>
+          <t>9789756628591</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kriz Üçgeninde Türkiye</t>
+          <t>Toplumbiliminin Babası İbn Haldun</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>70</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789759044688</t>
+          <t>9789756628546</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dur... Ağlama Gözlerim</t>
+          <t>Tıp İliminin Babası İbn Sina</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
+          <t>9789759044312</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenim Peygamberim</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9789759044237</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an İkliminde Hadislerle Bugünü Yaşamak</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9789756628997</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9789759044343</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak Felsefesi</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9789756628324</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Yahudi Tarihi Yahudi Dini</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9789756628683</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Devekuşları Plan Yapmaz</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9789756628669</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Çok Serin Hikayeler</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9789756628768</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Çok Mavi Hikayeler</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9789759044510</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Cüzzamlı Eller ve Domuz Kemiği</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9789759044640</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Cennet Gibi Şehir</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9789756628980</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Biz Müslüman Mıyız?</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9789756628751</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Bir Miyav İki Hav Hav</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9789759044374</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Batı Karşısında Asya</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9789759044459</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Zindan Notları</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9789759044350</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Zeyneb-i Kübra Hayatına Kısa Bir Bakış</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9789759044626</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Yürüyen Adamın Şarkısı Ahmed Şamlu ve Şiiri</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9789759044541</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası İlişkiler ve Diplomasi Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9799759044038</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe’nin Adı Var!</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9789759044480</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvuf</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9789759044534</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı’nın Gül Cemal’ini Öp</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9789756628676</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Su Kuzusu</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9789756628614</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Sabatay Sevi</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9789759044251</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Rahmet Peygamberi Muhammed (s)</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786055932541</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberler İçinde İdeal Peygamber</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9789756628447</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber Döneminde Gençlik</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9789759044152</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Vahiy Savunması Kuran Dışı Vahyin İmkansızlığı</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>32.5</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9789756628065</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Medreseden Kaçış - İmam Gazzali’nin Hayatı Fikirleri ve Eserleri</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9789759044411</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Luther ve İslam</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9789759044503</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Latif Latifeler</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9789759044367</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Kürtler Bölgesel ve Bölge Dışı Güçler</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9789759044664</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Kürt Açılımı</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>3990000004230</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Nariyan</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9799756628835</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana’dan Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9789756628805</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’da İnsanlık Öğretisi</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9789756628294</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Meali Okuma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9789759044428</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Korku ve Titreme</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9789759044466</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Gecenin Yıldızları</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9789759044077</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>İslami Açıdan Kadın Sorunu</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9789759044121</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>İslam’ı Nasıl Anlamalıyız?</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9789756628164</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>İslam Mistik Düşüncesi Üzerine Makaleler</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9789759044596</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>İslam Medeniyeti Mucizesi</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9789759044565</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>İran’da Devlet, Toplum ve Siyaset</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9789759044497</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>İmamiyye Şiası</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9799759044021</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Hicab Örtünmenin Felsefesi</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9789759044398</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Hermenötik</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9799756628859</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Gülümseyin Öyküleri Önemseyin Anneler Babalar Öğretmenler Öğrenciler</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9799759044014</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Gençlerin Dünyası</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9789759044558</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Gelibolu Günlüğü</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789756628867</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Gazoz Kapağı</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9799756628736</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Fıtranın Aşk Çağrısı</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9789759044572</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Elveda Ey Dımaşk</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9789756628430</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Elmalılı Tefisirinde Kur’ani Terimler ve Deyimler</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9789756628720</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Liseli Gençlik</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9789759044206</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Düşünce Mirasımız Eleştirel Bir Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>15.5</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789759044404</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Kelimelerin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789759044213</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Sosyal Adalet</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789759044268</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve İslam Üzerine</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789756628461</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Kimin Tarihi? Hangi Hermenötik?</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789759044435</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Kriz Üçgeninde Türkiye</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789759044688</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Dur... Ağlama Gözlerim</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
           <t>9789759044619</t>
         </is>
       </c>
-      <c r="B6" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Kabuklar ve Özler</t>
         </is>
       </c>
-      <c r="C6" s="1">
+      <c r="C66" s="1">
         <v>120</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>