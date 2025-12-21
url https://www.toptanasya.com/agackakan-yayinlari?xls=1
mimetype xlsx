--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,250 +85,265 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259777801</t>
+          <t>9786259777818</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kelimeli Ajanda 2025</t>
+          <t>Kelimeli Ajanda 2026</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055058609</t>
+          <t>9786259777801</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Persona - Ankara</t>
+          <t>Kelimeli Ajanda 2025</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>135</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055058333</t>
+          <t>9786055058609</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hikayeleriyle 100 İsim</t>
+          <t>Persona - Ankara</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786058316393</t>
+          <t>9786055058333</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sen 25. Yüzyılda Yaşıyorsun</t>
+          <t>Hikayeleriyle 100 İsim</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786058316386</t>
+          <t>9786058316393</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aşktan ve Devrimden Konuşuyorduk</t>
+          <t>Sen 25. Yüzyılda Yaşıyorsun</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058316362</t>
+          <t>9786058316386</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İster İnan İster İnanma 100 Tanrı</t>
+          <t>Aşktan ve Devrimden Konuşuyorduk</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786058316324</t>
+          <t>9786058316362</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Konumlanmış Olmaya Dair 100 Çizgi</t>
+          <t>İster İnan İster İnanma 100 Tanrı</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056582493</t>
+          <t>9786058316324</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çocuklu Hayatın İlkeleri</t>
+          <t>Dünyada Konumlanmış Olmaya Dair 100 Çizgi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056582486</t>
+          <t>9786056582493</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>100 - Ne Olacak Bu Memleketin Hali?</t>
+          <t>Çocuklu Hayatın İlkeleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056582479</t>
+          <t>9786056582486</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğe Dair Vazgeçmemiz Gereken 100 Efsane</t>
+          <t>100 - Ne Olacak Bu Memleketin Hali?</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056582448</t>
+          <t>9786056582479</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>100 Lakap - Alınış Velveleleri İle</t>
+          <t>Cinselliğe Dair Vazgeçmemiz Gereken 100 Efsane</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056582417</t>
+          <t>9786056582448</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’ye Ait 100 Büyük Yanılgı</t>
+          <t>100 Lakap - Alınış Velveleleri İle</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056582431</t>
+          <t>9786056582417</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sessiz</t>
+          <t>Türkiye’ye Ait 100 Büyük Yanılgı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
+          <t>9786056582431</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
           <t>9786056582424</t>
         </is>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>100 Tuhaf Kitap</t>
         </is>
       </c>
-      <c r="C15" s="1">
+      <c r="C16" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>