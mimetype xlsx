--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,265 +85,400 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259777818</t>
+          <t>9786058316331</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kelimeli Ajanda 2026</t>
+          <t>100 Yasaklı Kitap</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>340</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259777801</t>
+          <t>9786058316317</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kelimeli Ajanda 2025</t>
+          <t>Çok Mu Çıplak?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055058609</t>
+          <t>9786058316379</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Persona - Ankara</t>
+          <t>Uyku Kitabı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>135</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055058333</t>
+          <t>9786058316348</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hikayeleriyle 100 İsim</t>
+          <t>100 Sinema Klişesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786058316393</t>
+          <t>9786056582455</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sen 25. Yüzyılda Yaşıyorsun</t>
+          <t>100 Şarkıda Memleket Tarihi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058316386</t>
+          <t>9786058316300</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aşktan ve Devrimden Konuşuyorduk</t>
+          <t>100 Otobiyografi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786058316362</t>
+          <t>9786056582462</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İster İnan İster İnanma 100 Tanrı</t>
+          <t>100 Güzel Kelime</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>160</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786058316324</t>
+          <t>9786056582400</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Konumlanmış Olmaya Dair 100 Çizgi</t>
+          <t>Anne Baba Kumandası (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>18.01</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056582493</t>
+          <t>2789788614002</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çocuklu Hayatın İlkeleri</t>
+          <t>100 Hazır Bilgi Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>90</v>
+        <v>122.22</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056582486</t>
+          <t>9786259777818</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>100 - Ne Olacak Bu Memleketin Hali?</t>
+          <t>Kelimeli Ajanda 2026</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056582479</t>
+          <t>9786259777801</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğe Dair Vazgeçmemiz Gereken 100 Efsane</t>
+          <t>Kelimeli Ajanda 2025</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056582448</t>
+          <t>9786055058609</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>100 Lakap - Alınış Velveleleri İle</t>
+          <t>Persona - Ankara</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056582417</t>
+          <t>9786055058333</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’ye Ait 100 Büyük Yanılgı</t>
+          <t>Hikayeleriyle 100 İsim</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056582431</t>
+          <t>9786058316393</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sessiz</t>
+          <t>Sen 25. Yüzyılda Yaşıyorsun</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
+          <t>9786058316386</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Aşktan ve Devrimden Konuşuyorduk</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786058316362</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>İster İnan İster İnanma 100 Tanrı</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786058316324</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Dünyada Konumlanmış Olmaya Dair 100 Çizgi</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786056582493</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklu Hayatın İlkeleri</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786056582486</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>100 - Ne Olacak Bu Memleketin Hali?</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786056582479</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Cinselliğe Dair Vazgeçmemiz Gereken 100 Efsane</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786056582448</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>100 Lakap - Alınış Velveleleri İle</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786056582417</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’ye Ait 100 Büyük Yanılgı</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786056582431</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
           <t>9786056582424</t>
         </is>
       </c>
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>100 Tuhaf Kitap</t>
         </is>
       </c>
-      <c r="C16" s="1">
+      <c r="C25" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>