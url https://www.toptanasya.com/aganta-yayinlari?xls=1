--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,535 +85,550 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259486994</t>
+          <t>9786259266817</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Senin Kuruntun</t>
+          <t>Güvenli Bağlanma</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052389690</t>
+          <t>9786259486994</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Çocuk Büyütmek</t>
+          <t>Hepsi Senin Kuruntun</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>155</v>
+        <v>390</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052389768</t>
+          <t>9786052389690</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Makineler Her Şeyi Yaptığında Biz Ne Yapacağız</t>
+          <t>Dijital Dünyada Çocuk Büyütmek</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059851961</t>
+          <t>9786052389768</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatıcısının Sırrı</t>
+          <t>Makineler Her Şeyi Yaptığında Biz Ne Yapacağız</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>360</v>
+        <v>130</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059851596</t>
+          <t>9786059851961</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Hınzır Bilgeliği</t>
+          <t>Hikaye Anlatıcısının Sırrı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>75</v>
+        <v>360</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259486970</t>
+          <t>9786059851596</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Korku Tuzakları</t>
+          <t>Kadınların Hınzır Bilgeliği</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>230</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259486956</t>
+          <t>9786259486970</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kendimize Söylediğimiz Yalanlar</t>
+          <t>Korku Tuzakları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052389751</t>
+          <t>9786259486956</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bağırmayan Karı Koca Olmak</t>
+          <t>Kendimize Söylediğimiz Yalanlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259486918</t>
+          <t>9786052389751</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı Ebeveyn</t>
+          <t>Bağırmayan Karı Koca Olmak</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259486901</t>
+          <t>9786259486918</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gizli Pasif - Agresif Narsist: Örtük Duygusal ve Psikolojik İstismarı Tanımak ve İyileşmek</t>
+          <t>Kaygılı Ebeveyn</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057343796</t>
+          <t>9786259486901</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Açılmak</t>
+          <t>Gizli Pasif - Agresif Narsist: Örtük Duygusal ve Psikolojik İstismarı Tanımak ve İyileşmek</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057343772</t>
+          <t>9786057343796</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Olumsuz Düşünceler Bastırınca</t>
+          <t>Dünyaya Açılmak</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056962202</t>
+          <t>9786057343772</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bağışıklığınızı Güçlendirin</t>
+          <t>Olumsuz Düşünceler Bastırınca</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>510</v>
+        <v>210</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057007612</t>
+          <t>9786056962202</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Oruçla Gelen Sağlık</t>
+          <t>Bağışıklığınızı Güçlendirin</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>440</v>
+        <v>510</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057343758</t>
+          <t>9786057007612</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hayat</t>
+          <t>Oruçla Gelen Sağlık</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052389195</t>
+          <t>9786057343758</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Beyin</t>
+          <t>Hayat</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057343734</t>
+          <t>9786052389195</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Beş Yıldız</t>
+          <t>Mutlu Beyin</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059851916</t>
+          <t>9786057343734</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Aptal Beyin</t>
+          <t>Beş Yıldız</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057343710</t>
+          <t>9786059851916</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İleri Yaşam Taktikleri</t>
+          <t>Aptal Beyin</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057007629</t>
+          <t>9786057343710</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler İçin Ergen Rehberi</t>
+          <t>İleri Yaşam Taktikleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057007681</t>
+          <t>9786057007629</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Bebeğin İlk 1000 Günü</t>
+          <t>Yetişkinler İçin Ergen Rehberi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057007674</t>
+          <t>9786057007681</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sağlam Çocuklar Yetiştirmek</t>
+          <t>Sağlıklı Bebeğin İlk 1000 Günü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057007636</t>
+          <t>9786057007674</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kırık Bir Kalbi Nasıl Onarırsın</t>
+          <t>Sağlam Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056962295</t>
+          <t>9786057007636</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Olmak</t>
+          <t>Kırık Bir Kalbi Nasıl Onarırsın</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056962264</t>
+          <t>9786056962295</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sağduyu</t>
+          <t>Yetişkin Olmak</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056962240</t>
+          <t>9786056962264</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Süper Yaşlı</t>
+          <t>Sağduyu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056962226</t>
+          <t>9786056962240</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Gelecek?</t>
+          <t>Süper Yaşlı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052389720</t>
+          <t>9786056962226</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Sınav</t>
+          <t>Nasıl Bir Gelecek?</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052389409</t>
+          <t>9786052389720</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma</t>
+          <t>Hayatımız Sınav</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059851985</t>
+          <t>9786052389409</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bağırmayan Anne Baba Olmak</t>
+          <t>Bağlanma</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059851817</t>
+          <t>9786059851985</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Azla Mutlu Olmak</t>
+          <t>Bağırmayan Anne Baba Olmak</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059851558</t>
+          <t>9786059851817</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ted Gibi Konuş</t>
+          <t>Azla Mutlu Olmak</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
+          <t>9786059851558</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Ted Gibi Konuş</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
           <t>9786055904869</t>
         </is>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Yaşasın Orgazm</t>
         </is>
       </c>
-      <c r="C34" s="1">
+      <c r="C35" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>