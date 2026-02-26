--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,550 +85,580 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259266817</t>
+          <t>9786259266831</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Bağlanma</t>
+          <t>Feminist Erkek Çocukları Yetiştirmek</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259486994</t>
+          <t>9786259266824</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Senin Kuruntun</t>
+          <t>Ben Yalnızım (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>390</v>
+        <v>370</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052389690</t>
+          <t>9786259266817</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Çocuk Büyütmek</t>
+          <t>Güvenli Bağlanma</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>155</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052389768</t>
+          <t>9786259486994</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Makineler Her Şeyi Yaptığında Biz Ne Yapacağız</t>
+          <t>Hepsi Senin Kuruntun</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>130</v>
+        <v>390</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059851961</t>
+          <t>9786052389690</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatıcısının Sırrı</t>
+          <t>Dijital Dünyada Çocuk Büyütmek</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>360</v>
+        <v>155</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059851596</t>
+          <t>9786052389768</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Hınzır Bilgeliği</t>
+          <t>Makineler Her Şeyi Yaptığında Biz Ne Yapacağız</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>75</v>
+        <v>130</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259486970</t>
+          <t>9786059851961</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Korku Tuzakları</t>
+          <t>Hikaye Anlatıcısının Sırrı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259486956</t>
+          <t>9786059851596</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kendimize Söylediğimiz Yalanlar</t>
+          <t>Kadınların Hınzır Bilgeliği</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052389751</t>
+          <t>9786259486970</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bağırmayan Karı Koca Olmak</t>
+          <t>Korku Tuzakları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259486918</t>
+          <t>9786259486956</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı Ebeveyn</t>
+          <t>Kendimize Söylediğimiz Yalanlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259486901</t>
+          <t>9786052389751</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gizli Pasif - Agresif Narsist: Örtük Duygusal ve Psikolojik İstismarı Tanımak ve İyileşmek</t>
+          <t>Bağırmayan Karı Koca Olmak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057343796</t>
+          <t>9786259486918</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Açılmak</t>
+          <t>Kaygılı Ebeveyn</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057343772</t>
+          <t>9786259486901</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Olumsuz Düşünceler Bastırınca</t>
+          <t>Gizli Pasif - Agresif Narsist: Örtük Duygusal ve Psikolojik İstismarı Tanımak ve İyileşmek</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056962202</t>
+          <t>9786057343796</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bağışıklığınızı Güçlendirin</t>
+          <t>Dünyaya Açılmak</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>510</v>
+        <v>210</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057007612</t>
+          <t>9786057343772</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Oruçla Gelen Sağlık</t>
+          <t>Olumsuz Düşünceler Bastırınca</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057343758</t>
+          <t>9786056962202</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hayat</t>
+          <t>Bağışıklığınızı Güçlendirin</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>420</v>
+        <v>510</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052389195</t>
+          <t>9786057007612</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Beyin</t>
+          <t>Oruçla Gelen Sağlık</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057343734</t>
+          <t>9786057343758</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Beş Yıldız</t>
+          <t>Hayat</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>330</v>
+        <v>420</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059851916</t>
+          <t>9786052389195</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Aptal Beyin</t>
+          <t>Mutlu Beyin</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057343710</t>
+          <t>9786057343734</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İleri Yaşam Taktikleri</t>
+          <t>Beş Yıldız</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057007629</t>
+          <t>9786059851916</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler İçin Ergen Rehberi</t>
+          <t>Aptal Beyin</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057007681</t>
+          <t>9786057343710</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Bebeğin İlk 1000 Günü</t>
+          <t>İleri Yaşam Taktikleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057007674</t>
+          <t>9786057007629</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sağlam Çocuklar Yetiştirmek</t>
+          <t>Yetişkinler İçin Ergen Rehberi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057007636</t>
+          <t>9786057007681</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kırık Bir Kalbi Nasıl Onarırsın</t>
+          <t>Sağlıklı Bebeğin İlk 1000 Günü</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056962295</t>
+          <t>9786057007674</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Olmak</t>
+          <t>Sağlam Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056962264</t>
+          <t>9786057007636</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sağduyu</t>
+          <t>Kırık Bir Kalbi Nasıl Onarırsın</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056962240</t>
+          <t>9786056962295</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Süper Yaşlı</t>
+          <t>Yetişkin Olmak</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056962226</t>
+          <t>9786056962264</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Gelecek?</t>
+          <t>Sağduyu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052389720</t>
+          <t>9786056962240</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Sınav</t>
+          <t>Süper Yaşlı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052389409</t>
+          <t>9786056962226</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma</t>
+          <t>Nasıl Bir Gelecek?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059851985</t>
+          <t>9786052389720</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bağırmayan Anne Baba Olmak</t>
+          <t>Hayatımız Sınav</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059851817</t>
+          <t>9786052389409</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Azla Mutlu Olmak</t>
+          <t>Bağlanma</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059851558</t>
+          <t>9786059851985</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ted Gibi Konuş</t>
+          <t>Bağırmayan Anne Baba Olmak</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
+          <t>9786059851817</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Azla Mutlu Olmak</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786059851558</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Ted Gibi Konuş</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
           <t>9786055904869</t>
         </is>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Yaşasın Orgazm</t>
         </is>
       </c>
-      <c r="C35" s="1">
+      <c r="C37" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>