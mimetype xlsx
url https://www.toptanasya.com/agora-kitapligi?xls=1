--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,2455 +85,7375 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789756261279</t>
+          <t>9789944916073</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Ticari Yazışmalar El Kitabı</t>
+          <t>Kar Beyrut Kar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051034546</t>
+          <t>3990000051554</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Toplu Feminist Oyunlar - 1</t>
+          <t>Kürt Şiiri Antolojisi Cilt: 1</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>55.55</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051034577</t>
+          <t>9789944916622</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yorgos Lanthimos – Gerçekdışı Sineması</t>
+          <t>Taliban İslamiyet, Petrol ve Orta Asya’da Yeni Büyük Oyun</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051034553</t>
+          <t>9786051032351</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Neoliberalizm ve Sinema</t>
+          <t>Epik Tiyatro Üzerine Üç Metin</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051032146</t>
+          <t>9786051032375</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gezi 'nin Yükselişi, Liberalizmin Düşüşü</t>
+          <t>Emperyalist Ekonomizm - Marksizmin Bir Karikatürü</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>20</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051032139</t>
+          <t>9786051032634</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Kazanacak!</t>
+          <t>Ömer Kavur: Sinemamızda Bir ‘Auteur’</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>20</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051033600</t>
+          <t>9786051030500</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Clint Eastwood</t>
+          <t>New Left Review 2008 Türkiye Seçkisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>90</v>
+        <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051033396</t>
+          <t>9786051030142</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ursula K. Le Guin'le Konuşmalar</t>
+          <t>New Left Review 2007 Türkiye Seçkisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>80</v>
+        <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051032177</t>
+          <t>9786051032733</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kent Hakkı'ndan İsyan'a</t>
+          <t>Türkiye’de Kadınlarla Ezilenlerin Tiyatrosu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051034539</t>
+          <t>9786051032573</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gaspar Noe</t>
+          <t>Tanıklıklar Sineması</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051032399</t>
+          <t>9786051032382</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Görme Duyusu</t>
+          <t>Twitler Ve Sokaklar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051034164</t>
+          <t>9786051032313</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ten ve Hafıza: Agnes Varda</t>
+          <t>Feyzi Tuna - Her Film Bir İmtihandı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057075765</t>
+          <t>9786051032214</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Güzel İnsanlar Sokağı</t>
+          <t>Bütün Oyunları - 6</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051034522</t>
+          <t>9786051032207</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Abbas Kiyarüstemi-Bitmemiş Sinema</t>
+          <t>Walter Benjamin Ya Da Bir Devrimci Eleştiriye Doğru</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051031859</t>
+          <t>9786051032320</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Matmazel Julie</t>
+          <t>Televizyonda Gerçeklik Algısı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>175</v>
+        <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051031330</t>
+          <t>9786051032559</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Epik Tiyatro</t>
+          <t>Ruhun Bedeni</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789944916516</t>
+          <t>9786051032498</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Anarşi</t>
+          <t>Peter Greenaway</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>7</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051031347</t>
+          <t>9786050060171</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Oyun Sanatı ve Dekor</t>
+          <t>Gölgenin Kadınları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051034065</t>
+          <t>9786056466946</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kaotika</t>
+          <t>Film Biçimi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051033969</t>
+          <t>9786056466939</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gök Kuşaksız</t>
+          <t>Film Duyumu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051034409</t>
+          <t>9786051032276</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Antraktta Alaska Frigo</t>
+          <t>Bolşevikler Devrime Gidiyor</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051034416</t>
+          <t>9786051030104</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sofia Coppola</t>
+          <t>Stonewall İsyanı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051034515</t>
+          <t>9786051032153</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ekspresyonist Tiyatro</t>
+          <t>Gezi Direnişi: Türkiye'nin 'Enteresan' Başlangıcı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051030531</t>
+          <t>9786050060195</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Atların Denizi</t>
+          <t>Şapkasız Yalanlar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051032009</t>
+          <t>9786051030241</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Lütfi Ö. Akad</t>
+          <t>Ölüm Denizinde Yüzmek</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051030883</t>
+          <t>9789944916356</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ölülerimiz Bir Tutar Bizi</t>
+          <t>Aydınlıkta Görmek</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>175</v>
+        <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051030043</t>
+          <t>9789944916806</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Modern Ortadoğu Tarihi</t>
+          <t>Davetsiz İzleyici</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>1000</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789944916967</t>
+          <t>9789944916899</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kürt Şiiri Antolojisi (2 Cilt Takım)</t>
+          <t>Orhan Pamuk Edebiyatı Sempozyum Tutanakları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>2000</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051030913</t>
+          <t>9789944916387</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kieslowski Kieslowski’yi Anlatıyor</t>
+          <t>Bir Edebi Teoriye Soyut Modeller</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051030067</t>
+          <t>9786051030449</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kısa Film Senaryosu</t>
+          <t>Türk Demokrasisinin Analizi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>225</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789944916837</t>
+          <t>9786051032122</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kaldırım Serçesi Edith Piaf</t>
+          <t>Dünyadaki İsyanların Anlamı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>325</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789944916721</t>
+          <t>9786056466908</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Jim Jarmusch</t>
+          <t>Adalar Denizi'ne Yolculuk - Yunan Adaları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789944916479</t>
+          <t>9786056466922</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İhtiyaçlar Mücadelesi</t>
+          <t>Sultanlar Devrinde Oğlanlar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789944916400</t>
+          <t>9789944916080</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Geleneğin İcadı</t>
+          <t>Ölüm Tüneli</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>425</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789944916349</t>
+          <t>9789944916219</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dans Edemeyeceksem Bu Benim Devrimim Değildir</t>
+          <t>Rüyalarının Esiri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051031767</t>
+          <t>9786051032238</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Sokak</t>
+          <t>Satürn Yıldızı Altında</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>175</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051030272</t>
+          <t>9786051033525</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Charlie Chaplin</t>
+          <t>Kötülüğe Yenik Düşen Türk Sineması</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051030999</t>
+          <t>9786051033563</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bir Seyyahın Kaybolma Kılavuzu</t>
+          <t>Kaos ve Halifelik</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>7</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789758829149</t>
+          <t>9786051033518</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bir Senaryo Yazmak</t>
+          <t>Bülbül Efkarını Gizlemek İçin Öter</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>275</v>
+        <v>3</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051031774</t>
+          <t>9786051033501</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bir Karakter Yaratmak</t>
+          <t>İspanya İç Savaşı'nın İzinde</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051031422</t>
+          <t>9786051033358</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bir Bebek Evi</t>
+          <t>Eleştiriyi Çalmak</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>175</v>
+        <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051031781</t>
+          <t>9786051033983</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bir Aktör Hazırlanıyor</t>
+          <t>Senaryo Anatomisi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051031262</t>
+          <t>9786051033976</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Zaman Zaman İçinde</t>
+          <t>Çelebi Delice ve Adam</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>600</v>
+        <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051031576</t>
+          <t>9786051033327</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tarkovski’den Sinema Dersleri</t>
+          <t>Türk Modelinin Çöküşü</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051030296</t>
+          <t>9786051033341</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tarih Üzerine</t>
+          <t>Kadro Dergisi ve İktisadi Devletçilik</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>450</v>
+        <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051030753</t>
+          <t>9786051033389</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şok Doktrini</t>
+          <t>Freud ve Cinsiyetçilik</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>750</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051030364</t>
+          <t>9786051033402</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Şiirsel Sinema</t>
+          <t>Yoruma Karşı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944916776</t>
+          <t>9786051033570</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Stanley Kubrick</t>
+          <t>Hayır Demek Yetmez</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051030838</t>
+          <t>9786051033303</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Düşüncenin Kısa Tarihi</t>
+          <t>Sağanak Fotoğraf</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>500</v>
+        <v>95</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051031439</t>
+          <t>9786051033037</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sinematografi İnsan Yüzüdür</t>
+          <t>Azizim - Aziz Nesin</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>3</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050060232</t>
+          <t>9786051033495</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sinema Sanatına Giriş</t>
+          <t>Meserret ile Şükran</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>400</v>
+        <v>95</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789944916530</t>
+          <t>9786051032818</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sinema Dersleri</t>
+          <t>Balkondaki Adam</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>2</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051031682</t>
+          <t>9786051032825</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sinema Tarihi</t>
+          <t>Devrimci Maceralık</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>325</v>
+        <v>7</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051031224</t>
+          <t>9786051032740</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazarları İçin Psikoloji</t>
+          <t>Bilinç Tene Kuşanınca</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>425</v>
+        <v>35</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051031675</t>
+          <t>9786051032689</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sinemaya Giriş</t>
+          <t>Bir Devrimcinin Anıları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>400</v>
+        <v>30</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050060157</t>
+          <t>9786051032658</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Pusudaki Ten</t>
+          <t>Nereden Başlamalı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051030302</t>
+          <t>9786051032665</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Palermo’da Bir Sultan</t>
+          <t>Ekmeğin Fethi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>225</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051031668</t>
+          <t>9786051032283</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Piyes Yazma Sanatı</t>
+          <t>Cellat</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>400</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051031408</t>
+          <t>9789758829965</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Oyuncunun El Kitabı</t>
+          <t>Ölüme Bakmak</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>3</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944916790</t>
+          <t>9789758829521</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Namaste</t>
+          <t>Gün Ağarmasa</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>350</v>
+        <v>4</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051034508</t>
+          <t>9789944916769</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>En Eski Oda</t>
+          <t>Virginia Woolf - Vita Sackville - West Mektuplaşmaları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>7</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051034492</t>
+          <t>9789758829859</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>11. Tez Dergisi - Liberalizme Karşı Marksizm</t>
+          <t>Çöpteki Çiçekler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051034485</t>
+          <t>9786051030425</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Onur Ünlü Sineması - Sinemayı ‘Zaman’la Açıklamak</t>
+          <t>Anisya'nın Evi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>225</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051031927</t>
+          <t>9786051030326</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>En Uzak Batı</t>
+          <t>Adsız Defter</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786050060034</t>
+          <t>9786051030227</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Belgesel Fotoğraf ve Fotoröportaj</t>
+          <t>Futbolun Ölümü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>375</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051031989</t>
+          <t>9789944916936</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Balkan Sineması - Alevler İçinde Sinema</t>
+          <t>Niçin Daha Fazla Bekleyemeyiz: Küresel Isınma ve İklim Krizi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>375</v>
+        <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051034478</t>
+          <t>9789944916509</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Michael Haneke</t>
+          <t>Emperyalizm ile Bolşevizm Arasında Türkiye</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051034461</t>
+          <t>9789944916363</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sorgulama</t>
+          <t>Salome'nin Kız Kardeşleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>225</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051034454</t>
+          <t>9789944916028</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Joan Baez - Son Yaprak</t>
+          <t>Hugo Chavez ve Devrimde Devrim</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>225</v>
+        <v>3</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057075758</t>
+          <t>9789758829583</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yara İzi</t>
+          <t>Hümanizm ve Demokratik Eleştiri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051030524</t>
+          <t>9786051030234</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bernardo Bertolucci</t>
+          <t>Kıbrıslılık</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>375</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051030517</t>
+          <t>9786051030081</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ayna Korkusu</t>
+          <t>Türk Sağının Türk Sorunu: Milliyetçi Hareket Partisi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>4</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051031798</t>
+          <t>9786051032184</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Antigone</t>
+          <t>Bütün Oyunları - 5</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>175</v>
+        <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944916912</t>
+          <t>9786051030012</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Anlatmanın Başka Bir Biçimi</t>
+          <t>Sokak Savaşı Yılları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>400</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051031460</t>
+          <t>9786051033259</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Anarşizm Neyi Savunur?</t>
+          <t>Kısa Film Senaryosu Uygulamaları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>175</v>
+        <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789758829798</t>
+          <t>9786051032702</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Fanus</t>
+          <t>Ege Kıyıları - Assos’tan Knidos’a</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>325</v>
+        <v>30</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051031804</t>
+          <t>9786051033297</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Hüzünlü Kentleri</t>
+          <t>Afili Kalem</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>150</v>
+        <v>3</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051033860</t>
+          <t>9786051033181</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Naure Çarkı</t>
+          <t>Din ve Devrim</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051032580</t>
+          <t>9786051032962</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Zeki Ökten : Yeşilçam’da Özgün Bir Yönetmen</t>
+          <t>Hemcinsine Tutkun Bedenler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051033365</t>
+          <t>9786051032719</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İyi Bir Senaryoyu Harika Hale Getirmek</t>
+          <t>İşte Bu Her Şeyi Değiştirir</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>275</v>
+        <v>60</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051034430</t>
+          <t>9786051033099</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bir Başkası Olarak Leylifer</t>
+          <t>Mutluluğun Resmini Yapmaya Çalışan Türk Sineması</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051034423</t>
+          <t>9786051033105</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ah! Tamara</t>
+          <t>Dünya Kadın Sinema Yönetmenleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>100</v>
+        <v>7</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051034447</t>
+          <t>9786051033068</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Heveskar Çevirmen</t>
+          <t>Beyoğlu'nda Büyülü Geceler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>275</v>
+        <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051034393</t>
+          <t>9786051032641</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Çağdaş Bilim ve Anarşi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>125</v>
+        <v>30</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051034379</t>
+          <t>9786051032597</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Winston Churchill: Dönemleri, Suçları</t>
+          <t>İslam Devleti'nin Yükselişi : IŞİD ve Yeni Sünni Ayaklanması</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>7</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051034386</t>
+          <t>9786051033143</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Tecavüzü Seyretmek</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>125</v>
+        <v>7</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051034362</t>
+          <t>9789944916714</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Soysal: Yaşasaydı Aşık Olurdum</t>
+          <t>Sırdaş Görüntüler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>225</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051034355</t>
+          <t>9789758829279</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sylvia Plath - Deli Kızın Aşk Şarkısı</t>
+          <t>Haymarket</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789756261170</t>
+          <t>9786051030593</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Otizm El Rehberi</t>
+          <t>Kirlihanımlar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>4</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051034348</t>
+          <t>9786051032832</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Milan Kundera - Bir Yazarın Hayatı</t>
+          <t>Profesyonel Dizi Yazarlığı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>275</v>
+        <v>35</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051034331</t>
+          <t>9786051033198</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tereddüt Çizgisi</t>
+          <t>Travma Anlatıları: Türk Sinemasında Melodram ve Toplumsal Fantazi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051034324</t>
+          <t>9786051032221</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Öz Portreleri</t>
+          <t>Türkiye Sinemasında Tarih ve Siyaset</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051034300</t>
+          <t>9786051032252</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sınav Başarısı İçin Zihinsel Hazırlık</t>
+          <t>Dehşetin Yüzü</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051034317</t>
+          <t>9786051033211</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Isadora Duncan</t>
+          <t>Senaryoda Alt-Metin Yazmak</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>275</v>
+        <v>35</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786051034287</t>
+          <t>9786051032528</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sarah Bernhardt - Altın Ses</t>
+          <t>Parçalanmış Zamanlar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>225</v>
+        <v>35</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786051034294</t>
+          <t>9786051032467</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Orlando</t>
+          <t>Orta Sınıf - 'Sinik Stratejiler'</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>125</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789756261132</t>
+          <t>9786051032337</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fabrika</t>
+          <t>Dünya Nasıl Değişir</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051034263</t>
+          <t>9786051032429</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Camille Claudel - Bir Kadın</t>
+          <t>Bolşevikler İktidarı Ellerinde Tutabilecek mi?</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>3</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051034256</t>
+          <t>9786051033136</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Film Senaryosu Yazmak</t>
+          <t>Resimde Estetik Süreç</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>275</v>
+        <v>7</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786051034249</t>
+          <t>9786051033150</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ayın Yüzü Suya Düştü</t>
+          <t>Düş Esintisi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>3</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786051034225</t>
+          <t>9786051032436</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Kurgu</t>
+          <t>Bütün Oyunları - 8</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>275</v>
+        <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786051034201</t>
+          <t>9786051032481</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Sekizlik Hüzün</t>
+          <t>Sosyalizm ve Savaş</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>139</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051034102</t>
+          <t>9786051032290</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kimseye Söylemedim</t>
+          <t>Bütün Oyunları - 7</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051034195</t>
+          <t>9786051032306</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Luis Bunuel Sinemasında Ölüm ve Erotizm Birliği</t>
+          <t>Yeşilçam Hatırası</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>225</v>
+        <v>7</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051034171</t>
+          <t>9786051032757</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Oyunculuk</t>
+          <t>Kriz ve Kritik</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>275</v>
+        <v>5</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051034157</t>
+          <t>9786051032672</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Yönetmenlik</t>
+          <t>Bütün Oyunları - 9</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>275</v>
+        <v>15</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051034119</t>
+          <t>3990000351553</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Çatlak Kızlar Sağlam Kapıda</t>
+          <t>Kürt Şiiri Antolojisi Cilt: 2</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>100</v>
+        <v>55.55</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051034072</t>
+          <t>9786050060096</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hatırlamanın Masum Hali</t>
+          <t>Mustafa Suphi’yle Yoldaşlarını Kim Öldürdü?</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786051033990</t>
+          <t>9786051032108</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Vladimir Nabokov’la Konuşmalar</t>
+          <t>Muhsin Mahmelbaf</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>275</v>
+        <v>5</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786051033952</t>
+          <t>9786051031996</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Olay Beyoğlu’nda Geçiyor</t>
+          <t>Muhsin Ertuğrul’un Sineması</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>100</v>
+        <v>7</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786051033662</t>
+          <t>9789944916066</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mühürlenmiş Zaman</t>
+          <t>Muallakta Var Olmak İnsanın Halleri Üzerine</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>400</v>
+        <v>30</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786051033624</t>
+          <t>9786051031903</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İçsel Hayatların Sinemacısı</t>
+          <t>Modern Tiyatronun Toplumsal Önemi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051033617</t>
+          <t>9789758829828</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Paul Auster'la Konuşmalar</t>
+          <t>Modern Epik Goethe’den Garcia Marquez’e Dünya Sistemi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>275</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786051033587</t>
+          <t>9789758829699</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Masallara Adar Mıydım?</t>
+          <t>Metafor Olarak Hastalık   Aids Ve Metaforları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051033556</t>
+          <t>9786051030333</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sinema İçin Doğmuşum - Federico Fellini</t>
+          <t>Mehmet: Fay Kırığı 1</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>275</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786051033471</t>
+          <t>9786051031194</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Jorge Luis Borges'le Konuşmalar</t>
+          <t>Meczup</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>275</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051033488</t>
+          <t>9789758829842</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Solak Keçi</t>
+          <t>Mavi Çöl</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786051033464</t>
+          <t>9786051031026</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Cabriel Garcia Marquez'le Konuşmalar</t>
+          <t>Martin Scorsese</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>275</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051033372</t>
+          <t>9789944916486</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Aydaki Adam: Luis Bunuel</t>
+          <t>Marksizm’le Feminizm’in Mutsuz Evliliği</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>250</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051033334</t>
+          <t>9786051031507</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yoksul Bir Tiyatroya Doğru</t>
+          <t>Magnum</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>350</v>
+        <v>30</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786051033273</t>
+          <t>9789944916134</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları - 3</t>
+          <t>Linç Kültürünün Tarihsel Kökeni: Milliyetçilik</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>75</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786051033242</t>
+          <t>9789758829477</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları - 2</t>
+          <t>Lars Von Trier</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786051033228</t>
+          <t>9786051031750</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar - 1</t>
+          <t>Lacan Hakkında Bilmeyi Hep İstediğiniz Ama Hitchcock’a Sormaya Korktuğunuz Her Şey</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>75</v>
+        <v>35</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786051032979</t>
+          <t>9786051030791</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İleri Senaryo Yazma Teknikleri</t>
+          <t>Kürtlerde Ölüm ve İntihar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>275</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786051032894</t>
+          <t>3990000015688</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Senaryoda Unutulmaz Karakterler Yaratmak</t>
+          <t>Küresel Krizin Anatomisi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>275</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051032849</t>
+          <t>3990000026103</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sinema Tutkusu</t>
+          <t>Kültür ve Direniş</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>275</v>
+        <v>5</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786051032764</t>
+          <t>9789758829347</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Anais Nin’le Konuşmalar</t>
+          <t>Kültür Tarihi Affetmez</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>275</v>
+        <v>5</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051032771</t>
+          <t>9789758829194</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Kes</t>
+          <t>Kusma Kulübü</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>275</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051032627</t>
+          <t>9786051030968</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Coen Kardeşler</t>
+          <t>Kronstadt’tan Parti İçi Muhalefet</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>5</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051032726</t>
+          <t>9786051031286</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Annemin Öğrettiği Şarkılar</t>
+          <t>Kral Salomon’un Bunalımı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>425</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051032696</t>
+          <t>9786051032023</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Köy Yoksullarına - Sosyalistler Ne İster?</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>100</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789758829507</t>
+          <t>9786051030852</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanının Kökenleri ve Gelişimi</t>
+          <t>Kösem Sultan</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>250</v>
+        <v>5</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051031217</t>
+          <t>9786051031484</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Michelangelo Antonioni</t>
+          <t>Koşarken Yavaşlar Gibi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>325</v>
+        <v>5</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789758829637</t>
+          <t>9786051031088</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci</t>
+          <t>Komünizm Düşüncesi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>275</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051030845</t>
+          <t>9786051031231</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Lenin</t>
+          <t>Komintern</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>175</v>
+        <v>5</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786051031453</t>
+          <t>9786051031316</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Kısa Tarihi</t>
+          <t>Koca Tembel</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051032603</t>
+          <t>9789758829545</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Anarşizm</t>
+          <t>Ken Loach ve Filmleri: Hangi Taraftasınız?</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786051032535</t>
+          <t>9786051030890</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Bir Fil Müddeti</t>
+          <t>Karl Marx</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>30</v>
+        <v>5</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051032542</t>
+          <t>9786050060218</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kızkardeşleşmek</t>
+          <t>Karayip Korsanları Umut Ekseni</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>30</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051032566</t>
+          <t>9786051031835</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ya Da Pişman Değilim</t>
+          <t>Kara Mesih</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>30</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786051032511</t>
+          <t>9789758829002</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Altın Kelebeğin Gecesi</t>
+          <t>Kitle Kültürü Kitlelerin Afyonu</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>225</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789944916318</t>
+          <t>9789944916462</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Yağı Satıcısı</t>
+          <t>Kadınlar: En Uzun Devrim</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>275</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786051032474</t>
+          <t>9786051031613</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Alfred Hitchcock</t>
+          <t>Kadının Işığı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>375</v>
+        <v>7</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786051032405</t>
+          <t>9789944916004</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bir İsyanı Fotoğraflamak</t>
+          <t>Kadın, İslam ve Sinema</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>400</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786051032412</t>
+          <t>9786051031910</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Gezi'nin Ufkundan: Liberal Demokrasinin Krizi, Kamusallık ve Sol</t>
+          <t>Kadın ve Sosyalizm</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>150</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786050060058</t>
+          <t>9786051031118</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Fener</t>
+          <t>Jübile</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>325</v>
+        <v>30</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051032450</t>
+          <t>9786051030623</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Kuramı</t>
+          <t>Joseph Conrad ve Otobiyografide Kurmaca</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786051032443</t>
+          <t>9786051031361</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Film Çekme Sanatı ve Sinemada Oyunculuk</t>
+          <t>Jean Seberg</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>325</v>
+        <v>7</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786051032368</t>
+          <t>9789944916905</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Mağluplar</t>
+          <t>İzmir’de Üç Gün ve Bir Gece</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>100</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786051032344</t>
+          <t>9786051030692</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Jean-Luc Godard</t>
+          <t>İslam’a Karşı Laiklik</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>325</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786056466915</t>
+          <t>9789758829460</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Üzerine</t>
+          <t>İran Sineması</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786051032504</t>
+          <t>9786051030050</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>William Faulkner'la Konuşmalar</t>
+          <t>İlk Yıllarım</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>275</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786051031293</t>
+          <t>9786051031149</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Emine - Fay Kırığı 2</t>
+          <t>Hürrem Sultan</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>100</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786051030401</t>
+          <t>9786051030944</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sineması</t>
+          <t>Homo Sermo Onis: İfade Eden İnsan</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050060126</t>
+          <t>9786051031514</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme, Demokrasi ve Terörizm</t>
+          <t>Heidegger’e Giriş</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>175</v>
+        <v>25</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786051030609</t>
+          <t>9789758829422</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasının Kilometre Taşları</t>
+          <t>Heidegger Kitabı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786051032269</t>
+          <t>9786051030647</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Luchino Visconti</t>
+          <t>Güleryüzlü Frankoculuğun Dramı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786051032191</t>
+          <t>9789758829668</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Obama Sendromu</t>
+          <t>Geç Kalmış Ölü</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>50</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789758829200</t>
+          <t>9786051031545</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Türkiye</t>
+          <t>Friedrich Engels’in Asi Gençliği</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789758829927</t>
+          <t>9786051031354</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Müzakerelerden Üyeliğe: AB - Türkiye Gündemindeki Sorunlar</t>
+          <t>Friedrich Engels</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>100</v>
+        <v>4</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
+          <t>9786051030258</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Fransız Devrimine Bakış</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786051031002</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>François Truffaut</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786051030166</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Fotoğraf Üzerine</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786051030340</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Filistin Sineması</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786051030760</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Filim Bir Adam: Ertem Eğilmez</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786051030975</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Fırtına/Bahoz</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786050060188</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Feminist Sinema ve Film Teorisi</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9789944916370</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Federico Fellini</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786051031071</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Eşkıyalar</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786051030494</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Emperyalizm</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786051031712</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Emine - Fay Kırığı 2</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786051031828</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Eleni, Niko ve Yorgo: Türk Sinemasında Rumlar</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786051030920</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Ekotopya</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786050060041</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyatta Ölüm ve İntihar</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786051030678</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Edebi Aforizmalar</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9789758829897</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Düş Kırgınları</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9789944916851</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Kökeni: Vajina</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786051031187</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Dünyada Barış Süreçleri</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786051030203</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Düello</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9789944916097</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Devrimciler</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786051030197</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Devrimci Fotoğrafçı Tina Modotti</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9789758829064</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Devrim Sineması</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786051030777</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Devletin Şiddet Tarihi</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786051030357</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Devlet ve Devrim</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786051031248</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Derdim Yeter, Sakin Ol</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786051031958</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>David Lynch - Tekinsiz’in Sineması</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786051031880</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Dağılmış Cumhuriyet</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786051030807</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Çekirgeleri Dinlemek</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789758829743</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Cinsellik, Görsellik, Pornografi</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786051030265</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Che’li Anılar</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786051030579</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Che - Biyografik Çizgi-Roman</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786051031705</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Cennetin Kökleri</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9789944916844</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Cam Odada Oturmak</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786051031583</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Cahiers Du Cinema’nın Kısa Tarihi</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786050060225</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Cadde-i Kebir’de Sinema</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786051031866</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Bütün İktidar Sovyetlere</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786051030661</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Bolşevikler ve Proletarya Diktatörlüğü</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786051030654</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Birçok Hayat Yaşadım</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786051030074</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sürekli Cehennem</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9789758829866</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Filmleriyle Yılmaz Güney</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786051031385</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Kadının Halleri</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786051032085</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Oyunları - 4</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786051032047</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Oyunları - 3</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786051031941</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Oyunları - 2</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786051030371</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Bir Levantenin Beyoğlu Anıları</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786051031729</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Oyunları - 1</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786051030463</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Beynelmilel</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786051030036</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Beyazlar Kirli</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789944916592</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Belleğin Kış Uykusu</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9789758829224</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Başkalarının Acısına Bakmak</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786051030616</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Bana Yalan Söyleme!</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786051030289</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Baki İlk Selam - Çerkes Ethem</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789758829125</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Azizler ve Alimler</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786051031491</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Aynadan Yansıyan Hatıralar</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786051031934</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Artizler Kahvesi</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786051031873</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Anarşizm Üzerine</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786051031378</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Anarşist Portreler</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786051031521</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Amatör Kamera Gerçekliği</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9789944916059</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>ABD Bu 11 Eylül’ü Çok Sevdi</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786051031552</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılın İlk Devrimci Dalgası</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786051030708</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>1940’lı Yılların Türk Sineması</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786051031620</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>1917 Şubat Devrimi 1917 Yazılar - 1</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786051031637</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Biletiniz Buraya Kadar</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786051031057</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Nisan Tezleri</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786051030715</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Ne Yapmalı?</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9789758829620</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Issızlığın Ortası</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9789758829095</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Zapatista Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9789758829484</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Zamanın Manzarası</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9789758829774</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Yüz: 1981</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>3990000017782</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Yürek Sürgünü</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786051030937</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Yeşim Ustaoğlu</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786051031965</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Yeşilçam’da Unutulmayan Yüzler - Starlar</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786051030432</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Yenilgicilik ve Enternasyonalizm</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786051031972</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden Doğan</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786051031101</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Yedinci Adam</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786051030319</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlanan İnsanlık, Gençleşen Kapitalizm</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9789758829675</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Yarım Kalan Yürüyüş</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786051031156</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Yalan-Roman</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786051032061</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Yakın Plan Haneke</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786051030739</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Yağmurun Yedi Yüzü</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786051031392</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Woody Allen</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786051030180</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Varlık Ve Zaman Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786051030173</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Varlık Ve Zaman</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786051032030</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Üçüncü Sinema</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786051031125</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Uzaktan Mektuplar</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786051031477</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Ulusların Kaderlerini Kendilerinin Tayin Hakkı</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786051030586</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Ulus-Devlet Marşını Kim(ler) Söyler?</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786051030951</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Ulrike Meinhof</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786051031699</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Uçurtmalar</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786051030869</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Sosyal Demokrasi Arayışı</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786051030982</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Türk Şiirinde Taşra</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9789758829576</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Türk Şiiri, Modernizm, Şiir</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786051030746</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Türk Siyasetinin Yapısal Analizi - 2</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786051030135</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Türk Siyasetinin Yapısal Analizi - 1</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786050060201</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Türk Sinemasının Kadınları</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786051030098</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Türk Sinemasında Kürtler</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786051032092</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Türk Sineması ve Arabesk</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9789944916677</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Türk Sağı ve AKP</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786050060249</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Türk Romanının Doğuşu</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9789758829101</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Türk Romanı</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9789758829040</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Türk Film Yönetmenleri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786051031095</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Turgenyev’in Mektupları</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786051030395</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Turan Güneş’in Siyasal Kavgaları</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786051030722</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Troçki</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9789944916653</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Cinsiyet: Faydalı Bir Tarihsel Analiz Kategorisi</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9789944916011</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Theo Angelopoulos</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9789758829163</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Teoriden Sonra Hayat</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786051030630</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Tehlikeli Kadın</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786051030821</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Tanya</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786051030906</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Tank, Tüfek ve Cezaevi</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786051030111</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Talihli Bir Adam</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9789944916646</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Taklit ve Toplumsal Cinsiyete Karşı Durma</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786051031323</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Nasıl Okunur</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786051031606</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Şafakta Verilmiş Sözüm Vardı</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786051031279</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Suikastçı</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786051030555</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Sovyet İktidarı ve Dünya Devrimi</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786051030784</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Sosyalizme Geçiş Döneminde Ekonomi</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786051030814</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Sol Komünizm</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786051031590</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi Mektuplar</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786051030029</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Sinematografik Kentler</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9789944916639</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Sinemanın Arkeolojisi</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9789944916615</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Sinema ve Televizyonda Görüntü Kurgusu</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786051031897</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Sinema ve 12 Eylül</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786051032016</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Sinema İletişim Edebiyat</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9789944916943</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Sine-Göz</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9789944916455</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Siborg Manifestosu</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9789944916158</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Sevgiliye Mektuplar</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786051030470</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Sermayenin Dolambaçlı Yolları</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786051032054</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Selahaddin’in Kitabı</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786051031170</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Se Deng</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9789758829811</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Sanatsal Gerçeklikler, Olgular ve Öteleri...</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786051031064</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Yaşamım</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9789944916738</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Sanat ve Devrim</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9789758829972</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Sagarmatha Eteklerinde</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786051031651</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Sacco ve Vanzetti</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786051031842</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Romy Schneider - Aktrisin İkili Hayatı</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9789944916141</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Robert Capa</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786050060003</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Rejisör Atıf Yılmaz</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786051031736</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Radyo Kuramı ve Sinema Üzerine</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786051030685</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Quentin Tarantino</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9789944916103</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Putin’in Rusyası</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786051031255</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Proleter Devrimi ve Dönek Kautsky</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9789944916875</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Postmodernite ile Modernite Arasında Türkiye</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786051030418</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Post-Entelektüel Dönem ve Edebiyat</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786051031644</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Polonya’da Bir Kuş Var</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786051031446</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Politik Tiyatro</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786051031811</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Pier Paolo Pasolini</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786051031309</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Pedro Almodovar - Sınırsız Arzu</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786051030210</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Paris’68: Bir Devrim Denemesi</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9789944916240</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Paralellikler ve Paradokslar</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786051031538</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Öteki’nin Sinemaları</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786051031163</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Öteki Öyküler</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786051030876</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Kitabı</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9789758829958</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı İmparatorluğu’nda Reform 1856 - 1876</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9789758829682</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Oslo’dan Irak’a ve Yol Haritası</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786051031569</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Orgazmın Mahrem Tarihi</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786051030388</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Onca Yoksulluk Varken</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786051032115</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Occupy / İşgal Et</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786051031200</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Obama ve İmparatorluk</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9789944916301</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Naure Çarkı</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9789758829453</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>National Geographic’i Doğru Okumak</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786051030548</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Nar Ağacının Gölgesi</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9789944916189</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Müzikal Nakışlar</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786050060089</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Mühürlenmiş Zaman</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786051031019</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı-Türk Romanında Kürt İmgesi</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786051034591</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Bela Tarr – Zamansız Mekan</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786051034584</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Kara, Beyaz ve Alaca</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786051034560</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Nıetzsche'den Foucault'ya Deliliğin Trajik Deneyimi</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9789756261279</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>İngilizce Ticari Yazışmalar El Kitabı</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786051034546</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Feminist Oyunlar - 1</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786051034577</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Yorgos Lanthimos – Gerçekdışı Sineması</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786051034553</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Neoliberalizm ve Sinema</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786051032146</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Gezi 'nin Yükselişi, Liberalizmin Düşüşü</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786051032139</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Hakikat Kazanacak!</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786051033600</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Clint Eastwood</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786051033396</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Ursula K. Le Guin'le Konuşmalar</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786051032177</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Kent Hakkı'ndan İsyan'a</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786051034539</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Gaspar Noe</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786051032399</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Görme Duyusu</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786051034164</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Ten ve Hafıza: Agnes Varda</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786057075765</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Güzel İnsanlar Sokağı</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786051034522</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Abbas Kiyarüstemi-Bitmemiş Sinema</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786051031859</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Matmazel Julie</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786051031330</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Epik Tiyatro</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9789944916516</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Devlet ve Anarşi</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786051031347</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Sanatı ve Dekor</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786051034065</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Kaotika</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786051033969</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Gök Kuşaksız</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786051034409</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Antraktta Alaska Frigo</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786051034416</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Sofia Coppola</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786051034515</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Ekspresyonist Tiyatro</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786051030531</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Atların Denizi</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786051032009</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Lütfi Ö. Akad</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786051030883</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Ölülerimiz Bir Tutar Bizi</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786051030043</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Modern Ortadoğu Tarihi</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9789944916967</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Kürt Şiiri Antolojisi (2 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786051030913</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Kieslowski Kieslowski’yi Anlatıyor</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786051030067</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Kısa Film Senaryosu</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9789944916837</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Kaldırım Serçesi Edith Piaf</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9789944916721</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Jim Jarmusch</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9789944916479</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>İhtiyaçlar Mücadelesi</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9789944916400</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Geleneğin İcadı</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9789944916349</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Dans Edemeyeceksem Bu Benim Devrimim Değildir</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786051031767</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Çıkmaz Sokak</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786051030272</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Charlie Chaplin</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786051030999</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Bir Seyyahın Kaybolma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9789758829149</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Bir Senaryo Yazmak</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786051031774</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Bir Karakter Yaratmak</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786051031422</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bebek Evi</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786051031781</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Bir Aktör Hazırlanıyor</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786051031262</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Zaman İçinde</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786051031576</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Tarkovski’den Sinema Dersleri</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786051030296</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Üzerine</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786051030753</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Şok Doktrini</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786051030364</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Şiirsel Sinema</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9789944916776</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Stanley Kubrick</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786051030838</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Sosyolojik Düşüncenin Kısa Tarihi</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786051031439</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Sinematografi İnsan Yüzüdür</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786050060232</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Sinema Sanatına Giriş</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9789944916530</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Sinema Dersleri</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786051031682</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Sinema Tarihi</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786051031224</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Senaryo Yazarları İçin Psikoloji</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786051031675</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Sinemaya Giriş</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786050060157</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Pusudaki Ten</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786051030302</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Palermo’da Bir Sultan</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786051031668</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Piyes Yazma Sanatı</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786051031408</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Oyuncunun El Kitabı</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9789944916790</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Namaste</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786051034508</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>En Eski Oda</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786051034492</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>11. Tez Dergisi - Liberalizme Karşı Marksizm</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786051034485</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Onur Ünlü Sineması - Sinemayı ‘Zaman’la Açıklamak</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786051031927</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>En Uzak Batı</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786050060034</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Belgesel Fotoğraf ve Fotoröportaj</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786051031989</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Balkan Sineması - Alevler İçinde Sinema</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786051034478</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Michael Haneke</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786051034461</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Sorgulama</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786051034454</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Joan Baez - Son Yaprak</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786057075758</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Yara İzi</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786051030524</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Bernardo Bertolucci</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786051030517</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Ayna Korkusu</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786051031798</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Antigone</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9789944916912</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Anlatmanın Başka Bir Biçimi</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786051031460</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Anarşizm Neyi Savunur?</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9789758829798</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Ahşap Fanus</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786051031804</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Hüzünlü Kentleri</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786051033860</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Naure Çarkı</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786051032580</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Zeki Ökten : Yeşilçam’da Özgün Bir Yönetmen</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786051033365</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>İyi Bir Senaryoyu Harika Hale Getirmek</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786051034430</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Bir Başkası Olarak Leylifer</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786051034423</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Ah! Tamara</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786051034447</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Heveskar Çevirmen</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786051034393</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Mrs. Dalloway</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786051034379</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Winston Churchill: Dönemleri, Suçları</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786051034386</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Ait Bir Oda</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786051034362</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Soysal: Yaşasaydı Aşık Olurdum</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786051034355</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Sylvia Plath - Deli Kızın Aşk Şarkısı</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9789756261170</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Otizm El Rehberi</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786051034348</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Milan Kundera - Bir Yazarın Hayatı</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786051034331</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Tereddüt Çizgisi</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786051034324</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadının Öz Portreleri</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786051034300</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Sınav Başarısı İçin Zihinsel Hazırlık</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786051034317</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Isadora Duncan</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786051034287</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Sarah Bernhardt - Altın Ses</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786051034294</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Orlando</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9789756261132</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Fabrika</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786051034263</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Camille Claudel - Bir Kadın</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786051034256</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Film Senaryosu Yazmak</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786051034249</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Ayın Yüzü Suya Düştü</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786051034225</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Sinemada Kurgu</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786051034201</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Dokuz Sekizlik Hüzün</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786051034102</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Kimseye Söylemedim</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786051034195</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Luis Bunuel Sinemasında Ölüm ve Erotizm Birliği</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786051034171</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Sinemada Oyunculuk</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786051034157</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Sinemada Yönetmenlik</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786051034119</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Çatlak Kızlar Sağlam Kapıda</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786051034072</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Hatırlamanın Masum Hali</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786051033990</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Vladimir Nabokov’la Konuşmalar</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786051033952</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Olay Beyoğlu’nda Geçiyor</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786051033662</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Mühürlenmiş Zaman</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786051033624</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>İçsel Hayatların Sinemacısı</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786051033617</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Paul Auster'la Konuşmalar</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786051033587</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Kendimi Masallara Adar Mıydım?</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786051033556</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Sinema İçin Doğmuşum - Federico Fellini</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786051033471</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Jorge Luis Borges'le Konuşmalar</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786051033488</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Solak Keçi</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786051033464</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Cabriel Garcia Marquez'le Konuşmalar</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786051033372</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Aydaki Adam: Luis Bunuel</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786051033334</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Yoksul Bir Tiyatroya Doğru</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786051033273</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları - 3</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786051033242</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları - 2</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786051033228</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunlar - 1</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786051032979</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>İleri Senaryo Yazma Teknikleri</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786051032894</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Senaryoda Unutulmaz Karakterler Yaratmak</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786051032849</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Sinema Tutkusu</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786051032764</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Anais Nin’le Konuşmalar</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786051032771</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Benim Adım Kes</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786051032627</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Coen Kardeşler</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786051032726</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Annemin Öğrettiği Şarkılar</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786051032696</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9789758829507</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Türk Romanının Kökenleri ve Gelişimi</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786051031217</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Michelangelo Antonioni</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9789758829637</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Leonardo Da Vinci</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786051030845</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Lenin</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786051031453</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Fotoğrafın Kısa Tarihi</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786051032603</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Sinema ve Anarşizm</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786051032535</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Bir Fil Müddeti</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786051032542</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Kızkardeşleşmek</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786051032566</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Ya Da Pişman Değilim</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786051032511</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Altın Kelebeğin Gecesi</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9789944916318</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Kurbağa Yağı Satıcısı</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786051032474</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Alfred Hitchcock</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786051032405</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Bir İsyanı Fotoğraflamak</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786051032412</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Gezi'nin Ufkundan: Liberal Demokrasinin Krizi, Kamusallık ve Sol</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786050060058</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Fener</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786051032450</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Senaryo Kuramı</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786051032443</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Film Çekme Sanatı ve Sinemada Oyunculuk</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786051032368</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Mağluplar</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786051032344</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Jean-Luc Godard</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786056466915</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Tiyatro Üzerine</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786051032504</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>William Faulkner'la Konuşmalar</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786051031293</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Emine - Fay Kırığı 2</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786051030401</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Kürt Sineması</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786050060126</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşme, Demokrasi ve Terörizm</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786051030609</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Türk Sinemasının Kilometre Taşları</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786051032269</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Luchino Visconti</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786051032191</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Obama Sendromu</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9789758829200</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9789758829927</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Müzakerelerden Üyeliğe: AB - Türkiye Gündemindeki Sorunlar</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
           <t>9786051032160</t>
         </is>
       </c>
-      <c r="B162" s="1" t="inlineStr">
+      <c r="B490" s="1" t="inlineStr">
         <is>
           <t>Gezi Ruhu Bir İsyanın Halesi</t>
         </is>
       </c>
-      <c r="C162" s="1">
+      <c r="C490" s="1">
         <v>75</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>