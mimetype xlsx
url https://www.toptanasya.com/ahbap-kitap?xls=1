--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,2455 +85,3160 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255899217</t>
+          <t>9786255899286</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Rüyamda Kâbe’yi Gördüm</t>
+          <t>Dakota ve Arganda Tanrıları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255899194</t>
+          <t>9786255899262</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Melo Boo Melodiler Ormanında</t>
+          <t>Efsane Sudoku - Çok Zor Seviye</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255899200</t>
+          <t>9786257710053</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kırgın Hayatlar</t>
+          <t>Tırtılın Yolculuğu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255899187</t>
+          <t>9786257022590</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hikaye İçinde Bir Hikaye</t>
+          <t>Minik Pembe Burun</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257710657</t>
+          <t>9786257022613</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bir Acayip Labirent Kitabı 1</t>
+          <t>Girdap</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257710633</t>
+          <t>9786257710022</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Acayip Çıplak Kral Masalı</t>
+          <t>Farklı Çocuk</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257710626</t>
+          <t>9786257710794</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Acayip Ağustos Böceği ve Karınca Masalı</t>
+          <t>Yazar Ajandası - Yaratıcı Yazarlık Defteri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257710640</t>
+          <t>9786257710787</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bir Acayip Fareli Köyün Kavalcısı Masalı</t>
+          <t>Hazırsan Başlayalım</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257710664</t>
+          <t>9786257710749</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bir Acayip Labirent Kitabı 2</t>
+          <t>Biri Fabl Mı Dedi?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257710671</t>
+          <t>9786257710534</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Acayip Yalancı Çoban Masalı</t>
+          <t>Fabl Çetesi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255899071</t>
+          <t>9786257710329</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Üç Köpüş ve Büyülü Bahçe</t>
+          <t>19 Mayıs 1919</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257022330</t>
+          <t>9786257022262</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tostik Diyor ki: Ben Süpermişim</t>
+          <t>Süper Cep Sudoku 2</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257022354</t>
+          <t>9786257022248</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Nereden Çıktı Bu Bebek?</t>
+          <t>Süper Cep Sudoku 1</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257022415</t>
+          <t>9786257022941</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Tavşan</t>
+          <t>Yüreğimin Damlaları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257022422</t>
+          <t>9786257710138</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Evet Mi?</t>
+          <t>Biz Yazar Kadınlar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255899132</t>
+          <t>9786257022903</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Gece</t>
+          <t>Lisan-ı Kalp</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>120</v>
+        <v>28</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255899125</t>
+          <t>9786257710190</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gidenlerin Gölgesi</t>
+          <t>Esrarengiz Kasaba</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>280</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257022453</t>
+          <t>9786257022927</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bir Yerden Başlamak Lazım</t>
+          <t>Gitme Zeynep</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255899040</t>
+          <t>9786257022699</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ben Yanındayım</t>
+          <t>Nobran Mafya</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255899033</t>
+          <t>9786257710039</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Tehlikeli Yüzü Hera</t>
+          <t>Abafi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257710688</t>
+          <t>9786257022644</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Tekboynuzlar Boyama Kitabı</t>
+          <t>2020 KPSS Güncel Ajandası</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255899095</t>
+          <t>9786257022712</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dinozorlar Boyama</t>
+          <t>Göğe Kulaç Atan Dolunay</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255899101</t>
+          <t>9786257022804</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kolay ve Eğlenceli Boyama</t>
+          <t>Mühür</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255899088</t>
+          <t>9786257022282</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama</t>
+          <t>Bilişsel Beceriler Dikkat ve Ardıllık Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255899156</t>
+          <t>9786257022163</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku / Başlangıç</t>
+          <t>Kelebeğin Sihirli Rüyası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257710619</t>
+          <t>9786257022514</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Harflerle Resim Yapmak</t>
+          <t>Çocuklar İçin Sudoku</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255899163</t>
+          <t>9786257022323</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Patika</t>
+          <t>Süper Cep Sudoku 4</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255899019</t>
+          <t>9786257022255</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dodo Uykusuz Gözler / Dodo Sleepless Eyes</t>
+          <t>Süper Cep Sudoku 3</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>70</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255899026</t>
+          <t>9786257022293</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dodo Uyku Oyuncağı / Dodo Sleeping Toy</t>
+          <t>Beklenen Dolunay</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>70</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257022347</t>
+          <t>9786257022736</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dodo Parlak Gülüşler / Dodo Bright Smiles</t>
+          <t>Hikayeli Elif-Be Boyama Kitabı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255899002</t>
+          <t>9786056983054</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dodo Oyun Bahçesinde / Dodo In The Playground</t>
+          <t>Kırmızı İbikli Küçük Tavuk</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>70</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257022378</t>
+          <t>9786056983092</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dodo Her Yemeği Seviyor / Dodo Loves Every Food</t>
+          <t>Maket Yap Kes Yapıştır - Eğlen Öğren - Arabalar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>70</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255899149</t>
+          <t>9786056983078</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Son Randevu</t>
+          <t>Resmi Tamamla Kes Yapıştır - Eğlen Öğren</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255899064</t>
+          <t>9786056983047</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Difenbahya</t>
+          <t>Resmi Tamamla Kes Yapıştır - Hayvanlar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257710497</t>
+          <t>9786056983030</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Efsane Sudoku 1</t>
+          <t>Labirent - Eğlen Öğren</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>45</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257022620</t>
+          <t>9786056983085</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Küller İçinde Doğan Umut: Nara</t>
+          <t>Çocuklar İçin Kolay Çizim Teknikleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257022637</t>
+          <t>9786056983061</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Zir Dağı’ndaki Kristal</t>
+          <t>Maket Yap Kes Yapıştır - Eğlen Öğren</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>160</v>
+        <v>45</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257022781</t>
+          <t>9786058028869</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Battaniyesi</t>
+          <t>Harf Masallar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257710947</t>
+          <t>9786058028890</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Göçler Zamanı</t>
+          <t>Çocuklar İçin Origami</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257022361</t>
+          <t>9786257022569</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıllık Yolculuk</t>
+          <t>Dilefruz - Sahipsiz Gelin</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>360</v>
+        <v>35</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257022606</t>
+          <t>9786257022576</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Çak Bi’ Pati</t>
+          <t>Kızıl Serseri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257022385</t>
+          <t>9786257022552</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bir Şişe Düş</t>
+          <t>Asırların Savaşı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>240</v>
+        <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257710992</t>
+          <t>9786255899309</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Ceketin Düğmeleri</t>
+          <t>Gezegenler De Yoga Yapar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257710848</t>
+          <t>9786255899293</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>O'nu Anla 3</t>
+          <t>Bak Şu Konuşan Portakala</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257710954</t>
+          <t>9786255899248</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Güneş</t>
+          <t>Bir İsmin Gölgesinde: Nermin</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257710978</t>
+          <t>9786255899224</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hira</t>
+          <t>Sakinlumba Şehri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257710985</t>
+          <t>9786255899231</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hiçlik Makamı</t>
+          <t>Kalp Duygusu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257710961</t>
+          <t>9786255899217</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Araf’ta</t>
+          <t>Rüyamda Kâbe’yi Gördüm</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257710893</t>
+          <t>9786255899194</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>18 Mart Şiirleri</t>
+          <t>Melo Boo Melodiler Ormanında</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257710930</t>
+          <t>9786255899200</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>30 Ağustos Şiirleri</t>
+          <t>Kırgın Hayatlar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257710886</t>
+          <t>9786255899187</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>10 Kasım Şiirleri</t>
+          <t>Hikaye İçinde Bir Hikaye</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257710909</t>
+          <t>9786257710657</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>19 Mayıs Şiirleri</t>
+          <t>Bir Acayip Labirent Kitabı 1</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257710923</t>
+          <t>9786257710633</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>29 Ekim Şiirleri</t>
+          <t>Bir Acayip Çıplak Kral Masalı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257710916</t>
+          <t>9786257710626</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>23 Nisan Şiirleri</t>
+          <t>Bir Acayip Ağustos Böceği ve Karınca Masalı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257710855</t>
+          <t>9786257710640</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Derin Çocuk</t>
+          <t>Bir Acayip Fareli Köyün Kavalcısı Masalı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257710831</t>
+          <t>9786257710664</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>O'nu Anla 2</t>
+          <t>Bir Acayip Labirent Kitabı 2</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257710824</t>
+          <t>9786257710671</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>O'nu Anla</t>
+          <t>Bir Acayip Yalancı Çoban Masalı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257710862</t>
+          <t>9786255899071</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Derin Çocuk 2</t>
+          <t>Üç Köpüş ve Büyülü Bahçe</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257710879</t>
+          <t>9786257022330</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Derin Çocuk 3</t>
+          <t>Tostik Diyor ki: Ben Süpermişim</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257710800</t>
+          <t>9786257022354</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kelimeden Öyküye</t>
+          <t>Nereden Çıktı Bu Bebek?</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257710817</t>
+          <t>9786257022415</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kaderden Kaçmak</t>
+          <t>Meraklı Tavşan</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257710763</t>
+          <t>9786257022422</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Olmayan Okul</t>
+          <t>Her Şeye Evet Mi?</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257710589</t>
+          <t>9786255899132</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Aklıyla Bin Yaşayan Çocuk</t>
+          <t>Zehirli Gece</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257710718</t>
+          <t>9786255899125</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Öyle İşte</t>
+          <t>Gidenlerin Gölgesi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257710565</t>
+          <t>9786257022453</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Özünü Benimsemek</t>
+          <t>Bir Yerden Başlamak Lazım</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257710732</t>
+          <t>9786255899040</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sükut</t>
+          <t>Ben Yanındayım</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257710701</t>
+          <t>9786255899033</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kendine Kurduğun Dünya</t>
+          <t>Aşkın Tehlikeli Yüzü Hera</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257022002</t>
+          <t>9786257710688</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>Sevimli Tekboynuzlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057022668</t>
+          <t>9786255899095</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Eğlen Öğren Rakamları Boya</t>
+          <t>Sevimli Dinozorlar Boyama</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257710558</t>
+          <t>9786255899101</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Masal Anlatıcısı</t>
+          <t>Kolay ve Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257710510</t>
+          <t>9786255899088</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Satrancın Öyküsü</t>
+          <t>Kawaii Boyama</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257710527</t>
+          <t>9786255899156</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sitra A.V.C.</t>
+          <t>Çocuklar İçin Sudoku / Başlangıç</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257710596</t>
+          <t>9786257710619</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim?</t>
+          <t>A’dan Z’ye Harflerle Resim Yapmak</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257710343</t>
+          <t>9786255899163</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Koleksiyoncusu</t>
+          <t>Patika</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257710374</t>
+          <t>9786255899019</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ayn-ür Rıza</t>
+          <t>Dodo Uykusuz Gözler / Dodo Sleepless Eyes</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257710398</t>
+          <t>9786255899026</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekli Sandalyedeki Palyaço</t>
+          <t>Dodo Uyku Oyuncağı / Dodo Sleeping Toy</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257710428</t>
+          <t>9786257022347</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kelebek</t>
+          <t>Dodo Parlak Gülüşler / Dodo Bright Smiles</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257710411</t>
+          <t>9786255899002</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Babamın Mahallesi</t>
+          <t>Dodo Oyun Bahçesinde / Dodo In The Playground</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257710404</t>
+          <t>9786257022378</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tangrı Kral</t>
+          <t>Dodo Her Yemeği Seviyor / Dodo Loves Every Food</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257710459</t>
+          <t>9786255899149</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Efsane Sudoku 5</t>
+          <t>Son Randevu</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257710442</t>
+          <t>9786255899064</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Zeytinli Konak'tan Süzülenler</t>
+          <t>Difenbahya</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257710503</t>
+          <t>9786257710497</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Efsane Sudoku</t>
+          <t>Efsane Sudoku 1</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257710466</t>
+          <t>9786257022620</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Efsane Sudoku 4</t>
+          <t>Küller İçinde Doğan Umut: Nara</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257710473</t>
+          <t>9786257022637</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Efsane Sudoku 3</t>
+          <t>Zir Dağı’ndaki Kristal</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>45</v>
+        <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257710480</t>
+          <t>9786257022781</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Efsane Sudoku 2</t>
+          <t>Babaannemin Battaniyesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>45</v>
+        <v>240</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257710602</t>
+          <t>9786257710947</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Keçi Kadın</t>
+          <t>Göçler Zamanı</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257710541</t>
+          <t>9786257022361</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Her ve Hiç</t>
+          <t>Bin Yıllık Yolculuk</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257710572</t>
+          <t>9786257022606</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Nar-ı Aşk</t>
+          <t>Çak Bi’ Pati</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257710336</t>
+          <t>9786257022385</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mavi Işık 3</t>
+          <t>Bir Şişe Düş</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257710268</t>
+          <t>9786257710992</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Roza Dorea ve Toh Kuşu Efsanesi</t>
+          <t>Beyaz Ceketin Düğmeleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257710312</t>
+          <t>9786257710848</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hep Büyükler Mi Yazar?</t>
+          <t>O'nu Anla 3</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257022545</t>
+          <t>9786257710954</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ders İçi Ders Sonu Etkinlikleri</t>
+          <t>Kırmızı Güneş</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257022507</t>
+          <t>9786257710978</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>First English</t>
+          <t>Hira</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>45</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257710381</t>
+          <t>9786257710985</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yazgı</t>
+          <t>Hiçlik Makamı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257710350</t>
+          <t>9786257710961</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bendeki Sen</t>
+          <t>Araf’ta</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257710237</t>
+          <t>9786257710893</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kırdığın Yerden Kırılacaksın</t>
+          <t>18 Mart Şiirleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257710282</t>
+          <t>9786257710930</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>60 Kilo Verdiren 60 Öneri</t>
+          <t>30 Ağustos Şiirleri</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257710275</t>
+          <t>9786257710886</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bitti Dediğin Yerden Yeniden Başlar Hayat</t>
+          <t>10 Kasım Şiirleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257710299</t>
+          <t>9786257710909</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Mavi Işık</t>
+          <t>19 Mayıs Şiirleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257710244</t>
+          <t>9786257710923</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Dehliz</t>
+          <t>29 Ekim Şiirleri</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257710220</t>
+          <t>9786257710916</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Can Kenarı</t>
+          <t>23 Nisan Şiirleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257710251</t>
+          <t>9786257710855</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sustum Hiç mi Duymadınız?</t>
+          <t>Derin Çocuk</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257710305</t>
+          <t>9786257710831</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Mavi Işık 2</t>
+          <t>O'nu Anla 2</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257710206</t>
+          <t>9786257710824</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Anayız Şur’da - Çocuklu Evin Halleri</t>
+          <t>O'nu Anla</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257710176</t>
+          <t>9786257710862</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>Derin Çocuk 2</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257710152</t>
+          <t>9786257710879</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hak Ettiğini Yaşamaz Herkes</t>
+          <t>Derin Çocuk 3</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257710169</t>
+          <t>9786257710800</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Güneş'in Ellerinde Büyüdük</t>
+          <t>Kelimeden Öyküye</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257710121</t>
+          <t>9786257710817</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'yı Arayan Kara Kız</t>
+          <t>Kaderden Kaçmak</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257710145</t>
+          <t>9786257710763</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Otopsi</t>
+          <t>Sıradan Olmayan Okul</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257710183</t>
+          <t>9786257710589</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Farket - Otizmli çocuklara Şiirler 3</t>
+          <t>Aklıyla Bin Yaşayan Çocuk</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257710213</t>
+          <t>9786257710718</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kapı Ayarlarım Bozuk; Ört Üstünü...</t>
+          <t>Öyle İşte</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257710107</t>
+          <t>9786257710565</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Şiirname</t>
+          <t>Varlığın Özünü Benimsemek</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257710008</t>
+          <t>9786257710732</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Süveyda</t>
+          <t>Sükut</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257710060</t>
+          <t>9786257710701</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Şahidimiz Çınar Ağacı</t>
+          <t>Kendine Kurduğun Dünya</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257710084</t>
+          <t>9786257022002</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kalem Yazmaya Başladı Bir Kere</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257022965</t>
+          <t>9786057022668</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ki...</t>
+          <t>Eğlen Öğren Rakamları Boya</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257710077</t>
+          <t>9786257710558</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sual</t>
+          <t>Masal Anlatıcısı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257022798</t>
+          <t>9786257710510</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayat</t>
+          <t>Satrancın Öyküsü</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257710046</t>
+          <t>9786257710527</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir Günahkarın Tövbe Defteri</t>
+          <t>Sitra A.V.C.</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257022989</t>
+          <t>9786257710596</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Şiirlinka</t>
+          <t>Ben Kimim?</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257022972</t>
+          <t>9786257710343</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kuyu</t>
+          <t>Yaşam Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257022484</t>
+          <t>9786257710374</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Çerçevelik Şiirler</t>
+          <t>Ayn-ür Rıza</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257022958</t>
+          <t>9786257710398</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Fark Et 2 - Otizmli Çocuklara Şiirler</t>
+          <t>Tekerlekli Sandalyedeki Palyaço</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257022910</t>
+          <t>9786257710428</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İptila</t>
+          <t>Mavi Kelebek</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257022873</t>
+          <t>9786257710411</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Beni Sevme Kalbinde Taşı</t>
+          <t>Babamın Mahallesi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257022897</t>
+          <t>9786257710404</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yalnız</t>
+          <t>Tangrı Kral</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257022859</t>
+          <t>9786257710459</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Fark Et - Otizmli Çocuklara Şiirler</t>
+          <t>Efsane Sudoku 5</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257022880</t>
+          <t>9786257710442</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Haziran</t>
+          <t>Zeytinli Konak'tan Süzülenler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257022934</t>
+          <t>9786257710503</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Devrilmiş Bir Ağacın Gölgesinde</t>
+          <t>Çocuklar İçin Efsane Sudoku</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257022682</t>
+          <t>9786257710466</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Şiirde Durak</t>
+          <t>Efsane Sudoku 4</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257022835</t>
+          <t>9786257710473</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kurtuluş Destanı</t>
+          <t>Efsane Sudoku 3</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257022842</t>
+          <t>9786257710480</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Sözleşmesi (Tam Metin)</t>
+          <t>Efsane Sudoku 2</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257022729</t>
+          <t>9786257710602</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kitap Dokununca Yüreğe</t>
+          <t>Keçi Kadın</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>25</v>
+        <v>150</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257022811</t>
+          <t>9786257710541</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bize Hiç Böyle Anlatmadılar</t>
+          <t>Her ve Hiç</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257022705</t>
+          <t>9786257710572</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hülasa</t>
+          <t>Nar-ı Aşk</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257022767</t>
+          <t>9786257710336</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş Bir Öykü</t>
+          <t>Mavi Işık 3</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257022750</t>
+          <t>9786257710268</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş Bir Şiir</t>
+          <t>Roza Dorea ve Toh Kuşu Efsanesi</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257022675</t>
+          <t>9786257710312</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Zoka</t>
+          <t>Hep Büyükler Mi Yazar?</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257022743</t>
+          <t>9786257022545</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Yazar Güzel Sever</t>
+          <t>Ders İçi Ders Sonu Etkinlikleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257022651</t>
+          <t>9786257022507</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ateşte Açan Gül</t>
+          <t>First English</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257022774</t>
+          <t>9786257710381</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ben Özledim Sen de Dene</t>
+          <t>Yazgı</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257022279</t>
+          <t>9786257710350</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Hayallerimiz Bekler Sandık</t>
+          <t>Bendeki Sen</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257022491</t>
+          <t>9786257710237</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kitap Okuma Defterim</t>
+          <t>Kırdığın Yerden Kırılacaksın</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257022521</t>
+          <t>9786257710282</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bire Bir Örnekli Boyama 1</t>
+          <t>60 Kilo Verdiren 60 Öneri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257022033</t>
+          <t>9786257710275</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Vuslat</t>
+          <t>Bitti Dediğin Yerden Yeniden Başlar Hayat</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257022538</t>
+          <t>9786257710299</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bire Bir Örnekli Boyama 2</t>
+          <t>Mavi Işık</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>45</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257022187</t>
+          <t>9786257710244</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Cesur Kadınların Fısıltıları</t>
+          <t>Dehliz</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257022309</t>
+          <t>9786257710220</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Metin Olma Zamanı Değil</t>
+          <t>Can Kenarı</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257022170</t>
+          <t>9786257710251</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Külüstür</t>
+          <t>Sustum Hiç mi Duymadınız?</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257022200</t>
+          <t>9786257710305</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kasaba</t>
+          <t>Mavi Işık 2</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257022224</t>
+          <t>9786257710206</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler</t>
+          <t>Anayız Şur’da - Çocuklu Evin Halleri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257022217</t>
+          <t>9786257710176</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Avcı</t>
+          <t>Göç</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257022026</t>
+          <t>9786257710152</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Alesta</t>
+          <t>Hak Ettiğini Yaşamaz Herkes</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786056983009</t>
+          <t>9786257710169</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Noktaları Birleştir - Eğlen Öğren</t>
+          <t>Güneş'in Ellerinde Büyüdük</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786058028852</t>
+          <t>9786257710121</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sen Hiç Sensiz Kaldın mı?</t>
+          <t>Tanrı'yı Arayan Kara Kız</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786058028876</t>
+          <t>9786257710145</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Otopsi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786058028838</t>
+          <t>9786257710183</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Şimdilik</t>
+          <t>Farket - Otizmli çocuklara Şiirler 3</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786058028845</t>
+          <t>9786257710213</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ve Cemre Kağıda Düştü (Ciltli)</t>
+          <t>Kapı Ayarlarım Bozuk; Ört Üstünü...</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786058028814</t>
+          <t>9786257710107</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Gibi</t>
+          <t>Şiirname</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786058028807</t>
+          <t>9786257710008</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Arabalar Beş Kuruşa</t>
+          <t>Süveyda</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
+          <t>9786257710060</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Şahidimiz Çınar Ağacı</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786257710084</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Kalem Yazmaya Başladı Bir Kere</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786257022965</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Ki...</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786257710077</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Sual</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786257022798</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Hayat</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786257710046</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Bir Günahkarın Tövbe Defteri</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786257022989</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Şiirlinka</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786257022972</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Kuyu</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786257022484</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Çerçevelik Şiirler</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786257022958</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Fark Et 2 - Otizmli Çocuklara Şiirler</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786257022910</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>İptila</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786257022873</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Beni Sevme Kalbinde Taşı</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786257022897</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786257022859</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Fark Et - Otizmli Çocuklara Şiirler</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786257022880</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Haziran</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786257022934</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Devrilmiş Bir Ağacın Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786257022682</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Şiirde Durak</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786257022835</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Kurtuluş Destanı</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786257022842</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Sözleşmesi (Tam Metin)</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786257022729</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Kitap Dokununca Yüreğe</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786257022811</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Bize Hiç Böyle Anlatmadılar</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786257022705</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Hülasa</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786257022767</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Bir Düş Bir Öykü</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786257022750</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Bir Düş Bir Şiir</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786257022675</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Zoka</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786257022743</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Çirkin Yazar Güzel Sever</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786257022651</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Ateşte Açan Gül</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786257022774</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Ben Özledim Sen de Dene</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786257022279</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Hayallerimiz Bekler Sandık</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786257022491</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Kitap Okuma Defterim</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786257022521</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Bire Bir Örnekli Boyama 1</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786257022033</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Vuslat</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786257022538</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Bire Bir Örnekli Boyama 2</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786257022187</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Cesur Kadınların Fısıltıları</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786257022309</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Metin Olma Zamanı Değil</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786257022170</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Külüstür</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786257022200</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Kasaba</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786257022224</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Gölgeler</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786257022217</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Avcı</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786257022026</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Alesta</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786056983009</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Noktaları Birleştir - Eğlen Öğren</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786058028852</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Sen Hiç Sensiz Kaldın mı?</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786058028876</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Nutuk</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786058028838</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Şimdilik</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786058028845</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Ve Cemre Kağıda Düştü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786058028814</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar Gibi</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786058028807</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Arabalar Beş Kuruşa</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
           <t>9786058028821</t>
         </is>
       </c>
-      <c r="B162" s="1" t="inlineStr">
+      <c r="B209" s="1" t="inlineStr">
         <is>
           <t>Şermin</t>
         </is>
       </c>
-      <c r="C162" s="1">
+      <c r="C209" s="1">
         <v>60</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>