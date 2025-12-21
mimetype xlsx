--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,1300 +85,1345 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057533685</t>
+          <t>9786057533739</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gazzeli Bir Çocuğum Ben</t>
+          <t>Gazali'nin İrfan Hazinesi - 3 Kitaplık Set</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>749</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057533630</t>
+          <t>9786057533746</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Umutlar Heder Olmasın</t>
+          <t>İhyâu Ulûmi’d-Dîn’den Hikayeler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055095116</t>
+          <t>9786057533661</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed Evinize Gelse</t>
+          <t>Aynadaki İzler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>60</v>
+        <v>270</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055095956</t>
+          <t>9786057533685</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Affet Allah’ım</t>
+          <t>Gazzeli Bir Çocuğum Ben</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055095802</t>
+          <t>9786057533630</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Zikr-i Fuad</t>
+          <t>Umutlar Heder Olmasın</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057533654</t>
+          <t>9786055095116</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gazali Seti</t>
+          <t>Hz. Muhammed Evinize Gelse</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>449</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057533593</t>
+          <t>9786055095956</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ayla</t>
+          <t>Affet Allah’ım</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057533586</t>
+          <t>9786055095802</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İsmail</t>
+          <t>Zikr-i Fuad</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057533500</t>
+          <t>9786057533654</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin İmar Yolculuğu</t>
+          <t>Gazali Seti</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>270</v>
+        <v>449</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057533548</t>
+          <t>9786057533593</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dil Belası</t>
+          <t>Ayla</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057533531</t>
+          <t>9786057533586</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz Hz. Muhammed (s.a.v.) İle Bir Saat Konuşmak</t>
+          <t>İsmail</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055095475</t>
+          <t>9786057533500</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Firar Etmek</t>
+          <t>Kalplerin İmar Yolculuğu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>70</v>
+        <v>270</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055095499</t>
+          <t>9786057533548</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Miktarı Aşk</t>
+          <t>Dil Belası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786058075320</t>
+          <t>9786057533531</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Beklenen Kıyamet ve Yansımalar</t>
+          <t>Peygamber Efendimiz Hz. Muhammed (s.a.v.) İle Bir Saat Konuşmak</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057533524</t>
+          <t>9786055095475</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Arasat Hesap Günü</t>
+          <t>Allah’a Firar Etmek</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057533494</t>
+          <t>9786055095499</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Yolculuk</t>
+          <t>Bir Şiir Miktarı Aşk</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057533517</t>
+          <t>9786058075320</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>15 Esmaül Hüsna ile Çocukların Manevi Yolculuğu</t>
+          <t>Beklenen Kıyamet ve Yansımalar</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055095185</t>
+          <t>9786057533524</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Yaşam Koçu Kuran’dır</t>
+          <t>Arasat Hesap Günü</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057533487</t>
+          <t>9786057533494</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Sır Odaları</t>
+          <t>Kutsal Yolculuk</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057533470</t>
+          <t>9786057533517</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kıyısında / 6 Şubat</t>
+          <t>15 Esmaül Hüsna ile Çocukların Manevi Yolculuğu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055095710</t>
+          <t>9786055095185</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Allah Benden Razı Olmadı Anne!</t>
+          <t>Müslümanın Yaşam Koçu Kuran’dır</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057533166</t>
+          <t>9786057533487</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kadir Akel Seti (4 Kitap Takım)</t>
+          <t>Kalbimin Sır Odaları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057533432</t>
+          <t>9786057533470</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Peşinde</t>
+          <t>Yaşamın Kıyısında / 6 Şubat</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057533418</t>
+          <t>9786055095710</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Vuslat</t>
+          <t>Allah Benden Razı Olmadı Anne!</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057533425</t>
+          <t>9786057533166</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çitlembik</t>
+          <t>Kadir Akel Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057533401</t>
+          <t>9786057533432</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>1 Şehit 1 Öykü 1 Şiir</t>
+          <t>Kaderin Peşinde</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055095611</t>
+          <t>9786057533418</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Vuslat Zamanı</t>
+          <t>Vuslat</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057533395</t>
+          <t>9786057533425</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Cennetime Gir</t>
+          <t>Meraklı Çitlembik</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055095512</t>
+          <t>9786057533401</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Rabbim Ben Senin Hangi Esma’nım?</t>
+          <t>1 Şehit 1 Öykü 1 Şiir</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057533302</t>
+          <t>9786055095611</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hz. Adem ve Yaratılış Meselesi</t>
+          <t>Vuslat Zamanı</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057533340</t>
+          <t>9786057533395</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Meftun</t>
+          <t>Cennetime Gir</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057533333</t>
+          <t>9786055095512</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Son Nefes</t>
+          <t>Rabbim Ben Senin Hangi Esma’nım?</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057533319</t>
+          <t>9786057533302</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve Suretler</t>
+          <t>Hz. Adem ve Yaratılış Meselesi</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786058075313</t>
+          <t>9786057533340</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet ve Son İnsan</t>
+          <t>Meftun</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057533326</t>
+          <t>9786057533333</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve İnanç Seti</t>
+          <t>Son Nefes</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>699</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057533289</t>
+          <t>9786057533319</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ezelden Ebede Huzur</t>
+          <t>Hakikat ve Suretler</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057533296</t>
+          <t>9786058075313</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Emanet</t>
+          <t>Kıyamet ve Son İnsan</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057533265</t>
+          <t>9786057533326</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Zaman Muhasebesi</t>
+          <t>Edebiyat ve İnanç Seti</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>699</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057533272</t>
+          <t>9786057533289</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Muhyiddin Arabi’yi Anlamak</t>
+          <t>Ezelden Ebede Huzur</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057533258</t>
+          <t>9786057533296</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İyilik Bulaşıcıdır!</t>
+          <t>Emanet</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057533241</t>
+          <t>9786057533265</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kapısı</t>
+          <t>Zaman Muhasebesi</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057533159</t>
+          <t>9786057533272</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Çisil Çisil Yağmur</t>
+          <t>Muhyiddin Arabi’yi Anlamak</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057533234</t>
+          <t>9786057533258</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Özü</t>
+          <t>İyilik Bulaşıcıdır!</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057533227</t>
+          <t>9786057533241</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İlahiler &amp; Hikmetli Sözler</t>
+          <t>Kuzey Kapısı</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057533197</t>
+          <t>9786057533159</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Beka</t>
+          <t>Çisil Çisil Yağmur</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057533203</t>
+          <t>9786057533234</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Sevmek Ne Güzeldir</t>
+          <t>Ruhun Özü</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057533210</t>
+          <t>9786057533227</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gençleşen Hacamat</t>
+          <t>İlahiler &amp; Hikmetli Sözler</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057533180</t>
+          <t>9786057533197</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hangi Dildir?</t>
+          <t>Aşk-ı Beka</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057533173</t>
+          <t>9786057533203</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Huya</t>
+          <t>Allah’ı Sevmek Ne Güzeldir</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057533036</t>
+          <t>9786057533210</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Doğu Hikayeleriyle Psikoterapi</t>
+          <t>Gençleşen Hacamat</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057533142</t>
+          <t>9786057533180</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın İtirafı</t>
+          <t>Aşk Hangi Dildir?</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057533135</t>
+          <t>9786057533173</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Nar Tadında Dualı Masallar</t>
+          <t>Huya</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057533128</t>
+          <t>9786057533036</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Demeden Allah Diyelim</t>
+          <t>Doğu Hikayeleriyle Psikoterapi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057533111</t>
+          <t>9786057533142</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bir Psikoloğun Gözünden Kapatma Kitabı</t>
+          <t>Şeytanın İtirafı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057533104</t>
+          <t>9786057533135</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Jesus Der Messias (AS) Im Koran</t>
+          <t>Nar Tadında Dualı Masallar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057533098</t>
+          <t>9786057533128</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İnci'nen Kalpler</t>
+          <t>Eyvah Demeden Allah Diyelim</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057533081</t>
+          <t>9786057533111</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tüy Misali</t>
+          <t>Bir Psikoloğun Gözünden Kapatma Kitabı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058075306</t>
+          <t>9786057533104</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kıyamet Alametleri Başlangıç</t>
+          <t>Jesus Der Messias (AS) Im Koran</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055095963</t>
+          <t>9786057533098</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ahlaklı Peygamber Hz. Muhammed</t>
+          <t>İnci'nen Kalpler</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057533074</t>
+          <t>9786057533081</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tuba Ağacında Bir Tuti</t>
+          <t>Tüy Misali</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057533067</t>
+          <t>9786058075306</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Islamische Seelsorge</t>
+          <t>Büyük Kıyamet Alametleri Başlangıç</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057533050</t>
+          <t>9786055095963</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mahzun Yürekler</t>
+          <t>Kur’an Ahlaklı Peygamber Hz. Muhammed</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057533043</t>
+          <t>9786057533074</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kavgam</t>
+          <t>Tuba Ağacında Bir Tuti</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057533029</t>
+          <t>9786057533067</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Salçalı Ekmek</t>
+          <t>Islamische Seelsorge</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055095994</t>
+          <t>9786057533050</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Söyleyin Onlara Hz.Muhammed'in Ordusu Geri Geldi</t>
+          <t>Mahzun Yürekler</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055095918</t>
+          <t>9786057533043</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Kader ve İnsan Psikolojisine Etkileri</t>
+          <t>Kavgam</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055095932</t>
+          <t>9786057533029</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Öğrenciler İçin Veda Hutbesi</t>
+          <t>Salçalı Ekmek</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055095901</t>
+          <t>9786055095994</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yargılama Sorgula!</t>
+          <t>Söyleyin Onlara Hz.Muhammed'in Ordusu Geri Geldi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055095833</t>
+          <t>9786055095918</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Seccadesi Çanakkale</t>
+          <t>Kur’an’da Kader ve İnsan Psikolojisine Etkileri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055095840</t>
+          <t>9786055095932</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Allah İle Üzme Beni</t>
+          <t>Öğrenciler İçin Veda Hutbesi</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055095758</t>
+          <t>9786055095901</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Mahfi</t>
+          <t>Yargılama Sorgula!</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055095055</t>
+          <t>9786055095833</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ile (S.A.V) Yol Arkadaşı Olmak</t>
+          <t>Aşkın Seccadesi Çanakkale</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055095543</t>
+          <t>9786055095840</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sevme Beni Yüreğinde Allah Yok İse</t>
+          <t>Allah İle Üzme Beni</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055095529</t>
+          <t>9786055095758</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yürek Ülkesinde Aşk Yolu</t>
+          <t>Aşk-ı Mahfi</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055095598</t>
+          <t>9786055095055</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hayırlısı</t>
+          <t>Hz. Muhammed ile (S.A.V) Yol Arkadaşı Olmak</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055095031</t>
+          <t>9786055095543</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis 40 Yazar</t>
+          <t>Sevme Beni Yüreğinde Allah Yok İse</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055095192</t>
+          <t>9786055095529</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sufi Terapi</t>
+          <t>Yürek Ülkesinde Aşk Yolu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055095154</t>
+          <t>9786055095598</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Aşkullah</t>
+          <t>Hayırlısı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055095086</t>
+          <t>9786055095031</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kalp Risalesi</t>
+          <t>40 Hadis 40 Yazar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055095253</t>
+          <t>9786055095192</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Şems-i Tebrizi’nin Not Defteri</t>
+          <t>Sufi Terapi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055095079</t>
+          <t>9786055095154</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Allah Sevdiği Kulu Nasıl Korur?</t>
+          <t>Aşkullah</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055095130</t>
+          <t>9786055095086</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dert Etme Allah Yeter</t>
+          <t>Kalp Risalesi</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055095048</t>
+          <t>9786055095253</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir Gülsünüz Efendim (s.a.s)</t>
+          <t>Şems-i Tebrizi’nin Not Defteri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
+          <t>9786055095079</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Allah Sevdiği Kulu Nasıl Korur?</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786055095130</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Dert Etme Allah Yeter</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786055095048</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gülsünüz Efendim (s.a.s)</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
           <t>9786055095062</t>
         </is>
       </c>
-      <c r="B85" s="1" t="inlineStr">
+      <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Mesnevi Bahçesi</t>
         </is>
       </c>
-      <c r="C85" s="1">
+      <c r="C88" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>