--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,1345 +85,1915 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057533739</t>
+          <t>9786057533708</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gazali'nin İrfan Hazinesi - 3 Kitaplık Set</t>
+          <t>Kurallar Dininden Kur’an’ın Dinine</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>749</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057533746</t>
+          <t>9786057533012</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İhyâu Ulûmi’d-Dîn’den Hikayeler</t>
+          <t>Küçük Anne</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057533661</t>
+          <t>9786055095970</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki İzler</t>
+          <t>Yüreğimin Pusulası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>270</v>
+        <v>90</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057533685</t>
+          <t>9786057533005</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gazzeli Bir Çocuğum Ben</t>
+          <t>Bir Psikoloğun Gözünden Nefs</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057533630</t>
+          <t>9786055095093</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Umutlar Heder Olmasın</t>
+          <t>Postmodern İslami Dünyada Kadın Olmak</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055095116</t>
+          <t>9786055095215</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed Evinize Gelse</t>
+          <t>Sen Elifsin Ben Vav</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>60</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055095956</t>
+          <t>9786055095208</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Affet Allah’ım</t>
+          <t>Aşk ve Kader</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055095802</t>
+          <t>9786055095222</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Zikr-i Fuad</t>
+          <t>Aşkın Vav Hali</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057533654</t>
+          <t>9786055095178</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gazali Seti</t>
+          <t>A’dan Z’ye Bilinçli İnsan Eğitimi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>449</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057533593</t>
+          <t>9786055095147</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ayla</t>
+          <t>Ey Müslüman Kendine Gel!</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057533586</t>
+          <t>9786055095024</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İsmail</t>
+          <t>Peygamberin Fatihi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057533500</t>
+          <t>9786055095017</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin İmar Yolculuğu</t>
+          <t>Kabirden Gelen Mektuplar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>270</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057533548</t>
+          <t>9786055095000</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dil Belası</t>
+          <t>Tasavvuf Yolunun Sırları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057533531</t>
+          <t>9786055095888</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz Hz. Muhammed (s.a.v.) İle Bir Saat Konuşmak</t>
+          <t>Aşk'ın Resulüne Yolculuk</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055095475</t>
+          <t>9786055095871</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Firar Etmek</t>
+          <t>Allah Yeter</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055095499</t>
+          <t>9786055095864</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Miktarı Aşk</t>
+          <t>Gülden İzler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>80</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058075320</t>
+          <t>9786055095772</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Beklenen Kıyamet ve Yansımalar</t>
+          <t>Mihrullah</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057533524</t>
+          <t>9786055095482</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Arasat Hesap Günü</t>
+          <t>Nikahta Keramet Var</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057533494</t>
+          <t>9786055095895</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Yolculuk</t>
+          <t>Manevi Rehberlik</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057533517</t>
+          <t>9786055095680</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>15 Esmaül Hüsna ile Çocukların Manevi Yolculuğu</t>
+          <t>Hepimiz Bir Gün Öleceğiz</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055095185</t>
+          <t>9786055095987</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Yaşam Koçu Kuran’dır</t>
+          <t>Neden Hep Ben?</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057533487</t>
+          <t>9786055095949</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Sır Odaları</t>
+          <t>Mesnevi’de İnsan</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057533470</t>
+          <t>9786055095789</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kıyısında / 6 Şubat</t>
+          <t>Kur'an İle Müslüman Olmak (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055095710</t>
+          <t>9786055095536</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Allah Benden Razı Olmadı Anne!</t>
+          <t>İlk İnsandan Bugüne Değişmeyen Sınav</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057533166</t>
+          <t>9786055095925</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kadir Akel Seti (4 Kitap Takım)</t>
+          <t>Canpare Aşk</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>1000</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057533432</t>
+          <t>9786055095574</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Peşinde</t>
+          <t>Secdedaş</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057533418</t>
+          <t>9786055095741</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Vuslat</t>
+          <t>Allah’a Dost Olmak</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057533425</t>
+          <t>9786055095819</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çitlembik</t>
+          <t>Sufi Aşkının Işıkları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057533401</t>
+          <t>9786055095260</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>1 Şehit 1 Öykü 1 Şiir</t>
+          <t>Aşk Bismillah</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>600</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055095611</t>
+          <t>9786055095826</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Vuslat Zamanı</t>
+          <t>Aşkhane</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057533395</t>
+          <t>9786055095246</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Cennetime Gir</t>
+          <t>Ümmetin Canısı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055095512</t>
+          <t>9786055095727</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Rabbim Ben Senin Hangi Esma’nım?</t>
+          <t>Ben Hüznümü Yalnızca Sana Anlattım</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057533302</t>
+          <t>9786055095796</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hz. Adem ve Yaratılış Meselesi</t>
+          <t>Aşkzade</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057533340</t>
+          <t>9786055095666</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Meftun</t>
+          <t>Aşık Değilsin Aşkın İçindesin</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057533333</t>
+          <t>9786055095857</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Son Nefes</t>
+          <t>Rüzgarlı Bahçe</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057533319</t>
+          <t>9786055095734</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve Suretler</t>
+          <t>İstanbul Benim Olacak</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058075313</t>
+          <t>9786055095604</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet ve Son İnsan</t>
+          <t>Rabbim Çok Pişmanım</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057533326</t>
+          <t>9786055095635</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve İnanç Seti</t>
+          <t>1915 Çanakkale - Küllerinden Doğanlar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>699</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057533289</t>
+          <t>9786057533739</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ezelden Ebede Huzur</t>
+          <t>Gazali'nin İrfan Hazinesi - 3 Kitaplık Set</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>749</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057533296</t>
+          <t>9786057533746</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Emanet</t>
+          <t>İhyâu Ulûmi’d-Dîn’den Hikayeler</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057533265</t>
+          <t>9786057533661</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Zaman Muhasebesi</t>
+          <t>Aynadaki İzler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057533272</t>
+          <t>9786057533685</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Muhyiddin Arabi’yi Anlamak</t>
+          <t>Gazzeli Bir Çocuğum Ben</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057533258</t>
+          <t>9786057533630</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İyilik Bulaşıcıdır!</t>
+          <t>Umutlar Heder Olmasın</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057533241</t>
+          <t>9786055095116</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kapısı</t>
+          <t>Hz. Muhammed Evinize Gelse</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057533159</t>
+          <t>9786055095956</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çisil Çisil Yağmur</t>
+          <t>Affet Allah’ım</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057533234</t>
+          <t>9786055095802</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Özü</t>
+          <t>Zikr-i Fuad</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057533227</t>
+          <t>9786057533654</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İlahiler &amp; Hikmetli Sözler</t>
+          <t>Gazali Seti</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>449</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057533197</t>
+          <t>9786057533593</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Beka</t>
+          <t>Ayla</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057533203</t>
+          <t>9786057533586</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Sevmek Ne Güzeldir</t>
+          <t>İsmail</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057533210</t>
+          <t>9786057533500</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gençleşen Hacamat</t>
+          <t>Kalplerin İmar Yolculuğu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057533180</t>
+          <t>9786057533548</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hangi Dildir?</t>
+          <t>Dil Belası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057533173</t>
+          <t>9786057533531</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Huya</t>
+          <t>Peygamber Efendimiz Hz. Muhammed (s.a.v.) İle Bir Saat Konuşmak</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057533036</t>
+          <t>9786055095475</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Doğu Hikayeleriyle Psikoterapi</t>
+          <t>Allah’a Firar Etmek</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057533142</t>
+          <t>9786055095499</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın İtirafı</t>
+          <t>Bir Şiir Miktarı Aşk</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057533135</t>
+          <t>9786058075320</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Nar Tadında Dualı Masallar</t>
+          <t>Beklenen Kıyamet ve Yansımalar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057533128</t>
+          <t>9786057533524</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Demeden Allah Diyelim</t>
+          <t>Arasat Hesap Günü</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057533111</t>
+          <t>9786057533494</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bir Psikoloğun Gözünden Kapatma Kitabı</t>
+          <t>Kutsal Yolculuk</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057533104</t>
+          <t>9786057533517</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Jesus Der Messias (AS) Im Koran</t>
+          <t>15 Esmaül Hüsna ile Çocukların Manevi Yolculuğu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057533098</t>
+          <t>9786055095185</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İnci'nen Kalpler</t>
+          <t>Müslümanın Yaşam Koçu Kuran’dır</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057533081</t>
+          <t>9786057533487</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tüy Misali</t>
+          <t>Kalbimin Sır Odaları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786058075306</t>
+          <t>9786057533470</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kıyamet Alametleri Başlangıç</t>
+          <t>Yaşamın Kıyısında / 6 Şubat</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055095963</t>
+          <t>9786055095710</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ahlaklı Peygamber Hz. Muhammed</t>
+          <t>Allah Benden Razı Olmadı Anne!</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057533074</t>
+          <t>9786057533166</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tuba Ağacında Bir Tuti</t>
+          <t>Kadir Akel Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057533067</t>
+          <t>9786057533432</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Islamische Seelsorge</t>
+          <t>Kaderin Peşinde</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057533050</t>
+          <t>9786057533418</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mahzun Yürekler</t>
+          <t>Vuslat</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057533043</t>
+          <t>9786057533425</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kavgam</t>
+          <t>Meraklı Çitlembik</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057533029</t>
+          <t>9786057533401</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Salçalı Ekmek</t>
+          <t>1 Şehit 1 Öykü 1 Şiir</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055095994</t>
+          <t>9786055095611</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Söyleyin Onlara Hz.Muhammed'in Ordusu Geri Geldi</t>
+          <t>Vuslat Zamanı</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055095918</t>
+          <t>9786057533395</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Kader ve İnsan Psikolojisine Etkileri</t>
+          <t>Cennetime Gir</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055095932</t>
+          <t>9786055095512</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Öğrenciler İçin Veda Hutbesi</t>
+          <t>Rabbim Ben Senin Hangi Esma’nım?</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055095901</t>
+          <t>9786057533302</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yargılama Sorgula!</t>
+          <t>Hz. Adem ve Yaratılış Meselesi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055095833</t>
+          <t>9786057533340</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Seccadesi Çanakkale</t>
+          <t>Meftun</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055095840</t>
+          <t>9786057533333</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Allah İle Üzme Beni</t>
+          <t>Son Nefes</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055095758</t>
+          <t>9786057533319</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Mahfi</t>
+          <t>Hakikat ve Suretler</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055095055</t>
+          <t>9786058075313</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ile (S.A.V) Yol Arkadaşı Olmak</t>
+          <t>Kıyamet ve Son İnsan</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055095543</t>
+          <t>9786057533326</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sevme Beni Yüreğinde Allah Yok İse</t>
+          <t>Edebiyat ve İnanç Seti</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>300</v>
+        <v>699</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055095529</t>
+          <t>9786057533289</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yürek Ülkesinde Aşk Yolu</t>
+          <t>Ezelden Ebede Huzur</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055095598</t>
+          <t>9786057533296</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hayırlısı</t>
+          <t>Emanet</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055095031</t>
+          <t>9786057533265</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis 40 Yazar</t>
+          <t>Zaman Muhasebesi</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055095192</t>
+          <t>9786057533272</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sufi Terapi</t>
+          <t>Muhyiddin Arabi’yi Anlamak</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055095154</t>
+          <t>9786057533258</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Aşkullah</t>
+          <t>İyilik Bulaşıcıdır!</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055095086</t>
+          <t>9786057533241</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kalp Risalesi</t>
+          <t>Kuzey Kapısı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055095253</t>
+          <t>9786057533159</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Şems-i Tebrizi’nin Not Defteri</t>
+          <t>Çisil Çisil Yağmur</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055095079</t>
+          <t>9786057533234</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Allah Sevdiği Kulu Nasıl Korur?</t>
+          <t>Ruhun Özü</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055095130</t>
+          <t>9786057533227</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dert Etme Allah Yeter</t>
+          <t>İlahiler &amp; Hikmetli Sözler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055095048</t>
+          <t>9786057533197</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bir Gülsünüz Efendim (s.a.s)</t>
+          <t>Aşk-ı Beka</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
+          <t>9786057533203</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Allah’ı Sevmek Ne Güzeldir</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786057533210</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Gençleşen Hacamat</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786057533180</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Hangi Dildir?</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786057533173</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Huya</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786057533036</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Hikayeleriyle Psikoterapi</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786057533142</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Şeytanın İtirafı</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786057533135</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Nar Tadında Dualı Masallar</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786057533128</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Eyvah Demeden Allah Diyelim</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786057533111</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Bir Psikoloğun Gözünden Kapatma Kitabı</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786057533104</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Jesus Der Messias (AS) Im Koran</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786057533098</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>İnci'nen Kalpler</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786057533081</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Tüy Misali</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786058075306</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Kıyamet Alametleri Başlangıç</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786055095963</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Ahlaklı Peygamber Hz. Muhammed</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786057533074</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Tuba Ağacında Bir Tuti</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786057533067</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Islamische Seelsorge</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786057533050</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Mahzun Yürekler</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786057533043</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Kavgam</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786057533029</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Salçalı Ekmek</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786055095994</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Söyleyin Onlara Hz.Muhammed'in Ordusu Geri Geldi</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786055095918</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’da Kader ve İnsan Psikolojisine Etkileri</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786055095932</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenciler İçin Veda Hutbesi</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786055095901</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Yargılama Sorgula!</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786055095833</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Seccadesi Çanakkale</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786055095840</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Allah İle Üzme Beni</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786055095758</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-ı Mahfi</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786055095055</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Muhammed ile (S.A.V) Yol Arkadaşı Olmak</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786055095543</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Sevme Beni Yüreğinde Allah Yok İse</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786055095529</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Yürek Ülkesinde Aşk Yolu</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786055095598</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Hayırlısı</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786055095031</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>40 Hadis 40 Yazar</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786055095192</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Sufi Terapi</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786055095154</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Aşkullah</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786055095086</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Kalp Risalesi</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786055095253</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Şems-i Tebrizi’nin Not Defteri</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786055095079</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Allah Sevdiği Kulu Nasıl Korur?</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786055095130</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Dert Etme Allah Yeter</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786055095048</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gülsünüz Efendim (s.a.s)</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
           <t>9786055095062</t>
         </is>
       </c>
-      <c r="B88" s="1" t="inlineStr">
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Mesnevi Bahçesi</t>
         </is>
       </c>
-      <c r="C88" s="1">
+      <c r="C126" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>