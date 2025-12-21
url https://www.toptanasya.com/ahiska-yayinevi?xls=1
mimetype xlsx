--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,4390 +85,4795 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256635173</t>
+          <t>9786257524582</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri 7. Cilt (Ciltli)</t>
+          <t>Risale-i Kudsiyye Tercümesi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>520</v>
+        <v>850</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255633163</t>
+          <t>9786256635197</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Faziletli Kırk Salevatı Şerife'nin Metni ve Tercemesi (Ciltli)</t>
+          <t>El Yazma Sohbetler 4. Cilt - Takriz Cübbeli Ahmet Hoca (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>550</v>
+        <v>670</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259528991</t>
+          <t>9786256635074</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mızraklı İlmihal Risaleler ve Tercümeleri (Ciltli)</t>
+          <t>Ruhul Beyan Tefsirinden Kıssalar ve Hisseler 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>360</v>
+        <v>590</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255633408</t>
+          <t>9786257524612</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Ebeveyn: Diriliş ve İman</t>
+          <t>Ruhu'l-Furkan Tefsiri 5. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>460</v>
+        <v>720</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255633149</t>
+          <t>9786257524537</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hadislere İman</t>
+          <t>Ruhu'l Furkan Tefsiri 3. Cilt (Orta Boy - Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>125</v>
+        <v>720</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255633132</t>
+          <t>9786257524520</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ahlak-ı Nebi</t>
+          <t>Ruhu'l Furkan Tefsiri 2. Cilt (Orta Boy - Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>720</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255633156</t>
+          <t>9786055456610</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İstiğfarat-ı Münkize</t>
+          <t>Risale-i Kudsiyye (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>115</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255633125</t>
+          <t>9786054905959</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yahudi ve Hristiyanlar Cennete Girecek Diyenler Cennete Giremez</t>
+          <t>Tecvidli Ali Haydar Efendi Elif Ba'sı (Yeşil)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>205</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255633194</t>
+          <t>9786054905591</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Az Amele Çok Ecir Vaad Edilen Zikir ve Dualar 1. Cilt</t>
+          <t>Mahmud Efendi Hazretleri'nden Hocalara ve Talebelere Nasihatler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256635166</t>
+          <t>9786255633514</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>El Yazma Sohbetler 3. Cilt - Takriz Cübbeli Ahmet Hoca (Ciltli)</t>
+          <t>Şeyh Ahmet Ziyauddin Gümüşhanevi Hazretleri (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>560</v>
+        <v>680</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055456658</t>
+          <t>9786255633552</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dualar</t>
+          <t>Allahu Tealanın Dünyada Dirilttiği Ölüler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>460</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786250070833</t>
+          <t>9786259897523</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>En Zor Zamanda En Güzel Örneğin İzinde</t>
+          <t>Erbaini İdrisiyye (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>520</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255945570</t>
+          <t>9786255945082</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dürr-u Meknün Kasidesi</t>
+          <t>Şifai Şerif Tercümesi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255945563</t>
+          <t>9786257524995</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Beşairul Hayrat Salevatı Şerifesi</t>
+          <t>Kalplerin Keşfi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255945310</t>
+          <t>9786259910178</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>27 Makbul Duâ (Ciltli)</t>
+          <t>Salatü’l-Fatih Siğa-i Şerifesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>560</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255945556</t>
+          <t>9786259910161</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Değişen Zaman Değişmeyen Hükümler - Güncel Hayatta Helal ve Haram (Ciltli)</t>
+          <t>Rızık Bolluğu ve Zenginlik İçin Okunacak ve Yapılacaklar 2. Cilt</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256635159</t>
+          <t>9786257524360</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri 6. Cilt (Ciltli)</t>
+          <t>Hayat Rehberi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>520</v>
+        <v>190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>3990000030956</t>
+          <t>9786054905607</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 13. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Zikir Risalesi (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255945013</t>
+          <t>9786055456498</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Furkan Tefsiri 1. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Sohbetler 9. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>600</v>
+        <v>830</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255945235</t>
+          <t>9786259528915</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Evlilik Ve Aile Fıkhı (Ciltli)</t>
+          <t>Korunmuş Sır Seti (Kitap-Levha-Korunmuş Sır Muskası) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255945228</t>
+          <t>9786255633507</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İslamda Miras Hukuku (Ciltli)</t>
+          <t>İbret Tabloları (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>340</v>
+        <v>590</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259528984</t>
+          <t>9786259422497</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tevessülü İnkar Eden Vehhabi Fırkasına Reddiyeler</t>
+          <t>Şifai Şerif Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259528977</t>
+          <t>9786255945297</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çok Faziletli Salatü Selamlar</t>
+          <t>Mahmud Efendi Hazretlerinin Hayatı ve Fotoğraf Albümü (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>160</v>
+        <v>650</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255945143</t>
+          <t>9786259700717</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kılmayanların İki Cihanda Başlarına Gelecek Belalar</t>
+          <t>Umre ve Hac Duaları Türkçe Okunuşları ile</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255945150</t>
+          <t>9786255633484</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Evlenilmesi Haram Olanlar</t>
+          <t>El İhtiyatat İhtiyatlı Yirmi Dört Amel</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256635036</t>
+          <t>9786255633477</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Şifai Şerif Tercümesi 4 Cilt Takım (Ciltli)</t>
+          <t>Şifa Ayetleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1820</v>
+        <v>195</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259897509</t>
+          <t>9786255633491</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mefzeul Halaik ve Menbeul Hakaik Arapça</t>
+          <t>Düğümleri Çözecek Kıymetli Salevat</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>255</v>
+        <v>310</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259897530</t>
+          <t>9786256635173</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>El - Kadr Suresinin Faziletleri</t>
+          <t>Ruhu'l Beyan Tefsiri 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>295</v>
+        <v>660</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259910185</t>
+          <t>9786255633163</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yasin Cüzü Orta Boy</t>
+          <t>Faziletli Kırk Salevatı Şerife'nin Metni ve Tercemesi (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>285</v>
+        <v>670</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259897561</t>
+          <t>9786259528991</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yasin Cüzü Çanta Boy - Ciltli</t>
+          <t>Mızraklı İlmihal Risaleler ve Tercümeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>245</v>
+        <v>360</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259897554</t>
+          <t>9786255633408</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yasin Cüzü Orta Boy - Ciltli</t>
+          <t>Kutlu Ebeveyn: Diriliş ve İman</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>365</v>
+        <v>460</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259910192</t>
+          <t>9786255633149</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Mevlid Kıssası Ve Mucez Hayatı (Ciltli)</t>
+          <t>Hadislere İman</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>790</v>
+        <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259422466</t>
+          <t>9786255633132</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kurban Risalesi</t>
+          <t>Ahlak-ı Nebi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259422411</t>
+          <t>9786255633156</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Abdest Risalesi</t>
+          <t>İstiğfarat-ı Münkize</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259422480</t>
+          <t>9786255633125</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İtikad Risalesi</t>
+          <t>Yahudi ve Hristiyanlar Cennete Girecek Diyenler Cennete Giremez</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259422473</t>
+          <t>9786255633194</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Hakim Risalesi</t>
+          <t>Az Amele Çok Ecir Vaad Edilen Zikir ve Dualar 1. Cilt</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256635012</t>
+          <t>9786256635166</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>El Yazma Sohbetler 1. Cilt - Takriz Cübbeli Ahmet Hoca (Ciltli)</t>
+          <t>El Yazma Sohbetler 3. Cilt - Takriz Cübbeli Ahmet Hoca (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>560</v>
+        <v>670</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055456504</t>
+          <t>9786055456658</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler - 10 (Deri Cilt) (Ciltli)</t>
+          <t>Dualar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>670</v>
+        <v>195</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>8690000003471</t>
+          <t>9786250070833</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Feraiz Miras Tablosu</t>
+          <t>En Zor Zamanda En Güzel Örneğin İzinde</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257524810</t>
+          <t>9786255945570</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 10. Cilt - Özel Baskı Ciltli</t>
+          <t>Dürr-u Meknün Kasidesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>465</v>
+        <v>195</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055456870</t>
+          <t>9786255945563</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 6 (Deri Cilt) (Ciltli)</t>
+          <t>Beşairul Hayrat Salevatı Şerifesi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>670</v>
+        <v>130</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3990000006965</t>
+          <t>9786255945310</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Siracü'l-Müttekin Tercümesi 3. Cilt (Ciltli)</t>
+          <t>27 Makbul Duâ (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>435</v>
+        <v>440</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>3990000008635</t>
+          <t>9786255945556</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Siracü'l-Müttekin Tercümesi 2. Cilt (Ciltli)</t>
+          <t>Değişen Zaman Değişmeyen Hükümler - Güncel Hayatta Helal ve Haram (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>435</v>
+        <v>510</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>3990000002325</t>
+          <t>9786256635159</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Siracü'l-Müttekin Tercümesi 1. Cilt (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>435</v>
+        <v>660</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257524377</t>
+          <t>3990000030956</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Beyan Tefsirinden Kıssalar ve Hisseler 2. Cilt (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 13. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>475</v>
+        <v>260</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259528960</t>
+          <t>9786255945013</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerimin Cevahiri ve Düreri (Cevherleri ve İncileri) (Ciltli)</t>
+          <t>Ruhul Furkan Tefsiri 1. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>600</v>
+        <v>720</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259910154</t>
+          <t>9786255945235</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Rızık Bolluğu ve Zenginlik İçin Okunacak ve Yapılacaklar 1. Cilt</t>
+          <t>İslam'da Evlilik Ve Aile Fıkhı (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>365</v>
+        <v>430</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>8690000001552</t>
+          <t>9786255945228</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Emsile Bina Şeması Renkli</t>
+          <t>İslamda Miras Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>25</v>
+        <v>430</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257524353</t>
+          <t>9786259528984</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Mecid ve Tefsirli Meali Alisi Orta Boy Rusça (Ciltli)</t>
+          <t>Tevessülü İnkar Eden Vehhabi Fırkasına Reddiyeler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>360</v>
+        <v>195</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257524346</t>
+          <t>9786259528977</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Mecid ve Tefsirli Meali Alisi Orta Boy Rusça (Deri Cilt) (Ciltli)</t>
+          <t>Çok Faziletli Salatü Selamlar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>460</v>
+        <v>195</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054905034</t>
+          <t>9786255945143</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretlerinin Hayatı - Almanca</t>
+          <t>Namaz Kılmayanların İki Cihanda Başlarına Gelecek Belalar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>30</v>
+        <v>195</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257524094</t>
+          <t>9786255945150</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hanımlara Mahsus Haller (Ciltli)</t>
+          <t>Evlenilmesi Haram Olanlar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>480</v>
+        <v>195</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055456979</t>
+          <t>9786256635036</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretleri'nden Duyulan Hikmetli Sözler (Ciltli)</t>
+          <t>Şifai Şerif Tercümesi 4 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>600</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054905317</t>
+          <t>9786259897509</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Kalbe Köprü Rabıta (Füyuzatül Vasıta) (Ciltli)</t>
+          <t>Mefzeul Halaik ve Menbeul Hakaik Arapça</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055456238</t>
+          <t>9786259897530</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Mecid ve Tefsirli Meal-i Alisi (Rahle Boy) (Ciltli)</t>
+          <t>El - Kadr Suresinin Faziletleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>1020</v>
+        <v>370</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259897516</t>
+          <t>9786259910185</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'deki Tüm Dualar 1. Cilt (Ciltli)</t>
+          <t>Yasin Cüzü Orta Boy</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>600</v>
+        <v>310</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059815352</t>
+          <t>9786259897561</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mızraklı İlmihal Tercümesi (Ciltli)</t>
+          <t>Yasin Cüzü Çanta Boy - Ciltli</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>365</v>
+        <v>290</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052056592</t>
+          <t>9786259897554</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Siracül Müttekin Tercümesi 2. Cilt (Ciltli)</t>
+          <t>Yasin Cüzü Orta Boy - Ciltli</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>435</v>
+        <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052056608</t>
+          <t>9786259910192</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Siracül Müttekin Tercümesi 3. Cilt (Ciltli)</t>
+          <t>Peygamber Efendimizin Mevlid Kıssası Ve Mucez Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>435</v>
+        <v>940</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259803944</t>
+          <t>9786259422466</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Yer Cehennem</t>
+          <t>Kurban Risalesi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259528922</t>
+          <t>9786259422411</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İki Ayet-i Kerime'nin Sırları</t>
+          <t>Abdest Risalesi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259528953</t>
+          <t>9786259422480</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Heybesinden Dini Hikayeler 2. Cilt</t>
+          <t>İtikad Risalesi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259528946</t>
+          <t>9786259422473</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Heybesinden Dini Hikayeler 1. Cilt</t>
+          <t>Kur'an-ı Hakim Risalesi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256635142</t>
+          <t>9786256635012</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Rehber ve Tavsiyeler</t>
+          <t>El Yazma Sohbetler 1. Cilt - Takriz Cübbeli Ahmet Hoca (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>160</v>
+        <v>670</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055456665</t>
+          <t>9786055456504</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Harika Çocuklardan İbretli Kıssalar</t>
+          <t>Sohbetler - 10 (Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>160</v>
+        <v>830</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259803975</t>
+          <t>8690000003471</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Salatı Tefriciyye ve Salatı Münciye Tüncina</t>
+          <t>Feraiz Miras Tablosu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>160</v>
+        <v>65</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259803968</t>
+          <t>9786257524810</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Mehdi Kıyamete Yakın Muhakkak Gelecek Fakat Bu Yüzyılda Değil</t>
+          <t>Sohbetler 10. Cilt - Özel Baskı Ciltli</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>175</v>
+        <v>560</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259803951</t>
+          <t>9786055456870</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Salevatı Muzaafat</t>
+          <t>Sohbetler 6 (Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>125</v>
+        <v>670</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259528908</t>
+          <t>3990000006965</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çınarın Kemali Sultan II. Abdülhamid Han (Ciltli)</t>
+          <t>Siracü'l-Müttekin Tercümesi 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>360</v>
+        <v>435</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259803982</t>
+          <t>3990000008635</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Altın Silsile (Ciltli)</t>
+          <t>Siracü'l-Müttekin Tercümesi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>600</v>
+        <v>435</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259831084</t>
+          <t>3990000002325</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Nesebi Şerif (Ciltli)</t>
+          <t>Siracü'l-Müttekin Tercümesi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>370</v>
+        <v>435</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259831077</t>
+          <t>9786257524377</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İman İslam İlmihali (Ciltli)</t>
+          <t>Ruhul Beyan Tefsirinden Kıssalar ve Hisseler 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>650</v>
+        <v>590</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259803937</t>
+          <t>9786259528960</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Muhammed ve Ahmed İsimlerini Takmanın Fazîletleri</t>
+          <t>Kuranı Kerimin Cevahiri ve Düreri (Cevherleri ve İncileri) (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>730</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256635135</t>
+          <t>9786259910154</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Şifai Şerif Tercümesi 4. Cilt (Ciltli)</t>
+          <t>Rızık Bolluğu ve Zenginlik İçin Okunacak ve Yapılacaklar 1. Cilt</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>455</v>
+        <v>460</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256635128</t>
+          <t>8690000001552</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Şifai Şerif Tercümesi 3. Cilt (Ciltli)</t>
+          <t>Emsile Bina Şeması Renkli</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>455</v>
+        <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259803999</t>
+          <t>9786257524353</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Fidandan Çınara Manevi Kökler (Ciltli)</t>
+          <t>Kuranı Mecid ve Tefsirli Meali Alisi Orta Boy Rusça (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257524988</t>
+          <t>9786257524346</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri 3. Cilt (Ciltli)</t>
+          <t>Kuranı Mecid ve Tefsirli Meali Alisi Orta Boy Rusça (Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>520</v>
+        <v>460</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054905010</t>
+          <t>9786054905034</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Tefsiri İngilizce</t>
+          <t>Mahmud Efendi Hazretlerinin Hayatı - Almanca</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054905096</t>
+          <t>9786257524094</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Tefsiri Almanca (Ciltli)</t>
+          <t>Hanımlara Mahsus Haller (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>40</v>
+        <v>590</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>3990000030526</t>
+          <t>9786055456979</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Furkan Tefsiri Suni Deri (19 Cilt Takım, Kahverengi Kapak) (Ciltli)</t>
+          <t>Mahmud Efendi Hazretleri'nden Duyulan Hikmetli Sözler (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>20520</v>
+        <v>730</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259831060</t>
+          <t>9786054905317</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Nüzuli Mesih Risalesi</t>
+          <t>Kalpten Kalbe Köprü Rabıta (Füyuzatül Vasıta) (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257524629</t>
+          <t>9786055456238</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 6. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Kur'an-ı Mecid ve Tefsirli Meal-i Alisi (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>600</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055456894</t>
+          <t>9786259897516</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Mecid Ve Tefsirli Meali Alisi Rahle Boy - Kuşe Kapak (Ciltli)</t>
+          <t>Kur'an-ı Kerim'deki Tüm Dualar 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>790</v>
+        <v>730</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055456344</t>
+          <t>9786059815352</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 3 (Deri Cilt) (Ciltli)</t>
+          <t>Mızraklı İlmihal Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>670</v>
+        <v>365</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055456184</t>
+          <t>9786052056592</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 14. Cilt (Ciltli)</t>
+          <t>Siracül Müttekin Tercümesi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>890</v>
+        <v>435</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054905188</t>
+          <t>9786052056608</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 2. Cilt (Ciltli)</t>
+          <t>Siracül Müttekin Tercümesi 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>890</v>
+        <v>435</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055456306</t>
+          <t>9786259803944</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Kudsiyye 2. Cilt (Ciltli)</t>
+          <t>Nasıl Bir Yer Cehennem</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055456290</t>
+          <t>9786259528922</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Kudsiyye 1. Cilt (Ciltli)</t>
+          <t>İki Ayet-i Kerime'nin Sırları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>600</v>
+        <v>195</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055456221</t>
+          <t>9786259528953</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Mecid ve Tefsirli Meal-i Alisi (Orta Boy) (Ciltli)</t>
+          <t>Geçmişin Heybesinden Dini Hikayeler 2. Cilt</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>840</v>
+        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259803920</t>
+          <t>9786259528946</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sorulu Cevaplı İzhar Mefhumu</t>
+          <t>Geçmişin Heybesinden Dini Hikayeler 1. Cilt</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256635111</t>
+          <t>9786256635142</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri 5. Cilt (Ciltli)</t>
+          <t>Gençlere Rehber ve Tavsiyeler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>520</v>
+        <v>195</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259803906</t>
+          <t>9786055456665</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sarf Cümlesi Arapça Eski Dizgi (Ciltli)</t>
+          <t>Harika Çocuklardan İbretli Kıssalar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>240</v>
+        <v>195</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259803913</t>
+          <t>9786259803975</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Nahiv Cümlesi Arapça Eski Dizgi (Ciltli)</t>
+          <t>Salatı Tefriciyye ve Salatı Münciye Tüncina</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>315</v>
+        <v>195</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259831091</t>
+          <t>9786259803968</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sarf Arapça Yeni Dizgi (Ciltli)</t>
+          <t>Hazret-i Mehdi Kıyamete Yakın Muhakkak Gelecek Fakat Bu Yüzyılda Değil</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259831008</t>
+          <t>9786259803951</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Nahiv Arapça Yeni Dizgi (Ciltli)</t>
+          <t>Salevatı Muzaafat</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>315</v>
+        <v>140</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257524339</t>
+          <t>9786259528908</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 10. Cilt (Ciltli)</t>
+          <t>Çınarın Kemali Sultan II. Abdülhamid Han (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256635098</t>
+          <t>9786259803982</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Şerhul Emali Arapça Yeni Dizgi</t>
+          <t>Altın Silsile (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>150</v>
+        <v>730</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256635104</t>
+          <t>9786259831084</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Çilesi ve İbret Verici Hadiseler - Mukaddes Çile</t>
+          <t>Nesebi Şerif (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259831053</t>
+          <t>9786259831077</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kız Çocuklarına İyi Bakmanın Faziletleri</t>
+          <t>İman İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>170</v>
+        <v>850</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256635081</t>
+          <t>9786259803937</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>El Yazma Sohbetler 2. Cilt - Takriz Cübbeli Ahmet Hoca (Ciltli)</t>
+          <t>Çocuklara Muhammed ve Ahmed İsimlerini Takmanın Fazîletleri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>560</v>
+        <v>320</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259831022</t>
+          <t>9786256635135</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Heybetli Bir Osmanlı Allamesi Ali Haydar Efendi 1. Cilt (Ciltli)</t>
+          <t>Şifai Şerif Tercümesi 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>425</v>
+        <v>550</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786259831046</t>
+          <t>9786256635128</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Heybetli Bir Osmanlı Allamesi Ali Haydar Efendi 1. Cilt (Deri Kapak) (Ciltli)</t>
+          <t>Şifai Şerif Tercümesi 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>560</v>
+        <v>550</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259910116</t>
+          <t>9786259803999</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Gül Kokulu Peygamberim - Mekke Dönemi</t>
+          <t>Osmanlıda Fidandan Çınara Manevi Kökler (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257524636</t>
+          <t>9786257524988</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 7. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>600</v>
+        <v>660</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786255945105</t>
+          <t>9786054905010</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 1. Cilt (Orta Boy - Ciltli)</t>
+          <t>Fatiha Tefsiri İngilizce</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>890</v>
+        <v>30</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054905140</t>
+          <t>9786054905096</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Furkan Tefsiri 18. Cilt - Deri (Ciltli)</t>
+          <t>Fatiha Tefsiri Almanca (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>1080</v>
+        <v>40</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055456955</t>
+          <t>3990000030526</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tembihat - Deri Cilt (Ciltli)</t>
+          <t>Ruhul Furkan Tefsiri Suni Deri (19 Cilt Takım, Kahverengi Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>505</v>
+        <v>20520</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055456948</t>
+          <t>9786259831060</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Siracül Müttekin Cep Boy Deri Cilt (Tekli) (Ciltli)</t>
+          <t>Nüzuli Mesih Risalesi</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055456160</t>
+          <t>9786257524629</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 12. Cilt (Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 6. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>890</v>
+        <v>720</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054905706</t>
+          <t>9786055456894</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretleri’nden Açıklamalar ile Risale-i Halidiyye Tercümesi (Ciltli)</t>
+          <t>Kuranı Mecid Ve Tefsirli Meali Alisi Rahle Boy - Kuşe Kapak (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>315</v>
+        <v>940</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054905683</t>
+          <t>9786055456344</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretleri’nden Duyulan - Hikmetli Sözler (Ciltli)</t>
+          <t>Sohbetler 3 (Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>485</v>
+        <v>830</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054905218</t>
+          <t>9786055456184</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 2. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 14. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>1080</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789755456300</t>
+          <t>9786054905188</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Kudsiyye Tercümesi (2 Cilt Takım-İthal Kağıt) (Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>1200</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256635029</t>
+          <t>9786055456306</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri 4. Cilt (Ciltli)</t>
+          <t>Risale-i Kudsiyye 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>520</v>
+        <v>740</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055456634</t>
+          <t>9786055456290</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Umre Sohbetleri 1. Cilt</t>
+          <t>Risale-i Kudsiyye 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>160</v>
+        <v>740</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259422695</t>
+          <t>9786055456221</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İrşad Sohbetleri (Ciltli)</t>
+          <t>Kur'an-ı Mecid ve Tefsirli Meal-i Alisi (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>465</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256635050</t>
+          <t>9786259803920</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Şifai Şerif Tercümesi 2. Cilt (Ciltli)</t>
+          <t>Sorulu Cevaplı İzhar Mefhumu</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>455</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259422671</t>
+          <t>9786256635111</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Delailül Hayrat Çanta Boy - Arapça (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>315</v>
+        <v>660</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259422688</t>
+          <t>9786259803906</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Delailül Hayrat Hafız Boy - Arapça (Ciltli)</t>
+          <t>Sarf Cümlesi Arapça Eski Dizgi (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>355</v>
+        <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786259897547</t>
+          <t>9786259803913</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Delailül Hayrat (Orta Boy) (Ciltli)</t>
+          <t>Nahiv Cümlesi Arapça Eski Dizgi (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>525</v>
+        <v>360</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257524605</t>
+          <t>9786259831091</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Mecid ve Tefsirli Meali Alisi Hafız Boy (Ciltli)</t>
+          <t>Sarf Arapça Yeni Dizgi (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>560</v>
+        <v>320</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786259897578</t>
+          <t>9786259831008</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Delailü'l Hayrat Çanta Boy (Ciltli)</t>
+          <t>Nahiv Arapça Yeni Dizgi (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786259422640</t>
+          <t>9786257524339</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Müridlerin Rehberi</t>
+          <t>Fıkhi Suallere Cevaplar 10. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>165</v>
+        <v>520</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786259422633</t>
+          <t>9786256635098</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Behaiyye ve Hizbu'l-Bahr Tercümesi (Ciltli)</t>
+          <t>Şerhul Emali Arapça Yeni Dizgi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786259422602</t>
+          <t>9786256635104</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sahihul Buhari (Arapça) (Ciltli)</t>
+          <t>Müslümanın Çilesi ve İbret Verici Hadiseler - Mukaddes Çile</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>1300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786259422459</t>
+          <t>9786259831053</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ramazan-ı Şerif Risalesi</t>
+          <t>Kız Çocuklarına İyi Bakmanın Faziletleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786259422664</t>
+          <t>9786256635081</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Şaban-ı Şerif Risalesi</t>
+          <t>El Yazma Sohbetler 2. Cilt - Takriz Cübbeli Ahmet Hoca (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>255</v>
+        <v>670</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786259422657</t>
+          <t>9786259831022</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Receb-i Şerif Risalesi</t>
+          <t>Heybetli Bir Osmanlı Allamesi Ali Haydar Efendi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>255</v>
+        <v>520</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257524131</t>
+          <t>9786259831046</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 9 (Ciltli)</t>
+          <t>Heybetli Bir Osmanlı Allamesi Ali Haydar Efendi 1. Cilt (Deri Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>425</v>
+        <v>670</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786255945167</t>
+          <t>9786259910116</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Adanmış Bir Hayat</t>
+          <t>Gül Kokulu Peygamberim - Mekke Dönemi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>890</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786259910109</t>
+          <t>9786257524636</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kuran Elifbası</t>
+          <t>Ruhu'l Furkan Tefsiri 7. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>95</v>
+        <v>720</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257524865</t>
+          <t>9786255945105</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre Risalesi</t>
+          <t>Ruhu'l Furkan Tefsiri 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>115</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786259910130</t>
+          <t>9786054905140</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretleri'nden Mesmu Edebi ve İrfani Şiirler (Ciltli)</t>
+          <t>Ruhul Furkan Tefsiri 18. Cilt - Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>740</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257524834</t>
+          <t>9786055456955</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İslama Adanmış Bir Hayat - Mahmud Efendi Hazretleri (Ciltli)</t>
+          <t>Tembihat - Deri Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>385</v>
+        <v>620</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257524858</t>
+          <t>9786055456948</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri 2. Cilt (Ciltli)</t>
+          <t>Siracül Müttekin Cep Boy Deri Cilt (Tekli) (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>520</v>
+        <v>230</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054905294</t>
+          <t>9786055456160</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Risalei Kudsiyye (Mini Boy) (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 12. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>363</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257524841</t>
+          <t>9786054905706</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 8. Cilt (Ciltli)</t>
+          <t>Mahmud Efendi Hazretleri’nden Açıklamalar ile Risale-i Halidiyye Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>425</v>
+        <v>420</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257524803</t>
+          <t>9786054905683</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>El Mevarid Arapça - Türkçe Lügat (Ciltli)</t>
+          <t>Mahmud Efendi Hazretleri’nden Duyulan - Hikmetli Sözler (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>1500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257524773</t>
+          <t>9786054905218</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Mecid ve Tefsirli Meali Alisi Arapça 2 Cilt Takım (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 2. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>1180</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257524759</t>
+          <t>9789755456300</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 19. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Risale-i Kudsiyye Tercümesi (2 Cilt Takım-İthal Kağıt) (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>600</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257524742</t>
+          <t>9786256635029</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 18. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>600</v>
+        <v>660</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257524735</t>
+          <t>9786055456634</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 17. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Umre Sohbetleri 1. Cilt</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>600</v>
+        <v>195</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257524728</t>
+          <t>9786259422695</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 16. Cilt (Orta Boy) (Ciltli)</t>
+          <t>İrşad Sohbetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>600</v>
+        <v>560</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257524711</t>
+          <t>9786256635050</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 15. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Şifai Şerif Tercümesi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257524704</t>
+          <t>9786259422671</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 14. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Delailül Hayrat Çanta Boy - Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>600</v>
+        <v>380</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257524698</t>
+          <t>9786259422688</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 13. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Delailül Hayrat Hafız Boy - Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>600</v>
+        <v>440</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257524681</t>
+          <t>9786259897547</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 12. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Delailül Hayrat (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>600</v>
+        <v>640</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257524674</t>
+          <t>9786257524605</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 11. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Kuranı Mecid ve Tefsirli Meali Alisi Hafız Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>600</v>
+        <v>670</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257524667</t>
+          <t>9786259897578</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 10. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Delailü'l Hayrat Çanta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257524650</t>
+          <t>9786259422640</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 9. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Müridlerin Rehberi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257524643</t>
+          <t>9786259422633</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 8. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Evrad-ı Behaiyye ve Hizbu'l-Bahr Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>600</v>
+        <v>420</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257524551</t>
+          <t>9786259422602</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İsmailağa Camii’nin Tarihçesi ve Haziresindeki Şeyhulislamlar (Ciltli)</t>
+          <t>Sahihul Buhari (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>365</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257524544</t>
+          <t>9786259422459</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 4. Cilt (Orta Boy - Ciltli)</t>
+          <t>Ramazan-ı Şerif Risalesi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>600</v>
+        <v>330</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257524568</t>
+          <t>9786259422664</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 7. Cilt (Ciltli)</t>
+          <t>Şaban-ı Şerif Risalesi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>425</v>
+        <v>310</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257524414</t>
+          <t>9786259422657</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Beyan Tefsiri - 1.Cilt Tam Metin İzahlı Tercümesi (Ciltli)</t>
+          <t>Receb-i Şerif Risalesi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>520</v>
+        <v>310</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257524490</t>
+          <t>9786257524131</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretleri ile Huzur İkliminde İrşad Umresi (Ciltli)</t>
+          <t>Fıkhi Suallere Cevaplar 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>365</v>
+        <v>520</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055456412</t>
+          <t>9786255945167</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretleri ile Huzur İkliminde İrşad Umresi (Ciltli)</t>
+          <t>İslam'a Adanmış Bir Hayat</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>345</v>
+        <v>210</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257524483</t>
+          <t>9786259910109</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Cüz Talim Usulü Ve Tecvid</t>
+          <t>Çocuklar İçin Kuran Elifbası</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>125</v>
+        <v>95</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257524445</t>
+          <t>9786257524865</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Celaleyn Tefsiri Arapça (Ciltli)</t>
+          <t>Hac ve Umre Risalesi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257524476</t>
+          <t>9786259910130</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Tefsiri - Özbekçe Tercümesi</t>
+          <t>Mahmud Efendi Hazretleri'nden Mesmu Edebi ve İrfani Şiirler (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>46</v>
+        <v>888</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257524438</t>
+          <t>9786257524834</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 6. Cilt (Ciltli)</t>
+          <t>İslama Adanmış Bir Hayat - Mahmud Efendi Hazretleri (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>425</v>
+        <v>460</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257524421</t>
+          <t>9786257524858</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 5. Cilt (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>425</v>
+        <v>660</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055456696</t>
+          <t>9786054905294</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Mecid Hafız Boy Sadece Meal (Ciltli)</t>
+          <t>Risalei Kudsiyye (Mini Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>535</v>
+        <v>363</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055456801</t>
+          <t>9786257524841</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Yer Cennet?</t>
+          <t>Fıkhi Suallere Cevaplar 8. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>165</v>
+        <v>520</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257524391</t>
+          <t>9786257524803</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Uzlet - Halktan Uzaklaşıp Hakk’a Yöneliş</t>
+          <t>El Mevarid Arapça - Türkçe Lügat (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>160</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257524384</t>
+          <t>9786257524773</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Envarul Aşıkin (Ciltli)</t>
+          <t>Kuranı Mecid ve Tefsirli Meali Alisi Arapça 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>465</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>8690000001569</t>
+          <t>9786257524759</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Avamil Şeması Renkli</t>
+          <t>Ruhu'l Furkan Tefsiri 19. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>25</v>
+        <v>720</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257524148</t>
+          <t>9786257524742</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Geceyi İhya Etmenin ve Virdlerin Fazileti</t>
+          <t>Ruhu'l Furkan Tefsiri 18. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>130</v>
+        <v>720</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257524308</t>
+          <t>9786257524735</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşa Vesile Dualar ve Zikirler</t>
+          <t>Ruhu'l Furkan Tefsiri 17. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>130</v>
+        <v>720</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257524322</t>
+          <t>9786257524728</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Hikayeleri;(Kasasun-Nebiyyîn Şerhi)</t>
+          <t>Ruhu'l Furkan Tefsiri 16. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>245</v>
+        <v>720</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257524292</t>
+          <t>9786257524711</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Mecma'ul-Adab</t>
+          <t>Ruhu'l Furkan Tefsiri 15. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>245</v>
+        <v>720</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786058436817</t>
+          <t>9786257524704</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Hakkında Merak Ettiğiniz Sorulara Cevaplar</t>
+          <t>Ruhu'l Furkan Tefsiri 14. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>98</v>
+        <v>720</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786058436824</t>
+          <t>9786257524698</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Cenneti Kazandıran Ve Cehennemden Kurtaran Dualar</t>
+          <t>Ruhu'l Furkan Tefsiri 13. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>120</v>
+        <v>720</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257524254</t>
+          <t>9786257524681</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Hatıratı Muhterem Üstazım Müceddid Mahmud Ustaosmanoğlu (Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 12. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>840</v>
+        <v>720</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257524216</t>
+          <t>9786257524674</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Nezaket Ve Adap</t>
+          <t>Ruhu'l Furkan Tefsiri 11. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>115</v>
+        <v>720</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257524230</t>
+          <t>9786257524667</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kudüs-ü Şerif Şam-ı Şerif Mısır</t>
+          <t>Ruhu'l Furkan Tefsiri 10. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>105</v>
+        <v>720</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257524247</t>
+          <t>9786257524650</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Hz. Rasûlüllah 'ın (Sallallahu Aleyhi ve Sellem) Lisanlarından Muhtelif Sureler ve Dualar</t>
+          <t>Ruhu'l Furkan Tefsiri 9. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>130</v>
+        <v>720</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257524223</t>
+          <t>9786257524643</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Öğrenme Metodları / Talebelere Rehber 2</t>
+          <t>Ruhu'l Furkan Tefsiri 8. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>120</v>
+        <v>720</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055456382</t>
+          <t>9786257524551</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İnsanlığa Hizmet Sempozyumu Ödül Töreni (Ciltli)</t>
+          <t>İsmailağa Camii’nin Tarihçesi ve Haziresindeki Şeyhulislamlar (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>90</v>
+        <v>440</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054905058</t>
+          <t>9786257524544</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ayetel Kürsi Ve Amener Rasulü Tefsiri - İngilizce</t>
+          <t>Ruhu'l Furkan Tefsiri 4. Cilt (Orta Boy - Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>30</v>
+        <v>720</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257524285</t>
+          <t>9786257524568</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Müridlerin Edepleri ve Seyr-i Süluk</t>
+          <t>Fıkhi Suallere Cevaplar 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>160</v>
+        <v>520</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055456436</t>
+          <t>9786257524414</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Furkan Tefsiri 17. Cilt (Ciltli)</t>
+          <t>Ruhu'l-Beyan Tefsiri - 1.Cilt Tam Metin İzahlı Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>890</v>
+        <v>660</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257524087</t>
+          <t>9786257524490</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Mecid ve Tefsirli Meal-i Alisi Orta Boy - Ciltli</t>
+          <t>Mahmud Efendi Hazretleri ile Huzur İkliminde İrşad Umresi (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>650</v>
+        <v>440</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054905560</t>
+          <t>9786055456412</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 8. Cilt Özel Baskı (Ciltli)</t>
+          <t>Mahmud Efendi Hazretleri ile Huzur İkliminde İrşad Umresi (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>465</v>
+        <v>420</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>8690000001576</t>
+          <t>9786257524483</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Füyuzatü'l Vasıta (Rabıta, Tevessül, Teberrük) - Yeşil (Ciltli)</t>
+          <t>Uygulamalı Cüz Talim Usulü Ve Tecvid</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>370</v>
+        <v>125</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>8690000001613</t>
+          <t>9786257524445</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Füyuzatü'l Vasıta (Rabıta, Tevessül, Teberrük) - Taba (Ciltli)</t>
+          <t>Celaleyn Tefsiri Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>8690000001590</t>
+          <t>9786257524476</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Füyuzatü'l Vasıta (Rabıta, Tevessül, Teberrük) - Lacivert (Ciltli)</t>
+          <t>Fatiha Tefsiri - Özbekçe Tercümesi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>385</v>
+        <v>46</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>8690000001606</t>
+          <t>9786257524438</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Füyuzatü'l Vasıta (Rabıta, Tevessül, Teberrük) - Fuşya (Ciltli)</t>
+          <t>Fıkhi Suallere Cevaplar 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>385</v>
+        <v>520</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054905935</t>
+          <t>9786257524421</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Furkan Tefsiri 13. Cilt - Deri (Ciltli)</t>
+          <t>Fıkhi Suallere Cevaplar 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>1080</v>
+        <v>520</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055456474</t>
+          <t>9786055456696</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 7. Cilt - Deri (Ciltli)</t>
+          <t>Kuranı Mecid Hafız Boy Sadece Meal (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>670</v>
+        <v>646</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055456481</t>
+          <t>9786055456801</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 8. Cilt - Deri (Ciltli)</t>
+          <t>Nasıl Bir Yer Cennet?</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>670</v>
+        <v>210</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054905195</t>
+          <t>9786257524391</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 16. Cilt (Ciltli)</t>
+          <t>Uzlet - Halktan Uzaklaşıp Hakk’a Yöneliş</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>890</v>
+        <v>195</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054905638</t>
+          <t>9786257524384</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Vaazlar 3 Cilt Takım (Ciltli)</t>
+          <t>Envarul Aşıkin (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>1180</v>
+        <v>560</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054905393</t>
+          <t>8690000001569</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Talebenin Hazinesi (Ciltli)</t>
+          <t>Avamil Şeması Renkli</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>195</v>
+        <v>25</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054905553</t>
+          <t>9786257524148</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 7 (Ciltli)</t>
+          <t>Geceyi İhya Etmenin ve Virdlerin Fazileti</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>503</v>
+        <v>155</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054905546</t>
+          <t>9786257524308</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 6 (Ciltli)</t>
+          <t>Kurtuluşa Vesile Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>465</v>
+        <v>155</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055456368</t>
+          <t>9786257524322</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 5 (Deri Cilt) (Ciltli)</t>
+          <t>Peygamberlerin Hikayeleri;(Kasasun-Nebiyyîn Şerhi)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>670</v>
+        <v>310</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054905539</t>
+          <t>9786257524292</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 5 (Ciltli)</t>
+          <t>Mecma'ul-Adab</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>465</v>
+        <v>245</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786055456351</t>
+          <t>9786058436817</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 4 (Deri Cilt) (Ciltli)</t>
+          <t>Cehennem Hakkında Merak Ettiğiniz Sorulara Cevaplar</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>670</v>
+        <v>98</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054905522</t>
+          <t>9786058436824</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 4 (Ciltli)</t>
+          <t>Cenneti Kazandıran Ve Cehennemden Kurtaran Dualar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>465</v>
+        <v>140</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054905515</t>
+          <t>9786257524254</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 3 (Ciltli)</t>
+          <t>Hatıratı Muhterem Üstazım Müceddid Mahmud Ustaosmanoğlu (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>465</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055456337</t>
+          <t>9786257524216</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 2 - Deri Cilt (Ciltli)</t>
+          <t>İslam'da Nezaket Ve Adap</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>670</v>
+        <v>140</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054905508</t>
+          <t>9786257524230</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 2 (Ciltli)</t>
+          <t>Kudüs-ü Şerif Şam-ı Şerif Mısır</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>465</v>
+        <v>120</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055456320</t>
+          <t>9786257524247</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 1 - Deri Cilt (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve Hz. Rasûlüllah 'ın (Sallallahu Aleyhi ve Sellem) Lisanlarından Muhtelif Sureler ve Dualar</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>670</v>
+        <v>155</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054905492</t>
+          <t>9786257524223</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 1 (Ciltli)</t>
+          <t>İslam'da Öğrenme Metodları / Talebelere Rehber 2</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>465</v>
+        <v>155</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055456269</t>
+          <t>9786055456382</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Siracül Müttekin Risalei Halidiyye Kudsiyye Arapça - Osmanlıca (Ciltli)</t>
+          <t>Uluslararası İnsanlığa Hizmet Sempozyumu Ödül Töreni (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>465</v>
+        <v>90</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055456245</t>
+          <t>9786054905058</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Siracül Müttekin (Ciltli)</t>
+          <t>Ayetel Kürsi Ve Amener Rasulü Tefsiri - İngilizce</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>365</v>
+        <v>30</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055456252</t>
+          <t>9786257524285</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Risalei Halidiyye Ve Risalei Kudsiyye Osmanlıca (Ciltli)</t>
+          <t>Müridlerin Edepleri ve Seyr-i Süluk</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>365</v>
+        <v>195</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054905249</t>
+          <t>9786055456436</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Namaz Rehberi</t>
+          <t>Ruhul Furkan Tefsiri 17. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>325</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054905454</t>
+          <t>9786257524087</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Senelik Bayramları Ramazan ve Kurban</t>
+          <t>Kur'an-ı Mecid ve Tefsirli Meal-i Alisi Orta Boy - Ciltli</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>45</v>
+        <v>780</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054905072</t>
+          <t>9786054905560</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretlerinin Hayatı - Rusça</t>
+          <t>Sohbetler 8. Cilt Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>30</v>
+        <v>560</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054905065</t>
+          <t>8690000001576</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretlerinin Hayatı İngilizce</t>
+          <t>Füyuzatü'l Vasıta (Rabıta, Tevessül, Teberrük) - Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>30</v>
+        <v>370</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054905232</t>
+          <t>8690000001613</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretlerinin Hayatı - Arapça (Ciltli)</t>
+          <t>Füyuzatü'l Vasıta (Rabıta, Tevessül, Teberrük) - Taba (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054905676</t>
+          <t>8690000001590</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İrşadü'l Müridin (Ciltli)</t>
+          <t>Füyuzatü'l Vasıta (Rabıta, Tevessül, Teberrük) - Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>505</v>
+        <v>385</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054905621</t>
+          <t>8690000001606</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Her Aileye Lazım Olan Dualar</t>
+          <t>Füyuzatü'l Vasıta (Rabıta, Tevessül, Teberrük) - Fuşya (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>140</v>
+        <v>480</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054905898</t>
+          <t>9786054905935</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Salevat-ı Şerifeler Cep Boy</t>
+          <t>Ruhul Furkan Tefsiri 13. Cilt - Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>85</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054905829</t>
+          <t>9786055456474</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Salevat-ı Şerifeler</t>
+          <t>Sohbetler 7. Cilt - Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>115</v>
+        <v>830</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054905904</t>
+          <t>9786055456481</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Cuma Gecesi ve Günü</t>
+          <t>Sohbetler 8. Cilt - Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>85</v>
+        <v>830</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054905089</t>
+          <t>9786054905195</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Tefsiri Almanca</t>
+          <t>Kalplerin Keşfi (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>30</v>
+        <v>710</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054905225</t>
+          <t>9786054905638</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Evradı Behaiyye ve Hizbül Bahr Cep Boy (Ciltli)</t>
+          <t>Vaazlar 3 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054905171</t>
+          <t>9786054905393</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Bahaiyye ve Hizb'ül Bahr Duası (Ciltli)</t>
+          <t>Talebenin Hazinesi (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054905119</t>
+          <t>9786054905553</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ayetel Kürsi ve Amener Rasulü Tefsiri Almanca</t>
+          <t>Sohbetler 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>30</v>
+        <v>560</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054905126</t>
+          <t>9786054905546</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ayetel Kürsi ve Amener Rasulü Tefsiri Almanca Ciltli</t>
+          <t>Sohbetler 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>40</v>
+        <v>560</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052056585</t>
+          <t>9786055456368</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Siracül Müttekin Tercümesi 1. Cilt (Ciltli)</t>
+          <t>Sohbetler 5 (Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>435</v>
+        <v>830</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055456191</t>
+          <t>9786054905539</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 15. Cilt (Ciltli)</t>
+          <t>Sohbetler 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>890</v>
+        <v>560</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055456139</t>
+          <t>9786055456351</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 9. Cilt (Ciltli)</t>
+          <t>Sohbetler 4 (Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>890</v>
+        <v>830</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055456108</t>
+          <t>9786054905522</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 6. Cilt (Ciltli)</t>
+          <t>Sohbetler 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>890</v>
+        <v>560</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055456153</t>
+          <t>9786054905515</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 11. Cilt (Ciltli)</t>
+          <t>Sohbetler 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>890</v>
+        <v>560</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055456115</t>
+          <t>9786055456337</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 7. Cilt (Ciltli)</t>
+          <t>Sohbetler 2 - Deri Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>890</v>
+        <v>830</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054905133</t>
+          <t>9786054905508</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 18. Cilt (Ciltli)</t>
+          <t>Sohbetler 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>890</v>
+        <v>560</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055456092</t>
+          <t>9786055456320</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 5. Cilt (Ciltli)</t>
+          <t>Sohbetler 1 - Deri Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>890</v>
+        <v>830</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055456146</t>
+          <t>9786054905492</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 10. Cilt (Ciltli)</t>
+          <t>Sohbetler 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>890</v>
+        <v>560</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055456054</t>
+          <t>9786055456269</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 1. Cilt (Ciltli)</t>
+          <t>Siracül Müttekin Risalei Halidiyye Kudsiyye Arapça - Osmanlıca (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>890</v>
+        <v>560</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055456078</t>
+          <t>9786055456245</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 3. Cilt (Ciltli)</t>
+          <t>Siracül Müttekin (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>890</v>
+        <v>460</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055456085</t>
+          <t>9786055456252</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 4. Cilt (Ciltli)</t>
+          <t>Risalei Halidiyye Ve Risalei Kudsiyye Osmanlıca (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>890</v>
+        <v>440</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055456177</t>
+          <t>9786054905249</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 13. Cilt (Ciltli)</t>
+          <t>Namaz Rehberi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>890</v>
+        <v>400</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054905478</t>
+          <t>9786054905454</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 19. Cilt (Ciltli)</t>
+          <t>Müminlerin Senelik Bayramları Ramazan ve Kurban</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>890</v>
+        <v>60</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054905614</t>
+          <t>9786054905072</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 19. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Mahmud Efendi Hazretlerinin Hayatı - Rusça</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>1080</v>
+        <v>30</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786055456122</t>
+          <t>9786054905065</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 8. Cilt (Ciltli)</t>
+          <t>Mahmud Efendi Hazretlerinin Hayatı İngilizce</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>890</v>
+        <v>30</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054905300</t>
+          <t>9786054905232</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 17. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Mahmud Efendi Hazretlerinin Hayatı - Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>1080</v>
+        <v>310</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054905201</t>
+          <t>9786054905676</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 16. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>İrşadü'l Müridin (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>1080</v>
+        <v>600</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257524018</t>
+          <t>9786054905621</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 15. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Her Aileye Lazım Olan Dualar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>1080</v>
+        <v>195</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054905409</t>
+          <t>9786054905898</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 11. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Faziletleriyle Salevat-ı Şerifeler Cep Boy</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>1080</v>
+        <v>85</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054905997</t>
+          <t>9786054905829</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 10. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Faziletleriyle Salevat-ı Şerifeler</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>1080</v>
+        <v>115</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054905980</t>
+          <t>9786054905904</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 9. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Faziletleriyle Cuma Gecesi ve Günü</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>1080</v>
+        <v>85</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054905287</t>
+          <t>9786054905089</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 8. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Fatiha Tefsiri Almanca</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>1080</v>
+        <v>30</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054905270</t>
+          <t>9786054905225</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 7. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Evradı Behaiyye ve Hizbül Bahr Cep Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>1080</v>
+        <v>255</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054905973</t>
+          <t>9786054905171</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 6. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Evrad-ı Bahaiyye ve Hizb'ül Bahr Duası (Ciltli)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>1080</v>
+        <v>360</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054905966</t>
+          <t>9786054905119</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 5. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Ayetel Kürsi ve Amener Rasulü Tefsiri Almanca</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>1080</v>
+        <v>30</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054905263</t>
+          <t>9786054905126</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 4. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Ayetel Kürsi ve Amener Rasulü Tefsiri Almanca Ciltli</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>1080</v>
+        <v>40</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054905423</t>
+          <t>9786052056585</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 3. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Siracül Müttekin Tercümesi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>1080</v>
+        <v>435</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054905256</t>
+          <t>9786055456191</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri Deri 1. Cilt (Kahverengi) (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 15. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>1080</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257524001</t>
+          <t>9786055456139</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 14. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 9. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>1080</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054905416</t>
+          <t>9786055456108</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 12. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>1080</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257524124</t>
+          <t>9786055456153</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kenzül-İrfan 1001 Hadis</t>
+          <t>Ruhu'l-Furkan Tefsiri 11. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>165</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786055456429</t>
+          <t>9786055456115</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Efendi Babam Ali Haydar Efendi Buyururdu Ki (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>245</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257524117</t>
+          <t>9786054905133</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Makamat - Kelime Manalı ve İzahlı Tercüme</t>
+          <t>Ruhu'l-Furkan Tefsiri 18. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>85</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257524155</t>
+          <t>9786055456092</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarla Mahmud Efendi Hazretleri'nin Hayatı (2 Cilt Takım) (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>1020</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257524100</t>
+          <t>9786055456146</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Cennet Yolcularına Dostça Tembihler</t>
+          <t>Ruhu'l-Furkan Tefsiri 10. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>245</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257524063</t>
+          <t>9786055456054</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 4 (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>425</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257524056</t>
+          <t>9786055456078</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 3 (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>425</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257524049</t>
+          <t>9786055456085</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 2 (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>425</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257524032</t>
+          <t>9786055456177</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 1 (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 13. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>425</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257524070</t>
+          <t>9786054905478</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Hizbül-Bahr ve Dualar</t>
+          <t>Ruhu'l-Furkan Tefsiri 19. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>75</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054905942</t>
+          <t>9786054905614</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Tam Karabaş Tecvidi</t>
+          <t>Ruhu'l-Furkan Tefsiri 19. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>85</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054905911</t>
+          <t>9786055456122</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul İzahlı Tercümesi</t>
+          <t>Ruhu'l Furkan Tefsiri 8. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>85</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054905812</t>
+          <t>9786054905300</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Sureler</t>
+          <t>Ruhu'l-Furkan Tefsiri 17. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>115</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054905850</t>
+          <t>9786054905201</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Nafile Oruçlar</t>
+          <t>Ruhu'l-Furkan Tefsiri 16. Cilt Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>115</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054905843</t>
+          <t>9786257524018</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Nafile Sadakalar</t>
+          <t>Ruhu'l-Furkan Tefsiri 15. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>115</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054905874</t>
+          <t>9786054905409</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Nakşi Namaz Tesbihatı (Cep Boy)</t>
+          <t>Ruhu'l-Furkan Tefsiri 11. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>85</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054905836</t>
+          <t>9786054905997</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Nakşi Namaz Tesbihatı</t>
+          <t>Ruhu'l-Furkan Tefsiri 10. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>115</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054905164</t>
+          <t>9786054905980</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İlim Ehli İçin Temel Dualar (Cep Boy)</t>
+          <t>Ruhu'l-Furkan Tefsiri 9. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>85</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054905447</t>
+          <t>9786054905287</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İlim Ehli İçin Temel Dualar</t>
+          <t>Ruhu'l-Furkan Tefsiri 8. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>115</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054905461</t>
+          <t>9786054905270</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretlerinden Delilleri ve Faziletleri ile Evrad-ı Yevmiyye (Roman Boy)</t>
+          <t>Ruhu'l-Furkan Tefsiri 7. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>115</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054905768</t>
+          <t>9786054905973</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretleri’nden Sohbetler 9.Cilt (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 6. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>465</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054905713</t>
+          <t>9786054905966</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Osmanlı Tarihi (4 Cilt Takım) (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 5. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>2050</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054905584</t>
+          <t>9786054905263</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretleri'nden Hanımlara Nasihatler</t>
+          <t>Ruhu'l-Furkan Tefsiri 4. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>125</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786055456740</t>
+          <t>9786054905423</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Efendi Babam Ali Haydar Efendi Buyururdu ki</t>
+          <t>Ruhu'l-Furkan Tefsiri 3. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>160</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055456726</t>
+          <t>9786054905256</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Tefsiri</t>
+          <t>Ruhu'l-Furkan Tefsiri Deri 1. Cilt (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>140</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055456900</t>
+          <t>9786257524001</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Ayete'l-Kürsi ve Amene'r-Rasulü Tefsiri</t>
+          <t>Ruhu'l-Furkan Tefsiri 14. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>140</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786055456214</t>
+          <t>9786054905416</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Mecid ve Tefsirli Meal-i Alisi (Hafız Boy) Deri Ciltli</t>
+          <t>Ruhu'l-Furkan Tefsiri 12. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>740</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786055456764</t>
+          <t>9786257524124</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Faziletleri ve Okuma Adabı</t>
+          <t>Kenzül-İrfan 1001 Hadis</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786054905379</t>
+          <t>9786055456429</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Meseleler (2 Cilt Takım) (Ciltli)</t>
+          <t>Efendi Babam Ali Haydar Efendi Buyururdu Ki (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>840</v>
+        <v>310</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786054905324</t>
+          <t>9786257524117</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretlerinden Delilleri ve Faziletleri İle Evrad-ı Yevmiyye (Cep Boy)</t>
+          <t>Makamat - Kelime Manalı ve İzahlı Tercüme</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786055456795</t>
+          <t>9786257524155</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Talebenin Hazinesi</t>
+          <t>Hatıralarla Mahmud Efendi Hazretleri'nin Hayatı (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>195</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786055456641</t>
+          <t>9786257524100</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Umre Sohbetleri 2. Cilt</t>
+          <t>Cennet Yolcularına Dostça Tembihler</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786054905577</t>
+          <t>9786257524063</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Tembihat (Ciltli)</t>
+          <t>Fıkhi Suallere Cevaplar 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>315</v>
+        <v>520</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786055456962</t>
+          <t>9786257524056</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Zekat ve Sadaka Risalesi (Ciltli)</t>
+          <t>Fıkhi Suallere Cevaplar 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>215</v>
+        <v>520</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786055456009</t>
+          <t>9786257524049</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İrşad'ül Müridin - Deri Cilt (Ciltli)</t>
+          <t>Fıkhi Suallere Cevaplar 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>630</v>
+        <v>520</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
+          <t>9786257524032</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Fıkhi Suallere Cevaplar 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786257524070</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Hizbül-Bahr ve Dualar</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786054905942</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Tam Karabaş Tecvidi</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786054905911</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Ey Oğul İzahlı Tercümesi</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786054905812</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Faziletleriyle Sureler</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786054905850</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Faziletleriyle Nafile Oruçlar</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786054905843</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Faziletleriyle Nafile Sadakalar</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786054905874</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Nakşi Namaz Tesbihatı (Cep Boy)</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786054905836</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Nakşi Namaz Tesbihatı</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786054905164</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>İlim Ehli İçin Temel Dualar (Cep Boy)</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786054905447</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>İlim Ehli İçin Temel Dualar</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786054905461</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Mahmud Efendi Hazretlerinden Delilleri ve Faziletleri ile Evrad-ı Yevmiyye (Roman Boy)</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786054905768</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Mahmud Efendi Hazretleri’nden Sohbetler 9.Cilt (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786054905713</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Belgelerle Osmanlı Tarihi (4 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>2600</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786054905584</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Mahmud Efendi Hazretleri'nden Hanımlara Nasihatler</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786055456740</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Efendi Babam Ali Haydar Efendi Buyururdu ki</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786055456726</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Fatiha Tefsiri</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786055456900</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Ayete'l-Kürsi ve Amene'r-Rasulü Tefsiri</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786055456214</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Mecid ve Tefsirli Meal-i Alisi (Hafız Boy) Deri Ciltli</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786055456764</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim'in Faziletleri ve Okuma Adabı</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786054905379</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Fıkhi Meseleler (2 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786054905324</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Mahmud Efendi Hazretlerinden Delilleri ve Faziletleri İle Evrad-ı Yevmiyye (Cep Boy)</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786055456795</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Talebenin Hazinesi</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786055456641</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Umre Sohbetleri 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786054905577</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Tembihat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786055456962</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Zekat ve Sadaka Risalesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786055456009</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>İrşad'ül Müridin - Deri Cilt (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
           <t>9786055456986</t>
         </is>
       </c>
-      <c r="B291" s="1" t="inlineStr">
+      <c r="B318" s="1" t="inlineStr">
         <is>
           <t>Marifet - Temel Dini Bilgiler</t>
         </is>
       </c>
-      <c r="C291" s="1">
-        <v>160</v>
+      <c r="C318" s="1">
+        <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>