--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,4795 +85,5530 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257524582</t>
+          <t>9786257524452</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Kudsiyye Tercümesi 1. Cilt (Ciltli)</t>
+          <t>Mızraklı İlmihal Risaleler ve Tercümeleri - Fıkıh Kurulu (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>850</v>
+        <v>365</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256635197</t>
+          <t>9280000013502</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>El Yazma Sohbetler 4. Cilt - Takriz Cübbeli Ahmet Hoca (Ciltli)</t>
+          <t>Risale-i Kudsiyye Tercümesi (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>670</v>
+        <v>416</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256635074</t>
+          <t>9786059973649</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Beyan Tefsirinden Kıssalar ve Hisseler 1. Cilt (Ciltli)</t>
+          <t>Bitmeyen Ziyafet (Hz. Peygamberimizin Mucizeleri)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>590</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257524612</t>
+          <t>9786059973595</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 5. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Cabir İbni Semure - Çocuk Sahabiler Serisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>720</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257524537</t>
+          <t>9786059973588</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 3. Cilt (Orta Boy - Ciltli)</t>
+          <t>Giyinme Konuşma Ve Hocaya Saygı Adabı - Adabı Muaşeret Serisi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>720</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257524520</t>
+          <t>9786059973601</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 2. Cilt (Orta Boy - Ciltli)</t>
+          <t>Beşir İbni Akabe - Çocuk Sahabiler Serisi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>720</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055456610</t>
+          <t>9786059973526</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Kudsiyye (Ciltli)</t>
+          <t>Aile Hayatında Sünnetler - Peygamberimizin Sünnetlerini Öğreniyorum Serisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054905959</t>
+          <t>9786059973533</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Ali Haydar Efendi Elif Ba'sı (Yeşil)</t>
+          <t>Enes İbni Malik - Çocuk Sahabiler Serisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>100</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054905591</t>
+          <t>9786059973397</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretleri'nden Hocalara ve Talebelere Nasihatler</t>
+          <t>Fare İle Deve - Mesneviden Hikayeler Serisi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255633514</t>
+          <t>9786059973427</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Ahmet Ziyauddin Gümüşhanevi Hazretleri (Ciltli)</t>
+          <t>Ateş Yağmuru - Kuranı Kerimden Kıssalar Serisi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>680</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255633552</t>
+          <t>9786059973373</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Allahu Tealanın Dünyada Dirilttiği Ölüler</t>
+          <t>Ayı Bölen Peygamber - Peygamberimizin Mucizeleri Serisi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>460</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259897523</t>
+          <t>9786059973304</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Erbaini İdrisiyye (Ciltli)</t>
+          <t>Abdullah İbni Ömer - Çocuk Sahabiler Serisi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>520</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255945082</t>
+          <t>9786059973311</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Şifai Şerif Tercümesi 1. Cilt (Ciltli)</t>
+          <t>Edeb - Adabı Muaşeret Serisi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>550</v>
+        <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257524995</t>
+          <t>9786059973199</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi</t>
+          <t>Genç Sincaplar - Kavramlar Serisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>360</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259910178</t>
+          <t>9786059973144</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Salatü’l-Fatih Siğa-i Şerifesi</t>
+          <t>Çınarın Duası - Kavramlar Serisi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>560</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259910161</t>
+          <t>9786059973151</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Rızık Bolluğu ve Zenginlik İçin Okunacak ve Yapılacaklar 2. Cilt</t>
+          <t>Hakem Peygamber - Peygamberimizin Hayatı Serisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>460</v>
+        <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257524360</t>
+          <t>9786059973182</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hayat Rehberi</t>
+          <t>Okuma Yazma Öğreniyorum Seti</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>190</v>
+        <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054905607</t>
+          <t>9786059973113</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Zikir Risalesi (Ciltli)</t>
+          <t>Balarısı Nahil - Kavramlar Serisi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>420</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055456498</t>
+          <t>9786055456917</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 9. Cilt (Ciltli)</t>
+          <t>Ayete'l Kürsi Tefsiri Cep Boy (Karton Kapak)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>830</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259528915</t>
+          <t>9786054905881</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Korunmuş Sır Seti (Kitap-Levha-Korunmuş Sır Muskası) (Ciltli)</t>
+          <t>Faziletleriyle Gün ve Geceler - Çanta Boy</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255633507</t>
+          <t>9786054905799</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İbret Tabloları (Ciltli)</t>
+          <t>Mektubatı Mahmudiyye (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>590</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259422497</t>
+          <t>9786054905782</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Şifai Şerif Arapça (Ciltli)</t>
+          <t>Mektubat-ı Mahmudiyye (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255945297</t>
+          <t>9786257524186</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretlerinin Hayatı ve Fotoğraf Albümü (Ciltli)</t>
+          <t>Hatıralarla Mahmud Efendi Hazretleri'nin Hayatı (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>650</v>
+        <v>112</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259700717</t>
+          <t>9786055456023</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Umre ve Hac Duaları Türkçe Okunuşları ile</t>
+          <t>Mahmud Efendi Hazretleri - Hayatı ve Fotoğraf Albümü (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255633484</t>
+          <t>3990000030531</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>El İhtiyatat İhtiyatlı Yirmi Dört Amel</t>
+          <t>Sohbetler (8 Cilt Takım Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>195</v>
+        <v>4480</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255633477</t>
+          <t>9786054905430</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Şifa Ayetleri</t>
+          <t>Mektubat-ı Mahmudiyye (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>195</v>
+        <v>86</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255633491</t>
+          <t>9786054905348</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Düğümleri Çözecek Kıymetli Salevat</t>
+          <t>Tecvidli Ali Haydar Efendi Elif Ba'sı (Mavi)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>310</v>
+        <v>70</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256635173</t>
+          <t>9786054905331</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri 7. Cilt (Ciltli)</t>
+          <t>Tecvidli Ali Haydar Efendi Elif Ba'sı (Kırmızı)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>660</v>
+        <v>70</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255633163</t>
+          <t>9786054905355</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Faziletli Kırk Salevatı Şerife'nin Metni ve Tercemesi (Ciltli)</t>
+          <t>Tecvidli Ali Haydar Efendi Elif Ba'sı (Krem)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>670</v>
+        <v>70</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259528991</t>
+          <t>9786055456993</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mızraklı İlmihal Risaleler ve Tercümeleri (Ciltli)</t>
+          <t>Yasin Cüzü (Cep Boy)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>360</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255633408</t>
+          <t>9786054905003</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Ebeveyn: Diriliş ve İman</t>
+          <t>Faziletli Yasin Cüzü</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>460</v>
+        <v>54</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255633149</t>
+          <t>3990000030528</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hadislere İman</t>
+          <t>Kur'an-ı Mübin ve Kelime Manalı Meal-i Alisi (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>160</v>
+        <v>552</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255633132</t>
+          <t>9786055456603</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ahlak-ı Nebi</t>
+          <t>Kur'an-ı Mübin ve Kelime Manalı Meal-i Alisi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>195</v>
+        <v>276</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255633156</t>
+          <t>9786055456597</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İstiğfarat-ı Münkize</t>
+          <t>Kur'an-ı Mübin ve Kelime Manalı Meal-i Alisi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>130</v>
+        <v>276</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255633125</t>
+          <t>9786054905928</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yahudi ve Hristiyanlar Cennete Girecek Diyenler Cennete Giremez</t>
+          <t>Menkıbelerle Dini Bilgilere İlk Adım</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255633194</t>
+          <t>9786054905690</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Az Amele Çok Ecir Vaad Edilen Zikir ve Dualar 1. Cilt</t>
+          <t>Kur'an-ı Mecid Tefsirli Meal-i Alisi Çanta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>440</v>
+        <v>160</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256635166</t>
+          <t>9786054905867</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>El Yazma Sohbetler 3. Cilt - Takriz Cübbeli Ahmet Hoca (Ciltli)</t>
+          <t>Ahlakı Olgunlaştıran Dini Hikayeler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>670</v>
+        <v>275</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055456658</t>
+          <t>9786055456450</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dualar</t>
+          <t>Kur'an-ı Kerim'in Faziletleri ve Okuma Adabı (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>195</v>
+        <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786250070833</t>
+          <t>3990000030973</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>En Zor Zamanda En Güzel Örneğin İzinde</t>
+          <t>Ruhu'l-Furkan Tefsiri 18. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255945570</t>
+          <t>9789757524588</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dürr-u Meknün Kasidesi</t>
+          <t>Risale-i Kudsiyye Tercümesi (2 Cilt Takım-Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>195</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255945563</t>
+          <t>9786257524872</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Beşairul Hayrat Salevatı Şerifesi</t>
+          <t>El Yazma Sohbetler 10 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>130</v>
+        <v>8400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255945310</t>
+          <t>9786058436800</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>27 Makbul Duâ (Ciltli)</t>
+          <t>Cennet Hakkında Merak Ettiğiniz Sorulara Cevaplar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>440</v>
+        <v>140</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255945556</t>
+          <t>9788573340020</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Değişen Zaman Değişmeyen Hükümler - Güncel Hayatta Helal ve Haram (Ciltli)</t>
+          <t>Siracül Müttekin Tercümesi - 3 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>510</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256635159</t>
+          <t>9786054905805</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri 6. Cilt (Ciltli)</t>
+          <t>Faziletleriyle Üç Aylar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>660</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>3990000030956</t>
+          <t>9786255633682</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 13. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Noel Kutlama Tehlikesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255945013</t>
+          <t>9786055456573</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Furkan Tefsiri 1. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Umre Sohbetleri (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>720</v>
+        <v>460</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255945235</t>
+          <t>3990000030527</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Evlilik Ve Aile Fıkhı (Ciltli)</t>
+          <t>Ruhul Furkan Tefsiri (19 Cilt Takım, Yeşil Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>430</v>
+        <v>26220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255945228</t>
+          <t>9786255945303</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İslamda Miras Hukuku (Ciltli)</t>
+          <t>Kuranı Mecid Kuranı Kerim Ve Karşılıklı Tefsirli Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>430</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259528984</t>
+          <t>9786255633521</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tevessülü İnkar Eden Vehhabi Fırkasına Reddiyeler</t>
+          <t>Evliya Menkıbeleri Nefahatül Üns Min Hazaratil Kuds (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>195</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259528977</t>
+          <t>9786257524582</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Çok Faziletli Salatü Selamlar</t>
+          <t>Risale-i Kudsiyye Tercümesi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>195</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255945143</t>
+          <t>9786256635197</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kılmayanların İki Cihanda Başlarına Gelecek Belalar</t>
+          <t>El Yazma Sohbetler 4. Cilt - Takriz Cübbeli Ahmet Hoca (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>195</v>
+        <v>840</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255945150</t>
+          <t>9786256635074</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Evlenilmesi Haram Olanlar</t>
+          <t>Ruhul Beyan Tefsirinden Kıssalar ve Hisseler 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>195</v>
+        <v>740</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256635036</t>
+          <t>9786257524612</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Şifai Şerif Tercümesi 4 Cilt Takım (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 5. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>1820</v>
+        <v>900</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259897509</t>
+          <t>9786257524537</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mefzeul Halaik ve Menbeul Hakaik Arapça</t>
+          <t>Ruhu'l Furkan Tefsiri 3. Cilt (Orta Boy - Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>330</v>
+        <v>900</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259897530</t>
+          <t>9786257524520</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>El - Kadr Suresinin Faziletleri</t>
+          <t>Ruhu'l Furkan Tefsiri 2. Cilt (Orta Boy - Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>370</v>
+        <v>900</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259910185</t>
+          <t>9786055456610</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yasin Cüzü Orta Boy</t>
+          <t>Risale-i Kudsiyye (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259897561</t>
+          <t>9786054905959</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yasin Cüzü Çanta Boy - Ciltli</t>
+          <t>Tecvidli Ali Haydar Efendi Elif Ba'sı (Yeşil)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259897554</t>
+          <t>9786054905591</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yasin Cüzü Orta Boy - Ciltli</t>
+          <t>Mahmud Efendi Hazretleri'nden Hocalara ve Talebelere Nasihatler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259910192</t>
+          <t>9786255633514</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Mevlid Kıssası Ve Mucez Hayatı (Ciltli)</t>
+          <t>Şeyh Ahmet Ziyauddin Gümüşhanevi Hazretleri (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>940</v>
+        <v>680</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259422466</t>
+          <t>9786255633552</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kurban Risalesi</t>
+          <t>Allahu Tealanın Dünyada Dirilttiği Ölüler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>195</v>
+        <v>580</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259422411</t>
+          <t>9786259897523</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Abdest Risalesi</t>
+          <t>Erbaini İdrisiyye (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>660</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259422480</t>
+          <t>9786255945082</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İtikad Risalesi</t>
+          <t>Şifai Şerif Tercümesi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>195</v>
+        <v>690</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259422473</t>
+          <t>9786257524995</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Hakim Risalesi</t>
+          <t>Kalplerin Keşfi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>195</v>
+        <v>460</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256635012</t>
+          <t>9786259910178</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>El Yazma Sohbetler 1. Cilt - Takriz Cübbeli Ahmet Hoca (Ciltli)</t>
+          <t>Salatü’l-Fatih Siğa-i Şerifesi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>670</v>
+        <v>710</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055456504</t>
+          <t>9786259910161</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler - 10 (Deri Cilt) (Ciltli)</t>
+          <t>Rızık Bolluğu ve Zenginlik İçin Okunacak ve Yapılacaklar 2. Cilt</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>830</v>
+        <v>600</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>8690000003471</t>
+          <t>9786257524360</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Feraiz Miras Tablosu</t>
+          <t>Hayat Rehberi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>65</v>
+        <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257524810</t>
+          <t>9786054905607</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 10. Cilt - Özel Baskı Ciltli</t>
+          <t>Zikir Risalesi (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>560</v>
+        <v>540</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055456870</t>
+          <t>9786055456498</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 6 (Deri Cilt) (Ciltli)</t>
+          <t>Sohbetler 9. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>670</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>3990000006965</t>
+          <t>9786259528915</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Siracü'l-Müttekin Tercümesi 3. Cilt (Ciltli)</t>
+          <t>Korunmuş Sır Seti (Kitap-Levha-Korunmuş Sır Muskası) (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>435</v>
+        <v>600</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>3990000008635</t>
+          <t>9786255633507</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Siracü'l-Müttekin Tercümesi 2. Cilt (Ciltli)</t>
+          <t>İbret Tabloları (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>435</v>
+        <v>740</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>3990000002325</t>
+          <t>9786259422497</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Siracü'l-Müttekin Tercümesi 1. Cilt (Ciltli)</t>
+          <t>Şifai Şerif Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>435</v>
+        <v>760</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257524377</t>
+          <t>9786255945297</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Beyan Tefsirinden Kıssalar ve Hisseler 2. Cilt (Ciltli)</t>
+          <t>Mahmud Efendi Hazretlerinin Hayatı ve Fotoğraf Albümü (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>590</v>
+        <v>650</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259528960</t>
+          <t>9786259700717</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerimin Cevahiri ve Düreri (Cevherleri ve İncileri) (Ciltli)</t>
+          <t>Umre ve Hac Duaları Türkçe Okunuşları ile</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>730</v>
+        <v>50</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259910154</t>
+          <t>9786255633484</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Rızık Bolluğu ve Zenginlik İçin Okunacak ve Yapılacaklar 1. Cilt</t>
+          <t>El İhtiyatat İhtiyatlı Yirmi Dört Amel</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>8690000001552</t>
+          <t>9786255633477</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Emsile Bina Şeması Renkli</t>
+          <t>Şifa Ayetleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>25</v>
+        <v>230</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257524353</t>
+          <t>9786255633491</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Mecid ve Tefsirli Meali Alisi Orta Boy Rusça (Ciltli)</t>
+          <t>Düğümleri Çözecek Kıymetli Salevat</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257524346</t>
+          <t>9786256635173</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Mecid ve Tefsirli Meali Alisi Orta Boy Rusça (Deri Cilt) (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>460</v>
+        <v>810</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054905034</t>
+          <t>9786255633163</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretlerinin Hayatı - Almanca</t>
+          <t>Faziletli Kırk Salevatı Şerife'nin Metni ve Tercemesi (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>30</v>
+        <v>890</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257524094</t>
+          <t>9786259528991</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hanımlara Mahsus Haller (Ciltli)</t>
+          <t>Mızraklı İlmihal Risaleler ve Tercümeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>590</v>
+        <v>360</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055456979</t>
+          <t>9786255633408</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretleri'nden Duyulan Hikmetli Sözler (Ciltli)</t>
+          <t>Kutlu Ebeveyn: Diriliş ve İman</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>730</v>
+        <v>460</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054905317</t>
+          <t>9786255633149</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Kalbe Köprü Rabıta (Füyuzatül Vasıta) (Ciltli)</t>
+          <t>Hadislere İman</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055456238</t>
+          <t>9786255633132</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Mecid ve Tefsirli Meal-i Alisi (Rahle Boy) (Ciltli)</t>
+          <t>Ahlak-ı Nebi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>1204</v>
+        <v>230</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259897516</t>
+          <t>9786255633156</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'deki Tüm Dualar 1. Cilt (Ciltli)</t>
+          <t>İstiğfarat-ı Münkize</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>730</v>
+        <v>160</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059815352</t>
+          <t>9786255633125</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mızraklı İlmihal Tercümesi (Ciltli)</t>
+          <t>Yahudi ve Hristiyanlar Cennete Girecek Diyenler Cennete Giremez</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>365</v>
+        <v>310</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052056592</t>
+          <t>9786255633194</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Siracül Müttekin Tercümesi 2. Cilt (Ciltli)</t>
+          <t>Az Amele Çok Ecir Vaad Edilen Zikir ve Dualar 1. Cilt</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>435</v>
+        <v>560</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052056608</t>
+          <t>9786256635166</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Siracül Müttekin Tercümesi 3. Cilt (Ciltli)</t>
+          <t>El Yazma Sohbetler 3. Cilt - Takriz Cübbeli Ahmet Hoca (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>435</v>
+        <v>840</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259803944</t>
+          <t>9786055456658</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Yer Cehennem</t>
+          <t>Dualar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259528922</t>
+          <t>9786250070833</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İki Ayet-i Kerime'nin Sırları</t>
+          <t>En Zor Zamanda En Güzel Örneğin İzinde</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259528953</t>
+          <t>9786255945570</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Heybesinden Dini Hikayeler 2. Cilt</t>
+          <t>Dürr-u Meknün Kasidesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259528946</t>
+          <t>9786255945563</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Heybesinden Dini Hikayeler 1. Cilt</t>
+          <t>Beşairul Hayrat Salevatı Şerifesi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256635142</t>
+          <t>9786255945310</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Rehber ve Tavsiyeler</t>
+          <t>27 Makbul Duâ (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>195</v>
+        <v>660</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055456665</t>
+          <t>9786255945556</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Harika Çocuklardan İbretli Kıssalar</t>
+          <t>Değişen Zaman Değişmeyen Hükümler - Güncel Hayatta Helal ve Haram (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>195</v>
+        <v>640</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259803975</t>
+          <t>9786256635159</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Salatı Tefriciyye ve Salatı Münciye Tüncina</t>
+          <t>Ruhu'l Beyan Tefsiri 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>195</v>
+        <v>810</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259803968</t>
+          <t>3990000030956</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Mehdi Kıyamete Yakın Muhakkak Gelecek Fakat Bu Yüzyılda Değil</t>
+          <t>Ruhu'l-Furkan Tefsiri 13. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259803951</t>
+          <t>9786255945013</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Salevatı Muzaafat</t>
+          <t>Ruhul Furkan Tefsiri 1. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>140</v>
+        <v>900</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259528908</t>
+          <t>9786255945235</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çınarın Kemali Sultan II. Abdülhamid Han (Ciltli)</t>
+          <t>İslam'da Evlilik Ve Aile Fıkhı (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>450</v>
+        <v>540</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259803982</t>
+          <t>9786255945228</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Altın Silsile (Ciltli)</t>
+          <t>İslamda Miras Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>730</v>
+        <v>540</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259831084</t>
+          <t>9786259528984</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Nesebi Şerif (Ciltli)</t>
+          <t>Tevessülü İnkar Eden Vehhabi Fırkasına Reddiyeler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259831077</t>
+          <t>9786259528977</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İman İslam İlmihali (Ciltli)</t>
+          <t>Çok Faziletli Salatü Selamlar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>850</v>
+        <v>230</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259803937</t>
+          <t>9786255945143</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Muhammed ve Ahmed İsimlerini Takmanın Fazîletleri</t>
+          <t>Namaz Kılmayanların İki Cihanda Başlarına Gelecek Belalar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256635135</t>
+          <t>9786255945150</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Şifai Şerif Tercümesi 4. Cilt (Ciltli)</t>
+          <t>Evlenilmesi Haram Olanlar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>550</v>
+        <v>230</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256635128</t>
+          <t>9786256635036</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Şifai Şerif Tercümesi 3. Cilt (Ciltli)</t>
+          <t>Şifai Şerif Tercümesi 4 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>550</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259803999</t>
+          <t>9786259897509</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Fidandan Çınara Manevi Kökler (Ciltli)</t>
+          <t>Mefzeul Halaik ve Menbeul Hakaik Arapça</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>450</v>
+        <v>410</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257524988</t>
+          <t>9786259897530</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri 3. Cilt (Ciltli)</t>
+          <t>El - Kadr Suresinin Faziletleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>660</v>
+        <v>460</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054905010</t>
+          <t>9786259910185</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Tefsiri İngilizce</t>
+          <t>Yasin Cüzü Orta Boy</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>30</v>
+        <v>310</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054905096</t>
+          <t>9786259897561</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Tefsiri Almanca (Ciltli)</t>
+          <t>Yasin Cüzü Çanta Boy - Ciltli</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>40</v>
+        <v>360</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>3990000030526</t>
+          <t>9786259897554</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Furkan Tefsiri Suni Deri (19 Cilt Takım, Kahverengi Kapak) (Ciltli)</t>
+          <t>Yasin Cüzü Orta Boy - Ciltli</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>20520</v>
+        <v>510</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786259831060</t>
+          <t>9786259910192</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Nüzuli Mesih Risalesi</t>
+          <t>Peygamber Efendimizin Mevlid Kıssası Ve Mucez Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>195</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257524629</t>
+          <t>9786259422466</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 6. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Kurban Risalesi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>720</v>
+        <v>230</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055456894</t>
+          <t>9786259422411</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Mecid Ve Tefsirli Meali Alisi Rahle Boy - Kuşe Kapak (Ciltli)</t>
+          <t>Abdest Risalesi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>940</v>
+        <v>220</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055456344</t>
+          <t>9786259422480</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 3 (Deri Cilt) (Ciltli)</t>
+          <t>İtikad Risalesi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>830</v>
+        <v>230</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055456184</t>
+          <t>9786259422473</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 14. Cilt (Ciltli)</t>
+          <t>Kur'an-ı Hakim Risalesi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>1070</v>
+        <v>230</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054905188</t>
+          <t>9786256635012</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 2. Cilt (Ciltli)</t>
+          <t>El Yazma Sohbetler 1. Cilt - Takriz Cübbeli Ahmet Hoca (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>1070</v>
+        <v>840</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055456306</t>
+          <t>9786055456504</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Kudsiyye 2. Cilt (Ciltli)</t>
+          <t>Sohbetler - 10 (Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>740</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055456290</t>
+          <t>8690000003471</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Kudsiyye 1. Cilt (Ciltli)</t>
+          <t>Feraiz Miras Tablosu</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>740</v>
+        <v>84</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055456221</t>
+          <t>9786257524810</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Mecid ve Tefsirli Meal-i Alisi (Orta Boy) (Ciltli)</t>
+          <t>Sohbetler 10. Cilt - Özel Baskı Ciltli</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>1030</v>
+        <v>710</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259803920</t>
+          <t>9786055456870</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sorulu Cevaplı İzhar Mefhumu</t>
+          <t>Sohbetler 6 (Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256635111</t>
+          <t>3990000006965</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri 5. Cilt (Ciltli)</t>
+          <t>Siracü'l-Müttekin Tercümesi 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>660</v>
+        <v>435</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259803906</t>
+          <t>3990000008635</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sarf Cümlesi Arapça Eski Dizgi (Ciltli)</t>
+          <t>Siracü'l-Müttekin Tercümesi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>435</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786259803913</t>
+          <t>3990000002325</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Nahiv Cümlesi Arapça Eski Dizgi (Ciltli)</t>
+          <t>Siracü'l-Müttekin Tercümesi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>360</v>
+        <v>435</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786259831091</t>
+          <t>9786257524377</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sarf Arapça Yeni Dizgi (Ciltli)</t>
+          <t>Ruhul Beyan Tefsirinden Kıssalar ve Hisseler 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>320</v>
+        <v>740</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786259831008</t>
+          <t>9786259528960</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Nahiv Arapça Yeni Dizgi (Ciltli)</t>
+          <t>Kuranı Kerimin Cevahiri ve Düreri (Cevherleri ve İncileri) (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>360</v>
+        <v>890</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257524339</t>
+          <t>9786259910154</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 10. Cilt (Ciltli)</t>
+          <t>Rızık Bolluğu ve Zenginlik İçin Okunacak ve Yapılacaklar 1. Cilt</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>520</v>
+        <v>600</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256635098</t>
+          <t>8690000001552</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Şerhul Emali Arapça Yeni Dizgi</t>
+          <t>Emsile Bina Şeması Renkli</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>180</v>
+        <v>34</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256635104</t>
+          <t>9786257524353</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Çilesi ve İbret Verici Hadiseler - Mukaddes Çile</t>
+          <t>Kuranı Mecid ve Tefsirli Meali Alisi Orta Boy Rusça (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786259831053</t>
+          <t>9786257524346</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kız Çocuklarına İyi Bakmanın Faziletleri</t>
+          <t>Kuranı Mecid ve Tefsirli Meali Alisi Orta Boy Rusça (Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>195</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256635081</t>
+          <t>9786054905034</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>El Yazma Sohbetler 2. Cilt - Takriz Cübbeli Ahmet Hoca (Ciltli)</t>
+          <t>Mahmud Efendi Hazretlerinin Hayatı - Almanca</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>670</v>
+        <v>30</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786259831022</t>
+          <t>9786257524094</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Heybetli Bir Osmanlı Allamesi Ali Haydar Efendi 1. Cilt (Ciltli)</t>
+          <t>Hanımlara Mahsus Haller (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>520</v>
+        <v>650</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786259831046</t>
+          <t>9786055456979</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Heybetli Bir Osmanlı Allamesi Ali Haydar Efendi 1. Cilt (Deri Kapak) (Ciltli)</t>
+          <t>Mahmud Efendi Hazretleri'nden Duyulan Hikmetli Sözler (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>670</v>
+        <v>890</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786259910116</t>
+          <t>9786054905317</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gül Kokulu Peygamberim - Mekke Dönemi</t>
+          <t>Kalpten Kalbe Köprü Rabıta (Füyuzatül Vasıta) (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>200</v>
+        <v>610</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257524636</t>
+          <t>9786055456238</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 7. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Kur'an-ı Mecid ve Tefsirli Meal-i Alisi (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>720</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786255945105</t>
+          <t>9786259897516</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 1. Cilt (Ciltli)</t>
+          <t>Kur'an-ı Kerim'deki Tüm Dualar 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>1070</v>
+        <v>890</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054905140</t>
+          <t>9786059815352</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Furkan Tefsiri 18. Cilt - Deri (Ciltli)</t>
+          <t>Mızraklı İlmihal Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>1340</v>
+        <v>365</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055456955</t>
+          <t>9786052056592</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tembihat - Deri Cilt (Ciltli)</t>
+          <t>Siracül Müttekin Tercümesi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>620</v>
+        <v>435</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055456948</t>
+          <t>9786052056608</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Siracül Müttekin Cep Boy Deri Cilt (Tekli) (Ciltli)</t>
+          <t>Siracül Müttekin Tercümesi 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>230</v>
+        <v>435</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055456160</t>
+          <t>9786259803944</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 12. Cilt (Ciltli)</t>
+          <t>Nasıl Bir Yer Cehennem</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>1070</v>
+        <v>220</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054905706</t>
+          <t>9786259528922</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretleri’nden Açıklamalar ile Risale-i Halidiyye Tercümesi (Ciltli)</t>
+          <t>İki Ayet-i Kerime'nin Sırları</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054905683</t>
+          <t>9786259528953</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretleri’nden Duyulan - Hikmetli Sözler (Ciltli)</t>
+          <t>Geçmişin Heybesinden Dini Hikayeler 2. Cilt</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054905218</t>
+          <t>9786259528946</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 2. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Geçmişin Heybesinden Dini Hikayeler 1. Cilt</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>1340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789755456300</t>
+          <t>9786256635142</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Kudsiyye Tercümesi (2 Cilt Takım-İthal Kağıt) (Ciltli)</t>
+          <t>Gençlere Rehber ve Tavsiyeler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>1200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256635029</t>
+          <t>9786055456665</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri 4. Cilt (Ciltli)</t>
+          <t>Harika Çocuklardan İbretli Kıssalar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>660</v>
+        <v>230</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055456634</t>
+          <t>9786259803975</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Umre Sohbetleri 1. Cilt</t>
+          <t>Salatı Tefriciyye ve Salatı Münciye Tüncina</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786259422695</t>
+          <t>9786259803968</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İrşad Sohbetleri (Ciltli)</t>
+          <t>Hazret-i Mehdi Kıyamete Yakın Muhakkak Gelecek Fakat Bu Yüzyılda Değil</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>560</v>
+        <v>260</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256635050</t>
+          <t>9786259803951</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Şifai Şerif Tercümesi 2. Cilt (Ciltli)</t>
+          <t>Salevatı Muzaafat</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786259422671</t>
+          <t>9786259528908</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Delailül Hayrat Çanta Boy - Arapça (Ciltli)</t>
+          <t>Çınarın Kemali Sultan II. Abdülhamid Han (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>380</v>
+        <v>540</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786259422688</t>
+          <t>9786259803982</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Delailül Hayrat Hafız Boy - Arapça (Ciltli)</t>
+          <t>Altın Silsile (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>440</v>
+        <v>890</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786259897547</t>
+          <t>9786259831084</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Delailül Hayrat (Orta Boy) (Ciltli)</t>
+          <t>Nesebi Şerif (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>640</v>
+        <v>660</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257524605</t>
+          <t>9786259831077</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Mecid ve Tefsirli Meali Alisi Hafız Boy (Ciltli)</t>
+          <t>İman İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>670</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786259897578</t>
+          <t>9786259803937</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Delailü'l Hayrat Çanta Boy (Ciltli)</t>
+          <t>Çocuklara Muhammed ve Ahmed İsimlerini Takmanın Fazîletleri</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>400</v>
+        <v>410</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786259422640</t>
+          <t>9786256635135</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Müridlerin Rehberi</t>
+          <t>Şifai Şerif Tercümesi 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>190</v>
+        <v>690</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786259422633</t>
+          <t>9786256635128</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Behaiyye ve Hizbu'l-Bahr Tercümesi (Ciltli)</t>
+          <t>Şifai Şerif Tercümesi 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>420</v>
+        <v>690</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786259422602</t>
+          <t>9786259803999</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sahihul Buhari (Arapça) (Ciltli)</t>
+          <t>Osmanlıda Fidandan Çınara Manevi Kökler (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>1580</v>
+        <v>540</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786259422459</t>
+          <t>9786257524988</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ramazan-ı Şerif Risalesi</t>
+          <t>Ruhu'l Beyan Tefsiri 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>330</v>
+        <v>810</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786259422664</t>
+          <t>9786054905010</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Şaban-ı Şerif Risalesi</t>
+          <t>Fatiha Tefsiri İngilizce</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>310</v>
+        <v>30</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786259422657</t>
+          <t>9786054905096</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Receb-i Şerif Risalesi</t>
+          <t>Fatiha Tefsiri Almanca (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>310</v>
+        <v>46</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257524131</t>
+          <t>3990000030526</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 9 (Ciltli)</t>
+          <t>Ruhul Furkan Tefsiri Suni Deri (19 Cilt Takım, Kahverengi Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>520</v>
+        <v>33060</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786255945167</t>
+          <t>9786259831060</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Adanmış Bir Hayat</t>
+          <t>Nüzuli Mesih Risalesi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786259910109</t>
+          <t>9786257524629</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kuran Elifbası</t>
+          <t>Ruhu'l Furkan Tefsiri 6. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>95</v>
+        <v>900</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257524865</t>
+          <t>9786055456894</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre Risalesi</t>
+          <t>Kuranı Mecid Ve Tefsirli Meali Alisi Rahle Boy - Kuşe Kapak (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>130</v>
+        <v>940</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786259910130</t>
+          <t>9786055456344</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretleri'nden Mesmu Edebi ve İrfani Şiirler (Ciltli)</t>
+          <t>Sohbetler 3 (Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>888</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257524834</t>
+          <t>9786055456184</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İslama Adanmış Bir Hayat - Mahmud Efendi Hazretleri (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 14. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>460</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257524858</t>
+          <t>9786054905188</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri 2. Cilt (Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>660</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054905294</t>
+          <t>9786055456306</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Risalei Kudsiyye (Mini Boy) (Ciltli)</t>
+          <t>Risale-i Kudsiyye 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>363</v>
+        <v>910</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257524841</t>
+          <t>9786055456290</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 8. Cilt (Ciltli)</t>
+          <t>Risale-i Kudsiyye 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>520</v>
+        <v>910</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257524803</t>
+          <t>9786055456221</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>El Mevarid Arapça - Türkçe Lügat (Ciltli)</t>
+          <t>Kur'an-ı Mecid ve Tefsirli Meal-i Alisi (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>2050</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257524773</t>
+          <t>9786259803920</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Mecid ve Tefsirli Meali Alisi Arapça 2 Cilt Takım (Ciltli)</t>
+          <t>Sorulu Cevaplı İzhar Mefhumu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>1460</v>
+        <v>260</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257524759</t>
+          <t>9786256635111</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 19. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>720</v>
+        <v>810</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257524742</t>
+          <t>9786259803906</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 18. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Sarf Cümlesi Arapça Eski Dizgi (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>720</v>
+        <v>380</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257524735</t>
+          <t>9786259803913</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 17. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Nahiv Cümlesi Arapça Eski Dizgi (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>720</v>
+        <v>460</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257524728</t>
+          <t>9786259831091</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 16. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Sarf Arapça Yeni Dizgi (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>720</v>
+        <v>410</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257524711</t>
+          <t>9786259831008</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 15. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Nahiv Arapça Yeni Dizgi (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>720</v>
+        <v>460</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257524704</t>
+          <t>9786257524339</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 14. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Fıkhi Suallere Cevaplar 10. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>720</v>
+        <v>660</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257524698</t>
+          <t>9786256635098</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 13. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Şerhul Emali Arapça Yeni Dizgi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>720</v>
+        <v>220</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257524681</t>
+          <t>9786256635104</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 12. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Müslümanın Çilesi ve İbret Verici Hadiseler - Mukaddes Çile</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>720</v>
+        <v>260</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257524674</t>
+          <t>9786259831053</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 11. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Kız Çocuklarına İyi Bakmanın Faziletleri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>720</v>
+        <v>230</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257524667</t>
+          <t>9786256635081</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 10. Cilt (Orta Boy) (Ciltli)</t>
+          <t>El Yazma Sohbetler 2. Cilt - Takriz Cübbeli Ahmet Hoca (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>720</v>
+        <v>840</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257524650</t>
+          <t>9786259831022</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 9. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Heybetli Bir Osmanlı Allamesi Ali Haydar Efendi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>720</v>
+        <v>660</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257524643</t>
+          <t>9786259831046</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 8. Cilt (Orta Boy) (Ciltli)</t>
+          <t>Heybetli Bir Osmanlı Allamesi Ali Haydar Efendi 1. Cilt (Deri Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>720</v>
+        <v>840</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257524551</t>
+          <t>9786259910116</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İsmailağa Camii’nin Tarihçesi ve Haziresindeki Şeyhulislamlar (Ciltli)</t>
+          <t>Gül Kokulu Peygamberim - Mekke Dönemi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257524544</t>
+          <t>9786257524636</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 4. Cilt (Orta Boy - Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 7. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>720</v>
+        <v>900</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257524568</t>
+          <t>9786255945105</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 7. Cilt (Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>520</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257524414</t>
+          <t>9786054905140</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Beyan Tefsiri - 1.Cilt Tam Metin İzahlı Tercümesi (Ciltli)</t>
+          <t>Ruhul Furkan Tefsiri 18. Cilt - Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>660</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257524490</t>
+          <t>9786055456955</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretleri ile Huzur İkliminde İrşad Umresi (Ciltli)</t>
+          <t>Tembihat - Deri Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>440</v>
+        <v>800</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055456412</t>
+          <t>9786055456948</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretleri ile Huzur İkliminde İrşad Umresi (Ciltli)</t>
+          <t>Siracül Müttekin Cep Boy Deri Cilt (Tekli) (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257524483</t>
+          <t>9786055456160</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Cüz Talim Usulü Ve Tecvid</t>
+          <t>Ruhu'l-Furkan Tefsiri 12. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>125</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257524445</t>
+          <t>9786054905706</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Celaleyn Tefsiri Arapça (Ciltli)</t>
+          <t>Mahmud Efendi Hazretleri’nden Açıklamalar ile Risale-i Halidiyye Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>450</v>
+        <v>510</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257524476</t>
+          <t>9786054905683</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Tefsiri - Özbekçe Tercümesi</t>
+          <t>Mahmud Efendi Hazretleri’nden Duyulan - Hikmetli Sözler (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>46</v>
+        <v>710</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257524438</t>
+          <t>9786054905218</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 6. Cilt (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 2. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>520</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257524421</t>
+          <t>9789755456300</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 5. Cilt (Ciltli)</t>
+          <t>Risale-i Kudsiyye Tercümesi (2 Cilt Takım-İthal Kağıt) (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>520</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055456696</t>
+          <t>9786256635029</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Mecid Hafız Boy Sadece Meal (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>646</v>
+        <v>810</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055456801</t>
+          <t>9786055456634</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Yer Cennet?</t>
+          <t>Umre Sohbetleri 1. Cilt</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257524391</t>
+          <t>9786259422695</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Uzlet - Halktan Uzaklaşıp Hakk’a Yöneliş</t>
+          <t>İrşad Sohbetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>195</v>
+        <v>710</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257524384</t>
+          <t>9786256635050</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Envarul Aşıkin (Ciltli)</t>
+          <t>Şifai Şerif Tercümesi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>560</v>
+        <v>690</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>8690000001569</t>
+          <t>9786259422671</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Avamil Şeması Renkli</t>
+          <t>Delailül Hayrat Çanta Boy - Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>25</v>
+        <v>480</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257524148</t>
+          <t>9786259422688</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Geceyi İhya Etmenin ve Virdlerin Fazileti</t>
+          <t>Delailül Hayrat Hafız Boy - Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>155</v>
+        <v>560</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257524308</t>
+          <t>9786259897547</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşa Vesile Dualar ve Zikirler</t>
+          <t>Delailül Hayrat (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>155</v>
+        <v>800</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257524322</t>
+          <t>9786257524605</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Hikayeleri;(Kasasun-Nebiyyîn Şerhi)</t>
+          <t>Kuranı Mecid ve Tefsirli Meali Alisi Hafız Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>310</v>
+        <v>840</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257524292</t>
+          <t>9786259897578</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Mecma'ul-Adab</t>
+          <t>Delailü'l Hayrat Çanta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>245</v>
+        <v>510</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786058436817</t>
+          <t>9786259422640</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Hakkında Merak Ettiğiniz Sorulara Cevaplar</t>
+          <t>Müridlerin Rehberi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>98</v>
+        <v>220</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786058436824</t>
+          <t>9786259422633</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Cenneti Kazandıran Ve Cehennemden Kurtaran Dualar</t>
+          <t>Evrad-ı Behaiyye ve Hizbu'l-Bahr Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>140</v>
+        <v>540</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257524254</t>
+          <t>9786259422602</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hatıratı Muhterem Üstazım Müceddid Mahmud Ustaosmanoğlu (Ciltli)</t>
+          <t>Sahihul Buhari (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>1130</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257524216</t>
+          <t>9786259422459</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Nezaket Ve Adap</t>
+          <t>Ramazan-ı Şerif Risalesi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>140</v>
+        <v>410</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257524230</t>
+          <t>9786259422664</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kudüs-ü Şerif Şam-ı Şerif Mısır</t>
+          <t>Şaban-ı Şerif Risalesi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257524247</t>
+          <t>9786259422657</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Hz. Rasûlüllah 'ın (Sallallahu Aleyhi ve Sellem) Lisanlarından Muhtelif Sureler ve Dualar</t>
+          <t>Receb-i Şerif Risalesi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>155</v>
+        <v>380</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257524223</t>
+          <t>9786257524131</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Öğrenme Metodları / Talebelere Rehber 2</t>
+          <t>Fıkhi Suallere Cevaplar 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>155</v>
+        <v>660</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055456382</t>
+          <t>9786255945167</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İnsanlığa Hizmet Sempozyumu Ödül Töreni (Ciltli)</t>
+          <t>İslam'a Adanmış Bir Hayat</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>90</v>
+        <v>890</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054905058</t>
+          <t>9786259910109</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ayetel Kürsi Ve Amener Rasulü Tefsiri - İngilizce</t>
+          <t>Çocuklar İçin Kuran Elifbası</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>30</v>
+        <v>95</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257524285</t>
+          <t>9786257524865</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Müridlerin Edepleri ve Seyr-i Süluk</t>
+          <t>Hac ve Umre Risalesi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055456436</t>
+          <t>9786259910130</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Furkan Tefsiri 17. Cilt (Ciltli)</t>
+          <t>Mahmud Efendi Hazretleri'nden Mesmu Edebi ve İrfani Şiirler (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>1070</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257524087</t>
+          <t>9786257524834</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Mecid ve Tefsirli Meal-i Alisi Orta Boy - Ciltli</t>
+          <t>İslama Adanmış Bir Hayat - Mahmud Efendi Hazretleri (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>780</v>
+        <v>580</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054905560</t>
+          <t>9786257524858</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 8. Cilt Özel Baskı (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>560</v>
+        <v>810</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>8690000001576</t>
+          <t>9786054905294</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Füyuzatü'l Vasıta (Rabıta, Tevessül, Teberrük) - Yeşil (Ciltli)</t>
+          <t>Risalei Kudsiyye (Mini Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>370</v>
+        <v>363</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>8690000001613</t>
+          <t>9786257524841</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Füyuzatü'l Vasıta (Rabıta, Tevessül, Teberrük) - Taba (Ciltli)</t>
+          <t>Fıkhi Suallere Cevaplar 8. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>370</v>
+        <v>660</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>8690000001590</t>
+          <t>9786257524803</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Füyuzatü'l Vasıta (Rabıta, Tevessül, Teberrük) - Lacivert (Ciltli)</t>
+          <t>El Mevarid Arapça - Türkçe Lügat (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>385</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>8690000001606</t>
+          <t>9786257524773</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Füyuzatü'l Vasıta (Rabıta, Tevessül, Teberrük) - Fuşya (Ciltli)</t>
+          <t>Kuranı Mecid ve Tefsirli Meali Alisi Arapça 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>480</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054905935</t>
+          <t>9786257524759</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Furkan Tefsiri 13. Cilt - Deri (Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 19. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>1340</v>
+        <v>900</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055456474</t>
+          <t>9786257524742</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 7. Cilt - Deri (Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 18. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>830</v>
+        <v>900</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055456481</t>
+          <t>9786257524735</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 8. Cilt - Deri (Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 17. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>830</v>
+        <v>900</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054905195</t>
+          <t>9786257524728</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi (Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 16. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>710</v>
+        <v>900</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054905638</t>
+          <t>9786257524711</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Vaazlar 3 Cilt Takım (Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 15. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>1456</v>
+        <v>900</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054905393</t>
+          <t>9786257524704</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Talebenin Hazinesi (Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 14. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054905553</t>
+          <t>9786257524698</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 7 (Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 13. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>560</v>
+        <v>900</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054905546</t>
+          <t>9786257524681</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 6 (Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 12. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>560</v>
+        <v>900</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055456368</t>
+          <t>9786257524674</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 5 (Deri Cilt) (Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 11. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>830</v>
+        <v>900</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054905539</t>
+          <t>9786257524667</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 5 (Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 10. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>560</v>
+        <v>900</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055456351</t>
+          <t>9786257524650</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 4 (Deri Cilt) (Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 9. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>830</v>
+        <v>900</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054905522</t>
+          <t>9786257524643</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 4 (Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 8. Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>560</v>
+        <v>900</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054905515</t>
+          <t>9786257524551</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 3 (Ciltli)</t>
+          <t>İsmailağa Camii’nin Tarihçesi ve Haziresindeki Şeyhulislamlar (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>560</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055456337</t>
+          <t>9786257524544</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 2 - Deri Cilt (Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 4. Cilt (Orta Boy - Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>830</v>
+        <v>900</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054905508</t>
+          <t>9786257524568</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 2 (Ciltli)</t>
+          <t>Fıkhi Suallere Cevaplar 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>560</v>
+        <v>660</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055456320</t>
+          <t>9786257524414</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 1 - Deri Cilt (Ciltli)</t>
+          <t>Ruhu'l-Beyan Tefsiri - 1.Cilt Tam Metin İzahlı Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>830</v>
+        <v>810</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054905492</t>
+          <t>9786257524490</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler 1 (Ciltli)</t>
+          <t>Mahmud Efendi Hazretleri ile Huzur İkliminde İrşad Umresi (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>560</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055456269</t>
+          <t>9786055456412</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Siracül Müttekin Risalei Halidiyye Kudsiyye Arapça - Osmanlıca (Ciltli)</t>
+          <t>Mahmud Efendi Hazretleri ile Huzur İkliminde İrşad Umresi (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>560</v>
+        <v>510</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055456245</t>
+          <t>9786257524483</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Siracül Müttekin (Ciltli)</t>
+          <t>Uygulamalı Cüz Talim Usulü Ve Tecvid</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>460</v>
+        <v>125</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055456252</t>
+          <t>9786257524445</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Risalei Halidiyye Ve Risalei Kudsiyye Osmanlıca (Ciltli)</t>
+          <t>Celaleyn Tefsiri Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054905249</t>
+          <t>9786257524476</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Namaz Rehberi</t>
+          <t>Fatiha Tefsiri - Özbekçe Tercümesi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>400</v>
+        <v>46</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054905454</t>
+          <t>9786257524438</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Senelik Bayramları Ramazan ve Kurban</t>
+          <t>Fıkhi Suallere Cevaplar 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>60</v>
+        <v>660</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054905072</t>
+          <t>9786257524421</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretlerinin Hayatı - Rusça</t>
+          <t>Fıkhi Suallere Cevaplar 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>30</v>
+        <v>660</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054905065</t>
+          <t>9786055456696</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretlerinin Hayatı İngilizce</t>
+          <t>Kuranı Mecid Hafız Boy Sadece Meal (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>30</v>
+        <v>746</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054905232</t>
+          <t>9786055456801</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretlerinin Hayatı - Arapça (Ciltli)</t>
+          <t>Nasıl Bir Yer Cennet?</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054905676</t>
+          <t>9786257524391</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İrşadü'l Müridin (Ciltli)</t>
+          <t>Uzlet - Halktan Uzaklaşıp Hakk’a Yöneliş</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054905621</t>
+          <t>9786257524384</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Her Aileye Lazım Olan Dualar</t>
+          <t>Envarul Aşıkin (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>195</v>
+        <v>710</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054905898</t>
+          <t>8690000001569</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Salevat-ı Şerifeler Cep Boy</t>
+          <t>Avamil Şeması Renkli</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>85</v>
+        <v>34</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054905829</t>
+          <t>9786257524148</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Salevat-ı Şerifeler</t>
+          <t>Geceyi İhya Etmenin ve Virdlerin Fazileti</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>115</v>
+        <v>190</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054905904</t>
+          <t>9786257524308</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Cuma Gecesi ve Günü</t>
+          <t>Kurtuluşa Vesile Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>85</v>
+        <v>190</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054905089</t>
+          <t>9786257524322</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Tefsiri Almanca</t>
+          <t>Peygamberlerin Hikayeleri;(Kasasun-Nebiyyîn Şerhi)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>30</v>
+        <v>380</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054905225</t>
+          <t>9786257524292</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Evradı Behaiyye ve Hizbül Bahr Cep Boy (Ciltli)</t>
+          <t>Mecma'ul-Adab</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054905171</t>
+          <t>9786058436817</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Bahaiyye ve Hizb'ül Bahr Duası (Ciltli)</t>
+          <t>Cehennem Hakkında Merak Ettiğiniz Sorulara Cevaplar</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054905119</t>
+          <t>9786058436824</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ayetel Kürsi ve Amener Rasulü Tefsiri Almanca</t>
+          <t>Cenneti Kazandıran Ve Cehennemden Kurtaran Dualar</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>30</v>
+        <v>180</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054905126</t>
+          <t>9786257524254</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ayetel Kürsi ve Amener Rasulü Tefsiri Almanca Ciltli</t>
+          <t>Hatıratı Muhterem Üstazım Müceddid Mahmud Ustaosmanoğlu (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>40</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052056585</t>
+          <t>9786257524216</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Siracül Müttekin Tercümesi 1. Cilt (Ciltli)</t>
+          <t>İslam'da Nezaket Ve Adap</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>435</v>
+        <v>180</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786055456191</t>
+          <t>9786257524230</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 15. Cilt (Ciltli)</t>
+          <t>Kudüs-ü Şerif Şam-ı Şerif Mısır</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>1070</v>
+        <v>150</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786055456139</t>
+          <t>9786257524247</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 9. Cilt (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve Hz. Rasûlüllah 'ın (Sallallahu Aleyhi ve Sellem) Lisanlarından Muhtelif Sureler ve Dualar</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>1070</v>
+        <v>190</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786055456108</t>
+          <t>9786257524223</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 6. Cilt (Ciltli)</t>
+          <t>İslam'da Öğrenme Metodları / Talebelere Rehber 2</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>1070</v>
+        <v>190</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786055456153</t>
+          <t>9786055456382</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 11. Cilt (Ciltli)</t>
+          <t>Uluslararası İnsanlığa Hizmet Sempozyumu Ödül Töreni (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>1070</v>
+        <v>90</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786055456115</t>
+          <t>9786054905058</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 7. Cilt (Ciltli)</t>
+          <t>Ayetel Kürsi Ve Amener Rasulü Tefsiri - İngilizce</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>1070</v>
+        <v>30</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054905133</t>
+          <t>9786257524285</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 18. Cilt (Ciltli)</t>
+          <t>Müridlerin Edepleri ve Seyr-i Süluk</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>1070</v>
+        <v>230</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786055456092</t>
+          <t>9786055456436</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 5. Cilt (Ciltli)</t>
+          <t>Ruhul Furkan Tefsiri 17. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>1070</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786055456146</t>
+          <t>9786257524087</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 10. Cilt (Ciltli)</t>
+          <t>Kur'an-ı Mecid ve Tefsirli Meal-i Alisi Orta Boy - Ciltli</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>1070</v>
+        <v>780</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786055456054</t>
+          <t>9786054905560</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 1. Cilt (Ciltli)</t>
+          <t>Sohbetler 8. Cilt Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>1070</v>
+        <v>710</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786055456078</t>
+          <t>8690000001576</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 3. Cilt (Ciltli)</t>
+          <t>Füyuzatü'l Vasıta (Rabıta, Tevessül, Teberrük) - Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>1070</v>
+        <v>610</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786055456085</t>
+          <t>8690000001613</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 4. Cilt (Ciltli)</t>
+          <t>Füyuzatü'l Vasıta (Rabıta, Tevessül, Teberrük) - Taba (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>1070</v>
+        <v>610</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786055456177</t>
+          <t>8690000001590</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 13. Cilt (Ciltli)</t>
+          <t>Füyuzatü'l Vasıta (Rabıta, Tevessül, Teberrük) - Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>1070</v>
+        <v>610</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054905478</t>
+          <t>8690000001606</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 19. Cilt (Ciltli)</t>
+          <t>Füyuzatü'l Vasıta (Rabıta, Tevessül, Teberrük) - Fuşya (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>1070</v>
+        <v>610</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054905614</t>
+          <t>9786054905935</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 19. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Ruhul Furkan Tefsiri 13. Cilt - Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>1340</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786055456122</t>
+          <t>9786055456474</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Furkan Tefsiri 8. Cilt (Ciltli)</t>
+          <t>Sohbetler 7. Cilt - Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>1070</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054905300</t>
+          <t>9786055456481</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 17. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Sohbetler 8. Cilt - Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>1340</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054905201</t>
+          <t>9786054905195</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 16. Cilt Deri (Ciltli)</t>
+          <t>Kalplerin Keşfi (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>1340</v>
+        <v>890</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257524018</t>
+          <t>9786054905638</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 15. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Vaazlar 3 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>1340</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054905409</t>
+          <t>9786054905393</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 11. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Talebenin Hazinesi (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>1340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054905997</t>
+          <t>9786054905553</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 10. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Sohbetler 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>1340</v>
+        <v>710</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054905980</t>
+          <t>9786054905546</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 9. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Sohbetler 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>1340</v>
+        <v>710</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054905287</t>
+          <t>9786055456368</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 8. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Sohbetler 5 (Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>1340</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054905270</t>
+          <t>9786054905539</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 7. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Sohbetler 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>1340</v>
+        <v>710</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054905973</t>
+          <t>9786055456351</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 6. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Sohbetler 4 (Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>1340</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054905966</t>
+          <t>9786054905522</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 5. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Sohbetler 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>1340</v>
+        <v>710</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054905263</t>
+          <t>9786054905515</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 4. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Sohbetler 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>1340</v>
+        <v>710</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786054905423</t>
+          <t>9786055456337</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 3. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Sohbetler 2 - Deri Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>1340</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054905256</t>
+          <t>9786054905508</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri Deri 1. Cilt (Kahverengi) (Ciltli)</t>
+          <t>Sohbetler 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>1340</v>
+        <v>710</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257524001</t>
+          <t>9786055456320</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 14. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Sohbetler 1 - Deri Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>1340</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786054905416</t>
+          <t>9786054905492</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Furkan Tefsiri 12. Cilt Deri (Kahverengi) (Ciltli)</t>
+          <t>Sohbetler 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>1340</v>
+        <v>710</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257524124</t>
+          <t>9786055456269</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kenzül-İrfan 1001 Hadis</t>
+          <t>Siracül Müttekin Risalei Halidiyye Kudsiyye Arapça - Osmanlıca (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>210</v>
+        <v>710</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786055456429</t>
+          <t>9786055456245</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Efendi Babam Ali Haydar Efendi Buyururdu Ki (Ciltli)</t>
+          <t>Siracül Müttekin (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>310</v>
+        <v>560</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257524117</t>
+          <t>9786055456252</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Makamat - Kelime Manalı ve İzahlı Tercüme</t>
+          <t>Risalei Halidiyye Ve Risalei Kudsiyye Osmanlıca (Ciltli)</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>100</v>
+        <v>560</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257524155</t>
+          <t>9786054905249</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarla Mahmud Efendi Hazretleri'nin Hayatı (2 Cilt Takım) (Ciltli)</t>
+          <t>Namaz Rehberi</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>1260</v>
+        <v>510</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257524100</t>
+          <t>9786054905454</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Cennet Yolcularına Dostça Tembihler</t>
+          <t>Müminlerin Senelik Bayramları Ramazan ve Kurban</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>290</v>
+        <v>80</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257524063</t>
+          <t>9786054905072</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 4 (Ciltli)</t>
+          <t>Mahmud Efendi Hazretlerinin Hayatı - Rusça</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>520</v>
+        <v>30</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257524056</t>
+          <t>9786054905065</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 3 (Ciltli)</t>
+          <t>Mahmud Efendi Hazretlerinin Hayatı İngilizce</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>520</v>
+        <v>30</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257524049</t>
+          <t>9786054905232</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 2 (Ciltli)</t>
+          <t>Mahmud Efendi Hazretlerinin Hayatı - Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>520</v>
+        <v>380</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257524032</t>
+          <t>9786054905676</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Suallere Cevaplar 1 (Ciltli)</t>
+          <t>İrşadü'l Müridin (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>520</v>
+        <v>760</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257524070</t>
+          <t>9786054905621</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Hizbül-Bahr ve Dualar</t>
+          <t>Her Aileye Lazım Olan Dualar</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>75</v>
+        <v>230</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786054905942</t>
+          <t>9786054905898</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Tam Karabaş Tecvidi</t>
+          <t>Faziletleriyle Salevat-ı Şerifeler Cep Boy</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786054905911</t>
+          <t>9786054905829</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul İzahlı Tercümesi</t>
+          <t>Faziletleriyle Salevat-ı Şerifeler</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>85</v>
+        <v>160</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054905812</t>
+          <t>9786054905904</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Sureler</t>
+          <t>Faziletleriyle Cuma Gecesi ve Günü</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786054905850</t>
+          <t>9786054905089</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Nafile Oruçlar</t>
+          <t>Fatiha Tefsiri Almanca</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>130</v>
+        <v>30</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054905843</t>
+          <t>9786054905225</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Nafile Sadakalar</t>
+          <t>Evradı Behaiyye ve Hizbül Bahr Cep Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786054905874</t>
+          <t>9786054905171</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Nakşi Namaz Tesbihatı (Cep Boy)</t>
+          <t>Evrad-ı Bahaiyye ve Hizb'ül Bahr Duası (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>100</v>
+        <v>460</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786054905836</t>
+          <t>9786054905119</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Nakşi Namaz Tesbihatı</t>
+          <t>Ayetel Kürsi ve Amener Rasulü Tefsiri Almanca</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>130</v>
+        <v>30</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786054905164</t>
+          <t>9786054905126</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İlim Ehli İçin Temel Dualar (Cep Boy)</t>
+          <t>Ayetel Kürsi ve Amener Rasulü Tefsiri Almanca Ciltli</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786054905447</t>
+          <t>9786052056585</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>İlim Ehli İçin Temel Dualar</t>
+          <t>Siracül Müttekin Tercümesi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>130</v>
+        <v>435</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786054905461</t>
+          <t>9786055456191</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretlerinden Delilleri ve Faziletleri ile Evrad-ı Yevmiyye (Roman Boy)</t>
+          <t>Ruhu'l-Furkan Tefsiri 15. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>150</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786054905768</t>
+          <t>9786055456139</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretleri’nden Sohbetler 9.Cilt (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 9. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>560</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786054905713</t>
+          <t>9786055456108</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Osmanlı Tarihi (4 Cilt Takım) (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>2600</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786054905584</t>
+          <t>9786055456153</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretleri'nden Hanımlara Nasihatler</t>
+          <t>Ruhu'l-Furkan Tefsiri 11. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>160</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786055456740</t>
+          <t>9786055456115</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Efendi Babam Ali Haydar Efendi Buyururdu ki</t>
+          <t>Ruhu'l-Furkan Tefsiri 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>195</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786055456726</t>
+          <t>9786054905133</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Tefsiri</t>
+          <t>Ruhu'l-Furkan Tefsiri 18. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>165</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786055456900</t>
+          <t>9786055456092</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Ayete'l-Kürsi ve Amene'r-Rasulü Tefsiri</t>
+          <t>Ruhu'l-Furkan Tefsiri 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>165</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786055456214</t>
+          <t>9786055456146</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Mecid ve Tefsirli Meal-i Alisi (Hafız Boy) Deri Ciltli</t>
+          <t>Ruhu'l-Furkan Tefsiri 10. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>910</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786055456764</t>
+          <t>9786055456054</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Faziletleri ve Okuma Adabı</t>
+          <t>Ruhu'l-Furkan Tefsiri 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>175</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786054905379</t>
+          <t>9786055456078</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Meseleler (2 Cilt Takım) (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>840</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786054905324</t>
+          <t>9786055456085</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Efendi Hazretlerinden Delilleri ve Faziletleri İle Evrad-ı Yevmiyye (Cep Boy)</t>
+          <t>Ruhu'l-Furkan Tefsiri 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>100</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786055456795</t>
+          <t>9786055456177</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Talebenin Hazinesi</t>
+          <t>Ruhu'l-Furkan Tefsiri 13. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>195</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786055456641</t>
+          <t>9786054905478</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Umre Sohbetleri 2. Cilt</t>
+          <t>Ruhu'l-Furkan Tefsiri 19. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>195</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786054905577</t>
+          <t>9786054905614</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Tembihat (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 19. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>400</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786055456962</t>
+          <t>9786055456122</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Zekat ve Sadaka Risalesi (Ciltli)</t>
+          <t>Ruhu'l Furkan Tefsiri 8. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>270</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786055456009</t>
+          <t>9786054905300</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>İrşad'ül Müridin - Deri Cilt (Ciltli)</t>
+          <t>Ruhu'l-Furkan Tefsiri 17. Cilt Deri (Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>630</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
+          <t>9786054905201</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Ruhu'l-Furkan Tefsiri 16. Cilt Deri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786257524018</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Ruhu'l-Furkan Tefsiri 15. Cilt Deri (Kahverengi) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786054905409</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Ruhu'l-Furkan Tefsiri 11. Cilt Deri (Kahverengi) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786054905997</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Ruhu'l-Furkan Tefsiri 10. Cilt Deri (Kahverengi) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786054905980</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Ruhu'l-Furkan Tefsiri 9. Cilt Deri (Kahverengi) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786054905287</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Ruhu'l-Furkan Tefsiri 8. Cilt Deri (Kahverengi) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786054905270</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Ruhu'l-Furkan Tefsiri 7. Cilt Deri (Kahverengi) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786054905973</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Ruhu'l-Furkan Tefsiri 6. Cilt Deri (Kahverengi) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786054905966</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Ruhu'l-Furkan Tefsiri 5. Cilt Deri (Kahverengi) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786054905263</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Ruhu'l-Furkan Tefsiri 4. Cilt Deri (Kahverengi) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786054905423</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Ruhu'l-Furkan Tefsiri 3. Cilt Deri (Kahverengi) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786054905256</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Ruhu'l-Furkan Tefsiri Deri 1. Cilt (Kahverengi) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786257524001</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Ruhu'l-Furkan Tefsiri 14. Cilt Deri (Kahverengi) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786054905416</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Ruhu'l-Furkan Tefsiri 12. Cilt Deri (Kahverengi) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786257524124</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Kenzül-İrfan 1001 Hadis</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786055456429</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Efendi Babam Ali Haydar Efendi Buyururdu Ki (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786257524117</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Makamat - Kelime Manalı ve İzahlı Tercüme</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786257524155</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Hatıralarla Mahmud Efendi Hazretleri'nin Hayatı (2 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786257524100</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Cennet Yolcularına Dostça Tembihler</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786257524063</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Fıkhi Suallere Cevaplar 4 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786257524056</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Fıkhi Suallere Cevaplar 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786257524049</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Fıkhi Suallere Cevaplar 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786257524032</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Fıkhi Suallere Cevaplar 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786257524070</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Hizbül-Bahr ve Dualar</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786054905942</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Tam Karabaş Tecvidi</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786054905911</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Ey Oğul İzahlı Tercümesi</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786054905812</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Faziletleriyle Sureler</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786054905850</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Faziletleriyle Nafile Oruçlar</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786054905843</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Faziletleriyle Nafile Sadakalar</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786054905874</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Nakşi Namaz Tesbihatı (Cep Boy)</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786054905836</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Nakşi Namaz Tesbihatı</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786054905164</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>İlim Ehli İçin Temel Dualar (Cep Boy)</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786054905447</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>İlim Ehli İçin Temel Dualar</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786054905461</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Mahmud Efendi Hazretlerinden Delilleri ve Faziletleri ile Evrad-ı Yevmiyye (Roman Boy)</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786054905768</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Mahmud Efendi Hazretleri’nden Sohbetler 9.Cilt (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786054905713</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Belgelerle Osmanlı Tarihi (4 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>3300</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786054905584</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Mahmud Efendi Hazretleri'nden Hanımlara Nasihatler</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786055456740</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Efendi Babam Ali Haydar Efendi Buyururdu ki</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786055456726</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Fatiha Tefsiri</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786055456900</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Ayete'l-Kürsi ve Amene'r-Rasulü Tefsiri</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786055456214</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Mecid ve Tefsirli Meal-i Alisi (Hafız Boy) Deri Ciltli</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786055456764</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim'in Faziletleri ve Okuma Adabı</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786054905379</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Fıkhi Meseleler (2 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786054905324</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Mahmud Efendi Hazretlerinden Delilleri ve Faziletleri İle Evrad-ı Yevmiyye (Cep Boy)</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786055456795</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Talebenin Hazinesi</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786055456641</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Umre Sohbetleri 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786054905577</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Tembihat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786055456962</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Zekat ve Sadaka Risalesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786055456009</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>İrşad'ül Müridin - Deri Cilt (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
           <t>9786055456986</t>
         </is>
       </c>
-      <c r="B318" s="1" t="inlineStr">
+      <c r="B367" s="1" t="inlineStr">
         <is>
           <t>Marifet - Temel Dini Bilgiler</t>
         </is>
       </c>
-      <c r="C318" s="1">
-        <v>190</v>
+      <c r="C367" s="1">
+        <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>