--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,1840 +85,2035 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255790026</t>
+          <t>9786255790194</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Deyimler Cozuttu</t>
+          <t>Hayaller Gerçek Olsa</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255790088</t>
+          <t>9786255790224</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mahrumiyet Eğitimi</t>
+          <t>Ecdadımı Seveyim 3 - Temizlik Adabı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255790019</t>
+          <t>9786255790217</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kodlanmış Robotik Elma</t>
+          <t>Ecdadımı Seveyim 2 - Bilim ve Teknoloji</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255790095</t>
+          <t>9786255790200</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yuvasız Evliler</t>
+          <t>Allah'ını Seversen Sınıfı / Konu: Allah'a İman</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255790101</t>
+          <t>9786255790231</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sabah Namazına Kalkabilmek</t>
+          <t>Sille 4 - Evvel Zaman İçinde Var İmiş Bir Dunganga</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255790002</t>
+          <t>9786255790187</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çuvalın Peşinde</t>
+          <t>Kayıp Şampiyonluk Kupası</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259670294</t>
+          <t>9786255790156</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Operasyon Miyav Miyav!</t>
+          <t>Bir Siyer Mangası: Beklenen - 3</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255790071</t>
+          <t>9786255790163</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ecdadımı Seveyim 1 - Yardımlaşma</t>
+          <t>Başımda Ampul Yandı / Selim'in Bilim Defteri 2</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259607054</t>
+          <t>9786255790170</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Habibe ve Gizemli Battaniyesi</t>
+          <t>Ali'nin Gizemli Kramponları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259607047</t>
+          <t>9786255790149</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Said ve Bayram Kurabiyesi</t>
+          <t>Zor Olsa Da Hayat Devam Ediyor</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255790064</t>
+          <t>9786255790132</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Fıtrat Pedagojisi 2 - Peygamberlerin Çocuk Eğitimi Metotları</t>
+          <t>İyi Düşün, İyi Hisset, İyi Ol</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255790057</t>
+          <t>9786255790118</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Başımın Üstünde Yerin Var</t>
+          <t>Sınırını Çiz - Kendi Kul Hakkına Girme</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259670270</t>
+          <t>9786255790125</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bi Acayip Koltuk</t>
+          <t>Z Kuşağına Maneviyatı Anlatmak</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259670287</t>
+          <t>9786255790026</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bayrak Kimde Kaldı?</t>
+          <t>Eyvah Deyimler Cozuttu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259938462</t>
+          <t>9786255790088</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Yolculuğu</t>
+          <t>Mahrumiyet Eğitimi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259670249</t>
+          <t>9786255790019</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yatağında Uyuyan Çocuk</t>
+          <t>Kodlanmış Robotik Elma</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259670263</t>
+          <t>9786255790095</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Telefona Bakmayan Çocuk</t>
+          <t>Yuvasız Evliler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259670256</t>
+          <t>9786255790101</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bezini Bırakan Çocuk</t>
+          <t>Sabah Namazına Kalkabilmek</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259670225</t>
+          <t>9786255790002</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bir Elhamdülillah Masalı</t>
+          <t>Mavi Çuvalın Peşinde</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259670218</t>
+          <t>9786259670294</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Sübhanallah Masalı</t>
+          <t>Operasyon Miyav Miyav!</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259670201</t>
+          <t>9786255790071</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Maşallah Masalı</t>
+          <t>Ecdadımı Seveyim 1 - Yardımlaşma</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259607092</t>
+          <t>9786259607054</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir İnşallah Masalı</t>
+          <t>Habibe ve Gizemli Battaniyesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259607085</t>
+          <t>9786259607047</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Bismillah Masalı</t>
+          <t>Said ve Bayram Kurabiyesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259670232</t>
+          <t>9786255790064</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kelimeler (5’li Set)</t>
+          <t>Fıtrat Pedagojisi 2 - Peygamberlerin Çocuk Eğitimi Metotları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259607061</t>
+          <t>9786255790057</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Raylara Yatan Adam</t>
+          <t>Başımın Üstünde Yerin Var</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259607030</t>
+          <t>9786259670270</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>3 Dakikada Bilim-2</t>
+          <t>Bi Acayip Koltuk</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259607023</t>
+          <t>9786259670287</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sille-3</t>
+          <t>Bayrak Kimde Kaldı?</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259607078</t>
+          <t>9786259938462</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bağırmayalım da Ne Yapalım?</t>
+          <t>Mutluluk Yolculuğu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>4440000004255</t>
+          <t>9786259670249</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Manevi Eğitim Seti</t>
+          <t>Yatağında Uyuyan Çocuk</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>425</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259709499</t>
+          <t>9786259670263</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ailesini Arayan Ev</t>
+          <t>Telefona Bakmayan Çocuk</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259709482</t>
+          <t>9786259670256</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Abartılı İşler Müdürlüğü</t>
+          <t>Bezini Bırakan Çocuk</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259607016</t>
+          <t>9786259670225</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Koca Yaşlı Dünya / Evrenin Oluşumu</t>
+          <t>Bir Elhamdülillah Masalı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259607009</t>
+          <t>9786259670218</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Alo Sesim Geliyor mu? / Selim’in Bilim Defteri</t>
+          <t>Bir Sübhanallah Masalı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259467863</t>
+          <t>9786259670201</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Duygularımı Yönetiyorum (5'li Set)</t>
+          <t>Bir Maşallah Masalı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>650</v>
+        <v>110</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259575841</t>
+          <t>9786259607092</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Anne Rahminde Karakter Eğitimi</t>
+          <t>Bir İnşallah Masalı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259709468</t>
+          <t>9786259607085</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bir Ceninin Günlüğü</t>
+          <t>Bir Bismillah Masalı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259709475</t>
+          <t>9786259670232</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İyileşen Evliliğim</t>
+          <t>Muhteşem Kelimeler (5’li Set)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259575865</t>
+          <t>9786259607061</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Annemin Karnında Ben</t>
+          <t>Raylara Yatan Adam</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259575872</t>
+          <t>9786259607030</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Annemin Kucağında Ben</t>
+          <t>3 Dakikada Bilim-2</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259709406</t>
+          <t>9786259607023</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Süper Kızlar Takımı 1 - Görevimiz Hijyen</t>
+          <t>Sille-3</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259575896</t>
+          <t>9786259607078</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu Macerası 1 - Sindirim ve Solunum Sistemi</t>
+          <t>Bağırmayalım da Ne Yapalım?</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259575889</t>
+          <t>4440000004255</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>3 Dakikada Bilim 1 - Bilimin Devleri</t>
+          <t>Bebekler İçin Manevi Eğitim Seti</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259575858</t>
+          <t>9786259709499</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mahrem Hayatın Şifreleri (Eşin Terapistin Olsun)</t>
+          <t>Ailesini Arayan Ev</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259575827</t>
+          <t>9786259709482</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Allah’ım Ben Geldim</t>
+          <t>Abartılı İşler Müdürlüğü</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259575834</t>
+          <t>9786259607016</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bir Siyer Mangası: Beklenen - 2</t>
+          <t>Koca Yaşlı Dünya / Evrenin Oluşumu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259575810</t>
+          <t>9786259607009</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Fıtrat Pedagojisi</t>
+          <t>Alo Sesim Geliyor mu? / Selim’in Bilim Defteri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259575803</t>
+          <t>9786259467863</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Korkutarak Değil Sevdirerek Din Eğitimi</t>
+          <t>Duygularımı Yönetiyorum (5'li Set)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256146693</t>
+          <t>9786259575841</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Esmâ-i Hüsnâ Gezegeni</t>
+          <t>Anne Rahminde Karakter Eğitimi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256146730</t>
+          <t>9786259709468</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Niyazi / Neffis Bir Plan</t>
+          <t>Bir Ceninin Günlüğü</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256146679</t>
+          <t>9786259709475</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Cümbür Cemaat</t>
+          <t>İyileşen Evliliğim</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256146686</t>
+          <t>9786259575865</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Namaz Psikolojisi</t>
+          <t>Annemin Karnında Ben</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256146723</t>
+          <t>9786259575872</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ayşe / Bir Oruç Mangası</t>
+          <t>Annemin Kucağında Ben</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256146709</t>
+          <t>9786259709406</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ayşe / Bir Namaz Mangası</t>
+          <t>Süper Kızlar Takımı 1 - Görevimiz Hijyen</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256146716</t>
+          <t>9786259575896</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ayşe / Bir Kur’an Mangası</t>
+          <t>İnsan Vücudu Macerası 1 - Sindirim ve Solunum Sistemi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256146662</t>
+          <t>9786259575889</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Minikler İçin Ramazan</t>
+          <t>3 Dakikada Bilim 1 - Bilimin Devleri</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256146648</t>
+          <t>9786259575858</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Okul Günlükleri / Kayıp Kral Sephyra</t>
+          <t>Mahrem Hayatın Şifreleri (Eşin Terapistin Olsun)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256146631</t>
+          <t>9786259575827</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Elektrikler Gitti!</t>
+          <t>Allah’ım Ben Geldim</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256146624</t>
+          <t>9786259575834</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kasaba Dedektifi / Operasyon: Not Peşinde</t>
+          <t>Bir Siyer Mangası: Beklenen - 2</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256146655</t>
+          <t>9786259575810</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Taş Tepelerin Gizemi - Kaşifler Taş Tepelerde</t>
+          <t>Fıtrat Pedagojisi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256146617</t>
+          <t>9786259575803</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Robotikuş-2 / Denizaltı Macera Gemisi</t>
+          <t>Korkutarak Değil Sevdirerek Din Eğitimi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256146570</t>
+          <t>9786256146693</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Kardeş Geçinen Çocuklar Yetiştirmek</t>
+          <t>Esmâ-i Hüsnâ Gezegeni</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256146464</t>
+          <t>9786256146730</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sultan ve Dracula</t>
+          <t>Niyazi / Neffis Bir Plan</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256146488</t>
+          <t>9786256146679</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sen Annen Değilsin</t>
+          <t>Cümbür Cemaat</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256146471</t>
+          <t>9786256146686</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bu Şehirde Kimse Yok mu?</t>
+          <t>Namaz Psikolojisi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256146457</t>
+          <t>9786256146723</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bir Siyer Mangası: Beklenen-1</t>
+          <t>Ayşe / Bir Oruç Mangası</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256146426</t>
+          <t>9786256146709</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Keşfediyorum</t>
+          <t>Ayşe / Bir Namaz Mangası</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256146433</t>
+          <t>9786256146716</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kırıldığın Yerden Güçlen</t>
+          <t>Ayşe / Bir Kur’an Mangası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256146440</t>
+          <t>9786256146662</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimin Ev Hali</t>
+          <t>Minikler İçin Ramazan</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256146419</t>
+          <t>9786256146648</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bağırmayan Çocuklar</t>
+          <t>Okul Günlükleri / Kayıp Kral Sephyra</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256146396</t>
+          <t>9786256146631</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bir Genç Kızın Büyüme Rehberi (Tırtıldan Kelebeğe)</t>
+          <t>Eyvah Elektrikler Gitti!</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256146402</t>
+          <t>9786256146624</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bir Delikanlının Büyüme Rehberi (Larvadan Kurbağaya)</t>
+          <t>Kasaba Dedektifi / Operasyon: Not Peşinde</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256146389</t>
+          <t>9786256146655</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetiyle Barışık Çocuklar Yetiştirmek (Kız Gibi Kızlar, Erkek Gibi Erkekler)</t>
+          <t>Taş Tepelerin Gizemi - Kaşifler Taş Tepelerde</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259809274</t>
+          <t>9786256146617</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Ben Bir Erkek Çocuğuyum</t>
+          <t>Robotikuş-2 / Denizaltı Macera Gemisi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259809281</t>
+          <t>9786256146570</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Ben Bir Kız Çocuğuyum</t>
+          <t>Kardeş Kardeş Geçinen Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259809267</t>
+          <t>9786256146464</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Annemin Sır Dolu Çekmecesi</t>
+          <t>Sultan ve Dracula</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259809229</t>
+          <t>9786256146488</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hayal Atlası</t>
+          <t>Sen Annen Değilsin</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259809243</t>
+          <t>9786256146471</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İnternet Gezegeni</t>
+          <t>Bu Şehirde Kimse Yok mu?</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259809250</t>
+          <t>9786256146457</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sıkıntıdan Patlayacağım Sınıfı</t>
+          <t>Bir Siyer Mangası: Beklenen-1</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259809236</t>
+          <t>9786256146426</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Çarşı - Esrarengiz Simitçinin İzinde</t>
+          <t>Çocuğumu Keşfediyorum</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259467894</t>
+          <t>9786256146433</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Utangaç Deve Kuşunu Nasıl Eğitirsin?</t>
+          <t>Kırıldığın Yerden Güçlen</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259467887</t>
+          <t>9786256146440</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Öfkeli Ejderhayı Nasıl Eğitirsin?</t>
+          <t>Peygamberimin Ev Hali</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259467870</t>
+          <t>9786256146419</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Korkak Tavuğu Nasıl Eğitirsin?</t>
+          <t>Bağırmayan Çocuklar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259809205</t>
+          <t>9786256146396</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Gamlı Baykuşu Nasıl Eğitirsin?</t>
+          <t>Bir Genç Kızın Büyüme Rehberi (Tırtıldan Kelebeğe)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259809212</t>
+          <t>9786256146402</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Kıskanç Kanguruyu Nasıl Eğitirsin?</t>
+          <t>Bir Delikanlının Büyüme Rehberi (Larvadan Kurbağaya)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259467856</t>
+          <t>9786256146389</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya’dan Kimler Kimler Geçti?</t>
+          <t>Cinsiyetiyle Barışık Çocuklar Yetiştirmek (Kız Gibi Kızlar, Erkek Gibi Erkekler)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259467849</t>
+          <t>9786259809274</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Robotikuş - Uzay Gözetleme Kulesi</t>
+          <t>İyi ki Ben Bir Erkek Çocuğuyum</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259467818</t>
+          <t>9786259809281</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Anne, Allah Nerede?</t>
+          <t>İyi ki Ben Bir Kız Çocuğuyum</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259467825</t>
+          <t>9786259809267</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Allah Ol Deyince</t>
+          <t>Annemin Sır Dolu Çekmecesi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259467832</t>
+          <t>9786259809229</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Çarpı 2</t>
+          <t>Hayal Atlası</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259467801</t>
+          <t>9786259809243</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş - Ya Varsın Ya Yoksun</t>
+          <t>İnternet Gezegeni</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259897998</t>
+          <t>9786259809250</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kafamın İçi - Fatih Sultan Mehmet</t>
+          <t>Sıkıntıdan Patlayacağım Sınıfı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259872810</t>
+          <t>9786259809236</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>O'nu (s.a.v.) Kalbinle Dinle - Mekke Günleri</t>
+          <t>Gizemli Çarşı - Esrarengiz Simitçinin İzinde</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259872858</t>
+          <t>9786259467894</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Herkes O'nu (s.a.v.) Anlatıyor - 2 Kızları</t>
+          <t>İçindeki Utangaç Deve Kuşunu Nasıl Eğitirsin?</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259872896</t>
+          <t>9786259467887</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirici Zeka Oyunu Resfebe Ramazan'a Özel Kırk Hadis</t>
+          <t>İçindeki Öfkeli Ejderhayı Nasıl Eğitirsin?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259872865</t>
+          <t>9786259467870</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ailece Ramazan Muhabbetleri (Ciltli)</t>
+          <t>İçindeki Korkak Tavuğu Nasıl Eğitirsin?</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259872841</t>
+          <t>9786259809205</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Vakti Sünnetleri</t>
+          <t>İçindeki Gamlı Baykuşu Nasıl Eğitirsin?</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259872872</t>
+          <t>9786259809212</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sille-2</t>
+          <t>İçindeki Kıskanç Kanguruyu Nasıl Eğitirsin?</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259872889</t>
+          <t>9786259467856</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Aç Niyazi</t>
+          <t>Ayasofya’dan Kimler Kimler Geçti?</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>4440000004254</t>
+          <t>9786259467849</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Seti</t>
+          <t>Robotikuş - Uzay Gözetleme Kulesi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>245</v>
+        <v>190</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259872827</t>
+          <t>9786259467818</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Minikler İçin Simgelerimiz</t>
+          <t>Anne, Allah Nerede?</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259872834</t>
+          <t>9786259467825</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Gizli Kelimesi</t>
+          <t>Allah Ol Deyince</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786259872803</t>
+          <t>9786259467832</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kandiller Geldiğinde</t>
+          <t>Çarpı 2</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259897974</t>
+          <t>9786259467801</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ben Kudüs’te Bir Güzel</t>
+          <t>Seçilmiş - Ya Varsın Ya Yoksun</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259897967</t>
+          <t>9786259897998</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Minikler İçin Mescitlerimiz</t>
+          <t>Kafamın İçi - Fatih Sultan Mehmet</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786259897981</t>
+          <t>9786259872810</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Bir Yer Var</t>
+          <t>O'nu (s.a.v.) Kalbinle Dinle - Mekke Günleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786259897936</t>
+          <t>9786259872858</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Eril Dişil Bilgeliği</t>
+          <t>Herkes O'nu (s.a.v.) Anlatıyor - 2 Kızları</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786259897950</t>
+          <t>9786259872896</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte Şehvet Şefkat Dengesi</t>
+          <t>Dikkat Geliştirici Zeka Oyunu Resfebe Ramazan'a Özel Kırk Hadis</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786259897943</t>
+          <t>9786259872865</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kem Küm</t>
+          <t>Ailece Ramazan Muhabbetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786259897929</t>
+          <t>9786259872841</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Doğadaki Aile</t>
+          <t>Ramazan Vakti Sünnetleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259897912</t>
+          <t>9786259872872</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı, Ahlaklı ve Mutlu Kız Çocuğu Yetiştirmek</t>
+          <t>Sille-2</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259938493</t>
+          <t>9786259872889</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sille</t>
+          <t>Aç Niyazi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786259897905</t>
+          <t>4440000004254</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kıl Niyazi</t>
+          <t>Gençlik Seti</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>120</v>
+        <v>245</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259938400</t>
+          <t>9786259872827</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Herkes O’nu Anlatıyor 1 - Ailesi</t>
+          <t>Minikler İçin Simgelerimiz</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259938448</t>
+          <t>9786259872834</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yemek Vakti Sünnetleri</t>
+          <t>Dünyanın En Gizli Kelimesi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786259938431</t>
+          <t>9786259872803</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Uyku Vakti Sünnetleri</t>
+          <t>Kandiller Geldiğinde</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259938424</t>
+          <t>9786259897974</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Peygamberime Benziyorum 3’lü Set</t>
+          <t>Ben Kudüs’te Bir Güzel</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>750</v>
+        <v>220</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259938417</t>
+          <t>9786259897967</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Okul Vakti Sünnetleri</t>
+          <t>Minikler İçin Mescitlerimiz</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259938486</t>
+          <t>9786259897981</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma Günlüğü</t>
+          <t>Aklımda Bir Yer Var</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259938479</t>
+          <t>9786259897936</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Zamansızlık Kapsülü</t>
+          <t>Eril Dişil Bilgeliği</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
+          <t>9786259897950</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Evlilikte Şehvet Şefkat Dengesi</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786259897943</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Kem Küm</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786259897929</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Doğadaki Aile</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786259897912</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı, Ahlaklı ve Mutlu Kız Çocuğu Yetiştirmek</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786259938493</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Sille</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786259897905</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Kıl Niyazi</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786259938400</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Herkes O’nu Anlatıyor 1 - Ailesi</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786259938448</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Yemek Vakti Sünnetleri</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786259938431</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Uyku Vakti Sünnetleri</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786259938424</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberime Benziyorum 3’lü Set</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786259938417</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Okul Vakti Sünnetleri</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786259938486</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Bağlanma Günlüğü</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786259938479</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Zamansızlık Kapsülü</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
           <t>9786259938455</t>
         </is>
       </c>
-      <c r="B121" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Minikler İçin Peygamberimiz</t>
         </is>
       </c>
-      <c r="C121" s="1">
+      <c r="C134" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>