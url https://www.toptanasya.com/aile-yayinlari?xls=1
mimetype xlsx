--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,2035 +85,2185 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255790194</t>
+          <t>9786259813615</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Gerçek Olsa</t>
+          <t>Ailede Güzel Geçim</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255790224</t>
+          <t>9786255790347</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ecdadımı Seveyim 3 - Temizlik Adabı</t>
+          <t>Niyet Ettim Gıybet Orucu Tutmaya</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255790217</t>
+          <t>9786255790354</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ecdadımı Seveyim 2 - Bilim ve Teknoloji</t>
+          <t>Geçmiş Zamanda Bir Ramazan</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255790200</t>
+          <t>9786255790330</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Allah'ını Seversen Sınıfı / Konu: Allah'a İman</t>
+          <t>Oruç Psikolojisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255790231</t>
+          <t>9786255790279</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sille 4 - Evvel Zaman İçinde Var İmiş Bir Dunganga</t>
+          <t>Rabbim Ne Olur Toparla Beni</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255790187</t>
+          <t>9786255790286</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şampiyonluk Kupası</t>
+          <t>Pür İhtimam</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255790156</t>
+          <t>9786255790293</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Siyer Mangası: Beklenen - 3</t>
+          <t>İyileşen Çocukluğum İyileşen Anneliğim</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255790163</t>
+          <t>9786255790262</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Başımda Ampul Yandı / Selim'in Bilim Defteri 2</t>
+          <t>Kur'an Psikolojisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255790170</t>
+          <t>9786255790255</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ali'nin Gizemli Kramponları</t>
+          <t>Piramit</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255790149</t>
+          <t>9786255790248</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Zor Olsa Da Hayat Devam Ediyor</t>
+          <t>Akıncı ve Vampir</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255790132</t>
+          <t>9786255790194</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İyi Düşün, İyi Hisset, İyi Ol</t>
+          <t>Hayaller Gerçek Olsa</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255790118</t>
+          <t>9786255790224</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sınırını Çiz - Kendi Kul Hakkına Girme</t>
+          <t>Ecdadımı Seveyim 3 - Temizlik Adabı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255790125</t>
+          <t>9786255790217</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Z Kuşağına Maneviyatı Anlatmak</t>
+          <t>Ecdadımı Seveyim 2 - Bilim ve Teknoloji</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255790026</t>
+          <t>9786255790200</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Deyimler Cozuttu</t>
+          <t>Allah'ını Seversen Sınıfı / Konu: Allah'a İman</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255790088</t>
+          <t>9786255790231</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mahrumiyet Eğitimi</t>
+          <t>Sille 4 - Evvel Zaman İçinde Var İmiş Bir Dunganga</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255790019</t>
+          <t>9786255790187</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kodlanmış Robotik Elma</t>
+          <t>Kayıp Şampiyonluk Kupası</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255790095</t>
+          <t>9786255790156</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yuvasız Evliler</t>
+          <t>Bir Siyer Mangası: Beklenen - 3</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255790101</t>
+          <t>9786255790163</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sabah Namazına Kalkabilmek</t>
+          <t>Başımda Ampul Yandı / Selim'in Bilim Defteri 2</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255790002</t>
+          <t>9786255790170</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çuvalın Peşinde</t>
+          <t>Ali'nin Gizemli Kramponları</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259670294</t>
+          <t>9786255790149</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Operasyon Miyav Miyav!</t>
+          <t>Zor Olsa Da Hayat Devam Ediyor</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255790071</t>
+          <t>9786255790132</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ecdadımı Seveyim 1 - Yardımlaşma</t>
+          <t>İyi Düşün, İyi Hisset, İyi Ol</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259607054</t>
+          <t>9786255790118</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Habibe ve Gizemli Battaniyesi</t>
+          <t>Sınırını Çiz - Kendi Kul Hakkına Girme</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259607047</t>
+          <t>9786255790125</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Said ve Bayram Kurabiyesi</t>
+          <t>Z Kuşağına Maneviyatı Anlatmak</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255790064</t>
+          <t>9786255790026</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Fıtrat Pedagojisi 2 - Peygamberlerin Çocuk Eğitimi Metotları</t>
+          <t>Eyvah Deyimler Cozuttu</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255790057</t>
+          <t>9786255790088</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Başımın Üstünde Yerin Var</t>
+          <t>Mahrumiyet Eğitimi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259670270</t>
+          <t>9786255790019</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bi Acayip Koltuk</t>
+          <t>Kodlanmış Robotik Elma</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259670287</t>
+          <t>9786255790095</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bayrak Kimde Kaldı?</t>
+          <t>Yuvasız Evliler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259938462</t>
+          <t>9786255790101</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Yolculuğu</t>
+          <t>Sabah Namazına Kalkabilmek</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259670249</t>
+          <t>9786255790002</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yatağında Uyuyan Çocuk</t>
+          <t>Mavi Çuvalın Peşinde</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259670263</t>
+          <t>9786259670294</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Telefona Bakmayan Çocuk</t>
+          <t>Operasyon Miyav Miyav!</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259670256</t>
+          <t>9786255790071</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bezini Bırakan Çocuk</t>
+          <t>Ecdadımı Seveyim 1 - Yardımlaşma</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259670225</t>
+          <t>9786259607054</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bir Elhamdülillah Masalı</t>
+          <t>Habibe ve Gizemli Battaniyesi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259670218</t>
+          <t>9786259607047</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bir Sübhanallah Masalı</t>
+          <t>Said ve Bayram Kurabiyesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259670201</t>
+          <t>9786255790064</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bir Maşallah Masalı</t>
+          <t>Fıtrat Pedagojisi 2 - Peygamberlerin Çocuk Eğitimi Metotları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259607092</t>
+          <t>9786255790057</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bir İnşallah Masalı</t>
+          <t>Başımın Üstünde Yerin Var</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259607085</t>
+          <t>9786259670270</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bir Bismillah Masalı</t>
+          <t>Bi Acayip Koltuk</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259670232</t>
+          <t>9786259670287</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kelimeler (5’li Set)</t>
+          <t>Bayrak Kimde Kaldı?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259607061</t>
+          <t>9786259938462</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Raylara Yatan Adam</t>
+          <t>Mutluluk Yolculuğu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259607030</t>
+          <t>9786259670249</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>3 Dakikada Bilim-2</t>
+          <t>Yatağında Uyuyan Çocuk</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259607023</t>
+          <t>9786259670263</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sille-3</t>
+          <t>Telefona Bakmayan Çocuk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259607078</t>
+          <t>9786259670256</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bağırmayalım da Ne Yapalım?</t>
+          <t>Bezini Bırakan Çocuk</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>4440000004255</t>
+          <t>9786259670225</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Manevi Eğitim Seti</t>
+          <t>Bir Elhamdülillah Masalı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>425</v>
+        <v>110</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259709499</t>
+          <t>9786259670218</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ailesini Arayan Ev</t>
+          <t>Bir Sübhanallah Masalı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259709482</t>
+          <t>9786259670201</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Abartılı İşler Müdürlüğü</t>
+          <t>Bir Maşallah Masalı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259607016</t>
+          <t>9786259607092</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Koca Yaşlı Dünya / Evrenin Oluşumu</t>
+          <t>Bir İnşallah Masalı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259607009</t>
+          <t>9786259607085</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Alo Sesim Geliyor mu? / Selim’in Bilim Defteri</t>
+          <t>Bir Bismillah Masalı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259467863</t>
+          <t>9786259670232</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Duygularımı Yönetiyorum (5'li Set)</t>
+          <t>Muhteşem Kelimeler (5’li Set)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259575841</t>
+          <t>9786259607061</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Anne Rahminde Karakter Eğitimi</t>
+          <t>Raylara Yatan Adam</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259709468</t>
+          <t>9786259607030</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bir Ceninin Günlüğü</t>
+          <t>3 Dakikada Bilim-2</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259709475</t>
+          <t>9786259607023</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İyileşen Evliliğim</t>
+          <t>Sille-3</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259575865</t>
+          <t>9786259607078</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Annemin Karnında Ben</t>
+          <t>Bağırmayalım da Ne Yapalım?</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259575872</t>
+          <t>4440000004255</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Annemin Kucağında Ben</t>
+          <t>Bebekler İçin Manevi Eğitim Seti</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>425</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259709406</t>
+          <t>9786259709499</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Süper Kızlar Takımı 1 - Görevimiz Hijyen</t>
+          <t>Ailesini Arayan Ev</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259575896</t>
+          <t>9786259709482</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu Macerası 1 - Sindirim ve Solunum Sistemi</t>
+          <t>Abartılı İşler Müdürlüğü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259575889</t>
+          <t>9786259607016</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>3 Dakikada Bilim 1 - Bilimin Devleri</t>
+          <t>Koca Yaşlı Dünya / Evrenin Oluşumu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259575858</t>
+          <t>9786259607009</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mahrem Hayatın Şifreleri (Eşin Terapistin Olsun)</t>
+          <t>Alo Sesim Geliyor mu? / Selim’in Bilim Defteri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259575827</t>
+          <t>9786259467863</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Allah’ım Ben Geldim</t>
+          <t>Duygularımı Yönetiyorum (5'li Set)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>220</v>
+        <v>750</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259575834</t>
+          <t>9786259575841</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bir Siyer Mangası: Beklenen - 2</t>
+          <t>Anne Rahminde Karakter Eğitimi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259575810</t>
+          <t>9786259709468</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Fıtrat Pedagojisi</t>
+          <t>Bir Ceninin Günlüğü</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259575803</t>
+          <t>9786259709475</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Korkutarak Değil Sevdirerek Din Eğitimi</t>
+          <t>İyileşen Evliliğim</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256146693</t>
+          <t>9786259575865</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Esmâ-i Hüsnâ Gezegeni</t>
+          <t>Annemin Karnında Ben</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256146730</t>
+          <t>9786259575872</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Niyazi / Neffis Bir Plan</t>
+          <t>Annemin Kucağında Ben</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256146679</t>
+          <t>9786259709406</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Cümbür Cemaat</t>
+          <t>Süper Kızlar Takımı 1 - Görevimiz Hijyen</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256146686</t>
+          <t>9786259575896</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Namaz Psikolojisi</t>
+          <t>İnsan Vücudu Macerası 1 - Sindirim ve Solunum Sistemi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256146723</t>
+          <t>9786259575889</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ayşe / Bir Oruç Mangası</t>
+          <t>3 Dakikada Bilim 1 - Bilimin Devleri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256146709</t>
+          <t>9786259575858</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ayşe / Bir Namaz Mangası</t>
+          <t>Mahrem Hayatın Şifreleri (Eşin Terapistin Olsun)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256146716</t>
+          <t>9786259575827</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ayşe / Bir Kur’an Mangası</t>
+          <t>Allah’ım Ben Geldim</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256146662</t>
+          <t>9786259575834</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Minikler İçin Ramazan</t>
+          <t>Bir Siyer Mangası: Beklenen - 2</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256146648</t>
+          <t>9786259575810</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Okul Günlükleri / Kayıp Kral Sephyra</t>
+          <t>Fıtrat Pedagojisi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256146631</t>
+          <t>9786259575803</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Elektrikler Gitti!</t>
+          <t>Korkutarak Değil Sevdirerek Din Eğitimi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256146624</t>
+          <t>9786256146693</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kasaba Dedektifi / Operasyon: Not Peşinde</t>
+          <t>Esmâ-i Hüsnâ Gezegeni</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256146655</t>
+          <t>9786256146730</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Taş Tepelerin Gizemi - Kaşifler Taş Tepelerde</t>
+          <t>Niyazi / Neffis Bir Plan</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256146617</t>
+          <t>9786256146679</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Robotikuş-2 / Denizaltı Macera Gemisi</t>
+          <t>Cümbür Cemaat</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256146570</t>
+          <t>9786256146686</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Kardeş Geçinen Çocuklar Yetiştirmek</t>
+          <t>Namaz Psikolojisi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256146464</t>
+          <t>9786256146723</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sultan ve Dracula</t>
+          <t>Ayşe / Bir Oruç Mangası</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256146488</t>
+          <t>9786256146709</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sen Annen Değilsin</t>
+          <t>Ayşe / Bir Namaz Mangası</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256146471</t>
+          <t>9786256146716</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bu Şehirde Kimse Yok mu?</t>
+          <t>Ayşe / Bir Kur’an Mangası</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256146457</t>
+          <t>9786256146662</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bir Siyer Mangası: Beklenen-1</t>
+          <t>Minikler İçin Ramazan</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256146426</t>
+          <t>9786256146648</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Keşfediyorum</t>
+          <t>Okul Günlükleri / Kayıp Kral Sephyra</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256146433</t>
+          <t>9786256146631</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kırıldığın Yerden Güçlen</t>
+          <t>Eyvah Elektrikler Gitti!</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256146440</t>
+          <t>9786256146624</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimin Ev Hali</t>
+          <t>Kasaba Dedektifi / Operasyon: Not Peşinde</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256146419</t>
+          <t>9786256146655</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bağırmayan Çocuklar</t>
+          <t>Taş Tepelerin Gizemi - Kaşifler Taş Tepelerde</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256146396</t>
+          <t>9786256146617</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir Genç Kızın Büyüme Rehberi (Tırtıldan Kelebeğe)</t>
+          <t>Robotikuş-2 / Denizaltı Macera Gemisi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256146402</t>
+          <t>9786256146570</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bir Delikanlının Büyüme Rehberi (Larvadan Kurbağaya)</t>
+          <t>Kardeş Kardeş Geçinen Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256146389</t>
+          <t>9786256146464</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetiyle Barışık Çocuklar Yetiştirmek (Kız Gibi Kızlar, Erkek Gibi Erkekler)</t>
+          <t>Sultan ve Dracula</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259809274</t>
+          <t>9786256146488</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Ben Bir Erkek Çocuğuyum</t>
+          <t>Sen Annen Değilsin</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259809281</t>
+          <t>9786256146471</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Ben Bir Kız Çocuğuyum</t>
+          <t>Bu Şehirde Kimse Yok mu?</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259809267</t>
+          <t>9786256146457</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Annemin Sır Dolu Çekmecesi</t>
+          <t>Bir Siyer Mangası: Beklenen-1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259809229</t>
+          <t>9786256146426</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hayal Atlası</t>
+          <t>Çocuğumu Keşfediyorum</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259809243</t>
+          <t>9786256146433</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İnternet Gezegeni</t>
+          <t>Kırıldığın Yerden Güçlen</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259809250</t>
+          <t>9786256146440</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sıkıntıdan Patlayacağım Sınıfı</t>
+          <t>Peygamberimin Ev Hali</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259809236</t>
+          <t>9786256146419</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Çarşı - Esrarengiz Simitçinin İzinde</t>
+          <t>Bağırmayan Çocuklar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259467894</t>
+          <t>9786256146396</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Utangaç Deve Kuşunu Nasıl Eğitirsin?</t>
+          <t>Bir Genç Kızın Büyüme Rehberi (Tırtıldan Kelebeğe)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259467887</t>
+          <t>9786256146402</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Öfkeli Ejderhayı Nasıl Eğitirsin?</t>
+          <t>Bir Delikanlının Büyüme Rehberi (Larvadan Kurbağaya)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259467870</t>
+          <t>9786256146389</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Korkak Tavuğu Nasıl Eğitirsin?</t>
+          <t>Cinsiyetiyle Barışık Çocuklar Yetiştirmek (Kız Gibi Kızlar, Erkek Gibi Erkekler)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259809205</t>
+          <t>9786259809274</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Gamlı Baykuşu Nasıl Eğitirsin?</t>
+          <t>İyi ki Ben Bir Erkek Çocuğuyum</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259809212</t>
+          <t>9786259809281</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Kıskanç Kanguruyu Nasıl Eğitirsin?</t>
+          <t>İyi ki Ben Bir Kız Çocuğuyum</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259467856</t>
+          <t>9786259809267</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya’dan Kimler Kimler Geçti?</t>
+          <t>Annemin Sır Dolu Çekmecesi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259467849</t>
+          <t>9786259809229</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Robotikuş - Uzay Gözetleme Kulesi</t>
+          <t>Hayal Atlası</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259467818</t>
+          <t>9786259809243</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Anne, Allah Nerede?</t>
+          <t>İnternet Gezegeni</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259467825</t>
+          <t>9786259809250</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Allah Ol Deyince</t>
+          <t>Sıkıntıdan Patlayacağım Sınıfı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786259467832</t>
+          <t>9786259809236</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Çarpı 2</t>
+          <t>Gizemli Çarşı - Esrarengiz Simitçinin İzinde</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259467801</t>
+          <t>9786259467894</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş - Ya Varsın Ya Yoksun</t>
+          <t>İçindeki Utangaç Deve Kuşunu Nasıl Eğitirsin?</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259897998</t>
+          <t>9786259467887</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kafamın İçi - Fatih Sultan Mehmet</t>
+          <t>İçindeki Öfkeli Ejderhayı Nasıl Eğitirsin?</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786259872810</t>
+          <t>9786259467870</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>O'nu (s.a.v.) Kalbinle Dinle - Mekke Günleri</t>
+          <t>İçindeki Korkak Tavuğu Nasıl Eğitirsin?</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786259872858</t>
+          <t>9786259809205</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Herkes O'nu (s.a.v.) Anlatıyor - 2 Kızları</t>
+          <t>İçindeki Gamlı Baykuşu Nasıl Eğitirsin?</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786259872896</t>
+          <t>9786259809212</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirici Zeka Oyunu Resfebe Ramazan'a Özel Kırk Hadis</t>
+          <t>İçindeki Kıskanç Kanguruyu Nasıl Eğitirsin?</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786259872865</t>
+          <t>9786259467856</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ailece Ramazan Muhabbetleri (Ciltli)</t>
+          <t>Ayasofya’dan Kimler Kimler Geçti?</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786259872841</t>
+          <t>9786259467849</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Vakti Sünnetleri</t>
+          <t>Robotikuş - Uzay Gözetleme Kulesi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259872872</t>
+          <t>9786259467818</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sille-2</t>
+          <t>Anne, Allah Nerede?</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259872889</t>
+          <t>9786259467825</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Aç Niyazi</t>
+          <t>Allah Ol Deyince</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>4440000004254</t>
+          <t>9786259467832</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Seti</t>
+          <t>Çarpı 2</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259872827</t>
+          <t>9786259467801</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Minikler İçin Simgelerimiz</t>
+          <t>Seçilmiş - Ya Varsın Ya Yoksun</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259872834</t>
+          <t>9786259897998</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Gizli Kelimesi</t>
+          <t>Kafamın İçi - Fatih Sultan Mehmet</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786259872803</t>
+          <t>9786259872810</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kandiller Geldiğinde</t>
+          <t>O'nu (s.a.v.) Kalbinle Dinle - Mekke Günleri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259897974</t>
+          <t>9786259872858</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ben Kudüs’te Bir Güzel</t>
+          <t>Herkes O'nu (s.a.v.) Anlatıyor - 2 Kızları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259897967</t>
+          <t>9786259872896</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Minikler İçin Mescitlerimiz</t>
+          <t>Dikkat Geliştirici Zeka Oyunu Resfebe Ramazan'a Özel Kırk Hadis</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259897981</t>
+          <t>9786259872865</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Bir Yer Var</t>
+          <t>Ailece Ramazan Muhabbetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259897936</t>
+          <t>9786259872841</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Eril Dişil Bilgeliği</t>
+          <t>Ramazan Vakti Sünnetleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786259897950</t>
+          <t>9786259872872</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte Şehvet Şefkat Dengesi</t>
+          <t>Sille-2</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786259897943</t>
+          <t>9786259872889</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kem Küm</t>
+          <t>Aç Niyazi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786259897929</t>
+          <t>4440000004254</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Doğadaki Aile</t>
+          <t>Gençlik Seti</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786259897912</t>
+          <t>9786259872827</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı, Ahlaklı ve Mutlu Kız Çocuğu Yetiştirmek</t>
+          <t>Minikler İçin Simgelerimiz</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786259938493</t>
+          <t>9786259872834</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sille</t>
+          <t>Dünyanın En Gizli Kelimesi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786259897905</t>
+          <t>9786259872803</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kıl Niyazi</t>
+          <t>Kandiller Geldiğinde</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786259938400</t>
+          <t>9786259897974</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Herkes O’nu Anlatıyor 1 - Ailesi</t>
+          <t>Ben Kudüs’te Bir Güzel</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786259938448</t>
+          <t>9786259897967</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yemek Vakti Sünnetleri</t>
+          <t>Minikler İçin Mescitlerimiz</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786259938431</t>
+          <t>9786259897981</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Uyku Vakti Sünnetleri</t>
+          <t>Aklımda Bir Yer Var</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786259938424</t>
+          <t>9786259897936</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Peygamberime Benziyorum 3’lü Set</t>
+          <t>Eril Dişil Bilgeliği</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786259938417</t>
+          <t>9786259897950</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Okul Vakti Sünnetleri</t>
+          <t>Evlilikte Şehvet Şefkat Dengesi</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786259938486</t>
+          <t>9786259897943</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma Günlüğü</t>
+          <t>Kem Küm</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786259938479</t>
+          <t>9786259897929</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Zamansızlık Kapsülü</t>
+          <t>Doğadaki Aile</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
+          <t>9786259897912</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı, Ahlaklı ve Mutlu Kız Çocuğu Yetiştirmek</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786259938493</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Sille</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786259897905</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Kıl Niyazi</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786259938400</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Herkes O’nu Anlatıyor 1 - Ailesi</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786259938448</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Yemek Vakti Sünnetleri</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786259938431</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Uyku Vakti Sünnetleri</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786259938424</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberime Benziyorum 3’lü Set</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786259938417</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Okul Vakti Sünnetleri</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786259938486</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Bağlanma Günlüğü</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786259938479</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Zamansızlık Kapsülü</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
           <t>9786259938455</t>
         </is>
       </c>
-      <c r="B134" s="1" t="inlineStr">
+      <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Minikler İçin Peygamberimiz</t>
         </is>
       </c>
-      <c r="C134" s="1">
-        <v>250</v>
+      <c r="C144" s="1">
+        <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>