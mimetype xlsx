--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,415 +85,910 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789754502671</t>
+          <t>9789754501841</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Sureleri ve Faziletleri</t>
+          <t>Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>225</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789754502367</t>
+          <t>3990000041289</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali (Gençler İçin)</t>
+          <t>Kütüb-i Sitte’den 1001 Hadis</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789754502718</t>
+          <t>9789754504323</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hutbeler</t>
+          <t>Hz. Hasan ve Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789754502701</t>
+          <t>9789754504576</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Cinler Alemi</t>
+          <t>Ölüm ve Ötesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789754504897</t>
+          <t>3990000026181</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ehli Beyt'in Mübarek Hanımları</t>
+          <t>İslam İlmihali</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>225</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>3990000077100</t>
+          <t>9789754502473</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>225</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789754502756</t>
+          <t>9789754504286</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Kişisel Özellikleri</t>
+          <t>Üç Aylar Mübarek Gün ve Geceler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>225</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789754502886</t>
+          <t>9789754503708</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Namaz Hocası</t>
+          <t>Türk Mutfağından En Lezzetli Yemek ve Tatlı Tarifleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>225</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>3990000002487</t>
+          <t>9789754503739</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kadın İlmihali</t>
+          <t>Sorulu - Cevaplı Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>225</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789754501995</t>
+          <t>9789754502305</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Göre Evlilik ve Cinsel Meseleler</t>
+          <t>Peygamberlerin Mucizeleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>225</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>3990000015541</t>
+          <t>3990000015594</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hayatü’s Sahabe</t>
+          <t>Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>225</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789754501179</t>
+          <t>9789754502213</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Seçme Hikayeler</t>
+          <t>Ölüm ve Ötesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>225</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789754501162</t>
+          <t>9789754503722</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Çocuk İsimleri</t>
+          <t>Nasreddin Hoca’dan En Güzel Fıkralar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754502190</t>
+          <t>9789754503692</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Büyük Günahlar</t>
+          <t>Mezhebler Tarihi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789754504293</t>
+          <t>9789754502497</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Adab-ı Muaşeret</t>
+          <t>Mesnevi’den Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>225</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789754503715</t>
+          <t>9789754502220</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis</t>
+          <t>Şifalı Bitkiler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>225</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789754502336</t>
+          <t>9789754502466</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hz. Fatıma'tüz Zehra</t>
+          <t>Kıyamet Alametleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>225</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789754502596</t>
+          <t>9789754502459</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Esmaül Hüsna (Ciltli)</t>
+          <t>İslam’da Evlilik ve Cinsel Meseleler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789754502534</t>
+          <t>9789754502237</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Büyük Dua Kitabı</t>
+          <t>İslamda Burçlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>225</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789754500240</t>
+          <t>3999554141021</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yemen İllerinde Veysel Karani</t>
+          <t>Hz. Fatımatüzzehra</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789754502565</t>
+          <t>9789754502572</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Osman</t>
+          <t>Hazreti Ömer</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789754502558</t>
+          <t>9789754502589</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali</t>
+          <t>Hazreti Ebubekir</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789754502244</t>
+          <t>9789754502664</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Büyük Rüya Tabirleri Ansiklopedisi</t>
+          <t>Hanım Sahabeler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>175</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789754504361</t>
+          <t>3990000015593</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitimi El Kitabı</t>
+          <t>Gül Peygamberimiz Hz. Muhammed (S.A.V)’in Hayatı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
+          <t>9789754501285</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Gıybet</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9789754502725</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Seçme İlahiler</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>8.8</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9789754502206</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Dini Hikayeler</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>8.8</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9789754502480</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Ehli Beyt’in Mübarek Hanımları</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>14.35</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9789754503548</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Dört Büyük Halife</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>14.35</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9789754502329</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Ashab-ı Kehf</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>14.35</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>3990054503746</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Altın Öğütler</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9789754500332</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Şeytanın Tuzakları</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9789754502381</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Tarihe Şan Verenler</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>8.8</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9789754502671</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an-ı Kerim Sureleri ve Faziletleri</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9789754502367</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>İslam İlmihali (Gençler İçin)</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9789754502718</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Hutbeler</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9789754502701</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Cinler Alemi</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9789754504897</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Ehli Beyt'in Mübarek Hanımları</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>3990000077100</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberler Tarihi</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9789754502756</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Kişisel Özellikleri</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9789754502886</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Namaz Hocası</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>3990000002487</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Kadın İlmihali</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9789754501995</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>İslam'a Göre Evlilik ve Cinsel Meseleler</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>3990000015541</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Hayatü’s Sahabe</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9789754501179</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Ömer Seyfettin Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9789754501162</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Çocuk İsimleri</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9789754502190</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Günahlar</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9789754504293</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Adab-ı Muaşeret</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9789754503715</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>40 Hadis</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9789754502336</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Fatıma'tüz Zehra</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9789754502596</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Esmaül Hüsna (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9789754502534</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Dua Kitabı</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789754500240</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Yemen İllerinde Veysel Karani</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9789754502565</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Hazreti Osman</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9789754502558</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Hazreti Ali</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9789754502244</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Rüya Tabirleri Ansiklopedisi</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9789754504361</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Eğitimi El Kitabı</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
           <t>9789754502350</t>
         </is>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Asr-ı Saadette İslam Şehitleri</t>
         </is>
       </c>
-      <c r="C26" s="1">
+      <c r="C59" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>