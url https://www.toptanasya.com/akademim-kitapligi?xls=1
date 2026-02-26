--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,835 +85,1075 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259673400</t>
+          <t>9786259258355</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Ekonomi</t>
+          <t>Estetiğin Tarihi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259789583</t>
+          <t>9786259258300</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji ve Feminizm: Felsefi Bir Giriş</t>
+          <t>Aralık ve Meydan: Heidegger’den Sonra Konuşmanın ve Mekanın Topolojisi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259789576</t>
+          <t>9786259258348</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo: Bir Kuklanın İki Kez Yorumlanan ve Üç Kez Resmedilen Maceraları</t>
+          <t>Nova Historia: Bilimkurgudaki Tarihin Harikaları</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259411163</t>
+          <t>9786259258331</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Boşluk ve Nefret</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259789521</t>
+          <t>9786259789545</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Transhümanizm</t>
+          <t>Topofreni: Yer, Anlatı ve Mekânsal İmgelem</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259789569</t>
+          <t>9786259258317</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aynılığın Tekrarından Biricikliğin Büyüsüne</t>
+          <t>Analitik Felsefe Yazıları: Temel Sorunlar Üzerine Bazı Tartışmalar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259789552</t>
+          <t>9786259673493</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gemicinin Düğümü</t>
+          <t>Şizofreni Fenomenolojisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259789538</t>
+          <t>9786259673486</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Timaios Okumaları: Khōra, Matematik, Göstergebilim</t>
+          <t>Ahlakın Metafiziğine Temellendirme</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259485171</t>
+          <t>9786259673479</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Militanın Bir Günü</t>
+          <t>İmaj Üzerine</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057181053</t>
+          <t>9786259967509</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Filozofun Dizeleri</t>
+          <t>Asla Okuyamayacağınız 101 Kitap</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259789514</t>
+          <t>9786259673431</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Pessoa: Personæ</t>
+          <t>Günümüzdeki Hoşnutsuzlukların Sebebi Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259485195</t>
+          <t>9786259673448</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Felsefesi Problemleri: Yazı, Bellek, Dikkat</t>
+          <t>Doğal Toplumun Savunusu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259485188</t>
+          <t>9786259673424</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Irk ve Demokratik Toplum</t>
+          <t>Ludoloji: Video Oyunları Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259485119</t>
+          <t>9786259673455</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein ya da Modern Prometheus</t>
+          <t>Macbeth Tragedyası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259485140</t>
+          <t>9786259673417</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Depresyon Fenomenolojisi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259485164</t>
+          <t>9786259789590</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Bekçileri</t>
+          <t>Tekil ve Çoğul: Semiyotik Bağlantılar</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259485157</t>
+          <t>9786259673400</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Canlı Madde: Şeylerin Politik Ekolojisi</t>
+          <t>Kadın ve Ekonomi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259485133</t>
+          <t>9786259789583</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Küresel Modernite</t>
+          <t>Biyoloji ve Feminizm: Felsefi Bir Giriş</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259485126</t>
+          <t>9786259789576</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İnsanca, Pek İnsanca</t>
+          <t>Pinokyo: Bir Kuklanın İki Kez Yorumlanan ve Üç Kez Resmedilen Maceraları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259411187</t>
+          <t>9786259411163</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gilbert Simondon: Bireyleşme Felsefesi</t>
+          <t>Boşluk ve Nefret</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259411194</t>
+          <t>9786259789521</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mitolojiye Giriş</t>
+          <t>Transhümanizm</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259485102</t>
+          <t>9786259789569</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Mitolojisi: Ritüeller, İnançlar, Mitler</t>
+          <t>Aynılığın Tekrarından Biricikliğin Büyüsüne</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259411118</t>
+          <t>9786259789552</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Analitik Felsefeyi Tanımak: Seçilmiş Metinler Üzerine Okuma Rehberi</t>
+          <t>Gemicinin Düğümü</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259411170</t>
+          <t>9786259789538</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Modernlerinki ile Karşılaştırıldığında Antik Çağ’dakilerin Özgürlüğü Üzerine</t>
+          <t>Timaios Okumaları: Khōra, Matematik, Göstergebilim</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259967530</t>
+          <t>9786259485171</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sanat Felsefesi ve Sinema Sanatı</t>
+          <t>Felsefi Militanın Bir Günü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259967585</t>
+          <t>9786057181053</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Marksizm: Düşlerden Gerçeğe</t>
+          <t>Bir Filozofun Dizeleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259411156</t>
+          <t>9786259789514</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Pessoa: Personæ</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259411149</t>
+          <t>9786259485195</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Ötesi Anlamda Doğru ve Yalan - Müzik ve Söz</t>
+          <t>Teknoloji Felsefesi Problemleri: Yazı, Bellek, Dikkat</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259967516</t>
+          <t>9786259485188</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dolaylı Hayvan: İnsanın Metaforları</t>
+          <t>Irk ve Demokratik Toplum</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259411132</t>
+          <t>9786259485119</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Sınırları: Bilim Neyi, Ne Kadar, Nasıl Bilebilir?</t>
+          <t>Frankenstein ya da Modern Prometheus</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259411101</t>
+          <t>9786259485140</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Anlam Üreten İnsan: Italo Calvino</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259967592</t>
+          <t>9786259485164</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hayaletbilim: Gündelik Hayatın Yapısökümü</t>
+          <t>Zihnin Bekçileri</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259411125</t>
+          <t>9786259485157</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Başkaldırı: Şiir ve Finans Üzerine</t>
+          <t>Canlı Madde: Şeylerin Politik Ekolojisi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057181091</t>
+          <t>9786259485133</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Narkissos: Yüzün Veçheleri Yüzün Peçeleri</t>
+          <t>Küresel Modernite</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259967578</t>
+          <t>9786259485126</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Daimonik Alan: Sonu Gelmeyen Çağ</t>
+          <t>İnsanca, Pek İnsanca</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259967554</t>
+          <t>9786259411187</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Klinik ve Kritik: Tıp ve Etrafı</t>
+          <t>Gilbert Simondon: Bireyleşme Felsefesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259967561</t>
+          <t>9786259411194</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ötanazi Etiği: Onurlu Ölüm Hakkı Nasıl Savunulabilir?</t>
+          <t>Mitolojiye Giriş</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259967547</t>
+          <t>9786259485102</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mesih Karşıtı: Hıristiyanlığa Lanet</t>
+          <t>Ağaç Mitolojisi: Ritüeller, İnançlar, Mitler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259967523</t>
+          <t>9786259411118</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Sonrası Olaylar ve Nesneler</t>
+          <t>Analitik Felsefeyi Tanımak: Seçilmiş Metinler Üzerine Okuma Rehberi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057181084</t>
+          <t>9786259411170</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Erkeğin ve Kadının Dini</t>
+          <t>Modernlerinki ile Karşılaştırıldığında Antik Çağ’dakilerin Özgürlüğü Üzerine</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057181077</t>
+          <t>9786259967530</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Mücadelesi Yolunda</t>
+          <t>Sanat Felsefesi ve Sinema Sanatı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057181060</t>
+          <t>9786259967585</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İnsanların ve Hayvanların Dünyasında Gezintiler: Görünmeyen Dünyaların Resimli Kitabı</t>
+          <t>Yaşayan Marksizm: Düşlerden Gerçeğe</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057181046</t>
+          <t>9786259411156</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Sebep Olma ve Hayat Kurtarma</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057181039</t>
+          <t>9786259411149</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Veganlık: Siyaset, Pratik ve Kuram</t>
+          <t>Ahlak Ötesi Anlamda Doğru ve Yalan - Müzik ve Söz</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057181022</t>
+          <t>9786259967516</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ev: İşleri ve Etkileri</t>
+          <t>Dolaylı Hayvan: İnsanın Metaforları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057181015</t>
+          <t>9786259411132</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yogaya Giriş</t>
+          <t>Bilimin Sınırları: Bilim Neyi, Ne Kadar, Nasıl Bilebilir?</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057181008</t>
+          <t>9786259411101</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Din ve Felsefe</t>
+          <t>Anlam Üreten İnsan: Italo Calvino</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057106551</t>
+          <t>9786259967592</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Erkek Yapımı Dünya: Bizim Androsentrik Kültürümüz</t>
+          <t>Hayaletbilim: Gündelik Hayatın Yapısökümü</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057106544</t>
+          <t>9786259411125</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Teknik - Yaşam Felsefesine Bir Katkı</t>
+          <t>Başkaldırı: Şiir ve Finans Üzerine</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057106537</t>
+          <t>9786057181091</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İlkel İnsanın Zihni</t>
+          <t>Aynadaki Narkissos: Yüzün Veçheleri Yüzün Peçeleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057106520</t>
+          <t>9786259967578</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hasrete Sarınmışım</t>
+          <t>Daimonik Alan: Sonu Gelmeyen Çağ</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057106513</t>
+          <t>9786259967554</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Antonia Pozzi</t>
+          <t>Klinik ve Kritik: Tıp ve Etrafı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
+          <t>9786259967561</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Ötanazi Etiği: Onurlu Ölüm Hakkı Nasıl Savunulabilir?</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786259967547</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Mesih Karşıtı: Hıristiyanlığa Lanet</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786259967523</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Hakikat Sonrası Olaylar ve Nesneler</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786057181084</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Erkeğin ve Kadının Dini</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786057181077</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Kadınların Mücadelesi Yolunda</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786057181060</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>İnsanların ve Hayvanların Dünyasında Gezintiler: Görünmeyen Dünyaların Resimli Kitabı</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786057181046</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Ölüme Sebep Olma ve Hayat Kurtarma</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786057181039</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Veganlık: Siyaset, Pratik ve Kuram</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786057181022</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Ev: İşleri ve Etkileri</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786057181015</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Yogaya Giriş</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786057181008</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Din ve Felsefe</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786057106551</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Erkek Yapımı Dünya: Bizim Androsentrik Kültürümüz</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786057106544</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>İnsan ve Teknik - Yaşam Felsefesine Bir Katkı</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786057106537</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>İlkel İnsanın Zihni</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786057106520</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Hasrete Sarınmışım</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786057106513</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Antonia Pozzi</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
           <t>9786057106506</t>
         </is>
       </c>
-      <c r="B54" s="1" t="inlineStr">
+      <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Irmak Kitabı</t>
         </is>
       </c>
-      <c r="C54" s="1">
+      <c r="C70" s="1">
         <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>