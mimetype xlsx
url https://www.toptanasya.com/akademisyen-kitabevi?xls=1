--- v0 (2026-01-18)
+++ v1 (2026-03-19)
@@ -85,205 +85,41395 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786253758837</t>
+          <t>9786253759360</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Lisansüstü Eğitimde Disiplinlerarasılık</t>
+          <t>Kendi Kendine Osmanlıca Öğrenme Rehberi: Yapay Zeka Destekli Hibrit Öğrenme Modeli</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>325</v>
+        <v>775</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786253758219</t>
+          <t>9786253759254</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Spor Kulüplerinin Yapılanması, Yönetimi ve Dönüşümü (1923–2025)</t>
+          <t>Kur’an ve Bilimin Işığında Mekan - Zaman Gizemi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>500</v>
+        <v>950</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786253757939</t>
+          <t>9786253759261</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Güzel İnsan</t>
+          <t>Kadim Kültürler Varlık Varoluş Sırları (Din, Bilim ve Felsefede)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786253757823</t>
+          <t>9786253759513</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Hayvanlarda Beslenme ile İlişkili Metabolik Durumlar</t>
+          <t>Sosyal Medya Bağımlılığında Psikoeğitim El Kitabı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>600</v>
+        <v>275</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786253758141</t>
+          <t>9786253759506</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Spor Psikolojisi</t>
+          <t>Trikotillomani (Saç Yolma Bozukluğu)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786253756437</t>
+          <t>9786253757809</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşme Sürecinde Sürdürülebilir Kalkınmayı Destekleyen Okuryazarlıklar</t>
+          <t>Ulu'l-Emr Kavramının Kelami Yorumu: Nisa Suresi 4/59. Ayeti Bağlamında Sahabe Dönemi Siyasi Olayları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786253757649</t>
+          <t>9786253758189</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tabağımızdaki Gelecek: Sürdürebilir Beslenmeye Akademik Yaklaşım</t>
+          <t>Molecular Mechanisms of Cell Death: Implications for Disease Pathogenesis</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786253757519</t>
+          <t>9786253759483</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kamu Spor Örgütlerinde Örgütsel Sıkılık - Esneklik ve Algılanan Liyakatin Örgütsel Çeviklik Üzerine Etkileri</t>
+          <t>Tanzimat’tan II. Meşrutiyet’e Osmanlı’da Sürgün ve Taşra Güvenlik Rejimi Erzurum Vilayeti Örneği</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786253758172</t>
+          <t>9786253759407</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Dayanıklılık ve Proaktif Kişiliğin Taekwondo Performansına Çok Boyutlu Etkisi</t>
+          <t>Kadının Ruh Sağlığına Derin Bir Yolculuk</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786253757953</t>
+          <t>9786253759575</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kelam ve Ahlak Açısından Esma-i Hüsna</t>
+          <t>The Inner Sanctuary A Life Guide to the Wisdom of the Body and Peace of Mind</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
+          <t>9786253759292</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>İçsel Sığınak Bedenin Bilgeliği ve Zihnin Huzuru İçin Bir Yaşam Rehberi</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786253757878</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Döneminde Hareketin Gücü</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786253759315</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Halkla İlişkiler Perspektifinden Dijital Krizler: Kuram, Strateji ve Güncel Vaka Analizleri</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786253758615</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Balık Besleme ve Beslenme Hastalıkları</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786253758790</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Veteriner Zootekni - 1</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786253759353</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Kalite Mühendisleri için Minitab® Uygulamalı İstatistiksel Kalite Kontrol</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786253759278</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Uyumun Bağlamsal Doğası</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786253758486</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Ragıb El-İsfahani’nin Sebeb-i Nüzul Rivayetlerine Yaklaşımı</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786253758639</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Global Perspectives In Educational Research 2</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786253759193</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Hasta ve Yakınları İçin Onkoloji Rehberi</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786253758622</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Moleküler Spektroskopinin Temel Prensipleri ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786253757861</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Pazarlama Yönetimi</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786253758356</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>KBRN Tehditlerine Bilimsel Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786253757885</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Mevdudi’nin Kıssalara Yaklaşımı: Hz. Musa Kıssası Örneği</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786253759186</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Güç ve Meşruiyet Zemininde Otorite Arayışı</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786253758530</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>İş Yaşamında Yalnızlık</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786253758387</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>IOT Ortamlarında WEKA İle Karar Ağaçları Tabanlı Edge Düzeyinde Veri İşleme</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786253758783</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Kablosuz Algılayıcı Ağlarda Yeni Bir Kümeleme Algoritması</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786253758554</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>OpenITI Tabanlı RAG Sistemi İle Doğal Dil İşleme</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786253758868</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>İki Işık Bir Aşk… Aşkın Yörüngesi Çorlulu Zarifi ve Mihr ü Mah Mesnevisi</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786253758608</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimlerinde Sağlık, Performans ve Toplumsal Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786253758875</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Flüt &amp; Gitar İçin Türk Müziği Düzenlemeleri</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786253758134</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Hizmet Kurumlarında Yönetim</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786253758073</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Her Yönüyle Evlat Edinme Kitabı</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786253758363</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Oyunlarla Basketbol</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786253758004</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Kent Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786253757755</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>İç Mekan Bitkileri</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786253757403</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Türklerde Kuşak Güreşi</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786253758011</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Etik Multidisipliner Bakış</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786253758899</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Süleyman Bahri Hare (Tekellümi Hikaye)</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786253759001</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Döner Kebabın Gastronomisi</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786253758332</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Su Kirliliği Kontrolünde Biyolojik Prosesler (Cilt 1)</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786253757625</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Ameliyat Oldum Ne Zaman Spora Başlayabilirim?</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786253757748</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Ayrılık Arada Yaman Olmasın</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786253758318</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Konuşma Eğitiminde Duygusal Prozodi: Nörodilbilimsel Bir Bakış</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786253758585</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>İslam Filozoflarında Bilim Sınıflaması ve Sosyoloji Anlayışı</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786253759032</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Futbolda Life Kinetik Antrenmanlar</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786253758080</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Afet Yönetimi Perspektifinden Orman Yangınları</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786253758769</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Bitki Doku Kültürü Temel Prensipleri ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786253756338</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Özbek Edebiyatının Bir Fedaisi Usman Azim</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786253758295</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Kanatlı Hayvan Beslemede Yağların Metabolizması ve Pratikte Kullanımı</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786253757984</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Eleştirel Yaklaşımlar ve Analizler</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786253758097</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Hizmetlerinde Alternatif Bakım Modelleri</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786253757700</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Yemler Bilgisi ve Teknolojisi</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786253758837</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Lisansüstü Eğitimde Disiplinlerarasılık</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786253758219</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Spor Kulüplerinin Yapılanması, Yönetimi ve Dönüşümü (1923–2025)</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786253757939</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Güzel İnsan</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786253757823</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Kanatlı Hayvanlarda Beslenme ile İlişkili Metabolik Durumlar</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786253758141</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Spor Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786253756437</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Dijitalleşme Sürecinde Sürdürülebilir Kalkınmayı Destekleyen Okuryazarlıklar</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786253757649</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Tabağımızdaki Gelecek: Sürdürebilir Beslenmeye Akademik Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786253757519</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Kamu Spor Örgütlerinde Örgütsel Sıkılık - Esneklik ve Algılanan Liyakatin Örgütsel Çeviklik Üzerine Etkileri</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786253758172</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Dayanıklılık ve Proaktif Kişiliğin Taekwondo Performansına Çok Boyutlu Etkisi</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786253757953</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Kelam ve Ahlak Açısından Esma-i Hüsna</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
           <t>9786253758417</t>
         </is>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Kayakla Atlama Sporu: Temel Kavramlar ve Performans Analizi</t>
         </is>
       </c>
-      <c r="C12" s="1">
-        <v>250</v>
+      <c r="C66" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786253756147</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>THANATOS Modern Adli Tıpta Ölüm ve Ötesi Eğitim ve Araştırma için Bir Ders Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>2312.5</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786253757854</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Numune Çiftlikleri Osmanlı Devleti’nde Modern Tarıma Geçiş</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>468.75</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786253758158</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Biyoetik Açıdan İnsan Doğası</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>218.75</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786253757694</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Tarımsal Araştırmalar 3</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>468.75</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786253757991</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal Sürdürülebilirlik Performansını Etkileyen Faktörler</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>468.75</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786253757564</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>A Comparatistics Tour On The Wings Of Hezarfen</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786253757533</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Algorithmic Trust: AI, Blockchain, and the Reinvention of Insurance</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786253757663</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Futbolda Yetenek Seçiminde Biyolojik Yatkınlık Yeterli mi?</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786253757472</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Tarım Tarihi</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786253757922</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Akıllı Perakende Teknolojileri ve Algılanan Değer: Koşullu Süreç Analizi Örneği</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786253756697</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Sebze Üretim Bilimi ve Teknolojisi</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786253757601</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Nadir Toprak Elementleri ve Geleceği</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786253757656</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Genel Turizm</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786253757731</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Propaganda ve Aşırılık</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786253757571</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’den ABD’ye Göç Sürecinde Göçmen Ağlarının Rolü: Giresun Yağlıdereliler Örneği</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>406.25</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786253757618</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Dil Öğretiminde İletişimsel Yetkinlikler ve Teknoloji Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786253757632</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>İslam Aile Hukukunda Eşler Arası Uyuşmazlığın Mahkeme Dışı Yöntemlerle Giderilmesi</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786253757397</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Toprak Kirliliği</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>1562.5</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786253757847</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Dünya Düzeninde Girişimcilik</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786253757724</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Genel Hatlarıyla İletişim</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786253757717</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Sporun Manevi Yolu Ritüellerin Gücü</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786253757595</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Dil Eğitiminde Okunabilirlik Araştırmaları I</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>406.25</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786253756833</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Cumhuriyeti Tarihinde Eğitim Araştırmaları (1923-1960)</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786253756055</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Artificial Intelligence’s Reproduction of Big Data-Based Race and Ethnicity Discrimination: An Evaluation via Google Search Engine</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786253752057</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Günümüz Türk Akademisyen Sanatçı Seçkileri - Resim</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786253757168</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Güreşçilerde Performans Destekleyici Beslenme ve Takviye Stratejileri</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786253757557</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Erdemli İnsana Övgü</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786253751807</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlar Alanında Seramik ve Cam Üzerine Yaklaşımlar 8</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786253752491</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Alanında Disiplinlerarası Yaklaşımlar 2</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786253757441</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Liminal Identities and Cultural Hybridity of Third World Women in Women’s Narratives</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786253757052</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Kuvvetin Bilimsel Temelleri ve Uygulamadaki Yansımaları</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786253756413</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>At Kazaları ve İlk Yardım</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786253756765</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Bilinçli Ebeveyn, Sağlıklı Nesiller: Anne Karnından Okula Sağlıkla Büyüyorum</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>812.5</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786253757588</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Stratejik Planlamanın Esasları</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786253757410</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Yönleriyle Lahanagil Grubu Sebzeler</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786253757236</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Krizler ve Dönüşümler Çağında Mekansal Çalışmalar</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>937.5</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786253757069</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Besleme Fizyolojisi ve Metabolizma</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>812.5</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786253757076</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Gelişim Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786253757038</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Havuz Oyunları</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786253756277</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Veteriner Halk Sağlığı</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786253756482</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Veteriner Reçete - Büyük Hayvan İç Hastalıkları</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786253756260</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Özel Eğitim</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>812.5</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786253757267</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Sanatlar Alanında Güncel Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786253757298</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>İşverenler Ne Bekliyor? Gençler Ne İstiyor?</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786253756857</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Milli Mücadele’de Milletin Sesi Olarak Mitingler</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786253754938</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Brain and Exercise</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>937.5</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786253756376</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Toprak Bilgisi</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786253757427</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Deprem ve İstanbul Gerçeği</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>218.75</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786253756321</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>İngiliz Arşiv Belgelerinde Osmanlı-Karadağ İlişkileri (1857-1859)</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786253756383</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal-Duygusal Gelişim</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>687.5</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786253755218</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>LGS (Liselere Geçiş Sınavı) İngilizce Elit Soru Bankası – İkiz Sorular</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>937.5</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786253756475</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Endüstri İş ve Örgüt Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>1093.75</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786253756314</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>İçsel İklim Hormonlar ve Egzersiz</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>218.75</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786253756093</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Bağımlılıkta Önleme</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786253756567</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler Araştırmaları II</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786253755188</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlar Alanında Günümüz Cam-Seramik-Çini Sanatçı Seçkileri 4</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786253755195</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlar Alanında Günümüz Cam-Seramik-Çini Sanatçı Seçkileri 3</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786253756208</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Uzun Yaşam Diyeti</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786253755133</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Pirincin Tarihsel Yolculuğu ve Gizli Hazinesi</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786253755966</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Petrol Jeolojisinin Sedimantolojik ve Stratigrafik Unsurları</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786253756123</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Kırsal Kalkınmada Yerel Yönetimlerin Rolü Üzerine Bir Araştırma Şanlıurfa İli Bozova İlçesi Örneği</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786253756758</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Çevrimiçi Eğitim Ortamlarında Öğretmenlerin Sahip Olması Gereken Nitelikler</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786253999308</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>İş Dünyasında Sosyal Sürdürülebilirlik</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786253756451</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim, Araştırma ve Proje TÜBİTAK ve ERASMUS+ Perspektifleri</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786253756253</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Yapı Malzemeleri</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786253755843</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>A Functional Approach to Turkish Grammar Meaning, Usage, and Structure</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786253756369</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Training The Modern Translator: Cognitive Flexibility, Sociolinguistic Sensitivity and Technological Proficiency</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786253756741</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Kompozisyon Teknikleriyle Solo Piyano Albümü</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786253752576</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Özel Gereksinimli Bireylerde Dil ve Konuşma Bozukluklarına Yönelik Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786253755898</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dünyasında Geleneksel Gıdalar</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786253756086</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Ruminantların ve Domuzların Viral ve Prion Hastalıkları</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786253755553</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Beslenme Biyokimyası</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786253755935</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Temel Veteriner Anatomi ve Fizyoloji Kitabı</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786253755973</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Veteriner Anesteziyoloji ve Reanimasyon</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786253755393</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Gelişimsel Psikopatoloji</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>937.5</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786253756192</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Açık Alan Rekreasyonu ve Ekolojik Etkileşim</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786253756550</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Kırılgan Sektörlerin Mücadelesi: Türkiye’de Şirket İflaslarının Anatomisi</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786253756352</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Ombudsmanişim Giriş</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>218.75</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786253756581</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Spor Influencerlarının Tüketicilerin Satın Alma Davranışları Üzerindeki Etkisinin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786253755072</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu’da Hac Yolu Üzerindeki Arastalı Menzil Külliyeleri</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786253756161</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Yem Katkı Maddeleri</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786253755942</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Antropoloji Yeni Perspektifler</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>812.5</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786253756222</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Tolstoy'un Savaş ve Barış'ında Tarihsel Gerçeklerden Kurmacaya</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786253756246</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Dil Olarak Akademik Türkçe Öğretiminde Mühendislik Alanı Söz Varlığı</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786253756680</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Doğru Akım Devre Analizi</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786253752583</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Felsefenin Dansı</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>687.5</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786253755959</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Mimaride Kültür Hafızaları Seramik Panolar</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>2750</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786253756284</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Yemler Bilgisi ve Teknolojisi</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>843.75</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786253756406</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>İstatistik</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786253756239</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke ve Yöntemleri: Etkili Öğretim İçin Bir Yol Haritası</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786253755676</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Büyükbaş ve Küçükbaş Hayvanların Beslenmesi</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>937.5</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786253755928</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Program Geliştirme</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786253755386</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Mimari Eskiz El Kitabı</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786253755867</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Çayır Mera Yönetimi</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>468.75</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786253756185</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Adım Adım Ölçek Geliştirme: Teorikten Pratiğe</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786253756468</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>The Importance of Ottoman Archaeology in the Balkans</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786253751876</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlar Alanında Baskıresim Üzerine Yaklaşımlar - 2</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786253755812</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Herboloji (Yabancı Ot Bilimi)</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786253755645</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Şehir İlkeleri Barselona-Ankara</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786253755300</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Islahı</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786253756178</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Çine’de Ahilik Kültürü ve Ahmed Gazi</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>218.75</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786253756109</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Buhardan Algoritmalara</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786253755782</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Afad Arama Kurtarma Ekiplerinin Etkinlik Düzeyinin Değerlendirilmesi: Hatay Örneği</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786253756062</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Şen Oyun - Komedinin Dramaturgisi</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786253755744</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Fen Eğitimi Araştırmalarına Güncel Bakış XII</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786253755805</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Metal Toksikolojisi</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>1062.5</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786253756017</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Futbolcuların Dijital Oyun Oynama Davranışları ile Zihinsel Antrenman Düzeylerinin İncelenmesi: FIFA Oyun Örneği</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786253755874</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Strategies of Life Writing and Autofiction in Contemporary Novel: Reading Édouard Levé, Rachel Cusk, and Ayşegül Savaş</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786253755485</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Nitel Araştırmada Öznel Deneyimin Anlaşılması: Yorumlayıcı Fenomenolojik Analiz Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786253755652</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Down Sendromlu Bireylerde Judo Antrenman Programı ve Bazı Hematolojik Parametereler</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>187.5</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786253755683</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Herboloji (Yabancı Ot Bilimi)</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>1437.5</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786253755768</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Ticarette Filantropi: Kurumsal Tanınırlık ve Kurumsal İtibar İlişkisindeki Rolü</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786253755737</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Nietzsche ile Sanat Üzerine</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786253992613</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Anlatı Üzerine Anlatı Edebiyat Kuramı ve Eleştiri</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786253751012</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Öğrenciler için Mesleki Türkçe - I</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786253752125</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Öğrenciler için Mesleki Türkçe - II</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786253755546</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal ve Fen Eğitiminde Güncel Araştırmalar II</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786253754853</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Girişimcilik ve Network Marketing</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>406.25</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786253755515</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Sağlıkta Nanoteknoloji</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786253755690</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Bir Medeniyet Alternatifi Paylaşanlar Çağı Kapitalizmin Ötesi, Erdemle Kalkınmak</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786253755638</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Çocukta Dil Gelişimi</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786253755584</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Pandora'nın Kutusu Açılıyor</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786253751036</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Öğrenciler için Türk Dili - 2</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786253751029</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Öğrenciler için Türk Dili - 1</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786253755492</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Digital Addictions The Individual and Society in the Shadow of New Media</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786253755409</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Şehir ve Bölge Planlamaya Giriş</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786253755461</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Yapay Zeka: Dijital Çağın Anahtarı</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786253755454</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>İntrakranial Kanamalar</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786253755560</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Nesil Üniversitelerde İnovasyon Ekosistemi (Dönüşüm, Etki ve Gelecek.. )</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>456.25</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786253754648</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Felsefesi</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>468.75</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786253755522</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Karşılaştırmalı Hukukta Aile Arabuluculuğu</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>531.25</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786253754440</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojiye Giriş</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>1062.5</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786253755096</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Biyokimya - 1</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786253755478</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Spor Fakültesi Mezunları ve Öğrencilerinde Benlik Saygısı ve Mesleki Benlik Saygısı Düzeyleri</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>218.75</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786253755614</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Seyhan İlçesi Göç Haritası</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786253755294</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Gastronomi ve Turizm</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>406.25</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786253755447</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Liberal Devletin 'Devlet' İle İmtihanı Anarko-Kapitalist Bir Eleştiri</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786253755577</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Human, Woman and Soul In His Masnavi</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786253754921</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>İslam İnsan Tasavvuf</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786253755201</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Vaka Sunumlarıyla Davranış Bozukluklarını Tanıma ve Anlama Rehberi</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>468.75</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786253753825</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimci Hemşireden Hayat Kurtaran Bilgiler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786253755157</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Gagauzlar Kültürel Direncin Var Ettiği Türk Topluluğu</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786253753948</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Veteriner Mikrobiyolojide Bakteriyel Hastalıklar</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786253754990</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Essential Turkish Skills For English Speakers A Comparative Explanation</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>687.5</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786253755263</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Konya İli Turizm Kaynaklarının Mekansal Analizi</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>1437.5</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786253754983</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Dil Sosyolojisi Dil ve Toplum Etkileşimi</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786253755317</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Atomdan Evrene Bilimin Renkleri Çok Kültürlü Fen Eğitimi</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786253755225</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Tiyatro Ve Yapay Zeka “Sahne Sanatlarında Dijital Dönüşümün İzleri”</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786253754532</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Linguistics and Translation</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786253754884</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Kriz Ve Travma Kuram Ve Uygulamalarla Psikolojik Danışmanlık</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786253754815</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafi Yaklaşımlarla Coğrafi Bilgi Sistemleri</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786253754457</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Adli Psikolojide Çocuk: Haklar, Riskler ve Koruma</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>218.75</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786253755140</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizm: Özgürlüğün Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786253754778</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Sağlık Yönetimi ve Teknolojileri</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786253755034</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Toprağın ve Kalemin Arasında: Osmanlı'da Tarımı Yönetenler (Weberyen Bir Bürokrasi Okuması)</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786253755164</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Deprem Sonrası Antakya: Afet Yönetimi ve Göç Üzerine Yerel Deneyimler</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786253755126</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Futbol Hakemlerinin Karar Verme Becerilerinin Bazı Değişkenler Açısından İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>187.5</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786253754259</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Karşılaştırmalı Fen Eğitimi Politikaları</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786253754839</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Tarihi Bitlis Çeşmeleri</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>1562.5</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786253755102</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Grafik ve Tasarımda Güncel Konular</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786253755065</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>PyTorch ile Derin Öğrenme: Kavramdan Uygulamaya</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786253754228</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Veteriner Genetiğin Temelleri</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786253753979</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>İşletmelerde İnsan Gücü Planlamasına İlişkin Bir Model Önerisi ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786253754976</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Yolculuğumda Bıraktığım İzler</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786253754945</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlar Alanında Günümüz Cam-Seramik-Çini Sanatçı Seçkileri 2</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786253753078</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>1968 Mexico City Yaz Olimpiyat Oyunları’nda Türk Sporcularının Başarıları</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786253754969</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Arzu ile Kamber</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>187.5</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786253754129</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Tekinsiz Tür İnceleme Teorisi</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>406.25</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786253754655</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık ve Felsefik Açıdan Yüzme</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786253754877</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Gerçekçilik İnceleme Teorisi</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786253754860</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Panoptikon İçimizde</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786253754785</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Meslek Yüksekokulları için Avcılık ve Yaban Hayatı</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786253754907</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı-İran Ticari İlişkileri</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>1562.5</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786253754242</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Yorum ve Önyargı</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786253752392</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Kedi ve Köpeklerde Göz Hastalıkları</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>2062.5</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786253996536</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Dostlar</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786253996581</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Perili Vadinin Baloncusu</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786253996642</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Goril Tonton</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786253996611</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaşım Beyaz At</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786253996628</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Cam Bilyeler</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786253996741</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Salıncak</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786253996765</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Arkadaşım</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786253996598</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Pişman Kardeşler</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786253996772</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Oyuncakçı Dede</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786253996659</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Ah Kedi, Vah Kedi</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786253753764</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>LGS İngilizce Denemeleri</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786253996673</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Dedektif Hopdedik</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786253996727</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Ninemin Masalları</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786253996550</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>İyi Ki Varsın Öğretmenim</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786253996543</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Hoş Heyecan Zor Heyecan</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786253754792</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Adana Sözlüğü Sözcükler - Deyimler - Atasözleri</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>468.75</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786253999117</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Türk Milliyetçiliğinin Doğuşu ve Adana</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>812.5</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786253754631</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Çalışma Belleği</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>406.25</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786253753832</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Franz Schubert Şan Eğitimi için Seçilmiş 10 Lied</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>218.75</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786253996314</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Aklını Kullanan Bitirimler</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786253990510</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Kahkaha Makinesi</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786253996512</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Balık Adam ve Fok Balığı</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786253991791</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Alo, Beni Görüyor Musun?</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786253997274</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Can Borcu</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786253751944</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Veteriner ve Tıbbi Entomoloji</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786253754549</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Gastronomiye Giriş</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786253998912</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlar Alanında Seramik ve Cam Üzerine Yaklaşımlar 7</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>487.5</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786253752590</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Kişilik Kuramları</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786253752569</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>İtfaiye Çalışanlarında Psikososyal Risk Etkenleri</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786253752552</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Kanatlı Hayvan Yetiştirme</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>1562.5</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786253754297</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Eğitim Çıkmazı/ Girişimci Öğretim • Girişimci Öğretmen</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786253996895</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Son Pişmanlık</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786253997052</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Gazi Uzman Çavuş</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786253996987</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Otobüsünde Panik</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786253996963</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>İki Mevsim Tatil Macerası</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786253997038</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Sürpriz Başarı</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786253996994</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Göç ve Yeni Hayat</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786253997014</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Güneşin Çocukları</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786253997021</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Efsane Yarışçı</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786253996956</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Bisikletli Kurye</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786253997045</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Çoban Kardeşler</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786253997267</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Çocuklar</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786253753931</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlar Alanında Seramik ve Cam Üzerine Yaklaşımlar 11</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786253754020</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlar Alanında Seramik ve Cam Üzerine Yaklaşımlar 9</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786253754037</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlar Alanında Seramik ve Cam Üzerine Yaklaşımlar 12</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786253753924</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlar Alanında Seramik ve Cam Üzerine Yaklaşımlar 10</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786253754211</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Psikolojisinde Uygulamalı Konular: Doğum ve Doğum İlişkili Travma</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786253754099</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Quest for Identity in Never Let me Go and Midnight’s Children</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786253753429</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Adli Psikoloji</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786253752644</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>1831 Tarihli Nüfus Sayımına Göre Tarsus (İdari Durum-Yerleşme-Nüfus)</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786253750398</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Kalite ve Yönetimi II - İstatistiksel Yöntemler</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786253751548</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Güzelhisar-ı Aydın Mahkemesi Sakk Mecmuası</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786253754112</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Adana Erken Cumhuriyet Dönemi Anıtsal Yapılarını Korumada Yerelliğin Önemi: Bir Model Önerisi</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>812.5</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786253754525</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>International Posture and L2 Motivation in Turkiye: Examining the Interrelationships Among Undergraduate English Majors</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786253753917</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Atletlerin Tükürük Kortizol Seviyeleri İle Ağız Diş Sağlığı İlişkisinin Araştırılması</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>218.75</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786253754150</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>AI-Assisted Language Teaching Theory, Practice, and Classroom Implementation</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786253754082</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Bir Asra Şahitlik</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786253754006</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Öz, Maskeler, Yansımalar</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786256965263</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Genetik Genlerden Genomlara</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>3125</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786253754075</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Pizzanın İncelikleri</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786253753702</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Eği̇ti̇m Felsefesi</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786253753580</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Medyanın Sırları</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>187.5</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786253753405</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Aynalar - Anormal Gerçekliğin Yansımaları</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786253753962</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Geç Hitit Döneminde Hayvanlar - Yazılı Belgeler ve Tasvir Sanatı Işığında</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786253754105</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Her Öğretmen Bir Değer</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786253754167</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Türklerde Değerler İle Yönetmek: Dede Korkut Hikayelerinin Bilimsel Analizi</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786253752637</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Et Muayenesi ve Mezbaha Bilgisi</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786253754013</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Sedanter Bireylerde 12 Haftalık Kombine Antrenmanın Performans, Kan Enzimleri ve Metabolitlere Etkisi</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>218.75</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786253752736</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Olgularla Yoğun Bakım</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786253752286</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Orthopedics in Sports Injuries &amp; Sport Sciences</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>262.5</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786253753481</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Sports and Injuries &amp; Orthopedic Approach in Sports Injuries</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786253753443</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Deviantolojiye Giriş</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786253753436</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Anlam Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786253753771</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluk Çağında Vitamin ve Mineraller</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786253752293</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk ve Ergenlerde Beyin Gelişimi ve Beyin Gelişimini Etkileyen Faktörler</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>2937.5</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786253752361</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Modern Nörobilimin Temelleri</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786253752804</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>İlk ve Ortaöğretim Öğrencileri İçin Düzenlenmiş Türkü Repertuvarı</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786253753153</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>İçindeki Sen “Sporda Bilinen Gen Gerçeği”</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786253753139</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Sanatı ve Mimarisi</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>4500</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786253753993</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet’ten Günümüze Türkiye’nin Dış Ticaret Tarihi (1923-2023) (Politik ve Ekonomik Gelişmelerle</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786253752675</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz’den Toroslara-2 Akyol &amp; Göçyolu Güzergâh, Geçitler, Kaleler</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786253753900</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman Girişimciler: Ahlaklı Kapitalizm Kapitalist Üretim, Reklam, Tüketim ve Din</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786253753849</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Yöneticilerinin Yönetim Süreçlerinde Kaygı ve Tutumları</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>187.5</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786253753818</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Yönetiminde Motivasyon Teorileri ve Uygulamadaki Yansımaları</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>187.5</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786253752545</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Tehdit Algısı Olarak Covid-19 Pandemisi/ Sosyal İlişkilere ve Kurumlara Yansımaları</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786253753023</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Olgularla Adli Belge İnceleme</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786253994877</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Beslenme Epidemiyolojisi</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786253753603</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Türkçemiz ve Türk Diş Hekimliği (Diş Hekimliği Terim Önerileriyle Birlikte)</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>468.75</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786253753504</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Hacer</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>937.5</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786253752408</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Modern Kupa Terapisi Rehberi</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786253753788</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Mazide Kalan Tarsus</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786259575407</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Alacasın Sen Hayat</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>187.5</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786253999643</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Bahçelievler ve Kişisel Tarih Tunçer Ailesi (1956-1980) -Cilt I</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786253753696</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Geleneksellik ve Modernite Arasında Kadın Kimliği (Kars Örneği)</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786253753665</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıkta ve Hastalıkta Nütrisyon</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786253753863</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Sustainable Water Management Rainwater Harvesting and Graywater</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786253753894</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yüzey Araştırması Nasıl Yapılır Ağrı-Iğdır Örneği</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786253753672</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>International Supply Chain Management</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786253752279</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Özel Gereksinimli Çocukların Gelişimi ve Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786253753870</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilir Su Yönetimi Yağmur Suyu Hasadı ve Gri Su</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786253753719</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Fonksiyonalist Teoriler Bağlamında Sosyal Bütünleşme Din İlişkisi</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786253753795</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Sentez İnsan ve Yapay Zeka Simbiyozu</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786253753399</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimlerinde Metaverse Farkındalığı: Dijital Dünyaya Hazır mıyız?</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786253752996</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Global Warming: Problems and Precautions</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786253751531</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>İktisada Giriş</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786253751586</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Obezitenin Şifresi</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786253753610</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Toplumunda Üniversitelerin Yeniden İnşası (Dijitalleşme, Yenilik ve Kalite Güvencesi)</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786253753160</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Farklılıkla Öğrenme</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786253753450</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Teniste Maç Analizi</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786253751692</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Gastronomi ve Sağlık Turizmi Yönüyle Adana</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>937.5</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786253753467</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Akupunktur Noktası Kombinasyonları</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786253753597</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Instagram Anneleri</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786253752255</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimlerine Genel Bakış 2</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786253752231</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılda İletişim Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786253753634</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Yangın Çıkarma, Kundaklama ve Piromani</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786253999759</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin Spor ve Wellness Araştırmaları 4</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786253751968</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Adölesan Erkek Sporcular ve Sedanterlerde Solunum Fonksiyon Testleri</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>187.5</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786253753566</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Felsefesi</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>687.5</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786253752866</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Türkçenin Yabancı Dil Olarak Öğretimi: Kavram, Kuram ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786253752378</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>E-Spor kavramlar; Teoriler Ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786253752064</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786253753535</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Sorun da Çözüm de Sensin! (Büyüyebilir, Gelişebilir, Değişebilir ve Dönüşebilirsin)</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786253752910</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Kızzuwatna’dan Çukurova’ya Adana Pamuk Tarihi</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786253751852</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Farkındalık Çalışma Kitabı: Bağımlılıklar İçin</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>487.5</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786253751913</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Handbook of Biosensors Technology</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786253751715</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Kültürel Coğrafya</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786253752453</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Tarımsal Sürdürülebilirlikte Teknolojik Gelişmeler ve Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786253752095</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Research Trends In Educational Sciences</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786256965867</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Kitab-ı İskender (İskender Hikayelerinin Kültürlerarası Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786253752859</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Fen ve Teknoloji</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786253753412</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Orman Okulları</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786253753283</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Saray Nazırlığı’ndan İmparatorluğa Karolenj Dış Politikası (687-814)</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>1062.5</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786253752248</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Süt Analiz Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786253752897</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Gürcü Harfleriyle Yazılmış Türkçe İncil (İnceleme-Metin-Dizin)</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786253752460</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Ana Konularıyla Din Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786253753061</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Güller, Dikenler</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786253752385</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Analitik Hiyerarşi Prosesi Yöntemi</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786253753030</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Siyonizm Kıskacında Yahudilik</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786253752903</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Pickleball/ Oyun Kuralları Kitabı</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786253752880</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz İstifa</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786253753146</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Otizmde Terapötik Rekreasyonun Önemi</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>262.5</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786253751838</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlar Alanında Resim Sanatçı Seçkileri-2</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786253751883</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Resim Sanatı Üzerine Okumalar 3</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>487.5</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786253751814</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlar Alanında Günümüz Cam-Seramik-Çini Sanatçı Seçkileri 1</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>637.5</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786253751869</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlar Alanında Baskıresim Üzerine Yaklaşımlar-1</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786253752347</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Sanatın İyileştirici Gücü</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786253751845</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Eğitiminde Yeni Yaklaşımlar-1</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786253999940</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Küçükbaş Hayvan Yetiştirme</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786253752774</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Gerdenkeşan Hikayesi</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786253752651</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlı Sağlığı ve Yaşlılarla Psikolojik Danışma</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786253752811</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Spor Sektörü Çalışanlarında Tükenmişlik ve İş Doyumu</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>262.5</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786253752743</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Global Perspectives in Educational Research</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786253751142</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Arı Ürünleri</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786253751784</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Bir Güzel İnsan Cengiz Çakaloğlu Armağanı</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>2625</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786253751395</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Bitki Koruma Ürünleri Bayilik Sınav Kitabı</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786253752798</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Maternal Bakımda Kadını Güçlendirme</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786253752507</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Araştırma ve Yayın Etiği</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786253752514</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Göç: Biyopsikososyal Yansımalar</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786253751708</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Voleybol ve Zihinsel Hazır Olma</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786253752002</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Besleme ve Beslenme Hastalıkları</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786253752132</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıkta Yeni Ufuklar: Dijitalleşme ve Global Perspektifler</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786253752750</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Güneşin Deriye Etkileri ve Güneşten Korunma</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786253995669</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Çağın Hastalığı; Kandida İkinci Beyin Bağırsaklar</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>687.5</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786253751777</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Çok Kriterli Karar Verme Yöntemleri ve Firma Performansı</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786253752958</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Yurt Dışında Türkçenin Yabancı Bir Dil Olarak Öğretimi ile İlgili Yapılan Türkçe Akademik Çalışmalar</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786253750442</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği'nin Azınlıklara Yaklaşımı ve Romanlar</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786253752323</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Teoriden Pratiğe Bir Futbol Kulübünün Yönetimi Başakşehir Fk Örneği</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786253751524</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Beşeri ve Ekonomik Coğrafya</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786253751296</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Laboratuvar ve Atölyelerde İş Sağlığı ve Güvenliği</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>687.5</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786253751678</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Evcil Hayvanlarda Ayak Hastalıkları ve Tedavi Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786253753115</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Keçilerde Üreme ve Üreme Sorunlarının Yönetimi</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786253753085</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Obez Kadınlarda Dansterapinin Yaşam Kalitesi, Yorgunluk, Beden Algısı ve Depresyona Etkisi</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786253753092</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Sporcularda Saldırganlık ve Sosyalleşme</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786253751685</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Çiftlik Hayvanlarında Üreme Biyolojisi</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786253752156</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Kent Araştırmaları II</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786253752538</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Egzersiz ve Sağlık: Yaş ve Cinsiyete Özgü Bilimsel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786253752330</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Hayreti Divanı'nda Sevgili</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786253752118</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Araştırma ve Deneme Metodları</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>487.5</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786253753054</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek İrtifa ve Antrenman İlişkisi</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786253752019</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Genel Sebzecilik</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786253752200</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Fiziksel Aktivitelerin Psikolojik Etkileri</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786253752521</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Ulaşım Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786253752309</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>AB’ye Giriş Sürecinde Türkiye’deki Dini Azınlıklar</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>487.5</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786253752071</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786253752163</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Temel Klimatoloji</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>787.5</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786253752682</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>12-14 Yaş Grubunda Eğitsel Oyunların Çoklu Zekâ, Dikkat Ve Motor Beceri Üzerine Etkisinin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786253751739</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Tamamen Rastgele Eksik (MCAR) Verilerde Veri Madenciliği ve Sınıflandırma Algoritmaları</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>262.5</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786253752668</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>14 Haftalık Tenis Eğitim Programının Motorik ve Psikolojik Özellikler Üzerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786253752828</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Artvin İlinde Su Sporları ve Yönetimi</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786253753009</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Antrenörlerde Mobbing ve Örgütsel Bağlılık İlişkisi</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>262.5</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786253751630</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Çeviribilim Tarihi - “20. yy Rus Edebiyat Tarihinde Mütercim Yazarlar Antolojisi I”</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786253752835</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Hizmetlerinde Yapay Zeka: Temel Kavramlar ve Sınıflandırmalar</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>262.5</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786253752033</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Evrime Yönelik Tutumların Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786253751975</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>New Beginning in Health: Solutions for Somalia’s Emergency Health Services</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786253751159</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Klasikten Çağdaşa Armonide Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786253751364</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Anılarla Tıpta Öncüler-I</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786253752101</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Erek Odaklı Kuram Işığında Gürcüceden Türkçeye Bir Çeviri Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786253751906</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Hayvancılık Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>812.5</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786253751999</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Okula Hazırbulunuşluk: Tüm Yönleri ile Okula Geçiş</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786253751890</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Turgut Özal Dönemi Din Siyaset İlişkileri (1983 – 1993)</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786253751517</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Büyükşehir Belediyelerinde Sağlık Hizmetleri Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786253751623</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Okuma Hakkı Bildirgesi</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786253752316</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>İki Flüt &amp; Piyano için Oda Müziği: Batum Türküsü/Nazende Sevgilim</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786253751951</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Fostering Mathematical Giftedness &amp; Creativity Through</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786253995577</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Erken Dönem Klasik Türk Şiiri Metin İnceleme</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786253752026</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Performans Kaygısı ile Mücadelede Bilişsel Davranışçı Terapi ve EMDR Terapinin Rolü</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>262.5</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786253752088</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Korno İçin 25 Düet</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786253751661</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Müziğin Peşinde Yedi Düşünce (Araştırma Yazıları)</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786253751753</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Milliyetçilik Kuramları</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786253751654</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Bilimin Serüveni Bilim Felsefesi</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786253751647</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Pozitif Psikoloji ve Yaşam</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786253751760</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Çalışanlarının Motivasyon Kaynakları ve Performans Değerlendirme Sistemi Algıları</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786253751609</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Örneklerle Sosyal Bilimlerde Araştırma Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>787.5</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786253751791</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>100 Soruda Özel Eğitim</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786253751593</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Stratejik Yönetim Uygulamalarının Başarı Düzeyine Etkisi Kamu Üniversitelerinde Bir Araştırma</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>262.5</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786253751463</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Bal Arısı ve Arıcılık</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>1187.5</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786253751210</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Pandemide Din ve Toplum</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786253751173</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilir Kalkınmada Dijital Dönüşüm ve Yapay Zeka Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786253994778</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Türk Modernleşmesinin İlk Kadın Şairelerinden Nigar Hanım ve Efsus 1 Üzerine Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786253999292</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>The Essentials of Teaching English to Young Learners</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786253751081</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Boks Antrenmanlarında İnovatif Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>187.5</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786253999421</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>1950 Sonrası Türk-Batı Resim Sanatı İlişkisi ve Günümüz Akademisyen Sanatçı Seçkileri</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786253751722</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Folkloru</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786253751357</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim ve Organizasyon</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786253751289</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Empatik Eğilimin Saldırganlık Düzeylerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786253750992</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Voleybolcuların Denge, Dikey Sıçrama Performansı ve Empati Becerileri</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786253751180</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Her Yönüyle Kumar Bağımlılığı</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786253751487</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>İhracatçı İşletmelerde Lojistik Bilgi Teknolojileri</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>262.5</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786253751388</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Mutfak Kültürü</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786253751470</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Bireysel, Sosyal ve Dini Hayata Yansımaları Bakımından Mahkumiyet Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786253751456</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Fransız Rönesansı ve Anadolu Aydınlanmasına Eleştirel Bakış</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786253751562</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Dil, İdeoloji ve Sembol İlişkisi</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786253750534</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Sınır ve Sınır Güvenliği Kavramlar, Kuramlar ve Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786253751401</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Makine Öğrenmesinde Açıklanabilirlik Kavramı Derin Pekiştirmeli Öğrenme ve Sembolik Regresyon ile Hibrit Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>487.5</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786253751579</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Spor Yayınları ve İçeriklerinde İkinci Ekran (Second Screen) Etkisi</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786253751494</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>İtalyan Sinemasında Bir Kadın Yönetmen Feminist Olmayan Bir Feminist Olarak Lina Wertmüller</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>262.5</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786253750220</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Sokratik Sorgulamanın Sanık(Terör Suçlarında) Sorgusunda Kullanılması</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786253751500</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Çağda Gazetecilik</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786253992828</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Türkiye Büyük Millet Meclisi Dönemi Türk Siyasî Hayatı</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>262.5</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786253750312</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal ve Beşeri Bilimler Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>487.5</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786253751166</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyıl Okuryazarlıkları ve Ana Dili Eğitimi</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786253750879</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>R. M. Rilke Ve H. Kräftner’in Melek İmgeli Duaları- I (Duino Ağıtları’ndaki Meleğin İslamiyetle İlişkisi)</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786253750251</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Resim Sanatı Üzerine Okumalar 2</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786253750244</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Resim Sanatı Üzerine Okumalar 1</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786253751319</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Dilsiz Kaval Metodu II</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786253750855</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Afetlerde Gönüllülük</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>397.5</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786253750466</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Nedenleri ve Sonuçları ile Çocuk İşçiliği</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786253751111</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Orchards of The Urartian Queen Tariria and The Legendary Minua Irrigation Canal</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786253750299</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Grafik Tasarımda Akademik Araştırmalar - 2</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786256965638</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Grafik Tasarımda Akademik Araştırmalar - 1</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786253750206</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Bilişsel-Davranışçı Terapi ve Beyin Formatlamada Kullanılması</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>262.5</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786253750190</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Kabul ve Kararlılık Terapisi (ACT) ve Beyin Formatlamada Kullanılması</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786253750213</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Kimliksizlik ve Milli Kimlik Kaybı</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786253999612</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlar Alanında Seramik ve Cam Üzerine Yaklaşımlar 4</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>637.5</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786253998103</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlar Alanında Seramik ve Cam Üzerine Yaklaşımlar 6</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786253999742</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Yönleriyle Candida Auris</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786253751128</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786253750824</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ceza Hukukunda Çocuklara Yönelik Hükümler -Fail ve Mağdur Olarak- 2. Baskı</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>487.5</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786253750435</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Ortaçağdan Günümüze Adana İli ve İlçeleri Yüzey Araştırması (Kozan)</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786253997397</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlar Alanında Seramik ve Cam Üzerine Yaklaşımlar 5</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786253750510</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Kültürel Perspektiften Arguvan Yöresi İnanç Müziği</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786253750893</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>The Oldest Cultural and Trade City of the Mount Ararat Region: Doğubayazıt</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786057188311</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Çukurova Kahramanları</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786253751005</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Adli Bilimler Disiplini Olan Adli Antropoloji’de Güncel Gelişmeler; Ölüm Zamanı, Travma Nedeni, Yaş, Cinsiyet, Genetik Tespit ve Analizlerde Adli Yapay Zeka</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>531.25</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786253750565</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Tarihi</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786253750480</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Spor Perspektifinde Sağlık</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786253750473</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Perspektifinde Spor</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786253750862</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Python ile Metin Madenciliği ve Doğal Dil İşleme</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786253750831</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Lütufla lanet arasında koca bir uçurum ya da ince bir çizgi vardır</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786253750305</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Hizmete Giriş</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786253750282</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Sigortacılığa Giriş</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786253750343</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Besleme Biyokimyası</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>468.75</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786258125757</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>İşitsel Rehabilitasyonda Uygulama Örnekleri</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786253750541</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Liseli Ergenlerde Akran Zorbalığı: Bağlanma Stilleri ve Zorbalık Davranışı</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786253750596</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Oyun ve Oyuncağın Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786253750497</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Diyarbakır Masal Anlatma Geleneği ve Halk Masalları</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786253995126</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Harp - Bitmeyen Savaş</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786256965300</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Psikolojisi ve Terapisi</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786253999148</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Karar Heuristiklerinin Gücü</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786253999988</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Asker Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786253994815</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Politik Psikoloji</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786253999995</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Frekanslar: İstihbarat Dünyasında Zihin Manipülasyonu</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786256965645</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Mikro İktisat</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786253997809</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Meyvecilikte Budama Teknikleri</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786253995287</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Finansal Yönetim</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786253750091</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Turizm Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786253994495</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Spor Tesislerinin Planlanması ve İşletme</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>487.5</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786253750046</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Spor Turizminin Sürdürülebilirlik ve Stratejik Planlaması</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786253997205</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocuklukta Deneyler Kitabı</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786253750381</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Lady Sı &amp; Leydi Si</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786253750176</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Organik Gübreler: Sürdürülebilirliğin Temeli</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786253750336</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Danışmanı El Kitabı</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>487.5</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786253999094</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Mintzberg’in Yönetici Rolleri Kapsamında Türkiye’deki ve İngiltere’deki İş İlanlarının Karşılaştırılması</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786253750121</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Amasra Çeşm-i Cihan Yemekler</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786253999216</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Beslemenin İlkeleri</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786253750374</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>İman ve Bilgi Problemi Bağlamında Kur’an’da Delillendirme Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786253750367</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Beklenen Kurtarıcı (İsrailiyyatın İslam Kelamına Etkisi Bağlamında Mehdilik Algısı)</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786253750084</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Urartu Kraliçesi Tariria’nın Bağları ve Efsanalere Konu Olan Minua Sulama Kanalı</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786253750039</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Hizmetkar Liderliğin Örgütsel Vatandaşlık Davranışı Üzerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786253997229</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Bilge Lider Hz. Ali - Hz. Ali Divanı’nın Bilge Liderlik Bağlamında İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786253750107</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Gıda Mikrobiyolojisi</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>468.75</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786253997069</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Güncel Toplumsal Sorunlar</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786253750114</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>İlk Tunç Çağında Uşak II Karahallı, Ulubey ve Eşme İlçeleri</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786253994693</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Hayata Sosyolojik Bakış</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786253750053</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Güneş Enerjisi İle Tarımsal Sulama</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786253750060</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Biyoyakıt Üretim Teknolojileri</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786253995294</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Representation of Traumatic Symptoms In Stephen King’s The Green Mile and Secret Window, Secret Garden</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786253997465</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Kâmil Paşa’nın “Tarih-i Siyasi-i Devlet-i Aliyye-i Osmaniye”</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786253998035</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>İngiliz Kültür Tarihi ve İncelemeleri</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786253999896</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Akademik Etik Uygulamaları II</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>262.5</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786253991784</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Computer Aided Geometric Design: Advanced Geometry Laboratory: 3D Printer Model Catalogue Book</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786253998905</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklarda Yaratıcılık ve Sanat: Gelişim, Eğitim ve Pedagojik Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>206.25</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786253992194</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Sanat ve Estetik Üzerine Düşünceler I</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786253999797</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Sanatın İyileştirici Gücü 3</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786253999780</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Sanatın İyileştirici Gücü 2</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>468.75</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786253999773</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Sanatın İyileştirici Gücü 1</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786253994563</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Sanat Okumaları</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786256965614</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786253991777</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Kadın ve Tasarım - Tasarım Süreçlerine Stratejik Bakış</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786253995379</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Yönleriyle Editörlük</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786253994204</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>1262-1846 Tarihli 3739 Nolu Deftere Göre Mardin Kazası Müslim Nüfusu</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786253999971</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Zirai Terimler Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786253999841</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Futbolun Fizyolojisi</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786253999681</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Destekli İstatistiğe Giriş</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786253999704</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Araştırmacıların Sosyal Bilimler Çalışmaları 3</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786256965270</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Sermaye Yatırımları Ekonomik Büyüme ve Ulusal Güvenlik: Türkiye Örneği</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786253999933</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Fen Eğitimi Araştırmalarına Güncel Bakış - 11</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786253999957</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Solved Problems Machine Elements Volume 2</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786253997588</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Kardiyoloji Yoğun Bakım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786253999865</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Eleştirel Düşünme ve Din Eğitimi-Öğretimi</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786253999698</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Fonksiyonel Antrenmanlarda Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786253998806</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Yeme Bozukluğu Olan Bir Yakınınız için Beceri Odaklı Bakım</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786253991463</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Bilinçli Farkındalıkla Yeme</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>468.75</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786253999650</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>“The Manager’s Handbook Managing Deviance, Justice, and Psychological Contracts for a Better Workplace”</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786253999834</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Distopya Adası</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786253999902</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Fen Eğitimi Araştırmalarına Güncel Bakış - X</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786253999872</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>124-B Numaralı Ayntab Şer'iyye (Kadı) Sicili</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786253999407</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Karmaşık TSSB Başa Çıkma Becerileri Çalışma Kitabı</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786253999506</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Anksiyete ve Travmatik Stres Bozuklukları</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786253999858</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Çevre, Ekoloji ve İnsan</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786253998318</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Bitki Sağlığı Rehberi</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786253998660</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Unutulmuş Tedaviler</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786253999445</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Somut Olmayan Kültürel Miras Kapsamında Muğla Mutfak Kültürü ve Sözlüğü Menteşe</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786253999636</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Yazmanın Yaratıcı Hali</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786253999544</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Uzmanlar İçin Bağımlılığa Pratik Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9786253999919</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Yönleriyle Sosyal Medyada Dezenformasyon-1</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786253999827</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Analysis of Common and Civil Law Legal Traditions and Applications</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786253999667</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Bilinç ve Bellek</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786253999605</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Geleneksel Siirt Mutfağı</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786253999810</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Deın Schatten Tanzt In Der Küche’de (B.Frıschmuth) Postfeminist Perspektiften Kadının Özgürleşimi</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786253999629</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Hamileler için Mandala</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9786256965829</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Makine Elemanları Çözümlü Problemler Cilt 1</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786253999674</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Kaynakları Uygulamalarında Kişi-Örgüt Değerleri Uyumu, Yardımsever Davranışlar ve Örgütsel Adalet Algısı</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786253999735</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Trafik ve Psikopatoloji</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786253996796</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Babamın Arabası</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786253996833</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Yetiş Süper Babaanne</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786253996345</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>Yetiş Sahil Güvenlik</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9786253996758</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Şımarıkgillerde Şenlik Var</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9786253996291</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgarın Kanatları</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9786253996802</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Almanyalı Kuzenler</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786253996468</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Dün Çıraktım Bugün Patron</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9786253996475</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Elmalı Dağın Kınalı Keklikleri</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786253996482</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>En Büyük Asker</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786253996505</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Gazi Amcanın Dondurmaları</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786253996666</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Çamlıyaylada Tatil</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786253996413</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Çok Yaşa Türk Yıldızları</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786253996420</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Dizi Polisi</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786253996680</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Dokunmatik Tutsaklar</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786253996697</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Harap Köşkteki Hayalet</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786253996703</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Kahraman Gazeteciler</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786253996710</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Neşeli Palyaçolar</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786253996734</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Arkadaşlarım</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9786253996819</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Şakacı Garson</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786253996383</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Sevgili Ailem</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786253996277</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Sahnedeki Gerçek</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786253996338</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Lunaparkta Bayram</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786253996826</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Kurtlarla Savaş</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9786253996406</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Kaval</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786253996376</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Bilişim Cambazları</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786253996369</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Benim Gökdelenlerim</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786253996352</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Dünya Vatandaşıyım</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786253996840</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Babam Böyle Söyledi</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786253999438</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Hayalet Uçaklar Teknik Evrim</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786253999452</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>1950 Sonrası Türk Resim Sanatı ve Günümüz Türk Akademisyen Sanatçı Seçkileri</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786253999322</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Futbolda Temel Antrenman Prensipleri</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786253999582</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>İtki Sistemleri Tasarım Projeleri</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786253998721</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Çiçekçi Alman</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786253998820</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Sarı</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786253998738</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Karsantılı Ayşe</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786253999483</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Levant (Suriye, Lübnan, Filistin) Türkmenleri : Tarihi Altyapı, Yerleşim Yerleri ve Durum Değerlendirmeleri</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786253999513</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Harşit Havzasında Çepniler</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>1062.5</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786253999285</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlar Alanında Seramik ve Cam Üzerine Yaklaşımlar 3</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786253998899</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal Sosyal Sorumluluk Stratejik Bir Halkla İlişkiler Uygulama Alanı</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786253999520</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Bir Kamu Malı Sorunu "Mülteciler"</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>187.5</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786253999490</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Arap Modernleşmesi ve Etkileri</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>262.5</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786253999360</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Jeday Terapi - Cilt 3</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9786253999353</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Jeday Terapi - Cilt 2</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786253999346</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Jeday Terapi - Cilt 1</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786253998868</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Hesaplamalı Akışkanlar Dinamiği İçin Türbülans Modelleri</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786253999209</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Yerel Halkın Spor Etkinliklerine Yöneliminin Spor Turizmine Desteği ve Spor Turizminin Topluma Olan Etkileri</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786253998851</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Temel Lojistik Bilgisi ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786253999230</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Spor ve Teknoloji: Teniste Yönetim ve İnovasyonun Rolü</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786253999391</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Kötülük ve Kötüler - Cennetin Vatandaşları</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786253999377</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Ruh ve Ruhaniyet</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786253999384</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>İyilik ve İyiler - Cennetin Vatandaşları</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9786253997533</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlarda Kuramsal Bakış Açılarıyla Resim</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>787.5</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9786253999278</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Bilişsel Davranışçı Terapi ve Şema Terapi Yaklaşımıyla Ruh Sağlığı Koruma, Önleme ve Psikoterapi Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9786253999261</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Psikopatolojiye Giriş</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786253997892</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi ve İletişim Teoriden Pratiğe Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786253998776</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Boya ve Parfüm Bitkileri</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9786253999025</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Sanrısal Yanlış Tanımlama Sendromları</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786253998707</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Tarımsal Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786253994761</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Ödül Değerinde Kimyasal Dopamin ve İşlevleri</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786253998974</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Afet Yönetiminde Sürdürülebilir Kriz İletişimi</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786253997199</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Kalite ve Yönetimi I - Hedefler-Süreçler-Araçlar Sistemi</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9786253995782</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Tasarım ve Duygulanım</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9786253999032</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Zihin Labirentleri Normalin Ötesinde Akıl Sağlığı</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9786253999049</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden Sorumluluk Eğitimi</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9786253999087</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Ruhun Şarkısı: Cesaret ve Umut Valsi</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9786253999056</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Cesur Adımlar İçsel Dönüşüm Psikoterapide Yolculuk</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9786253999063</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşümün Psikolojisi: Kendi İçinde ve Dışında Arayış</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9786253999070</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>İnsana Dair Şeyler</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786253998691</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Alkol Kötüye Kullanımı</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9786253997434</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Çin Tıbbı ile Şifalı Besinler</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>812.5</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9786253998066</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze Rehabilitasyonda Balneoterapi ve Hidroterapi</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>531.25</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9786253998011</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Veteriner Hekimliği Terimleri Karşılıklar Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9786253996444</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>Çörek Otu ve Çemen Otunun Çeşitli Hastalıklar Üzerindeki Etkileri</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9786253998813</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>The Manufacturing of Ideology and Identity</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9786253998677</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Bilişsel-Davranış Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9786253998684</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Bireyle Psikolojik Danışma İlke ve Teknikler</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9786253998134</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Mount Ararat and Noah’s Ark History, Myth and Land</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9786253998141</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Ağrı Dağı ve Nuh’un Gemisi Tarih, Mitoloji ve Coğrafya</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9786253997571</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Akaroloji</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>3125</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9786253998752</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>Matematikte Yaratıcılığın Temel Öğeleri</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9786253998639</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Genelleştirilmiş Metrik Uzaylarda Sabit Nokta Teoremleri</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9786253998646</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>İngilizce Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9786253998127</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>İslamofobi’nin 5N1K’sı</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9786253998325</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>Pozitif Psikoloji Bağlamında Mutluluk Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9786253998349</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Psikolojisine Giriş</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9786253998332</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>Grupla Psikolojik Danışma El Kitabı</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9786253997601</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>Yabancılar İçin Türkçe Soru Bankası A1-A2 (Turkish Question Bank For Foreigners A1-A2)</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9786253997779</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Verses And Poems About Mount Ararat, The Flood And Noah’s Ark</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9786253997786</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>Ağrı Dağı, Tufan ve Nuh’un Gemisi Hakkında Yazılan Mani ve Şiirler</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9786253998042</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze Batı Müziği Tarihine Yolculuk</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9786253995072</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Fen Eğitimi Araştırmalarına Güncel Bakış - IX</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9786253997991</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>Celaleddin Muhtar Frengi Makalatı</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9786253996154</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Biyogaz Üretiminde Süreç Yönetimi</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9786253997977</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>Sosyolojik Açıdan Salgın Hastalıklar</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9786253997953</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi Liderlikte Algı ve İmaj Yönetimi</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9786253997427</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Mitoloji Anadolu’dan</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9786253997960</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>Fail-i Meçhul Mısralar</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9786258155778</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>Kariyer Psikolojik Danışması ve Rehberliği Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9786253997939</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Psikotravmatoloji ve Dissosiyatif Bozukluklar</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9786253997922</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>Psikologlar ve Psikolojik Danışmanlar için Psikofarmakolojiye Giriş</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>268.75</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9786253997915</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Nöropsikoloji ve Nöropsikolojik Psikoterapi</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9786253997519</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlar Alanında Seramik ve Cam Üzerine Yaklaşımlar 2</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>787.5</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9786253997502</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlar Alanında Seramik ve Cam Üzerine Yaklaşımlar 1</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>787.5</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9786253994426</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Türk Fetih Sürecinde Nazilli ve Çevresi</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9786253997595</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>Kültürel Miras ve Geleneksel Çocuk Oyunlarıyla İlgili Sınıf Öğretmeni Adayları Ne Düşünüyor?</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9786253997243</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>Mimarlıkta Yapı Bilgisi</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>1062.5</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9786253997526</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>Milenyumda Postmodernizm - Kavramsal Bir Tur ve İki Postmodern Metin Okuması (Patrick Süskind)</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>9786253997489</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>Kişilik, Renkler, Desenler, Burçlar ve Beyin</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9786253997106</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>Hastalıkta ve Sağlıkta Egzersizin Önemi</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9786253995454</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyetin 100. Yılında Geçmişten Geleceğe Nazilli</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>2937.5</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9786253995041</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>Arpaz Kazası (1830/1831 - 1844/1845 Tarihli Nüfus Defterleri)</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9786253997441</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>Studies in The History and Tradition of Mount Ararat and Noah’s Ark</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9786257354639</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>Adana Fotoğraf Tarihinde Öncü Bir İsim Gaston Mizrahi</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9786253997540</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>Medikal Turizmde İnovasyon</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9786253997472</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Dünya Düzeninin “Janus”u</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9786253995874</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>Her Yönüyle Cinsel Sağlık</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9786253995652</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlara Zararlı Böcekleri, Örümcekleri, Akarları, Keneleri, Akrepleri, Kırk Ayaklar ve Çıyanları Tanıyalım</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9786253997564</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Bilgisi</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9786253995638</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Çiçek Sineklerini Tanıyalım</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9786253995645</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>Çevremizdeki Yararlı Böcekleri Tanıyalım</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9786253995621</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>Böcekleri Tanıyalım</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>9786253997120</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Kripto Para ve Merkeziyetsiz Finans (DeFi)</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9786253996949</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Kanser Hastalarının Başvurduğu Geleneksel ve Tamamlayıcı Tedaviler - Tıbbi Onkolog Gözü ile Bakış ve Onkolojik İlaçlarla Etkileşim</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>1187.5</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9786253997212</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Basketbol Hakemlerinde Yaşam Doyumu, Öz Yeterlik ve İş Tatmini</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9786253997168</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz’ den Toroslara Kilikya-1 Azgıt ve Geben Kaleleri</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9786253997403</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Fen Bilimleri ve Mühendislik Uygulamalarında Deneysel Verilerin Matematik Modellerle Tanımlanması</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9786253997113</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Enerji Piyasalarında Risk Faktörlerinin Belirlenmesi Üzerine Ampirik Bir Çalışma</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9786052587928</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>Tüketici Karar Sürecinin Nöropazarlama ile Değerlendirilmesi: İleri Yaş ve Engelli Turizm Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9786253997083</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>Eczane Teknikerliği Temel İlkeleri</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9786256965652</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>Hamilelik ve Anne Bebek Günlüğü</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9786253997250</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>International Warehouse Management</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9786253997175</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu’dan Deliorman’a Deliorman’dan Anadolu’ya Macırlar</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786253996451</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim ve Yaşam Sırları</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786253996192</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Kendimiz Olmak</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>268.75</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786253994402</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Kardiyoloji, Keder ve Yas</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786253995331</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı Algısı, Dini Yönelim Biçimleri ve Dindarlığın Psikolojik Dayanıklılıkla İlişkisi</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786253996635</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Sinemasında Trajik Deneyim Olgusu 2000 Sonrası Türk Filmleri Üzerine Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786253994136</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Geleneksel ve Tamamlayıcı Tıp Uygulamalarında Tıbbi Uygulama Hataları</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9786253995751</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Spor Turizmi Destinasyon Yönetimi</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9786253996604</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık İş Hukuku</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9786253996161</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Son Kafile</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9786253996246</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Akademide Örgütsel Bağlılık, Özdeşleşme, İş Tatmini ve İşten Ayrılma</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9786253996437</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Oryantiring Sporcularının Psikolojik Davranış Analizleri (Saldırganlık ve Sportmenlik)</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9786253995812</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Tarımsal Üretimde Sera Gazı Emisyonları ve Karbon Ayak İzi Yönetimi</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9786253996130</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Tarımsal Sulamada Enerji Yönetimi</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9786253995881</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilir Tarımsal Üretim</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786253995690</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Seralarda İklim ve Enerji Yönetimi</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9786253996215</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Mazhar Osman: İstanbul Seririyatı Dergisi (1919-1951) Tıp Eğitimi ve Sağlık Politikalarındaki Dönüşümün Yansımaları</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9786253996185</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>İşgal Ordularının Kıskacında Belgrad Ormanı Talan-Tahrip-Mücadele (1919-1923)</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9786253996116</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>Gezdikçe Yazdıklarım</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9786253995560</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim Kuramları ile Güncel Siyaset: Okul ve Girişimcilik Perspektifi</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9786253996178</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Küçük Haydut ­The Lovely Little Bandit</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9786253995911</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Modern Okulların Doğuşu</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9786253995829</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Lacivert Kapitone Mont</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9786253995157</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Down Sendromlu Çocuklarda Kronik Egzersiz Programı: Vücut Kompozisyonu ve Biyokimyasal Parametreler</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786253996208</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Rusya’nın Ukrayna İşgalindeki Tarihsel Gerçeklik ve Stratejik Plan</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9786253995768</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Vizyoner Liderliğin Örgütsel Bağlılık Üzerindeki Etkisinde İş-yaşam Dengesinin Aracı Rolü</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786253994952</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Tarla Tarımı Hasat-Harman Mekanizasyonu</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786253995850</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Mindful Disiplin</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786253995607</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimlerinde Yeni Yaklaşımlar ve Multidisipliner Çalışmalar</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9786253995799</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Hakimzade Muhammet el-Bağdadi ve Risale-i Tecvid İsimli Eseri</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9786253995355</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Tedarik Zinciri Yönetimi ve Büyük Veri</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9786253995898</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Ayvalık ve Körfez Yazıları</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9786253995133</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Sütçü İneklerde Postpartum Fertilite Başarısının Artırılmasında Yönetimsel Stratejiler</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786253994624</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Yabancılara Türkçe Öğretiminde Etkinlikler - A1 - A2</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9786253995478</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin Spor ve Wellness Araştırmaları 3</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9786253995843</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>Milli İktisat ile İktisat Sosyolojisi Arasındaki İlişki</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9786253995713</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>90+1 Spor Hukuku Gerekçeli Soru Cevap</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9786253995195</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Endüstriyel Kimya Laboratuvarı</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9786253995263</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>Self-Miyofasyal Rahatlama Tekniğinin Kas Hasarı Üzerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9786253995089</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Kaynakları Yönetimi Uygulamalarında Estetik Emeğin Rolü: Konuya İlişkin Nitel Bir Araştırma</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9786253995010</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Geleceğe: Ergenlerde Çocukluk Çağı Örselenme Yaşantıları ve Gelecek Beklentileri</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9786253995027</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğuma Nasıl Davranıyorum? Annelerin Algıladığı ve Uyguladığı Ebeveynlik Stilleri</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9786253995553</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>Contemporary Studies in Biologıcal Sciences I</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9786253995492</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>1923’ten 2023’e Türkiye Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9786253995546</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>1923’ten 2023’e Türkiye Siyaseti</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9786253994419</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Futbolun Güncel Yüzü (101 Soruda Futbol Yönetimi ve Stratejileri)</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9786253994792</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Saha Dışındaki Strateji: Futbol Kulüplerinin Finansal Yapıları ve Kriz Yönetimi</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9786253993443</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel Sosyal Rehberlik Pratik Uygulama ve Etkinlik Kitabı</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9786253995614</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>Dinlerde Sevgi Anlayışı</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9786253995539</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet'in 100. Yılında 100 Türk Yazar</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9786253995348</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Annemarie Schimmel’s Perspective on Sufism and Rumi</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9786253995706</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>Abay’ın Ölümle İmtihanı</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9786253995171</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Mesleki Tükenmişlik ve İş Tatmini</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9786253995249</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Biyomateryallerde Yüzey Modifikasyonları: Metalik İmplantlarda Kaplamalar</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9786253993993</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>Spor Yönetimi, Spor Yöneticiliği Eğitimi ve Deneyimsel Öğrenme</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9786253995119</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Elektrik ve Elektronik Ölçme Tekniği</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786253995225</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Bianili Urartu Kültür Envanteri-1 (Türkiye Sınırları)</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786253995003</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Türk Resim Sanatı ve Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>1187.5</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786253994747</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bir Uluslararası Hukuk İnşası Mı: Modern Otoriterlik ve Konfüçyüsçü Kimliği Doğrultusunda Çin’in Uluslararası Hukuk Yaklaşımı</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786253995188</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>FIFA Kids+ Eğitim Programının Denge ve Sürat Parametrelerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9786253994839</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Tempolu Basketbol</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9786253995485</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>GLOBETS 2023 Educational Technology and Science Research</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9786253995324</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Adli Sosyal Hizmet: Temel Uygulama Alanları</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9786253995515</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Kaygı ve Başarı Faktörü</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9786253995683</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Nesil Bilgi Merkezleri: Veri Yönetimi</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9786253995508</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Güvenlik Hileleri</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9786253995591</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>Yatırım Aracı Olarak Kıymetli Metaller ve Kıymetli Metallerin Fiyatını Etkileyen Unsurlar</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9786253995430</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim Bilimi ve Kamu Yönetiminde Kaliteli Yönetim</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9786253995676</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla İngiliz Edebiyatı: Anglo-Sakson Döneminden Çağdaş İngiliz Edebiyatına</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9786253994730</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Türkçesi Sözlüklerinden Üç Elsine: Tuhfetü’l-Elsine, Külliyât-ı Mukaleme-i Elsine, Vesile-i Elsine</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9786253995218</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Devleti’nin Yenilenme Çağında Sefirlerin Gözünden Avrupa ve Oksidentalizm</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9786253995102</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Meşrutiyet Dönemi Siyasal Akımları</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9786253995065</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>100. Yılında Cumhuriyet ve Çocuk</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9786253995447</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>İş-Yaşam Dengesi Açısından İşgörenin Ulaşılamama Hakkı</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9786253994990</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>Gıda İşleme ve Üretiminde Yenilikçi Teknolojiler</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9786253995201</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Örgütten Ayrılanlara Göre PKK Terörü</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9786253995256</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Nanoteknolojinin Tıp ve Mühendislik Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9786253995164</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Mikrobiyal Simbiyosiz Üzerine Notlar</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9786253995270</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Branşlardan Sporcular İle Sedanter Paydaşlarının Kalp Morfolojisi ve Fonksiyonlarının İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9786253994907</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Manisalı Ali Bey</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9786253994891</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Gıda Güvenliği</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9786253994679</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>Certifying Turkish Forests: A Path to Sustainable Forestry Practices</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9786253995393</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim Danışmanlığı: Profesyonel Bir Hizmet, Bir Meslek, Bir Sektör ve Bir Araştırma Alanı</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9786253994518</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlanma Sürecinde Ruh Sağlığı</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>812.5</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9786253994860</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>Ya Anam Ölürse (Öyküler)</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9786253994884</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>Türk (Tatar) Şairleri Kaya Nuri</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9786253994686</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ülkü Adamı Ahmet Nedim Servet Tör Ün Rûzname-i Seyahati” Günlükleri, Risaleleri Ve Şiirleri</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9786253994938</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medya Kullanım Amaçları ve İletişim Kaygısı</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9786253995096</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel İletişim İklimi ve Örgütsel Güven</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9786253995058</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>Mantar Yönetim Algısı ve Örgütsel Bağlılık</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9786253995034</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>The Defense Mechanisms and The Behaviour of The Criminal Mind</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9786253994914</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Müşteri İlişkileri Yönetimi</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9786253992040</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>Adana - Tarihi, Coğrafyası, Yerel Yönetimleri, Siyasal Olayları (1832-2014)</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>1187.5</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9786253991500</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>Kadim Çukurova Şehirleri</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>1187.5</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9786253994785</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Eczacılıkta İşletme ve Yönetim</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>937.5</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9786253993528</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>II. Abdülhamit Döneminde Osmanlı - Romanya İlişkileri</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9786253993351</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>(İn) Fertilite Yolculuğumuz</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9786253994440</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>İşyeri Yalnızlığı ve İşten Ayrılma Niyetine Etkisi: Kamu Kurumları Örneklemi</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9786258259304</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Destekli Nitel Veri Analizi Programı: MAXQDA</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9786253994853</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Mekanik Tasarım ve Analizin Bilimsel Esasları</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9786253991517</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Radara Görünmezlik Teknolojisi Temel Bilgiler</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9786253994556</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ahlak Düşüncesinde Mistik Boyut</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9786253994129</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Turizmi Yönetiminde Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9786253994549</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Tarihi ve Edebi Bir Kaynak Olarak Gürbüz Türk Çocuğu Şiirleri</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9786253994662</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>İktisadi Düşünürler Bilinmeyen Yaşamlar, Yaşayan Teoriler</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9786253993597</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Profesyonel Öğretmenlik</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9786253994754</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>TSSB için Bilişsel Davranışçı Başa Çıkma Becerileri Çalışma Kitabı</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9786253994709</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Medya Teknolojileri ve E-Spor</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9786253994433</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Eğitiminde Temel Kavramlar</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9786253994723</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Toplum Ruh Sağlığı Hizmetleri</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9786253993504</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Hortikültürel Terapisi Tanımları, Modelleri ve Örnekleri</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9786253993672</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Gençerle Sağlıklı Yaşam</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>9786253993696</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlılarla Sağlıklı Yaşam</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>9786253992989</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>0-6 Yaş Dönem Çocuğu Ruhsal Gelişimi ve Ruh Sağlığı Aileler ve Öğretmenler İçin Rehber</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>9786253993146</t>
+        </is>
+      </c>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t>Sadeleştirilmiş Anlatımıyla Temel Üniversite Kimyası</t>
+        </is>
+      </c>
+      <c r="C841" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="842" spans="1:3">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>9786253994587</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t>Beden Perküsyonu “İşitsel ve Görsel Reaksiyon Üzerine Etkisi”</t>
+        </is>
+      </c>
+      <c r="C842" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="843" spans="1:3">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>9786253992644</t>
+        </is>
+      </c>
+      <c r="B843" s="1" t="inlineStr">
+        <is>
+          <t>Isparta’nın 1950 Sonrası Çağdaş Yapıları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C843" s="1">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="844" spans="1:3">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>9786253994594</t>
+        </is>
+      </c>
+      <c r="B844" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluğumun Erzin’inden Aklımda Kalanlar</t>
+        </is>
+      </c>
+      <c r="C844" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="845" spans="1:3">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>9786253993382</t>
+        </is>
+      </c>
+      <c r="B845" s="1" t="inlineStr">
+        <is>
+          <t>Osmaniye Şehir Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C845" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="846" spans="1:3">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>9786253994617</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t>Kayserili Şeyh Refahi’nin Kenzü’r-Rumuz Fi’t-Tasavvuf Adlı Mesnevisi - Tasavvufun Gizli Hazineleri</t>
+        </is>
+      </c>
+      <c r="C846" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="847" spans="1:3">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>9786253994532</t>
+        </is>
+      </c>
+      <c r="B847" s="1" t="inlineStr">
+        <is>
+          <t>Mesleki ve Teknik Eğitim ve Girişimcilik</t>
+        </is>
+      </c>
+      <c r="C847" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="848" spans="1:3">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>9786253994501</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t>Tarımsal Sürdürülebilirlikte Yeni Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C848" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="849" spans="1:3">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>9786253994150</t>
+        </is>
+      </c>
+      <c r="B849" s="1" t="inlineStr">
+        <is>
+          <t>Egzersiz ve İnsan Vücudu</t>
+        </is>
+      </c>
+      <c r="C849" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="850" spans="1:3">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>9786253992279</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Dil Öğreniminde Atıf Kuramı ve Kişilik Özellikleri: Başka Bir Dil Konuştuğunuzda Kişiliğiniz Değişiyor Mu?</t>
+        </is>
+      </c>
+      <c r="C850" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="851" spans="1:3">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>9786253994303</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>XIX. Asır İslam Hukuk Usulü Çalışmaları (1800-1923)</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9786253994297</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>Bireysel Yatırımcılar için Sermaye Piyasası Araçları Rehberi</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9786253994082</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>Feyzullah Sacit Ülkü - Hayatı, Fikirleri, Sanatı ve Eserleri</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9786253993580</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>Havacılık Yönetiminde Emniyet ve Güvenlik Anlayışı</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9786253993542</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>Her Yönüyle Spor Araştırmaları IV</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9786253993320</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>Şiddetin Sineması</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9786253994280</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>Açık Öğretim Lisesi Öğrenci ve Mezunlarının Katılım Örüntüleri</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9786253993191</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>Temel Moleküler Biyoloji</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9786253993627</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>Bakulî’nin Hayatı, İlmî Kişiliği ve Cevahiru’l-Kur’an ve Netaicu’s-San‘a Adlı Eseri</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9786253993498</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>Medya ve Kültür Odağında İletişim</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9786253993061</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>International Transport Management</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9786253993245</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>Okuma Eğitimi Terimleri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9786253993412</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>Dürtü Kontrol Bozuklukları ve Dürtüsellikte Kullanılan Ölçekler</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9786253993986</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Türk Halk Oyunlarına Yönelik Romanotation Egzersizleri</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9786253993979</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>Türk Halk Oyunlarında Sahneleme</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9786258299243</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>Aile İşletmelerinin Kurumsallaşması: Mersin Erdemli Ticaret ve Sanayi Odası Örneği</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>9786253993603</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>Akut Germe Egzersizi Sonrasında Anaerobik Performansın Zamana Bağlı Değişiminin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9786253993474</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>Milliyet Gazetesi Güncesiyle Serbest Cumhuriyet Fırkası</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9786253994143</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Arka Plan Üzerinde Beethoven'ın Müziği Örnek Yapıt İncelemeleriyle</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9786253993511</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Eğitimi Bağlamında Tayland Eğitim Sistemi</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9786253993559</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>Göç ve Sosyal Hizmet</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9786253993610</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Afet ve Krizlerde Sosyal Hizmet</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9786253993535</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Marka Yönetimi ve Marka İletişimi</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9786253993269</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>Elit Düzeydeki Güreşçilerde Beslenme Alışkanlıklarının Performans Üzerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9786253993276</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>Antrenörlerde Benlik Saygısı ve Öğrenilmiş Güçlülük</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9786253992309</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>Doğanın Terapi Gücü</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9786253992927</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Davranış Kuram ve Kavram Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9786253993481</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Karşılaştırmalı Edebiyat, Kuram ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9786253993399</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>Lukacs ve Gramscı</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9786253993290</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Kuruluşlarında Kişilerarası İletişim</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>9786253993405</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>İntegration am Rande der Gesellschaft Deutsche Frauen als ‘Lebensabschnittspartnerinnen’ Türkischer Gastarbeiter</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9786253993436</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Psikolojide Kalıpyargılar ve Önyargılar</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9786253993221</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>Core Egzersiz Anatomisi</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9786253992910</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>Hellenistik Döneme Doğru (MÖ 5-4. Yüzyıl) Kolonizasyon Hareketlerinde Kırmızı Ve Siyah Firnisli Seramikler</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9786257451970</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>İngilizce Öğretiminde Beyin Temelli Öğrenme Yaklaşımı</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9786253993337</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>İşletmelerde Güncel Paradigmalar</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9786253992705</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>Gazi’nin Türkiye’si Anadolu</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9786253992699</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>Moskova Seyahati</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9786253993306</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>Sermaye Yapısı, Firma Performansı ve Sürdürülebilirlik</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9786253993375</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluğa Giden Bir Yol Sakin Benlik</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>9786253992903</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>Harpten Sonra Türkleri Yükseltelim</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9786253993139</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Döneminde Fen Eğitimi</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9786253993085</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>Adıyaman’da Oynanan Geleneksel Çocuk Oyunları</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9786253993283</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>Kitleden Kaynağa Yeni Nesil Kalabalıklar</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9786253993368</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>Rekreasyonel Bir Faaliyet “Okçuluk”</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>9786253993078</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>Beslenme ve Hemşirelik</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9786253993108</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>Melikzade Şehriyar ve Erdevan Şah Hikayesinin Metindilbilim Çözümlemesi</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9786253993207</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>İş Güvencesizliğinin Duygusal Tükenme Üzerindeki Etkisinde Yabancılaşmanın Düzenleyici ve Aracı Rolleri Araştırma Görevlileri Örneği</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>9786253992491</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Sağlığı ve İlk Yardım</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>812.5</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9786253992996</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ün 100 Yıllık Bibliyografyası “Kırmızı Kitap”</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>9786253992798</t>
+        </is>
+      </c>
+      <c r="B901" s="1" t="inlineStr">
+        <is>
+          <t>Orhan Pamuk Romanlarında Kediler</t>
+        </is>
+      </c>
+      <c r="C901" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="902" spans="1:3">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>9786253992354</t>
+        </is>
+      </c>
+      <c r="B902" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Boyunca Salgın Hastalıklar ve Resim Sanatı</t>
+        </is>
+      </c>
+      <c r="C902" s="1">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="903" spans="1:3">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>9786253992569</t>
+        </is>
+      </c>
+      <c r="B903" s="1" t="inlineStr">
+        <is>
+          <t>Evrimsel Psikiyatri</t>
+        </is>
+      </c>
+      <c r="C903" s="1">
+        <v>937.5</v>
+      </c>
+    </row>
+    <row r="904" spans="1:3">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>9786253992675</t>
+        </is>
+      </c>
+      <c r="B904" s="1" t="inlineStr">
+        <is>
+          <t>A’dan Z’ye Çocuk Sağlığı</t>
+        </is>
+      </c>
+      <c r="C904" s="1">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="905" spans="1:3">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>9786253992811</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t>Bağımlılık - Madde ve Davranış Bağımlılıklarıyla Başetme</t>
+        </is>
+      </c>
+      <c r="C905" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="906" spans="1:3">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>9786253992682</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t>Siber Suçlar</t>
+        </is>
+      </c>
+      <c r="C906" s="1">
+        <v>687.5</v>
+      </c>
+    </row>
+    <row r="907" spans="1:3">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>9786253992965</t>
+        </is>
+      </c>
+      <c r="B907" s="1" t="inlineStr">
+        <is>
+          <t>Çalışan Dayanıklılığı; Örgütsel Adalet ve Örgütsel Güvenin Önemi</t>
+        </is>
+      </c>
+      <c r="C907" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="908" spans="1:3">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>9786253992767</t>
+        </is>
+      </c>
+      <c r="B908" s="1" t="inlineStr">
+        <is>
+          <t>Görme, İşitme, Fiziksel Engelli Annelerin Çocuk Bakımı</t>
+        </is>
+      </c>
+      <c r="C908" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="909" spans="1:3">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>9786253992538</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t>Başka Bir Şey Demedi</t>
+        </is>
+      </c>
+      <c r="C909" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="910" spans="1:3">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>9786253992866</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t>Class Consciousness in the Novels of Jack London and George Gissing</t>
+        </is>
+      </c>
+      <c r="C910" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="911" spans="1:3">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>9786253992897</t>
+        </is>
+      </c>
+      <c r="B911" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Enerji Simülasyonu ve Senaryo Analizleri</t>
+        </is>
+      </c>
+      <c r="C911" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="912" spans="1:3">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>9786253991890</t>
+        </is>
+      </c>
+      <c r="B912" s="1" t="inlineStr">
+        <is>
+          <t>Psychological Skill Training in Sports</t>
+        </is>
+      </c>
+      <c r="C912" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>9786253991937</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>Genleri Beslemek</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9786253992774</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>Benimsenen Eğitim Felsefeleri ve Tercih Edilen Ders Denetim Modelleri</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>9786253992859</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>Annelerin Sunduğu Eşzamanlı İpucuyla Öğretim Yöntemi</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9786253992736</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Şehir İlkeleri Kardeş Şehir Roma - Ankara</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9786253992224</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>Tatlı ve Pastacılık</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t>9786253992880</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihinde Sözlerin Hakikatleri</t>
+        </is>
+      </c>
+      <c r="C918" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="919" spans="1:3">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t>9786253992835</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t>Talip Apaydın’ın Kurtuluş Savaşı Roman Üçlemesi</t>
+        </is>
+      </c>
+      <c r="C919" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="920" spans="1:3">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
+          <t>9786253992804</t>
+        </is>
+      </c>
+      <c r="B920" s="1" t="inlineStr">
+        <is>
+          <t>Hentbol ve Harmanlanmış Öğrenme</t>
+        </is>
+      </c>
+      <c r="C920" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="921" spans="1:3">
+      <c r="A921" s="1" t="inlineStr">
+        <is>
+          <t>9786253992842</t>
+        </is>
+      </c>
+      <c r="B921" s="1" t="inlineStr">
+        <is>
+          <t>An Inquiry into the Performance Metrics of Nations within the Discipline of Boxing at the Contemporary Olympic Games</t>
+        </is>
+      </c>
+      <c r="C921" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="922" spans="1:3">
+      <c r="A922" s="1" t="inlineStr">
+        <is>
+          <t>9786253992750</t>
+        </is>
+      </c>
+      <c r="B922" s="1" t="inlineStr">
+        <is>
+          <t>Sapkın Boş Zaman</t>
+        </is>
+      </c>
+      <c r="C922" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="923" spans="1:3">
+      <c r="A923" s="1" t="inlineStr">
+        <is>
+          <t>9786253992743</t>
+        </is>
+      </c>
+      <c r="B923" s="1" t="inlineStr">
+        <is>
+          <t>Gürültü ve Müzik</t>
+        </is>
+      </c>
+      <c r="C923" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="924" spans="1:3">
+      <c r="A924" s="1" t="inlineStr">
+        <is>
+          <t>9786253992637</t>
+        </is>
+      </c>
+      <c r="B924" s="1" t="inlineStr">
+        <is>
+          <t>Türk Kültüründe Ekoeleştirel Bakışın Temel Kaynakları ve Yaşar Kemal</t>
+        </is>
+      </c>
+      <c r="C924" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="925" spans="1:3">
+      <c r="A925" s="1" t="inlineStr">
+        <is>
+          <t>9786253992583</t>
+        </is>
+      </c>
+      <c r="B925" s="1" t="inlineStr">
+        <is>
+          <t>Hareket Eğitimi ve İmgelemenin Motor Gelişime Etkisi</t>
+        </is>
+      </c>
+      <c r="C925" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="926" spans="1:3">
+      <c r="A926" s="1" t="inlineStr">
+        <is>
+          <t>9786253992422</t>
+        </is>
+      </c>
+      <c r="B926" s="1" t="inlineStr">
+        <is>
+          <t>Mer’i Hukukla Mukayeseli Olarak İslâm Hukukunda Nafaka</t>
+        </is>
+      </c>
+      <c r="C926" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="927" spans="1:3">
+      <c r="A927" s="1" t="inlineStr">
+        <is>
+          <t>9786253992446</t>
+        </is>
+      </c>
+      <c r="B927" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Çağda Siyaset Teknoloji ve Yönetişimin Yeni Yüzü</t>
+        </is>
+      </c>
+      <c r="C927" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="928" spans="1:3">
+      <c r="A928" s="1" t="inlineStr">
+        <is>
+          <t>9786253992415</t>
+        </is>
+      </c>
+      <c r="B928" s="1" t="inlineStr">
+        <is>
+          <t>International Logistics Management</t>
+        </is>
+      </c>
+      <c r="C928" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="929" spans="1:3">
+      <c r="A929" s="1" t="inlineStr">
+        <is>
+          <t>9786253992576</t>
+        </is>
+      </c>
+      <c r="B929" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Kamu Yönetimi Yaklaşımı Kapsamında Türkiye’de Sağlik Turizmine Sağlanan Devlet Destek Ve Teşvikleri</t>
+        </is>
+      </c>
+      <c r="C929" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="930" spans="1:3">
+      <c r="A930" s="1" t="inlineStr">
+        <is>
+          <t>9786253992507</t>
+        </is>
+      </c>
+      <c r="B930" s="1" t="inlineStr">
+        <is>
+          <t>Afet Sonrası Birey, Grup ve Toplum Temelli Psikososyal Destek</t>
+        </is>
+      </c>
+      <c r="C930" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="931" spans="1:3">
+      <c r="A931" s="1" t="inlineStr">
+        <is>
+          <t>9786253992460</t>
+        </is>
+      </c>
+      <c r="B931" s="1" t="inlineStr">
+        <is>
+          <t>Dil-Duygu-Beyin Bileşkesinde İkidillilik</t>
+        </is>
+      </c>
+      <c r="C931" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="932" spans="1:3">
+      <c r="A932" s="1" t="inlineStr">
+        <is>
+          <t>9786253992514</t>
+        </is>
+      </c>
+      <c r="B932" s="1" t="inlineStr">
+        <is>
+          <t>Richard Wagner: Hayatı, Sanatçı Kişiliği ve Eserleri</t>
+        </is>
+      </c>
+      <c r="C932" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="933" spans="1:3">
+      <c r="A933" s="1" t="inlineStr">
+        <is>
+          <t>9786253992477</t>
+        </is>
+      </c>
+      <c r="B933" s="1" t="inlineStr">
+        <is>
+          <t>Havalimanlarında İnsansız Hizmet Süreçleri: Koşullu Süreç Analizi ile Bir Uygulama</t>
+        </is>
+      </c>
+      <c r="C933" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="934" spans="1:3">
+      <c r="A934" s="1" t="inlineStr">
+        <is>
+          <t>9786253992361</t>
+        </is>
+      </c>
+      <c r="B934" s="1" t="inlineStr">
+        <is>
+          <t>Rizeliler Davası ve Şapka Hadisesi</t>
+        </is>
+      </c>
+      <c r="C934" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="935" spans="1:3">
+      <c r="A935" s="1" t="inlineStr">
+        <is>
+          <t>9786253992026</t>
+        </is>
+      </c>
+      <c r="B935" s="1" t="inlineStr">
+        <is>
+          <t>Beginner To Intermediate Introduction To Piano Timbre: Navıgatıng The Keys</t>
+        </is>
+      </c>
+      <c r="C935" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="936" spans="1:3">
+      <c r="A936" s="1" t="inlineStr">
+        <is>
+          <t>9786253992378</t>
+        </is>
+      </c>
+      <c r="B936" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Ücretin ve Ücret Dağılımının Bölgesel Dinamikleri</t>
+        </is>
+      </c>
+      <c r="C936" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="937" spans="1:3">
+      <c r="A937" s="1" t="inlineStr">
+        <is>
+          <t>9786256965805</t>
+        </is>
+      </c>
+      <c r="B937" s="1" t="inlineStr">
+        <is>
+          <t>İktisadi Düşünce Tarihine Sosyo-Politik Bir Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C937" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="938" spans="1:3">
+      <c r="A938" s="1" t="inlineStr">
+        <is>
+          <t>9786256965799</t>
+        </is>
+      </c>
+      <c r="B938" s="1" t="inlineStr">
+        <is>
+          <t>Göç, Yoksulluk ve Ekonomik Özgürlükler</t>
+        </is>
+      </c>
+      <c r="C938" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="939" spans="1:3">
+      <c r="A939" s="1" t="inlineStr">
+        <is>
+          <t>9786253992019</t>
+        </is>
+      </c>
+      <c r="B939" s="1" t="inlineStr">
+        <is>
+          <t>Tuşlarda Geziniyorum</t>
+        </is>
+      </c>
+      <c r="C939" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="940" spans="1:3">
+      <c r="A940" s="1" t="inlineStr">
+        <is>
+          <t>9786253992323</t>
+        </is>
+      </c>
+      <c r="B940" s="1" t="inlineStr">
+        <is>
+          <t>Fen Eğitimi Araştırmalarına Güncel Bakış - VIII</t>
+        </is>
+      </c>
+      <c r="C940" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="941" spans="1:3">
+      <c r="A941" s="1" t="inlineStr">
+        <is>
+          <t>9786253992392</t>
+        </is>
+      </c>
+      <c r="B941" s="1" t="inlineStr">
+        <is>
+          <t>Cinsel İstismar Mağdur Kız Çocuklarının Sosyodemografik ve Psikolojik Özellikleri</t>
+        </is>
+      </c>
+      <c r="C941" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="942" spans="1:3">
+      <c r="A942" s="1" t="inlineStr">
+        <is>
+          <t>9786253992149</t>
+        </is>
+      </c>
+      <c r="B942" s="1" t="inlineStr">
+        <is>
+          <t>100 Soruda Yabancı Dil Olarak Türkçe Öğretimi</t>
+        </is>
+      </c>
+      <c r="C942" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="943" spans="1:3">
+      <c r="A943" s="1" t="inlineStr">
+        <is>
+          <t>9786253992248</t>
+        </is>
+      </c>
+      <c r="B943" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Doğu Sınırındaki Ağrı’da Göç ve Göçmenler</t>
+        </is>
+      </c>
+      <c r="C943" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="944" spans="1:3">
+      <c r="A944" s="1" t="inlineStr">
+        <is>
+          <t>9786253992330</t>
+        </is>
+      </c>
+      <c r="B944" s="1" t="inlineStr">
+        <is>
+          <t>İstatistiksel Güç ve Örneklem Büyüklüğü: G*Power Uygulamalı</t>
+        </is>
+      </c>
+      <c r="C944" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="945" spans="1:3">
+      <c r="A945" s="1" t="inlineStr">
+        <is>
+          <t>9786253992408</t>
+        </is>
+      </c>
+      <c r="B945" s="1" t="inlineStr">
+        <is>
+          <t>Burhanüddin En-Nesefî’nin Uluhiyyet Anlayışı -İsimler ve Sıfatlar-</t>
+        </is>
+      </c>
+      <c r="C945" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="946" spans="1:3">
+      <c r="A946" s="1" t="inlineStr">
+        <is>
+          <t>9786253992071</t>
+        </is>
+      </c>
+      <c r="B946" s="1" t="inlineStr">
+        <is>
+          <t>BLW ve Geleneksel Yöntem - Tamamlayıcı Beslenme Rehberi</t>
+        </is>
+      </c>
+      <c r="C946" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="947" spans="1:3">
+      <c r="A947" s="1" t="inlineStr">
+        <is>
+          <t>9786253991814</t>
+        </is>
+      </c>
+      <c r="B947" s="1" t="inlineStr">
+        <is>
+          <t>Altun Yurd</t>
+        </is>
+      </c>
+      <c r="C947" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="948" spans="1:3">
+      <c r="A948" s="1" t="inlineStr">
+        <is>
+          <t>9786253992255</t>
+        </is>
+      </c>
+      <c r="B948" s="1" t="inlineStr">
+        <is>
+          <t>Finansman’da Farklı Bir Yaklaşım: Tekâfül Sigortacılığı</t>
+        </is>
+      </c>
+      <c r="C948" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="949" spans="1:3">
+      <c r="A949" s="1" t="inlineStr">
+        <is>
+          <t>9786253992217</t>
+        </is>
+      </c>
+      <c r="B949" s="1" t="inlineStr">
+        <is>
+          <t>Defeat</t>
+        </is>
+      </c>
+      <c r="C949" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="950" spans="1:3">
+      <c r="A950" s="1" t="inlineStr">
+        <is>
+          <t>9786253991951</t>
+        </is>
+      </c>
+      <c r="B950" s="1" t="inlineStr">
+        <is>
+          <t>Bir Zamanlar Gümüşhane</t>
+        </is>
+      </c>
+      <c r="C950" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="951" spans="1:3">
+      <c r="A951" s="1" t="inlineStr">
+        <is>
+          <t>9786253992118</t>
+        </is>
+      </c>
+      <c r="B951" s="1" t="inlineStr">
+        <is>
+          <t>Piyanoda Deşifre Öğretimi için Sistematik Bir Rehber</t>
+        </is>
+      </c>
+      <c r="C951" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="952" spans="1:3">
+      <c r="A952" s="1" t="inlineStr">
+        <is>
+          <t>9786253992132</t>
+        </is>
+      </c>
+      <c r="B952" s="1" t="inlineStr">
+        <is>
+          <t>Foreign Language Education in Turkish History, Problems and Suggestions for Improvement</t>
+        </is>
+      </c>
+      <c r="C952" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="953" spans="1:3">
+      <c r="A953" s="1" t="inlineStr">
+        <is>
+          <t>9786253991708</t>
+        </is>
+      </c>
+      <c r="B953" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Sağlığı Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C953" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="954" spans="1:3">
+      <c r="A954" s="1" t="inlineStr">
+        <is>
+          <t>9786253992156</t>
+        </is>
+      </c>
+      <c r="B954" s="1" t="inlineStr">
+        <is>
+          <t>Muhafazakarlığın Yerel Görünümleri Siirt Örneği</t>
+        </is>
+      </c>
+      <c r="C954" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="955" spans="1:3">
+      <c r="A955" s="1" t="inlineStr">
+        <is>
+          <t>9786253992125</t>
+        </is>
+      </c>
+      <c r="B955" s="1" t="inlineStr">
+        <is>
+          <t>İş İnsanları ve Profesyonel Yöneticiler İçin Psikolojik Personel Güçlendirme - Yenilikçi Davranış Odağında Hizmetkar Liderlik</t>
+        </is>
+      </c>
+      <c r="C955" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="956" spans="1:3">
+      <c r="A956" s="1" t="inlineStr">
+        <is>
+          <t>9786253991739</t>
+        </is>
+      </c>
+      <c r="B956" s="1" t="inlineStr">
+        <is>
+          <t>İki Oryantal Çöl Kraliçesi Gertrude Bell ve Arabistanlı T.E. Lawrence</t>
+        </is>
+      </c>
+      <c r="C956" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="957" spans="1:3">
+      <c r="A957" s="1" t="inlineStr">
+        <is>
+          <t>9786253992163</t>
+        </is>
+      </c>
+      <c r="B957" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Nesillerde Tesettür Algısı</t>
+        </is>
+      </c>
+      <c r="C957" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="958" spans="1:3">
+      <c r="A958" s="1" t="inlineStr">
+        <is>
+          <t>9786253991630</t>
+        </is>
+      </c>
+      <c r="B958" s="1" t="inlineStr">
+        <is>
+          <t>Duygusal Zekâya Dair</t>
+        </is>
+      </c>
+      <c r="C958" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="959" spans="1:3">
+      <c r="A959" s="1" t="inlineStr">
+        <is>
+          <t>9786253990480</t>
+        </is>
+      </c>
+      <c r="B959" s="1" t="inlineStr">
+        <is>
+          <t>Atom Denizaltısı Barbaros</t>
+        </is>
+      </c>
+      <c r="C959" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="960" spans="1:3">
+      <c r="A960" s="1" t="inlineStr">
+        <is>
+          <t>9786253990367</t>
+        </is>
+      </c>
+      <c r="B960" s="1" t="inlineStr">
+        <is>
+          <t>Sobe Sobe Mobese</t>
+        </is>
+      </c>
+      <c r="C960" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="961" spans="1:3">
+      <c r="A961" s="1" t="inlineStr">
+        <is>
+          <t>9786253990381</t>
+        </is>
+      </c>
+      <c r="B961" s="1" t="inlineStr">
+        <is>
+          <t>Batık Şehrin Çocukları</t>
+        </is>
+      </c>
+      <c r="C961" s="1">
+        <v>187.5</v>
+      </c>
+    </row>
+    <row r="962" spans="1:3">
+      <c r="A962" s="1" t="inlineStr">
+        <is>
+          <t>9786253990442</t>
+        </is>
+      </c>
+      <c r="B962" s="1" t="inlineStr">
+        <is>
+          <t>Robotik İstila</t>
+        </is>
+      </c>
+      <c r="C962" s="1">
+        <v>187.5</v>
+      </c>
+    </row>
+    <row r="963" spans="1:3">
+      <c r="A963" s="1" t="inlineStr">
+        <is>
+          <t>9786253990473</t>
+        </is>
+      </c>
+      <c r="B963" s="1" t="inlineStr">
+        <is>
+          <t>Uçan Otomobil Atmaca</t>
+        </is>
+      </c>
+      <c r="C963" s="1">
+        <v>187.5</v>
+      </c>
+    </row>
+    <row r="964" spans="1:3">
+      <c r="A964" s="1" t="inlineStr">
+        <is>
+          <t>9786253990404</t>
+        </is>
+      </c>
+      <c r="B964" s="1" t="inlineStr">
+        <is>
+          <t>Yunus İmparatorluğu</t>
+        </is>
+      </c>
+      <c r="C964" s="1">
+        <v>187.5</v>
+      </c>
+    </row>
+    <row r="965" spans="1:3">
+      <c r="A965" s="1" t="inlineStr">
+        <is>
+          <t>9786253990497</t>
+        </is>
+      </c>
+      <c r="B965" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hızlı Tren Macerası</t>
+        </is>
+      </c>
+      <c r="C965" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="966" spans="1:3">
+      <c r="A966" s="1" t="inlineStr">
+        <is>
+          <t>9786253990503</t>
+        </is>
+      </c>
+      <c r="B966" s="1" t="inlineStr">
+        <is>
+          <t>Demir Atlı Kovboylar</t>
+        </is>
+      </c>
+      <c r="C966" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="967" spans="1:3">
+      <c r="A967" s="1" t="inlineStr">
+        <is>
+          <t>9786253990527</t>
+        </is>
+      </c>
+      <c r="B967" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluk Arkadaşım</t>
+        </is>
+      </c>
+      <c r="C967" s="1">
+        <v>156.25</v>
+      </c>
+    </row>
+    <row r="968" spans="1:3">
+      <c r="A968" s="1" t="inlineStr">
+        <is>
+          <t>9786253991876</t>
+        </is>
+      </c>
+      <c r="B968" s="1" t="inlineStr">
+        <is>
+          <t>Uykunun Şifresi Hafif Orta Düzey Uyku Sorunları İçin Bir Rehber</t>
+        </is>
+      </c>
+      <c r="C968" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="969" spans="1:3">
+      <c r="A969" s="1" t="inlineStr">
+        <is>
+          <t>9786253990114</t>
+        </is>
+      </c>
+      <c r="B969" s="1" t="inlineStr">
+        <is>
+          <t>Neşeli Çocuk Tiyatrosu</t>
+        </is>
+      </c>
+      <c r="C969" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="970" spans="1:3">
+      <c r="A970" s="1" t="inlineStr">
+        <is>
+          <t>9786253990169</t>
+        </is>
+      </c>
+      <c r="B970" s="1" t="inlineStr">
+        <is>
+          <t>Demirci Şehzade</t>
+        </is>
+      </c>
+      <c r="C970" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="971" spans="1:3">
+      <c r="A971" s="1" t="inlineStr">
+        <is>
+          <t>9786253990121</t>
+        </is>
+      </c>
+      <c r="B971" s="1" t="inlineStr">
+        <is>
+          <t>Nazlının Bebekleri</t>
+        </is>
+      </c>
+      <c r="C971" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="972" spans="1:3">
+      <c r="A972" s="1" t="inlineStr">
+        <is>
+          <t>9786253990343</t>
+        </is>
+      </c>
+      <c r="B972" s="1" t="inlineStr">
+        <is>
+          <t>Zümrüt Başkan</t>
+        </is>
+      </c>
+      <c r="C972" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="973" spans="1:3">
+      <c r="A973" s="1" t="inlineStr">
+        <is>
+          <t>9786253990107</t>
+        </is>
+      </c>
+      <c r="B973" s="1" t="inlineStr">
+        <is>
+          <t>Yaman İş Başında</t>
+        </is>
+      </c>
+      <c r="C973" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="974" spans="1:3">
+      <c r="A974" s="1" t="inlineStr">
+        <is>
+          <t>9786253990299</t>
+        </is>
+      </c>
+      <c r="B974" s="1" t="inlineStr">
+        <is>
+          <t>Masalcı Nine</t>
+        </is>
+      </c>
+      <c r="C974" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="975" spans="1:3">
+      <c r="A975" s="1" t="inlineStr">
+        <is>
+          <t>9786253990329</t>
+        </is>
+      </c>
+      <c r="B975" s="1" t="inlineStr">
+        <is>
+          <t>Şimdi Okullu Oldum</t>
+        </is>
+      </c>
+      <c r="C975" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="976" spans="1:3">
+      <c r="A976" s="1" t="inlineStr">
+        <is>
+          <t>9786253990282</t>
+        </is>
+      </c>
+      <c r="B976" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Balıkçı</t>
+        </is>
+      </c>
+      <c r="C976" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="977" spans="1:3">
+      <c r="A977" s="1" t="inlineStr">
+        <is>
+          <t>9786253990336</t>
+        </is>
+      </c>
+      <c r="B977" s="1" t="inlineStr">
+        <is>
+          <t>Uçurtma Şenliği</t>
+        </is>
+      </c>
+      <c r="C977" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="978" spans="1:3">
+      <c r="A978" s="1" t="inlineStr">
+        <is>
+          <t>9786253990305</t>
+        </is>
+      </c>
+      <c r="B978" s="1" t="inlineStr">
+        <is>
+          <t>Okulumu Seviyorum</t>
+        </is>
+      </c>
+      <c r="C978" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="979" spans="1:3">
+      <c r="A979" s="1" t="inlineStr">
+        <is>
+          <t>9786253990138</t>
+        </is>
+      </c>
+      <c r="B979" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Asker</t>
+        </is>
+      </c>
+      <c r="C979" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="980" spans="1:3">
+      <c r="A980" s="1" t="inlineStr">
+        <is>
+          <t>9786253990251</t>
+        </is>
+      </c>
+      <c r="B980" s="1" t="inlineStr">
+        <is>
+          <t>Ağaçlar Ağlamasın</t>
+        </is>
+      </c>
+      <c r="C980" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="981" spans="1:3">
+      <c r="A981" s="1" t="inlineStr">
+        <is>
+          <t>9786253990275</t>
+        </is>
+      </c>
+      <c r="B981" s="1" t="inlineStr">
+        <is>
+          <t>Konuşan Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C981" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="982" spans="1:3">
+      <c r="A982" s="1" t="inlineStr">
+        <is>
+          <t>9786253990145</t>
+        </is>
+      </c>
+      <c r="B982" s="1" t="inlineStr">
+        <is>
+          <t>Konuşan Kardan Adam</t>
+        </is>
+      </c>
+      <c r="C982" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="983" spans="1:3">
+      <c r="A983" s="1" t="inlineStr">
+        <is>
+          <t>9786253990152</t>
+        </is>
+      </c>
+      <c r="B983" s="1" t="inlineStr">
+        <is>
+          <t>Geveze Papağan</t>
+        </is>
+      </c>
+      <c r="C983" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="984" spans="1:3">
+      <c r="A984" s="1" t="inlineStr">
+        <is>
+          <t>9786253990268</t>
+        </is>
+      </c>
+      <c r="B984" s="1" t="inlineStr">
+        <is>
+          <t>Cambaz Kardeşler</t>
+        </is>
+      </c>
+      <c r="C984" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="985" spans="1:3">
+      <c r="A985" s="1" t="inlineStr">
+        <is>
+          <t>9786253990312</t>
+        </is>
+      </c>
+      <c r="B985" s="1" t="inlineStr">
+        <is>
+          <t>Şımarık Maymunlar</t>
+        </is>
+      </c>
+      <c r="C985" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="986" spans="1:3">
+      <c r="A986" s="1" t="inlineStr">
+        <is>
+          <t>9786253991982</t>
+        </is>
+      </c>
+      <c r="B986" s="1" t="inlineStr">
+        <is>
+          <t>Boksör ve Güreşçilerde Fiziksel Yorgunluk ve Biyomotorik Özellikler</t>
+        </is>
+      </c>
+      <c r="C986" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="987" spans="1:3">
+      <c r="A987" s="1" t="inlineStr">
+        <is>
+          <t>9786253992095</t>
+        </is>
+      </c>
+      <c r="B987" s="1" t="inlineStr">
+        <is>
+          <t>'Antre' Tiyatro Yazıları</t>
+        </is>
+      </c>
+      <c r="C987" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="988" spans="1:3">
+      <c r="A988" s="1" t="inlineStr">
+        <is>
+          <t>9786253992033</t>
+        </is>
+      </c>
+      <c r="B988" s="1" t="inlineStr">
+        <is>
+          <t>Elektronik Alışveriş Deneyimi ve Artırılmış Gerçeklik: Koşullu Süreç Analizi Örneği</t>
+        </is>
+      </c>
+      <c r="C988" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="989" spans="1:3">
+      <c r="A989" s="1" t="inlineStr">
+        <is>
+          <t>9786253991906</t>
+        </is>
+      </c>
+      <c r="B989" s="1" t="inlineStr">
+        <is>
+          <t>Proteinlerin Posttranslasyonel Modifikasyonları</t>
+        </is>
+      </c>
+      <c r="C989" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="990" spans="1:3">
+      <c r="A990" s="1" t="inlineStr">
+        <is>
+          <t>9786253991869</t>
+        </is>
+      </c>
+      <c r="B990" s="1" t="inlineStr">
+        <is>
+          <t>Kenz</t>
+        </is>
+      </c>
+      <c r="C990" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="991" spans="1:3">
+      <c r="A991" s="1" t="inlineStr">
+        <is>
+          <t>9786253991913</t>
+        </is>
+      </c>
+      <c r="B991" s="1" t="inlineStr">
+        <is>
+          <t>Önce Saatler Bozuldu</t>
+        </is>
+      </c>
+      <c r="C991" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="992" spans="1:3">
+      <c r="A992" s="1" t="inlineStr">
+        <is>
+          <t>9786253991852</t>
+        </is>
+      </c>
+      <c r="B992" s="1" t="inlineStr">
+        <is>
+          <t>İşitsel İşlemleme Dinleme Becerileri</t>
+        </is>
+      </c>
+      <c r="C992" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="993" spans="1:3">
+      <c r="A993" s="1" t="inlineStr">
+        <is>
+          <t>9786253991685</t>
+        </is>
+      </c>
+      <c r="B993" s="1" t="inlineStr">
+        <is>
+          <t>Temel Pastacılık</t>
+        </is>
+      </c>
+      <c r="C993" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="994" spans="1:3">
+      <c r="A994" s="1" t="inlineStr">
+        <is>
+          <t>9786253991999</t>
+        </is>
+      </c>
+      <c r="B994" s="1" t="inlineStr">
+        <is>
+          <t>Blender 3.4 Modelleme, Animasyon ve Tasarım Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C994" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="995" spans="1:3">
+      <c r="A995" s="1" t="inlineStr">
+        <is>
+          <t>9786253990435</t>
+        </is>
+      </c>
+      <c r="B995" s="1" t="inlineStr">
+        <is>
+          <t>A1-A2 Seviyesi Yabancılara Türkçe Öğretimi Dil Bilgisi Kitabı</t>
+        </is>
+      </c>
+      <c r="C995" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="996" spans="1:3">
+      <c r="A996" s="1" t="inlineStr">
+        <is>
+          <t>9786253991562</t>
+        </is>
+      </c>
+      <c r="B996" s="1" t="inlineStr">
+        <is>
+          <t>Kararsız Ayşecik</t>
+        </is>
+      </c>
+      <c r="C996" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="997" spans="1:3">
+      <c r="A997" s="1" t="inlineStr">
+        <is>
+          <t>9786253991623</t>
+        </is>
+      </c>
+      <c r="B997" s="1" t="inlineStr">
+        <is>
+          <t>İyi Yürekli Prens</t>
+        </is>
+      </c>
+      <c r="C997" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="998" spans="1:3">
+      <c r="A998" s="1" t="inlineStr">
+        <is>
+          <t>9786253991616</t>
+        </is>
+      </c>
+      <c r="B998" s="1" t="inlineStr">
+        <is>
+          <t>Hayır Diyebilmek</t>
+        </is>
+      </c>
+      <c r="C998" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="999" spans="1:3">
+      <c r="A999" s="1" t="inlineStr">
+        <is>
+          <t>9786253991609</t>
+        </is>
+      </c>
+      <c r="B999" s="1" t="inlineStr">
+        <is>
+          <t>Hastalığına Çare Arayan Prenses</t>
+        </is>
+      </c>
+      <c r="C999" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:3">
+      <c r="A1000" s="1" t="inlineStr">
+        <is>
+          <t>9786253991555</t>
+        </is>
+      </c>
+      <c r="B1000" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Sözlerle Aldatan Tilki</t>
+        </is>
+      </c>
+      <c r="C1000" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:3">
+      <c r="A1001" s="1" t="inlineStr">
+        <is>
+          <t>9786253991593</t>
+        </is>
+      </c>
+      <c r="B1001" s="1" t="inlineStr">
+        <is>
+          <t>Demet ve İnternet</t>
+        </is>
+      </c>
+      <c r="C1001" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:3">
+      <c r="A1002" s="1" t="inlineStr">
+        <is>
+          <t>9786253991586</t>
+        </is>
+      </c>
+      <c r="B1002" s="1" t="inlineStr">
+        <is>
+          <t>Cumhur ve Abur Cubur</t>
+        </is>
+      </c>
+      <c r="C1002" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:3">
+      <c r="A1003" s="1" t="inlineStr">
+        <is>
+          <t>9786253990862</t>
+        </is>
+      </c>
+      <c r="B1003" s="1" t="inlineStr">
+        <is>
+          <t>Ata’nın Mutlu Köpeği Nota</t>
+        </is>
+      </c>
+      <c r="C1003" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:3">
+      <c r="A1004" s="1" t="inlineStr">
+        <is>
+          <t>9786253991579</t>
+        </is>
+      </c>
+      <c r="B1004" s="1" t="inlineStr">
+        <is>
+          <t>Aslı ve Cesur Arkadaşı</t>
+        </is>
+      </c>
+      <c r="C1004" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:3">
+      <c r="A1005" s="1" t="inlineStr">
+        <is>
+          <t>9786253991456</t>
+        </is>
+      </c>
+      <c r="B1005" s="1" t="inlineStr">
+        <is>
+          <t>Diyabetin Şifresi</t>
+        </is>
+      </c>
+      <c r="C1005" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:3">
+      <c r="A1006" s="1" t="inlineStr">
+        <is>
+          <t>9786253990831</t>
+        </is>
+      </c>
+      <c r="B1006" s="1" t="inlineStr">
+        <is>
+          <t>Güç Elektroniği</t>
+        </is>
+      </c>
+      <c r="C1006" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:3">
+      <c r="A1007" s="1" t="inlineStr">
+        <is>
+          <t>9786253991821</t>
+        </is>
+      </c>
+      <c r="B1007" s="1" t="inlineStr">
+        <is>
+          <t>Frekanslarla Şifa</t>
+        </is>
+      </c>
+      <c r="C1007" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:3">
+      <c r="A1008" s="1" t="inlineStr">
+        <is>
+          <t>9786253990244</t>
+        </is>
+      </c>
+      <c r="B1008" s="1" t="inlineStr">
+        <is>
+          <t>Bir Mühendisten Ortaya Karışık Teknik Yazılar</t>
+        </is>
+      </c>
+      <c r="C1008" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:3">
+      <c r="A1009" s="1" t="inlineStr">
+        <is>
+          <t>9786253991753</t>
+        </is>
+      </c>
+      <c r="B1009" s="1" t="inlineStr">
+        <is>
+          <t>Bibliyoterapi ve Şema Terapi Temelli Mutluluk</t>
+        </is>
+      </c>
+      <c r="C1009" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:3">
+      <c r="A1010" s="1" t="inlineStr">
+        <is>
+          <t>9786253991807</t>
+        </is>
+      </c>
+      <c r="B1010" s="1" t="inlineStr">
+        <is>
+          <t>Fransız Seyyah ve Konsolosların Gözünden Ordu-Fatsa-Ünye</t>
+        </is>
+      </c>
+      <c r="C1010" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:3">
+      <c r="A1011" s="1" t="inlineStr">
+        <is>
+          <t>9786253991692</t>
+        </is>
+      </c>
+      <c r="B1011" s="1" t="inlineStr">
+        <is>
+          <t>Yakınçağda Osmanlı Karadağ İlişkileri (1830-1878)</t>
+        </is>
+      </c>
+      <c r="C1011" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:3">
+      <c r="A1012" s="1" t="inlineStr">
+        <is>
+          <t>9786253991746</t>
+        </is>
+      </c>
+      <c r="B1012" s="1" t="inlineStr">
+        <is>
+          <t>Fen Eğitimi Araştırmalarına Güncel Bakış - VII</t>
+        </is>
+      </c>
+      <c r="C1012" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:3">
+      <c r="A1013" s="1" t="inlineStr">
+        <is>
+          <t>9786253990022</t>
+        </is>
+      </c>
+      <c r="B1013" s="1" t="inlineStr">
+        <is>
+          <t>Ağzımızdaki Haberci</t>
+        </is>
+      </c>
+      <c r="C1013" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:3">
+      <c r="A1014" s="1" t="inlineStr">
+        <is>
+          <t>9786253991425</t>
+        </is>
+      </c>
+      <c r="B1014" s="1" t="inlineStr">
+        <is>
+          <t>Melatonin ve Çinkonun Egzersize Katkıları</t>
+        </is>
+      </c>
+      <c r="C1014" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:3">
+      <c r="A1015" s="1" t="inlineStr">
+        <is>
+          <t>9786253991715</t>
+        </is>
+      </c>
+      <c r="B1015" s="1" t="inlineStr">
+        <is>
+          <t>Arsuz’un Tarihi ve Kültürel Mirası</t>
+        </is>
+      </c>
+      <c r="C1015" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:3">
+      <c r="A1016" s="1" t="inlineStr">
+        <is>
+          <t>9786253991661</t>
+        </is>
+      </c>
+      <c r="B1016" s="1" t="inlineStr">
+        <is>
+          <t>Ergenlik Dönemi Riskli Davranışlar ve Psikolojik Müdahale Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1016" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:3">
+      <c r="A1017" s="1" t="inlineStr">
+        <is>
+          <t>9786253991722</t>
+        </is>
+      </c>
+      <c r="B1017" s="1" t="inlineStr">
+        <is>
+          <t>Kuşsuz Kuş Yuvaları</t>
+        </is>
+      </c>
+      <c r="C1017" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:3">
+      <c r="A1018" s="1" t="inlineStr">
+        <is>
+          <t>9786253991760</t>
+        </is>
+      </c>
+      <c r="B1018" s="1" t="inlineStr">
+        <is>
+          <t>Snowboard Dün Bugün Yarın</t>
+        </is>
+      </c>
+      <c r="C1018" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:3">
+      <c r="A1019" s="1" t="inlineStr">
+        <is>
+          <t>9786253991067</t>
+        </is>
+      </c>
+      <c r="B1019" s="1" t="inlineStr">
+        <is>
+          <t>Maviş Ailesi</t>
+        </is>
+      </c>
+      <c r="C1019" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:3">
+      <c r="A1020" s="1" t="inlineStr">
+        <is>
+          <t>9786258259261</t>
+        </is>
+      </c>
+      <c r="B1020" s="1" t="inlineStr">
+        <is>
+          <t>Psikiyatrik Hastalıklarda Psikofarmakolojik Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1020" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:3">
+      <c r="A1021" s="1" t="inlineStr">
+        <is>
+          <t>9786253991098</t>
+        </is>
+      </c>
+      <c r="B1021" s="1" t="inlineStr">
+        <is>
+          <t>Dilemma</t>
+        </is>
+      </c>
+      <c r="C1021" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:3">
+      <c r="A1022" s="1" t="inlineStr">
+        <is>
+          <t>9786253991470</t>
+        </is>
+      </c>
+      <c r="B1022" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Dağın Kayıp Yerleşimi Ahura</t>
+        </is>
+      </c>
+      <c r="C1022" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:3">
+      <c r="A1023" s="1" t="inlineStr">
+        <is>
+          <t>9786253991548</t>
+        </is>
+      </c>
+      <c r="B1023" s="1" t="inlineStr">
+        <is>
+          <t>Üst Düzey Spor Yöneticileri ve Öngörülü Liderlik</t>
+        </is>
+      </c>
+      <c r="C1023" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:3">
+      <c r="A1024" s="1" t="inlineStr">
+        <is>
+          <t>9786253991418</t>
+        </is>
+      </c>
+      <c r="B1024" s="1" t="inlineStr">
+        <is>
+          <t>Müzikte 45 Dizi</t>
+        </is>
+      </c>
+      <c r="C1024" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:3">
+      <c r="A1025" s="1" t="inlineStr">
+        <is>
+          <t>9786253990749</t>
+        </is>
+      </c>
+      <c r="B1025" s="1" t="inlineStr">
+        <is>
+          <t>Leyla Hanım ve Şeref Hanım Divanlarında Zaman ve Mekan Kavramları Üzerine İnceleme</t>
+        </is>
+      </c>
+      <c r="C1025" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:3">
+      <c r="A1026" s="1" t="inlineStr">
+        <is>
+          <t>9786253991180</t>
+        </is>
+      </c>
+      <c r="B1026" s="1" t="inlineStr">
+        <is>
+          <t>Adana Basınında Varlık Vergisi (Türk Sözü, Bugün, Yeni Adana)</t>
+        </is>
+      </c>
+      <c r="C1026" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:3">
+      <c r="A1027" s="1" t="inlineStr">
+        <is>
+          <t>9786253991364</t>
+        </is>
+      </c>
+      <c r="B1027" s="1" t="inlineStr">
+        <is>
+          <t>Televizyonda Şiddet, Çizgi Film, Çocuk</t>
+        </is>
+      </c>
+      <c r="C1027" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:3">
+      <c r="A1028" s="1" t="inlineStr">
+        <is>
+          <t>9786253990886</t>
+        </is>
+      </c>
+      <c r="B1028" s="1" t="inlineStr">
+        <is>
+          <t>Ulus Devlet Basın ve Siyaset</t>
+        </is>
+      </c>
+      <c r="C1028" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:3">
+      <c r="A1029" s="1" t="inlineStr">
+        <is>
+          <t>9786256965515</t>
+        </is>
+      </c>
+      <c r="B1029" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset, Modernite ve Postmodernite Bağlamında Bir Kötülük Eleştirisi</t>
+        </is>
+      </c>
+      <c r="C1029" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:3">
+      <c r="A1030" s="1" t="inlineStr">
+        <is>
+          <t>9786253991197</t>
+        </is>
+      </c>
+      <c r="B1030" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Salatası</t>
+        </is>
+      </c>
+      <c r="C1030" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:3">
+      <c r="A1031" s="1" t="inlineStr">
+        <is>
+          <t>9786258299878</t>
+        </is>
+      </c>
+      <c r="B1031" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Eğitim Bilimleri Araştırmaları VI - Aybak 2022 Eylül</t>
+        </is>
+      </c>
+      <c r="C1031" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:3">
+      <c r="A1032" s="1" t="inlineStr">
+        <is>
+          <t>9786258299984</t>
+        </is>
+      </c>
+      <c r="B1032" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Ekonomi Çalışmaları III - Aybak 2022 Eylül</t>
+        </is>
+      </c>
+      <c r="C1032" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:3">
+      <c r="A1033" s="1" t="inlineStr">
+        <is>
+          <t>9786258299793</t>
+        </is>
+      </c>
+      <c r="B1033" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Psikoloji ve Sosyoloji Araştırmaları II - Aybak 2022 Eylül</t>
+        </is>
+      </c>
+      <c r="C1033" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:3">
+      <c r="A1034" s="1" t="inlineStr">
+        <is>
+          <t>9786256965485</t>
+        </is>
+      </c>
+      <c r="B1034" s="1" t="inlineStr">
+        <is>
+          <t>Hasta Transferi Temel İlkeler</t>
+        </is>
+      </c>
+      <c r="C1034" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:3">
+      <c r="A1035" s="1" t="inlineStr">
+        <is>
+          <t>9786258259438</t>
+        </is>
+      </c>
+      <c r="B1035" s="1" t="inlineStr">
+        <is>
+          <t>Normal Yas Sürecinde Manevi Destek</t>
+        </is>
+      </c>
+      <c r="C1035" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:3">
+      <c r="A1036" s="1" t="inlineStr">
+        <is>
+          <t>9786256965188</t>
+        </is>
+      </c>
+      <c r="B1036" s="1" t="inlineStr">
+        <is>
+          <t>Scientific Studies in the Perspective of Energy and Environment</t>
+        </is>
+      </c>
+      <c r="C1036" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:3">
+      <c r="A1037" s="1" t="inlineStr">
+        <is>
+          <t>9786256965508</t>
+        </is>
+      </c>
+      <c r="B1037" s="1" t="inlineStr">
+        <is>
+          <t>Teoriden Pratiğe Muhasebe ve Denetim</t>
+        </is>
+      </c>
+      <c r="C1037" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:3">
+      <c r="A1038" s="1" t="inlineStr">
+        <is>
+          <t>9786256965706</t>
+        </is>
+      </c>
+      <c r="B1038" s="1" t="inlineStr">
+        <is>
+          <t>e-Spor Tüketimi ve Tüketici Motivasyonları</t>
+        </is>
+      </c>
+      <c r="C1038" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:3">
+      <c r="A1039" s="1" t="inlineStr">
+        <is>
+          <t>9786258299731</t>
+        </is>
+      </c>
+      <c r="B1039" s="1" t="inlineStr">
+        <is>
+          <t>Dil ve Edebiyat Araştırmaları II - Aybak 2022 Eylül</t>
+        </is>
+      </c>
+      <c r="C1039" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:3">
+      <c r="A1040" s="1" t="inlineStr">
+        <is>
+          <t>9786258299755</t>
+        </is>
+      </c>
+      <c r="B1040" s="1" t="inlineStr">
+        <is>
+          <t>Current Studies in Social Sciences V - Aybak 2022 September</t>
+        </is>
+      </c>
+      <c r="C1040" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:3">
+      <c r="A1041" s="1" t="inlineStr">
+        <is>
+          <t>9786258259094</t>
+        </is>
+      </c>
+      <c r="B1041" s="1" t="inlineStr">
+        <is>
+          <t>Depremzedelerde Covid-19 Kaygısı ve Sağlıklı Beslenme</t>
+        </is>
+      </c>
+      <c r="C1041" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:3">
+      <c r="A1042" s="1" t="inlineStr">
+        <is>
+          <t>9786258299748</t>
+        </is>
+      </c>
+      <c r="B1042" s="1" t="inlineStr">
+        <is>
+          <t>Current Researches in Educational Sciences V - Aybak 2022 Eylül</t>
+        </is>
+      </c>
+      <c r="C1042" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:3">
+      <c r="A1043" s="1" t="inlineStr">
+        <is>
+          <t>9786258259049</t>
+        </is>
+      </c>
+      <c r="B1043" s="1" t="inlineStr">
+        <is>
+          <t>Biyosistem Mühendisliği IV - Aybak 2022 Eylül</t>
+        </is>
+      </c>
+      <c r="C1043" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:3">
+      <c r="A1044" s="1" t="inlineStr">
+        <is>
+          <t>9786256965546</t>
+        </is>
+      </c>
+      <c r="B1044" s="1" t="inlineStr">
+        <is>
+          <t>Arduino ile Elektronik Kodlama Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1044" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:3">
+      <c r="A1045" s="1" t="inlineStr">
+        <is>
+          <t>9786253990350</t>
+        </is>
+      </c>
+      <c r="B1045" s="1" t="inlineStr">
+        <is>
+          <t>2 Numaralı Adana Şer'iye Sicili 1633- 1634 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1045" s="1">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:3">
+      <c r="A1046" s="1" t="inlineStr">
+        <is>
+          <t>9786253990824</t>
+        </is>
+      </c>
+      <c r="B1046" s="1" t="inlineStr">
+        <is>
+          <t>Aşırı Kolay BDT</t>
+        </is>
+      </c>
+      <c r="C1046" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:3">
+      <c r="A1047" s="1" t="inlineStr">
+        <is>
+          <t>9786253990848</t>
+        </is>
+      </c>
+      <c r="B1047" s="1" t="inlineStr">
+        <is>
+          <t>İki Sesli Solfej Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C1047" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:3">
+      <c r="A1048" s="1" t="inlineStr">
+        <is>
+          <t>9786253991258</t>
+        </is>
+      </c>
+      <c r="B1048" s="1" t="inlineStr">
+        <is>
+          <t>Dünyada Finansallaşma Süreci ve Türkiye Deneyimi</t>
+        </is>
+      </c>
+      <c r="C1048" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:3">
+      <c r="A1049" s="1" t="inlineStr">
+        <is>
+          <t>9786253990671</t>
+        </is>
+      </c>
+      <c r="B1049" s="1" t="inlineStr">
+        <is>
+          <t>Kamu ve Ekonomik Krizler</t>
+        </is>
+      </c>
+      <c r="C1049" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:3">
+      <c r="A1050" s="1" t="inlineStr">
+        <is>
+          <t>9786258299151</t>
+        </is>
+      </c>
+      <c r="B1050" s="1" t="inlineStr">
+        <is>
+          <t>Suçsil Makinesi</t>
+        </is>
+      </c>
+      <c r="C1050" s="1">
+        <v>187.5</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:3">
+      <c r="A1051" s="1" t="inlineStr">
+        <is>
+          <t>9786253990053</t>
+        </is>
+      </c>
+      <c r="B1051" s="1" t="inlineStr">
+        <is>
+          <t>Kops Gezegeninin Kayıp Prensi</t>
+        </is>
+      </c>
+      <c r="C1051" s="1">
+        <v>187.5</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:3">
+      <c r="A1052" s="1" t="inlineStr">
+        <is>
+          <t>9786253990046</t>
+        </is>
+      </c>
+      <c r="B1052" s="1" t="inlineStr">
+        <is>
+          <t>Hamarat Robot Cimcime</t>
+        </is>
+      </c>
+      <c r="C1052" s="1">
+        <v>187.5</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:3">
+      <c r="A1053" s="1" t="inlineStr">
+        <is>
+          <t>9786256965065</t>
+        </is>
+      </c>
+      <c r="B1053" s="1" t="inlineStr">
+        <is>
+          <t>Binbir Biçim Yaratık</t>
+        </is>
+      </c>
+      <c r="C1053" s="1">
+        <v>187.5</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:3">
+      <c r="A1054" s="1" t="inlineStr">
+        <is>
+          <t>9786253990923</t>
+        </is>
+      </c>
+      <c r="B1054" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimci, Gazeteci, Bürokrat Hüseyin Ragıp Baydur Hayatı ve Yazıları</t>
+        </is>
+      </c>
+      <c r="C1054" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:3">
+      <c r="A1055" s="1" t="inlineStr">
+        <is>
+          <t>9786253990916</t>
+        </is>
+      </c>
+      <c r="B1055" s="1" t="inlineStr">
+        <is>
+          <t>Kadriye Hüseyin Mehasin-i Hayat</t>
+        </is>
+      </c>
+      <c r="C1055" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:3">
+      <c r="A1056" s="1" t="inlineStr">
+        <is>
+          <t>9786253991074</t>
+        </is>
+      </c>
+      <c r="B1056" s="1" t="inlineStr">
+        <is>
+          <t>Sivil Havacılıkta Haberleşme Seyrüsefer Gözetim Hizmetleri İçin Bakım Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1056" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:3">
+      <c r="A1057" s="1" t="inlineStr">
+        <is>
+          <t>9786253990817</t>
+        </is>
+      </c>
+      <c r="B1057" s="1" t="inlineStr">
+        <is>
+          <t>Kayyum Uygulaması ve Seçmen Davranışı</t>
+        </is>
+      </c>
+      <c r="C1057" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:3">
+      <c r="A1058" s="1" t="inlineStr">
+        <is>
+          <t>9786253990572</t>
+        </is>
+      </c>
+      <c r="B1058" s="1" t="inlineStr">
+        <is>
+          <t>İslam, Toplum ve Siyaset Okumaları</t>
+        </is>
+      </c>
+      <c r="C1058" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:3">
+      <c r="A1059" s="1" t="inlineStr">
+        <is>
+          <t>9786253990855</t>
+        </is>
+      </c>
+      <c r="B1059" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmen Etkililiği: Beden Eğitimi Ortamlarında İletişim Becerileri ve Öğretim Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C1059" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:3">
+      <c r="A1060" s="1" t="inlineStr">
+        <is>
+          <t>9786253990800</t>
+        </is>
+      </c>
+      <c r="B1060" s="1" t="inlineStr">
+        <is>
+          <t>Muhasebe ve Denetimde Etik Örnek Olaylarla Etik Farkındalık</t>
+        </is>
+      </c>
+      <c r="C1060" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:3">
+      <c r="A1061" s="1" t="inlineStr">
+        <is>
+          <t>9786253990398</t>
+        </is>
+      </c>
+      <c r="B1061" s="1" t="inlineStr">
+        <is>
+          <t>Ailelerle Sosyal Hizmet Risk Altındaki Ailelerle Çalışma, Yaşanmış Hikâyeler Ve Aile Deneyimleri</t>
+        </is>
+      </c>
+      <c r="C1061" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:3">
+      <c r="A1062" s="1" t="inlineStr">
+        <is>
+          <t>9786258259872</t>
+        </is>
+      </c>
+      <c r="B1062" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Hukukunda Tartışmalı Konular</t>
+        </is>
+      </c>
+      <c r="C1062" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:3">
+      <c r="A1063" s="1" t="inlineStr">
+        <is>
+          <t>9786253990664</t>
+        </is>
+      </c>
+      <c r="B1063" s="1" t="inlineStr">
+        <is>
+          <t>Statü Oyunları Kadın Toplanmalarında Gösteriş Tüketimi, Bourdıeu Sosyolojisi ve Etnik Sermaye</t>
+        </is>
+      </c>
+      <c r="C1063" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:3">
+      <c r="A1064" s="1" t="inlineStr">
+        <is>
+          <t>9786253990220</t>
+        </is>
+      </c>
+      <c r="B1064" s="1" t="inlineStr">
+        <is>
+          <t>Kozan’dan Sivas’a 1919</t>
+        </is>
+      </c>
+      <c r="C1064" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:3">
+      <c r="A1065" s="1" t="inlineStr">
+        <is>
+          <t>9781469896830</t>
+        </is>
+      </c>
+      <c r="B1065" s="1" t="inlineStr">
+        <is>
+          <t>Rejyonel Anestezi ve Akut Ağrı Tıbbına Pratik Bir Yaklaşım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1065" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:3">
+      <c r="A1066" s="1" t="inlineStr">
+        <is>
+          <t>9786258259100</t>
+        </is>
+      </c>
+      <c r="B1066" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk İstismarı ve İhmali: Pediatri Hemşireleri için Bir Rehber</t>
+        </is>
+      </c>
+      <c r="C1066" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:3">
+      <c r="A1067" s="1" t="inlineStr">
+        <is>
+          <t>9786253990718</t>
+        </is>
+      </c>
+      <c r="B1067" s="1" t="inlineStr">
+        <is>
+          <t>İstatistiksel Okuryazarlık</t>
+        </is>
+      </c>
+      <c r="C1067" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:3">
+      <c r="A1068" s="1" t="inlineStr">
+        <is>
+          <t>9786253990237</t>
+        </is>
+      </c>
+      <c r="B1068" s="1" t="inlineStr">
+        <is>
+          <t>Sultan II. Abdülhamid’in Özel Koleksiyonundan Çukurova Fotoğrafları Albümü</t>
+        </is>
+      </c>
+      <c r="C1068" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:3">
+      <c r="A1069" s="1" t="inlineStr">
+        <is>
+          <t>9786253990626</t>
+        </is>
+      </c>
+      <c r="B1069" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomik Büyüme Yolunda Orta Gelir Tuzağı Kıskacı: Türkiye ile Seçilmiş Ülkeler Üzerine Bir Analiz</t>
+        </is>
+      </c>
+      <c r="C1069" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:3">
+      <c r="A1070" s="1" t="inlineStr">
+        <is>
+          <t>9786253990602</t>
+        </is>
+      </c>
+      <c r="B1070" s="1" t="inlineStr">
+        <is>
+          <t>Sivas İlbeyli Avazları</t>
+        </is>
+      </c>
+      <c r="C1070" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:3">
+      <c r="A1071" s="1" t="inlineStr">
+        <is>
+          <t>9786256965256</t>
+        </is>
+      </c>
+      <c r="B1071" s="1" t="inlineStr">
+        <is>
+          <t>Fen Öğretiminde Araştırmaya Dayalı Öğrenme</t>
+        </is>
+      </c>
+      <c r="C1071" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:3">
+      <c r="A1072" s="1" t="inlineStr">
+        <is>
+          <t>9786253990657</t>
+        </is>
+      </c>
+      <c r="B1072" s="1" t="inlineStr">
+        <is>
+          <t>Nahiv Usulünde İllet Teorisi ve Temel Nahiv İlletleri</t>
+        </is>
+      </c>
+      <c r="C1072" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:3">
+      <c r="A1073" s="1" t="inlineStr">
+        <is>
+          <t>9786258430561</t>
+        </is>
+      </c>
+      <c r="B1073" s="1" t="inlineStr">
+        <is>
+          <t>Yoga Temelli Beden Zihin Egzersizleri</t>
+        </is>
+      </c>
+      <c r="C1073" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:3">
+      <c r="A1074" s="1" t="inlineStr">
+        <is>
+          <t>9786253990466</t>
+        </is>
+      </c>
+      <c r="B1074" s="1" t="inlineStr">
+        <is>
+          <t>Armoni Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1074" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:3">
+      <c r="A1075" s="1" t="inlineStr">
+        <is>
+          <t>9786253990176</t>
+        </is>
+      </c>
+      <c r="B1075" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimin Bir Parçası Olarak Sosyal Girişimcilik</t>
+        </is>
+      </c>
+      <c r="C1075" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:3">
+      <c r="A1076" s="1" t="inlineStr">
+        <is>
+          <t>9786253990459</t>
+        </is>
+      </c>
+      <c r="B1076" s="1" t="inlineStr">
+        <is>
+          <t>Pratik Armoni</t>
+        </is>
+      </c>
+      <c r="C1076" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:3">
+      <c r="A1077" s="1" t="inlineStr">
+        <is>
+          <t>9786256965898</t>
+        </is>
+      </c>
+      <c r="B1077" s="1" t="inlineStr">
+        <is>
+          <t>Pomak Villages in Izmir</t>
+        </is>
+      </c>
+      <c r="C1077" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:3">
+      <c r="A1078" s="1" t="inlineStr">
+        <is>
+          <t>9786253990190</t>
+        </is>
+      </c>
+      <c r="B1078" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal İletişim Bakışıyla Kobi Ölçekli Aile İşletmelerinde Endüstri 4.0</t>
+        </is>
+      </c>
+      <c r="C1078" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:3">
+      <c r="A1079" s="1" t="inlineStr">
+        <is>
+          <t>9786258259162</t>
+        </is>
+      </c>
+      <c r="B1079" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilir Etkinlik Yönetimi Spor</t>
+        </is>
+      </c>
+      <c r="C1079" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:3">
+      <c r="A1080" s="1" t="inlineStr">
+        <is>
+          <t>9786253990060</t>
+        </is>
+      </c>
+      <c r="B1080" s="1" t="inlineStr">
+        <is>
+          <t>Nutrigenetik Kişisel Beslenme Bilimini Uygulamak</t>
+        </is>
+      </c>
+      <c r="C1080" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:3">
+      <c r="A1081" s="1" t="inlineStr">
+        <is>
+          <t>9786253990084</t>
+        </is>
+      </c>
+      <c r="B1081" s="1" t="inlineStr">
+        <is>
+          <t>The Economy of Immigrants: The Case of the Netherlands</t>
+        </is>
+      </c>
+      <c r="C1081" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:3">
+      <c r="A1082" s="1" t="inlineStr">
+        <is>
+          <t>9786253990015</t>
+        </is>
+      </c>
+      <c r="B1082" s="1" t="inlineStr">
+        <is>
+          <t>Ütopya ve Gerçeklik Arasında Gençlerin Oryantalizm Algısı</t>
+        </is>
+      </c>
+      <c r="C1082" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:3">
+      <c r="A1083" s="1" t="inlineStr">
+        <is>
+          <t>9786256965775</t>
+        </is>
+      </c>
+      <c r="B1083" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yazar Kendi Portresini Çiziyor … Günter Grass’ın Vedası: Soğanı Soyarken</t>
+        </is>
+      </c>
+      <c r="C1083" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:3">
+      <c r="A1084" s="1" t="inlineStr">
+        <is>
+          <t>9786258430400</t>
+        </is>
+      </c>
+      <c r="B1084" s="1" t="inlineStr">
+        <is>
+          <t>Introduction To Cost Accounting</t>
+        </is>
+      </c>
+      <c r="C1084" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:3">
+      <c r="A1085" s="1" t="inlineStr">
+        <is>
+          <t>9786258259896</t>
+        </is>
+      </c>
+      <c r="B1085" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Sanatlar için Artistik Anatomi</t>
+        </is>
+      </c>
+      <c r="C1085" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:3">
+      <c r="A1086" s="1" t="inlineStr">
+        <is>
+          <t>9786256965430</t>
+        </is>
+      </c>
+      <c r="B1086" s="1" t="inlineStr">
+        <is>
+          <t>Sütçü İneklerde Yaygın Postpartum Problemler, Olası Nedenleri ve Güncel Klinik Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1086" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:3">
+      <c r="A1087" s="1" t="inlineStr">
+        <is>
+          <t>9786256965331</t>
+        </is>
+      </c>
+      <c r="B1087" s="1" t="inlineStr">
+        <is>
+          <t>Bankacılar, İş insanları ve Finans Yöneticileri için Ticari Kredi Sözleşmeleri Hukuk Rehberi</t>
+        </is>
+      </c>
+      <c r="C1087" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:3">
+      <c r="A1088" s="1" t="inlineStr">
+        <is>
+          <t>9786256965287</t>
+        </is>
+      </c>
+      <c r="B1088" s="1" t="inlineStr">
+        <is>
+          <t>Beyin Fırtınası ve Yaratıcılık Duygudurumun Etkisi</t>
+        </is>
+      </c>
+      <c r="C1088" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:3">
+      <c r="A1089" s="1" t="inlineStr">
+        <is>
+          <t>9786256965034</t>
+        </is>
+      </c>
+      <c r="B1089" s="1" t="inlineStr">
+        <is>
+          <t>Bireyselleştirilmiş Öğretim Modeli ve Akış Teorisi</t>
+        </is>
+      </c>
+      <c r="C1089" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:3">
+      <c r="A1090" s="1" t="inlineStr">
+        <is>
+          <t>9786256965690</t>
+        </is>
+      </c>
+      <c r="B1090" s="1" t="inlineStr">
+        <is>
+          <t>Multidisipliner Yaklaşımla Spor Bilimlerinde Bilimsel Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C1090" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:3">
+      <c r="A1091" s="1" t="inlineStr">
+        <is>
+          <t>9786253990091</t>
+        </is>
+      </c>
+      <c r="B1091" s="1" t="inlineStr">
+        <is>
+          <t>Korno Çalgısı Üzerine Bilgiler ve Teknik Egzersizler</t>
+        </is>
+      </c>
+      <c r="C1091" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:3">
+      <c r="A1092" s="1" t="inlineStr">
+        <is>
+          <t>9786256965997</t>
+        </is>
+      </c>
+      <c r="B1092" s="1" t="inlineStr">
+        <is>
+          <t>Türkiyenin Gıda Güvencesi Güvende mi?</t>
+        </is>
+      </c>
+      <c r="C1092" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:3">
+      <c r="A1093" s="1" t="inlineStr">
+        <is>
+          <t>9786256965980</t>
+        </is>
+      </c>
+      <c r="B1093" s="1" t="inlineStr">
+        <is>
+          <t>Bilim ve Yaşam</t>
+        </is>
+      </c>
+      <c r="C1093" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:3">
+      <c r="A1094" s="1" t="inlineStr">
+        <is>
+          <t>9786256965850</t>
+        </is>
+      </c>
+      <c r="B1094" s="1" t="inlineStr">
+        <is>
+          <t>Yalın Üretimde Temel Kavramlar</t>
+        </is>
+      </c>
+      <c r="C1094" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:3">
+      <c r="A1095" s="1" t="inlineStr">
+        <is>
+          <t>9786258299489</t>
+        </is>
+      </c>
+      <c r="B1095" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Belgelerinde Nazilli Kazası XIX. Asır - Nazilli Tarihinin Kaynakları IV</t>
+        </is>
+      </c>
+      <c r="C1095" s="1">
+        <v>3562.5</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:3">
+      <c r="A1096" s="1" t="inlineStr">
+        <is>
+          <t>9786256965843</t>
+        </is>
+      </c>
+      <c r="B1096" s="1" t="inlineStr">
+        <is>
+          <t>Kanserin Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C1096" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:3">
+      <c r="A1097" s="1" t="inlineStr">
+        <is>
+          <t>9786258259926</t>
+        </is>
+      </c>
+      <c r="B1097" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Bürokrasi ve Memur Vatandaş Etkileşimi</t>
+        </is>
+      </c>
+      <c r="C1097" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:3">
+      <c r="A1098" s="1" t="inlineStr">
+        <is>
+          <t>9786256965621</t>
+        </is>
+      </c>
+      <c r="B1098" s="1" t="inlineStr">
+        <is>
+          <t>Piyano için Türk Müziği Düzenlemeleri ‘Çocuklar ve Gençler için Dört El Piyano Parçaları’</t>
+        </is>
+      </c>
+      <c r="C1098" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:3">
+      <c r="A1099" s="1" t="inlineStr">
+        <is>
+          <t>9786256965386</t>
+        </is>
+      </c>
+      <c r="B1099" s="1" t="inlineStr">
+        <is>
+          <t>Kimya Eğitiminde Güncel Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C1099" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:3">
+      <c r="A1100" s="1" t="inlineStr">
+        <is>
+          <t>9786256965836</t>
+        </is>
+      </c>
+      <c r="B1100" s="1" t="inlineStr">
+        <is>
+          <t>Dün Kim Ben Kim Yarın Kim</t>
+        </is>
+      </c>
+      <c r="C1100" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:3">
+      <c r="A1101" s="1" t="inlineStr">
+        <is>
+          <t>9786256965768</t>
+        </is>
+      </c>
+      <c r="B1101" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Bilimlerinde Güncel Konular ve Yeni Nesil Teknolojiler</t>
+        </is>
+      </c>
+      <c r="C1101" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:3">
+      <c r="A1102" s="1" t="inlineStr">
+        <is>
+          <t>9786256965959</t>
+        </is>
+      </c>
+      <c r="B1102" s="1" t="inlineStr">
+        <is>
+          <t>Spor Farkındalığı</t>
+        </is>
+      </c>
+      <c r="C1102" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:3">
+      <c r="A1103" s="1" t="inlineStr">
+        <is>
+          <t>9786256965874</t>
+        </is>
+      </c>
+      <c r="B1103" s="1" t="inlineStr">
+        <is>
+          <t>An Insight To The Turkish-Romanian Diplomatic Relations: (In)dependence, Nation-State Building and Migration</t>
+        </is>
+      </c>
+      <c r="C1103" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:3">
+      <c r="A1104" s="1" t="inlineStr">
+        <is>
+          <t>9786256965942</t>
+        </is>
+      </c>
+      <c r="B1104" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomide Veri Bilimi, Makine Öğrenmesi, Derin Öğrenme ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1104" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:3">
+      <c r="A1105" s="1" t="inlineStr">
+        <is>
+          <t>9786256965560</t>
+        </is>
+      </c>
+      <c r="B1105" s="1" t="inlineStr">
+        <is>
+          <t>Değişen Dünyada Dönüşen Spor</t>
+        </is>
+      </c>
+      <c r="C1105" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:3">
+      <c r="A1106" s="1" t="inlineStr">
+        <is>
+          <t>9786256965522</t>
+        </is>
+      </c>
+      <c r="B1106" s="1" t="inlineStr">
+        <is>
+          <t>Sin Manastırı</t>
+        </is>
+      </c>
+      <c r="C1106" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:3">
+      <c r="A1107" s="1" t="inlineStr">
+        <is>
+          <t>9786258259636</t>
+        </is>
+      </c>
+      <c r="B1107" s="1" t="inlineStr">
+        <is>
+          <t>Spor Yönetimine Dair</t>
+        </is>
+      </c>
+      <c r="C1107" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:3">
+      <c r="A1108" s="1" t="inlineStr">
+        <is>
+          <t>9786256965355</t>
+        </is>
+      </c>
+      <c r="B1108" s="1" t="inlineStr">
+        <is>
+          <t>Yahudilik II Tarih ve Kutsal Metinler</t>
+        </is>
+      </c>
+      <c r="C1108" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:3">
+      <c r="A1109" s="1" t="inlineStr">
+        <is>
+          <t>9786257496780</t>
+        </is>
+      </c>
+      <c r="B1109" s="1" t="inlineStr">
+        <is>
+          <t>İngiliz Edebiyatında Siyasi Hiciv</t>
+        </is>
+      </c>
+      <c r="C1109" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:3">
+      <c r="A1110" s="1" t="inlineStr">
+        <is>
+          <t>9786256965782</t>
+        </is>
+      </c>
+      <c r="B1110" s="1" t="inlineStr">
+        <is>
+          <t>Batı Müziği Solfej Alıştırmaları 2</t>
+        </is>
+      </c>
+      <c r="C1110" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:3">
+      <c r="A1111" s="1" t="inlineStr">
+        <is>
+          <t>9786256965072</t>
+        </is>
+      </c>
+      <c r="B1111" s="1" t="inlineStr">
+        <is>
+          <t>"Kayaklı Koşu" Da Zihinsel Antrenman Düzeyi İle Sporda Kaygı Düzeyi Arasında Bir İlişki Var Mıdır?</t>
+        </is>
+      </c>
+      <c r="C1111" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:3">
+      <c r="A1112" s="1" t="inlineStr">
+        <is>
+          <t>9786256965911</t>
+        </is>
+      </c>
+      <c r="B1112" s="1" t="inlineStr">
+        <is>
+          <t>Görselliğin İktidar Olma Sürecinde Sosyal Medyanın Rolü: Instagram Üzerine Bir Araştırma</t>
+        </is>
+      </c>
+      <c r="C1112" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:3">
+      <c r="A1113" s="1" t="inlineStr">
+        <is>
+          <t>9786258430578</t>
+        </is>
+      </c>
+      <c r="B1113" s="1" t="inlineStr">
+        <is>
+          <t>Necib Mahfüz’un Cebelavi Sokağı’nın Çocukları Evladu Haratina) Eserinde Şahıslar</t>
+        </is>
+      </c>
+      <c r="C1113" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:3">
+      <c r="A1114" s="1" t="inlineStr">
+        <is>
+          <t>9786256965447</t>
+        </is>
+      </c>
+      <c r="B1114" s="1" t="inlineStr">
+        <is>
+          <t>Muhasebe Eğitiminde Yanılgılar (Çözüm Odaklı Bakış)</t>
+        </is>
+      </c>
+      <c r="C1114" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:3">
+      <c r="A1115" s="1" t="inlineStr">
+        <is>
+          <t>9786256965744</t>
+        </is>
+      </c>
+      <c r="B1115" s="1" t="inlineStr">
+        <is>
+          <t>Wingate Anaerobik Güç Testi ve Solunum Fonksiyonları</t>
+        </is>
+      </c>
+      <c r="C1115" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:3">
+      <c r="A1116" s="1" t="inlineStr">
+        <is>
+          <t>9786256965935</t>
+        </is>
+      </c>
+      <c r="B1116" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Hubris Sendromu</t>
+        </is>
+      </c>
+      <c r="C1116" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:3">
+      <c r="A1117" s="1" t="inlineStr">
+        <is>
+          <t>9786256965928</t>
+        </is>
+      </c>
+      <c r="B1117" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimlerine Genel Bakış</t>
+        </is>
+      </c>
+      <c r="C1117" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:3">
+      <c r="A1118" s="1" t="inlineStr">
+        <is>
+          <t>9786256965157</t>
+        </is>
+      </c>
+      <c r="B1118" s="1" t="inlineStr">
+        <is>
+          <t>Futbolu Seviyorsan Acı Çekmeyi Öğrenmelisin</t>
+        </is>
+      </c>
+      <c r="C1118" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:3">
+      <c r="A1119" s="1" t="inlineStr">
+        <is>
+          <t>9786258430424</t>
+        </is>
+      </c>
+      <c r="B1119" s="1" t="inlineStr">
+        <is>
+          <t>Kuvvet Antrenman Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1119" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:3">
+      <c r="A1120" s="1" t="inlineStr">
+        <is>
+          <t>9786256965423</t>
+        </is>
+      </c>
+      <c r="B1120" s="1" t="inlineStr">
+        <is>
+          <t>Etkili Okul Özelliklerinin Dönüşümsel Liderlik ve Öğretmen Bağlılığıyla İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1120" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:3">
+      <c r="A1121" s="1" t="inlineStr">
+        <is>
+          <t>9786256965904</t>
+        </is>
+      </c>
+      <c r="B1121" s="1" t="inlineStr">
+        <is>
+          <t>Twitter'da İçerik Yayılımı ve Kullanıcıların Retweet Motivasyonları</t>
+        </is>
+      </c>
+      <c r="C1121" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:3">
+      <c r="A1122" s="1" t="inlineStr">
+        <is>
+          <t>9786256965010</t>
+        </is>
+      </c>
+      <c r="B1122" s="1" t="inlineStr">
+        <is>
+          <t>Fen Eğitimi Araştırmalarına Güncel Bakış - V</t>
+        </is>
+      </c>
+      <c r="C1122" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:3">
+      <c r="A1123" s="1" t="inlineStr">
+        <is>
+          <t>9786256965171</t>
+        </is>
+      </c>
+      <c r="B1123" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Gümrük Örgütü Küresel Ticaretin Kolaylaştırılması ve Güvenliği Çalışmaları ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C1123" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:3">
+      <c r="A1124" s="1" t="inlineStr">
+        <is>
+          <t>9786256965133</t>
+        </is>
+      </c>
+      <c r="B1124" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Tüketim Toplumuna Dönüşüm Serüveni</t>
+        </is>
+      </c>
+      <c r="C1124" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:3">
+      <c r="A1125" s="1" t="inlineStr">
+        <is>
+          <t>9786256965348</t>
+        </is>
+      </c>
+      <c r="B1125" s="1" t="inlineStr">
+        <is>
+          <t>Sportif Havacılık Branşları ve Rekreasyonel Havacılık Sahaları</t>
+        </is>
+      </c>
+      <c r="C1125" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:3">
+      <c r="A1126" s="1" t="inlineStr">
+        <is>
+          <t>9786256965201</t>
+        </is>
+      </c>
+      <c r="B1126" s="1" t="inlineStr">
+        <is>
+          <t>Yelkencilerde Fonksiyonel Hareket Tarama ve Bazı Motorik Özelliklerin Ağrı ile İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1126" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:3">
+      <c r="A1127" s="1" t="inlineStr">
+        <is>
+          <t>9786256965218</t>
+        </is>
+      </c>
+      <c r="B1127" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Güreşçilerde Toparlanma Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1127" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:3">
+      <c r="A1128" s="1" t="inlineStr">
+        <is>
+          <t>9786256965225</t>
+        </is>
+      </c>
+      <c r="B1128" s="1" t="inlineStr">
+        <is>
+          <t>Türk Romanında Roman Sanatı</t>
+        </is>
+      </c>
+      <c r="C1128" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:3">
+      <c r="A1129" s="1" t="inlineStr">
+        <is>
+          <t>9786256965393</t>
+        </is>
+      </c>
+      <c r="B1129" s="1" t="inlineStr">
+        <is>
+          <t>Genç Kadın Judocuların Leptin Düzeylerine Müsabaka</t>
+        </is>
+      </c>
+      <c r="C1129" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:3">
+      <c r="A1130" s="1" t="inlineStr">
+        <is>
+          <t>9786256965362</t>
+        </is>
+      </c>
+      <c r="B1130" s="1" t="inlineStr">
+        <is>
+          <t>Üst Düzey Liglerde Görev Alan Antrenör ve Sporcularda Geride Kalan Sendromu</t>
+        </is>
+      </c>
+      <c r="C1130" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:3">
+      <c r="A1131" s="1" t="inlineStr">
+        <is>
+          <t>9786256965409</t>
+        </is>
+      </c>
+      <c r="B1131" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Judocularda Ekstra Denge Antrenmanları</t>
+        </is>
+      </c>
+      <c r="C1131" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:3">
+      <c r="A1132" s="1" t="inlineStr">
+        <is>
+          <t>9786256965232</t>
+        </is>
+      </c>
+      <c r="B1132" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal Davranış: Siyasal Katılma ve Siyasal Toplumsallaşma Üzerine Bir Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1132" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:3">
+      <c r="A1133" s="1" t="inlineStr">
+        <is>
+          <t>9786256965379</t>
+        </is>
+      </c>
+      <c r="B1133" s="1" t="inlineStr">
+        <is>
+          <t>Makalat Geleneğinde Ebü’l-Kasım El-Ka‘bî ve Mezhepler Tarihindeki Yeri</t>
+        </is>
+      </c>
+      <c r="C1133" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:3">
+      <c r="A1134" s="1" t="inlineStr">
+        <is>
+          <t>9786258259322</t>
+        </is>
+      </c>
+      <c r="B1134" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimleri Fakültelerinde Nitelik Problemi: Öğretim Elemanı ve Öğrenci Görüşleri</t>
+        </is>
+      </c>
+      <c r="C1134" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:3">
+      <c r="A1135" s="1" t="inlineStr">
+        <is>
+          <t>9786256965041</t>
+        </is>
+      </c>
+      <c r="B1135" s="1" t="inlineStr">
+        <is>
+          <t>Kentsel Mekanda Ayrışma ve Hareketlilik Gaziantep'te Öğrencilerin Konut Deneyimleri</t>
+        </is>
+      </c>
+      <c r="C1135" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:3">
+      <c r="A1136" s="1" t="inlineStr">
+        <is>
+          <t>9786258259889</t>
+        </is>
+      </c>
+      <c r="B1136" s="1" t="inlineStr">
+        <is>
+          <t>Görsel Tasarımda Sanat, Temsil ve İletişim</t>
+        </is>
+      </c>
+      <c r="C1136" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:3">
+      <c r="A1137" s="1" t="inlineStr">
+        <is>
+          <t>9786258259148</t>
+        </is>
+      </c>
+      <c r="B1137" s="1" t="inlineStr">
+        <is>
+          <t>Bağımsız Denetimde Kalite Kontrol Denetim Şirketi Örnek Uygulaması</t>
+        </is>
+      </c>
+      <c r="C1137" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:3">
+      <c r="A1138" s="1" t="inlineStr">
+        <is>
+          <t>9786256965126</t>
+        </is>
+      </c>
+      <c r="B1138" s="1" t="inlineStr">
+        <is>
+          <t>Romanya'da Türkçe Matbuat ve Türk Birliği Gazetesi (1878-1939)</t>
+        </is>
+      </c>
+      <c r="C1138" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:3">
+      <c r="A1139" s="1" t="inlineStr">
+        <is>
+          <t>9786258155075</t>
+        </is>
+      </c>
+      <c r="B1139" s="1" t="inlineStr">
+        <is>
+          <t>Basketbolda Hücum</t>
+        </is>
+      </c>
+      <c r="C1139" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:3">
+      <c r="A1140" s="1" t="inlineStr">
+        <is>
+          <t>9786258399981</t>
+        </is>
+      </c>
+      <c r="B1140" s="1" t="inlineStr">
+        <is>
+          <t>Asma Anatomisi ve Fizyolojisi</t>
+        </is>
+      </c>
+      <c r="C1140" s="1">
+        <v>2175</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:3">
+      <c r="A1141" s="1" t="inlineStr">
+        <is>
+          <t>9786258259940</t>
+        </is>
+      </c>
+      <c r="B1141" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Vatandaşlık Okuryazarlığı</t>
+        </is>
+      </c>
+      <c r="C1141" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:3">
+      <c r="A1142" s="1" t="inlineStr">
+        <is>
+          <t>9786256965096</t>
+        </is>
+      </c>
+      <c r="B1142" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Karar Verme, Problem Çözme Becerisi ve Akademik Başarı</t>
+        </is>
+      </c>
+      <c r="C1142" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:3">
+      <c r="A1143" s="1" t="inlineStr">
+        <is>
+          <t>9786256965164</t>
+        </is>
+      </c>
+      <c r="B1143" s="1" t="inlineStr">
+        <is>
+          <t>TTO’lardan Alınan Hizmete Dair Memnuniyet Ölçeği</t>
+        </is>
+      </c>
+      <c r="C1143" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:3">
+      <c r="A1144" s="1" t="inlineStr">
+        <is>
+          <t>9786258259346</t>
+        </is>
+      </c>
+      <c r="B1144" s="1" t="inlineStr">
+        <is>
+          <t>8 Haftalık Core Antrenmanlarının Genç Erkek Güreşçilerde Fiziksel Parametrelere Etkisinin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C1144" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:3">
+      <c r="A1145" s="1" t="inlineStr">
+        <is>
+          <t>9786256965140</t>
+        </is>
+      </c>
+      <c r="B1145" s="1" t="inlineStr">
+        <is>
+          <t>Futbol Hakemlerinin İş Stresi, İş Tatmini ve Yaşam Tatmin Düzeyleri</t>
+        </is>
+      </c>
+      <c r="C1145" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:3">
+      <c r="A1146" s="1" t="inlineStr">
+        <is>
+          <t>9786258399097</t>
+        </is>
+      </c>
+      <c r="B1146" s="1" t="inlineStr">
+        <is>
+          <t>Tülün Malkoç Türk Ezgileri</t>
+        </is>
+      </c>
+      <c r="C1146" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:3">
+      <c r="A1147" s="1" t="inlineStr">
+        <is>
+          <t>9786256965089</t>
+        </is>
+      </c>
+      <c r="B1147" s="1" t="inlineStr">
+        <is>
+          <t>C ile Programlamaya Giriş</t>
+        </is>
+      </c>
+      <c r="C1147" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:3">
+      <c r="A1148" s="1" t="inlineStr">
+        <is>
+          <t>9786256965119</t>
+        </is>
+      </c>
+      <c r="B1148" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana’nın Mesnevi’sinde İnsan, Kadın ve Nefis</t>
+        </is>
+      </c>
+      <c r="C1148" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:3">
+      <c r="A1149" s="1" t="inlineStr">
+        <is>
+          <t>9786258259957</t>
+        </is>
+      </c>
+      <c r="B1149" s="1" t="inlineStr">
+        <is>
+          <t>Kişilik, Toplumsal Cinsiyet Yanılsaması ve Sahtekarlık Fenomeni</t>
+        </is>
+      </c>
+      <c r="C1149" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:3">
+      <c r="A1150" s="1" t="inlineStr">
+        <is>
+          <t>9786258259988</t>
+        </is>
+      </c>
+      <c r="B1150" s="1" t="inlineStr">
+        <is>
+          <t>Serbest Zaman'da İnternet Bağımlılığını Etkileyen Faktörler: Heyecan Arayışı ve Sıkılma Algısı</t>
+        </is>
+      </c>
+      <c r="C1150" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:3">
+      <c r="A1151" s="1" t="inlineStr">
+        <is>
+          <t>9786258299786</t>
+        </is>
+      </c>
+      <c r="B1151" s="1" t="inlineStr">
+        <is>
+          <t>Sporcu ve Antrenör Kullanımları Bakımından Spor Tesisleri</t>
+        </is>
+      </c>
+      <c r="C1151" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:3">
+      <c r="A1152" s="1" t="inlineStr">
+        <is>
+          <t>9786258259643</t>
+        </is>
+      </c>
+      <c r="B1152" s="1" t="inlineStr">
+        <is>
+          <t>İnsansız Hava Aracı Tasarımı Temel Bilgilerin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C1152" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:3">
+      <c r="A1153" s="1" t="inlineStr">
+        <is>
+          <t>9786256965003</t>
+        </is>
+      </c>
+      <c r="B1153" s="1" t="inlineStr">
+        <is>
+          <t>Elit Sporcularda İzokinetik ve Elektromiyografik Değerlendirmeler</t>
+        </is>
+      </c>
+      <c r="C1153" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:3">
+      <c r="A1154" s="1" t="inlineStr">
+        <is>
+          <t>9786258259858</t>
+        </is>
+      </c>
+      <c r="B1154" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Kültürlerde Boş Zaman Davranışları: Süryaniler Örneklemi</t>
+        </is>
+      </c>
+      <c r="C1154" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:3">
+      <c r="A1155" s="1" t="inlineStr">
+        <is>
+          <t>9786258259766</t>
+        </is>
+      </c>
+      <c r="B1155" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam, İletişim ve Bilişsellik Üzerine</t>
+        </is>
+      </c>
+      <c r="C1155" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:3">
+      <c r="A1156" s="1" t="inlineStr">
+        <is>
+          <t>9786258299601</t>
+        </is>
+      </c>
+      <c r="B1156" s="1" t="inlineStr">
+        <is>
+          <t>Güreşçilerin Kuvvet Gelişiminde Klasik Direnç ve Crossfit Antrenmanların Etkisi</t>
+        </is>
+      </c>
+      <c r="C1156" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:3">
+      <c r="A1157" s="1" t="inlineStr">
+        <is>
+          <t>9786258259605</t>
+        </is>
+      </c>
+      <c r="B1157" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Futbolcularda Core Antrenman Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1157" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:3">
+      <c r="A1158" s="1" t="inlineStr">
+        <is>
+          <t>9786258259599</t>
+        </is>
+      </c>
+      <c r="B1158" s="1" t="inlineStr">
+        <is>
+          <t>Üniversite Öğrencilerinde Depresyon ve Boş Zamanın Anlamı İlişkisinin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C1158" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:3">
+      <c r="A1159" s="1" t="inlineStr">
+        <is>
+          <t>9786258259544</t>
+        </is>
+      </c>
+      <c r="B1159" s="1" t="inlineStr">
+        <is>
+          <t>Konu Para Değil</t>
+        </is>
+      </c>
+      <c r="C1159" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:3">
+      <c r="A1160" s="1" t="inlineStr">
+        <is>
+          <t>9786258259780</t>
+        </is>
+      </c>
+      <c r="B1160" s="1" t="inlineStr">
+        <is>
+          <t>Egzersizde Biyomotor Özellikler ve Fizyolojik Süreçler</t>
+        </is>
+      </c>
+      <c r="C1160" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:3">
+      <c r="A1161" s="1" t="inlineStr">
+        <is>
+          <t>9786258259803</t>
+        </is>
+      </c>
+      <c r="B1161" s="1" t="inlineStr">
+        <is>
+          <t>Modern Moleküler Sitogenetik</t>
+        </is>
+      </c>
+      <c r="C1161" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:3">
+      <c r="A1162" s="1" t="inlineStr">
+        <is>
+          <t>9786258259681</t>
+        </is>
+      </c>
+      <c r="B1162" s="1" t="inlineStr">
+        <is>
+          <t>Aile Sinesinde Kadın ve Erkek Rızaeddin Bin Fahreddin</t>
+        </is>
+      </c>
+      <c r="C1162" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:3">
+      <c r="A1163" s="1" t="inlineStr">
+        <is>
+          <t>9786258259902</t>
+        </is>
+      </c>
+      <c r="B1163" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Konteyner Limanlarının Etkinlik Analizil</t>
+        </is>
+      </c>
+      <c r="C1163" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:3">
+      <c r="A1164" s="1" t="inlineStr">
+        <is>
+          <t>9786258259629</t>
+        </is>
+      </c>
+      <c r="B1164" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Ermeniler ve Aleviler Kimlik, Farklılık, Hiyerarşi</t>
+        </is>
+      </c>
+      <c r="C1164" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:3">
+      <c r="A1165" s="1" t="inlineStr">
+        <is>
+          <t>9786258259155</t>
+        </is>
+      </c>
+      <c r="B1165" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Çalışanları İçin Duygu Yönetimli İletişim</t>
+        </is>
+      </c>
+      <c r="C1165" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:3">
+      <c r="A1166" s="1" t="inlineStr">
+        <is>
+          <t>9786258259698</t>
+        </is>
+      </c>
+      <c r="B1166" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Devleti’nde Çok Yönlü Bir Ulema Ailesi: Hocazâdeler</t>
+        </is>
+      </c>
+      <c r="C1166" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:3">
+      <c r="A1167" s="1" t="inlineStr">
+        <is>
+          <t>9786258299441</t>
+        </is>
+      </c>
+      <c r="B1167" s="1" t="inlineStr">
+        <is>
+          <t>Yerli Televizyon Dizilerinde Gündelik Yaşam</t>
+        </is>
+      </c>
+      <c r="C1167" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:3">
+      <c r="A1168" s="1" t="inlineStr">
+        <is>
+          <t>9786258259612</t>
+        </is>
+      </c>
+      <c r="B1168" s="1" t="inlineStr">
+        <is>
+          <t>5’ten 7’ye Agnes Varda Sineması</t>
+        </is>
+      </c>
+      <c r="C1168" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:3">
+      <c r="A1169" s="1" t="inlineStr">
+        <is>
+          <t>9786258125009</t>
+        </is>
+      </c>
+      <c r="B1169" s="1" t="inlineStr">
+        <is>
+          <t>Tarımsal Mekanizasyon ve Enerji Üzerine Güncel Araştırmalar II</t>
+        </is>
+      </c>
+      <c r="C1169" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:3">
+      <c r="A1170" s="1" t="inlineStr">
+        <is>
+          <t>9786258259414</t>
+        </is>
+      </c>
+      <c r="B1170" s="1" t="inlineStr">
+        <is>
+          <t>Kentsel Dönüşüm ve Devingen Gruplar</t>
+        </is>
+      </c>
+      <c r="C1170" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:3">
+      <c r="A1171" s="1" t="inlineStr">
+        <is>
+          <t>9786258259339</t>
+        </is>
+      </c>
+      <c r="B1171" s="1" t="inlineStr">
+        <is>
+          <t>Sporcularda Gün Zamanı ve Kronotipin Bilişsel Fonksiyonlara Etkisi</t>
+        </is>
+      </c>
+      <c r="C1171" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:3">
+      <c r="A1172" s="1" t="inlineStr">
+        <is>
+          <t>9786258299663</t>
+        </is>
+      </c>
+      <c r="B1172" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Yönleriyle Et Analizleri</t>
+        </is>
+      </c>
+      <c r="C1172" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:3">
+      <c r="A1173" s="1" t="inlineStr">
+        <is>
+          <t>9786258259131</t>
+        </is>
+      </c>
+      <c r="B1173" s="1" t="inlineStr">
+        <is>
+          <t>100 Damla Aforizma</t>
+        </is>
+      </c>
+      <c r="C1173" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:3">
+      <c r="A1174" s="1" t="inlineStr">
+        <is>
+          <t>9786258259551</t>
+        </is>
+      </c>
+      <c r="B1174" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Etik İklim ve Şeffaflık Algıları Işığında Bilgiİ fşa Yönelimleri</t>
+        </is>
+      </c>
+      <c r="C1174" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:3">
+      <c r="A1175" s="1" t="inlineStr">
+        <is>
+          <t>9786258259278</t>
+        </is>
+      </c>
+      <c r="B1175" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Pazarlamada RPA Dönüşümü</t>
+        </is>
+      </c>
+      <c r="C1175" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:3">
+      <c r="A1176" s="1" t="inlineStr">
+        <is>
+          <t>9786258259650</t>
+        </is>
+      </c>
+      <c r="B1176" s="1" t="inlineStr">
+        <is>
+          <t>Hentbolda Bilimsel Tezler 2005-2022</t>
+        </is>
+      </c>
+      <c r="C1176" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:3">
+      <c r="A1177" s="1" t="inlineStr">
+        <is>
+          <t>9786258259568</t>
+        </is>
+      </c>
+      <c r="B1177" s="1" t="inlineStr">
+        <is>
+          <t>Kriz İletişimi: Siyasi Kriz İletişimi Üzerine Düşünceler</t>
+        </is>
+      </c>
+      <c r="C1177" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:3">
+      <c r="A1178" s="1" t="inlineStr">
+        <is>
+          <t>9786258125030</t>
+        </is>
+      </c>
+      <c r="B1178" s="1" t="inlineStr">
+        <is>
+          <t>03059 Numaralı Tire Nüfus Defteri</t>
+        </is>
+      </c>
+      <c r="C1178" s="1">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:3">
+      <c r="A1179" s="1" t="inlineStr">
+        <is>
+          <t>9786258155785</t>
+        </is>
+      </c>
+      <c r="B1179" s="1" t="inlineStr">
+        <is>
+          <t>Yöresel Dörtyol Yemekleri</t>
+        </is>
+      </c>
+      <c r="C1179" s="1">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:3">
+      <c r="A1180" s="1" t="inlineStr">
+        <is>
+          <t>9786258259674</t>
+        </is>
+      </c>
+      <c r="B1180" s="1" t="inlineStr">
+        <is>
+          <t>Suriyeli ve Türk Gençlerin Kültürleşme Süreçleri ve Otobiyografik Anıları Üzerine Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C1180" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:3">
+      <c r="A1181" s="1" t="inlineStr">
+        <is>
+          <t>9786258259452</t>
+        </is>
+      </c>
+      <c r="B1181" s="1" t="inlineStr">
+        <is>
+          <t>Trabzon'da Anlatılan Masallar</t>
+        </is>
+      </c>
+      <c r="C1181" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:3">
+      <c r="A1182" s="1" t="inlineStr">
+        <is>
+          <t>9786258259360</t>
+        </is>
+      </c>
+      <c r="B1182" s="1" t="inlineStr">
+        <is>
+          <t>Enerji Kaynakları ve Elektrik Tüketim TalepTahmin Yöntemleri: Regresyon ve ANFIS Uygulaması</t>
+        </is>
+      </c>
+      <c r="C1182" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:3">
+      <c r="A1183" s="1" t="inlineStr">
+        <is>
+          <t>9786258259353</t>
+        </is>
+      </c>
+      <c r="B1183" s="1" t="inlineStr">
+        <is>
+          <t>Alkol Madde Kullanım Bozuklukları ve Davranışsal Bağımlılıklar</t>
+        </is>
+      </c>
+      <c r="C1183" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:3">
+      <c r="A1184" s="1" t="inlineStr">
+        <is>
+          <t>9786258430639</t>
+        </is>
+      </c>
+      <c r="B1184" s="1" t="inlineStr">
+        <is>
+          <t>Postkolonyalizm ve Siyahi Tiyatro</t>
+        </is>
+      </c>
+      <c r="C1184" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:3">
+      <c r="A1185" s="1" t="inlineStr">
+        <is>
+          <t>9786258259537</t>
+        </is>
+      </c>
+      <c r="B1185" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimin Mutfağından Sahnesine Eğitim ve Gelişim Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1185" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:3">
+      <c r="A1186" s="1" t="inlineStr">
+        <is>
+          <t>9786258259186</t>
+        </is>
+      </c>
+      <c r="B1186" s="1" t="inlineStr">
+        <is>
+          <t>Her Yönüyle Spor Araştırmaları III</t>
+        </is>
+      </c>
+      <c r="C1186" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:3">
+      <c r="A1187" s="1" t="inlineStr">
+        <is>
+          <t>9786258299670</t>
+        </is>
+      </c>
+      <c r="B1187" s="1" t="inlineStr">
+        <is>
+          <t>Şehir Planlamada Üst Ölçekli Planlama Örnekleri</t>
+        </is>
+      </c>
+      <c r="C1187" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:3">
+      <c r="A1188" s="1" t="inlineStr">
+        <is>
+          <t>9786258299687</t>
+        </is>
+      </c>
+      <c r="B1188" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk ve Ergenlerde Uyku ve Uyku Bozukluklarına Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C1188" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:3">
+      <c r="A1189" s="1" t="inlineStr">
+        <is>
+          <t>9786258259285</t>
+        </is>
+      </c>
+      <c r="B1189" s="1" t="inlineStr">
+        <is>
+          <t>Victims more than Villains: Images of the Child in McEwan’s Novels</t>
+        </is>
+      </c>
+      <c r="C1189" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:3">
+      <c r="A1190" s="1" t="inlineStr">
+        <is>
+          <t>9786258259384</t>
+        </is>
+      </c>
+      <c r="B1190" s="1" t="inlineStr">
+        <is>
+          <t>Sığırcılık Yemleme Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1190" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:3">
+      <c r="A1191" s="1" t="inlineStr">
+        <is>
+          <t>9786258299700</t>
+        </is>
+      </c>
+      <c r="B1191" s="1" t="inlineStr">
+        <is>
+          <t>Post Aktivasyon Potansiyeli Antrenmanları ve Dairesel Tekme Hızı İlişkisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1191" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:3">
+      <c r="A1192" s="1" t="inlineStr">
+        <is>
+          <t>9786258259230</t>
+        </is>
+      </c>
+      <c r="B1192" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C1192" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:3">
+      <c r="A1193" s="1" t="inlineStr">
+        <is>
+          <t>9786258299571</t>
+        </is>
+      </c>
+      <c r="B1193" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Örgüt Teorilerinin Dönemsel Olarak İncelemesi Rusya Örneği</t>
+        </is>
+      </c>
+      <c r="C1193" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:3">
+      <c r="A1194" s="1" t="inlineStr">
+        <is>
+          <t>9786258299656</t>
+        </is>
+      </c>
+      <c r="B1194" s="1" t="inlineStr">
+        <is>
+          <t>Temas</t>
+        </is>
+      </c>
+      <c r="C1194" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:3">
+      <c r="A1195" s="1" t="inlineStr">
+        <is>
+          <t>9786258259032</t>
+        </is>
+      </c>
+      <c r="B1195" s="1" t="inlineStr">
+        <is>
+          <t>Bölgesel Kalkınma Bağlamında Filyos Limanı</t>
+        </is>
+      </c>
+      <c r="C1195" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:3">
+      <c r="A1196" s="1" t="inlineStr">
+        <is>
+          <t>9786258259315</t>
+        </is>
+      </c>
+      <c r="B1196" s="1" t="inlineStr">
+        <is>
+          <t>Spor Eğitiminde Yenilikçi Metotlar - Taekwondo Antrenmanlarında Görsel Materyallerin Kullanımı</t>
+        </is>
+      </c>
+      <c r="C1196" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:3">
+      <c r="A1197" s="1" t="inlineStr">
+        <is>
+          <t>9786258259018</t>
+        </is>
+      </c>
+      <c r="B1197" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenilmiş Çaresizlik Davranışı ve Kader İnancı</t>
+        </is>
+      </c>
+      <c r="C1197" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:3">
+      <c r="A1198" s="1" t="inlineStr">
+        <is>
+          <t>9786258259025</t>
+        </is>
+      </c>
+      <c r="B1198" s="1" t="inlineStr">
+        <is>
+          <t>Açıklamalı Sismolojik Kavramlar</t>
+        </is>
+      </c>
+      <c r="C1198" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:3">
+      <c r="A1199" s="1" t="inlineStr">
+        <is>
+          <t>9786258299762</t>
+        </is>
+      </c>
+      <c r="B1199" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimleri IV( AYBAK 2022 Eylül )</t>
+        </is>
+      </c>
+      <c r="C1199" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:3">
+      <c r="A1200" s="1" t="inlineStr">
+        <is>
+          <t>9786258259209</t>
+        </is>
+      </c>
+      <c r="B1200" s="1" t="inlineStr">
+        <is>
+          <t>Güncel İşletme Yönetimi Çalışmaları III ( AYBAK 2022 Eylül )</t>
+        </is>
+      </c>
+      <c r="C1200" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:3">
+      <c r="A1201" s="1" t="inlineStr">
+        <is>
+          <t>9786258299724</t>
+        </is>
+      </c>
+      <c r="B1201" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Alan Eğitimi Araştırmaları IV ( AYBAK 2022 Eylül )</t>
+        </is>
+      </c>
+      <c r="C1201" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:3">
+      <c r="A1202" s="1" t="inlineStr">
+        <is>
+          <t>9786258399813</t>
+        </is>
+      </c>
+      <c r="B1202" s="1" t="inlineStr">
+        <is>
+          <t>Her Yönüyle Spor Araştırmaları II</t>
+        </is>
+      </c>
+      <c r="C1202" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:3">
+      <c r="A1203" s="1" t="inlineStr">
+        <is>
+          <t>9786258299380</t>
+        </is>
+      </c>
+      <c r="B1203" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Güncel Araştırma ve İncelemeler III ( AYBAK 2022 Eylül )</t>
+        </is>
+      </c>
+      <c r="C1203" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:3">
+      <c r="A1204" s="1" t="inlineStr">
+        <is>
+          <t>9786258155723</t>
+        </is>
+      </c>
+      <c r="B1204" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ömür Gazeteci</t>
+        </is>
+      </c>
+      <c r="C1204" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:3">
+      <c r="A1205" s="1" t="inlineStr">
+        <is>
+          <t>9786258037913</t>
+        </is>
+      </c>
+      <c r="B1205" s="1" t="inlineStr">
+        <is>
+          <t>Mandala 2 - Akademisyen Boyama</t>
+        </is>
+      </c>
+      <c r="C1205" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:3">
+      <c r="A1206" s="1" t="inlineStr">
+        <is>
+          <t>9786258037975</t>
+        </is>
+      </c>
+      <c r="B1206" s="1" t="inlineStr">
+        <is>
+          <t>Mandala - Akademisyen Boyama</t>
+        </is>
+      </c>
+      <c r="C1206" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:3">
+      <c r="A1207" s="1" t="inlineStr">
+        <is>
+          <t>9786258155891</t>
+        </is>
+      </c>
+      <c r="B1207" s="1" t="inlineStr">
+        <is>
+          <t>Multidisipliner Yaklaşımlarla Vitaminler</t>
+        </is>
+      </c>
+      <c r="C1207" s="1">
+        <v>2062.5</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:3">
+      <c r="A1208" s="1" t="inlineStr">
+        <is>
+          <t>9786258299953</t>
+        </is>
+      </c>
+      <c r="B1208" s="1" t="inlineStr">
+        <is>
+          <t>Contemporary Business and Economic Issues (AYBAK 2022 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1208" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:3">
+      <c r="A1209" s="1" t="inlineStr">
+        <is>
+          <t>9786258299885</t>
+        </is>
+      </c>
+      <c r="B1209" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Araştırmaları VI - Aybak 2022 Eylül</t>
+        </is>
+      </c>
+      <c r="C1209" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:3">
+      <c r="A1210" s="1" t="inlineStr">
+        <is>
+          <t>9786258299588</t>
+        </is>
+      </c>
+      <c r="B1210" s="1" t="inlineStr">
+        <is>
+          <t>Lazerlerin Temel Prensipleri</t>
+        </is>
+      </c>
+      <c r="C1210" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:3">
+      <c r="A1211" s="1" t="inlineStr">
+        <is>
+          <t>9786258299977</t>
+        </is>
+      </c>
+      <c r="B1211" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Bankalar</t>
+        </is>
+      </c>
+      <c r="C1211" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:3">
+      <c r="A1212" s="1" t="inlineStr">
+        <is>
+          <t>9786258299052</t>
+        </is>
+      </c>
+      <c r="B1212" s="1" t="inlineStr">
+        <is>
+          <t>Bizans Tarihi 1071 - 1204</t>
+        </is>
+      </c>
+      <c r="C1212" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:3">
+      <c r="A1213" s="1" t="inlineStr">
+        <is>
+          <t>9786258155822</t>
+        </is>
+      </c>
+      <c r="B1213" s="1" t="inlineStr">
+        <is>
+          <t>Her Yönüyle Masa Tenisi</t>
+        </is>
+      </c>
+      <c r="C1213" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:3">
+      <c r="A1214" s="1" t="inlineStr">
+        <is>
+          <t>9786258299649</t>
+        </is>
+      </c>
+      <c r="B1214" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle Değerler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1214" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1215" spans="1:3">
+      <c r="A1215" s="1" t="inlineStr">
+        <is>
+          <t>9786258299618</t>
+        </is>
+      </c>
+      <c r="B1215" s="1" t="inlineStr">
+        <is>
+          <t>Karanlıktan Korkan Çocuk</t>
+        </is>
+      </c>
+      <c r="C1215" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:3">
+      <c r="A1216" s="1" t="inlineStr">
+        <is>
+          <t>9786258299526</t>
+        </is>
+      </c>
+      <c r="B1216" s="1" t="inlineStr">
+        <is>
+          <t>Güvencesiz İstihdam Koşullarında ‘Sabıkalı’ Yaşam</t>
+        </is>
+      </c>
+      <c r="C1216" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:3">
+      <c r="A1217" s="1" t="inlineStr">
+        <is>
+          <t>9786258299458</t>
+        </is>
+      </c>
+      <c r="B1217" s="1" t="inlineStr">
+        <is>
+          <t>Deprem Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C1217" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:3">
+      <c r="A1218" s="1" t="inlineStr">
+        <is>
+          <t>9786258299694</t>
+        </is>
+      </c>
+      <c r="B1218" s="1" t="inlineStr">
+        <is>
+          <t>Religiöse Einstellung im Wandel</t>
+        </is>
+      </c>
+      <c r="C1218" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:3">
+      <c r="A1219" s="1" t="inlineStr">
+        <is>
+          <t>9786258155112</t>
+        </is>
+      </c>
+      <c r="B1219" s="1" t="inlineStr">
+        <is>
+          <t>Satranç</t>
+        </is>
+      </c>
+      <c r="C1219" s="1">
+        <v>206.25</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:3">
+      <c r="A1220" s="1" t="inlineStr">
+        <is>
+          <t>9786258037968</t>
+        </is>
+      </c>
+      <c r="B1220" s="1" t="inlineStr">
+        <is>
+          <t>Sayıları Öğreniyorum - Akademisyen Boyama</t>
+        </is>
+      </c>
+      <c r="C1220" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:3">
+      <c r="A1221" s="1" t="inlineStr">
+        <is>
+          <t>9786258125269</t>
+        </is>
+      </c>
+      <c r="B1221" s="1" t="inlineStr">
+        <is>
+          <t>Sabahattin Ali'den Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C1221" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:3">
+      <c r="A1222" s="1" t="inlineStr">
+        <is>
+          <t>9786258125245</t>
+        </is>
+      </c>
+      <c r="B1222" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Masalı</t>
+        </is>
+      </c>
+      <c r="C1222" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:3">
+      <c r="A1223" s="1" t="inlineStr">
+        <is>
+          <t>9786258125252</t>
+        </is>
+      </c>
+      <c r="B1223" s="1" t="inlineStr">
+        <is>
+          <t>Sabahattin Ali'den Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C1223" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:3">
+      <c r="A1224" s="1" t="inlineStr">
+        <is>
+          <t>9786258399585</t>
+        </is>
+      </c>
+      <c r="B1224" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Güncel Araştırma ve İncelemeler II ( AYBAK 2022 Mart )</t>
+        </is>
+      </c>
+      <c r="C1224" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:3">
+      <c r="A1225" s="1" t="inlineStr">
+        <is>
+          <t>9786052589007</t>
+        </is>
+      </c>
+      <c r="B1225" s="1" t="inlineStr">
+        <is>
+          <t>Sosyoloji ve Psikoloji Araştırmaları ( AYBAK 2020 Mart )</t>
+        </is>
+      </c>
+      <c r="C1225" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:3">
+      <c r="A1226" s="1" t="inlineStr">
+        <is>
+          <t>9786052396469</t>
+        </is>
+      </c>
+      <c r="B1226" s="1" t="inlineStr">
+        <is>
+          <t>Örgütlerde İstenmeyen Davranışlar</t>
+        </is>
+      </c>
+      <c r="C1226" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:3">
+      <c r="A1227" s="1" t="inlineStr">
+        <is>
+          <t>9786258399400</t>
+        </is>
+      </c>
+      <c r="B1227" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimleri III ( AYBAK 2022 Mart )</t>
+        </is>
+      </c>
+      <c r="C1227" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:3">
+      <c r="A1228" s="1" t="inlineStr">
+        <is>
+          <t>9786258125283</t>
+        </is>
+      </c>
+      <c r="B1228" s="1" t="inlineStr">
+        <is>
+          <t>Ömer Seyfettin’den Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C1228" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:3">
+      <c r="A1229" s="1" t="inlineStr">
+        <is>
+          <t>9786258155976</t>
+        </is>
+      </c>
+      <c r="B1229" s="1" t="inlineStr">
+        <is>
+          <t>Süpersonik Aerodinamiğe Giriş</t>
+        </is>
+      </c>
+      <c r="C1229" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:3">
+      <c r="A1230" s="1" t="inlineStr">
+        <is>
+          <t>9786258125290</t>
+        </is>
+      </c>
+      <c r="B1230" s="1" t="inlineStr">
+        <is>
+          <t>Ömer Seyfettin’den Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C1230" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:3">
+      <c r="A1231" s="1" t="inlineStr">
+        <is>
+          <t>9786258037203</t>
+        </is>
+      </c>
+      <c r="B1231" s="1" t="inlineStr">
+        <is>
+          <t>Süslü Candy - Çocuklar İçin Bilişsel Davranışçı Terapi Öyküleri (7-12) Yaş (Siyah Beyaz Düşünce)</t>
+        </is>
+      </c>
+      <c r="C1231" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:3">
+      <c r="A1232" s="1" t="inlineStr">
+        <is>
+          <t>9786258399165</t>
+        </is>
+      </c>
+      <c r="B1232" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Araştırmaları V ( AYBAK 2022 Mart )</t>
+        </is>
+      </c>
+      <c r="C1232" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:3">
+      <c r="A1233" s="1" t="inlineStr">
+        <is>
+          <t>9786258430301</t>
+        </is>
+      </c>
+      <c r="B1233" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvuf Dersleri</t>
+        </is>
+      </c>
+      <c r="C1233" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:3">
+      <c r="A1234" s="1" t="inlineStr">
+        <is>
+          <t>9786258037425</t>
+        </is>
+      </c>
+      <c r="B1234" s="1" t="inlineStr">
+        <is>
+          <t>Tavuk Dostlarımızla Tanışıyoruz</t>
+        </is>
+      </c>
+      <c r="C1234" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:3">
+      <c r="A1235" s="1" t="inlineStr">
+        <is>
+          <t>9786258125313</t>
+        </is>
+      </c>
+      <c r="B1235" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Prens</t>
+        </is>
+      </c>
+      <c r="C1235" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:3">
+      <c r="A1236" s="1" t="inlineStr">
+        <is>
+          <t>9786258037197</t>
+        </is>
+      </c>
+      <c r="B1236" s="1" t="inlineStr">
+        <is>
+          <t>Tırtıl Nurettin - Çocuklar İçin Bilişsel Davranışçı Terapi Öyküleri (7-12) Yaş (Kişiselleştirme)</t>
+        </is>
+      </c>
+      <c r="C1236" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:3">
+      <c r="A1237" s="1" t="inlineStr">
+        <is>
+          <t>9786258399110</t>
+        </is>
+      </c>
+      <c r="B1237" s="1" t="inlineStr">
+        <is>
+          <t>Modernization of Primary Education in the Ottoman State and the Jews of Turkey</t>
+        </is>
+      </c>
+      <c r="C1237" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:3">
+      <c r="A1238" s="1" t="inlineStr">
+        <is>
+          <t>9786258430189</t>
+        </is>
+      </c>
+      <c r="B1238" s="1" t="inlineStr">
+        <is>
+          <t>Minik Taekwondocu (Yiğit Yardımlasmayı Öğreniyor, Yiğit Müsabakada)</t>
+        </is>
+      </c>
+      <c r="C1238" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:3">
+      <c r="A1239" s="1" t="inlineStr">
+        <is>
+          <t>9786258125696</t>
+        </is>
+      </c>
+      <c r="B1239" s="1" t="inlineStr">
+        <is>
+          <t>Türk Hukukunda Hapis ve Adli Para Cezalarının İnfazı</t>
+        </is>
+      </c>
+      <c r="C1239" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:3">
+      <c r="A1240" s="1" t="inlineStr">
+        <is>
+          <t>9786257106078</t>
+        </is>
+      </c>
+      <c r="B1240" s="1" t="inlineStr">
+        <is>
+          <t>Üniversite Personelinin Konut Talebi ve Kentle Etkileşimi</t>
+        </is>
+      </c>
+      <c r="C1240" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:3">
+      <c r="A1241" s="1" t="inlineStr">
+        <is>
+          <t>9786258037906</t>
+        </is>
+      </c>
+      <c r="B1241" s="1" t="inlineStr">
+        <is>
+          <t>Mindfulness - Akademisyen Boyama</t>
+        </is>
+      </c>
+      <c r="C1241" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:3">
+      <c r="A1242" s="1" t="inlineStr">
+        <is>
+          <t>9786258125221</t>
+        </is>
+      </c>
+      <c r="B1242" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Efe</t>
+        </is>
+      </c>
+      <c r="C1242" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:3">
+      <c r="A1243" s="1" t="inlineStr">
+        <is>
+          <t>9786258037937</t>
+        </is>
+      </c>
+      <c r="B1243" s="1" t="inlineStr">
+        <is>
+          <t>Meyve Diyarı - Akademisyen Boyama</t>
+        </is>
+      </c>
+      <c r="C1243" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:3">
+      <c r="A1244" s="1" t="inlineStr">
+        <is>
+          <t>9786258037180</t>
+        </is>
+      </c>
+      <c r="B1244" s="1" t="inlineStr">
+        <is>
+          <t>Yok Artık Yengeç Bella - Çocuklar İçin Bilişsel Davranışçı Terapi Öyküleri (7-12) Yaş (Dış Kontrol Yanılgısı-Suçlama)</t>
+        </is>
+      </c>
+      <c r="C1244" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:3">
+      <c r="A1245" s="1" t="inlineStr">
+        <is>
+          <t>9786285125689</t>
+        </is>
+      </c>
+      <c r="B1245" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Makinesi</t>
+        </is>
+      </c>
+      <c r="C1245" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:3">
+      <c r="A1246" s="1" t="inlineStr">
+        <is>
+          <t>9786258125320</t>
+        </is>
+      </c>
+      <c r="B1246" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C1246" s="1">
+        <v>206.25</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:3">
+      <c r="A1247" s="1" t="inlineStr">
+        <is>
+          <t>9786258037173</t>
+        </is>
+      </c>
+      <c r="B1247" s="1" t="inlineStr">
+        <is>
+          <t>Zıp Zıp Kurbağa Kerry - Çocuklar İçin Bilişsel Davranışçı Terapi Öyküleri (7-12) Yaş (Sonuca Atlama)</t>
+        </is>
+      </c>
+      <c r="C1247" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:3">
+      <c r="A1248" s="1" t="inlineStr">
+        <is>
+          <t>9786258155044</t>
+        </is>
+      </c>
+      <c r="B1248" s="1" t="inlineStr">
+        <is>
+          <t>Ziraat ve Su Ürünlerinde Kavramsal ve Olgusal Yaklaşımlar ( AYBAK 2022 Mart )</t>
+        </is>
+      </c>
+      <c r="C1248" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:3">
+      <c r="A1249" s="1" t="inlineStr">
+        <is>
+          <t>9786258125337</t>
+        </is>
+      </c>
+      <c r="B1249" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kara Balık</t>
+        </is>
+      </c>
+      <c r="C1249" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:3">
+      <c r="A1250" s="1" t="inlineStr">
+        <is>
+          <t>9786258125351</t>
+        </is>
+      </c>
+      <c r="B1250" s="1" t="inlineStr">
+        <is>
+          <t>Kel Güvercinci</t>
+        </is>
+      </c>
+      <c r="C1250" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:3">
+      <c r="A1251" s="1" t="inlineStr">
+        <is>
+          <t>9786258037210</t>
+        </is>
+      </c>
+      <c r="B1251" s="1" t="inlineStr">
+        <is>
+          <t>Karınca Kazım</t>
+        </is>
+      </c>
+      <c r="C1251" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:3">
+      <c r="A1252" s="1" t="inlineStr">
+        <is>
+          <t>9786258037418</t>
+        </is>
+      </c>
+      <c r="B1252" s="1" t="inlineStr">
+        <is>
+          <t>İnek Dostlarımızla Tanışıyoruz</t>
+        </is>
+      </c>
+      <c r="C1252" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:3">
+      <c r="A1253" s="1" t="inlineStr">
+        <is>
+          <t>9786258155037</t>
+        </is>
+      </c>
+      <c r="B1253" s="1" t="inlineStr">
+        <is>
+          <t>Innovative and Conceptual Definitions in Agriculture and Aquatic Sciences</t>
+        </is>
+      </c>
+      <c r="C1253" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:3">
+      <c r="A1254" s="1" t="inlineStr">
+        <is>
+          <t>9786258037227</t>
+        </is>
+      </c>
+      <c r="B1254" s="1" t="inlineStr">
+        <is>
+          <t>Her Şeyi Büyüten Gergedan Lily</t>
+        </is>
+      </c>
+      <c r="C1254" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:3">
+      <c r="A1255" s="1" t="inlineStr">
+        <is>
+          <t>9786258037944</t>
+        </is>
+      </c>
+      <c r="B1255" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar Alemi - Akademisyen Boyama</t>
+        </is>
+      </c>
+      <c r="C1255" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:3">
+      <c r="A1256" s="1" t="inlineStr">
+        <is>
+          <t>9786258399974</t>
+        </is>
+      </c>
+      <c r="B1256" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Sanatlarda Güncel Konular</t>
+        </is>
+      </c>
+      <c r="C1256" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:3">
+      <c r="A1257" s="1" t="inlineStr">
+        <is>
+          <t>9786258399479</t>
+        </is>
+      </c>
+      <c r="B1257" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Psikoloji ve Sosyoloji Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C1257" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:3">
+      <c r="A1258" s="1" t="inlineStr">
+        <is>
+          <t>9786258399615</t>
+        </is>
+      </c>
+      <c r="B1258" s="1" t="inlineStr">
+        <is>
+          <t>Güncel İşletme Yönetimi Çalışmaları II</t>
+        </is>
+      </c>
+      <c r="C1258" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:3">
+      <c r="A1259" s="1" t="inlineStr">
+        <is>
+          <t>9786258399622</t>
+        </is>
+      </c>
+      <c r="B1259" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Ekonomi Çalışmaları II</t>
+        </is>
+      </c>
+      <c r="C1259" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:3">
+      <c r="A1260" s="1" t="inlineStr">
+        <is>
+          <t>9786258399639</t>
+        </is>
+      </c>
+      <c r="B1260" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Eğitim Bilimleri Araştırmaları V</t>
+        </is>
+      </c>
+      <c r="C1260" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:3">
+      <c r="A1261" s="1" t="inlineStr">
+        <is>
+          <t>9786258299540</t>
+        </is>
+      </c>
+      <c r="B1261" s="1" t="inlineStr">
+        <is>
+          <t>Doğum ve Ebelik Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1261" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:3">
+      <c r="A1262" s="1" t="inlineStr">
+        <is>
+          <t>9786052589366</t>
+        </is>
+      </c>
+      <c r="B1262" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Çok Kriterli Karar Verme Teknikleri</t>
+        </is>
+      </c>
+      <c r="C1262" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:3">
+      <c r="A1263" s="1" t="inlineStr">
+        <is>
+          <t>9786258155716</t>
+        </is>
+      </c>
+      <c r="B1263" s="1" t="inlineStr">
+        <is>
+          <t>Fiziksel Aktivite Sağlık ve Sürdürülebilir Kalkınma</t>
+        </is>
+      </c>
+      <c r="C1263" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:3">
+      <c r="A1264" s="1" t="inlineStr">
+        <is>
+          <t>9786258037890</t>
+        </is>
+      </c>
+      <c r="B1264" s="1" t="inlineStr">
+        <is>
+          <t>Ben Özgüvenli, Cesur ve Güzelim</t>
+        </is>
+      </c>
+      <c r="C1264" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:3">
+      <c r="A1265" s="1" t="inlineStr">
+        <is>
+          <t>9786258037258</t>
+        </is>
+      </c>
+      <c r="B1265" s="1" t="inlineStr">
+        <is>
+          <t>Bezgin Bukalemun</t>
+        </is>
+      </c>
+      <c r="C1265" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:3">
+      <c r="A1266" s="1" t="inlineStr">
+        <is>
+          <t>9786257401203</t>
+        </is>
+      </c>
+      <c r="B1266" s="1" t="inlineStr">
+        <is>
+          <t>Biyosistem Mühendisliği I - Aybak 2021 Mart</t>
+        </is>
+      </c>
+      <c r="C1266" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:3">
+      <c r="A1267" s="1" t="inlineStr">
+        <is>
+          <t>9786258125573</t>
+        </is>
+      </c>
+      <c r="B1267" s="1" t="inlineStr">
+        <is>
+          <t>Biyosistem Mühendisliği III - Aybak 2022 Mart</t>
+        </is>
+      </c>
+      <c r="C1267" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:3">
+      <c r="A1268" s="1" t="inlineStr">
+        <is>
+          <t>9786257451048</t>
+        </is>
+      </c>
+      <c r="B1268" s="1" t="inlineStr">
+        <is>
+          <t>C ile Programlama</t>
+        </is>
+      </c>
+      <c r="C1268" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:3">
+      <c r="A1269" s="1" t="inlineStr">
+        <is>
+          <t>9786258399578</t>
+        </is>
+      </c>
+      <c r="B1269" s="1" t="inlineStr">
+        <is>
+          <t>Current Researches in Educational Sciences IV - Aybak 2022 Mart</t>
+        </is>
+      </c>
+      <c r="C1269" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:3">
+      <c r="A1270" s="1" t="inlineStr">
+        <is>
+          <t>9786258399561</t>
+        </is>
+      </c>
+      <c r="B1270" s="1" t="inlineStr">
+        <is>
+          <t>Current Studies in Social Sciences IV - Aybak 2022 Mart</t>
+        </is>
+      </c>
+      <c r="C1270" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:3">
+      <c r="A1271" s="1" t="inlineStr">
+        <is>
+          <t>9786258037982</t>
+        </is>
+      </c>
+      <c r="B1271" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Yoga</t>
+        </is>
+      </c>
+      <c r="C1271" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:3">
+      <c r="A1272" s="1" t="inlineStr">
+        <is>
+          <t>9786258037739</t>
+        </is>
+      </c>
+      <c r="B1272" s="1" t="inlineStr">
+        <is>
+          <t>Beden Eğitimi ve Spor Öğretmenlerinde Örgütsel Muhalefet, Örgütsel Bağlılık ve Duygusal Tükenmişlik</t>
+        </is>
+      </c>
+      <c r="C1272" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:3">
+      <c r="A1273" s="1" t="inlineStr">
+        <is>
+          <t>9786258037920</t>
+        </is>
+      </c>
+      <c r="B1273" s="1" t="inlineStr">
+        <is>
+          <t>Denizaltı</t>
+        </is>
+      </c>
+      <c r="C1273" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:3">
+      <c r="A1274" s="1" t="inlineStr">
+        <is>
+          <t>9786258399158</t>
+        </is>
+      </c>
+      <c r="B1274" s="1" t="inlineStr">
+        <is>
+          <t>Eski Anadolu Mühür Sanatı</t>
+        </is>
+      </c>
+      <c r="C1274" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:3">
+      <c r="A1275" s="1" t="inlineStr">
+        <is>
+          <t>9786258037265</t>
+        </is>
+      </c>
+      <c r="B1275" s="1" t="inlineStr">
+        <is>
+          <t>Etiket Hamdi</t>
+        </is>
+      </c>
+      <c r="C1275" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:3">
+      <c r="A1276" s="1" t="inlineStr">
+        <is>
+          <t>9786258037241</t>
+        </is>
+      </c>
+      <c r="B1276" s="1" t="inlineStr">
+        <is>
+          <t>Felaketleştiren Fikri</t>
+        </is>
+      </c>
+      <c r="C1276" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:3">
+      <c r="A1277" s="1" t="inlineStr">
+        <is>
+          <t>9786258037234</t>
+        </is>
+      </c>
+      <c r="B1277" s="1" t="inlineStr">
+        <is>
+          <t>Filtreleyen Fil Mahmut</t>
+        </is>
+      </c>
+      <c r="C1277" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:3">
+      <c r="A1278" s="1" t="inlineStr">
+        <is>
+          <t>9786258037401</t>
+        </is>
+      </c>
+      <c r="B1278" s="1" t="inlineStr">
+        <is>
+          <t>Arı Dostlarımızla Tanışıyoruz</t>
+        </is>
+      </c>
+      <c r="C1278" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:3">
+      <c r="A1279" s="1" t="inlineStr">
+        <is>
+          <t>9786258037951</t>
+        </is>
+      </c>
+      <c r="B1279" s="1" t="inlineStr">
+        <is>
+          <t>Alfabeyi Öğreniyorum - Akademisyen Boyama</t>
+        </is>
+      </c>
+      <c r="C1279" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:3">
+      <c r="A1280" s="1" t="inlineStr">
+        <is>
+          <t>9786258430981</t>
+        </is>
+      </c>
+      <c r="B1280" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıkta Son Trendler 2</t>
+        </is>
+      </c>
+      <c r="C1280" s="1">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="1281" spans="1:3">
+      <c r="A1281" s="1" t="inlineStr">
+        <is>
+          <t>9786258037050</t>
+        </is>
+      </c>
+      <c r="B1281" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Sorumluluk Çalışmaları ve Covid-19 Deneyimi</t>
+        </is>
+      </c>
+      <c r="C1281" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="1282" spans="1:3">
+      <c r="A1282" s="1" t="inlineStr">
+        <is>
+          <t>9786258155860</t>
+        </is>
+      </c>
+      <c r="B1282" s="1" t="inlineStr">
+        <is>
+          <t>The Innovation Climate in The Relationship Between Corporate Social Responsibility and Organizational Commitment</t>
+        </is>
+      </c>
+      <c r="C1282" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:3">
+      <c r="A1283" s="1" t="inlineStr">
+        <is>
+          <t>9786258299366</t>
+        </is>
+      </c>
+      <c r="B1283" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Yönleriyle İntihar</t>
+        </is>
+      </c>
+      <c r="C1283" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:3">
+      <c r="A1284" s="1" t="inlineStr">
+        <is>
+          <t>9786258299359</t>
+        </is>
+      </c>
+      <c r="B1284" s="1" t="inlineStr">
+        <is>
+          <t>Yerli Kuzu Fabrikası Sakız Koyunu</t>
+        </is>
+      </c>
+      <c r="C1284" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:3">
+      <c r="A1285" s="1" t="inlineStr">
+        <is>
+          <t>9786258299632</t>
+        </is>
+      </c>
+      <c r="B1285" s="1" t="inlineStr">
+        <is>
+          <t>Mindful Çocuklar 50 Farkındalık Aktivitesi</t>
+        </is>
+      </c>
+      <c r="C1285" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:3">
+      <c r="A1286" s="1" t="inlineStr">
+        <is>
+          <t>9786258299496</t>
+        </is>
+      </c>
+      <c r="B1286" s="1" t="inlineStr">
+        <is>
+          <t>Balıkesir Spor Tarihi 1859-1925</t>
+        </is>
+      </c>
+      <c r="C1286" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1287" spans="1:3">
+      <c r="A1287" s="1" t="inlineStr">
+        <is>
+          <t>9786258155983</t>
+        </is>
+      </c>
+      <c r="B1287" s="1" t="inlineStr">
+        <is>
+          <t>Asyatik Türkiye'de Yaşam - 1875 Yılında Adana, Mersin, Osmaniye, Maraş, Konya Ve Karaman’a Seyahat</t>
+        </is>
+      </c>
+      <c r="C1287" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1288" spans="1:3">
+      <c r="A1288" s="1" t="inlineStr">
+        <is>
+          <t>9786258299274</t>
+        </is>
+      </c>
+      <c r="B1288" s="1" t="inlineStr">
+        <is>
+          <t>Dünya İktisat Tarihi: 1500 ve Sonrası</t>
+        </is>
+      </c>
+      <c r="C1288" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1289" spans="1:3">
+      <c r="A1289" s="1" t="inlineStr">
+        <is>
+          <t>9786258299403</t>
+        </is>
+      </c>
+      <c r="B1289" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yazma Öğretimi Modeli Öz Düzenlemeli Strateji Gelişimi</t>
+        </is>
+      </c>
+      <c r="C1289" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1290" spans="1:3">
+      <c r="A1290" s="1" t="inlineStr">
+        <is>
+          <t>9786258299434</t>
+        </is>
+      </c>
+      <c r="B1290" s="1" t="inlineStr">
+        <is>
+          <t>Uçak Tasarımı Teknik Detaylar</t>
+        </is>
+      </c>
+      <c r="C1290" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="1291" spans="1:3">
+      <c r="A1291" s="1" t="inlineStr">
+        <is>
+          <t>9786258299397</t>
+        </is>
+      </c>
+      <c r="B1291" s="1" t="inlineStr">
+        <is>
+          <t>Abdülhak Hâmid’in Şiirinde Ölüm Tefekkürü ve Metafizik Tasavvurlar</t>
+        </is>
+      </c>
+      <c r="C1291" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1292" spans="1:3">
+      <c r="A1292" s="1" t="inlineStr">
+        <is>
+          <t>9786258155693</t>
+        </is>
+      </c>
+      <c r="B1292" s="1" t="inlineStr">
+        <is>
+          <t>Tıbbi Çay Reçeteleri 1</t>
+        </is>
+      </c>
+      <c r="C1292" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1293" spans="1:3">
+      <c r="A1293" s="1" t="inlineStr">
+        <is>
+          <t>9786258125962</t>
+        </is>
+      </c>
+      <c r="B1293" s="1" t="inlineStr">
+        <is>
+          <t>Bağırsak Mikrobiyomu Sağlık ve Hastalıklara Etkisi</t>
+        </is>
+      </c>
+      <c r="C1293" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1294" spans="1:3">
+      <c r="A1294" s="1" t="inlineStr">
+        <is>
+          <t>9786258399288</t>
+        </is>
+      </c>
+      <c r="B1294" s="1" t="inlineStr">
+        <is>
+          <t>Dermatoloji ve Kozmetolojide D Vitamini</t>
+        </is>
+      </c>
+      <c r="C1294" s="1">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="1295" spans="1:3">
+      <c r="A1295" s="1" t="inlineStr">
+        <is>
+          <t>9786258155549</t>
+        </is>
+      </c>
+      <c r="B1295" s="1" t="inlineStr">
+        <is>
+          <t>Hayalet Gemi Teknolojisi</t>
+        </is>
+      </c>
+      <c r="C1295" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:3">
+      <c r="A1296" s="1" t="inlineStr">
+        <is>
+          <t>9786258299069</t>
+        </is>
+      </c>
+      <c r="B1296" s="1" t="inlineStr">
+        <is>
+          <t>Uzun Mesafe Atletlerinde Bilişsel ve Psikolojik Faktörlerin Koşu Performansına Etkisi</t>
+        </is>
+      </c>
+      <c r="C1296" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1297" spans="1:3">
+      <c r="A1297" s="1" t="inlineStr">
+        <is>
+          <t>9786258299021</t>
+        </is>
+      </c>
+      <c r="B1297" s="1" t="inlineStr">
+        <is>
+          <t>Frankfurt Okulu ve Eleştirel Medya</t>
+        </is>
+      </c>
+      <c r="C1297" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1298" spans="1:3">
+      <c r="A1298" s="1" t="inlineStr">
+        <is>
+          <t>9786258299090</t>
+        </is>
+      </c>
+      <c r="B1298" s="1" t="inlineStr">
+        <is>
+          <t>Akademik Etik Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1298" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1299" spans="1:3">
+      <c r="A1299" s="1" t="inlineStr">
+        <is>
+          <t>9786258155235</t>
+        </is>
+      </c>
+      <c r="B1299" s="1" t="inlineStr">
+        <is>
+          <t>Demet'in Çocuk Şarkıları</t>
+        </is>
+      </c>
+      <c r="C1299" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1300" spans="1:3">
+      <c r="A1300" s="1" t="inlineStr">
+        <is>
+          <t>9786258299045</t>
+        </is>
+      </c>
+      <c r="B1300" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Ontoloji ''Var Bar'' - Türk Dilinde Felsefenin İmkanı</t>
+        </is>
+      </c>
+      <c r="C1300" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:3">
+      <c r="A1301" s="1" t="inlineStr">
+        <is>
+          <t>9786258155839</t>
+        </is>
+      </c>
+      <c r="B1301" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın 7 Kıtasında Sokak Lezzetleri: Gördüm, Duydum, Okudum, Yaptım, Biliyorum</t>
+        </is>
+      </c>
+      <c r="C1301" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:3">
+      <c r="A1302" s="1" t="inlineStr">
+        <is>
+          <t>9786258155730</t>
+        </is>
+      </c>
+      <c r="B1302" s="1" t="inlineStr">
+        <is>
+          <t>Bir Meslek Olarak Türkiye'de Vaizlik (Bir Saha Araştırması)</t>
+        </is>
+      </c>
+      <c r="C1302" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1303" spans="1:3">
+      <c r="A1303" s="1" t="inlineStr">
+        <is>
+          <t>9786258155921</t>
+        </is>
+      </c>
+      <c r="B1303" s="1" t="inlineStr">
+        <is>
+          <t>Organizational Behavior: Theory, Concepts and Practice</t>
+        </is>
+      </c>
+      <c r="C1303" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:3">
+      <c r="A1304" s="1" t="inlineStr">
+        <is>
+          <t>9786258155952</t>
+        </is>
+      </c>
+      <c r="B1304" s="1" t="inlineStr">
+        <is>
+          <t>Bilişim Destekli Hareket Eğitiminin Temel Motor Beceri Gelişimi ile Tutum ve Motivasyon</t>
+        </is>
+      </c>
+      <c r="C1304" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1305" spans="1:3">
+      <c r="A1305" s="1" t="inlineStr">
+        <is>
+          <t>9786258155907</t>
+        </is>
+      </c>
+      <c r="B1305" s="1" t="inlineStr">
+        <is>
+          <t>SPSS ile Temel Veri Analizleri</t>
+        </is>
+      </c>
+      <c r="C1305" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1306" spans="1:3">
+      <c r="A1306" s="1" t="inlineStr">
+        <is>
+          <t>9786258125955</t>
+        </is>
+      </c>
+      <c r="B1306" s="1" t="inlineStr">
+        <is>
+          <t>Obeziteyle Baş Etme</t>
+        </is>
+      </c>
+      <c r="C1306" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:3">
+      <c r="A1307" s="1" t="inlineStr">
+        <is>
+          <t>9786258155006</t>
+        </is>
+      </c>
+      <c r="B1307" s="1" t="inlineStr">
+        <is>
+          <t>Doğumu Anlamak - Çemberin Karesi</t>
+        </is>
+      </c>
+      <c r="C1307" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1308" spans="1:3">
+      <c r="A1308" s="1" t="inlineStr">
+        <is>
+          <t>9786258155020</t>
+        </is>
+      </c>
+      <c r="B1308" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Ahlaktan Uzaklaşma: Antrenörlerin Etik Dışı Davranışlarının Etkisi</t>
+        </is>
+      </c>
+      <c r="C1308" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1309" spans="1:3">
+      <c r="A1309" s="1" t="inlineStr">
+        <is>
+          <t>9786258155877</t>
+        </is>
+      </c>
+      <c r="B1309" s="1" t="inlineStr">
+        <is>
+          <t>Genç Basketbolcularda Theraband Antrenmanı ve Sıçrama Yetisi</t>
+        </is>
+      </c>
+      <c r="C1309" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="1310" spans="1:3">
+      <c r="A1310" s="1" t="inlineStr">
+        <is>
+          <t>9786258155051</t>
+        </is>
+      </c>
+      <c r="B1310" s="1" t="inlineStr">
+        <is>
+          <t>Milli Kütüphane'de Bulunan Eski Harfli Türkçe Tıp Kitapları</t>
+        </is>
+      </c>
+      <c r="C1310" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1311" spans="1:3">
+      <c r="A1311" s="1" t="inlineStr">
+        <is>
+          <t>9786258155884</t>
+        </is>
+      </c>
+      <c r="B1311" s="1" t="inlineStr">
+        <is>
+          <t>Kırım Harbinde İngiliz Sağlık Hizmetleri</t>
+        </is>
+      </c>
+      <c r="C1311" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:3">
+      <c r="A1312" s="1" t="inlineStr">
+        <is>
+          <t>9786258155747</t>
+        </is>
+      </c>
+      <c r="B1312" s="1" t="inlineStr">
+        <is>
+          <t>Örgüt Kültürü ve Örgütsel Vatandaşlık Davranışı</t>
+        </is>
+      </c>
+      <c r="C1312" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:3">
+      <c r="A1313" s="1" t="inlineStr">
+        <is>
+          <t>9786258155792</t>
+        </is>
+      </c>
+      <c r="B1313" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Küresel Marka Adaylarının İç ve Dış Pazarlardaki Algısı</t>
+        </is>
+      </c>
+      <c r="C1313" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1314" spans="1:3">
+      <c r="A1314" s="1" t="inlineStr">
+        <is>
+          <t>9786258155433</t>
+        </is>
+      </c>
+      <c r="B1314" s="1" t="inlineStr">
+        <is>
+          <t>Fen Eğitimi Araştırmalarına Güncel Bakış - 4</t>
+        </is>
+      </c>
+      <c r="C1314" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:3">
+      <c r="A1315" s="1" t="inlineStr">
+        <is>
+          <t>9786258155259</t>
+        </is>
+      </c>
+      <c r="B1315" s="1" t="inlineStr">
+        <is>
+          <t>Fen Eğitimi Araştırmalarına Güncel Bakış - 3</t>
+        </is>
+      </c>
+      <c r="C1315" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:3">
+      <c r="A1316" s="1" t="inlineStr">
+        <is>
+          <t>9786258399899</t>
+        </is>
+      </c>
+      <c r="B1316" s="1" t="inlineStr">
+        <is>
+          <t>Vakit Gazetesi (1917-1959)</t>
+        </is>
+      </c>
+      <c r="C1316" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:3">
+      <c r="A1317" s="1" t="inlineStr">
+        <is>
+          <t>9786258125184</t>
+        </is>
+      </c>
+      <c r="B1317" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimlerine Disiplinlerarası Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1317" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1318" spans="1:3">
+      <c r="A1318" s="1" t="inlineStr">
+        <is>
+          <t>9786258125733</t>
+        </is>
+      </c>
+      <c r="B1318" s="1" t="inlineStr">
+        <is>
+          <t>Sporcularda Bağlılık Optimal Performans Duygu Durumu ve Spora Özgü Başarı Motivasyonu</t>
+        </is>
+      </c>
+      <c r="C1318" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1319" spans="1:3">
+      <c r="A1319" s="1" t="inlineStr">
+        <is>
+          <t>9786258399325</t>
+        </is>
+      </c>
+      <c r="B1319" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenlerin Fiziksel Aktivite Düzeyleri ile Yaşam Kaliteleri</t>
+        </is>
+      </c>
+      <c r="C1319" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:3">
+      <c r="A1320" s="1" t="inlineStr">
+        <is>
+          <t>9786258125993</t>
+        </is>
+      </c>
+      <c r="B1320" s="1" t="inlineStr">
+        <is>
+          <t>Adana'da Milli Mücadele</t>
+        </is>
+      </c>
+      <c r="C1320" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:3">
+      <c r="A1321" s="1" t="inlineStr">
+        <is>
+          <t>9786258155686</t>
+        </is>
+      </c>
+      <c r="B1321" s="1" t="inlineStr">
+        <is>
+          <t>Tandem (Yamaç Paraşütü) Sporuna Fizyolojik Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1321" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:3">
+      <c r="A1322" s="1" t="inlineStr">
+        <is>
+          <t>9786258399714</t>
+        </is>
+      </c>
+      <c r="B1322" s="1" t="inlineStr">
+        <is>
+          <t>Teknoloji Bağımlılığı ve Mücadele</t>
+        </is>
+      </c>
+      <c r="C1322" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1323" spans="1:3">
+      <c r="A1323" s="1" t="inlineStr">
+        <is>
+          <t>9786258155105</t>
+        </is>
+      </c>
+      <c r="B1323" s="1" t="inlineStr">
+        <is>
+          <t>The “Vuca” Effects &amp; Product Innovation Performance At Turkish Global Bus, Coach Industry</t>
+        </is>
+      </c>
+      <c r="C1323" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:3">
+      <c r="A1324" s="1" t="inlineStr">
+        <is>
+          <t>9786258399691</t>
+        </is>
+      </c>
+      <c r="B1324" s="1" t="inlineStr">
+        <is>
+          <t>Türk Cumhuriyetleri Arasında Bir İktisadi İşbirliği</t>
+        </is>
+      </c>
+      <c r="C1324" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:3">
+      <c r="A1325" s="1" t="inlineStr">
+        <is>
+          <t>9786258155099</t>
+        </is>
+      </c>
+      <c r="B1325" s="1" t="inlineStr">
+        <is>
+          <t>Kadınların İdeolojisi</t>
+        </is>
+      </c>
+      <c r="C1325" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1326" spans="1:3">
+      <c r="A1326" s="1" t="inlineStr">
+        <is>
+          <t>9786258125917</t>
+        </is>
+      </c>
+      <c r="B1326" s="1" t="inlineStr">
+        <is>
+          <t>Basketbol'dan Hayata 12 Dev Adım</t>
+        </is>
+      </c>
+      <c r="C1326" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:3">
+      <c r="A1327" s="1" t="inlineStr">
+        <is>
+          <t>9786258399080</t>
+        </is>
+      </c>
+      <c r="B1327" s="1" t="inlineStr">
+        <is>
+          <t>Bütünleştirici Eğitimde Özel Gereksinimli Çocuklar İçin Müzik Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1327" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1328" spans="1:3">
+      <c r="A1328" s="1" t="inlineStr">
+        <is>
+          <t>9786258037876</t>
+        </is>
+      </c>
+      <c r="B1328" s="1" t="inlineStr">
+        <is>
+          <t>TÜRKBİRDEV (Türk Birliği Devletleri) İyi Yönetişim, İş Yapılabilirlik, Rekabet, Sürdürülebilir Kalkınma ve Büyüme</t>
+        </is>
+      </c>
+      <c r="C1328" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1329" spans="1:3">
+      <c r="A1329" s="1" t="inlineStr">
+        <is>
+          <t>9786257496940</t>
+        </is>
+      </c>
+      <c r="B1329" s="1" t="inlineStr">
+        <is>
+          <t>Sanayileşme ve Kalkınma Dinamikleri Cilt 2</t>
+        </is>
+      </c>
+      <c r="C1329" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1330" spans="1:3">
+      <c r="A1330" s="1" t="inlineStr">
+        <is>
+          <t>9786258125160</t>
+        </is>
+      </c>
+      <c r="B1330" s="1" t="inlineStr">
+        <is>
+          <t>Çevresel Güvenlikte Sınıraşan Bir Tehdit Algısı: Nükleer Zarar</t>
+        </is>
+      </c>
+      <c r="C1330" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:3">
+      <c r="A1331" s="1" t="inlineStr">
+        <is>
+          <t>9786258125214</t>
+        </is>
+      </c>
+      <c r="B1331" s="1" t="inlineStr">
+        <is>
+          <t>Bariatrik Beslenme Kitabım</t>
+        </is>
+      </c>
+      <c r="C1331" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1332" spans="1:3">
+      <c r="A1332" s="1" t="inlineStr">
+        <is>
+          <t>9786258430851</t>
+        </is>
+      </c>
+      <c r="B1332" s="1" t="inlineStr">
+        <is>
+          <t>Bariatrik Beslenme Günlüğüm</t>
+        </is>
+      </c>
+      <c r="C1332" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="1333" spans="1:3">
+      <c r="A1333" s="1" t="inlineStr">
+        <is>
+          <t>9786258430288</t>
+        </is>
+      </c>
+      <c r="B1333" s="1" t="inlineStr">
+        <is>
+          <t>Anazarbos &amp; Anavarza - Cilt 1-2-3-4</t>
+        </is>
+      </c>
+      <c r="C1333" s="1">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="1334" spans="1:3">
+      <c r="A1334" s="1" t="inlineStr">
+        <is>
+          <t>9786258399233</t>
+        </is>
+      </c>
+      <c r="B1334" s="1" t="inlineStr">
+        <is>
+          <t>Kriz Dönemlerinde Stratejik Pazarlama ve Marka Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1334" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:3">
+      <c r="A1335" s="1" t="inlineStr">
+        <is>
+          <t>9786258399943</t>
+        </is>
+      </c>
+      <c r="B1335" s="1" t="inlineStr">
+        <is>
+          <t>Güven, Yıldırma ve Sinizmin, Örgütsel Bağlılıkla İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1335" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1336" spans="1:3">
+      <c r="A1336" s="1" t="inlineStr">
+        <is>
+          <t>9786258399851</t>
+        </is>
+      </c>
+      <c r="B1336" s="1" t="inlineStr">
+        <is>
+          <t>Video Terapi</t>
+        </is>
+      </c>
+      <c r="C1336" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1337" spans="1:3">
+      <c r="A1337" s="1" t="inlineStr">
+        <is>
+          <t>9786258399929</t>
+        </is>
+      </c>
+      <c r="B1337" s="1" t="inlineStr">
+        <is>
+          <t>Kanser Psikiyatrisi</t>
+        </is>
+      </c>
+      <c r="C1337" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:3">
+      <c r="A1338" s="1" t="inlineStr">
+        <is>
+          <t>9786258399684</t>
+        </is>
+      </c>
+      <c r="B1338" s="1" t="inlineStr">
+        <is>
+          <t>Bağımlılıklar</t>
+        </is>
+      </c>
+      <c r="C1338" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="1339" spans="1:3">
+      <c r="A1339" s="1" t="inlineStr">
+        <is>
+          <t>9786258399936</t>
+        </is>
+      </c>
+      <c r="B1339" s="1" t="inlineStr">
+        <is>
+          <t>Her Alanda Ekonomi</t>
+        </is>
+      </c>
+      <c r="C1339" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:3">
+      <c r="A1340" s="1" t="inlineStr">
+        <is>
+          <t>9786258399912</t>
+        </is>
+      </c>
+      <c r="B1340" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimleri Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C1340" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1341" spans="1:3">
+      <c r="A1341" s="1" t="inlineStr">
+        <is>
+          <t>9786258430721</t>
+        </is>
+      </c>
+      <c r="B1341" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlılık ve Serbest Zaman Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1341" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:3">
+      <c r="A1342" s="1" t="inlineStr">
+        <is>
+          <t>9786258399042</t>
+        </is>
+      </c>
+      <c r="B1342" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Yoğunluklu İnterval Antrenmanların Hormonal ve Fizyolojik Yanıtlar Üzerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C1342" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1343" spans="1:3">
+      <c r="A1343" s="1" t="inlineStr">
+        <is>
+          <t>9786258399882</t>
+        </is>
+      </c>
+      <c r="B1343" s="1" t="inlineStr">
+        <is>
+          <t>Yabancılar İçin Türkçe Dil Bilgisi - Alıştırma ve Ödev Kitabı</t>
+        </is>
+      </c>
+      <c r="C1343" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="1344" spans="1:3">
+      <c r="A1344" s="1" t="inlineStr">
+        <is>
+          <t>9786258399905</t>
+        </is>
+      </c>
+      <c r="B1344" s="1" t="inlineStr">
+        <is>
+          <t>Şair Şiir ve Şehir Arif Nihat Asya’nın İzinde Adana</t>
+        </is>
+      </c>
+      <c r="C1344" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1345" spans="1:3">
+      <c r="A1345" s="1" t="inlineStr">
+        <is>
+          <t>9786258125726</t>
+        </is>
+      </c>
+      <c r="B1345" s="1" t="inlineStr">
+        <is>
+          <t>Sanal Topluluklar ve Netnografi</t>
+        </is>
+      </c>
+      <c r="C1345" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1346" spans="1:3">
+      <c r="A1346" s="1" t="inlineStr">
+        <is>
+          <t>9786258125177</t>
+        </is>
+      </c>
+      <c r="B1346" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Lojistik Faaliyetlerin Bölgesel Kalkınma Açısından Önemi</t>
+        </is>
+      </c>
+      <c r="C1346" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1347" spans="1:3">
+      <c r="A1347" s="1" t="inlineStr">
+        <is>
+          <t>9786258125146</t>
+        </is>
+      </c>
+      <c r="B1347" s="1" t="inlineStr">
+        <is>
+          <t>Afet Planlamasında Afet Lojistiği Örnek Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C1347" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1348" spans="1:3">
+      <c r="A1348" s="1" t="inlineStr">
+        <is>
+          <t>9786258399141</t>
+        </is>
+      </c>
+      <c r="B1348" s="1" t="inlineStr">
+        <is>
+          <t>Futbolda Küçük Taktik Oyunların Eğitimi ve Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1348" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1349" spans="1:3">
+      <c r="A1349" s="1" t="inlineStr">
+        <is>
+          <t>9786258125115</t>
+        </is>
+      </c>
+      <c r="B1349" s="1" t="inlineStr">
+        <is>
+          <t>Toprak ve Sulama Suyunda Analiz Sonuçlarının Değerlendirilmesi</t>
+        </is>
+      </c>
+      <c r="C1349" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1350" spans="1:3">
+      <c r="A1350" s="1" t="inlineStr">
+        <is>
+          <t>9786258399783</t>
+        </is>
+      </c>
+      <c r="B1350" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Seçilmiş Kamu Harcamaları ile Makro Ekonomik Değişkenler Arasındaki İlişki</t>
+        </is>
+      </c>
+      <c r="C1350" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1351" spans="1:3">
+      <c r="A1351" s="1" t="inlineStr">
+        <is>
+          <t>9786258125153</t>
+        </is>
+      </c>
+      <c r="B1351" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Asya’da ABD - Japonya - Kuzey Kore Üçgeninde Yaygınlaştırılmış Nükleer Caydırıcılık</t>
+        </is>
+      </c>
+      <c r="C1351" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1352" spans="1:3">
+      <c r="A1352" s="1" t="inlineStr">
+        <is>
+          <t>9786258430769</t>
+        </is>
+      </c>
+      <c r="B1352" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Akademik İletişim ve Yurt Dışı İmkanları</t>
+        </is>
+      </c>
+      <c r="C1352" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:3">
+      <c r="A1353" s="1" t="inlineStr">
+        <is>
+          <t>9786258430882</t>
+        </is>
+      </c>
+      <c r="B1353" s="1" t="inlineStr">
+        <is>
+          <t>15-18 Yaş Aralığındaki Sporcuların Karakter Düzeylerinin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C1353" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:3">
+      <c r="A1354" s="1" t="inlineStr">
+        <is>
+          <t>9786258399776</t>
+        </is>
+      </c>
+      <c r="B1354" s="1" t="inlineStr">
+        <is>
+          <t>Rusya'nın Karadeniz Politikasının Tarihsel Açmazı Kırım Savaşından Ukrayna'nın İşgaline</t>
+        </is>
+      </c>
+      <c r="C1354" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:3">
+      <c r="A1355" s="1" t="inlineStr">
+        <is>
+          <t>9786258399189</t>
+        </is>
+      </c>
+      <c r="B1355" s="1" t="inlineStr">
+        <is>
+          <t>Sekülerleşme Toplumsal Cinsiyet ve Beden</t>
+        </is>
+      </c>
+      <c r="C1355" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1356" spans="1:3">
+      <c r="A1356" s="1" t="inlineStr">
+        <is>
+          <t>9786258430806</t>
+        </is>
+      </c>
+      <c r="B1356" s="1" t="inlineStr">
+        <is>
+          <t>Özel Gereksinimli Bireyler için Rekreasyon Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C1356" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1357" spans="1:3">
+      <c r="A1357" s="1" t="inlineStr">
+        <is>
+          <t>9786258430783</t>
+        </is>
+      </c>
+      <c r="B1357" s="1" t="inlineStr">
+        <is>
+          <t>Eyalet-i Rumeli'nin Taht Merkezi Sofya 18. Yüzyılın İlk Yarısında</t>
+        </is>
+      </c>
+      <c r="C1357" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1358" spans="1:3">
+      <c r="A1358" s="1" t="inlineStr">
+        <is>
+          <t>9786258399349</t>
+        </is>
+      </c>
+      <c r="B1358" s="1" t="inlineStr">
+        <is>
+          <t>Spora Akademik Dokunuşlar</t>
+        </is>
+      </c>
+      <c r="C1358" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1359" spans="1:3">
+      <c r="A1359" s="1" t="inlineStr">
+        <is>
+          <t>9786258399332</t>
+        </is>
+      </c>
+      <c r="B1359" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim Bilişim Sistemleri ve Siber Güvenlik</t>
+        </is>
+      </c>
+      <c r="C1359" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1360" spans="1:3">
+      <c r="A1360" s="1" t="inlineStr">
+        <is>
+          <t>9786258399790</t>
+        </is>
+      </c>
+      <c r="B1360" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Edebiyatı ve Popüler Bilim</t>
+        </is>
+      </c>
+      <c r="C1360" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1361" spans="1:3">
+      <c r="A1361" s="1" t="inlineStr">
+        <is>
+          <t>9786258399646</t>
+        </is>
+      </c>
+      <c r="B1361" s="1" t="inlineStr">
+        <is>
+          <t>Selahattin Adil Paşa</t>
+        </is>
+      </c>
+      <c r="C1361" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1362" spans="1:3">
+      <c r="A1362" s="1" t="inlineStr">
+        <is>
+          <t>9786258399219</t>
+        </is>
+      </c>
+      <c r="B1362" s="1" t="inlineStr">
+        <is>
+          <t>Adölesanlarda Fiziksel Uygunluk Motorik Performans ve Akademik Başarı</t>
+        </is>
+      </c>
+      <c r="C1362" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1363" spans="1:3">
+      <c r="A1363" s="1" t="inlineStr">
+        <is>
+          <t>9786258399363</t>
+        </is>
+      </c>
+      <c r="B1363" s="1" t="inlineStr">
+        <is>
+          <t>Üniversitelerde Hizmet Kalitesi İle Öğrenci Memnuniyetinin Sadakat ve Tavsiye Etme Niyetine Etkisi</t>
+        </is>
+      </c>
+      <c r="C1363" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1364" spans="1:3">
+      <c r="A1364" s="1" t="inlineStr">
+        <is>
+          <t>9786258430653</t>
+        </is>
+      </c>
+      <c r="B1364" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Belgelerinde Kestel Nam-ı Diğer Nazilli Kazası</t>
+        </is>
+      </c>
+      <c r="C1364" s="1">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="1365" spans="1:3">
+      <c r="A1365" s="1" t="inlineStr">
+        <is>
+          <t>9786258430837</t>
+        </is>
+      </c>
+      <c r="B1365" s="1" t="inlineStr">
+        <is>
+          <t>Kestel Nam-ı Diğer Nazilli Kazası Nüfus Defteri Hicri 1256 - Miladi 1840-1841</t>
+        </is>
+      </c>
+      <c r="C1365" s="1">
+        <v>2312.5</v>
+      </c>
+    </row>
+    <row r="1366" spans="1:3">
+      <c r="A1366" s="1" t="inlineStr">
+        <is>
+          <t>9786258430967</t>
+        </is>
+      </c>
+      <c r="B1366" s="1" t="inlineStr">
+        <is>
+          <t>Ben Mihri Kardeşim Yok Ki!</t>
+        </is>
+      </c>
+      <c r="C1366" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1367" spans="1:3">
+      <c r="A1367" s="1" t="inlineStr">
+        <is>
+          <t>9786258430820</t>
+        </is>
+      </c>
+      <c r="B1367" s="1" t="inlineStr">
+        <is>
+          <t>Adana Mavraları</t>
+        </is>
+      </c>
+      <c r="C1367" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1368" spans="1:3">
+      <c r="A1368" s="1" t="inlineStr">
+        <is>
+          <t>9786258399387</t>
+        </is>
+      </c>
+      <c r="B1368" s="1" t="inlineStr">
+        <is>
+          <t>Kültürlerarası İletişim</t>
+        </is>
+      </c>
+      <c r="C1368" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1369" spans="1:3">
+      <c r="A1369" s="1" t="inlineStr">
+        <is>
+          <t>9786258430479</t>
+        </is>
+      </c>
+      <c r="B1369" s="1" t="inlineStr">
+        <is>
+          <t>Okullarda Laboratuvar Güvenliği</t>
+        </is>
+      </c>
+      <c r="C1369" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1370" spans="1:3">
+      <c r="A1370" s="1" t="inlineStr">
+        <is>
+          <t>9786258430950</t>
+        </is>
+      </c>
+      <c r="B1370" s="1" t="inlineStr">
+        <is>
+          <t>Eye Tracking Findings of Turkish Reading Texts</t>
+        </is>
+      </c>
+      <c r="C1370" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1371" spans="1:3">
+      <c r="A1371" s="1" t="inlineStr">
+        <is>
+          <t>9786258037623</t>
+        </is>
+      </c>
+      <c r="B1371" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Spor Pazarlaması</t>
+        </is>
+      </c>
+      <c r="C1371" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1372" spans="1:3">
+      <c r="A1372" s="1" t="inlineStr">
+        <is>
+          <t>9786258399752</t>
+        </is>
+      </c>
+      <c r="B1372" s="1" t="inlineStr">
+        <is>
+          <t>Göçmen Sağlığı: Yönetsel Bakış Açısıyla Türkiye’deki Suriyeli Sığınmacılar</t>
+        </is>
+      </c>
+      <c r="C1372" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1373" spans="1:3">
+      <c r="A1373" s="1" t="inlineStr">
+        <is>
+          <t>9786258399318</t>
+        </is>
+      </c>
+      <c r="B1373" s="1" t="inlineStr">
+        <is>
+          <t>İş Sağlığı ve Güvenliğinde Çalışan Eğitimleri</t>
+        </is>
+      </c>
+      <c r="C1373" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="1374" spans="1:3">
+      <c r="A1374" s="1" t="inlineStr">
+        <is>
+          <t>9786258399769</t>
+        </is>
+      </c>
+      <c r="B1374" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk-ı İdare</t>
+        </is>
+      </c>
+      <c r="C1374" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1375" spans="1:3">
+      <c r="A1375" s="1" t="inlineStr">
+        <is>
+          <t>9786258399592</t>
+        </is>
+      </c>
+      <c r="B1375" s="1" t="inlineStr">
+        <is>
+          <t>Kadim İçtihatlar - Osmanlı Yargıtayından Emsal İçtihatlar</t>
+        </is>
+      </c>
+      <c r="C1375" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1376" spans="1:3">
+      <c r="A1376" s="1" t="inlineStr">
+        <is>
+          <t>9786258399677</t>
+        </is>
+      </c>
+      <c r="B1376" s="1" t="inlineStr">
+        <is>
+          <t>Beden Eğitimi ve Spor Öğretmen Adaylarının Üstbilişsel Okuma Stratejileri ile Çoklu Zeka Alanları</t>
+        </is>
+      </c>
+      <c r="C1376" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1377" spans="1:3">
+      <c r="A1377" s="1" t="inlineStr">
+        <is>
+          <t>9786258399295</t>
+        </is>
+      </c>
+      <c r="B1377" s="1" t="inlineStr">
+        <is>
+          <t>Genel Bağcılık</t>
+        </is>
+      </c>
+      <c r="C1377" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="1378" spans="1:3">
+      <c r="A1378" s="1" t="inlineStr">
+        <is>
+          <t>9786258399240</t>
+        </is>
+      </c>
+      <c r="B1378" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin Fizik Tedavi</t>
+        </is>
+      </c>
+      <c r="C1378" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="1379" spans="1:3">
+      <c r="A1379" s="1" t="inlineStr">
+        <is>
+          <t>9786258037661</t>
+        </is>
+      </c>
+      <c r="B1379" s="1" t="inlineStr">
+        <is>
+          <t>Fizik 1 - (Teknolojinin Bilimsel İlkeleri)</t>
+        </is>
+      </c>
+      <c r="C1379" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1380" spans="1:3">
+      <c r="A1380" s="1" t="inlineStr">
+        <is>
+          <t>9786258399103</t>
+        </is>
+      </c>
+      <c r="B1380" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Ağızda Başlar</t>
+        </is>
+      </c>
+      <c r="C1380" s="1">
+        <v>1312.5</v>
+      </c>
+    </row>
+    <row r="1381" spans="1:3">
+      <c r="A1381" s="1" t="inlineStr">
+        <is>
+          <t>9786258399028</t>
+        </is>
+      </c>
+      <c r="B1381" s="1" t="inlineStr">
+        <is>
+          <t>Menü Planlama ve Özel Menüler Kitabı</t>
+        </is>
+      </c>
+      <c r="C1381" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1382" spans="1:3">
+      <c r="A1382" s="1" t="inlineStr">
+        <is>
+          <t>9786258430356</t>
+        </is>
+      </c>
+      <c r="B1382" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Kuvvet Antrenmanı</t>
+        </is>
+      </c>
+      <c r="C1382" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1383" spans="1:3">
+      <c r="A1383" s="1" t="inlineStr">
+        <is>
+          <t>9786258399059</t>
+        </is>
+      </c>
+      <c r="B1383" s="1" t="inlineStr">
+        <is>
+          <t>Psikiyatrinin Şiir Defter</t>
+        </is>
+      </c>
+      <c r="C1383" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="1384" spans="1:3">
+      <c r="A1384" s="1" t="inlineStr">
+        <is>
+          <t>9786258430455</t>
+        </is>
+      </c>
+      <c r="B1384" s="1" t="inlineStr">
+        <is>
+          <t>Türk Kamu Personel Yönetim Sistemi</t>
+        </is>
+      </c>
+      <c r="C1384" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="1385" spans="1:3">
+      <c r="A1385" s="1" t="inlineStr">
+        <is>
+          <t>9786258399066</t>
+        </is>
+      </c>
+      <c r="B1385" s="1" t="inlineStr">
+        <is>
+          <t>Oyunlarından Bernard-Marie Koltes’i Okumak</t>
+        </is>
+      </c>
+      <c r="C1385" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1386" spans="1:3">
+      <c r="A1386" s="1" t="inlineStr">
+        <is>
+          <t>9786258399073</t>
+        </is>
+      </c>
+      <c r="B1386" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Devleti Sivil Bürokrasisinde Suç ve Ceza (1892-1900)</t>
+        </is>
+      </c>
+      <c r="C1386" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1387" spans="1:3">
+      <c r="A1387" s="1" t="inlineStr">
+        <is>
+          <t>9786258430363</t>
+        </is>
+      </c>
+      <c r="B1387" s="1" t="inlineStr">
+        <is>
+          <t>Sanatı Düşünmek</t>
+        </is>
+      </c>
+      <c r="C1387" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1388" spans="1:3">
+      <c r="A1388" s="1" t="inlineStr">
+        <is>
+          <t>9786258430554</t>
+        </is>
+      </c>
+      <c r="B1388" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimleri Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C1388" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1389" spans="1:3">
+      <c r="A1389" s="1" t="inlineStr">
+        <is>
+          <t>9786258430448</t>
+        </is>
+      </c>
+      <c r="B1389" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Spor Bilimleri Araştırmaları 2</t>
+        </is>
+      </c>
+      <c r="C1389" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1390" spans="1:3">
+      <c r="A1390" s="1" t="inlineStr">
+        <is>
+          <t>9786258430370</t>
+        </is>
+      </c>
+      <c r="B1390" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Yönetiminde Bilişim Sistemleri</t>
+        </is>
+      </c>
+      <c r="C1390" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1391" spans="1:3">
+      <c r="A1391" s="1" t="inlineStr">
+        <is>
+          <t>9786258430349</t>
+        </is>
+      </c>
+      <c r="B1391" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Yönleriyle İneklerde Embriyonik Ölümler ve Abortus</t>
+        </is>
+      </c>
+      <c r="C1391" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1392" spans="1:3">
+      <c r="A1392" s="1" t="inlineStr">
+        <is>
+          <t>9786258430714</t>
+        </is>
+      </c>
+      <c r="B1392" s="1" t="inlineStr">
+        <is>
+          <t>Özgün Makamsal Piyano Etütleri</t>
+        </is>
+      </c>
+      <c r="C1392" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1393" spans="1:3">
+      <c r="A1393" s="1" t="inlineStr">
+        <is>
+          <t>9786258430677</t>
+        </is>
+      </c>
+      <c r="B1393" s="1" t="inlineStr">
+        <is>
+          <t>Türk Toplumunda Kültür Ekonomi ve Siyaset İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1393" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1394" spans="1:3">
+      <c r="A1394" s="1" t="inlineStr">
+        <is>
+          <t>9786258430646</t>
+        </is>
+      </c>
+      <c r="B1394" s="1" t="inlineStr">
+        <is>
+          <t>Türk Sinemasında Ses-İmaj</t>
+        </is>
+      </c>
+      <c r="C1394" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1395" spans="1:3">
+      <c r="A1395" s="1" t="inlineStr">
+        <is>
+          <t>9786258430608</t>
+        </is>
+      </c>
+      <c r="B1395" s="1" t="inlineStr">
+        <is>
+          <t>Tekabüli Anlatım Bağlamında Kur'an'da Tevhid ve Şirk</t>
+        </is>
+      </c>
+      <c r="C1395" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1396" spans="1:3">
+      <c r="A1396" s="1" t="inlineStr">
+        <is>
+          <t>9786258430912</t>
+        </is>
+      </c>
+      <c r="B1396" s="1" t="inlineStr">
+        <is>
+          <t>Türkiyeli ve İngiltereli Gençlerde Ahlakî Olgunluk ve Dindarlık</t>
+        </is>
+      </c>
+      <c r="C1396" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1397" spans="1:3">
+      <c r="A1397" s="1" t="inlineStr">
+        <is>
+          <t>9786258430936</t>
+        </is>
+      </c>
+      <c r="B1397" s="1" t="inlineStr">
+        <is>
+          <t>Söyle Bana Nasıl Öldün?</t>
+        </is>
+      </c>
+      <c r="C1397" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="1398" spans="1:3">
+      <c r="A1398" s="1" t="inlineStr">
+        <is>
+          <t>9786258430899</t>
+        </is>
+      </c>
+      <c r="B1398" s="1" t="inlineStr">
+        <is>
+          <t>Gotik Film Estetiği</t>
+        </is>
+      </c>
+      <c r="C1398" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1399" spans="1:3">
+      <c r="A1399" s="1" t="inlineStr">
+        <is>
+          <t>9786258430431</t>
+        </is>
+      </c>
+      <c r="B1399" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk ve Spor</t>
+        </is>
+      </c>
+      <c r="C1399" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1400" spans="1:3">
+      <c r="A1400" s="1" t="inlineStr">
+        <is>
+          <t>9786258430905</t>
+        </is>
+      </c>
+      <c r="B1400" s="1" t="inlineStr">
+        <is>
+          <t>Futbol Kulüplerinde İnovasyon ve Performans Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1400" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1401" spans="1:3">
+      <c r="A1401" s="1" t="inlineStr">
+        <is>
+          <t>9786257354271</t>
+        </is>
+      </c>
+      <c r="B1401" s="1" t="inlineStr">
+        <is>
+          <t>Lojistik ve Tedarik Zinciri Yönetiminde Örnek Olaylar</t>
+        </is>
+      </c>
+      <c r="C1401" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1402" spans="1:3">
+      <c r="A1402" s="1" t="inlineStr">
+        <is>
+          <t>9786258430462</t>
+        </is>
+      </c>
+      <c r="B1402" s="1" t="inlineStr">
+        <is>
+          <t>Sözcüklerin Türetimi</t>
+        </is>
+      </c>
+      <c r="C1402" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1403" spans="1:3">
+      <c r="A1403" s="1" t="inlineStr">
+        <is>
+          <t>9786258430684</t>
+        </is>
+      </c>
+      <c r="B1403" s="1" t="inlineStr">
+        <is>
+          <t>Doğu - Batı Sarkacında Belarus Dış Politikası: 1990 - 2020</t>
+        </is>
+      </c>
+      <c r="C1403" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1404" spans="1:3">
+      <c r="A1404" s="1" t="inlineStr">
+        <is>
+          <t>9786258430660</t>
+        </is>
+      </c>
+      <c r="B1404" s="1" t="inlineStr">
+        <is>
+          <t>Kuzey Afrika’da İslami Hareketler ve İslamcı Siyaset</t>
+        </is>
+      </c>
+      <c r="C1404" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1405" spans="1:3">
+      <c r="A1405" s="1" t="inlineStr">
+        <is>
+          <t>9786258430622</t>
+        </is>
+      </c>
+      <c r="B1405" s="1" t="inlineStr">
+        <is>
+          <t>Halk Oyunları Çalışmalarının Ritim Yeteneği ve Çeviklik Üzerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C1405" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1406" spans="1:3">
+      <c r="A1406" s="1" t="inlineStr">
+        <is>
+          <t>9786258037630</t>
+        </is>
+      </c>
+      <c r="B1406" s="1" t="inlineStr">
+        <is>
+          <t>İslam Dünyasında Sosyal ve Siyasal Hareketlilik Unsuru Olarak Mezhepler</t>
+        </is>
+      </c>
+      <c r="C1406" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1407" spans="1:3">
+      <c r="A1407" s="1" t="inlineStr">
+        <is>
+          <t>9786258430165</t>
+        </is>
+      </c>
+      <c r="B1407" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşen Dünyada Sosyoloji</t>
+        </is>
+      </c>
+      <c r="C1407" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1408" spans="1:3">
+      <c r="A1408" s="1" t="inlineStr">
+        <is>
+          <t>9786258430134</t>
+        </is>
+      </c>
+      <c r="B1408" s="1" t="inlineStr">
+        <is>
+          <t>Kilikya'nın Tanrıları ve Yöneticileri</t>
+        </is>
+      </c>
+      <c r="C1408" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1409" spans="1:3">
+      <c r="A1409" s="1" t="inlineStr">
+        <is>
+          <t>9786258037852</t>
+        </is>
+      </c>
+      <c r="B1409" s="1" t="inlineStr">
+        <is>
+          <t>Kilikya'ya Yolculuk</t>
+        </is>
+      </c>
+      <c r="C1409" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1410" spans="1:3">
+      <c r="A1410" s="1" t="inlineStr">
+        <is>
+          <t>9786258430127</t>
+        </is>
+      </c>
+      <c r="B1410" s="1" t="inlineStr">
+        <is>
+          <t>Gastronomide Güncel Eğilimler</t>
+        </is>
+      </c>
+      <c r="C1410" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1411" spans="1:3">
+      <c r="A1411" s="1" t="inlineStr">
+        <is>
+          <t>9786258430387</t>
+        </is>
+      </c>
+      <c r="B1411" s="1" t="inlineStr">
+        <is>
+          <t>Amerika’da Bir Proje: Duygu ve Motivasyon Günlükleri</t>
+        </is>
+      </c>
+      <c r="C1411" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1412" spans="1:3">
+      <c r="A1412" s="1" t="inlineStr">
+        <is>
+          <t>9786258430264</t>
+        </is>
+      </c>
+      <c r="B1412" s="1" t="inlineStr">
+        <is>
+          <t>Sözde Kızlar’a - Muhteşem Gatsby’den</t>
+        </is>
+      </c>
+      <c r="C1412" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1413" spans="1:3">
+      <c r="A1413" s="1" t="inlineStr">
+        <is>
+          <t>9786258037364</t>
+        </is>
+      </c>
+      <c r="B1413" s="1" t="inlineStr">
+        <is>
+          <t>Şii-İmami Müfessir Tusi’nin Tefsirinde Kur’an İlimleri</t>
+        </is>
+      </c>
+      <c r="C1413" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1414" spans="1:3">
+      <c r="A1414" s="1" t="inlineStr">
+        <is>
+          <t>9786258037326</t>
+        </is>
+      </c>
+      <c r="B1414" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gün</t>
+        </is>
+      </c>
+      <c r="C1414" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1415" spans="1:3">
+      <c r="A1415" s="1" t="inlineStr">
+        <is>
+          <t>9786258037678</t>
+        </is>
+      </c>
+      <c r="B1415" s="1" t="inlineStr">
+        <is>
+          <t>Bireyden Yapay Zekaya Ekonomi Finans Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C1415" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1416" spans="1:3">
+      <c r="A1416" s="1" t="inlineStr">
+        <is>
+          <t>9786258037722</t>
+        </is>
+      </c>
+      <c r="B1416" s="1" t="inlineStr">
+        <is>
+          <t>Bireyden Yapay Zekaya Sosyal Bilimler Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C1416" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1417" spans="1:3">
+      <c r="A1417" s="1" t="inlineStr">
+        <is>
+          <t>9786258430035</t>
+        </is>
+      </c>
+      <c r="B1417" s="1" t="inlineStr">
+        <is>
+          <t>Bireyden Yapay Zekaya Sosyoekonomik Çalışmalar</t>
+        </is>
+      </c>
+      <c r="C1417" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1418" spans="1:3">
+      <c r="A1418" s="1" t="inlineStr">
+        <is>
+          <t>9786258430547</t>
+        </is>
+      </c>
+      <c r="B1418" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Futbol Organizasyonları ve Yayıncılığı</t>
+        </is>
+      </c>
+      <c r="C1418" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1419" spans="1:3">
+      <c r="A1419" s="1" t="inlineStr">
+        <is>
+          <t>9786258037791</t>
+        </is>
+      </c>
+      <c r="B1419" s="1" t="inlineStr">
+        <is>
+          <t>Bireyden Yapay Zekaya Eğitim Bilimleri Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C1419" s="1">
+        <v>337.5</v>
+      </c>
+    </row>
+    <row r="1420" spans="1:3">
+      <c r="A1420" s="1" t="inlineStr">
+        <is>
+          <t>9786258037814</t>
+        </is>
+      </c>
+      <c r="B1420" s="1" t="inlineStr">
+        <is>
+          <t>Bireyden Yapay Zekaya Sosyoekonomik ve Kültürel Çalışmalar</t>
+        </is>
+      </c>
+      <c r="C1420" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1421" spans="1:3">
+      <c r="A1421" s="1" t="inlineStr">
+        <is>
+          <t>9786258430202</t>
+        </is>
+      </c>
+      <c r="B1421" s="1" t="inlineStr">
+        <is>
+          <t>Şirket Derecelendirmesi Teorik Arka Plan ve Metodoloji</t>
+        </is>
+      </c>
+      <c r="C1421" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1422" spans="1:3">
+      <c r="A1422" s="1" t="inlineStr">
+        <is>
+          <t>9786258430509</t>
+        </is>
+      </c>
+      <c r="B1422" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Öğretmen Yetiştirmede Parasız Yatılılık ve Bursluluk Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1422" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1423" spans="1:3">
+      <c r="A1423" s="1" t="inlineStr">
+        <is>
+          <t>9786258037319</t>
+        </is>
+      </c>
+      <c r="B1423" s="1" t="inlineStr">
+        <is>
+          <t>Dini Değerler ve Satın Alma Davranışları</t>
+        </is>
+      </c>
+      <c r="C1423" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1424" spans="1:3">
+      <c r="A1424" s="1" t="inlineStr">
+        <is>
+          <t>9786258430066</t>
+        </is>
+      </c>
+      <c r="B1424" s="1" t="inlineStr">
+        <is>
+          <t>Her Yönüyle Spor Araştırmaları 1</t>
+        </is>
+      </c>
+      <c r="C1424" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1425" spans="1:3">
+      <c r="A1425" s="1" t="inlineStr">
+        <is>
+          <t>9786052586280</t>
+        </is>
+      </c>
+      <c r="B1425" s="1" t="inlineStr">
+        <is>
+          <t>Ziraat ve Su Ürünleri Araştırmaları (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1425" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1426" spans="1:3">
+      <c r="A1426" s="1" t="inlineStr">
+        <is>
+          <t>9786258037449</t>
+        </is>
+      </c>
+      <c r="B1426" s="1" t="inlineStr">
+        <is>
+          <t>Yüzey Mühendisliği ve İleri Kaplama Teknolojileri</t>
+        </is>
+      </c>
+      <c r="C1426" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1427" spans="1:3">
+      <c r="A1427" s="1" t="inlineStr">
+        <is>
+          <t>9786257401241</t>
+        </is>
+      </c>
+      <c r="B1427" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim ve Organizasyon Çalışmaları (AYBAK 2021 Mart)</t>
+        </is>
+      </c>
+      <c r="C1427" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1428" spans="1:3">
+      <c r="A1428" s="1" t="inlineStr">
+        <is>
+          <t>9786257354332</t>
+        </is>
+      </c>
+      <c r="B1428" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamımdan Dökülen Yapraklar</t>
+        </is>
+      </c>
+      <c r="C1428" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1429" spans="1:3">
+      <c r="A1429" s="1" t="inlineStr">
+        <is>
+          <t>9786052396865</t>
+        </is>
+      </c>
+      <c r="B1429" s="1" t="inlineStr">
+        <is>
+          <t>19. Yüzyılda Orta Anadolu'da Bir Osmanlı Kazası: Develi</t>
+        </is>
+      </c>
+      <c r="C1429" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1430" spans="1:3">
+      <c r="A1430" s="1" t="inlineStr">
+        <is>
+          <t>9786258430059</t>
+        </is>
+      </c>
+      <c r="B1430" s="1" t="inlineStr">
+        <is>
+          <t>Vejetaryen Beslenmenin Sağlık Üzerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C1430" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="1431" spans="1:3">
+      <c r="A1431" s="1" t="inlineStr">
+        <is>
+          <t>9786258037074</t>
+        </is>
+      </c>
+      <c r="B1431" s="1" t="inlineStr">
+        <is>
+          <t>Uzaktan Eğitim ve Mutluluk Düzeyleri: Spor Bilimleri Fakültesi Örneği</t>
+        </is>
+      </c>
+      <c r="C1431" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1432" spans="1:3">
+      <c r="A1432" s="1" t="inlineStr">
+        <is>
+          <t>9786257106238</t>
+        </is>
+      </c>
+      <c r="B1432" s="1" t="inlineStr">
+        <is>
+          <t>Tükenme Egzersizi Yaptırılan Ratlarda Kurkumin Takviyesi: Antioksidan Parametreler ve Laktat Düzeyleri</t>
+        </is>
+      </c>
+      <c r="C1432" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1433" spans="1:3">
+      <c r="A1433" s="1" t="inlineStr">
+        <is>
+          <t>9786257106023</t>
+        </is>
+      </c>
+      <c r="B1433" s="1" t="inlineStr">
+        <is>
+          <t>Turlarda Rehber ve Acenta Denetim Usul ve Esasları</t>
+        </is>
+      </c>
+      <c r="C1433" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1434" spans="1:3">
+      <c r="A1434" s="1" t="inlineStr">
+        <is>
+          <t>9786258037548</t>
+        </is>
+      </c>
+      <c r="B1434" s="1" t="inlineStr">
+        <is>
+          <t>The Scope of Agricultural Support Policies and Their Importance in GATT/ WTO Negotiations</t>
+        </is>
+      </c>
+      <c r="C1434" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1435" spans="1:3">
+      <c r="A1435" s="1" t="inlineStr">
+        <is>
+          <t>9786059354318</t>
+        </is>
+      </c>
+      <c r="B1435" s="1" t="inlineStr">
+        <is>
+          <t>Teknik Resim Temel Bilgiler ve Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C1435" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1436" spans="1:3">
+      <c r="A1436" s="1" t="inlineStr">
+        <is>
+          <t>9786059354660</t>
+        </is>
+      </c>
+      <c r="B1436" s="1" t="inlineStr">
+        <is>
+          <t>Tarihte Adana ve Çukurova Cilt:4 - Milli Mücadele'den Günümüze Adana ve Çukurova (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1436" s="1">
+        <v>687.5</v>
+      </c>
+    </row>
+    <row r="1437" spans="1:3">
+      <c r="A1437" s="1" t="inlineStr">
+        <is>
+          <t>9786059354653</t>
+        </is>
+      </c>
+      <c r="B1437" s="1" t="inlineStr">
+        <is>
+          <t>Tarihte Adana ve Çukurova Cilt:3 - Osmanlı Döneminde Adana ve Çukurova II (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1437" s="1">
+        <v>687.5</v>
+      </c>
+    </row>
+    <row r="1438" spans="1:3">
+      <c r="A1438" s="1" t="inlineStr">
+        <is>
+          <t>9786059354646</t>
+        </is>
+      </c>
+      <c r="B1438" s="1" t="inlineStr">
+        <is>
+          <t>Tarihte Adana ve Çukurova Cilt:2 - Osmanlı Döneminde Adana ve Çukurova I (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1438" s="1">
+        <v>687.5</v>
+      </c>
+    </row>
+    <row r="1439" spans="1:3">
+      <c r="A1439" s="1" t="inlineStr">
+        <is>
+          <t>9786059354639</t>
+        </is>
+      </c>
+      <c r="B1439" s="1" t="inlineStr">
+        <is>
+          <t>Tarihte Adana ve Çukurova Cilt:1 - İlkçağ'dan Orta Çağ'a Adana ve Çukurova (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1439" s="1">
+        <v>687.5</v>
+      </c>
+    </row>
+    <row r="1440" spans="1:3">
+      <c r="A1440" s="1" t="inlineStr">
+        <is>
+          <t>9786257409162</t>
+        </is>
+      </c>
+      <c r="B1440" s="1" t="inlineStr">
+        <is>
+          <t>Tarih ve Siyaset Bilimi Araştırmaları II (AYBAK 2021 Mart)</t>
+        </is>
+      </c>
+      <c r="C1440" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1441" spans="1:3">
+      <c r="A1441" s="1" t="inlineStr">
+        <is>
+          <t>9786257496384</t>
+        </is>
+      </c>
+      <c r="B1441" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Araştırmaları IV (AYBAK 2021 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1441" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1442" spans="1:3">
+      <c r="A1442" s="1" t="inlineStr">
+        <is>
+          <t>9786052586235</t>
+        </is>
+      </c>
+      <c r="B1442" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Araştırmaları (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1442" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1443" spans="1:3">
+      <c r="A1443" s="1" t="inlineStr">
+        <is>
+          <t>9786258037524</t>
+        </is>
+      </c>
+      <c r="B1443" s="1" t="inlineStr">
+        <is>
+          <t>Tarımsal Mekanizasyon ve Enerji Üzerine Güncel Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C1443" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1444" spans="1:3">
+      <c r="A1444" s="1" t="inlineStr">
+        <is>
+          <t>9786257401142</t>
+        </is>
+      </c>
+      <c r="B1444" s="1" t="inlineStr">
+        <is>
+          <t>Su Ürünleri ve Hayvancılık (AYBAK 2021 Mart)</t>
+        </is>
+      </c>
+      <c r="C1444" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="1445" spans="1:3">
+      <c r="A1445" s="1" t="inlineStr">
+        <is>
+          <t>9786052396162</t>
+        </is>
+      </c>
+      <c r="B1445" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Yetenek Seçimi ve Yönlendirme</t>
+        </is>
+      </c>
+      <c r="C1445" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1446" spans="1:3">
+      <c r="A1446" s="1" t="inlineStr">
+        <is>
+          <t>9786052587614</t>
+        </is>
+      </c>
+      <c r="B1446" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Yeni Akademik Çalışmalar - 4</t>
+        </is>
+      </c>
+      <c r="C1446" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1447" spans="1:3">
+      <c r="A1447" s="1" t="inlineStr">
+        <is>
+          <t>9786052587607</t>
+        </is>
+      </c>
+      <c r="B1447" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Yeni Akademik Çalışmalar - 3</t>
+        </is>
+      </c>
+      <c r="C1447" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1448" spans="1:3">
+      <c r="A1448" s="1" t="inlineStr">
+        <is>
+          <t>9786052585610</t>
+        </is>
+      </c>
+      <c r="B1448" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Psiko-Sosyal Alanlar (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1448" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1449" spans="1:3">
+      <c r="A1449" s="1" t="inlineStr">
+        <is>
+          <t>9786052396025</t>
+        </is>
+      </c>
+      <c r="B1449" s="1" t="inlineStr">
+        <is>
+          <t>Sporcu ve Sedanterlerde Görsel Zeka, Reaksiyon Zamanı ile Oksijen Kullanma Kapasiteleri Arasındaki İlişki</t>
+        </is>
+      </c>
+      <c r="C1449" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1450" spans="1:3">
+      <c r="A1450" s="1" t="inlineStr">
+        <is>
+          <t>9786258037470</t>
+        </is>
+      </c>
+      <c r="B1450" s="1" t="inlineStr">
+        <is>
+          <t>Spora Yönelik Tutum ve Bireysel Farklılıklar</t>
+        </is>
+      </c>
+      <c r="C1450" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1451" spans="1:3">
+      <c r="A1451" s="1" t="inlineStr">
+        <is>
+          <t>9786257496056</t>
+        </is>
+      </c>
+      <c r="B1451" s="1" t="inlineStr">
+        <is>
+          <t>Spor ve Sağlık Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C1451" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1452" spans="1:3">
+      <c r="A1452" s="1" t="inlineStr">
+        <is>
+          <t>9786258037296</t>
+        </is>
+      </c>
+      <c r="B1452" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimlerinde Öğreten Sorular</t>
+        </is>
+      </c>
+      <c r="C1452" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1453" spans="1:3">
+      <c r="A1453" s="1" t="inlineStr">
+        <is>
+          <t>9786257496421</t>
+        </is>
+      </c>
+      <c r="B1453" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimleri II (AYBAK 2021 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1453" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1454" spans="1:3">
+      <c r="A1454" s="1" t="inlineStr">
+        <is>
+          <t>9786257401234</t>
+        </is>
+      </c>
+      <c r="B1454" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimleri (AYBAK 2021 Mart)</t>
+        </is>
+      </c>
+      <c r="C1454" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1455" spans="1:3">
+      <c r="A1455" s="1" t="inlineStr">
+        <is>
+          <t>9786052580608</t>
+        </is>
+      </c>
+      <c r="B1455" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimleri (AYBAK 2018 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1455" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1456" spans="1:3">
+      <c r="A1456" s="1" t="inlineStr">
+        <is>
+          <t>9786052586228</t>
+        </is>
+      </c>
+      <c r="B1456" s="1" t="inlineStr">
+        <is>
+          <t>Sosyoloji Araştırmaları (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1456" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1457" spans="1:3">
+      <c r="A1457" s="1" t="inlineStr">
+        <is>
+          <t>9786257496315</t>
+        </is>
+      </c>
+      <c r="B1457" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Güncel Araştırma ve İncelemeler (AYBAK 2021 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1457" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1458" spans="1:3">
+      <c r="A1458" s="1" t="inlineStr">
+        <is>
+          <t>9786052580691</t>
+        </is>
+      </c>
+      <c r="B1458" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler Yönetim ve Çevre (AYBAK 2018 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1458" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1459" spans="1:3">
+      <c r="A1459" s="1" t="inlineStr">
+        <is>
+          <t>9786052580776</t>
+        </is>
+      </c>
+      <c r="B1459" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler Tarih ve Sanat (AYBAK 2018 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1459" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1460" spans="1:3">
+      <c r="A1460" s="1" t="inlineStr">
+        <is>
+          <t>9786052580752</t>
+        </is>
+      </c>
+      <c r="B1460" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler Siyaset ve Yönetim (AYBAK 2018 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1460" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1461" spans="1:3">
+      <c r="A1461" s="1" t="inlineStr">
+        <is>
+          <t>9786052580714</t>
+        </is>
+      </c>
+      <c r="B1461" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler İnsan ve Toplum (AYBAK 2018 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1461" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1462" spans="1:3">
+      <c r="A1462" s="1" t="inlineStr">
+        <is>
+          <t>9786052586211</t>
+        </is>
+      </c>
+      <c r="B1462" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler Araştırmaları II (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1462" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1463" spans="1:3">
+      <c r="A1463" s="1" t="inlineStr">
+        <is>
+          <t>9786257106757</t>
+        </is>
+      </c>
+      <c r="B1463" s="1" t="inlineStr">
+        <is>
+          <t>Son Dönem Osmanlı Kelam Düşüncesinde Kadın Meselesi (İslamcılar-Türkçüler-Batıcılar)</t>
+        </is>
+      </c>
+      <c r="C1463" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1464" spans="1:3">
+      <c r="A1464" s="1" t="inlineStr">
+        <is>
+          <t>9786258037562</t>
+        </is>
+      </c>
+      <c r="B1464" s="1" t="inlineStr">
+        <is>
+          <t>Sokak Lambasından Yansıyan Şiirler</t>
+        </is>
+      </c>
+      <c r="C1464" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1465" spans="1:3">
+      <c r="A1465" s="1" t="inlineStr">
+        <is>
+          <t>9786052586129</t>
+        </is>
+      </c>
+      <c r="B1465" s="1" t="inlineStr">
+        <is>
+          <t>Social Sciences II (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1465" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1466" spans="1:3">
+      <c r="A1466" s="1" t="inlineStr">
+        <is>
+          <t>9786052588833</t>
+        </is>
+      </c>
+      <c r="B1466" s="1" t="inlineStr">
+        <is>
+          <t>Sociology and Psychology Sciences Research (AYBAK 2020 Mart)</t>
+        </is>
+      </c>
+      <c r="C1466" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1467" spans="1:3">
+      <c r="A1467" s="1" t="inlineStr">
+        <is>
+          <t>9786258037586</t>
+        </is>
+      </c>
+      <c r="B1467" s="1" t="inlineStr">
+        <is>
+          <t>Serebral Lateralizasyon (Sağlaklık / Solaklık) ve Sportif Performans</t>
+        </is>
+      </c>
+      <c r="C1467" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1468" spans="1:3">
+      <c r="A1468" s="1" t="inlineStr">
+        <is>
+          <t>9786257106153</t>
+        </is>
+      </c>
+      <c r="B1468" s="1" t="inlineStr">
+        <is>
+          <t>Sektör Analizleriyle Türkiye Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C1468" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1469" spans="1:3">
+      <c r="A1469" s="1" t="inlineStr">
+        <is>
+          <t>9786052586143</t>
+        </is>
+      </c>
+      <c r="B1469" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Tarihi Araştırmaları (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1469" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1470" spans="1:3">
+      <c r="A1470" s="1" t="inlineStr">
+        <is>
+          <t>9786059942751</t>
+        </is>
+      </c>
+      <c r="B1470" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Hizmetlerinde Sağlıklı İletişim</t>
+        </is>
+      </c>
+      <c r="C1470" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="1471" spans="1:3">
+      <c r="A1471" s="1" t="inlineStr">
+        <is>
+          <t>9786258037104</t>
+        </is>
+      </c>
+      <c r="B1471" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Bilişimi ve Veri Analitiği JAMOVI ve JASP Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1471" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1472" spans="1:3">
+      <c r="A1472" s="1" t="inlineStr">
+        <is>
+          <t>9786257496490</t>
+        </is>
+      </c>
+      <c r="B1472" s="1" t="inlineStr">
+        <is>
+          <t>Ruhsal Liderlik Hizmet İnovasyon Davranışı, Takım Uyumu ve Bilgi Paylaşımı</t>
+        </is>
+      </c>
+      <c r="C1472" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1473" spans="1:3">
+      <c r="A1473" s="1" t="inlineStr">
+        <is>
+          <t>9786052396049</t>
+        </is>
+      </c>
+      <c r="B1473" s="1" t="inlineStr">
+        <is>
+          <t>Rekabet Gücü Stratejisi Olarak Kümeler ve Yığılma Ekonomileri</t>
+        </is>
+      </c>
+      <c r="C1473" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="1474" spans="1:3">
+      <c r="A1474" s="1" t="inlineStr">
+        <is>
+          <t>9786052586242</t>
+        </is>
+      </c>
+      <c r="B1474" s="1" t="inlineStr">
+        <is>
+          <t>Rasyonalite ve Ritüeller</t>
+        </is>
+      </c>
+      <c r="C1474" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1475" spans="1:3">
+      <c r="A1475" s="1" t="inlineStr">
+        <is>
+          <t>9786052588819</t>
+        </is>
+      </c>
+      <c r="B1475" s="1" t="inlineStr">
+        <is>
+          <t>Public Administrative Studies (AYBAK 2020 Mart)</t>
+        </is>
+      </c>
+      <c r="C1475" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1476" spans="1:3">
+      <c r="A1476" s="1" t="inlineStr">
+        <is>
+          <t>9786052586204</t>
+        </is>
+      </c>
+      <c r="B1476" s="1" t="inlineStr">
+        <is>
+          <t>Psikoloji Araştırmaları (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1476" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1477" spans="1:3">
+      <c r="A1477" s="1" t="inlineStr">
+        <is>
+          <t>9786059354950</t>
+        </is>
+      </c>
+      <c r="B1477" s="1" t="inlineStr">
+        <is>
+          <t>Proactive Behaviour at Work: Antecedents and Consequences</t>
+        </is>
+      </c>
+      <c r="C1477" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="1478" spans="1:3">
+      <c r="A1478" s="1" t="inlineStr">
+        <is>
+          <t>9786059942287</t>
+        </is>
+      </c>
+      <c r="B1478" s="1" t="inlineStr">
+        <is>
+          <t>Pozantı'da Sayfiye Yaylacılığı ve Turizm Potansiyeli</t>
+        </is>
+      </c>
+      <c r="C1478" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1479" spans="1:3">
+      <c r="A1479" s="1" t="inlineStr">
+        <is>
+          <t>9786052585993</t>
+        </is>
+      </c>
+      <c r="B1479" s="1" t="inlineStr">
+        <is>
+          <t>Pazarlama Araştırmaları II (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1479" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1480" spans="1:3">
+      <c r="A1480" s="1" t="inlineStr">
+        <is>
+          <t>9786257106177</t>
+        </is>
+      </c>
+      <c r="B1480" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme (2.Baskı)</t>
+        </is>
+      </c>
+      <c r="C1480" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1481" spans="1:3">
+      <c r="A1481" s="1" t="inlineStr">
+        <is>
+          <t>9786052582176</t>
+        </is>
+      </c>
+      <c r="B1481" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme</t>
+        </is>
+      </c>
+      <c r="C1481" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1482" spans="1:3">
+      <c r="A1482" s="1" t="inlineStr">
+        <is>
+          <t>9786052588482</t>
+        </is>
+      </c>
+      <c r="B1482" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Devleti, Rusya ve İran Üçgeninde Antlaşmalarla Sonuçlanan Azerbaycan (1747-1830)</t>
+        </is>
+      </c>
+      <c r="C1482" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1483" spans="1:3">
+      <c r="A1483" s="1" t="inlineStr">
+        <is>
+          <t>9786052396803</t>
+        </is>
+      </c>
+      <c r="B1483" s="1" t="inlineStr">
+        <is>
+          <t>Olgularla Tıbbi Bilirkişilik</t>
+        </is>
+      </c>
+      <c r="C1483" s="1">
+        <v>812.5</v>
+      </c>
+    </row>
+    <row r="1484" spans="1:3">
+      <c r="A1484" s="1" t="inlineStr">
+        <is>
+          <t>9786258430233</t>
+        </is>
+      </c>
+      <c r="B1484" s="1" t="inlineStr">
+        <is>
+          <t>Novel Approaches to Engineering Sciences</t>
+        </is>
+      </c>
+      <c r="C1484" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1485" spans="1:3">
+      <c r="A1485" s="1" t="inlineStr">
+        <is>
+          <t>9786258037340</t>
+        </is>
+      </c>
+      <c r="B1485" s="1" t="inlineStr">
+        <is>
+          <t>Müslüm'den Çıktık Yola Matematikte Verdik Mola</t>
+        </is>
+      </c>
+      <c r="C1485" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1486" spans="1:3">
+      <c r="A1486" s="1" t="inlineStr">
+        <is>
+          <t>9786052585931</t>
+        </is>
+      </c>
+      <c r="B1486" s="1" t="inlineStr">
+        <is>
+          <t>Muhasebe Araştırmaları (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1486" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1487" spans="1:3">
+      <c r="A1487" s="1" t="inlineStr">
+        <is>
+          <t>9786052396902</t>
+        </is>
+      </c>
+      <c r="B1487" s="1" t="inlineStr">
+        <is>
+          <t>Mucize</t>
+        </is>
+      </c>
+      <c r="C1487" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1488" spans="1:3">
+      <c r="A1488" s="1" t="inlineStr">
+        <is>
+          <t>9786257679398</t>
+        </is>
+      </c>
+      <c r="B1488" s="1" t="inlineStr">
+        <is>
+          <t>Medisinal Kimya</t>
+        </is>
+      </c>
+      <c r="C1488" s="1">
+        <v>812.5</v>
+      </c>
+    </row>
+    <row r="1489" spans="1:3">
+      <c r="A1489" s="1" t="inlineStr">
+        <is>
+          <t>9786059282017</t>
+        </is>
+      </c>
+      <c r="B1489" s="1" t="inlineStr">
+        <is>
+          <t>Matematiksel Modelleme Ve Simülasyon</t>
+        </is>
+      </c>
+      <c r="C1489" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1490" spans="1:3">
+      <c r="A1490" s="1" t="inlineStr">
+        <is>
+          <t>9786052586006</t>
+        </is>
+      </c>
+      <c r="B1490" s="1" t="inlineStr">
+        <is>
+          <t>Maliye ve Kamu Yönetimi Araştırmaları (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1490" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1491" spans="1:3">
+      <c r="A1491" s="1" t="inlineStr">
+        <is>
+          <t>9786052396308</t>
+        </is>
+      </c>
+      <c r="B1491" s="1" t="inlineStr">
+        <is>
+          <t>Makina Elemanları Cilt 1</t>
+        </is>
+      </c>
+      <c r="C1491" s="1">
+        <v>687.5</v>
+      </c>
+    </row>
+    <row r="1492" spans="1:3">
+      <c r="A1492" s="1" t="inlineStr">
+        <is>
+          <t>9786059354325</t>
+        </is>
+      </c>
+      <c r="B1492" s="1" t="inlineStr">
+        <is>
+          <t>Lives Changes From Stem to Stern 2016</t>
+        </is>
+      </c>
+      <c r="C1492" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="1493" spans="1:3">
+      <c r="A1493" s="1" t="inlineStr">
+        <is>
+          <t>9786052586198</t>
+        </is>
+      </c>
+      <c r="B1493" s="1" t="inlineStr">
+        <is>
+          <t>Language and Literature II (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1493" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1494" spans="1:3">
+      <c r="A1494" s="1" t="inlineStr">
+        <is>
+          <t>9786257451697</t>
+        </is>
+      </c>
+      <c r="B1494" s="1" t="inlineStr">
+        <is>
+          <t>Koyunculukta Döl Verimini Artırmada Kullanılan Yöntemler</t>
+        </is>
+      </c>
+      <c r="C1494" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1495" spans="1:3">
+      <c r="A1495" s="1" t="inlineStr">
+        <is>
+          <t>9786258037371</t>
+        </is>
+      </c>
+      <c r="B1495" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Dönemde Sünni-Şii Tefsir Algısı</t>
+        </is>
+      </c>
+      <c r="C1495" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1496" spans="1:3">
+      <c r="A1496" s="1" t="inlineStr">
+        <is>
+          <t>9786059354585</t>
+        </is>
+      </c>
+      <c r="B1496" s="1" t="inlineStr">
+        <is>
+          <t>Kim Demiş Kur'an Anlaşılmaz Diye</t>
+        </is>
+      </c>
+      <c r="C1496" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1497" spans="1:3">
+      <c r="A1497" s="1" t="inlineStr">
+        <is>
+          <t>9786052587102</t>
+        </is>
+      </c>
+      <c r="B1497" s="1" t="inlineStr">
+        <is>
+          <t>Kilis Musabeyli Folkloru</t>
+        </is>
+      </c>
+      <c r="C1497" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1498" spans="1:3">
+      <c r="A1498" s="1" t="inlineStr">
+        <is>
+          <t>9786054649686</t>
+        </is>
+      </c>
+      <c r="B1498" s="1" t="inlineStr">
+        <is>
+          <t>Kısa Süreli Seanslar İçin Yüksek Verimli Bilişsel Davranış Terapisi (Örnekli Rehber)</t>
+        </is>
+      </c>
+      <c r="C1498" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1499" spans="1:3">
+      <c r="A1499" s="1" t="inlineStr">
+        <is>
+          <t>9786052586532</t>
+        </is>
+      </c>
+      <c r="B1499" s="1" t="inlineStr">
+        <is>
+          <t>Kas İskelet Sistemi Hastalıklarında Geleneksel ve Tamamlayıcı Tıp Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1499" s="1">
+        <v>812.5</v>
+      </c>
+    </row>
+    <row r="1500" spans="1:3">
+      <c r="A1500" s="1" t="inlineStr">
+        <is>
+          <t>9786052580141</t>
+        </is>
+      </c>
+      <c r="B1500" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizmin Son Aşaması Finansallaşma</t>
+        </is>
+      </c>
+      <c r="C1500" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1501" spans="1:3">
+      <c r="A1501" s="1" t="inlineStr">
+        <is>
+          <t>9786258037531</t>
+        </is>
+      </c>
+      <c r="B1501" s="1" t="inlineStr">
+        <is>
+          <t>İzz Bin Abdüsselâm’ın Tasavvuf Anlayışı</t>
+        </is>
+      </c>
+      <c r="C1501" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1502" spans="1:3">
+      <c r="A1502" s="1" t="inlineStr">
+        <is>
+          <t>9786052585986</t>
+        </is>
+      </c>
+      <c r="B1502" s="1" t="inlineStr">
+        <is>
+          <t>İşletme ve Yönetim Araştırmaları II (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1502" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1503" spans="1:3">
+      <c r="A1503" s="1" t="inlineStr">
+        <is>
+          <t>9786059354882</t>
+        </is>
+      </c>
+      <c r="B1503" s="1" t="inlineStr">
+        <is>
+          <t>İşletme Başarısında Kurumsal İmaj ve Marka Genişletme Stratejisi</t>
+        </is>
+      </c>
+      <c r="C1503" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1504" spans="1:3">
+      <c r="A1504" s="1" t="inlineStr">
+        <is>
+          <t>9786257496988</t>
+        </is>
+      </c>
+      <c r="B1504" s="1" t="inlineStr">
+        <is>
+          <t>İş Sağlığı ve Güvenliği Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1504" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="1505" spans="1:3">
+      <c r="A1505" s="1" t="inlineStr">
+        <is>
+          <t>9786257496681</t>
+        </is>
+      </c>
+      <c r="B1505" s="1" t="inlineStr">
+        <is>
+          <t>İstatistiksel Düşünme Veri Analizinden Hemen Önce</t>
+        </is>
+      </c>
+      <c r="C1505" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1506" spans="1:3">
+      <c r="A1506" s="1" t="inlineStr">
+        <is>
+          <t>9786052580493</t>
+        </is>
+      </c>
+      <c r="B1506" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul'un Olimpiyat Süreci</t>
+        </is>
+      </c>
+      <c r="C1506" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1507" spans="1:3">
+      <c r="A1507" s="1" t="inlineStr">
+        <is>
+          <t>9786257106221</t>
+        </is>
+      </c>
+      <c r="B1507" s="1" t="inlineStr">
+        <is>
+          <t>İslam Kültüründe Mihrab Kitabeleri</t>
+        </is>
+      </c>
+      <c r="C1507" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1508" spans="1:3">
+      <c r="A1508" s="1" t="inlineStr">
+        <is>
+          <t>9786258037692</t>
+        </is>
+      </c>
+      <c r="B1508" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ceza Hukuku (Eleştirel ve Farklı Bir Yaklaşım)</t>
+        </is>
+      </c>
+      <c r="C1508" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1509" spans="1:3">
+      <c r="A1509" s="1" t="inlineStr">
+        <is>
+          <t>9786257354240</t>
+        </is>
+      </c>
+      <c r="B1509" s="1" t="inlineStr">
+        <is>
+          <t>İnovatif Tıp</t>
+        </is>
+      </c>
+      <c r="C1509" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1510" spans="1:3">
+      <c r="A1510" s="1" t="inlineStr">
+        <is>
+          <t>9786052396841</t>
+        </is>
+      </c>
+      <c r="B1510" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretim Beden Eğitimi ve Spor Öğretim Programı ve Öğretim Sürecinin Ders Öğretmenlerinin Görüşleri Doğrultusunda İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C1510" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1511" spans="1:3">
+      <c r="A1511" s="1" t="inlineStr">
+        <is>
+          <t>9786052585863</t>
+        </is>
+      </c>
+      <c r="B1511" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Bilimleri Çalışmaları II (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1511" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1512" spans="1:3">
+      <c r="A1512" s="1" t="inlineStr">
+        <is>
+          <t>9786052586181</t>
+        </is>
+      </c>
+      <c r="B1512" s="1" t="inlineStr">
+        <is>
+          <t>İlahiyat Araştırmaları (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1512" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1513" spans="1:3">
+      <c r="A1513" s="1" t="inlineStr">
+        <is>
+          <t>9786052585948</t>
+        </is>
+      </c>
+      <c r="B1513" s="1" t="inlineStr">
+        <is>
+          <t>İktisat Araştırmaları (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1513" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1514" spans="1:3">
+      <c r="A1514" s="1" t="inlineStr">
+        <is>
+          <t>9786052580660</t>
+        </is>
+      </c>
+      <c r="B1514" s="1" t="inlineStr">
+        <is>
+          <t>İktisadi ve İdari Bilimler Cilt 3 (AYBAK 2018 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1514" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1515" spans="1:3">
+      <c r="A1515" s="1" t="inlineStr">
+        <is>
+          <t>9786052580738</t>
+        </is>
+      </c>
+      <c r="B1515" s="1" t="inlineStr">
+        <is>
+          <t>İktisadi ve İdari Bilimler Cilt 2 (AYBAK 2018 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1515" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1516" spans="1:3">
+      <c r="A1516" s="1" t="inlineStr">
+        <is>
+          <t>9786052580745</t>
+        </is>
+      </c>
+      <c r="B1516" s="1" t="inlineStr">
+        <is>
+          <t>İktisadi ve İdari Bilimler Cilt 1 (AYBAK 2018 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1516" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1517" spans="1:3">
+      <c r="A1517" s="1" t="inlineStr">
+        <is>
+          <t>9786052586150</t>
+        </is>
+      </c>
+      <c r="B1517" s="1" t="inlineStr">
+        <is>
+          <t>İktisadi ve İdari Bilimler Araştırmaları (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1517" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1518" spans="1:3">
+      <c r="A1518" s="1" t="inlineStr">
+        <is>
+          <t>9786052588178</t>
+        </is>
+      </c>
+      <c r="B1518" s="1" t="inlineStr">
+        <is>
+          <t>Homo Inquirens: Sorgulayan İnsan</t>
+        </is>
+      </c>
+      <c r="C1518" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1519" spans="1:3">
+      <c r="A1519" s="1" t="inlineStr">
+        <is>
+          <t>9786052585641</t>
+        </is>
+      </c>
+      <c r="B1519" s="1" t="inlineStr">
+        <is>
+          <t>Hareket ve Antrenman Bilimleri (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1519" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1520" spans="1:3">
+      <c r="A1520" s="1" t="inlineStr">
+        <is>
+          <t>9786257401647</t>
+        </is>
+      </c>
+      <c r="B1520" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Sanatlar Eğitimi Çalışmaları II (AYBAK 2021 Mart)</t>
+        </is>
+      </c>
+      <c r="C1520" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1521" spans="1:3">
+      <c r="A1521" s="1" t="inlineStr">
+        <is>
+          <t>9786257401173</t>
+        </is>
+      </c>
+      <c r="B1521" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Turizm Çalışmaları II (AYBAK 2021 Mart)</t>
+        </is>
+      </c>
+      <c r="C1521" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1522" spans="1:3">
+      <c r="A1522" s="1" t="inlineStr">
+        <is>
+          <t>9786257409179</t>
+        </is>
+      </c>
+      <c r="B1522" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Sosyal Bilimler Araştırmaları III (AYBAK 2021 Mart)</t>
+        </is>
+      </c>
+      <c r="C1522" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1523" spans="1:3">
+      <c r="A1523" s="1" t="inlineStr">
+        <is>
+          <t>9786257409186</t>
+        </is>
+      </c>
+      <c r="B1523" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Psikoloji Araştırmaları II (AYBAK 2021 Mart)</t>
+        </is>
+      </c>
+      <c r="C1523" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1524" spans="1:3">
+      <c r="A1524" s="1" t="inlineStr">
+        <is>
+          <t>9786257496537</t>
+        </is>
+      </c>
+      <c r="B1524" s="1" t="inlineStr">
+        <is>
+          <t>Güncel İşletme Yönetimi Çalışmaları (AYBAK 2021 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1524" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1525" spans="1:3">
+      <c r="A1525" s="1" t="inlineStr">
+        <is>
+          <t>9786257409155</t>
+        </is>
+      </c>
+      <c r="B1525" s="1" t="inlineStr">
+        <is>
+          <t>Güncel İletişim Bilimleri Araştırmaları (AYBAK 2021 Mart)</t>
+        </is>
+      </c>
+      <c r="C1525" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1526" spans="1:3">
+      <c r="A1526" s="1" t="inlineStr">
+        <is>
+          <t>9786257496520</t>
+        </is>
+      </c>
+      <c r="B1526" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Ekonomi Çalışmaları (AYBAK 2021 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1526" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1527" spans="1:3">
+      <c r="A1527" s="1" t="inlineStr">
+        <is>
+          <t>9786257496452</t>
+        </is>
+      </c>
+      <c r="B1527" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Eğitim Bilimleri Araştırmaları IV (AYBAK 2021 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1527" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1528" spans="1:3">
+      <c r="A1528" s="1" t="inlineStr">
+        <is>
+          <t>9786257401210</t>
+        </is>
+      </c>
+      <c r="B1528" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Eğitim Bilimleri Araştırmaları III (AYBAK 2021 Mart)</t>
+        </is>
+      </c>
+      <c r="C1528" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1529" spans="1:3">
+      <c r="A1529" s="1" t="inlineStr">
+        <is>
+          <t>9786257401180</t>
+        </is>
+      </c>
+      <c r="B1529" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Alan Eğitimi Araştırmaları III (AYBAK 2021 Mart)</t>
+        </is>
+      </c>
+      <c r="C1529" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1530" spans="1:3">
+      <c r="A1530" s="1" t="inlineStr">
+        <is>
+          <t>9786257401265</t>
+        </is>
+      </c>
+      <c r="B1530" s="1" t="inlineStr">
+        <is>
+          <t>Genel İşletme Çalışmaları (AYBAK 2021 Mart)</t>
+        </is>
+      </c>
+      <c r="C1530" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1531" spans="1:3">
+      <c r="A1531" s="1" t="inlineStr">
+        <is>
+          <t>9786052580806</t>
+        </is>
+      </c>
+      <c r="B1531" s="1" t="inlineStr">
+        <is>
+          <t>Geleneksel Ve Davranışsal Finans Yaklaşımlarına Göre Konut Balonları</t>
+        </is>
+      </c>
+      <c r="C1531" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1532" spans="1:3">
+      <c r="A1532" s="1" t="inlineStr">
+        <is>
+          <t>9786052582138</t>
+        </is>
+      </c>
+      <c r="B1532" s="1" t="inlineStr">
+        <is>
+          <t>Fizik I (Teknolojinin Bilimsel İlkeleri)</t>
+        </is>
+      </c>
+      <c r="C1532" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1533" spans="1:3">
+      <c r="A1533" s="1" t="inlineStr">
+        <is>
+          <t>9786257354080</t>
+        </is>
+      </c>
+      <c r="B1533" s="1" t="inlineStr">
+        <is>
+          <t>Fikir Satıcısı</t>
+        </is>
+      </c>
+      <c r="C1533" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1534" spans="1:3">
+      <c r="A1534" s="1" t="inlineStr">
+        <is>
+          <t>9786257496643</t>
+        </is>
+      </c>
+      <c r="B1534" s="1" t="inlineStr">
+        <is>
+          <t>Fen Eğitimi Araştırmalarına Güncel Bakış - II</t>
+        </is>
+      </c>
+      <c r="C1534" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1535" spans="1:3">
+      <c r="A1535" s="1" t="inlineStr">
+        <is>
+          <t>9786052586174</t>
+        </is>
+      </c>
+      <c r="B1535" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe Araştırmaları (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1535" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1536" spans="1:3">
+      <c r="A1536" s="1" t="inlineStr">
+        <is>
+          <t>9786052588345</t>
+        </is>
+      </c>
+      <c r="B1536" s="1" t="inlineStr">
+        <is>
+          <t>Fecr-i Ati Dergisi Kanad - İnceleme Tam Metin</t>
+        </is>
+      </c>
+      <c r="C1536" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1537" spans="1:3">
+      <c r="A1537" s="1" t="inlineStr">
+        <is>
+          <t>9786257401081</t>
+        </is>
+      </c>
+      <c r="B1537" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomi ve Yönetim Araştırmaları (AYBAK 2021 Mart)</t>
+        </is>
+      </c>
+      <c r="C1537" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1538" spans="1:3">
+      <c r="A1538" s="1" t="inlineStr">
+        <is>
+          <t>9786052585764</t>
+        </is>
+      </c>
+      <c r="B1538" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimleri Araştırmaları II (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1538" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1539" spans="1:3">
+      <c r="A1539" s="1" t="inlineStr">
+        <is>
+          <t>9786052585771</t>
+        </is>
+      </c>
+      <c r="B1539" s="1" t="inlineStr">
+        <is>
+          <t>Educational Sciences II (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1539" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1540" spans="1:3">
+      <c r="A1540" s="1" t="inlineStr">
+        <is>
+          <t>9786052585955</t>
+        </is>
+      </c>
+      <c r="B1540" s="1" t="inlineStr">
+        <is>
+          <t>Economics and Politics (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1540" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1541" spans="1:3">
+      <c r="A1541" s="1" t="inlineStr">
+        <is>
+          <t>9786052586013</t>
+        </is>
+      </c>
+      <c r="B1541" s="1" t="inlineStr">
+        <is>
+          <t>Economics and Administrative (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1541" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1542" spans="1:3">
+      <c r="A1542" s="1" t="inlineStr">
+        <is>
+          <t>9786052580547</t>
+        </is>
+      </c>
+      <c r="B1542" s="1" t="inlineStr">
+        <is>
+          <t>Economic And Administrative Sciences - Volume II (AYBAK 2018 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1542" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1543" spans="1:3">
+      <c r="A1543" s="1" t="inlineStr">
+        <is>
+          <t>9786052580509</t>
+        </is>
+      </c>
+      <c r="B1543" s="1" t="inlineStr">
+        <is>
+          <t>Economic And Administrative Sciences - Volume I (AYBAK 2018 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1543" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1544" spans="1:3">
+      <c r="A1544" s="1" t="inlineStr">
+        <is>
+          <t>9786257496117</t>
+        </is>
+      </c>
+      <c r="B1544" s="1" t="inlineStr">
+        <is>
+          <t>Duyusal Akıllı Bir Çocuk Yetiştirmek</t>
+        </is>
+      </c>
+      <c r="C1544" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1545" spans="1:3">
+      <c r="A1545" s="1" t="inlineStr">
+        <is>
+          <t>9786258037647</t>
+        </is>
+      </c>
+      <c r="B1545" s="1" t="inlineStr">
+        <is>
+          <t>Domates Bitkisinin Mineral Beslenmesi ve Meyve Kalitesi</t>
+        </is>
+      </c>
+      <c r="C1545" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="1546" spans="1:3">
+      <c r="A1546" s="1" t="inlineStr">
+        <is>
+          <t>9786258430240</t>
+        </is>
+      </c>
+      <c r="B1546" s="1" t="inlineStr">
+        <is>
+          <t>Do They Constitute an Entity? A Qualitative Examination on the Entitativity of Social Categories in Turkey</t>
+        </is>
+      </c>
+      <c r="C1546" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1547" spans="1:3">
+      <c r="A1547" s="1" t="inlineStr">
+        <is>
+          <t>9786257275620</t>
+        </is>
+      </c>
+      <c r="B1547" s="1" t="inlineStr">
+        <is>
+          <t>Din Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C1547" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="1548" spans="1:3">
+      <c r="A1548" s="1" t="inlineStr">
+        <is>
+          <t>9786052586136</t>
+        </is>
+      </c>
+      <c r="B1548" s="1" t="inlineStr">
+        <is>
+          <t>Dil ve Edebiyat Araştırmaları (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1548" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1549" spans="1:3">
+      <c r="A1549" s="1" t="inlineStr">
+        <is>
+          <t>9786258037166</t>
+        </is>
+      </c>
+      <c r="B1549" s="1" t="inlineStr">
+        <is>
+          <t>Devletin Düzenleyici Rolü ve Bağımsız Düzenleyici Kurumlar</t>
+        </is>
+      </c>
+      <c r="C1549" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1550" spans="1:3">
+      <c r="A1550" s="1" t="inlineStr">
+        <is>
+          <t>9786059942928</t>
+        </is>
+      </c>
+      <c r="B1550" s="1" t="inlineStr">
+        <is>
+          <t>Dermatolojik Hastalıklarda Alternatif ve Bitkisel Tedavi</t>
+        </is>
+      </c>
+      <c r="C1550" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1551" spans="1:3">
+      <c r="A1551" s="1" t="inlineStr">
+        <is>
+          <t>9786052586648</t>
+        </is>
+      </c>
+      <c r="B1551" s="1" t="inlineStr">
+        <is>
+          <t>Dahili Hastalarda Özel Beslenme ve Diyet Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1551" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1552" spans="1:3">
+      <c r="A1552" s="1" t="inlineStr">
+        <is>
+          <t>9786257451864</t>
+        </is>
+      </c>
+      <c r="B1552" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk ve Okuma Kültürü</t>
+        </is>
+      </c>
+      <c r="C1552" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1553" spans="1:3">
+      <c r="A1553" s="1" t="inlineStr">
+        <is>
+          <t>9786257106047</t>
+        </is>
+      </c>
+      <c r="B1553" s="1" t="inlineStr">
+        <is>
+          <t>Çeviri Sorunları ve Çözüm Yolları</t>
+        </is>
+      </c>
+      <c r="C1553" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1554" spans="1:3">
+      <c r="A1554" s="1" t="inlineStr">
+        <is>
+          <t>9786257401135</t>
+        </is>
+      </c>
+      <c r="B1554" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Finansal Yönetim Çalışmaları (AYBAK 2021 Mart)</t>
+        </is>
+      </c>
+      <c r="C1554" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1555" spans="1:3">
+      <c r="A1555" s="1" t="inlineStr">
+        <is>
+          <t>9786257401074</t>
+        </is>
+      </c>
+      <c r="B1555" s="1" t="inlineStr">
+        <is>
+          <t>Current Studies In Social Sciences III (AYBAK 2021 Mart)</t>
+        </is>
+      </c>
+      <c r="C1555" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1556" spans="1:3">
+      <c r="A1556" s="1" t="inlineStr">
+        <is>
+          <t>9786257401104</t>
+        </is>
+      </c>
+      <c r="B1556" s="1" t="inlineStr">
+        <is>
+          <t>Current Researches in Educational Sciences III (AYBAK 2021 Mart)</t>
+        </is>
+      </c>
+      <c r="C1556" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1557" spans="1:3">
+      <c r="A1557" s="1" t="inlineStr">
+        <is>
+          <t>9786257707039</t>
+        </is>
+      </c>
+      <c r="B1557" s="1" t="inlineStr">
+        <is>
+          <t>Cumhurbaşkanlığı Hükümet Sisteminde Merkez Yerel İlişkileri ve Vesayet Denetimi</t>
+        </is>
+      </c>
+      <c r="C1557" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1558" spans="1:3">
+      <c r="A1558" s="1" t="inlineStr">
+        <is>
+          <t>9786059354974</t>
+        </is>
+      </c>
+      <c r="B1558" s="1" t="inlineStr">
+        <is>
+          <t>CUELT 2017 Reshaping Teaching and Learning English For The 21st Century</t>
+        </is>
+      </c>
+      <c r="C1558" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1559" spans="1:3">
+      <c r="A1559" s="1" t="inlineStr">
+        <is>
+          <t>9786257496636</t>
+        </is>
+      </c>
+      <c r="B1559" s="1" t="inlineStr">
+        <is>
+          <t>Contemporary Business Issues II (AYBAK 2021 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1559" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1560" spans="1:3">
+      <c r="A1560" s="1" t="inlineStr">
+        <is>
+          <t>9786257401654</t>
+        </is>
+      </c>
+      <c r="B1560" s="1" t="inlineStr">
+        <is>
+          <t>Contemporary Business Issues I (AYBAK 2021 Mart)</t>
+        </is>
+      </c>
+      <c r="C1560" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1561" spans="1:3">
+      <c r="A1561" s="1" t="inlineStr">
+        <is>
+          <t>9786052586167</t>
+        </is>
+      </c>
+      <c r="B1561" s="1" t="inlineStr">
+        <is>
+          <t>Communication Science Studies (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1561" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1562" spans="1:3">
+      <c r="A1562" s="1" t="inlineStr">
+        <is>
+          <t>9786052586631</t>
+        </is>
+      </c>
+      <c r="B1562" s="1" t="inlineStr">
+        <is>
+          <t>Cerrahi Hastalarda Özel Beslenme ve Diyet Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1562" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1563" spans="1:3">
+      <c r="A1563" s="1" t="inlineStr">
+        <is>
+          <t>9786052585962</t>
+        </is>
+      </c>
+      <c r="B1563" s="1" t="inlineStr">
+        <is>
+          <t>Business and Management (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1563" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1564" spans="1:3">
+      <c r="A1564" s="1" t="inlineStr">
+        <is>
+          <t>9786257496889</t>
+        </is>
+      </c>
+      <c r="B1564" s="1" t="inlineStr">
+        <is>
+          <t>Biyosistem Mühendisliği II (AYBAK 2021 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1564" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1565" spans="1:3">
+      <c r="A1565" s="1" t="inlineStr">
+        <is>
+          <t>9786257496858</t>
+        </is>
+      </c>
+      <c r="B1565" s="1" t="inlineStr">
+        <is>
+          <t>Training Social Actors in Elt</t>
+        </is>
+      </c>
+      <c r="C1565" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1566" spans="1:3">
+      <c r="A1566" s="1" t="inlineStr">
+        <is>
+          <t>9786257496773</t>
+        </is>
+      </c>
+      <c r="B1566" s="1" t="inlineStr">
+        <is>
+          <t>Dinlerde Kurban İbadeti</t>
+        </is>
+      </c>
+      <c r="C1566" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1567" spans="1:3">
+      <c r="A1567" s="1" t="inlineStr">
+        <is>
+          <t>9786257496926</t>
+        </is>
+      </c>
+      <c r="B1567" s="1" t="inlineStr">
+        <is>
+          <t>İşe Yabancılaşmada Duygusal Zeka, Sosyal Destek ve Duygusal Emek Gösterimleri</t>
+        </is>
+      </c>
+      <c r="C1567" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1568" spans="1:3">
+      <c r="A1568" s="1" t="inlineStr">
+        <is>
+          <t>9786257401296</t>
+        </is>
+      </c>
+      <c r="B1568" s="1" t="inlineStr">
+        <is>
+          <t>Bitki Korumada Güncel Çalışmalar (AYBAK 2021 Mart)</t>
+        </is>
+      </c>
+      <c r="C1568" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1569" spans="1:3">
+      <c r="A1569" s="1" t="inlineStr">
+        <is>
+          <t>9786257496919</t>
+        </is>
+      </c>
+      <c r="B1569" s="1" t="inlineStr">
+        <is>
+          <t>Teknik Tekstil Ekonomisi: Gaziantep Non-Woven Kumaş Piyasası</t>
+        </is>
+      </c>
+      <c r="C1569" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1570" spans="1:3">
+      <c r="A1570" s="1" t="inlineStr">
+        <is>
+          <t>9786058155039</t>
+        </is>
+      </c>
+      <c r="B1570" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bakışta Tıp Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1570" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1571" spans="1:3">
+      <c r="A1571" s="1" t="inlineStr">
+        <is>
+          <t>9786257451819</t>
+        </is>
+      </c>
+      <c r="B1571" s="1" t="inlineStr">
+        <is>
+          <t>Futbolda Taktik</t>
+        </is>
+      </c>
+      <c r="C1571" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1572" spans="1:3">
+      <c r="A1572" s="1" t="inlineStr">
+        <is>
+          <t>9786257496834</t>
+        </is>
+      </c>
+      <c r="B1572" s="1" t="inlineStr">
+        <is>
+          <t>Reaksiyon Kinetiği ve Atıksu Arıtımı Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1572" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1573" spans="1:3">
+      <c r="A1573" s="1" t="inlineStr">
+        <is>
+          <t>9786058155084</t>
+        </is>
+      </c>
+      <c r="B1573" s="1" t="inlineStr">
+        <is>
+          <t>Bilgelik Yolu</t>
+        </is>
+      </c>
+      <c r="C1573" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1574" spans="1:3">
+      <c r="A1574" s="1" t="inlineStr">
+        <is>
+          <t>9786258037821</t>
+        </is>
+      </c>
+      <c r="B1574" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Şapkalı Mantar (Agaricus Bisporus) Yetiştiriciliği</t>
+        </is>
+      </c>
+      <c r="C1574" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1575" spans="1:3">
+      <c r="A1575" s="1" t="inlineStr">
+        <is>
+          <t>9786257496360</t>
+        </is>
+      </c>
+      <c r="B1575" s="1" t="inlineStr">
+        <is>
+          <t>Stephen King’s Works In The Light Of Emanuel Levinas’ Philosophy</t>
+        </is>
+      </c>
+      <c r="C1575" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1576" spans="1:3">
+      <c r="A1576" s="1" t="inlineStr">
+        <is>
+          <t>9786059354899</t>
+        </is>
+      </c>
+      <c r="B1576" s="1" t="inlineStr">
+        <is>
+          <t>Başarının Matematiksel Formülü</t>
+        </is>
+      </c>
+      <c r="C1576" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1577" spans="1:3">
+      <c r="A1577" s="1" t="inlineStr">
+        <is>
+          <t>9786257496629</t>
+        </is>
+      </c>
+      <c r="B1577" s="1" t="inlineStr">
+        <is>
+          <t>Bilim ve Sanat Merkezleri'nde Standart Oluşturma</t>
+        </is>
+      </c>
+      <c r="C1577" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1578" spans="1:3">
+      <c r="A1578" s="1" t="inlineStr">
+        <is>
+          <t>9786257496827</t>
+        </is>
+      </c>
+      <c r="B1578" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgar Elektrik Santralleri Kontrol Algoritmaları</t>
+        </is>
+      </c>
+      <c r="C1578" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1579" spans="1:3">
+      <c r="A1579" s="1" t="inlineStr">
+        <is>
+          <t>9786257496957</t>
+        </is>
+      </c>
+      <c r="B1579" s="1" t="inlineStr">
+        <is>
+          <t>İki Mustafa Kurtuluş (1881-1923)</t>
+        </is>
+      </c>
+      <c r="C1579" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1580" spans="1:3">
+      <c r="A1580" s="1" t="inlineStr">
+        <is>
+          <t>9786257451789</t>
+        </is>
+      </c>
+      <c r="B1580" s="1" t="inlineStr">
+        <is>
+          <t>Haberde Doğruluk ve Hakikat</t>
+        </is>
+      </c>
+      <c r="C1580" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1581" spans="1:3">
+      <c r="A1581" s="1" t="inlineStr">
+        <is>
+          <t>9786257451802</t>
+        </is>
+      </c>
+      <c r="B1581" s="1" t="inlineStr">
+        <is>
+          <t>Futbolda Teknik</t>
+        </is>
+      </c>
+      <c r="C1581" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1582" spans="1:3">
+      <c r="A1582" s="1" t="inlineStr">
+        <is>
+          <t>9786257496209</t>
+        </is>
+      </c>
+      <c r="B1582" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Spor Bilimleri Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C1582" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1583" spans="1:3">
+      <c r="A1583" s="1" t="inlineStr">
+        <is>
+          <t>9786258037081</t>
+        </is>
+      </c>
+      <c r="B1583" s="1" t="inlineStr">
+        <is>
+          <t>Ertelenmiş Vergi ve Finansal Oranlara Etkileri</t>
+        </is>
+      </c>
+      <c r="C1583" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1584" spans="1:3">
+      <c r="A1584" s="1" t="inlineStr">
+        <is>
+          <t>9786258037005</t>
+        </is>
+      </c>
+      <c r="B1584" s="1" t="inlineStr">
+        <is>
+          <t>Olimpiyat Oyunlarında Türk Güreşi</t>
+        </is>
+      </c>
+      <c r="C1584" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1585" spans="1:3">
+      <c r="A1585" s="1" t="inlineStr">
+        <is>
+          <t>9786052585979</t>
+        </is>
+      </c>
+      <c r="B1585" s="1" t="inlineStr">
+        <is>
+          <t>Bankacılık ve Finans Araştırmaları (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1585" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1586" spans="1:3">
+      <c r="A1586" s="1" t="inlineStr">
+        <is>
+          <t>9786257496803</t>
+        </is>
+      </c>
+      <c r="B1586" s="1" t="inlineStr">
+        <is>
+          <t>Soğuk Savaş Sonrası Polonya Dış Politikası: 1989 - 2019</t>
+        </is>
+      </c>
+      <c r="C1586" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1587" spans="1:3">
+      <c r="A1587" s="1" t="inlineStr">
+        <is>
+          <t>9786257451734</t>
+        </is>
+      </c>
+      <c r="B1587" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Sonrası Türkiye-SSCB İlişkileri (1938-1971)</t>
+        </is>
+      </c>
+      <c r="C1587" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1588" spans="1:3">
+      <c r="A1588" s="1" t="inlineStr">
+        <is>
+          <t>9786059354189</t>
+        </is>
+      </c>
+      <c r="B1588" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Ölüme Büyür</t>
+        </is>
+      </c>
+      <c r="C1588" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1589" spans="1:3">
+      <c r="A1589" s="1" t="inlineStr">
+        <is>
+          <t>9786257496896</t>
+        </is>
+      </c>
+      <c r="B1589" s="1" t="inlineStr">
+        <is>
+          <t>Yabancılar İçin Türkçe Dil Bilgisi -Alıştırma ve Ödev Kitabı-</t>
+        </is>
+      </c>
+      <c r="C1589" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="1590" spans="1:3">
+      <c r="A1590" s="1" t="inlineStr">
+        <is>
+          <t>9786052588529</t>
+        </is>
+      </c>
+      <c r="B1590" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Gerçeklerle Apiterapi</t>
+        </is>
+      </c>
+      <c r="C1590" s="1">
+        <v>812.5</v>
+      </c>
+    </row>
+    <row r="1591" spans="1:3">
+      <c r="A1591" s="1" t="inlineStr">
+        <is>
+          <t>9786257496667</t>
+        </is>
+      </c>
+      <c r="B1591" s="1" t="inlineStr">
+        <is>
+          <t>Özgül Öğrenme Bozukluğu</t>
+        </is>
+      </c>
+      <c r="C1591" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1592" spans="1:3">
+      <c r="A1592" s="1" t="inlineStr">
+        <is>
+          <t>9786052585801</t>
+        </is>
+      </c>
+      <c r="B1592" s="1" t="inlineStr">
+        <is>
+          <t>Alan Eğitimi (AYBAK 2019 Eylül)</t>
+        </is>
+      </c>
+      <c r="C1592" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1593" spans="1:3">
+      <c r="A1593" s="1" t="inlineStr">
+        <is>
+          <t>9786052587003</t>
+        </is>
+      </c>
+      <c r="B1593" s="1" t="inlineStr">
+        <is>
+          <t>Akupunktur</t>
+        </is>
+      </c>
+      <c r="C1593" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1594" spans="1:3">
+      <c r="A1594" s="1" t="inlineStr">
+        <is>
+          <t>9786052580707</t>
+        </is>
+      </c>
+      <c r="B1594" s="1" t="inlineStr">
+        <is>
+          <t>Akademisyen Yayınevi Araştırmalar Kitabı: Sosyal Bilimler İletişim ve Medya</t>
+        </is>
+      </c>
+      <c r="C1594" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1595" spans="1:3">
+      <c r="A1595" s="1" t="inlineStr">
+        <is>
+          <t>9786052580769</t>
+        </is>
+      </c>
+      <c r="B1595" s="1" t="inlineStr">
+        <is>
+          <t>Akademisyen Yayınevi Araştırmalar Kitabı: Sosyal Bilimler Dil ve Edebiyat</t>
+        </is>
+      </c>
+      <c r="C1595" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1596" spans="1:3">
+      <c r="A1596" s="1" t="inlineStr">
+        <is>
+          <t>9786258037067</t>
+        </is>
+      </c>
+      <c r="B1596" s="1" t="inlineStr">
+        <is>
+          <t>Zur Effizienz der Muttersprachenkompetenz auf die Fremdsprachenkompetenz</t>
+        </is>
+      </c>
+      <c r="C1596" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1597" spans="1:3">
+      <c r="A1597" s="1" t="inlineStr">
+        <is>
+          <t>9786052580646</t>
+        </is>
+      </c>
+      <c r="B1597" s="1" t="inlineStr">
+        <is>
+          <t>Akademisyen Yayınevi Araştırmalar Kitabı: Eğitim Bilimleri</t>
+        </is>
+      </c>
+      <c r="C1597" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1598" spans="1:3">
+      <c r="A1598" s="1" t="inlineStr">
+        <is>
+          <t>9786258037012</t>
+        </is>
+      </c>
+      <c r="B1598" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimlerinde Öğrenme ve Öğrenme Stilleri</t>
+        </is>
+      </c>
+      <c r="C1598" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1599" spans="1:3">
+      <c r="A1599" s="1" t="inlineStr">
+        <is>
+          <t>9786257496735</t>
+        </is>
+      </c>
+      <c r="B1599" s="1" t="inlineStr">
+        <is>
+          <t>Otizmli Çocuklarda Hareket Eğitimi ve Yaşam Kalitesi</t>
+        </is>
+      </c>
+      <c r="C1599" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1600" spans="1:3">
+      <c r="A1600" s="1" t="inlineStr">
+        <is>
+          <t>9786258037111</t>
+        </is>
+      </c>
+      <c r="B1600" s="1" t="inlineStr">
+        <is>
+          <t>Havayolu İşletmelerinde Pazar Bölümlendirme</t>
+        </is>
+      </c>
+      <c r="C1600" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1601" spans="1:3">
+      <c r="A1601" s="1" t="inlineStr">
+        <is>
+          <t>9786258037289</t>
+        </is>
+      </c>
+      <c r="B1601" s="1" t="inlineStr">
+        <is>
+          <t>Geçici Koruma Statüsündeki Suriyelilerin Türkiye Ekonomisine Katılımı ve Entegrasyon Süreci</t>
+        </is>
+      </c>
+      <c r="C1601" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1602" spans="1:3">
+      <c r="A1602" s="1" t="inlineStr">
+        <is>
+          <t>9786257496186</t>
+        </is>
+      </c>
+      <c r="B1602" s="1" t="inlineStr">
+        <is>
+          <t>Göçmen Ekonomisi: Hollanda Üzerine Karşılaştırmalı Bir Analiz</t>
+        </is>
+      </c>
+      <c r="C1602" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1603" spans="1:3">
+      <c r="A1603" s="1" t="inlineStr">
+        <is>
+          <t>9786258037302</t>
+        </is>
+      </c>
+      <c r="B1603" s="1" t="inlineStr">
+        <is>
+          <t>Ses ve Nefesle Karakter Yaratmak</t>
+        </is>
+      </c>
+      <c r="C1603" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1604" spans="1:3">
+      <c r="A1604" s="1" t="inlineStr">
+        <is>
+          <t>9786258037128</t>
+        </is>
+      </c>
+      <c r="B1604" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlılık ve Terapatik Rekreasyon</t>
+        </is>
+      </c>
+      <c r="C1604" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1605" spans="1:3">
+      <c r="A1605" s="1" t="inlineStr">
+        <is>
+          <t>9786257496766</t>
+        </is>
+      </c>
+      <c r="B1605" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası İlişkilerde Kaynayan Sular: Güney Çin Denizi</t>
+        </is>
+      </c>
+      <c r="C1605" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1606" spans="1:3">
+      <c r="A1606" s="1" t="inlineStr">
+        <is>
+          <t>9786257496841</t>
+        </is>
+      </c>
+      <c r="B1606" s="1" t="inlineStr">
+        <is>
+          <t>Adana'dan Portreler Galerisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1606" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1607" spans="1:3">
+      <c r="A1607" s="1" t="inlineStr">
+        <is>
+          <t>9786257451949</t>
+        </is>
+      </c>
+      <c r="B1607" s="1" t="inlineStr">
+        <is>
+          <t>Modern Elektrikli, Hibrit Elektrikli ve Yakıt Hücreli Taşıtlar</t>
+        </is>
+      </c>
+      <c r="C1607" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="1608" spans="1:3">
+      <c r="A1608" s="1" t="inlineStr">
+        <is>
+          <t>9786257451956</t>
+        </is>
+      </c>
+      <c r="B1608" s="1" t="inlineStr">
+        <is>
+          <t>Mitokondriye Övgü ve Tıbbın Geleceği</t>
+        </is>
+      </c>
+      <c r="C1608" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="1609" spans="1:3">
+      <c r="A1609" s="1" t="inlineStr">
+        <is>
+          <t>9786258037135</t>
+        </is>
+      </c>
+      <c r="B1609" s="1" t="inlineStr">
+        <is>
+          <t>Karar Destek Sistemleri ve Çok Kriterli Karar Verme Yöntemi Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1609" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1610" spans="1:3">
+      <c r="A1610" s="1" t="inlineStr">
+        <is>
+          <t>9786257496933</t>
+        </is>
+      </c>
+      <c r="B1610" s="1" t="inlineStr">
+        <is>
+          <t>E-Ticarette Pazarlama Yönetimi ve Stratejik Pazarlama Planlaması</t>
+        </is>
+      </c>
+      <c r="C1610" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1611" spans="1:3">
+      <c r="A1611" s="1" t="inlineStr">
+        <is>
+          <t>9786258037357</t>
+        </is>
+      </c>
+      <c r="B1611" s="1" t="inlineStr">
+        <is>
+          <t>Türk Ceza Muhakemesinde Uzlaştırmacı</t>
+        </is>
+      </c>
+      <c r="C1611" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1612" spans="1:3">
+      <c r="A1612" s="1" t="inlineStr">
+        <is>
+          <t>9786052580653</t>
+        </is>
+      </c>
+      <c r="B1612" s="1" t="inlineStr">
+        <is>
+          <t>Academician Publisher Scientific Researches Book: Social Sciences 2018</t>
+        </is>
+      </c>
+      <c r="C1612" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1613" spans="1:3">
+      <c r="A1613" s="1" t="inlineStr">
+        <is>
+          <t>9786257451994</t>
+        </is>
+      </c>
+      <c r="B1613" s="1" t="inlineStr">
+        <is>
+          <t>Sütünüzü Nasıl Artırırsınız</t>
+        </is>
+      </c>
+      <c r="C1613" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1614" spans="1:3">
+      <c r="A1614" s="1" t="inlineStr">
+        <is>
+          <t>9786052580592</t>
+        </is>
+      </c>
+      <c r="B1614" s="1" t="inlineStr">
+        <is>
+          <t>Academician Publisher Scientific Researches Book Educational Sciences 2018</t>
+        </is>
+      </c>
+      <c r="C1614" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1615" spans="1:3">
+      <c r="A1615" s="1" t="inlineStr">
+        <is>
+          <t>9786258037388</t>
+        </is>
+      </c>
+      <c r="B1615" s="1" t="inlineStr">
+        <is>
+          <t>Brand Equity Management In The Airline Industry</t>
+        </is>
+      </c>
+      <c r="C1615" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1616" spans="1:3">
+      <c r="A1616" s="1" t="inlineStr">
+        <is>
+          <t>9786258037494</t>
+        </is>
+      </c>
+      <c r="B1616" s="1" t="inlineStr">
+        <is>
+          <t>Stresin Üstesinden Gelmede Boş Zaman (Rekreasyon) İnanışları ve Stratejileri</t>
+        </is>
+      </c>
+      <c r="C1616" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1617" spans="1:3">
+      <c r="A1617" s="1" t="inlineStr">
+        <is>
+          <t>9786258037395</t>
+        </is>
+      </c>
+      <c r="B1617" s="1" t="inlineStr">
+        <is>
+          <t>Artistik Yüzme</t>
+        </is>
+      </c>
+      <c r="C1617" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1618" spans="1:3">
+      <c r="A1618" s="1" t="inlineStr">
+        <is>
+          <t>9786258037432</t>
+        </is>
+      </c>
+      <c r="B1618" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Haberlerin Reklam Kampanyalarına Yansıması</t>
+        </is>
+      </c>
+      <c r="C1618" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1619" spans="1:3">
+      <c r="A1619" s="1" t="inlineStr">
+        <is>
+          <t>9786258037555</t>
+        </is>
+      </c>
+      <c r="B1619" s="1" t="inlineStr">
+        <is>
+          <t>Halk Oyunlarına Yönelme Nedenleri</t>
+        </is>
+      </c>
+      <c r="C1619" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1620" spans="1:3">
+      <c r="A1620" s="1" t="inlineStr">
+        <is>
+          <t>9786258037685</t>
+        </is>
+      </c>
+      <c r="B1620" s="1" t="inlineStr">
+        <is>
+          <t>2023'e Giderken Türkiye'de Ekonomik Görünüm</t>
+        </is>
+      </c>
+      <c r="C1620" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1621" spans="1:3">
+      <c r="A1621" s="1" t="inlineStr">
+        <is>
+          <t>9786257451758</t>
+        </is>
+      </c>
+      <c r="B1621" s="1" t="inlineStr">
+        <is>
+          <t>1924-1925 Tarihli Çocuk Gazetesi: Haftalık Resimli Gazetemiz</t>
+        </is>
+      </c>
+      <c r="C1621" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1622" spans="1:3">
+      <c r="A1622" s="1" t="inlineStr">
+        <is>
+          <t>9786052582329</t>
+        </is>
+      </c>
+      <c r="B1622" s="1" t="inlineStr">
+        <is>
+          <t>İşletmelerde Yetenek Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1622" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1623" spans="1:3">
+      <c r="A1623" s="1" t="inlineStr">
+        <is>
+          <t>9786052582145</t>
+        </is>
+      </c>
+      <c r="B1623" s="1" t="inlineStr">
+        <is>
+          <t>İşletmelerde Bilişim Teknolojileri Yönetimi Örgütsel Değişim ve Liderlik</t>
+        </is>
+      </c>
+      <c r="C1623" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1624" spans="1:3">
+      <c r="A1624" s="1" t="inlineStr">
+        <is>
+          <t>9786052581759</t>
+        </is>
+      </c>
+      <c r="B1624" s="1" t="inlineStr">
+        <is>
+          <t>Gözlerimiz Görmezse Gönlümüz Görür</t>
+        </is>
+      </c>
+      <c r="C1624" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1625" spans="1:3">
+      <c r="A1625" s="1" t="inlineStr">
+        <is>
+          <t>9786052582305</t>
+        </is>
+      </c>
+      <c r="B1625" s="1" t="inlineStr">
+        <is>
+          <t>Orientation to Chemical Engineering</t>
+        </is>
+      </c>
+      <c r="C1625" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1626" spans="1:3">
+      <c r="A1626" s="1" t="inlineStr">
+        <is>
+          <t>9786052582282</t>
+        </is>
+      </c>
+      <c r="B1626" s="1" t="inlineStr">
+        <is>
+          <t>Kariyerde Değişim Zamanı</t>
+        </is>
+      </c>
+      <c r="C1626" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1627" spans="1:3">
+      <c r="A1627" s="1" t="inlineStr">
+        <is>
+          <t>9786052582015</t>
+        </is>
+      </c>
+      <c r="B1627" s="1" t="inlineStr">
+        <is>
+          <t>SPSS ve AMOS Uygulamalı Örneklerle Güvenirlik ve Geçerlik Analizleri</t>
+        </is>
+      </c>
+      <c r="C1627" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1628" spans="1:3">
+      <c r="A1628" s="1" t="inlineStr">
+        <is>
+          <t>9786052582046</t>
+        </is>
+      </c>
+      <c r="B1628" s="1" t="inlineStr">
+        <is>
+          <t>Modern Türk Eğitim  Sisteminin Problem ve Çözüm Analizi</t>
+        </is>
+      </c>
+      <c r="C1628" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1629" spans="1:3">
+      <c r="A1629" s="1" t="inlineStr">
+        <is>
+          <t>9786052582077</t>
+        </is>
+      </c>
+      <c r="B1629" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklarda Psikomotor Yetenekler ve Okçuluk Performansı</t>
+        </is>
+      </c>
+      <c r="C1629" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1630" spans="1:3">
+      <c r="A1630" s="1" t="inlineStr">
+        <is>
+          <t>9786052582343</t>
+        </is>
+      </c>
+      <c r="B1630" s="1" t="inlineStr">
+        <is>
+          <t>28 Şubat Sürecinde İmam Hatip Liseleri (Adana Örneği)</t>
+        </is>
+      </c>
+      <c r="C1630" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1631" spans="1:3">
+      <c r="A1631" s="1" t="inlineStr">
+        <is>
+          <t>9786052582244</t>
+        </is>
+      </c>
+      <c r="B1631" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Yaş Kategorilerindeki Erkek ve Bayan Hentbolcuların Fiziksel Özellikleri Kaygı Düzeyleri ve Müsabaka Performanslarının Analizi</t>
+        </is>
+      </c>
+      <c r="C1631" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1632" spans="1:3">
+      <c r="A1632" s="1" t="inlineStr">
+        <is>
+          <t>9786052582251</t>
+        </is>
+      </c>
+      <c r="B1632" s="1" t="inlineStr">
+        <is>
+          <t>İnternet ve Demokrasi</t>
+        </is>
+      </c>
+      <c r="C1632" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1633" spans="1:3">
+      <c r="A1633" s="1" t="inlineStr">
+        <is>
+          <t>9786052582299</t>
+        </is>
+      </c>
+      <c r="B1633" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız Milli Erkek Basketbolcularda Antropometri</t>
+        </is>
+      </c>
+      <c r="C1633" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1634" spans="1:3">
+      <c r="A1634" s="1" t="inlineStr">
+        <is>
+          <t>9786052582534</t>
+        </is>
+      </c>
+      <c r="B1634" s="1" t="inlineStr">
+        <is>
+          <t>Orosdi - Back  Efsanesi (Horozdibeği) Adana</t>
+        </is>
+      </c>
+      <c r="C1634" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1635" spans="1:3">
+      <c r="A1635" s="1" t="inlineStr">
+        <is>
+          <t>9786052582527</t>
+        </is>
+      </c>
+      <c r="B1635" s="1" t="inlineStr">
+        <is>
+          <t>Abidinpaşa Bir Adana Valisi</t>
+        </is>
+      </c>
+      <c r="C1635" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1636" spans="1:3">
+      <c r="A1636" s="1" t="inlineStr">
+        <is>
+          <t>9786052582503</t>
+        </is>
+      </c>
+      <c r="B1636" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğimdeki Deprem</t>
+        </is>
+      </c>
+      <c r="C1636" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1637" spans="1:3">
+      <c r="A1637" s="1" t="inlineStr">
+        <is>
+          <t>9786052581674</t>
+        </is>
+      </c>
+      <c r="B1637" s="1" t="inlineStr">
+        <is>
+          <t>Süleyman Hilmi Tunahan'ın Talim ve Terbiye Usulü</t>
+        </is>
+      </c>
+      <c r="C1637" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1638" spans="1:3">
+      <c r="A1638" s="1" t="inlineStr">
+        <is>
+          <t>9786052581544</t>
+        </is>
+      </c>
+      <c r="B1638" s="1" t="inlineStr">
+        <is>
+          <t>Hanefi Mezhebinde Ahad Haber Teorisi: Ali El-Kari Örneği</t>
+        </is>
+      </c>
+      <c r="C1638" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1639" spans="1:3">
+      <c r="A1639" s="1" t="inlineStr">
+        <is>
+          <t>9786052581612</t>
+        </is>
+      </c>
+      <c r="B1639" s="1" t="inlineStr">
+        <is>
+          <t>Muhammed Maliki'nin Hayatı Eserleri ve Tasavvufi Görüşleri</t>
+        </is>
+      </c>
+      <c r="C1639" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1640" spans="1:3">
+      <c r="A1640" s="1" t="inlineStr">
+        <is>
+          <t>9786052580929</t>
+        </is>
+      </c>
+      <c r="B1640" s="1" t="inlineStr">
+        <is>
+          <t>İslam Kelamında Nedensellik ve Adetullah</t>
+        </is>
+      </c>
+      <c r="C1640" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1641" spans="1:3">
+      <c r="A1641" s="1" t="inlineStr">
+        <is>
+          <t>9786052581513</t>
+        </is>
+      </c>
+      <c r="B1641" s="1" t="inlineStr">
+        <is>
+          <t>Lübab Özelinde Külli Kaideler</t>
+        </is>
+      </c>
+      <c r="C1641" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1642" spans="1:3">
+      <c r="A1642" s="1" t="inlineStr">
+        <is>
+          <t>9786052581605</t>
+        </is>
+      </c>
+      <c r="B1642" s="1" t="inlineStr">
+        <is>
+          <t>Mu'tezile'nin Basra ve Bağdat Ekollerine Ayrılış Süreci</t>
+        </is>
+      </c>
+      <c r="C1642" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1643" spans="1:3">
+      <c r="A1643" s="1" t="inlineStr">
+        <is>
+          <t>9786052581599</t>
+        </is>
+      </c>
+      <c r="B1643" s="1" t="inlineStr">
+        <is>
+          <t>Basra ve Küfe Dil Ekolleri Arasındaki Nahiv Tartışmaları</t>
+        </is>
+      </c>
+      <c r="C1643" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1644" spans="1:3">
+      <c r="A1644" s="1" t="inlineStr">
+        <is>
+          <t>9786052581582</t>
+        </is>
+      </c>
+      <c r="B1644" s="1" t="inlineStr">
+        <is>
+          <t>Şafii Mezhebinin Muharrirlerinden İmam Rafii (Ö.623/1226)</t>
+        </is>
+      </c>
+      <c r="C1644" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1645" spans="1:3">
+      <c r="A1645" s="1" t="inlineStr">
+        <is>
+          <t>9786052581506</t>
+        </is>
+      </c>
+      <c r="B1645" s="1" t="inlineStr">
+        <is>
+          <t>Arap Dilinde Hurufu'l-Meani ve Fıkhi İhtilaflardaki Rolü</t>
+        </is>
+      </c>
+      <c r="C1645" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1646" spans="1:3">
+      <c r="A1646" s="1" t="inlineStr">
+        <is>
+          <t>9786052586839</t>
+        </is>
+      </c>
+      <c r="B1646" s="1" t="inlineStr">
+        <is>
+          <t>Darü'l-Elhan Türk Halk Müziği Derleme Faaliyetleri ve Derleme Defteri</t>
+        </is>
+      </c>
+      <c r="C1646" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1647" spans="1:3">
+      <c r="A1647" s="1" t="inlineStr">
+        <is>
+          <t>9786052585146</t>
+        </is>
+      </c>
+      <c r="B1647" s="1" t="inlineStr">
+        <is>
+          <t>Alp Disiplini Kayakçılarının Diz Eklem Kıkırdak Kalınlığı ve Q Açısının İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C1647" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1648" spans="1:3">
+      <c r="A1648" s="1" t="inlineStr">
+        <is>
+          <t>9786052586303</t>
+        </is>
+      </c>
+      <c r="B1648" s="1" t="inlineStr">
+        <is>
+          <t>Multidisipliner Yaklaşımla İktisadi Kriz Olgusu Cilt 2</t>
+        </is>
+      </c>
+      <c r="C1648" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1649" spans="1:3">
+      <c r="A1649" s="1" t="inlineStr">
+        <is>
+          <t>9786052581490</t>
+        </is>
+      </c>
+      <c r="B1649" s="1" t="inlineStr">
+        <is>
+          <t>Abdullah B. Amr ve Es - Sahifetü’s - Sadıka’sı</t>
+        </is>
+      </c>
+      <c r="C1649" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1650" spans="1:3">
+      <c r="A1650" s="1" t="inlineStr">
+        <is>
+          <t>9786052581520</t>
+        </is>
+      </c>
+      <c r="B1650" s="1" t="inlineStr">
+        <is>
+          <t>Arap Edebiyatında Divan Kitabeti - Ziyauddin İbnu’l-Esir Örneği</t>
+        </is>
+      </c>
+      <c r="C1650" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1651" spans="1:3">
+      <c r="A1651" s="1" t="inlineStr">
+        <is>
+          <t>9786052581483</t>
+        </is>
+      </c>
+      <c r="B1651" s="1" t="inlineStr">
+        <is>
+          <t>Eski Bir Mu‘Tezili Ebu’l-Hasan El-Eş‘Ari İle Mu‘Tezilenin Liderlerinden Hocası ve Üvey Babası Ebu Ali El-Cübbai Arasında Nübüvvet Tartışmaları</t>
+        </is>
+      </c>
+      <c r="C1651" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1652" spans="1:3">
+      <c r="A1652" s="1" t="inlineStr">
+        <is>
+          <t>9786052581865</t>
+        </is>
+      </c>
+      <c r="B1652" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Kadın  Kooperatiflerinin Sürdürülebilir Kırsal Turizmdeki Önemi ve Finansal Performanslarının Analizi</t>
+        </is>
+      </c>
+      <c r="C1652" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1653" spans="1:3">
+      <c r="A1653" s="1" t="inlineStr">
+        <is>
+          <t>9786052581919</t>
+        </is>
+      </c>
+      <c r="B1653" s="1" t="inlineStr">
+        <is>
+          <t>Turkish Studies In Technical Translation</t>
+        </is>
+      </c>
+      <c r="C1653" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1654" spans="1:3">
+      <c r="A1654" s="1" t="inlineStr">
+        <is>
+          <t>9786052581858</t>
+        </is>
+      </c>
+      <c r="B1654" s="1" t="inlineStr">
+        <is>
+          <t>Penisilin İle Deneysel Epilepsi Oluşturulan Sıçan Beyin Dokusuna Yüzme Egzersizi ve Üzüm Çekirdeği Ekstresinin Oksidatif Stres Parametreleri Üzerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C1654" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1655" spans="1:3">
+      <c r="A1655" s="1" t="inlineStr">
+        <is>
+          <t>9786052581902</t>
+        </is>
+      </c>
+      <c r="B1655" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenim Alanlarına Göre Lise Mezunlarının Üniversite Kazanma Başarıları ile Rekreasyon Aktivitelerine Katılım Arasındaki İlişki</t>
+        </is>
+      </c>
+      <c r="C1655" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1656" spans="1:3">
+      <c r="A1656" s="1" t="inlineStr">
+        <is>
+          <t>9786052586044</t>
+        </is>
+      </c>
+      <c r="B1656" s="1" t="inlineStr">
+        <is>
+          <t>Diyet Çeşitlerine Bilimsel Bakış</t>
+        </is>
+      </c>
+      <c r="C1656" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1657" spans="1:3">
+      <c r="A1657" s="1" t="inlineStr">
+        <is>
+          <t>9786052587034</t>
+        </is>
+      </c>
+      <c r="B1657" s="1" t="inlineStr">
+        <is>
+          <t>Spor İşletmelerinde Çalışanların Psikolojik Sözleşme İhlalleri: Sinizm ve Bağlılık</t>
+        </is>
+      </c>
+      <c r="C1657" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1658" spans="1:3">
+      <c r="A1658" s="1" t="inlineStr">
+        <is>
+          <t>9786052587188</t>
+        </is>
+      </c>
+      <c r="B1658" s="1" t="inlineStr">
+        <is>
+          <t>Spor Eğitimi Veren Kadın Akademisyenler ve Kariyer Engelleri</t>
+        </is>
+      </c>
+      <c r="C1658" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1659" spans="1:3">
+      <c r="A1659" s="1" t="inlineStr">
+        <is>
+          <t>9786052587195</t>
+        </is>
+      </c>
+      <c r="B1659" s="1" t="inlineStr">
+        <is>
+          <t>Futbol Hakemlerinin Dikkat Becerileri İle Reaksiyon Sürelerinin Karşılaştırılması</t>
+        </is>
+      </c>
+      <c r="C1659" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1660" spans="1:3">
+      <c r="A1660" s="1" t="inlineStr">
+        <is>
+          <t>9786052586679</t>
+        </is>
+      </c>
+      <c r="B1660" s="1" t="inlineStr">
+        <is>
+          <t>Dalış Sporu Yapan Yerli ve Yabancı Turistlerin Kaygı Düzeylerinin Bazı Değişkenlerle Değerlendirilmesi</t>
+        </is>
+      </c>
+      <c r="C1660" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1661" spans="1:3">
+      <c r="A1661" s="1" t="inlineStr">
+        <is>
+          <t>9786052586754</t>
+        </is>
+      </c>
+      <c r="B1661" s="1" t="inlineStr">
+        <is>
+          <t>Lorentz Grubunun Üniter Temsilleri</t>
+        </is>
+      </c>
+      <c r="C1661" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1662" spans="1:3">
+      <c r="A1662" s="1" t="inlineStr">
+        <is>
+          <t>9786052584217</t>
+        </is>
+      </c>
+      <c r="B1662" s="1" t="inlineStr">
+        <is>
+          <t>Din ve Başa Çıkma</t>
+        </is>
+      </c>
+      <c r="C1662" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1663" spans="1:3">
+      <c r="A1663" s="1" t="inlineStr">
+        <is>
+          <t>9786052580271</t>
+        </is>
+      </c>
+      <c r="B1663" s="1" t="inlineStr">
+        <is>
+          <t>Necip Fazıl Kısakürek’te Dini Hayat</t>
+        </is>
+      </c>
+      <c r="C1663" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1664" spans="1:3">
+      <c r="A1664" s="1" t="inlineStr">
+        <is>
+          <t>9786052583623</t>
+        </is>
+      </c>
+      <c r="B1664" s="1" t="inlineStr">
+        <is>
+          <t>Siyasetin Pazarlanması</t>
+        </is>
+      </c>
+      <c r="C1664" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1665" spans="1:3">
+      <c r="A1665" s="1" t="inlineStr">
+        <is>
+          <t>9786052586177</t>
+        </is>
+      </c>
+      <c r="B1665" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme</t>
+        </is>
+      </c>
+      <c r="C1665" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1666" spans="1:3">
+      <c r="A1666" s="1" t="inlineStr">
+        <is>
+          <t>9786052584118</t>
+        </is>
+      </c>
+      <c r="B1666" s="1" t="inlineStr">
+        <is>
+          <t>Sucul Ekosistemlerde Üretim</t>
+        </is>
+      </c>
+      <c r="C1666" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1667" spans="1:3">
+      <c r="A1667" s="1" t="inlineStr">
+        <is>
+          <t>9786052584187</t>
+        </is>
+      </c>
+      <c r="B1667" s="1" t="inlineStr">
+        <is>
+          <t>Reading Passages in English for Everybody From A.1 to C.2 - Herkes için İngilizce Okuma Parçaları A.1'den C.2'ye</t>
+        </is>
+      </c>
+      <c r="C1667" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1668" spans="1:3">
+      <c r="A1668" s="1" t="inlineStr">
+        <is>
+          <t>9786052583883</t>
+        </is>
+      </c>
+      <c r="B1668" s="1" t="inlineStr">
+        <is>
+          <t>The Middle Eastern American Theatre Negation or Negotiation of Identity</t>
+        </is>
+      </c>
+      <c r="C1668" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1669" spans="1:3">
+      <c r="A1669" s="1" t="inlineStr">
+        <is>
+          <t>9786059354172</t>
+        </is>
+      </c>
+      <c r="B1669" s="1" t="inlineStr">
+        <is>
+          <t>Tabsira Yahut Adana Temaşası</t>
+        </is>
+      </c>
+      <c r="C1669" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1670" spans="1:3">
+      <c r="A1670" s="1" t="inlineStr">
+        <is>
+          <t>9786052584125</t>
+        </is>
+      </c>
+      <c r="B1670" s="1" t="inlineStr">
+        <is>
+          <t>Demiryolu Taşımacılığı Mevzuatı</t>
+        </is>
+      </c>
+      <c r="C1670" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="1671" spans="1:3">
+      <c r="A1671" s="1" t="inlineStr">
+        <is>
+          <t>9786052582909</t>
+        </is>
+      </c>
+      <c r="B1671" s="1" t="inlineStr">
+        <is>
+          <t>Kıyas - Bir Nahiv Usul İlmi Kaynağı</t>
+        </is>
+      </c>
+      <c r="C1671" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1672" spans="1:3">
+      <c r="A1672" s="1" t="inlineStr">
+        <is>
+          <t>9786052582916</t>
+        </is>
+      </c>
+      <c r="B1672" s="1" t="inlineStr">
+        <is>
+          <t>Hatay Arap Ortodoks Müzik Kültürü</t>
+        </is>
+      </c>
+      <c r="C1672" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1673" spans="1:3">
+      <c r="A1673" s="1" t="inlineStr">
+        <is>
+          <t>9786052582312</t>
+        </is>
+      </c>
+      <c r="B1673" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı Elçisi İbrahim</t>
+        </is>
+      </c>
+      <c r="C1673" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1674" spans="1:3">
+      <c r="A1674" s="1" t="inlineStr">
+        <is>
+          <t>9786052582787</t>
+        </is>
+      </c>
+      <c r="B1674" s="1" t="inlineStr">
+        <is>
+          <t>Beden Eğitimi ve Spor Yüksekokullarında Görev Yapan Öğretim Elemanlarının Temel Psikolojik İhtiyaçları ile Tükenmişlik Düzeyleri Arasındaki İlişkinin Belirlenmesi</t>
+        </is>
+      </c>
+      <c r="C1674" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1675" spans="1:3">
+      <c r="A1675" s="1" t="inlineStr">
+        <is>
+          <t>9786052582596</t>
+        </is>
+      </c>
+      <c r="B1675" s="1" t="inlineStr">
+        <is>
+          <t>Örneklerle Eğitimde Etkili İletişim</t>
+        </is>
+      </c>
+      <c r="C1675" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1676" spans="1:3">
+      <c r="A1676" s="1" t="inlineStr">
+        <is>
+          <t>9786052582770</t>
+        </is>
+      </c>
+      <c r="B1676" s="1" t="inlineStr">
+        <is>
+          <t>Soğuk Su İmmersiyonu ve Kas Hasarı</t>
+        </is>
+      </c>
+      <c r="C1676" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1677" spans="1:3">
+      <c r="A1677" s="1" t="inlineStr">
+        <is>
+          <t>9786052582763</t>
+        </is>
+      </c>
+      <c r="B1677" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Yönetim ve Çevre Bilinci</t>
+        </is>
+      </c>
+      <c r="C1677" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1678" spans="1:3">
+      <c r="A1678" s="1" t="inlineStr">
+        <is>
+          <t>9786052396193</t>
+        </is>
+      </c>
+      <c r="B1678" s="1" t="inlineStr">
+        <is>
+          <t>Bar-Pi-Yo</t>
+        </is>
+      </c>
+      <c r="C1678" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1679" spans="1:3">
+      <c r="A1679" s="1" t="inlineStr">
+        <is>
+          <t>9786052581568</t>
+        </is>
+      </c>
+      <c r="B1679" s="1" t="inlineStr">
+        <is>
+          <t>Seyyid Şerif El-Cürcani'nin Şerhu'l Mevakıf'ında Varlık Düşüncesi</t>
+        </is>
+      </c>
+      <c r="C1679" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1680" spans="1:3">
+      <c r="A1680" s="1" t="inlineStr">
+        <is>
+          <t>9786052580240</t>
+        </is>
+      </c>
+      <c r="B1680" s="1" t="inlineStr">
+        <is>
+          <t>Kurum ve Kuruluşlarıyla Adana’da Sağlık (1560-1960)</t>
+        </is>
+      </c>
+      <c r="C1680" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1681" spans="1:3">
+      <c r="A1681" s="1" t="inlineStr">
+        <is>
+          <t>9786052586952</t>
+        </is>
+      </c>
+      <c r="B1681" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Ahlaki Olgunluk ve Sosyal Bütünleşme</t>
+        </is>
+      </c>
+      <c r="C1681" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1682" spans="1:3">
+      <c r="A1682" s="1" t="inlineStr">
+        <is>
+          <t>9786052587119</t>
+        </is>
+      </c>
+      <c r="B1682" s="1" t="inlineStr">
+        <is>
+          <t>Türk Müziğinde İz Bırakanlar</t>
+        </is>
+      </c>
+      <c r="C1682" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1683" spans="1:3">
+      <c r="A1683" s="1" t="inlineStr">
+        <is>
+          <t>9786052587379</t>
+        </is>
+      </c>
+      <c r="B1683" s="1" t="inlineStr">
+        <is>
+          <t>Haberde İçerik Çözümlemesi</t>
+        </is>
+      </c>
+      <c r="C1683" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1684" spans="1:3">
+      <c r="A1684" s="1" t="inlineStr">
+        <is>
+          <t>9786052585405</t>
+        </is>
+      </c>
+      <c r="B1684" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Alanlarda Sporda Bilimsel Çalışmalar</t>
+        </is>
+      </c>
+      <c r="C1684" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1685" spans="1:3">
+      <c r="A1685" s="1" t="inlineStr">
+        <is>
+          <t>9786052585399</t>
+        </is>
+      </c>
+      <c r="B1685" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimlerinde Akademik Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1685" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1686" spans="1:3">
+      <c r="A1686" s="1" t="inlineStr">
+        <is>
+          <t>9786052587393</t>
+        </is>
+      </c>
+      <c r="B1686" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Düzenlenen Uluslararası Spor Organizasyonlarının Pazarlama ve Kalite Algılarının Karşılaştırılması</t>
+        </is>
+      </c>
+      <c r="C1686" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1687" spans="1:3">
+      <c r="A1687" s="1" t="inlineStr">
+        <is>
+          <t>9786052581896</t>
+        </is>
+      </c>
+      <c r="B1687" s="1" t="inlineStr">
+        <is>
+          <t>Geleneksel Oyunların Araştırılması ve Beden Eğitimi Derslerine Uyarlanması</t>
+        </is>
+      </c>
+      <c r="C1687" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1688" spans="1:3">
+      <c r="A1688" s="1" t="inlineStr">
+        <is>
+          <t>9786052586990</t>
+        </is>
+      </c>
+      <c r="B1688" s="1" t="inlineStr">
+        <is>
+          <t>A'dan Z'ye Akupunktur Reçeteleri</t>
+        </is>
+      </c>
+      <c r="C1688" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="1689" spans="1:3">
+      <c r="A1689" s="1" t="inlineStr">
+        <is>
+          <t>9786052585207</t>
+        </is>
+      </c>
+      <c r="B1689" s="1" t="inlineStr">
+        <is>
+          <t>Haka’ikü’l-Kelam Fi Tarihi’l-İslam</t>
+        </is>
+      </c>
+      <c r="C1689" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1690" spans="1:3">
+      <c r="A1690" s="1" t="inlineStr">
+        <is>
+          <t>9786052585252</t>
+        </is>
+      </c>
+      <c r="B1690" s="1" t="inlineStr">
+        <is>
+          <t>Mervani Hükümdari Nasrüddevle Ahmed</t>
+        </is>
+      </c>
+      <c r="C1690" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1691" spans="1:3">
+      <c r="A1691" s="1" t="inlineStr">
+        <is>
+          <t>9786052584095</t>
+        </is>
+      </c>
+      <c r="B1691" s="1" t="inlineStr">
+        <is>
+          <t>Özgül Öğrenme Bozukluğu</t>
+        </is>
+      </c>
+      <c r="C1691" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1692" spans="1:3">
+      <c r="A1692" s="1" t="inlineStr">
+        <is>
+          <t>9786052583968</t>
+        </is>
+      </c>
+      <c r="B1692" s="1" t="inlineStr">
+        <is>
+          <t>İzdivaç Programlarında Toplumsal Cinsiyetin Temsili</t>
+        </is>
+      </c>
+      <c r="C1692" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1693" spans="1:3">
+      <c r="A1693" s="1" t="inlineStr">
+        <is>
+          <t>9786052584088</t>
+        </is>
+      </c>
+      <c r="B1693" s="1" t="inlineStr">
+        <is>
+          <t>Branşlara Yönelik Eğitsel Oyunlar</t>
+        </is>
+      </c>
+      <c r="C1693" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1694" spans="1:3">
+      <c r="A1694" s="1" t="inlineStr">
+        <is>
+          <t>9786052584071</t>
+        </is>
+      </c>
+      <c r="B1694" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Balık Ölümleri</t>
+        </is>
+      </c>
+      <c r="C1694" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1695" spans="1:3">
+      <c r="A1695" s="1" t="inlineStr">
+        <is>
+          <t>9786052582893</t>
+        </is>
+      </c>
+      <c r="B1695" s="1" t="inlineStr">
+        <is>
+          <t>Yönetici Kişiliği ve Karar Verme Davranışları</t>
+        </is>
+      </c>
+      <c r="C1695" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1696" spans="1:3">
+      <c r="A1696" s="1" t="inlineStr">
+        <is>
+          <t>9786052582978</t>
+        </is>
+      </c>
+      <c r="B1696" s="1" t="inlineStr">
+        <is>
+          <t>Yarı Iletken Anahtarlar Tetikleme Devreleri  ve Ayarlayıcıları</t>
+        </is>
+      </c>
+      <c r="C1696" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1697" spans="1:3">
+      <c r="A1697" s="1" t="inlineStr">
+        <is>
+          <t>9786052582961</t>
+        </is>
+      </c>
+      <c r="B1697" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlık</t>
+        </is>
+      </c>
+      <c r="C1697" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="1698" spans="1:3">
+      <c r="A1698" s="1" t="inlineStr">
+        <is>
+          <t>9786052583654</t>
+        </is>
+      </c>
+      <c r="B1698" s="1" t="inlineStr">
+        <is>
+          <t>Türk Siyasal Hayatında Propaganda Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C1698" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1699" spans="1:3">
+      <c r="A1699" s="1" t="inlineStr">
+        <is>
+          <t>9786052582947</t>
+        </is>
+      </c>
+      <c r="B1699" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Yeni Akademik Çalışmalar</t>
+        </is>
+      </c>
+      <c r="C1699" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1700" spans="1:3">
+      <c r="A1700" s="1" t="inlineStr">
+        <is>
+          <t>9786052582114</t>
+        </is>
+      </c>
+      <c r="B1700" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Antrenörlük Meslek Etiği</t>
+        </is>
+      </c>
+      <c r="C1700" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1701" spans="1:3">
+      <c r="A1701" s="1" t="inlineStr">
+        <is>
+          <t>9786052583555</t>
+        </is>
+      </c>
+      <c r="B1701" s="1" t="inlineStr">
+        <is>
+          <t>Spor Örgütlerinde Prososyal Hizmet Davranışları</t>
+        </is>
+      </c>
+      <c r="C1701" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1702" spans="1:3">
+      <c r="A1702" s="1" t="inlineStr">
+        <is>
+          <t>9786052582954</t>
+        </is>
+      </c>
+      <c r="B1702" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimlerinde Güncel Çalışmalar</t>
+        </is>
+      </c>
+      <c r="C1702" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1703" spans="1:3">
+      <c r="A1703" s="1" t="inlineStr">
+        <is>
+          <t>9786052582855</t>
+        </is>
+      </c>
+      <c r="B1703" s="1" t="inlineStr">
+        <is>
+          <t>Ormancı</t>
+        </is>
+      </c>
+      <c r="C1703" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1704" spans="1:3">
+      <c r="A1704" s="1" t="inlineStr">
+        <is>
+          <t>9786052582923</t>
+        </is>
+      </c>
+      <c r="B1704" s="1" t="inlineStr">
+        <is>
+          <t>Investigation Of Exercise Motivation In Türkiye</t>
+        </is>
+      </c>
+      <c r="C1704" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1705" spans="1:3">
+      <c r="A1705" s="1" t="inlineStr">
+        <is>
+          <t>9786052582930</t>
+        </is>
+      </c>
+      <c r="B1705" s="1" t="inlineStr">
+        <is>
+          <t>Hareketin Felsefesi</t>
+        </is>
+      </c>
+      <c r="C1705" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1706" spans="1:3">
+      <c r="A1706" s="1" t="inlineStr">
+        <is>
+          <t>9786052583838</t>
+        </is>
+      </c>
+      <c r="B1706" s="1" t="inlineStr">
+        <is>
+          <t>Ergenlerde Cinsel Sağlık</t>
+        </is>
+      </c>
+      <c r="C1706" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1707" spans="1:3">
+      <c r="A1707" s="1" t="inlineStr">
+        <is>
+          <t>9786052581940</t>
+        </is>
+      </c>
+      <c r="B1707" s="1" t="inlineStr">
+        <is>
+          <t>Türk Milliyetçiliğinin Doğuşu</t>
+        </is>
+      </c>
+      <c r="C1707" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1708" spans="1:3">
+      <c r="A1708" s="1" t="inlineStr">
+        <is>
+          <t>9786052582183</t>
+        </is>
+      </c>
+      <c r="B1708" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze Avrupa'da Kadının Hukuki Durumu Cilt 1</t>
+        </is>
+      </c>
+      <c r="C1708" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1709" spans="1:3">
+      <c r="A1709" s="1" t="inlineStr">
+        <is>
+          <t>9786052582169</t>
+        </is>
+      </c>
+      <c r="B1709" s="1" t="inlineStr">
+        <is>
+          <t>Ta'rib Açısından Arap Dilinde İsimler</t>
+        </is>
+      </c>
+      <c r="C1709" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1710" spans="1:3">
+      <c r="A1710" s="1" t="inlineStr">
+        <is>
+          <t>9786052582022</t>
+        </is>
+      </c>
+      <c r="B1710" s="1" t="inlineStr">
+        <is>
+          <t>Yönetimde İnsan Kurumları - Anektodlarla</t>
+        </is>
+      </c>
+      <c r="C1710" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1711" spans="1:3">
+      <c r="A1711" s="1" t="inlineStr">
+        <is>
+          <t>9786052581933</t>
+        </is>
+      </c>
+      <c r="B1711" s="1" t="inlineStr">
+        <is>
+          <t>Düşünsel Yolculuklarım</t>
+        </is>
+      </c>
+      <c r="C1711" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1712" spans="1:3">
+      <c r="A1712" s="1" t="inlineStr">
+        <is>
+          <t>9786052582091</t>
+        </is>
+      </c>
+      <c r="B1712" s="1" t="inlineStr">
+        <is>
+          <t>Açık ve Uzaktan Öğrenmede Sistemden Ayrılma Nedenlerinin Değerlendirilmesi ve Tahmin Modeli Önerisi</t>
+        </is>
+      </c>
+      <c r="C1712" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1713" spans="1:3">
+      <c r="A1713" s="1" t="inlineStr">
+        <is>
+          <t>9786052581957</t>
+        </is>
+      </c>
+      <c r="B1713" s="1" t="inlineStr">
+        <is>
+          <t>Türk Siyasal Hayatında Propaganda Müzikleri</t>
+        </is>
+      </c>
+      <c r="C1713" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1714" spans="1:3">
+      <c r="A1714" s="1" t="inlineStr">
+        <is>
+          <t>9786052581971</t>
+        </is>
+      </c>
+      <c r="B1714" s="1" t="inlineStr">
+        <is>
+          <t>Türk Müziğine Yönelik Çeşitli Tespitler 2</t>
+        </is>
+      </c>
+      <c r="C1714" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1715" spans="1:3">
+      <c r="A1715" s="1" t="inlineStr">
+        <is>
+          <t>9786052581995</t>
+        </is>
+      </c>
+      <c r="B1715" s="1" t="inlineStr">
+        <is>
+          <t>Her Yönüyle Mavi Güç Su</t>
+        </is>
+      </c>
+      <c r="C1715" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1716" spans="1:3">
+      <c r="A1716" s="1" t="inlineStr">
+        <is>
+          <t>9786052582060</t>
+        </is>
+      </c>
+      <c r="B1716" s="1" t="inlineStr">
+        <is>
+          <t>Deneysel Diyabet Oluşturulmuş Sıçanlarda Quercetin'in Antioksidan Sistem ve Bazı Kan Parametreleri Üzerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C1716" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1717" spans="1:3">
+      <c r="A1717" s="1" t="inlineStr">
+        <is>
+          <t>9786052586778</t>
+        </is>
+      </c>
+      <c r="B1717" s="1" t="inlineStr">
+        <is>
+          <t>Zerdüştiliğin Temel Öğretileri</t>
+        </is>
+      </c>
+      <c r="C1717" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1718" spans="1:3">
+      <c r="A1718" s="1" t="inlineStr">
+        <is>
+          <t>9786052586785</t>
+        </is>
+      </c>
+      <c r="B1718" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Rönesansı</t>
+        </is>
+      </c>
+      <c r="C1718" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1719" spans="1:3">
+      <c r="A1719" s="1" t="inlineStr">
+        <is>
+          <t>9786052586808</t>
+        </is>
+      </c>
+      <c r="B1719" s="1" t="inlineStr">
+        <is>
+          <t>Mesleki Ses Yorumculuğunda Sahne Performansını Etkileyen Faktörler</t>
+        </is>
+      </c>
+      <c r="C1719" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1720" spans="1:3">
+      <c r="A1720" s="1" t="inlineStr">
+        <is>
+          <t>9786052587201</t>
+        </is>
+      </c>
+      <c r="B1720" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Anadolu Bölgesindeki Antrenörlerin Problem Çözme Becerilerinin İş Doyum Düzeylerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C1720" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1721" spans="1:3">
+      <c r="A1721" s="1" t="inlineStr">
+        <is>
+          <t>9786052586938</t>
+        </is>
+      </c>
+      <c r="B1721" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medya ve Marka Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1721" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1722" spans="1:3">
+      <c r="A1722" s="1" t="inlineStr">
+        <is>
+          <t>9786052582879</t>
+        </is>
+      </c>
+      <c r="B1722" s="1" t="inlineStr">
+        <is>
+          <t>Edepten Takvaya İslam ve Diğer Dinler</t>
+        </is>
+      </c>
+      <c r="C1722" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1723" spans="1:3">
+      <c r="A1723" s="1" t="inlineStr">
+        <is>
+          <t>9786052582459</t>
+        </is>
+      </c>
+      <c r="B1723" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim Teorileri</t>
+        </is>
+      </c>
+      <c r="C1723" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1724" spans="1:3">
+      <c r="A1724" s="1" t="inlineStr">
+        <is>
+          <t>9786052583616</t>
+        </is>
+      </c>
+      <c r="B1724" s="1" t="inlineStr">
+        <is>
+          <t>Multidisipliner Yaklaşımla İktisadi Kriz Olgusu Cilt 1</t>
+        </is>
+      </c>
+      <c r="C1724" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1725" spans="1:3">
+      <c r="A1725" s="1" t="inlineStr">
+        <is>
+          <t>9786052583548</t>
+        </is>
+      </c>
+      <c r="B1725" s="1" t="inlineStr">
+        <is>
+          <t>Modern Hikayede Kutsalın Kuruluşu</t>
+        </is>
+      </c>
+      <c r="C1725" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1726" spans="1:3">
+      <c r="A1726" s="1" t="inlineStr">
+        <is>
+          <t>9786052583531</t>
+        </is>
+      </c>
+      <c r="B1726" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Ekonomi Perspektifinden İktisadi Yazılar</t>
+        </is>
+      </c>
+      <c r="C1726" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1727" spans="1:3">
+      <c r="A1727" s="1" t="inlineStr">
+        <is>
+          <t>9786052583586</t>
+        </is>
+      </c>
+      <c r="B1727" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği’ne Entegrasyonda Türk Turizm Sektörünün Rekabet Şansını Arttırıcı Yeni Teşvik Politikaları</t>
+        </is>
+      </c>
+      <c r="C1727" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1728" spans="1:3">
+      <c r="A1728" s="1" t="inlineStr">
+        <is>
+          <t>9786052582350</t>
+        </is>
+      </c>
+      <c r="B1728" s="1" t="inlineStr">
+        <is>
+          <t>Göç Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C1728" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1729" spans="1:3">
+      <c r="A1729" s="1" t="inlineStr">
+        <is>
+          <t>9786052582497</t>
+        </is>
+      </c>
+      <c r="B1729" s="1" t="inlineStr">
+        <is>
+          <t>Nandrolon ve Testosteron Uygulamasının Tavşanlarda Kalsiyum Kalsitonin ve Parathormon Düzeylerine Etkileri</t>
+        </is>
+      </c>
+      <c r="C1729" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1730" spans="1:3">
+      <c r="A1730" s="1" t="inlineStr">
+        <is>
+          <t>9786058155060</t>
+        </is>
+      </c>
+      <c r="B1730" s="1" t="inlineStr">
+        <is>
+          <t>Orhan Özdemir'e Armağan</t>
+        </is>
+      </c>
+      <c r="C1730" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1731" spans="1:3">
+      <c r="A1731" s="1" t="inlineStr">
+        <is>
+          <t>9786052396674</t>
+        </is>
+      </c>
+      <c r="B1731" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'deki Devlet ve Vakıf Üniversitelerinin Spor Müsabakalarındaki Verimliliklerinin Veri Zarflama Analizi (VZA) İle Göreceli Olarak Değerlendirilmesi ve Karşılaştırılması</t>
+        </is>
+      </c>
+      <c r="C1731" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1732" spans="1:3">
+      <c r="A1732" s="1" t="inlineStr">
+        <is>
+          <t>9786059354622</t>
+        </is>
+      </c>
+      <c r="B1732" s="1" t="inlineStr">
+        <is>
+          <t>Tarihte Adana ve Çukurova (4 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1732" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1733" spans="1:3">
+      <c r="A1733" s="1" t="inlineStr">
+        <is>
+          <t>9786052396391</t>
+        </is>
+      </c>
+      <c r="B1733" s="1" t="inlineStr">
+        <is>
+          <t>Su Kirliliğinde Biyodeneyler - Balık Biyodeneyleri</t>
+        </is>
+      </c>
+      <c r="C1733" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1734" spans="1:3">
+      <c r="A1734" s="1" t="inlineStr">
+        <is>
+          <t>9786059942003</t>
+        </is>
+      </c>
+      <c r="B1734" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Yüksek Okulları İçin Kliniğe Yönelik Anatomi Kitabı</t>
+        </is>
+      </c>
+      <c r="C1734" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="1735" spans="1:3">
+      <c r="A1735" s="1" t="inlineStr">
+        <is>
+          <t>9786052396506</t>
+        </is>
+      </c>
+      <c r="B1735" s="1" t="inlineStr">
+        <is>
+          <t>Neolitik Çağ'dan Hititler'e Anadolu'da Müzik ve Enstrümanları 1</t>
+        </is>
+      </c>
+      <c r="C1735" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1736" spans="1:3">
+      <c r="A1736" s="1" t="inlineStr">
+        <is>
+          <t>9786052396216</t>
+        </is>
+      </c>
+      <c r="B1736" s="1" t="inlineStr">
+        <is>
+          <t>2. Abdülhamid’in Tarımsal Kalkınma Hamlesi</t>
+        </is>
+      </c>
+      <c r="C1736" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1737" spans="1:3">
+      <c r="A1737" s="1" t="inlineStr">
+        <is>
+          <t>9786052396438</t>
+        </is>
+      </c>
+      <c r="B1737" s="1" t="inlineStr">
+        <is>
+          <t>'İş'te Kadın!</t>
+        </is>
+      </c>
+      <c r="C1737" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1738" spans="1:3">
+      <c r="A1738" s="1" t="inlineStr">
+        <is>
+          <t>9786052396452</t>
+        </is>
+      </c>
+      <c r="B1738" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Anadolu Bölgesi İl Merkezlerinde Beden Eğitimi Dersinin İşlenebilirliği, Beden Eğitimi Öğretmenlerinin Sorunları ve Bunların Öğrenci Tutumları Üzerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C1738" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1739" spans="1:3">
+      <c r="A1739" s="1" t="inlineStr">
+        <is>
+          <t>9786052584330</t>
+        </is>
+      </c>
+      <c r="B1739" s="1" t="inlineStr">
+        <is>
+          <t>Meta Sınır Analizi İle Etkinlik Ölçümü: Türkiye Devlet Hava Meydanları Üzerine Bir Uygulama</t>
+        </is>
+      </c>
+      <c r="C1739" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1740" spans="1:3">
+      <c r="A1740" s="1" t="inlineStr">
+        <is>
+          <t>9786052396209</t>
+        </is>
+      </c>
+      <c r="B1740" s="1" t="inlineStr">
+        <is>
+          <t>Kuka Çolyak Hastalığını Öğreniyor</t>
+        </is>
+      </c>
+      <c r="C1740" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1741" spans="1:3">
+      <c r="A1741" s="1" t="inlineStr">
+        <is>
+          <t>9786052582152</t>
+        </is>
+      </c>
+      <c r="B1741" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Tarihi</t>
+        </is>
+      </c>
+      <c r="C1741" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1742" spans="1:3">
+      <c r="A1742" s="1" t="inlineStr">
+        <is>
+          <t>9786052582107</t>
+        </is>
+      </c>
+      <c r="B1742" s="1" t="inlineStr">
+        <is>
+          <t>Engelli Spor Politikaları (Avrupa Birliği Ülkeleri İle Türkiye Karşılaştırması)</t>
+        </is>
+      </c>
+      <c r="C1742" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1743" spans="1:3">
+      <c r="A1743" s="1" t="inlineStr">
+        <is>
+          <t>9786052582008</t>
+        </is>
+      </c>
+      <c r="B1743" s="1" t="inlineStr">
+        <is>
+          <t>Biyolojik Risk Faktörleri</t>
+        </is>
+      </c>
+      <c r="C1743" s="1">
+        <v>206.25</v>
+      </c>
+    </row>
+    <row r="1744" spans="1:3">
+      <c r="A1744" s="1" t="inlineStr">
+        <is>
+          <t>9786052582084</t>
+        </is>
+      </c>
+      <c r="B1744" s="1" t="inlineStr">
+        <is>
+          <t>Arapgir İlçesinin Tarihçesi ve Kültür Varlıkları</t>
+        </is>
+      </c>
+      <c r="C1744" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1745" spans="1:3">
+      <c r="A1745" s="1" t="inlineStr">
+        <is>
+          <t>9786052581476</t>
+        </is>
+      </c>
+      <c r="B1745" s="1" t="inlineStr">
+        <is>
+          <t>Spor Kulüplerinin ve Taraftarlarının Facebook Kullanımı</t>
+        </is>
+      </c>
+      <c r="C1745" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1746" spans="1:3">
+      <c r="A1746" s="1" t="inlineStr">
+        <is>
+          <t>9786052581667</t>
+        </is>
+      </c>
+      <c r="B1746" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal İletişimde Kamu Diplomasisi</t>
+        </is>
+      </c>
+      <c r="C1746" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1747" spans="1:3">
+      <c r="A1747" s="1" t="inlineStr">
+        <is>
+          <t>9786052580851</t>
+        </is>
+      </c>
+      <c r="B1747" s="1" t="inlineStr">
+        <is>
+          <t>Laboratory Manual for Electronic Circuits - 2</t>
+        </is>
+      </c>
+      <c r="C1747" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1748" spans="1:3">
+      <c r="A1748" s="1" t="inlineStr">
+        <is>
+          <t>9786052580868</t>
+        </is>
+      </c>
+      <c r="B1748" s="1" t="inlineStr">
+        <is>
+          <t>Laboratory Manual for Electronic Circuits - 3</t>
+        </is>
+      </c>
+      <c r="C1748" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1749" spans="1:3">
+      <c r="A1749" s="1" t="inlineStr">
+        <is>
+          <t>9786052580844</t>
+        </is>
+      </c>
+      <c r="B1749" s="1" t="inlineStr">
+        <is>
+          <t>Laboratory Manual for Electronic Circuits - 1</t>
+        </is>
+      </c>
+      <c r="C1749" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1750" spans="1:3">
+      <c r="A1750" s="1" t="inlineStr">
+        <is>
+          <t>9786052580431</t>
+        </is>
+      </c>
+      <c r="B1750" s="1" t="inlineStr">
+        <is>
+          <t>Türk Kamu Yönetiminde Etik Uygulamaları ve Kamu Çalışanlarının Etik Değerlere Bağlılığının Değerlendirilmesi: İçişleri Bakanlığı Örneklemi</t>
+        </is>
+      </c>
+      <c r="C1750" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1751" spans="1:3">
+      <c r="A1751" s="1" t="inlineStr">
+        <is>
+          <t>9786052396698</t>
+        </is>
+      </c>
+      <c r="B1751" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Eğitimde Kanıt Temelli Uygulama ve Politika Geliştirme</t>
+        </is>
+      </c>
+      <c r="C1751" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1752" spans="1:3">
+      <c r="A1752" s="1" t="inlineStr">
+        <is>
+          <t>9786052580028</t>
+        </is>
+      </c>
+      <c r="B1752" s="1" t="inlineStr">
+        <is>
+          <t>Akarsu Yapıları</t>
+        </is>
+      </c>
+      <c r="C1752" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="1753" spans="1:3">
+      <c r="A1753" s="1" t="inlineStr">
+        <is>
+          <t>9786052585283</t>
+        </is>
+      </c>
+      <c r="B1753" s="1" t="inlineStr">
+        <is>
+          <t>19. Yüzyılda Darende Kazası ve Köyleri</t>
+        </is>
+      </c>
+      <c r="C1753" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1754" spans="1:3">
+      <c r="A1754" s="1" t="inlineStr">
+        <is>
+          <t>9786052585153</t>
+        </is>
+      </c>
+      <c r="B1754" s="1" t="inlineStr">
+        <is>
+          <t>Kaynak Bağımlılığı Savaşlar ve Etkileri</t>
+        </is>
+      </c>
+      <c r="C1754" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1755" spans="1:3">
+      <c r="A1755" s="1" t="inlineStr">
+        <is>
+          <t>9786052584064</t>
+        </is>
+      </c>
+      <c r="B1755" s="1" t="inlineStr">
+        <is>
+          <t>Tenisçilerin Spora Özgü Başarı Motivasyon ve Benlik Saygısı Düzeylerinin Karşılaştırılması</t>
+        </is>
+      </c>
+      <c r="C1755" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1756" spans="1:3">
+      <c r="A1756" s="1" t="inlineStr">
+        <is>
+          <t>9786052582268</t>
+        </is>
+      </c>
+      <c r="B1756" s="1" t="inlineStr">
+        <is>
+          <t>Finansal Piyasalar ve Para Politikası</t>
+        </is>
+      </c>
+      <c r="C1756" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1757" spans="1:3">
+      <c r="A1757" s="1" t="inlineStr">
+        <is>
+          <t>9786052585122</t>
+        </is>
+      </c>
+      <c r="B1757" s="1" t="inlineStr">
+        <is>
+          <t>El Parmak Uzunlukları Oranının Motorsal ve Fonksiyonel Dominansa Etkisi</t>
+        </is>
+      </c>
+      <c r="C1757" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1758" spans="1:3">
+      <c r="A1758" s="1" t="inlineStr">
+        <is>
+          <t>9786052583401</t>
+        </is>
+      </c>
+      <c r="B1758" s="1" t="inlineStr">
+        <is>
+          <t>Finans Araştırmaları 1</t>
+        </is>
+      </c>
+      <c r="C1758" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1759" spans="1:3">
+      <c r="A1759" s="1" t="inlineStr">
+        <is>
+          <t>9786052583418</t>
+        </is>
+      </c>
+      <c r="B1759" s="1" t="inlineStr">
+        <is>
+          <t>Finance and Accounting 1</t>
+        </is>
+      </c>
+      <c r="C1759" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1760" spans="1:3">
+      <c r="A1760" s="1" t="inlineStr">
+        <is>
+          <t>9786052583432</t>
+        </is>
+      </c>
+      <c r="B1760" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimleri Araştırmaları 1</t>
+        </is>
+      </c>
+      <c r="C1760" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1761" spans="1:3">
+      <c r="A1761" s="1" t="inlineStr">
+        <is>
+          <t>9786052583081</t>
+        </is>
+      </c>
+      <c r="B1761" s="1" t="inlineStr">
+        <is>
+          <t>Tarih ve Siyaset Bilimi Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C1761" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1762" spans="1:3">
+      <c r="A1762" s="1" t="inlineStr">
+        <is>
+          <t>9786052583470</t>
+        </is>
+      </c>
+      <c r="B1762" s="1" t="inlineStr">
+        <is>
+          <t>Dil ve Edebiyat Araştırmaları 1</t>
+        </is>
+      </c>
+      <c r="C1762" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1763" spans="1:3">
+      <c r="A1763" s="1" t="inlineStr">
+        <is>
+          <t>9786052583500</t>
+        </is>
+      </c>
+      <c r="B1763" s="1" t="inlineStr">
+        <is>
+          <t>İstihdam ve Büyüme Araştırmaları 1</t>
+        </is>
+      </c>
+      <c r="C1763" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1764" spans="1:3">
+      <c r="A1764" s="1" t="inlineStr">
+        <is>
+          <t>9786052583456</t>
+        </is>
+      </c>
+      <c r="B1764" s="1" t="inlineStr">
+        <is>
+          <t>Educational Sciences 1</t>
+        </is>
+      </c>
+      <c r="C1764" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1765" spans="1:3">
+      <c r="A1765" s="1" t="inlineStr">
+        <is>
+          <t>9786052583012</t>
+        </is>
+      </c>
+      <c r="B1765" s="1" t="inlineStr">
+        <is>
+          <t>Social Science</t>
+        </is>
+      </c>
+      <c r="C1765" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1766" spans="1:3">
+      <c r="A1766" s="1" t="inlineStr">
+        <is>
+          <t>9786052583005</t>
+        </is>
+      </c>
+      <c r="B1766" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimleri Araştırmaları 1</t>
+        </is>
+      </c>
+      <c r="C1766" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1767" spans="1:3">
+      <c r="A1767" s="1" t="inlineStr">
+        <is>
+          <t>9786052582985</t>
+        </is>
+      </c>
+      <c r="B1767" s="1" t="inlineStr">
+        <is>
+          <t>Sports Science 1</t>
+        </is>
+      </c>
+      <c r="C1767" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1768" spans="1:3">
+      <c r="A1768" s="1" t="inlineStr">
+        <is>
+          <t>9786053971092</t>
+        </is>
+      </c>
+      <c r="B1768" s="1" t="inlineStr">
+        <is>
+          <t>Tıpta Sözün Demi</t>
+        </is>
+      </c>
+      <c r="C1768" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="1769" spans="1:3">
+      <c r="A1769" s="1" t="inlineStr">
+        <is>
+          <t>9786056856327</t>
+        </is>
+      </c>
+      <c r="B1769" s="1" t="inlineStr">
+        <is>
+          <t>Türk-Amerikan Savaşları</t>
+        </is>
+      </c>
+      <c r="C1769" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1770" spans="1:3">
+      <c r="A1770" s="1" t="inlineStr">
+        <is>
+          <t>9786056856303</t>
+        </is>
+      </c>
+      <c r="B1770" s="1" t="inlineStr">
+        <is>
+          <t>Ramazanoğulları</t>
+        </is>
+      </c>
+      <c r="C1770" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1771" spans="1:3">
+      <c r="A1771" s="1" t="inlineStr">
+        <is>
+          <t>9786052582589</t>
+        </is>
+      </c>
+      <c r="B1771" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Genç İşsizliği</t>
+        </is>
+      </c>
+      <c r="C1771" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1772" spans="1:3">
+      <c r="A1772" s="1" t="inlineStr">
+        <is>
+          <t>9786052582480</t>
+        </is>
+      </c>
+      <c r="B1772" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Psikolojiye Giriş</t>
+        </is>
+      </c>
+      <c r="C1772" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1773" spans="1:3">
+      <c r="A1773" s="1" t="inlineStr">
+        <is>
+          <t>9786056856310</t>
+        </is>
+      </c>
+      <c r="B1773" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşını Başlatan İlk Ateş</t>
+        </is>
+      </c>
+      <c r="C1773" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1774" spans="1:3">
+      <c r="A1774" s="1" t="inlineStr">
+        <is>
+          <t>9786058976740</t>
+        </is>
+      </c>
+      <c r="B1774" s="1" t="inlineStr">
+        <is>
+          <t>Kozan Tarihi</t>
+        </is>
+      </c>
+      <c r="C1774" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1775" spans="1:3">
+      <c r="A1775" s="1" t="inlineStr">
+        <is>
+          <t>9786058488694</t>
+        </is>
+      </c>
+      <c r="B1775" s="1" t="inlineStr">
+        <is>
+          <t>Andırın Tarihi</t>
+        </is>
+      </c>
+      <c r="C1775" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1776" spans="1:3">
+      <c r="A1776" s="1" t="inlineStr">
+        <is>
+          <t>9786058488670</t>
+        </is>
+      </c>
+      <c r="B1776" s="1" t="inlineStr">
+        <is>
+          <t>Adana Şehir Tarihi</t>
+        </is>
+      </c>
+      <c r="C1776" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1777" spans="1:3">
+      <c r="A1777" s="1" t="inlineStr">
+        <is>
+          <t>9786052582565</t>
+        </is>
+      </c>
+      <c r="B1777" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenciler ve Akademik Tez Danışmanları İçin Lisansüstü Eğitim Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C1777" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1778" spans="1:3">
+      <c r="A1778" s="1" t="inlineStr">
+        <is>
+          <t>9786052582473</t>
+        </is>
+      </c>
+      <c r="B1778" s="1" t="inlineStr">
+        <is>
+          <t>Sinemada Oyuncu Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1778" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1779" spans="1:3">
+      <c r="A1779" s="1" t="inlineStr">
+        <is>
+          <t>9786052582442</t>
+        </is>
+      </c>
+      <c r="B1779" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin Spor ve Wellness Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C1779" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1780" spans="1:3">
+      <c r="A1780" s="1" t="inlineStr">
+        <is>
+          <t>9786052582053</t>
+        </is>
+      </c>
+      <c r="B1780" s="1" t="inlineStr">
+        <is>
+          <t>Mentorluktan Ters Mentorluğa</t>
+        </is>
+      </c>
+      <c r="C1780" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1781" spans="1:3">
+      <c r="A1781" s="1" t="inlineStr">
+        <is>
+          <t>9786052582275</t>
+        </is>
+      </c>
+      <c r="B1781" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluk Dönemi Psikopatolojileri</t>
+        </is>
+      </c>
+      <c r="C1781" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1782" spans="1:3">
+      <c r="A1782" s="1" t="inlineStr">
+        <is>
+          <t>9786052580288</t>
+        </is>
+      </c>
+      <c r="B1782" s="1" t="inlineStr">
+        <is>
+          <t>Erendiz Atasü’nün Eserlerinde Kadın</t>
+        </is>
+      </c>
+      <c r="C1782" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="1783" spans="1:3">
+      <c r="A1783" s="1" t="inlineStr">
+        <is>
+          <t>9786052584033</t>
+        </is>
+      </c>
+      <c r="B1783" s="1" t="inlineStr">
+        <is>
+          <t>Business and Economics Researches Book</t>
+        </is>
+      </c>
+      <c r="C1783" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1784" spans="1:3">
+      <c r="A1784" s="1" t="inlineStr">
+        <is>
+          <t>9786052580196</t>
+        </is>
+      </c>
+      <c r="B1784" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlık Felsefesinin Aşk Denklemi</t>
+        </is>
+      </c>
+      <c r="C1784" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1785" spans="1:3">
+      <c r="A1785" s="1" t="inlineStr">
+        <is>
+          <t>9786052580189</t>
+        </is>
+      </c>
+      <c r="B1785" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Güneşi</t>
+        </is>
+      </c>
+      <c r="C1785" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1786" spans="1:3">
+      <c r="A1786" s="1" t="inlineStr">
+        <is>
+          <t>9786052580202</t>
+        </is>
+      </c>
+      <c r="B1786" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızlardan Seni Seçtim</t>
+        </is>
+      </c>
+      <c r="C1786" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1787" spans="1:3">
+      <c r="A1787" s="1" t="inlineStr">
+        <is>
+          <t>9786257401487</t>
+        </is>
+      </c>
+      <c r="B1787" s="1" t="inlineStr">
+        <is>
+          <t>Super-Diversity and Citizenship in the 21 st Century Theories and Practices</t>
+        </is>
+      </c>
+      <c r="C1787" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1788" spans="1:3">
+      <c r="A1788" s="1" t="inlineStr">
+        <is>
+          <t>9786257409315</t>
+        </is>
+      </c>
+      <c r="B1788" s="1" t="inlineStr">
+        <is>
+          <t>Ruhsal Liderlik</t>
+        </is>
+      </c>
+      <c r="C1788" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1789" spans="1:3">
+      <c r="A1789" s="1" t="inlineStr">
+        <is>
+          <t>9786052396230</t>
+        </is>
+      </c>
+      <c r="B1789" s="1" t="inlineStr">
+        <is>
+          <t>İktisat Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C1789" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1790" spans="1:3">
+      <c r="A1790" s="1" t="inlineStr">
+        <is>
+          <t>9786052396247</t>
+        </is>
+      </c>
+      <c r="B1790" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medya Müşteri İlişkileri Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1790" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="1791" spans="1:3">
+      <c r="A1791" s="1" t="inlineStr">
+        <is>
+          <t>9786059354783</t>
+        </is>
+      </c>
+      <c r="B1791" s="1" t="inlineStr">
+        <is>
+          <t>Her Hastalık Bir Hikayedir 2017</t>
+        </is>
+      </c>
+      <c r="C1791" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1792" spans="1:3">
+      <c r="A1792" s="1" t="inlineStr">
+        <is>
+          <t>9786052584262</t>
+        </is>
+      </c>
+      <c r="B1792" s="1" t="inlineStr">
+        <is>
+          <t>Bilgin Adalı’nın Çocuk Romanlarına Onomastik Açıdan Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C1792" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1793" spans="1:3">
+      <c r="A1793" s="1" t="inlineStr">
+        <is>
+          <t>9786052584255</t>
+        </is>
+      </c>
+      <c r="B1793" s="1" t="inlineStr">
+        <is>
+          <t>Ali B. Hüseyin El-Amasi’nin Tariku'l-Edeb Adlı Eserinde Çocuk ve Eğitim</t>
+        </is>
+      </c>
+      <c r="C1793" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="1794" spans="1:3">
+      <c r="A1794" s="1" t="inlineStr">
+        <is>
+          <t>9786059354851</t>
+        </is>
+      </c>
+      <c r="B1794" s="1" t="inlineStr">
+        <is>
+          <t>İcazet</t>
+        </is>
+      </c>
+      <c r="C1794" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="1795" spans="1:3">
+      <c r="A1795" s="1" t="inlineStr">
+        <is>
+          <t>9786052583852</t>
+        </is>
+      </c>
+      <c r="B1795" s="1" t="inlineStr">
+        <is>
+          <t>Cumhurbaşkanının Halk Tarafından Seçilmesinin Türk Demokratikleşme Sürecine Etkisi</t>
+        </is>
+      </c>
+      <c r="C1795" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1796" spans="1:3">
+      <c r="A1796" s="1" t="inlineStr">
+        <is>
+          <t>9786052583241</t>
+        </is>
+      </c>
+      <c r="B1796" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Bilimleri Çalışmaları 1</t>
+        </is>
+      </c>
+      <c r="C1796" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1797" spans="1:3">
+      <c r="A1797" s="1" t="inlineStr">
+        <is>
+          <t>9786052580110</t>
+        </is>
+      </c>
+      <c r="B1797" s="1" t="inlineStr">
+        <is>
+          <t>My Turkish Exercise Book - Türkçe Alıştırma Kitabı</t>
+        </is>
+      </c>
+      <c r="C1797" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1798" spans="1:3">
+      <c r="A1798" s="1" t="inlineStr">
+        <is>
+          <t>9786052582794</t>
+        </is>
+      </c>
+      <c r="B1798" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Konuşanlar için İngilizce Kelimelerin Söyleniş Kuralları</t>
+        </is>
+      </c>
+      <c r="C1798" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1799" spans="1:3">
+      <c r="A1799" s="1" t="inlineStr">
+        <is>
+          <t>9786052583609</t>
+        </is>
+      </c>
+      <c r="B1799" s="1" t="inlineStr">
+        <is>
+          <t>Fıkıh İlminde Cedel Yönteminin Kullanımı</t>
+        </is>
+      </c>
+      <c r="C1799" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1800" spans="1:3">
+      <c r="A1800" s="1" t="inlineStr">
+        <is>
+          <t>9786052581711</t>
+        </is>
+      </c>
+      <c r="B1800" s="1" t="inlineStr">
+        <is>
+          <t>Sekiz Haftalık Pilometrik Antrenmanın 15-18 Yaş Grubu Basketbolcularda Sıçrama ve İzokinetik Kuvvet</t>
+        </is>
+      </c>
+      <c r="C1800" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1801" spans="1:3">
+      <c r="A1801" s="1" t="inlineStr">
+        <is>
+          <t>9786052581728</t>
+        </is>
+      </c>
+      <c r="B1801" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Dış Ticaretin Yoğunlaşma Analizi</t>
+        </is>
+      </c>
+      <c r="C1801" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1802" spans="1:3">
+      <c r="A1802" s="1" t="inlineStr">
+        <is>
+          <t>9786052580165</t>
+        </is>
+      </c>
+      <c r="B1802" s="1" t="inlineStr">
+        <is>
+          <t>Lise ve Üniversite Öğrencilerinin Rekreatif Eğilimlerinin Belirlenmesi</t>
+        </is>
+      </c>
+      <c r="C1802" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1803" spans="1:3">
+      <c r="A1803" s="1" t="inlineStr">
+        <is>
+          <t>9786052583180</t>
+        </is>
+      </c>
+      <c r="B1803" s="1" t="inlineStr">
+        <is>
+          <t>Muhasebe ve Maliye Araştırmaları 1</t>
+        </is>
+      </c>
+      <c r="C1803" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1804" spans="1:3">
+      <c r="A1804" s="1" t="inlineStr">
+        <is>
+          <t>9786052583210</t>
+        </is>
+      </c>
+      <c r="B1804" s="1" t="inlineStr">
+        <is>
+          <t>İşletme ve Yönetim Araştırmaları 1</t>
+        </is>
+      </c>
+      <c r="C1804" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1805" spans="1:3">
+      <c r="A1805" s="1" t="inlineStr">
+        <is>
+          <t>9786058873568</t>
+        </is>
+      </c>
+      <c r="B1805" s="1" t="inlineStr">
+        <is>
+          <t>Sağlığın Değerlendirilmesi</t>
+        </is>
+      </c>
+      <c r="C1805" s="1">
+        <v>111.11</v>
+      </c>
+    </row>
+    <row r="1806" spans="1:3">
+      <c r="A1806" s="1" t="inlineStr">
+        <is>
+          <t>9786052580912</t>
+        </is>
+      </c>
+      <c r="B1806" s="1" t="inlineStr">
+        <is>
+          <t>Pazarlamaya Çağdaş Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C1806" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1807" spans="1:3">
+      <c r="A1807" s="1" t="inlineStr">
+        <is>
+          <t>9786059942546</t>
+        </is>
+      </c>
+      <c r="B1807" s="1" t="inlineStr">
+        <is>
+          <t>İç Mekanda Sınır Öğeleri</t>
+        </is>
+      </c>
+      <c r="C1807" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1808" spans="1:3">
+      <c r="A1808" s="1" t="inlineStr">
+        <is>
+          <t>9786059354424</t>
+        </is>
+      </c>
+      <c r="B1808" s="1" t="inlineStr">
+        <is>
+          <t>Makina Elemanları : Çözümlü Problemler</t>
+        </is>
+      </c>
+      <c r="C1808" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="1809" spans="1:3">
+      <c r="A1809" s="1" t="inlineStr">
+        <is>
+          <t>9786054649570</t>
+        </is>
+      </c>
+      <c r="B1809" s="1" t="inlineStr">
+        <is>
+          <t>Ruhsal Hastalıklar</t>
+        </is>
+      </c>
+      <c r="C1809" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1810" spans="1:3">
+      <c r="A1810" s="1" t="inlineStr">
+        <is>
+          <t>9786054649693</t>
+        </is>
+      </c>
+      <c r="B1810" s="1" t="inlineStr">
+        <is>
+          <t>Pediatrik Dermatoloji Atlası</t>
+        </is>
+      </c>
+      <c r="C1810" s="1">
+        <v>77.78</v>
+      </c>
+    </row>
+    <row r="1811" spans="1:3">
+      <c r="A1811" s="1" t="inlineStr">
+        <is>
+          <t>9786054649211</t>
+        </is>
+      </c>
+      <c r="B1811" s="1" t="inlineStr">
+        <is>
+          <t>SPSS Paket Programı ile İstatistiksel Veri Analizi</t>
+        </is>
+      </c>
+      <c r="C1811" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="1812" spans="1:3">
+      <c r="A1812" s="1" t="inlineStr">
+        <is>
+          <t>3990000025818</t>
+        </is>
+      </c>
+      <c r="B1812" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Fizyolojisi</t>
+        </is>
+      </c>
+      <c r="C1812" s="1">
+        <v>59.26</v>
+      </c>
+    </row>
+    <row r="1813" spans="1:3">
+      <c r="A1813" s="1" t="inlineStr">
+        <is>
+          <t>9786054649457</t>
+        </is>
+      </c>
+      <c r="B1813" s="1" t="inlineStr">
+        <is>
+          <t>Bitki Islahı ve Genetik</t>
+        </is>
+      </c>
+      <c r="C1813" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1814" spans="1:3">
+      <c r="A1814" s="1" t="inlineStr">
+        <is>
+          <t>9786054649235</t>
+        </is>
+      </c>
+      <c r="B1814" s="1" t="inlineStr">
+        <is>
+          <t>Balcalı Güzelleri</t>
+        </is>
+      </c>
+      <c r="C1814" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="1815" spans="1:3">
+      <c r="A1815" s="1" t="inlineStr">
+        <is>
+          <t>9786054649464</t>
+        </is>
+      </c>
+      <c r="B1815" s="1" t="inlineStr">
+        <is>
+          <t>Viral Pazarlama</t>
+        </is>
+      </c>
+      <c r="C1815" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1816" spans="1:3">
+      <c r="A1816" s="1" t="inlineStr">
+        <is>
+          <t>9786054649266</t>
+        </is>
+      </c>
+      <c r="B1816" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Otomotiv Sektörünün Dış Ticaret Gelişimi</t>
+        </is>
+      </c>
+      <c r="C1816" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1817" spans="1:3">
+      <c r="A1817" s="1" t="inlineStr">
+        <is>
+          <t>9786054649037</t>
+        </is>
+      </c>
+      <c r="B1817" s="1" t="inlineStr">
+        <is>
+          <t>Olasılıkla Birlikte Geçen Yaşam</t>
+        </is>
+      </c>
+      <c r="C1817" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1818" spans="1:3">
+      <c r="A1818" s="1" t="inlineStr">
+        <is>
+          <t>9786054649815</t>
+        </is>
+      </c>
+      <c r="B1818" s="1" t="inlineStr">
+        <is>
+          <t>28 Şubat Darbesi</t>
+        </is>
+      </c>
+      <c r="C1818" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1819" spans="1:3">
+      <c r="A1819" s="1" t="inlineStr">
+        <is>
+          <t>9786054649518</t>
+        </is>
+      </c>
+      <c r="B1819" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1819" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1820" spans="1:3">
+      <c r="A1820" s="1" t="inlineStr">
+        <is>
+          <t>9786054649273</t>
+        </is>
+      </c>
+      <c r="B1820" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'nın Çöküşü</t>
+        </is>
+      </c>
+      <c r="C1820" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1821" spans="1:3">
+      <c r="A1821" s="1" t="inlineStr">
+        <is>
+          <t>9786257106207</t>
+        </is>
+      </c>
+      <c r="B1821" s="1" t="inlineStr">
+        <is>
+          <t>Bitki Fungal Hastalıkları</t>
+        </is>
+      </c>
+      <c r="C1821" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="1822" spans="1:3">
+      <c r="A1822" s="1" t="inlineStr">
+        <is>
+          <t>9786054649402</t>
+        </is>
+      </c>
+      <c r="B1822" s="1" t="inlineStr">
+        <is>
+          <t>Okul Yönetimi ve Önderlik</t>
+        </is>
+      </c>
+      <c r="C1822" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1823" spans="1:3">
+      <c r="A1823" s="1" t="inlineStr">
+        <is>
+          <t>9786054649440</t>
+        </is>
+      </c>
+      <c r="B1823" s="1" t="inlineStr">
+        <is>
+          <t>Bitki Hastalıkları ile Savaş Yöntemleri ve İlaçlar</t>
+        </is>
+      </c>
+      <c r="C1823" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1824" spans="1:3">
+      <c r="A1824" s="1" t="inlineStr">
+        <is>
+          <t>9786054649136</t>
+        </is>
+      </c>
+      <c r="B1824" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Dönemde Bale Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1824" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1825" spans="1:3">
+      <c r="A1825" s="1" t="inlineStr">
+        <is>
+          <t>9786054649242</t>
+        </is>
+      </c>
+      <c r="B1825" s="1" t="inlineStr">
+        <is>
+          <t>Akarslan's Affixionary</t>
+        </is>
+      </c>
+      <c r="C1825" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1826" spans="1:3">
+      <c r="A1826" s="1" t="inlineStr">
+        <is>
+          <t>9786054649228</t>
+        </is>
+      </c>
+      <c r="B1826" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk: Bitkisel Yapısı, Yetiştirilmesi, Islahı ve Lif Teknolojisi</t>
+        </is>
+      </c>
+      <c r="C1826" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1827" spans="1:3">
+      <c r="A1827" s="1" t="inlineStr">
+        <is>
+          <t>9786059354806</t>
+        </is>
+      </c>
+      <c r="B1827" s="1" t="inlineStr">
+        <is>
+          <t>Makina Elemanları 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C1827" s="1">
+        <v>687.5</v>
+      </c>
+    </row>
+    <row r="1828" spans="1:3">
+      <c r="A1828" s="1" t="inlineStr">
+        <is>
+          <t>9786059942072</t>
+        </is>
+      </c>
+      <c r="B1828" s="1" t="inlineStr">
+        <is>
+          <t>Makina Elemanları 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C1828" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1829" spans="1:3">
+      <c r="A1829" s="1" t="inlineStr">
+        <is>
+          <t>9786054649174</t>
+        </is>
+      </c>
+      <c r="B1829" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Spor Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1829" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="1830" spans="1:3">
+      <c r="A1830" s="1" t="inlineStr">
+        <is>
+          <t>9786054649785</t>
+        </is>
+      </c>
+      <c r="B1830" s="1" t="inlineStr">
+        <is>
+          <t>Hero Kid (MEB ile Uyumlu 8. Sınıf İngilizce Dersi Ortak Sınavlarına Hazırlık Kitabı)</t>
+        </is>
+      </c>
+      <c r="C1830" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1831" spans="1:3">
+      <c r="A1831" s="1" t="inlineStr">
+        <is>
+          <t>9786053970439</t>
+        </is>
+      </c>
+      <c r="B1831" s="1" t="inlineStr">
+        <is>
+          <t>Tıpta Özdeyişler</t>
+        </is>
+      </c>
+      <c r="C1831" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="1832" spans="1:3">
+      <c r="A1832" s="1" t="inlineStr">
+        <is>
+          <t>9786052583982</t>
+        </is>
+      </c>
+      <c r="B1832" s="1" t="inlineStr">
+        <is>
+          <t>Reaktör Hidroliği</t>
+        </is>
+      </c>
+      <c r="C1832" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1833" spans="1:3">
+      <c r="A1833" s="1" t="inlineStr">
+        <is>
+          <t>9786052583975</t>
+        </is>
+      </c>
+      <c r="B1833" s="1" t="inlineStr">
+        <is>
+          <t>Müzik İşitme Sınavlarına Hazırlık</t>
+        </is>
+      </c>
+      <c r="C1833" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1834" spans="1:3">
+      <c r="A1834" s="1" t="inlineStr">
+        <is>
+          <t>9786052583951</t>
+        </is>
+      </c>
+      <c r="B1834" s="1" t="inlineStr">
+        <is>
+          <t>Kültür ve Bestecilik Bakımından Türk Musikisi Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C1834" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1835" spans="1:3">
+      <c r="A1835" s="1" t="inlineStr">
+        <is>
+          <t>9786052583999</t>
+        </is>
+      </c>
+      <c r="B1835" s="1" t="inlineStr">
+        <is>
+          <t>Diyarbakır ve Çevresinde Kültürel Miras ve Turizm</t>
+        </is>
+      </c>
+      <c r="C1835" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1836" spans="1:3">
+      <c r="A1836" s="1" t="inlineStr">
+        <is>
+          <t>9786052581926</t>
+        </is>
+      </c>
+      <c r="B1836" s="1" t="inlineStr">
+        <is>
+          <t>İngilizce Türkçe Öyküler</t>
+        </is>
+      </c>
+      <c r="C1836" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1837" spans="1:3">
+      <c r="A1837" s="1" t="inlineStr">
+        <is>
+          <t>9786052581650</t>
+        </is>
+      </c>
+      <c r="B1837" s="1" t="inlineStr">
+        <is>
+          <t>Sağkalım Analizi</t>
+        </is>
+      </c>
+      <c r="C1837" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1838" spans="1:3">
+      <c r="A1838" s="1" t="inlineStr">
+        <is>
+          <t>9786052580899</t>
+        </is>
+      </c>
+      <c r="B1838" s="1" t="inlineStr">
+        <is>
+          <t>Hafif Zihinsel Engelli Ergenlerde Spor ve  Motor Becerileri</t>
+        </is>
+      </c>
+      <c r="C1838" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1839" spans="1:3">
+      <c r="A1839" s="1" t="inlineStr">
+        <is>
+          <t>9786052580158</t>
+        </is>
+      </c>
+      <c r="B1839" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Taşımacılığının Temel Unsurları</t>
+        </is>
+      </c>
+      <c r="C1839" s="1">
+        <v>687.5</v>
+      </c>
+    </row>
+    <row r="1840" spans="1:3">
+      <c r="A1840" s="1" t="inlineStr">
+        <is>
+          <t>9786052581643</t>
+        </is>
+      </c>
+      <c r="B1840" s="1" t="inlineStr">
+        <is>
+          <t>105 Tonal Ezgi - Op. 35</t>
+        </is>
+      </c>
+      <c r="C1840" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="1841" spans="1:3">
+      <c r="A1841" s="1" t="inlineStr">
+        <is>
+          <t>9786059354967</t>
+        </is>
+      </c>
+      <c r="B1841" s="1" t="inlineStr">
+        <is>
+          <t>Taşucu’ndan İskenderun’a-Kilikia Pedias-Hellenistik ve Roma Dönemi:Höyükler-Kentler-Nekropoller-Kaleler</t>
+        </is>
+      </c>
+      <c r="C1841" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1842" spans="1:3">
+      <c r="A1842" s="1" t="inlineStr">
+        <is>
+          <t>9786052396827</t>
+        </is>
+      </c>
+      <c r="B1842" s="1" t="inlineStr">
+        <is>
+          <t>Alaçıktan Gökdelene</t>
+        </is>
+      </c>
+      <c r="C1842" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1843" spans="1:3">
+      <c r="A1843" s="1" t="inlineStr">
+        <is>
+          <t>9786052583890</t>
+        </is>
+      </c>
+      <c r="B1843" s="1" t="inlineStr">
+        <is>
+          <t>Fitoterapi</t>
+        </is>
+      </c>
+      <c r="C1843" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="1844" spans="1:3">
+      <c r="A1844" s="1" t="inlineStr">
+        <is>
+          <t>9786052396094</t>
+        </is>
+      </c>
+      <c r="B1844" s="1" t="inlineStr">
+        <is>
+          <t>Biçemsel Solfej</t>
+        </is>
+      </c>
+      <c r="C1844" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="1845" spans="1:3">
+      <c r="A1845" s="1" t="inlineStr">
+        <is>
+          <t>9786052396223</t>
+        </is>
+      </c>
+      <c r="B1845" s="1" t="inlineStr">
+        <is>
+          <t>Geleneksel Adana 1</t>
+        </is>
+      </c>
+      <c r="C1845" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1846" spans="1:3">
+      <c r="A1846" s="1" t="inlineStr">
+        <is>
+          <t>9786058161467</t>
+        </is>
+      </c>
+      <c r="B1846" s="1" t="inlineStr">
+        <is>
+          <t>Serbest Muhasebeci Mali Müşavirlik Yeterlilik</t>
+        </is>
+      </c>
+      <c r="C1846" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1847" spans="1:3">
+      <c r="A1847" s="1" t="inlineStr">
+        <is>
+          <t>9786058161498</t>
+        </is>
+      </c>
+      <c r="B1847" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Anlatımlarıyla Engellilerin Sorunları ve Çözüm Önerileri</t>
+        </is>
+      </c>
+      <c r="C1847" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1848" spans="1:3">
+      <c r="A1848" s="1" t="inlineStr">
+        <is>
+          <t>9786058161481</t>
+        </is>
+      </c>
+      <c r="B1848" s="1" t="inlineStr">
+        <is>
+          <t>Dezavantajlı Gruplar Üzerine Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C1848" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1849" spans="1:3">
+      <c r="A1849" s="1" t="inlineStr">
+        <is>
+          <t>9786058161429</t>
+        </is>
+      </c>
+      <c r="B1849" s="1" t="inlineStr">
+        <is>
+          <t>Paylaşım Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C1849" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1850" spans="1:3">
+      <c r="A1850" s="1" t="inlineStr">
+        <is>
+          <t>9786058161450</t>
+        </is>
+      </c>
+      <c r="B1850" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenlerin Fiziksel Aktivite Düzeylerinin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C1850" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1851" spans="1:3">
+      <c r="A1851" s="1" t="inlineStr">
+        <is>
+          <t>9786052396919</t>
+        </is>
+      </c>
+      <c r="B1851" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Okul Yönetimi Bazı Kuramsal Temeller</t>
+        </is>
+      </c>
+      <c r="C1851" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1852" spans="1:3">
+      <c r="A1852" s="1" t="inlineStr">
+        <is>
+          <t>9786052396964</t>
+        </is>
+      </c>
+      <c r="B1852" s="1" t="inlineStr">
+        <is>
+          <t>Benlik Saygısı ve Din</t>
+        </is>
+      </c>
+      <c r="C1852" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1853" spans="1:3">
+      <c r="A1853" s="1" t="inlineStr">
+        <is>
+          <t>9786052396520</t>
+        </is>
+      </c>
+      <c r="B1853" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Davranış</t>
+        </is>
+      </c>
+      <c r="C1853" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1854" spans="1:3">
+      <c r="A1854" s="1" t="inlineStr">
+        <is>
+          <t>9786052396483</t>
+        </is>
+      </c>
+      <c r="B1854" s="1" t="inlineStr">
+        <is>
+          <t>Futbolcuların Fiziksel Uygunluk Düzeylerinin Mevki ve Yaş Değişkenlerine Göre İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C1854" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1855" spans="1:3">
+      <c r="A1855" s="1" t="inlineStr">
+        <is>
+          <t>9786052396537</t>
+        </is>
+      </c>
+      <c r="B1855" s="1" t="inlineStr">
+        <is>
+          <t>Öfke Kontrolü</t>
+        </is>
+      </c>
+      <c r="C1855" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1856" spans="1:3">
+      <c r="A1856" s="1" t="inlineStr">
+        <is>
+          <t>9786052583876</t>
+        </is>
+      </c>
+      <c r="B1856" s="1" t="inlineStr">
+        <is>
+          <t>Öğren-Kazan</t>
+        </is>
+      </c>
+      <c r="C1856" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1857" spans="1:3">
+      <c r="A1857" s="1" t="inlineStr">
+        <is>
+          <t>9786052583678</t>
+        </is>
+      </c>
+      <c r="B1857" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda Eğitim ve Öğretim Hakkı</t>
+        </is>
+      </c>
+      <c r="C1857" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1858" spans="1:3">
+      <c r="A1858" s="1" t="inlineStr">
+        <is>
+          <t>9786052583715</t>
+        </is>
+      </c>
+      <c r="B1858" s="1" t="inlineStr">
+        <is>
+          <t>Genç Erkek Snowboardcularda Stabil ve Stabil Olmayan Zeminlerdeki Koordinasyon Uygulamaları ve Farklı Öğrenme Yöntemlerinin Denge, Esneklik, Çeviklik ve Beceri Üzerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C1858" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1859" spans="1:3">
+      <c r="A1859" s="1" t="inlineStr">
+        <is>
+          <t>9786052583821</t>
+        </is>
+      </c>
+      <c r="B1859" s="1" t="inlineStr">
+        <is>
+          <t>Türk Musikisi Tarihi ve Bestekarları</t>
+        </is>
+      </c>
+      <c r="C1859" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1860" spans="1:3">
+      <c r="A1860" s="1" t="inlineStr">
+        <is>
+          <t>9786052583579</t>
+        </is>
+      </c>
+      <c r="B1860" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Yönleriyle Kurumsal Yönetim</t>
+        </is>
+      </c>
+      <c r="C1860" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1861" spans="1:3">
+      <c r="A1861" s="1" t="inlineStr">
+        <is>
+          <t>9786052583562</t>
+        </is>
+      </c>
+      <c r="B1861" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Şike</t>
+        </is>
+      </c>
+      <c r="C1861" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1862" spans="1:3">
+      <c r="A1862" s="1" t="inlineStr">
+        <is>
+          <t>9786056879302</t>
+        </is>
+      </c>
+      <c r="B1862" s="1" t="inlineStr">
+        <is>
+          <t>Farmakoloji Ders Notları</t>
+        </is>
+      </c>
+      <c r="C1862" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1863" spans="1:3">
+      <c r="A1863" s="1" t="inlineStr">
+        <is>
+          <t>9786052580820</t>
+        </is>
+      </c>
+      <c r="B1863" s="1" t="inlineStr">
+        <is>
+          <t>Kobi’ler İçin Sosyal Medya</t>
+        </is>
+      </c>
+      <c r="C1863" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1864" spans="1:3">
+      <c r="A1864" s="1" t="inlineStr">
+        <is>
+          <t>9786052581469</t>
+        </is>
+      </c>
+      <c r="B1864" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Cumhuriyeti’nin Kuruluş Yıllarında Eğitim Sorunları 1923-1938</t>
+        </is>
+      </c>
+      <c r="C1864" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1865" spans="1:3">
+      <c r="A1865" s="1" t="inlineStr">
+        <is>
+          <t>9786052580790</t>
+        </is>
+      </c>
+      <c r="B1865" s="1" t="inlineStr">
+        <is>
+          <t>Eski Yakındoğu’da Ulaşım Üzerine Yazılar - Articles on Transportation in Ancient Near East</t>
+        </is>
+      </c>
+      <c r="C1865" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1866" spans="1:3">
+      <c r="A1866" s="1" t="inlineStr">
+        <is>
+          <t>9786052581407</t>
+        </is>
+      </c>
+      <c r="B1866" s="1" t="inlineStr">
+        <is>
+          <t>Klinik Psikolog Olmak</t>
+        </is>
+      </c>
+      <c r="C1866" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1867" spans="1:3">
+      <c r="A1867" s="1" t="inlineStr">
+        <is>
+          <t>9786052581445</t>
+        </is>
+      </c>
+      <c r="B1867" s="1" t="inlineStr">
+        <is>
+          <t>Olasılık ve Algoritma Tasarımına Giriş</t>
+        </is>
+      </c>
+      <c r="C1867" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1868" spans="1:3">
+      <c r="A1868" s="1" t="inlineStr">
+        <is>
+          <t>9786052580875</t>
+        </is>
+      </c>
+      <c r="B1868" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlıda Menkul Kıymetler Borsası</t>
+        </is>
+      </c>
+      <c r="C1868" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1869" spans="1:3">
+      <c r="A1869" s="1" t="inlineStr">
+        <is>
+          <t>9786052580455</t>
+        </is>
+      </c>
+      <c r="B1869" s="1" t="inlineStr">
+        <is>
+          <t>Hayatınıza Dokunacak Sözler</t>
+        </is>
+      </c>
+      <c r="C1869" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1870" spans="1:3">
+      <c r="A1870" s="1" t="inlineStr">
+        <is>
+          <t>9786052396148</t>
+        </is>
+      </c>
+      <c r="B1870" s="1" t="inlineStr">
+        <is>
+          <t>Temel Halk Sağlığı</t>
+        </is>
+      </c>
+      <c r="C1870" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1871" spans="1:3">
+      <c r="A1871" s="1" t="inlineStr">
+        <is>
+          <t>9786052396001</t>
+        </is>
+      </c>
+      <c r="B1871" s="1" t="inlineStr">
+        <is>
+          <t>Atlantis Değil Augustapolis (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1871" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1872" spans="1:3">
+      <c r="A1872" s="1" t="inlineStr">
+        <is>
+          <t>9786052396117</t>
+        </is>
+      </c>
+      <c r="B1872" s="1" t="inlineStr">
+        <is>
+          <t>Dış Ticaret Hadlerinin Gelişim Süreci ve Ödemeler Dengesi Üzerine Etkileri</t>
+        </is>
+      </c>
+      <c r="C1872" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1873" spans="1:3">
+      <c r="A1873" s="1" t="inlineStr">
+        <is>
+          <t>9786052396018</t>
+        </is>
+      </c>
+      <c r="B1873" s="1" t="inlineStr">
+        <is>
+          <t>Pozantı Belemedik Görsel Tarihi</t>
+        </is>
+      </c>
+      <c r="C1873" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1874" spans="1:3">
+      <c r="A1874" s="1" t="inlineStr">
+        <is>
+          <t>9786059354691</t>
+        </is>
+      </c>
+      <c r="B1874" s="1" t="inlineStr">
+        <is>
+          <t>Çalışma Hayatında Yıldırma</t>
+        </is>
+      </c>
+      <c r="C1874" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1875" spans="1:3">
+      <c r="A1875" s="1" t="inlineStr">
+        <is>
+          <t>9786052396636</t>
+        </is>
+      </c>
+      <c r="B1875" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Kurumlarında İş Sağlığı ve Güvenliği</t>
+        </is>
+      </c>
+      <c r="C1875" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1876" spans="1:3">
+      <c r="A1876" s="1" t="inlineStr">
+        <is>
+          <t>9786052582039</t>
+        </is>
+      </c>
+      <c r="B1876" s="1" t="inlineStr">
+        <is>
+          <t>Yarın Diyenler Kaybetti</t>
+        </is>
+      </c>
+      <c r="C1876" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1877" spans="1:3">
+      <c r="A1877" s="1" t="inlineStr">
+        <is>
+          <t>9786052580226</t>
+        </is>
+      </c>
+      <c r="B1877" s="1" t="inlineStr">
+        <is>
+          <t>Hastanelerde Malzeme Yönetim Sürecinin Değerlendirilmesi ve Bir Üniversite Hastanesi Örneği</t>
+        </is>
+      </c>
+      <c r="C1877" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1878" spans="1:3">
+      <c r="A1878" s="1" t="inlineStr">
+        <is>
+          <t>9786052580219</t>
+        </is>
+      </c>
+      <c r="B1878" s="1" t="inlineStr">
+        <is>
+          <t>Moleküler Genetik</t>
+        </is>
+      </c>
+      <c r="C1878" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="1879" spans="1:3">
+      <c r="A1879" s="1" t="inlineStr">
+        <is>
+          <t>9786052396643</t>
+        </is>
+      </c>
+      <c r="B1879" s="1" t="inlineStr">
+        <is>
+          <t>Kontrol Sistemleri</t>
+        </is>
+      </c>
+      <c r="C1879" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="1880" spans="1:3">
+      <c r="A1880" s="1" t="inlineStr">
+        <is>
+          <t>9786059354868</t>
+        </is>
+      </c>
+      <c r="B1880" s="1" t="inlineStr">
+        <is>
+          <t>Eve Dönüş</t>
+        </is>
+      </c>
+      <c r="C1880" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="1881" spans="1:3">
+      <c r="A1881" s="1" t="inlineStr">
+        <is>
+          <t>9786052581575</t>
+        </is>
+      </c>
+      <c r="B1881" s="1" t="inlineStr">
+        <is>
+          <t>Temel İbadetler Konusunda Hanefiler ve Şafiler Arasındaki Farklılıklar</t>
+        </is>
+      </c>
+      <c r="C1881" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1882" spans="1:3">
+      <c r="A1882" s="1" t="inlineStr">
+        <is>
+          <t>9786052581681</t>
+        </is>
+      </c>
+      <c r="B1882" s="1" t="inlineStr">
+        <is>
+          <t>Mevdudi Din ve Toplum</t>
+        </is>
+      </c>
+      <c r="C1882" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1883" spans="1:3">
+      <c r="A1883" s="1" t="inlineStr">
+        <is>
+          <t>9786052581698</t>
+        </is>
+      </c>
+      <c r="B1883" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Aile Hukuku (18. Yüzyıl Adana Örneği)</t>
+        </is>
+      </c>
+      <c r="C1883" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1884" spans="1:3">
+      <c r="A1884" s="1" t="inlineStr">
+        <is>
+          <t>9786052581773</t>
+        </is>
+      </c>
+      <c r="B1884" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlıda Celpname Uygulaması</t>
+        </is>
+      </c>
+      <c r="C1884" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1885" spans="1:3">
+      <c r="A1885" s="1" t="inlineStr">
+        <is>
+          <t>9786052581834</t>
+        </is>
+      </c>
+      <c r="B1885" s="1" t="inlineStr">
+        <is>
+          <t>Va'd Va'id Ekseninde Hulf</t>
+        </is>
+      </c>
+      <c r="C1885" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1886" spans="1:3">
+      <c r="A1886" s="1" t="inlineStr">
+        <is>
+          <t>9786052581827</t>
+        </is>
+      </c>
+      <c r="B1886" s="1" t="inlineStr">
+        <is>
+          <t>Sorular ve Cevaplarla Hadis İlmine Dair Esaslar</t>
+        </is>
+      </c>
+      <c r="C1886" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1887" spans="1:3">
+      <c r="A1887" s="1" t="inlineStr">
+        <is>
+          <t>9786052396278</t>
+        </is>
+      </c>
+      <c r="B1887" s="1" t="inlineStr">
+        <is>
+          <t>Bir Cerrahın Kaleminden</t>
+        </is>
+      </c>
+      <c r="C1887" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1888" spans="1:3">
+      <c r="A1888" s="1" t="inlineStr">
+        <is>
+          <t>9786059354790</t>
+        </is>
+      </c>
+      <c r="B1888" s="1" t="inlineStr">
+        <is>
+          <t>Klinik Liderlik ve Yönetim</t>
+        </is>
+      </c>
+      <c r="C1888" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1889" spans="1:3">
+      <c r="A1889" s="1" t="inlineStr">
+        <is>
+          <t>9786052396322</t>
+        </is>
+      </c>
+      <c r="B1889" s="1" t="inlineStr">
+        <is>
+          <t>Kuka Ürtiker Oldu</t>
+        </is>
+      </c>
+      <c r="C1889" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1890" spans="1:3">
+      <c r="A1890" s="1" t="inlineStr">
+        <is>
+          <t>9786052396346</t>
+        </is>
+      </c>
+      <c r="B1890" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Yetiştirmek</t>
+        </is>
+      </c>
+      <c r="C1890" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1891" spans="1:3">
+      <c r="A1891" s="1" t="inlineStr">
+        <is>
+          <t>9786052396179</t>
+        </is>
+      </c>
+      <c r="B1891" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal Yönetim ve Sermaye Maliyeti</t>
+        </is>
+      </c>
+      <c r="C1891" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1892" spans="1:3">
+      <c r="A1892" s="1" t="inlineStr">
+        <is>
+          <t>9786052396339</t>
+        </is>
+      </c>
+      <c r="B1892" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal İtibar ve İmar</t>
+        </is>
+      </c>
+      <c r="C1892" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1893" spans="1:3">
+      <c r="A1893" s="1" t="inlineStr">
+        <is>
+          <t>9786052581537</t>
+        </is>
+      </c>
+      <c r="B1893" s="1" t="inlineStr">
+        <is>
+          <t>Geleneğin Dindeki Yeri</t>
+        </is>
+      </c>
+      <c r="C1893" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1894" spans="1:3">
+      <c r="A1894" s="1" t="inlineStr">
+        <is>
+          <t>9786052581551</t>
+        </is>
+      </c>
+      <c r="B1894" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Ali Ayni'de Dini ve Felsefi Düşünce</t>
+        </is>
+      </c>
+      <c r="C1894" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1895" spans="1:3">
+      <c r="A1895" s="1" t="inlineStr">
+        <is>
+          <t>9786052580783</t>
+        </is>
+      </c>
+      <c r="B1895" s="1" t="inlineStr">
+        <is>
+          <t>Beden Eğitimi Öğretmenlerinin Başarı Algılarında Yordayıcı Olarak Akademik İyimserlik, Psikolojik İyi Oluş ve Fiziksel Saygı</t>
+        </is>
+      </c>
+      <c r="C1895" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1896" spans="1:3">
+      <c r="A1896" s="1" t="inlineStr">
+        <is>
+          <t>9786052580882</t>
+        </is>
+      </c>
+      <c r="B1896" s="1" t="inlineStr">
+        <is>
+          <t>Finansal Yatırımlarda Model Oluşturma</t>
+        </is>
+      </c>
+      <c r="C1896" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1897" spans="1:3">
+      <c r="A1897" s="1" t="inlineStr">
+        <is>
+          <t>9786052580905</t>
+        </is>
+      </c>
+      <c r="B1897" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Menkul Kıymetler Borsası'nda (İMKB) İşlem Gören Gıda Sektörü Şirketlerinin Finansal Performansının Ölçülmesi ve Özsermaye Karlılığını Etkileyen Faktörlerin Belirlenmesi</t>
+        </is>
+      </c>
+      <c r="C1897" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1898" spans="1:3">
+      <c r="A1898" s="1" t="inlineStr">
+        <is>
+          <t>9786052581452</t>
+        </is>
+      </c>
+      <c r="B1898" s="1" t="inlineStr">
+        <is>
+          <t>Kilikya Ermenileri 2 Kale, 2 Sülale</t>
+        </is>
+      </c>
+      <c r="C1898" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1899" spans="1:3">
+      <c r="A1899" s="1" t="inlineStr">
+        <is>
+          <t>9786052580318</t>
+        </is>
+      </c>
+      <c r="B1899" s="1" t="inlineStr">
+        <is>
+          <t>Kamu Hizmeti Motivasyonu</t>
+        </is>
+      </c>
+      <c r="C1899" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1900" spans="1:3">
+      <c r="A1900" s="1" t="inlineStr">
+        <is>
+          <t>9786052580400</t>
+        </is>
+      </c>
+      <c r="B1900" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Diplomasi</t>
+        </is>
+      </c>
+      <c r="C1900" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1901" spans="1:3">
+      <c r="A1901" s="1" t="inlineStr">
+        <is>
+          <t>9786052580349</t>
+        </is>
+      </c>
+      <c r="B1901" s="1" t="inlineStr">
+        <is>
+          <t>Analize Giriş Cilt 1</t>
+        </is>
+      </c>
+      <c r="C1901" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1902" spans="1:3">
+      <c r="A1902" s="1" t="inlineStr">
+        <is>
+          <t>9786052396940</t>
+        </is>
+      </c>
+      <c r="B1902" s="1" t="inlineStr">
+        <is>
+          <t>Liberal ve Marksist Özgürlük Anlayışlarının Karşılaştırılması</t>
+        </is>
+      </c>
+      <c r="C1902" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1903" spans="1:3">
+      <c r="A1903" s="1" t="inlineStr">
+        <is>
+          <t>9786052396704</t>
+        </is>
+      </c>
+      <c r="B1903" s="1" t="inlineStr">
+        <is>
+          <t>Gençlerde Madde Kullanımının Önlenmesi</t>
+        </is>
+      </c>
+      <c r="C1903" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="1904" spans="1:3">
+      <c r="A1904" s="1" t="inlineStr">
+        <is>
+          <t>9786059354158</t>
+        </is>
+      </c>
+      <c r="B1904" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Pazarlama</t>
+        </is>
+      </c>
+      <c r="C1904" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1905" spans="1:3">
+      <c r="A1905" s="1" t="inlineStr">
+        <is>
+          <t>9786059354349</t>
+        </is>
+      </c>
+      <c r="B1905" s="1" t="inlineStr">
+        <is>
+          <t>Türk Toplum Yapısına Uygunluğu Bakımından Bireycilik ve Özel Girişimciliğin Değerlendirilmesi</t>
+        </is>
+      </c>
+      <c r="C1905" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1906" spans="1:3">
+      <c r="A1906" s="1" t="inlineStr">
+        <is>
+          <t>9786059354141</t>
+        </is>
+      </c>
+      <c r="B1906" s="1" t="inlineStr">
+        <is>
+          <t>Politik Pazarlamada Kişisel Marka</t>
+        </is>
+      </c>
+      <c r="C1906" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1907" spans="1:3">
+      <c r="A1907" s="1" t="inlineStr">
+        <is>
+          <t>9786052580370</t>
+        </is>
+      </c>
+      <c r="B1907" s="1" t="inlineStr">
+        <is>
+          <t>Kanatlı Kesimhanelerinde Üretime Bağlı Hatalar ve Alınması Gereken Tedbirler</t>
+        </is>
+      </c>
+      <c r="C1907" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1908" spans="1:3">
+      <c r="A1908" s="1" t="inlineStr">
+        <is>
+          <t>9786057853387</t>
+        </is>
+      </c>
+      <c r="B1908" s="1" t="inlineStr">
+        <is>
+          <t>Göğüs Hastalıkları</t>
+        </is>
+      </c>
+      <c r="C1908" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1909" spans="1:3">
+      <c r="A1909" s="1" t="inlineStr">
+        <is>
+          <t>9786052580363</t>
+        </is>
+      </c>
+      <c r="B1909" s="1" t="inlineStr">
+        <is>
+          <t>Et Ürünlerinde Farklı Hayvan Türlerine Ait Etlerin Belirlenme Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1909" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1910" spans="1:3">
+      <c r="A1910" s="1" t="inlineStr">
+        <is>
+          <t>9786052580417</t>
+        </is>
+      </c>
+      <c r="B1910" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Oyun, Doğaçlama ve Tiyatro</t>
+        </is>
+      </c>
+      <c r="C1910" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1911" spans="1:3">
+      <c r="A1911" s="1" t="inlineStr">
+        <is>
+          <t>9786058155053</t>
+        </is>
+      </c>
+      <c r="B1911" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizm, Devlet, Sağlık ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C1911" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1912" spans="1:3">
+      <c r="A1912" s="1" t="inlineStr">
+        <is>
+          <t>9786052396629</t>
+        </is>
+      </c>
+      <c r="B1912" s="1" t="inlineStr">
+        <is>
+          <t>Dil Gelişimi Dil Gecikmesi</t>
+        </is>
+      </c>
+      <c r="C1912" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1913" spans="1:3">
+      <c r="A1913" s="1" t="inlineStr">
+        <is>
+          <t>9786052396612</t>
+        </is>
+      </c>
+      <c r="B1913" s="1" t="inlineStr">
+        <is>
+          <t>Çabuk Kuvvet ve Kuvvette Devamlılık Antrenman Metodlarının Erkek Basketbolculardaki Bazı Teknik, Motorik Özelliklere ve Kas Hasarına Etkisi</t>
+        </is>
+      </c>
+      <c r="C1913" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1914" spans="1:3">
+      <c r="A1914" s="1" t="inlineStr">
+        <is>
+          <t>9786052396742</t>
+        </is>
+      </c>
+      <c r="B1914" s="1" t="inlineStr">
+        <is>
+          <t>Safia Prensesin Sarı Günlüğü</t>
+        </is>
+      </c>
+      <c r="C1914" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="1915" spans="1:3">
+      <c r="A1915" s="1" t="inlineStr">
+        <is>
+          <t>9786052396605</t>
+        </is>
+      </c>
+      <c r="B1915" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojinin Tarihsel Artalanı</t>
+        </is>
+      </c>
+      <c r="C1915" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1916" spans="1:3">
+      <c r="A1916" s="1" t="inlineStr">
+        <is>
+          <t>9786052396650</t>
+        </is>
+      </c>
+      <c r="B1916" s="1" t="inlineStr">
+        <is>
+          <t>Her Yaş İçin Spor Hemsball</t>
+        </is>
+      </c>
+      <c r="C1916" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1917" spans="1:3">
+      <c r="A1917" s="1" t="inlineStr">
+        <is>
+          <t>9786052396681</t>
+        </is>
+      </c>
+      <c r="B1917" s="1" t="inlineStr">
+        <is>
+          <t>Bilinçli Annelik Mutlu Anneliktir</t>
+        </is>
+      </c>
+      <c r="C1917" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1918" spans="1:3">
+      <c r="A1918" s="1" t="inlineStr">
+        <is>
+          <t>9786052396735</t>
+        </is>
+      </c>
+      <c r="B1918" s="1" t="inlineStr">
+        <is>
+          <t>Varda Körprüsü ve Nicholas Mavrogordato Efendi</t>
+        </is>
+      </c>
+      <c r="C1918" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1919" spans="1:3">
+      <c r="A1919" s="1" t="inlineStr">
+        <is>
+          <t>9786052396711</t>
+        </is>
+      </c>
+      <c r="B1919" s="1" t="inlineStr">
+        <is>
+          <t>Günleri Unuttuğum Zamanlar</t>
+        </is>
+      </c>
+      <c r="C1919" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1920" spans="1:3">
+      <c r="A1920" s="1" t="inlineStr">
+        <is>
+          <t>9786059942591</t>
+        </is>
+      </c>
+      <c r="B1920" s="1" t="inlineStr">
+        <is>
+          <t>Yoğun Bakım</t>
+        </is>
+      </c>
+      <c r="C1920" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1921" spans="1:3">
+      <c r="A1921" s="1" t="inlineStr">
+        <is>
+          <t>9786059354288</t>
+        </is>
+      </c>
+      <c r="B1921" s="1" t="inlineStr">
+        <is>
+          <t>Bankacılık Krizlerinin Erken Uyarı Sinyalleri</t>
+        </is>
+      </c>
+      <c r="C1921" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1922" spans="1:3">
+      <c r="A1922" s="1" t="inlineStr">
+        <is>
+          <t>9786059942232</t>
+        </is>
+      </c>
+      <c r="B1922" s="1" t="inlineStr">
+        <is>
+          <t>Çalışma Mı Çatışma Mı?</t>
+        </is>
+      </c>
+      <c r="C1922" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1923" spans="1:3">
+      <c r="A1923" s="1" t="inlineStr">
+        <is>
+          <t>9786059354271</t>
+        </is>
+      </c>
+      <c r="B1923" s="1" t="inlineStr">
+        <is>
+          <t>Balıklarda Yaş Tayini (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1923" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1924" spans="1:3">
+      <c r="A1924" s="1" t="inlineStr">
+        <is>
+          <t>9786059354721</t>
+        </is>
+      </c>
+      <c r="B1924" s="1" t="inlineStr">
+        <is>
+          <t>Yeryüzü Masalı</t>
+        </is>
+      </c>
+      <c r="C1924" s="1">
+        <v>206.25</v>
+      </c>
+    </row>
+    <row r="1925" spans="1:3">
+      <c r="A1925" s="1" t="inlineStr">
+        <is>
+          <t>9786059354608</t>
+        </is>
+      </c>
+      <c r="B1925" s="1" t="inlineStr">
+        <is>
+          <t>Kuka'nın Dişi Yerinden Çıktı</t>
+        </is>
+      </c>
+      <c r="C1925" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1926" spans="1:3">
+      <c r="A1926" s="1" t="inlineStr">
+        <is>
+          <t>9786059354745</t>
+        </is>
+      </c>
+      <c r="B1926" s="1" t="inlineStr">
+        <is>
+          <t>Adana Taş Köprü</t>
+        </is>
+      </c>
+      <c r="C1926" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1927" spans="1:3">
+      <c r="A1927" s="1" t="inlineStr">
+        <is>
+          <t>9786059354752</t>
+        </is>
+      </c>
+      <c r="B1927" s="1" t="inlineStr">
+        <is>
+          <t>Adana Efsaneleri</t>
+        </is>
+      </c>
+      <c r="C1927" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1928" spans="1:3">
+      <c r="A1928" s="1" t="inlineStr">
+        <is>
+          <t>9786059354707</t>
+        </is>
+      </c>
+      <c r="B1928" s="1" t="inlineStr">
+        <is>
+          <t>Bilmecelere Gizlenmiş Türkçe</t>
+        </is>
+      </c>
+      <c r="C1928" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1929" spans="1:3">
+      <c r="A1929" s="1" t="inlineStr">
+        <is>
+          <t>9786059354875</t>
+        </is>
+      </c>
+      <c r="B1929" s="1" t="inlineStr">
+        <is>
+          <t>Görsellerle Hastalıklar 2017</t>
+        </is>
+      </c>
+      <c r="C1929" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1930" spans="1:3">
+      <c r="A1930" s="1" t="inlineStr">
+        <is>
+          <t>9786059942393</t>
+        </is>
+      </c>
+      <c r="B1930" s="1" t="inlineStr">
+        <is>
+          <t>Futbol ve Beklenti</t>
+        </is>
+      </c>
+      <c r="C1930" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1931" spans="1:3">
+      <c r="A1931" s="1" t="inlineStr">
+        <is>
+          <t>9786059354844</t>
+        </is>
+      </c>
+      <c r="B1931" s="1" t="inlineStr">
+        <is>
+          <t>Aynadaki Kuşlar</t>
+        </is>
+      </c>
+      <c r="C1931" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1932" spans="1:3">
+      <c r="A1932" s="1" t="inlineStr">
+        <is>
+          <t>9786059354905</t>
+        </is>
+      </c>
+      <c r="B1932" s="1" t="inlineStr">
+        <is>
+          <t>Acilde Sözün Demi</t>
+        </is>
+      </c>
+      <c r="C1932" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1933" spans="1:3">
+      <c r="A1933" s="1" t="inlineStr">
+        <is>
+          <t>9786059354578</t>
+        </is>
+      </c>
+      <c r="B1933" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Dış Ticaretinde Yapısal Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C1933" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1934" spans="1:3">
+      <c r="A1934" s="1" t="inlineStr">
+        <is>
+          <t>9786059354554</t>
+        </is>
+      </c>
+      <c r="B1934" s="1" t="inlineStr">
+        <is>
+          <t>Bağımsız Denetim Kuruluşu Değişikliklerini Etkileyen Faktörlerin Belirlenmesi Üzerine Bir Araştırma</t>
+        </is>
+      </c>
+      <c r="C1934" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1935" spans="1:3">
+      <c r="A1935" s="1" t="inlineStr">
+        <is>
+          <t>9786059354530</t>
+        </is>
+      </c>
+      <c r="B1935" s="1" t="inlineStr">
+        <is>
+          <t>Negatif Örgütsel Davranış</t>
+        </is>
+      </c>
+      <c r="C1935" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1936" spans="1:3">
+      <c r="A1936" s="1" t="inlineStr">
+        <is>
+          <t>9786059354523</t>
+        </is>
+      </c>
+      <c r="B1936" s="1" t="inlineStr">
+        <is>
+          <t>Kalman Filtresi</t>
+        </is>
+      </c>
+      <c r="C1936" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1937" spans="1:3">
+      <c r="A1937" s="1" t="inlineStr">
+        <is>
+          <t>9786059942911</t>
+        </is>
+      </c>
+      <c r="B1937" s="1" t="inlineStr">
+        <is>
+          <t>Adana</t>
+        </is>
+      </c>
+      <c r="C1937" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="1938" spans="1:3">
+      <c r="A1938" s="1" t="inlineStr">
+        <is>
+          <t>9786052396780</t>
+        </is>
+      </c>
+      <c r="B1938" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlılığı Kontrol Etme Sanatı</t>
+        </is>
+      </c>
+      <c r="C1938" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="1939" spans="1:3">
+      <c r="A1939" s="1" t="inlineStr">
+        <is>
+          <t>9786052396759</t>
+        </is>
+      </c>
+      <c r="B1939" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcılık</t>
+        </is>
+      </c>
+      <c r="C1939" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1940" spans="1:3">
+      <c r="A1940" s="1" t="inlineStr">
+        <is>
+          <t>9786052396773</t>
+        </is>
+      </c>
+      <c r="B1940" s="1" t="inlineStr">
+        <is>
+          <t>Taraftar Stadyumdan Ne İster?</t>
+        </is>
+      </c>
+      <c r="C1940" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1941" spans="1:3">
+      <c r="A1941" s="1" t="inlineStr">
+        <is>
+          <t>9786052396834</t>
+        </is>
+      </c>
+      <c r="B1941" s="1" t="inlineStr">
+        <is>
+          <t>Çukurova Gavurdağı Tarihi ve Türkmenleri</t>
+        </is>
+      </c>
+      <c r="C1941" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1942" spans="1:3">
+      <c r="A1942" s="1" t="inlineStr">
+        <is>
+          <t>9786059942881</t>
+        </is>
+      </c>
+      <c r="B1942" s="1" t="inlineStr">
+        <is>
+          <t>Acilin Öyküsü 2015</t>
+        </is>
+      </c>
+      <c r="C1942" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="1943" spans="1:3">
+      <c r="A1943" s="1" t="inlineStr">
+        <is>
+          <t>9786059354943</t>
+        </is>
+      </c>
+      <c r="B1943" s="1" t="inlineStr">
+        <is>
+          <t>Didem Bekiroğlu ile Bale Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C1943" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1944" spans="1:3">
+      <c r="A1944" s="1" t="inlineStr">
+        <is>
+          <t>9786052396155</t>
+        </is>
+      </c>
+      <c r="B1944" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Olan Trend Yaratır</t>
+        </is>
+      </c>
+      <c r="C1944" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1945" spans="1:3">
+      <c r="A1945" s="1" t="inlineStr">
+        <is>
+          <t>9786052396063</t>
+        </is>
+      </c>
+      <c r="B1945" s="1" t="inlineStr">
+        <is>
+          <t>Acilin Öyküsü 2017</t>
+        </is>
+      </c>
+      <c r="C1945" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="1946" spans="1:3">
+      <c r="A1946" s="1" t="inlineStr">
+        <is>
+          <t>9786059942010</t>
+        </is>
+      </c>
+      <c r="B1946" s="1" t="inlineStr">
+        <is>
+          <t>Su Kirliliği</t>
+        </is>
+      </c>
+      <c r="C1946" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1947" spans="1:3">
+      <c r="A1947" s="1" t="inlineStr">
+        <is>
+          <t>9786052396766</t>
+        </is>
+      </c>
+      <c r="B1947" s="1" t="inlineStr">
+        <is>
+          <t>Uzlaştırmacı Sınavı</t>
+        </is>
+      </c>
+      <c r="C1947" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1948" spans="1:3">
+      <c r="A1948" s="1" t="inlineStr">
+        <is>
+          <t>9786059942430</t>
+        </is>
+      </c>
+      <c r="B1948" s="1" t="inlineStr">
+        <is>
+          <t>Temel Proloterapi El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1948" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1949" spans="1:3">
+      <c r="A1949" s="1" t="inlineStr">
+        <is>
+          <t>9786059354561</t>
+        </is>
+      </c>
+      <c r="B1949" s="1" t="inlineStr">
+        <is>
+          <t>Ölümün Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C1949" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1950" spans="1:3">
+      <c r="A1950" s="1" t="inlineStr">
+        <is>
+          <t>9786059942812</t>
+        </is>
+      </c>
+      <c r="B1950" s="1" t="inlineStr">
+        <is>
+          <t>Tavus Kuşu</t>
+        </is>
+      </c>
+      <c r="C1950" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1951" spans="1:3">
+      <c r="A1951" s="1" t="inlineStr">
+        <is>
+          <t>9786052396551</t>
+        </is>
+      </c>
+      <c r="B1951" s="1" t="inlineStr">
+        <is>
+          <t>İlk Kurşun</t>
+        </is>
+      </c>
+      <c r="C1951" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1952" spans="1:3">
+      <c r="A1952" s="1" t="inlineStr">
+        <is>
+          <t>9786052396513</t>
+        </is>
+      </c>
+      <c r="B1952" s="1" t="inlineStr">
+        <is>
+          <t>Ruhsal ve Hukuki Yönleriyle Çocuk İstismarı</t>
+        </is>
+      </c>
+      <c r="C1952" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1953" spans="1:3">
+      <c r="A1953" s="1" t="inlineStr">
+        <is>
+          <t>9786059354509</t>
+        </is>
+      </c>
+      <c r="B1953" s="1" t="inlineStr">
+        <is>
+          <t>Temel İş Sağlığı ve Güvenliği Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1953" s="1">
+        <v>812.5</v>
+      </c>
+    </row>
+    <row r="1954" spans="1:3">
+      <c r="A1954" s="1" t="inlineStr">
+        <is>
+          <t>9786059942386</t>
+        </is>
+      </c>
+      <c r="B1954" s="1" t="inlineStr">
+        <is>
+          <t>Kamu Politikası Modelinin Doğuşu ve Gelişmesi</t>
+        </is>
+      </c>
+      <c r="C1954" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1955" spans="1:3">
+      <c r="A1955" s="1" t="inlineStr">
+        <is>
+          <t>9786059942317</t>
+        </is>
+      </c>
+      <c r="B1955" s="1" t="inlineStr">
+        <is>
+          <t>İmgelerle Hastalıklar</t>
+        </is>
+      </c>
+      <c r="C1955" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="1956" spans="1:3">
+      <c r="A1956" s="1" t="inlineStr">
+        <is>
+          <t>9786059942331</t>
+        </is>
+      </c>
+      <c r="B1956" s="1" t="inlineStr">
+        <is>
+          <t>Barış ve Adalet İçin Kırmızı Türkler</t>
+        </is>
+      </c>
+      <c r="C1956" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1957" spans="1:3">
+      <c r="A1957" s="1" t="inlineStr">
+        <is>
+          <t>9786059942539</t>
+        </is>
+      </c>
+      <c r="B1957" s="1" t="inlineStr">
+        <is>
+          <t>Engellilerde Cinsel Gelişim ve Cinsel Eğitim Programları</t>
+        </is>
+      </c>
+      <c r="C1957" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1958" spans="1:3">
+      <c r="A1958" s="1" t="inlineStr">
+        <is>
+          <t>9786059942348</t>
+        </is>
+      </c>
+      <c r="B1958" s="1" t="inlineStr">
+        <is>
+          <t>Pazarlama Fiyat Davranışsal Bir Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C1958" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1959" spans="1:3">
+      <c r="A1959" s="1" t="inlineStr">
+        <is>
+          <t>9786059942263</t>
+        </is>
+      </c>
+      <c r="B1959" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Vatandaşlık Davranışı</t>
+        </is>
+      </c>
+      <c r="C1959" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1960" spans="1:3">
+      <c r="A1960" s="1" t="inlineStr">
+        <is>
+          <t>9786052396186</t>
+        </is>
+      </c>
+      <c r="B1960" s="1" t="inlineStr">
+        <is>
+          <t>Hentbolda 1500 Alıştırma</t>
+        </is>
+      </c>
+      <c r="C1960" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1961" spans="1:3">
+      <c r="A1961" s="1" t="inlineStr">
+        <is>
+          <t>9786059354738</t>
+        </is>
+      </c>
+      <c r="B1961" s="1" t="inlineStr">
+        <is>
+          <t>Sahneden Söze Düşenler</t>
+        </is>
+      </c>
+      <c r="C1961" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1962" spans="1:3">
+      <c r="A1962" s="1" t="inlineStr">
+        <is>
+          <t>9786059354615</t>
+        </is>
+      </c>
+      <c r="B1962" s="1" t="inlineStr">
+        <is>
+          <t>Sinek ve Adam</t>
+        </is>
+      </c>
+      <c r="C1962" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1963" spans="1:3">
+      <c r="A1963" s="1" t="inlineStr">
+        <is>
+          <t>9786059354547</t>
+        </is>
+      </c>
+      <c r="B1963" s="1" t="inlineStr">
+        <is>
+          <t>Çözümlü Pratik Problemlerle Isı İletimi</t>
+        </is>
+      </c>
+      <c r="C1963" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1964" spans="1:3">
+      <c r="A1964" s="1" t="inlineStr">
+        <is>
+          <t>9786059942652</t>
+        </is>
+      </c>
+      <c r="B1964" s="1" t="inlineStr">
+        <is>
+          <t>Profesyonel Satış Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1964" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1965" spans="1:3">
+      <c r="A1965" s="1" t="inlineStr">
+        <is>
+          <t>9786059942904</t>
+        </is>
+      </c>
+      <c r="B1965" s="1" t="inlineStr">
+        <is>
+          <t>Evvel Zaman İçinde Adana</t>
+        </is>
+      </c>
+      <c r="C1965" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1966" spans="1:3">
+      <c r="A1966" s="1" t="inlineStr">
+        <is>
+          <t>9786059354233</t>
+        </is>
+      </c>
+      <c r="B1966" s="1" t="inlineStr">
+        <is>
+          <t>Hematolojide Sözün Demi</t>
+        </is>
+      </c>
+      <c r="C1966" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1967" spans="1:3">
+      <c r="A1967" s="1" t="inlineStr">
+        <is>
+          <t>9786059354202</t>
+        </is>
+      </c>
+      <c r="B1967" s="1" t="inlineStr">
+        <is>
+          <t>Acilin Öyküsü 2016</t>
+        </is>
+      </c>
+      <c r="C1967" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="1968" spans="1:3">
+      <c r="A1968" s="1" t="inlineStr">
+        <is>
+          <t>9786059942799</t>
+        </is>
+      </c>
+      <c r="B1968" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık ve İletişim Öyküleri</t>
+        </is>
+      </c>
+      <c r="C1968" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="1969" spans="1:3">
+      <c r="A1969" s="1" t="inlineStr">
+        <is>
+          <t>9786059942836</t>
+        </is>
+      </c>
+      <c r="B1969" s="1" t="inlineStr">
+        <is>
+          <t>Örgütlerde İstenmeyen Davranışlar</t>
+        </is>
+      </c>
+      <c r="C1969" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1970" spans="1:3">
+      <c r="A1970" s="1" t="inlineStr">
+        <is>
+          <t>9786054649563</t>
+        </is>
+      </c>
+      <c r="B1970" s="1" t="inlineStr">
+        <is>
+          <t>Nabı Hayrabat</t>
+        </is>
+      </c>
+      <c r="C1970" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1971" spans="1:3">
+      <c r="A1971" s="1" t="inlineStr">
+        <is>
+          <t>9786059942409</t>
+        </is>
+      </c>
+      <c r="B1971" s="1" t="inlineStr">
+        <is>
+          <t>Hızrı Münazara-i Tig ü Kalem</t>
+        </is>
+      </c>
+      <c r="C1971" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1972" spans="1:3">
+      <c r="A1972" s="1" t="inlineStr">
+        <is>
+          <t>9786054649969</t>
+        </is>
+      </c>
+      <c r="B1972" s="1" t="inlineStr">
+        <is>
+          <t>Limnoloji - İç Sular Bilimi</t>
+        </is>
+      </c>
+      <c r="C1972" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1973" spans="1:3">
+      <c r="A1973" s="1" t="inlineStr">
+        <is>
+          <t>9786059942522</t>
+        </is>
+      </c>
+      <c r="B1973" s="1" t="inlineStr">
+        <is>
+          <t>Lokman Hekim Öyküleri Seyhan</t>
+        </is>
+      </c>
+      <c r="C1973" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="1974" spans="1:3">
+      <c r="A1974" s="1" t="inlineStr">
+        <is>
+          <t>9786059942270</t>
+        </is>
+      </c>
+      <c r="B1974" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimlerine Giriş</t>
+        </is>
+      </c>
+      <c r="C1974" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="1975" spans="1:3">
+      <c r="A1975" s="1" t="inlineStr">
+        <is>
+          <t>9786059942713</t>
+        </is>
+      </c>
+      <c r="B1975" s="1" t="inlineStr">
+        <is>
+          <t>Sahibinden Diyabet Öyküleri</t>
+        </is>
+      </c>
+      <c r="C1975" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="1976" spans="1:3">
+      <c r="A1976" s="1" t="inlineStr">
+        <is>
+          <t>9786054649976</t>
+        </is>
+      </c>
+      <c r="B1976" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Oyunları - Çift Terapisi İle Cinsel Terapiyi Bütünleştiren Egzersizler</t>
+        </is>
+      </c>
+      <c r="C1976" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1977" spans="1:3">
+      <c r="A1977" s="1" t="inlineStr">
+        <is>
+          <t>9786059945287</t>
+        </is>
+      </c>
+      <c r="B1977" s="1" t="inlineStr">
+        <is>
+          <t>Pozantı'da Adana Sayfiye Yaylacılığı ve Turizm Potansiyeli</t>
+        </is>
+      </c>
+      <c r="C1977" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1978" spans="1:3">
+      <c r="A1978" s="1" t="inlineStr">
+        <is>
+          <t>9786054649044</t>
+        </is>
+      </c>
+      <c r="B1978" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamın İzleri</t>
+        </is>
+      </c>
+      <c r="C1978" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="1979" spans="1:3">
+      <c r="A1979" s="1" t="inlineStr">
+        <is>
+          <t>9786054649990</t>
+        </is>
+      </c>
+      <c r="B1979" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı Yaşam İçin Erken Tanı Rehberi (Korku Değil Bilmek Seni Yaşatır)</t>
+        </is>
+      </c>
+      <c r="C1979" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="1980" spans="1:3">
+      <c r="A1980" s="1" t="inlineStr">
+        <is>
+          <t>9786059942683</t>
+        </is>
+      </c>
+      <c r="B1980" s="1" t="inlineStr">
+        <is>
+          <t>Pozitif Örgütsel Davranış</t>
+        </is>
+      </c>
+      <c r="C1980" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1981" spans="1:3">
+      <c r="A1981" s="1" t="inlineStr">
+        <is>
+          <t>9786059942553</t>
+        </is>
+      </c>
+      <c r="B1981" s="1" t="inlineStr">
+        <is>
+          <t>Tavşan Cino'nun Dişi Ağrıyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1981" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1982" spans="1:3">
+      <c r="A1982" s="1" t="inlineStr">
+        <is>
+          <t>9786059942478</t>
+        </is>
+      </c>
+      <c r="B1982" s="1" t="inlineStr">
+        <is>
+          <t>Spora Evet Şiddete Hayır</t>
+        </is>
+      </c>
+      <c r="C1982" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1983" spans="1:3">
+      <c r="A1983" s="1" t="inlineStr">
+        <is>
+          <t>9786054649952</t>
+        </is>
+      </c>
+      <c r="B1983" s="1" t="inlineStr">
+        <is>
+          <t>Academic YDS İngilizce Hazırlık Kitabı</t>
+        </is>
+      </c>
+      <c r="C1983" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1984" spans="1:3">
+      <c r="A1984" s="1" t="inlineStr">
+        <is>
+          <t>9786054649983</t>
+        </is>
+      </c>
+      <c r="B1984" s="1" t="inlineStr">
+        <is>
+          <t>Etkileşimsel Söylem - çözümleme yaklaşımları-uygulamalar</t>
+        </is>
+      </c>
+      <c r="C1984" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1985" spans="1:3">
+      <c r="A1985" s="1" t="inlineStr">
+        <is>
+          <t>9786059942225</t>
+        </is>
+      </c>
+      <c r="B1985" s="1" t="inlineStr">
+        <is>
+          <t>Temel Tasarım ve Tasarım İlkeleri</t>
+        </is>
+      </c>
+      <c r="C1985" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1986" spans="1:3">
+      <c r="A1986" s="1" t="inlineStr">
+        <is>
+          <t>9786059942560</t>
+        </is>
+      </c>
+      <c r="B1986" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Tarihinde Yapılan Milli Eğitim Şuraları ve Uygulamaları 1939 - 1960</t>
+        </is>
+      </c>
+      <c r="C1986" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1987" spans="1:3">
+      <c r="A1987" s="1" t="inlineStr">
+        <is>
+          <t>9786059942362</t>
+        </is>
+      </c>
+      <c r="B1987" s="1" t="inlineStr">
+        <is>
+          <t>Acilin Öyküsü</t>
+        </is>
+      </c>
+      <c r="C1987" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1988" spans="1:3">
+      <c r="A1988" s="1" t="inlineStr">
+        <is>
+          <t>9786059942515</t>
+        </is>
+      </c>
+      <c r="B1988" s="1" t="inlineStr">
+        <is>
+          <t>Lokman Hekim Öyküleri - Misis</t>
+        </is>
+      </c>
+      <c r="C1988" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="1989" spans="1:3">
+      <c r="A1989" s="1" t="inlineStr">
+        <is>
+          <t>9786059942485</t>
+        </is>
+      </c>
+      <c r="B1989" s="1" t="inlineStr">
+        <is>
+          <t>Şiddete Beyaz İsyan</t>
+        </is>
+      </c>
+      <c r="C1989" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="1990" spans="1:3">
+      <c r="A1990" s="1" t="inlineStr">
+        <is>
+          <t>9786059942096</t>
+        </is>
+      </c>
+      <c r="B1990" s="1" t="inlineStr">
+        <is>
+          <t>Uzman Yorumuyla Hastalık Hikayem - Geçmiş Olsun</t>
+        </is>
+      </c>
+      <c r="C1990" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="1991" spans="1:3">
+      <c r="A1991" s="1" t="inlineStr">
+        <is>
+          <t>9786059942102</t>
+        </is>
+      </c>
+      <c r="B1991" s="1" t="inlineStr">
+        <is>
+          <t>Uzman Yorumuyla Hastalık Hikayem - Şifa Olsun</t>
+        </is>
+      </c>
+      <c r="C1991" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="1992" spans="1:3">
+      <c r="A1992" s="1" t="inlineStr">
+        <is>
+          <t>9786054649747</t>
+        </is>
+      </c>
+      <c r="B1992" s="1" t="inlineStr">
+        <is>
+          <t>Vergi Uyumu - Türkiye ve Dünyada Güncel Gelişmeler</t>
+        </is>
+      </c>
+      <c r="C1992" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="1993" spans="1:3">
+      <c r="A1993" s="1" t="inlineStr">
+        <is>
+          <t>9786059942126</t>
+        </is>
+      </c>
+      <c r="B1993" s="1" t="inlineStr">
+        <is>
+          <t>Tasarımda Plastik Ögeler ve Plastik Sanatlar</t>
+        </is>
+      </c>
+      <c r="C1993" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1994" spans="1:3">
+      <c r="A1994" s="1" t="inlineStr">
+        <is>
+          <t>9786059942508</t>
+        </is>
+      </c>
+      <c r="B1994" s="1" t="inlineStr">
+        <is>
+          <t>Merkez Bankası Para Politikası Stratejileri</t>
+        </is>
+      </c>
+      <c r="C1994" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="1995" spans="1:3">
+      <c r="A1995" s="1" t="inlineStr">
+        <is>
+          <t>9786059942249</t>
+        </is>
+      </c>
+      <c r="B1995" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Hekimi Gözüyle Hastalık Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C1995" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="1996" spans="1:3">
+      <c r="A1996" s="1" t="inlineStr">
+        <is>
+          <t>9786059942171</t>
+        </is>
+      </c>
+      <c r="B1996" s="1" t="inlineStr">
+        <is>
+          <t>Kurtarılmış Ada Kıbrıs - 1974 Barış Harekatı</t>
+        </is>
+      </c>
+      <c r="C1996" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1997" spans="1:3">
+      <c r="A1997" s="1" t="inlineStr">
+        <is>
+          <t>9786059942300</t>
+        </is>
+      </c>
+      <c r="B1997" s="1" t="inlineStr">
+        <is>
+          <t>Eczacılık İşletmeciliği</t>
+        </is>
+      </c>
+      <c r="C1997" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1998" spans="1:3">
+      <c r="A1998" s="1" t="inlineStr">
+        <is>
+          <t>9786257409490</t>
+        </is>
+      </c>
+      <c r="B1998" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomik Büyüme ve Demokrasi Bağlamında Çevre Sorunlarına Bakış Teori ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C1998" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="1999" spans="1:3">
+      <c r="A1999" s="1" t="inlineStr">
+        <is>
+          <t>3990000025817</t>
+        </is>
+      </c>
+      <c r="B1999" s="1" t="inlineStr">
+        <is>
+          <t>ÖTV (1) Sayılı Liste</t>
+        </is>
+      </c>
+      <c r="C1999" s="1">
+        <v>19.91</v>
+      </c>
+    </row>
+    <row r="2000" spans="1:3">
+      <c r="A2000" s="1" t="inlineStr">
+        <is>
+          <t>9786052396384</t>
+        </is>
+      </c>
+      <c r="B2000" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Sözün Demi</t>
+        </is>
+      </c>
+      <c r="C2000" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2001" spans="1:3">
+      <c r="A2001" s="1" t="inlineStr">
+        <is>
+          <t>9786052396490</t>
+        </is>
+      </c>
+      <c r="B2001" s="1" t="inlineStr">
+        <is>
+          <t>Bir İhanet Bir Cinayet</t>
+        </is>
+      </c>
+      <c r="C2001" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2002" spans="1:3">
+      <c r="A2002" s="1" t="inlineStr">
+        <is>
+          <t>9786054649822</t>
+        </is>
+      </c>
+      <c r="B2002" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Stratejik İşbirlikleri</t>
+        </is>
+      </c>
+      <c r="C2002" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2003" spans="1:3">
+      <c r="A2003" s="1" t="inlineStr">
+        <is>
+          <t>9786054649761</t>
+        </is>
+      </c>
+      <c r="B2003" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Yoksulluk ve Gelir Dağılımı</t>
+        </is>
+      </c>
+      <c r="C2003" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2004" spans="1:3">
+      <c r="A2004" s="1" t="inlineStr">
+        <is>
+          <t>9786059354028</t>
+        </is>
+      </c>
+      <c r="B2004" s="1" t="inlineStr">
+        <is>
+          <t>İktisat Sosyolojisine Giriş</t>
+        </is>
+      </c>
+      <c r="C2004" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2005" spans="1:3">
+      <c r="A2005" s="1" t="inlineStr">
+        <is>
+          <t>9786059354097</t>
+        </is>
+      </c>
+      <c r="B2005" s="1" t="inlineStr">
+        <is>
+          <t>Keman Çalma Eğitiminde Sağ El Tekniği</t>
+        </is>
+      </c>
+      <c r="C2005" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="2006" spans="1:3">
+      <c r="A2006" s="1" t="inlineStr">
+        <is>
+          <t>9786059942843</t>
+        </is>
+      </c>
+      <c r="B2006" s="1" t="inlineStr">
+        <is>
+          <t>Kök'ten Değişen Hayatlar</t>
+        </is>
+      </c>
+      <c r="C2006" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="2007" spans="1:3">
+      <c r="A2007" s="1" t="inlineStr">
+        <is>
+          <t>9786054649792</t>
+        </is>
+      </c>
+      <c r="B2007" s="1" t="inlineStr">
+        <is>
+          <t>Dünya İş Kültürlerini Anlamak Avrupa Birliği Ülkeleri (2 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C2007" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="2008" spans="1:3">
+      <c r="A2008" s="1" t="inlineStr">
+        <is>
+          <t>9786053970460</t>
+        </is>
+      </c>
+      <c r="B2008" s="1" t="inlineStr">
+        <is>
+          <t>Klinik Hematoloji Atlası</t>
+        </is>
+      </c>
+      <c r="C2008" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2009" spans="1:3">
+      <c r="A2009" s="1" t="inlineStr">
+        <is>
+          <t>9786054649648</t>
+        </is>
+      </c>
+      <c r="B2009" s="1" t="inlineStr">
+        <is>
+          <t>Süt Sığırcılığı</t>
+        </is>
+      </c>
+      <c r="C2009" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2010" spans="1:3">
+      <c r="A2010" s="1" t="inlineStr">
+        <is>
+          <t>9786054649655</t>
+        </is>
+      </c>
+      <c r="B2010" s="1" t="inlineStr">
+        <is>
+          <t>Sığır Besiciliği</t>
+        </is>
+      </c>
+      <c r="C2010" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2011" spans="1:3">
+      <c r="A2011" s="1" t="inlineStr">
+        <is>
+          <t>9786052396292</t>
+        </is>
+      </c>
+      <c r="B2011" s="1" t="inlineStr">
+        <is>
+          <t>Sığır Davranışları ve Sürü Yönetimi</t>
+        </is>
+      </c>
+      <c r="C2011" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2012" spans="1:3">
+      <c r="A2012" s="1" t="inlineStr">
+        <is>
+          <t>9786059354929</t>
+        </is>
+      </c>
+      <c r="B2012" s="1" t="inlineStr">
+        <is>
+          <t>Kuka'nın Arakadaşının Gözü Tembel</t>
+        </is>
+      </c>
+      <c r="C2012" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2013" spans="1:3">
+      <c r="A2013" s="1" t="inlineStr">
+        <is>
+          <t>9786257409452</t>
+        </is>
+      </c>
+      <c r="B2013" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Girişimciliği</t>
+        </is>
+      </c>
+      <c r="C2013" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2014" spans="1:3">
+      <c r="A2014" s="1" t="inlineStr">
+        <is>
+          <t>9786257354868</t>
+        </is>
+      </c>
+      <c r="B2014" s="1" t="inlineStr">
+        <is>
+          <t>Covid-19 Pandemi Günlerinde İletişim</t>
+        </is>
+      </c>
+      <c r="C2014" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2015" spans="1:3">
+      <c r="A2015" s="1" t="inlineStr">
+        <is>
+          <t>9786257401470</t>
+        </is>
+      </c>
+      <c r="B2015" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana'da Evrenin Dili</t>
+        </is>
+      </c>
+      <c r="C2015" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2016" spans="1:3">
+      <c r="A2016" s="1" t="inlineStr">
+        <is>
+          <t>9786257275927</t>
+        </is>
+      </c>
+      <c r="B2016" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Taktiksel Yaratıcılık Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2016" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2017" spans="1:3">
+      <c r="A2017" s="1" t="inlineStr">
+        <is>
+          <t>9786054649358</t>
+        </is>
+      </c>
+      <c r="B2017" s="1" t="inlineStr">
+        <is>
+          <t>G.D.P Gelişim Destek Planı - "Anne-Baba Rehberi"</t>
+        </is>
+      </c>
+      <c r="C2017" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2018" spans="1:3">
+      <c r="A2018" s="1" t="inlineStr">
+        <is>
+          <t>9786054649297</t>
+        </is>
+      </c>
+      <c r="B2018" s="1" t="inlineStr">
+        <is>
+          <t>Laboratory Manual For Electronic Circuits</t>
+        </is>
+      </c>
+      <c r="C2018" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2019" spans="1:3">
+      <c r="A2019" s="1" t="inlineStr">
+        <is>
+          <t>9786054649471</t>
+        </is>
+      </c>
+      <c r="B2019" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk - Spor - Mekan ve Ergonomi</t>
+        </is>
+      </c>
+      <c r="C2019" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2020" spans="1:3">
+      <c r="A2020" s="1" t="inlineStr">
+        <is>
+          <t>9786053970385</t>
+        </is>
+      </c>
+      <c r="B2020" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Hastalarda Klinik Tanı</t>
+        </is>
+      </c>
+      <c r="C2020" s="1">
+        <v>69.44</v>
+      </c>
+    </row>
+    <row r="2021" spans="1:3">
+      <c r="A2021" s="1" t="inlineStr">
+        <is>
+          <t>9786058654709</t>
+        </is>
+      </c>
+      <c r="B2021" s="1" t="inlineStr">
+        <is>
+          <t>Göç Yolu Konakları - Şiirler</t>
+        </is>
+      </c>
+      <c r="C2021" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="2022" spans="1:3">
+      <c r="A2022" s="1" t="inlineStr">
+        <is>
+          <t>9786054649372</t>
+        </is>
+      </c>
+      <c r="B2022" s="1" t="inlineStr">
+        <is>
+          <t>Bir Mısra-ı Berceste Hevesiyle</t>
+        </is>
+      </c>
+      <c r="C2022" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2023" spans="1:3">
+      <c r="A2023" s="1" t="inlineStr">
+        <is>
+          <t>9786054649594</t>
+        </is>
+      </c>
+      <c r="B2023" s="1" t="inlineStr">
+        <is>
+          <t>Keçi Yetiştiriciliği</t>
+        </is>
+      </c>
+      <c r="C2023" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2024" spans="1:3">
+      <c r="A2024" s="1" t="inlineStr">
+        <is>
+          <t>9786054649556</t>
+        </is>
+      </c>
+      <c r="B2024" s="1" t="inlineStr">
+        <is>
+          <t>Artistik Anatomi</t>
+        </is>
+      </c>
+      <c r="C2024" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="2025" spans="1:3">
+      <c r="A2025" s="1" t="inlineStr">
+        <is>
+          <t>9786054649334</t>
+        </is>
+      </c>
+      <c r="B2025" s="1" t="inlineStr">
+        <is>
+          <t>Aşık Günay Yıldız Hayatı, Sanatı, Şiirleri, Atışmaları, Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C2025" s="1">
+        <v>30.09</v>
+      </c>
+    </row>
+    <row r="2026" spans="1:3">
+      <c r="A2026" s="1" t="inlineStr">
+        <is>
+          <t>3990000028469</t>
+        </is>
+      </c>
+      <c r="B2026" s="1" t="inlineStr">
+        <is>
+          <t>Bozdoğan Patoloji</t>
+        </is>
+      </c>
+      <c r="C2026" s="1">
+        <v>60.19</v>
+      </c>
+    </row>
+    <row r="2027" spans="1:3">
+      <c r="A2027" s="1" t="inlineStr">
+        <is>
+          <t>9789755670737</t>
+        </is>
+      </c>
+      <c r="B2027" s="1" t="inlineStr">
+        <is>
+          <t>FFD Monografları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2027" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2028" spans="1:3">
+      <c r="A2028" s="1" t="inlineStr">
+        <is>
+          <t>9786052396285</t>
+        </is>
+      </c>
+      <c r="B2028" s="1" t="inlineStr">
+        <is>
+          <t>Temel İşletmecilik Bilgisi</t>
+        </is>
+      </c>
+      <c r="C2028" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2029" spans="1:3">
+      <c r="A2029" s="1" t="inlineStr">
+        <is>
+          <t>9786059354455</t>
+        </is>
+      </c>
+      <c r="B2029" s="1" t="inlineStr">
+        <is>
+          <t>Hemşirelik Esasları Klinik Uygulama Rehberleri</t>
+        </is>
+      </c>
+      <c r="C2029" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2030" spans="1:3">
+      <c r="A2030" s="1" t="inlineStr">
+        <is>
+          <t>9786059354448</t>
+        </is>
+      </c>
+      <c r="B2030" s="1" t="inlineStr">
+        <is>
+          <t>Anne İngilizce Öğrenmek Çok Kolay</t>
+        </is>
+      </c>
+      <c r="C2030" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2031" spans="1:3">
+      <c r="A2031" s="1" t="inlineStr">
+        <is>
+          <t>9786059354462</t>
+        </is>
+      </c>
+      <c r="B2031" s="1" t="inlineStr">
+        <is>
+          <t>Kuka Çişini Tutuyor</t>
+        </is>
+      </c>
+      <c r="C2031" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2032" spans="1:3">
+      <c r="A2032" s="1" t="inlineStr">
+        <is>
+          <t>3990000022236</t>
+        </is>
+      </c>
+      <c r="B2032" s="1" t="inlineStr">
+        <is>
+          <t>Lives Changes From Stem to Stern 2016</t>
+        </is>
+      </c>
+      <c r="C2032" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2033" spans="1:3">
+      <c r="A2033" s="1" t="inlineStr">
+        <is>
+          <t>9786059942782</t>
+        </is>
+      </c>
+      <c r="B2033" s="1" t="inlineStr">
+        <is>
+          <t>Ucuz Romandaki Adam</t>
+        </is>
+      </c>
+      <c r="C2033" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="2034" spans="1:3">
+      <c r="A2034" s="1" t="inlineStr">
+        <is>
+          <t>9786059942775</t>
+        </is>
+      </c>
+      <c r="B2034" s="1" t="inlineStr">
+        <is>
+          <t>Çin Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C2034" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2035" spans="1:3">
+      <c r="A2035" s="1" t="inlineStr">
+        <is>
+          <t>9786059942492</t>
+        </is>
+      </c>
+      <c r="B2035" s="1" t="inlineStr">
+        <is>
+          <t>Kanıta Dayalı Rehberleriyle Tamamlayıcı ve Destekleyici Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C2035" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2036" spans="1:3">
+      <c r="A2036" s="1" t="inlineStr">
+        <is>
+          <t>9786059354103</t>
+        </is>
+      </c>
+      <c r="B2036" s="1" t="inlineStr">
+        <is>
+          <t>Keman Çalma Eğitiminde Sol El Tekniği</t>
+        </is>
+      </c>
+      <c r="C2036" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="2037" spans="1:3">
+      <c r="A2037" s="1" t="inlineStr">
+        <is>
+          <t>9786059942690</t>
+        </is>
+      </c>
+      <c r="B2037" s="1" t="inlineStr">
+        <is>
+          <t>Kulaktan Kulağa Dilden Dile Öyküler</t>
+        </is>
+      </c>
+      <c r="C2037" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="2038" spans="1:3">
+      <c r="A2038" s="1" t="inlineStr">
+        <is>
+          <t>9786258299564</t>
+        </is>
+      </c>
+      <c r="B2038" s="1" t="inlineStr">
+        <is>
+          <t>Olasılık ve İstatistik</t>
+        </is>
+      </c>
+      <c r="C2038" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="2039" spans="1:3">
+      <c r="A2039" s="1" t="inlineStr">
+        <is>
+          <t>9786059942614</t>
+        </is>
+      </c>
+      <c r="B2039" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Tutunma Öyküleri 2016</t>
+        </is>
+      </c>
+      <c r="C2039" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="2040" spans="1:3">
+      <c r="A2040" s="1" t="inlineStr">
+        <is>
+          <t>9786059354769</t>
+        </is>
+      </c>
+      <c r="B2040" s="1" t="inlineStr">
+        <is>
+          <t>Do-Re-Mi ile Hayata Tutunmak</t>
+        </is>
+      </c>
+      <c r="C2040" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2041" spans="1:3">
+      <c r="A2041" s="1" t="inlineStr">
+        <is>
+          <t>9786059354264</t>
+        </is>
+      </c>
+      <c r="B2041" s="1" t="inlineStr">
+        <is>
+          <t>Balıkçılık Biyolojisi ve Popülasyon Dinamiği</t>
+        </is>
+      </c>
+      <c r="C2041" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2042" spans="1:3">
+      <c r="A2042" s="1" t="inlineStr">
+        <is>
+          <t>9786059354257</t>
+        </is>
+      </c>
+      <c r="B2042" s="1" t="inlineStr">
+        <is>
+          <t>Yetersizlikten Etkilenmiş Çocuklarda Beden Eğitimi Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C2042" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2043" spans="1:3">
+      <c r="A2043" s="1" t="inlineStr">
+        <is>
+          <t>9786059354042</t>
+        </is>
+      </c>
+      <c r="B2043" s="1" t="inlineStr">
+        <is>
+          <t>Hatay İli Limnofauna Bibliyografyası</t>
+        </is>
+      </c>
+      <c r="C2043" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2044" spans="1:3">
+      <c r="A2044" s="1" t="inlineStr">
+        <is>
+          <t>9786059942942</t>
+        </is>
+      </c>
+      <c r="B2044" s="1" t="inlineStr">
+        <is>
+          <t>İslam İktisadı Düşüncesi İçin Küçük Bir Tarihsel Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C2044" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2045" spans="1:3">
+      <c r="A2045" s="1" t="inlineStr">
+        <is>
+          <t>9786056354080</t>
+        </is>
+      </c>
+      <c r="B2045" s="1" t="inlineStr">
+        <is>
+          <t>Ah O Kadınlar</t>
+        </is>
+      </c>
+      <c r="C2045" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2046" spans="1:3">
+      <c r="A2046" s="1" t="inlineStr">
+        <is>
+          <t>9786052587881</t>
+        </is>
+      </c>
+      <c r="B2046" s="1" t="inlineStr">
+        <is>
+          <t>Anne Büyüyorum Bana Yardım Et</t>
+        </is>
+      </c>
+      <c r="C2046" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2047" spans="1:3">
+      <c r="A2047" s="1" t="inlineStr">
+        <is>
+          <t>9786052396377</t>
+        </is>
+      </c>
+      <c r="B2047" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Kaynakları Yönetimi Stratejik Bir Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C2047" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2048" spans="1:3">
+      <c r="A2048" s="1" t="inlineStr">
+        <is>
+          <t>9786054649617</t>
+        </is>
+      </c>
+      <c r="B2048" s="1" t="inlineStr">
+        <is>
+          <t>Koyun Yetiştiriciliği</t>
+        </is>
+      </c>
+      <c r="C2048" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2049" spans="1:3">
+      <c r="A2049" s="1" t="inlineStr">
+        <is>
+          <t>9786054649624</t>
+        </is>
+      </c>
+      <c r="B2049" s="1" t="inlineStr">
+        <is>
+          <t>Organik Hayvancılık</t>
+        </is>
+      </c>
+      <c r="C2049" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2050" spans="1:3">
+      <c r="A2050" s="1" t="inlineStr">
+        <is>
+          <t>9786059942461</t>
+        </is>
+      </c>
+      <c r="B2050" s="1" t="inlineStr">
+        <is>
+          <t>Sinir ve Kas Fizyolojisi Temel Bilgileri</t>
+        </is>
+      </c>
+      <c r="C2050" s="1">
+        <v>55.56</v>
+      </c>
+    </row>
+    <row r="2051" spans="1:3">
+      <c r="A2051" s="1" t="inlineStr">
+        <is>
+          <t>9786056435782</t>
+        </is>
+      </c>
+      <c r="B2051" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Gastroenteroloji, Hepatoloji ve Beslenme</t>
+        </is>
+      </c>
+      <c r="C2051" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2052" spans="1:3">
+      <c r="A2052" s="1" t="inlineStr">
+        <is>
+          <t>9786056435768</t>
+        </is>
+      </c>
+      <c r="B2052" s="1" t="inlineStr">
+        <is>
+          <t>Teoriden Kliniğe Prebiyotikler, Probiyotikler</t>
+        </is>
+      </c>
+      <c r="C2052" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2053" spans="1:3">
+      <c r="A2053" s="1" t="inlineStr">
+        <is>
+          <t>9786059942850</t>
+        </is>
+      </c>
+      <c r="B2053" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Sesi</t>
+        </is>
+      </c>
+      <c r="C2053" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2054" spans="1:3">
+      <c r="A2054" s="1" t="inlineStr">
+        <is>
+          <t>9786059942935</t>
+        </is>
+      </c>
+      <c r="B2054" s="1" t="inlineStr">
+        <is>
+          <t>İbni Sina Yüksek İhtisas Öyküleri</t>
+        </is>
+      </c>
+      <c r="C2054" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="2055" spans="1:3">
+      <c r="A2055" s="1" t="inlineStr">
+        <is>
+          <t>9786059942898</t>
+        </is>
+      </c>
+      <c r="B2055" s="1" t="inlineStr">
+        <is>
+          <t>İbni Sina 2016 Öyküleri</t>
+        </is>
+      </c>
+      <c r="C2055" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="2056" spans="1:3">
+      <c r="A2056" s="1" t="inlineStr">
+        <is>
+          <t>9786059942355</t>
+        </is>
+      </c>
+      <c r="B2056" s="1" t="inlineStr">
+        <is>
+          <t>İşletme Ortaklıklarının Sürdürülebilirliğinde İş Etiği</t>
+        </is>
+      </c>
+      <c r="C2056" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2057" spans="1:3">
+      <c r="A2057" s="1" t="inlineStr">
+        <is>
+          <t>9786059942119</t>
+        </is>
+      </c>
+      <c r="B2057" s="1" t="inlineStr">
+        <is>
+          <t>Sanatta Temel Bilimler</t>
+        </is>
+      </c>
+      <c r="C2057" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="2058" spans="1:3">
+      <c r="A2058" s="1" t="inlineStr">
+        <is>
+          <t>9786054649020</t>
+        </is>
+      </c>
+      <c r="B2058" s="1" t="inlineStr">
+        <is>
+          <t>Burnuma Değdirirdim</t>
+        </is>
+      </c>
+      <c r="C2058" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2059" spans="1:3">
+      <c r="A2059" s="1" t="inlineStr">
+        <is>
+          <t>9786057853516</t>
+        </is>
+      </c>
+      <c r="B2059" s="1" t="inlineStr">
+        <is>
+          <t>Beste Hemofiliyi Öğreniyor</t>
+        </is>
+      </c>
+      <c r="C2059" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2060" spans="1:3">
+      <c r="A2060" s="1" t="inlineStr">
+        <is>
+          <t>9786257451079</t>
+        </is>
+      </c>
+      <c r="B2060" s="1" t="inlineStr">
+        <is>
+          <t>Din Sosyolojisi Tarihi</t>
+        </is>
+      </c>
+      <c r="C2060" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2061" spans="1:3">
+      <c r="A2061" s="1" t="inlineStr">
+        <is>
+          <t>9786257451116</t>
+        </is>
+      </c>
+      <c r="B2061" s="1" t="inlineStr">
+        <is>
+          <t>Halkla İlişkilere Farklı Yaklaşımlar Kuramların İzi</t>
+        </is>
+      </c>
+      <c r="C2061" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2062" spans="1:3">
+      <c r="A2062" s="1" t="inlineStr">
+        <is>
+          <t>9786257451055</t>
+        </is>
+      </c>
+      <c r="B2062" s="1" t="inlineStr">
+        <is>
+          <t>Hokeyde Life Kinetik ve Psikolojik Beceri Antrenmanları</t>
+        </is>
+      </c>
+      <c r="C2062" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2063" spans="1:3">
+      <c r="A2063" s="1" t="inlineStr">
+        <is>
+          <t>9786257451147</t>
+        </is>
+      </c>
+      <c r="B2063" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C2063" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2064" spans="1:3">
+      <c r="A2064" s="1" t="inlineStr">
+        <is>
+          <t>9786257409834</t>
+        </is>
+      </c>
+      <c r="B2064" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Yeni Akım: Sanal Koşu</t>
+        </is>
+      </c>
+      <c r="C2064" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2065" spans="1:3">
+      <c r="A2065" s="1" t="inlineStr">
+        <is>
+          <t>9786257409742</t>
+        </is>
+      </c>
+      <c r="B2065" s="1" t="inlineStr">
+        <is>
+          <t>Belgeleriyle Serbest Cumhuriyet Fırkası’nı Anlamak</t>
+        </is>
+      </c>
+      <c r="C2065" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2066" spans="1:3">
+      <c r="A2066" s="1" t="inlineStr">
+        <is>
+          <t>9786257354394</t>
+        </is>
+      </c>
+      <c r="B2066" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Kısa Çalışma: İktisadi, Hukuki ve Muhasebe Boyutu</t>
+        </is>
+      </c>
+      <c r="C2066" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2067" spans="1:3">
+      <c r="A2067" s="1" t="inlineStr">
+        <is>
+          <t>9786257451031</t>
+        </is>
+      </c>
+      <c r="B2067" s="1" t="inlineStr">
+        <is>
+          <t>Tıp ve Sanat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2067" s="1">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="2068" spans="1:3">
+      <c r="A2068" s="1" t="inlineStr">
+        <is>
+          <t>9786257409810</t>
+        </is>
+      </c>
+      <c r="B2068" s="1" t="inlineStr">
+        <is>
+          <t>Dirençli Pliometrik Antrenmanında Fiziksel Performans ve Ağrı Parametreleri</t>
+        </is>
+      </c>
+      <c r="C2068" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2069" spans="1:3">
+      <c r="A2069" s="1" t="inlineStr">
+        <is>
+          <t>9786257409605</t>
+        </is>
+      </c>
+      <c r="B2069" s="1" t="inlineStr">
+        <is>
+          <t>Python Uygulamalı İstatiksel Veri Bilimi ve Analizi</t>
+        </is>
+      </c>
+      <c r="C2069" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2070" spans="1:3">
+      <c r="A2070" s="1" t="inlineStr">
+        <is>
+          <t>9786257409766</t>
+        </is>
+      </c>
+      <c r="B2070" s="1" t="inlineStr">
+        <is>
+          <t>Bir Mühendisin Seyahat Notları</t>
+        </is>
+      </c>
+      <c r="C2070" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2071" spans="1:3">
+      <c r="A2071" s="1" t="inlineStr">
+        <is>
+          <t>9786257409506</t>
+        </is>
+      </c>
+      <c r="B2071" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Alanında Bilimsel Makale Nasıl Yazılır</t>
+        </is>
+      </c>
+      <c r="C2071" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="2072" spans="1:3">
+      <c r="A2072" s="1" t="inlineStr">
+        <is>
+          <t>9786257409858</t>
+        </is>
+      </c>
+      <c r="B2072" s="1" t="inlineStr">
+        <is>
+          <t>A’dan Z’ye Korfbol</t>
+        </is>
+      </c>
+      <c r="C2072" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2073" spans="1:3">
+      <c r="A2073" s="1" t="inlineStr">
+        <is>
+          <t>9786257409384</t>
+        </is>
+      </c>
+      <c r="B2073" s="1" t="inlineStr">
+        <is>
+          <t>Turizmde Toplam Kalite Yönetiminin Çalışan Performansına Etkisi</t>
+        </is>
+      </c>
+      <c r="C2073" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2074" spans="1:3">
+      <c r="A2074" s="1" t="inlineStr">
+        <is>
+          <t>9786257409216</t>
+        </is>
+      </c>
+      <c r="B2074" s="1" t="inlineStr">
+        <is>
+          <t>Gölden Ovaya Amik</t>
+        </is>
+      </c>
+      <c r="C2074" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2075" spans="1:3">
+      <c r="A2075" s="1" t="inlineStr">
+        <is>
+          <t>9786257401425</t>
+        </is>
+      </c>
+      <c r="B2075" s="1" t="inlineStr">
+        <is>
+          <t>Tanzimat'tan Cumhuriyet'e Şebinkarahisar</t>
+        </is>
+      </c>
+      <c r="C2075" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2076" spans="1:3">
+      <c r="A2076" s="1" t="inlineStr">
+        <is>
+          <t>9786257451109</t>
+        </is>
+      </c>
+      <c r="B2076" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu'nun Aydınlık Yüzü Ulukışla</t>
+        </is>
+      </c>
+      <c r="C2076" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2077" spans="1:3">
+      <c r="A2077" s="1" t="inlineStr">
+        <is>
+          <t>9786257409308</t>
+        </is>
+      </c>
+      <c r="B2077" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Çocuklarda Denge-Koordinasyon Egzersizleri ve Dikkat Düzeyi</t>
+        </is>
+      </c>
+      <c r="C2077" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2078" spans="1:3">
+      <c r="A2078" s="1" t="inlineStr">
+        <is>
+          <t>9786257451765</t>
+        </is>
+      </c>
+      <c r="B2078" s="1" t="inlineStr">
+        <is>
+          <t>Sosyodilbilim</t>
+        </is>
+      </c>
+      <c r="C2078" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2079" spans="1:3">
+      <c r="A2079" s="1" t="inlineStr">
+        <is>
+          <t>9786257679411</t>
+        </is>
+      </c>
+      <c r="B2079" s="1" t="inlineStr">
+        <is>
+          <t>Carbon Dioxide Emissions, Gross Domestic Product And Energy Consumption: Effect Of The Kyoto Protocol</t>
+        </is>
+      </c>
+      <c r="C2079" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2080" spans="1:3">
+      <c r="A2080" s="1" t="inlineStr">
+        <is>
+          <t>9786257707947</t>
+        </is>
+      </c>
+      <c r="B2080" s="1" t="inlineStr">
+        <is>
+          <t>Bireysel Emeklilik Sistemi ve Devlet Katkısı</t>
+        </is>
+      </c>
+      <c r="C2080" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2081" spans="1:3">
+      <c r="A2081" s="1" t="inlineStr">
+        <is>
+          <t>9786257707350</t>
+        </is>
+      </c>
+      <c r="B2081" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Emek Piyasasında İşgücü Talebi ve Ayrımcılık</t>
+        </is>
+      </c>
+      <c r="C2081" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2082" spans="1:3">
+      <c r="A2082" s="1" t="inlineStr">
+        <is>
+          <t>9786257679329</t>
+        </is>
+      </c>
+      <c r="B2082" s="1" t="inlineStr">
+        <is>
+          <t>At Viral Hastalıkları</t>
+        </is>
+      </c>
+      <c r="C2082" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2083" spans="1:3">
+      <c r="A2083" s="1" t="inlineStr">
+        <is>
+          <t>9786257679053</t>
+        </is>
+      </c>
+      <c r="B2083" s="1" t="inlineStr">
+        <is>
+          <t>Havacılığın 110 Yıllık Tarihi Gelişimi ve Teknik Evrimi</t>
+        </is>
+      </c>
+      <c r="C2083" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="2084" spans="1:3">
+      <c r="A2084" s="1" t="inlineStr">
+        <is>
+          <t>9786257707466</t>
+        </is>
+      </c>
+      <c r="B2084" s="1" t="inlineStr">
+        <is>
+          <t>21. YY. Süper Farklılıklar ve Vatandaşlık Bilinci Teori ve Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C2084" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2085" spans="1:3">
+      <c r="A2085" s="1" t="inlineStr">
+        <is>
+          <t>9786257707077</t>
+        </is>
+      </c>
+      <c r="B2085" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlıda Destek Bakım</t>
+        </is>
+      </c>
+      <c r="C2085" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="2086" spans="1:3">
+      <c r="A2086" s="1" t="inlineStr">
+        <is>
+          <t>9786257679312</t>
+        </is>
+      </c>
+      <c r="B2086" s="1" t="inlineStr">
+        <is>
+          <t>TSK Personellerinde Fiziksel Aktivitelere Katılım Motivasyonu</t>
+        </is>
+      </c>
+      <c r="C2086" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2087" spans="1:3">
+      <c r="A2087" s="1" t="inlineStr">
+        <is>
+          <t>9786257275637</t>
+        </is>
+      </c>
+      <c r="B2087" s="1" t="inlineStr">
+        <is>
+          <t>Ilıman İklim Balıkları Yetiştiriciliği</t>
+        </is>
+      </c>
+      <c r="C2087" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2088" spans="1:3">
+      <c r="A2088" s="1" t="inlineStr">
+        <is>
+          <t>9786257707824</t>
+        </is>
+      </c>
+      <c r="B2088" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı ve Türk Hukuk Sisteminde Süt Akrabalığı</t>
+        </is>
+      </c>
+      <c r="C2088" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2089" spans="1:3">
+      <c r="A2089" s="1" t="inlineStr">
+        <is>
+          <t>9786257707046</t>
+        </is>
+      </c>
+      <c r="B2089" s="1" t="inlineStr">
+        <is>
+          <t>The Current Status of Goal Orientations and Sports Participation in Persons with Physical Disabilities</t>
+        </is>
+      </c>
+      <c r="C2089" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2090" spans="1:3">
+      <c r="A2090" s="1" t="inlineStr">
+        <is>
+          <t>9786257275989</t>
+        </is>
+      </c>
+      <c r="B2090" s="1" t="inlineStr">
+        <is>
+          <t>Türk Sosyolojisinin Tanığı: Cahit Tanyol</t>
+        </is>
+      </c>
+      <c r="C2090" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2091" spans="1:3">
+      <c r="A2091" s="1" t="inlineStr">
+        <is>
+          <t>9786257679589</t>
+        </is>
+      </c>
+      <c r="B2091" s="1" t="inlineStr">
+        <is>
+          <t>İngiliz Kaynaklarına Göre Balkan Savaşları</t>
+        </is>
+      </c>
+      <c r="C2091" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2092" spans="1:3">
+      <c r="A2092" s="1" t="inlineStr">
+        <is>
+          <t>9786257409346</t>
+        </is>
+      </c>
+      <c r="B2092" s="1" t="inlineStr">
+        <is>
+          <t>Judo Ne-Waza</t>
+        </is>
+      </c>
+      <c r="C2092" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2093" spans="1:3">
+      <c r="A2093" s="1" t="inlineStr">
+        <is>
+          <t>9786257409438</t>
+        </is>
+      </c>
+      <c r="B2093" s="1" t="inlineStr">
+        <is>
+          <t>Gitar Yapıtlarıyla Tonal Armoni</t>
+        </is>
+      </c>
+      <c r="C2093" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2094" spans="1:3">
+      <c r="A2094" s="1" t="inlineStr">
+        <is>
+          <t>9786054649396</t>
+        </is>
+      </c>
+      <c r="B2094" s="1" t="inlineStr">
+        <is>
+          <t>Can Öyküleri - Psikiyatrist Yorumuyla</t>
+        </is>
+      </c>
+      <c r="C2094" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="2095" spans="1:3">
+      <c r="A2095" s="1" t="inlineStr">
+        <is>
+          <t>9786257354578</t>
+        </is>
+      </c>
+      <c r="B2095" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Tekniklerinin Tarihi</t>
+        </is>
+      </c>
+      <c r="C2095" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2096" spans="1:3">
+      <c r="A2096" s="1" t="inlineStr">
+        <is>
+          <t>9786257354011</t>
+        </is>
+      </c>
+      <c r="B2096" s="1" t="inlineStr">
+        <is>
+          <t>Futbolda Empati</t>
+        </is>
+      </c>
+      <c r="C2096" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="2097" spans="1:3">
+      <c r="A2097" s="1" t="inlineStr">
+        <is>
+          <t>9786257679978</t>
+        </is>
+      </c>
+      <c r="B2097" s="1" t="inlineStr">
+        <is>
+          <t>Diyabette Egzersiz: Antioksidan Sistem ve Kan Parametreleri</t>
+        </is>
+      </c>
+      <c r="C2097" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2098" spans="1:3">
+      <c r="A2098" s="1" t="inlineStr">
+        <is>
+          <t>9786257354288</t>
+        </is>
+      </c>
+      <c r="B2098" s="1" t="inlineStr">
+        <is>
+          <t>Spor ve Bilim</t>
+        </is>
+      </c>
+      <c r="C2098" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2099" spans="1:3">
+      <c r="A2099" s="1" t="inlineStr">
+        <is>
+          <t>9786257354004</t>
+        </is>
+      </c>
+      <c r="B2099" s="1" t="inlineStr">
+        <is>
+          <t>Boks ve Saldırganlık</t>
+        </is>
+      </c>
+      <c r="C2099" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="2100" spans="1:3">
+      <c r="A2100" s="1" t="inlineStr">
+        <is>
+          <t>9786257496322</t>
+        </is>
+      </c>
+      <c r="B2100" s="1" t="inlineStr">
+        <is>
+          <t>Sıcak Para Hareketlerinden Kaynaklı Ekonomik Kırılganlıklar ve Ani Duruş Riski</t>
+        </is>
+      </c>
+      <c r="C2100" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2101" spans="1:3">
+      <c r="A2101" s="1" t="inlineStr">
+        <is>
+          <t>9786257496308</t>
+        </is>
+      </c>
+      <c r="B2101" s="1" t="inlineStr">
+        <is>
+          <t>İstihdam, Eğitim ve Kültürel Boyutuyla Gençlik</t>
+        </is>
+      </c>
+      <c r="C2101" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2102" spans="1:3">
+      <c r="A2102" s="1" t="inlineStr">
+        <is>
+          <t>9786257354721</t>
+        </is>
+      </c>
+      <c r="B2102" s="1" t="inlineStr">
+        <is>
+          <t>Nükleer Reaktör Fiziğinin Temelleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2102" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="2103" spans="1:3">
+      <c r="A2103" s="1" t="inlineStr">
+        <is>
+          <t>9786257707985</t>
+        </is>
+      </c>
+      <c r="B2103" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlılık ve Egzersiz</t>
+        </is>
+      </c>
+      <c r="C2103" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2104" spans="1:3">
+      <c r="A2104" s="1" t="inlineStr">
+        <is>
+          <t>9786257707848</t>
+        </is>
+      </c>
+      <c r="B2104" s="1" t="inlineStr">
+        <is>
+          <t>11 Eylül Sonrası İnsani Güvenlik, Özgürlük ve Güvenlik Dengesi</t>
+        </is>
+      </c>
+      <c r="C2104" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2105" spans="1:3">
+      <c r="A2105" s="1" t="inlineStr">
+        <is>
+          <t>9786257707329</t>
+        </is>
+      </c>
+      <c r="B2105" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an-ı Kerim Tefsirinde Belağat: (Meani - Beyan - Bedi’) Et-Tefsiru'l-Münir Örneği</t>
+        </is>
+      </c>
+      <c r="C2105" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2106" spans="1:3">
+      <c r="A2106" s="1" t="inlineStr">
+        <is>
+          <t>9786257679114</t>
+        </is>
+      </c>
+      <c r="B2106" s="1" t="inlineStr">
+        <is>
+          <t>Turizmde Destinasyon Seçimi ve Kültürün Rolü</t>
+        </is>
+      </c>
+      <c r="C2106" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2107" spans="1:3">
+      <c r="A2107" s="1" t="inlineStr">
+        <is>
+          <t>9786257707756</t>
+        </is>
+      </c>
+      <c r="B2107" s="1" t="inlineStr">
+        <is>
+          <t>‘Yusuf Neyyir Adında Biri’ ve Gülzar-ı Hayal Kitabı</t>
+        </is>
+      </c>
+      <c r="C2107" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2108" spans="1:3">
+      <c r="A2108" s="1" t="inlineStr">
+        <is>
+          <t>9786257707862</t>
+        </is>
+      </c>
+      <c r="B2108" s="1" t="inlineStr">
+        <is>
+          <t>Okul Yönetiminde Sosyal Sermayenin Etik Kodları</t>
+        </is>
+      </c>
+      <c r="C2108" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2109" spans="1:3">
+      <c r="A2109" s="1" t="inlineStr">
+        <is>
+          <t>9786257707930</t>
+        </is>
+      </c>
+      <c r="B2109" s="1" t="inlineStr">
+        <is>
+          <t>Halkın Gülüşü: Grotesk İmge</t>
+        </is>
+      </c>
+      <c r="C2109" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="2110" spans="1:3">
+      <c r="A2110" s="1" t="inlineStr">
+        <is>
+          <t>9786257707770</t>
+        </is>
+      </c>
+      <c r="B2110" s="1" t="inlineStr">
+        <is>
+          <t>Refik Ahmet Sevengil ve Romancılığı</t>
+        </is>
+      </c>
+      <c r="C2110" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2111" spans="1:3">
+      <c r="A2111" s="1" t="inlineStr">
+        <is>
+          <t>9786257707411</t>
+        </is>
+      </c>
+      <c r="B2111" s="1" t="inlineStr">
+        <is>
+          <t>Karşılaştırmalı Kamu Diplomasisi Analizi</t>
+        </is>
+      </c>
+      <c r="C2111" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2112" spans="1:3">
+      <c r="A2112" s="1" t="inlineStr">
+        <is>
+          <t>9786257409841</t>
+        </is>
+      </c>
+      <c r="B2112" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim Bilimlerinde Güncel Çalışmalar</t>
+        </is>
+      </c>
+      <c r="C2112" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2113" spans="1:3">
+      <c r="A2113" s="1" t="inlineStr">
+        <is>
+          <t>9786257354301</t>
+        </is>
+      </c>
+      <c r="B2113" s="1" t="inlineStr">
+        <is>
+          <t>Soğuk Savaş Sonrası Kosova Sorunu (1989-2000)</t>
+        </is>
+      </c>
+      <c r="C2113" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2114" spans="1:3">
+      <c r="A2114" s="1" t="inlineStr">
+        <is>
+          <t>9786257496759</t>
+        </is>
+      </c>
+      <c r="B2114" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Işık Tut</t>
+        </is>
+      </c>
+      <c r="C2114" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2115" spans="1:3">
+      <c r="A2115" s="1" t="inlineStr">
+        <is>
+          <t>9786257451901</t>
+        </is>
+      </c>
+      <c r="B2115" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluk Çağı Epilepsilerinde Ketojenik Diyet Tedavisi)</t>
+        </is>
+      </c>
+      <c r="C2115" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="2116" spans="1:3">
+      <c r="A2116" s="1" t="inlineStr">
+        <is>
+          <t>9786257496353</t>
+        </is>
+      </c>
+      <c r="B2116" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’da Eğitimin Psikolojik Temelleri ve Hedefleri</t>
+        </is>
+      </c>
+      <c r="C2116" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2117" spans="1:3">
+      <c r="A2117" s="1" t="inlineStr">
+        <is>
+          <t>9786257275699</t>
+        </is>
+      </c>
+      <c r="B2117" s="1" t="inlineStr">
+        <is>
+          <t>Normaldışı Tüketici Davranışları</t>
+        </is>
+      </c>
+      <c r="C2117" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2118" spans="1:3">
+      <c r="A2118" s="1" t="inlineStr">
+        <is>
+          <t>9786257409919</t>
+        </is>
+      </c>
+      <c r="B2118" s="1" t="inlineStr">
+        <is>
+          <t>Dikkat Eksikliği Hiperaktivite Bozukluğu İçin Bilinçli Farkında Ebeveynlik</t>
+        </is>
+      </c>
+      <c r="C2118" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="2119" spans="1:3">
+      <c r="A2119" s="1" t="inlineStr">
+        <is>
+          <t>9786257451000</t>
+        </is>
+      </c>
+      <c r="B2119" s="1" t="inlineStr">
+        <is>
+          <t>Hipnozda Nörobilimsel ve Klinik Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C2119" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="2120" spans="1:3">
+      <c r="A2120" s="1" t="inlineStr">
+        <is>
+          <t>9786257451727</t>
+        </is>
+      </c>
+      <c r="B2120" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz Diyeti ve Bütüncül Sağlık</t>
+        </is>
+      </c>
+      <c r="C2120" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="2121" spans="1:3">
+      <c r="A2121" s="1" t="inlineStr">
+        <is>
+          <t>9786257451512</t>
+        </is>
+      </c>
+      <c r="B2121" s="1" t="inlineStr">
+        <is>
+          <t>Spor, Sağlık ve Fitness Sektöründe Mobil Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C2121" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2122" spans="1:3">
+      <c r="A2122" s="1" t="inlineStr">
+        <is>
+          <t>9786257409223</t>
+        </is>
+      </c>
+      <c r="B2122" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk ve Gençlerin Futbol Eğitimi ve Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2122" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="2123" spans="1:3">
+      <c r="A2123" s="1" t="inlineStr">
+        <is>
+          <t>9786257795432</t>
+        </is>
+      </c>
+      <c r="B2123" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Alan Eğitimi Araştırmaları 2</t>
+        </is>
+      </c>
+      <c r="C2123" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2124" spans="1:3">
+      <c r="A2124" s="1" t="inlineStr">
+        <is>
+          <t>9786257795463</t>
+        </is>
+      </c>
+      <c r="B2124" s="1" t="inlineStr">
+        <is>
+          <t>Kültür, Din ve Düşünce Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C2124" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2125" spans="1:3">
+      <c r="A2125" s="1" t="inlineStr">
+        <is>
+          <t>9786257795579</t>
+        </is>
+      </c>
+      <c r="B2125" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Eğitim Bilimleri Araştırmaları 2</t>
+        </is>
+      </c>
+      <c r="C2125" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2126" spans="1:3">
+      <c r="A2126" s="1" t="inlineStr">
+        <is>
+          <t>9786257795678</t>
+        </is>
+      </c>
+      <c r="B2126" s="1" t="inlineStr">
+        <is>
+          <t>Güncel İktisat Çalışmaları 2</t>
+        </is>
+      </c>
+      <c r="C2126" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2127" spans="1:3">
+      <c r="A2127" s="1" t="inlineStr">
+        <is>
+          <t>9786257795784</t>
+        </is>
+      </c>
+      <c r="B2127" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomi ve Yönetim Bilimlerinde Güncel Akademik Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C2127" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="2128" spans="1:3">
+      <c r="A2128" s="1" t="inlineStr">
+        <is>
+          <t>9786257795449</t>
+        </is>
+      </c>
+      <c r="B2128" s="1" t="inlineStr">
+        <is>
+          <t>Current Studies in Social Sciences 2</t>
+        </is>
+      </c>
+      <c r="C2128" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2129" spans="1:3">
+      <c r="A2129" s="1" t="inlineStr">
+        <is>
+          <t>9786257795692</t>
+        </is>
+      </c>
+      <c r="B2129" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilir Tüketim Modeli Olarak İşbirlikçi Tüketim: Kuşaklar Arası İnceleme</t>
+        </is>
+      </c>
+      <c r="C2129" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2130" spans="1:3">
+      <c r="A2130" s="1" t="inlineStr">
+        <is>
+          <t>9786257795357</t>
+        </is>
+      </c>
+      <c r="B2130" s="1" t="inlineStr">
+        <is>
+          <t>Antrenörlerde Örgütsel Sinizm ve Bağlılık</t>
+        </is>
+      </c>
+      <c r="C2130" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2131" spans="1:3">
+      <c r="A2131" s="1" t="inlineStr">
+        <is>
+          <t>9786257795418</t>
+        </is>
+      </c>
+      <c r="B2131" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Sosyoloji ve Felsefe Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C2131" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2132" spans="1:3">
+      <c r="A2132" s="1" t="inlineStr">
+        <is>
+          <t>9786257795548</t>
+        </is>
+      </c>
+      <c r="B2132" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Sosyal Bilimler Araştırmaları 2</t>
+        </is>
+      </c>
+      <c r="C2132" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="2133" spans="1:3">
+      <c r="A2133" s="1" t="inlineStr">
+        <is>
+          <t>9786257795760</t>
+        </is>
+      </c>
+      <c r="B2133" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Güvenlik Ahlakı</t>
+        </is>
+      </c>
+      <c r="C2133" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2134" spans="1:3">
+      <c r="A2134" s="1" t="inlineStr">
+        <is>
+          <t>9786257795746</t>
+        </is>
+      </c>
+      <c r="B2134" s="1" t="inlineStr">
+        <is>
+          <t>Current Economics and Business Studies 2</t>
+        </is>
+      </c>
+      <c r="C2134" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2135" spans="1:3">
+      <c r="A2135" s="1" t="inlineStr">
+        <is>
+          <t>9786257795555</t>
+        </is>
+      </c>
+      <c r="B2135" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Spor Bilimleri Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C2135" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2136" spans="1:3">
+      <c r="A2136" s="1" t="inlineStr">
+        <is>
+          <t>9786257795647</t>
+        </is>
+      </c>
+      <c r="B2136" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Psikoloji Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C2136" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2137" spans="1:3">
+      <c r="A2137" s="1" t="inlineStr">
+        <is>
+          <t>9786257795722</t>
+        </is>
+      </c>
+      <c r="B2137" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluktan Yetişkinliğe Yeme Bozuklukları ve Terapileri</t>
+        </is>
+      </c>
+      <c r="C2137" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="2138" spans="1:3">
+      <c r="A2138" s="1" t="inlineStr">
+        <is>
+          <t>9786257795401</t>
+        </is>
+      </c>
+      <c r="B2138" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimlerinde Temel Kavramlar</t>
+        </is>
+      </c>
+      <c r="C2138" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2139" spans="1:3">
+      <c r="A2139" s="1" t="inlineStr">
+        <is>
+          <t>9786257795685</t>
+        </is>
+      </c>
+      <c r="B2139" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Pazarlama Araştırmaları 2</t>
+        </is>
+      </c>
+      <c r="C2139" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2140" spans="1:3">
+      <c r="A2140" s="1" t="inlineStr">
+        <is>
+          <t>9786257795616</t>
+        </is>
+      </c>
+      <c r="B2140" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim ve Organizasyon Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C2140" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2141" spans="1:3">
+      <c r="A2141" s="1" t="inlineStr">
+        <is>
+          <t>9786257795715</t>
+        </is>
+      </c>
+      <c r="B2141" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Araştırmaları 3</t>
+        </is>
+      </c>
+      <c r="C2141" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2142" spans="1:3">
+      <c r="A2142" s="1" t="inlineStr">
+        <is>
+          <t>9786257496162</t>
+        </is>
+      </c>
+      <c r="B2142" s="1" t="inlineStr">
+        <is>
+          <t>Multidisipliner Yaklaşımlarla Samsun Kültür ve Turizmine Bakış</t>
+        </is>
+      </c>
+      <c r="C2142" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2143" spans="1:3">
+      <c r="A2143" s="1" t="inlineStr">
+        <is>
+          <t>9786257496124</t>
+        </is>
+      </c>
+      <c r="B2143" s="1" t="inlineStr">
+        <is>
+          <t>Antrenman Sonrası Toparlanma Protokolleri ve Kas Hasarının Önlenmesi</t>
+        </is>
+      </c>
+      <c r="C2143" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2144" spans="1:3">
+      <c r="A2144" s="1" t="inlineStr">
+        <is>
+          <t>9786257409988</t>
+        </is>
+      </c>
+      <c r="B2144" s="1" t="inlineStr">
+        <is>
+          <t>Yok Olan Kültürel Mirasımız: Geleneksel Antakya Kapı, Halka ve Tokmakları</t>
+        </is>
+      </c>
+      <c r="C2144" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2145" spans="1:3">
+      <c r="A2145" s="1" t="inlineStr">
+        <is>
+          <t>9786257409711</t>
+        </is>
+      </c>
+      <c r="B2145" s="1" t="inlineStr">
+        <is>
+          <t>Transformational Leadership Behaviors of Education Managers and Teachers</t>
+        </is>
+      </c>
+      <c r="C2145" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2146" spans="1:3">
+      <c r="A2146" s="1" t="inlineStr">
+        <is>
+          <t>9786257409568</t>
+        </is>
+      </c>
+      <c r="B2146" s="1" t="inlineStr">
+        <is>
+          <t>Ferheng-i Azferi ve Lugat-ı Etrakiyye’nin Tematik Tasnif Denemesi (Hayvan Adları)</t>
+        </is>
+      </c>
+      <c r="C2146" s="1">
+        <v>206.25</v>
+      </c>
+    </row>
+    <row r="2147" spans="1:3">
+      <c r="A2147" s="1" t="inlineStr">
+        <is>
+          <t>9786257409636</t>
+        </is>
+      </c>
+      <c r="B2147" s="1" t="inlineStr">
+        <is>
+          <t>Turbulence Models for Computational Fluid Dynamics</t>
+        </is>
+      </c>
+      <c r="C2147" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="2148" spans="1:3">
+      <c r="A2148" s="1" t="inlineStr">
+        <is>
+          <t>9786257707688</t>
+        </is>
+      </c>
+      <c r="B2148" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C2148" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2149" spans="1:3">
+      <c r="A2149" s="1" t="inlineStr">
+        <is>
+          <t>9786257707695</t>
+        </is>
+      </c>
+      <c r="B2149" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C2149" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2150" spans="1:3">
+      <c r="A2150" s="1" t="inlineStr">
+        <is>
+          <t>9786257707657</t>
+        </is>
+      </c>
+      <c r="B2150" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Bağlamda Duygusal Zeka ve İş Tatmini</t>
+        </is>
+      </c>
+      <c r="C2150" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2151" spans="1:3">
+      <c r="A2151" s="1" t="inlineStr">
+        <is>
+          <t>9786257707954</t>
+        </is>
+      </c>
+      <c r="B2151" s="1" t="inlineStr">
+        <is>
+          <t>Bayburt Araştırmaları Tarih-Kültür-Dil-Edebiyat</t>
+        </is>
+      </c>
+      <c r="C2151" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2152" spans="1:3">
+      <c r="A2152" s="1" t="inlineStr">
+        <is>
+          <t>9786257707909</t>
+        </is>
+      </c>
+      <c r="B2152" s="1" t="inlineStr">
+        <is>
+          <t>Bayburt’ta Toplumsal Hayata Dair İzler</t>
+        </is>
+      </c>
+      <c r="C2152" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2153" spans="1:3">
+      <c r="A2153" s="1" t="inlineStr">
+        <is>
+          <t>9786257679350</t>
+        </is>
+      </c>
+      <c r="B2153" s="1" t="inlineStr">
+        <is>
+          <t>1980 Sonrası Türkiye'de “Hane”nin Söylemsel İnşası</t>
+        </is>
+      </c>
+      <c r="C2153" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2154" spans="1:3">
+      <c r="A2154" s="1" t="inlineStr">
+        <is>
+          <t>9786257354158</t>
+        </is>
+      </c>
+      <c r="B2154" s="1" t="inlineStr">
+        <is>
+          <t>Muş Spor Tarihi</t>
+        </is>
+      </c>
+      <c r="C2154" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2155" spans="1:3">
+      <c r="A2155" s="1" t="inlineStr">
+        <is>
+          <t>9786257795180</t>
+        </is>
+      </c>
+      <c r="B2155" s="1" t="inlineStr">
+        <is>
+          <t>Lab Safety - For Science Teachers</t>
+        </is>
+      </c>
+      <c r="C2155" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2156" spans="1:3">
+      <c r="A2156" s="1" t="inlineStr">
+        <is>
+          <t>9786257496087</t>
+        </is>
+      </c>
+      <c r="B2156" s="1" t="inlineStr">
+        <is>
+          <t>Türk Lojistik Sektörünün Analizi ve Alternatif Taşıma Modelleri</t>
+        </is>
+      </c>
+      <c r="C2156" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2157" spans="1:3">
+      <c r="A2157" s="1" t="inlineStr">
+        <is>
+          <t>9786257451895</t>
+        </is>
+      </c>
+      <c r="B2157" s="1" t="inlineStr">
+        <is>
+          <t>Bir Serabı Yaşamak</t>
+        </is>
+      </c>
+      <c r="C2157" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2158" spans="1:3">
+      <c r="A2158" s="1" t="inlineStr">
+        <is>
+          <t>9786257409544</t>
+        </is>
+      </c>
+      <c r="B2158" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıkta Son Trendler</t>
+        </is>
+      </c>
+      <c r="C2158" s="1">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="2159" spans="1:3">
+      <c r="A2159" s="1" t="inlineStr">
+        <is>
+          <t>9786257679695</t>
+        </is>
+      </c>
+      <c r="B2159" s="1" t="inlineStr">
+        <is>
+          <t>Judo</t>
+        </is>
+      </c>
+      <c r="C2159" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2160" spans="1:3">
+      <c r="A2160" s="1" t="inlineStr">
+        <is>
+          <t>9786257679299</t>
+        </is>
+      </c>
+      <c r="B2160" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimlerine Genel Bakış</t>
+        </is>
+      </c>
+      <c r="C2160" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2161" spans="1:3">
+      <c r="A2161" s="1" t="inlineStr">
+        <is>
+          <t>9786257679091</t>
+        </is>
+      </c>
+      <c r="B2161" s="1" t="inlineStr">
+        <is>
+          <t>Kazak Çocuk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C2161" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2162" spans="1:3">
+      <c r="A2162" s="1" t="inlineStr">
+        <is>
+          <t>9786257679077</t>
+        </is>
+      </c>
+      <c r="B2162" s="1" t="inlineStr">
+        <is>
+          <t>Teknik Resim</t>
+        </is>
+      </c>
+      <c r="C2162" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2163" spans="1:3">
+      <c r="A2163" s="1" t="inlineStr">
+        <is>
+          <t>9786257707794</t>
+        </is>
+      </c>
+      <c r="B2163" s="1" t="inlineStr">
+        <is>
+          <t>Değişen Yüzüyle Doğrudan Pazarlamada Televizyon Reklamları</t>
+        </is>
+      </c>
+      <c r="C2163" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2164" spans="1:3">
+      <c r="A2164" s="1" t="inlineStr">
+        <is>
+          <t>9786257679107</t>
+        </is>
+      </c>
+      <c r="B2164" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Pazarlama Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C2164" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2165" spans="1:3">
+      <c r="A2165" s="1" t="inlineStr">
+        <is>
+          <t>9786257275552</t>
+        </is>
+      </c>
+      <c r="B2165" s="1" t="inlineStr">
+        <is>
+          <t>Spor Ürünlerinin Satın Alınmasında S.A.V.E. Pazarlama: Marka Farkındalığı ve Bağlılığı</t>
+        </is>
+      </c>
+      <c r="C2165" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2166" spans="1:3">
+      <c r="A2166" s="1" t="inlineStr">
+        <is>
+          <t>9786257275811</t>
+        </is>
+      </c>
+      <c r="B2166" s="1" t="inlineStr">
+        <is>
+          <t>Boks Ring Halatlarının Ergonomik Açıdan İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C2166" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2167" spans="1:3">
+      <c r="A2167" s="1" t="inlineStr">
+        <is>
+          <t>9786257275588</t>
+        </is>
+      </c>
+      <c r="B2167" s="1" t="inlineStr">
+        <is>
+          <t>Patolojide Güncel Gelişmeler (AYBAK Eylül 2020)</t>
+        </is>
+      </c>
+      <c r="C2167" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2168" spans="1:3">
+      <c r="A2168" s="1" t="inlineStr">
+        <is>
+          <t>9786257275125</t>
+        </is>
+      </c>
+      <c r="B2168" s="1" t="inlineStr">
+        <is>
+          <t>Veri Madenciliği Teknikleri ve Yapay Sinir Ağları</t>
+        </is>
+      </c>
+      <c r="C2168" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2169" spans="1:3">
+      <c r="A2169" s="1" t="inlineStr">
+        <is>
+          <t>9786257795951</t>
+        </is>
+      </c>
+      <c r="B2169" s="1" t="inlineStr">
+        <is>
+          <t>Ellerimiz Birleşince</t>
+        </is>
+      </c>
+      <c r="C2169" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="2170" spans="1:3">
+      <c r="A2170" s="1" t="inlineStr">
+        <is>
+          <t>9786257275385</t>
+        </is>
+      </c>
+      <c r="B2170" s="1" t="inlineStr">
+        <is>
+          <t>15-17 Yaş Grubu Basketbolcularda Su İçi ve Kara Pliometrik Antrenmanları</t>
+        </is>
+      </c>
+      <c r="C2170" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2171" spans="1:3">
+      <c r="A2171" s="1" t="inlineStr">
+        <is>
+          <t>9786257275118</t>
+        </is>
+      </c>
+      <c r="B2171" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Lojistik</t>
+        </is>
+      </c>
+      <c r="C2171" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2172" spans="1:3">
+      <c r="A2172" s="1" t="inlineStr">
+        <is>
+          <t>9786257795982</t>
+        </is>
+      </c>
+      <c r="B2172" s="1" t="inlineStr">
+        <is>
+          <t>Vadeli İşlem Piyasalarına Giriş</t>
+        </is>
+      </c>
+      <c r="C2172" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2173" spans="1:3">
+      <c r="A2173" s="1" t="inlineStr">
+        <is>
+          <t>9786257496728</t>
+        </is>
+      </c>
+      <c r="B2173" s="1" t="inlineStr">
+        <is>
+          <t>The Impact Of Immigration On The Urbanization</t>
+        </is>
+      </c>
+      <c r="C2173" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2174" spans="1:3">
+      <c r="A2174" s="1" t="inlineStr">
+        <is>
+          <t>9786257451536</t>
+        </is>
+      </c>
+      <c r="B2174" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Medyanın Ekonomi Politiği</t>
+        </is>
+      </c>
+      <c r="C2174" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2175" spans="1:3">
+      <c r="A2175" s="1" t="inlineStr">
+        <is>
+          <t>9786257496018</t>
+        </is>
+      </c>
+      <c r="B2175" s="1" t="inlineStr">
+        <is>
+          <t>İki Dilli Türk Çocuklarına Türkçe Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2175" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2176" spans="1:3">
+      <c r="A2176" s="1" t="inlineStr">
+        <is>
+          <t>9786052587515</t>
+        </is>
+      </c>
+      <c r="B2176" s="1" t="inlineStr">
+        <is>
+          <t>Futbol: Dar Alanda Fizyolojik Değişimler</t>
+        </is>
+      </c>
+      <c r="C2176" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2177" spans="1:3">
+      <c r="A2177" s="1" t="inlineStr">
+        <is>
+          <t>9786257409599</t>
+        </is>
+      </c>
+      <c r="B2177" s="1" t="inlineStr">
+        <is>
+          <t>Arayış Olarak Din - Postmodern Dönemde Maneviyat Arayışı</t>
+        </is>
+      </c>
+      <c r="C2177" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2178" spans="1:3">
+      <c r="A2178" s="1" t="inlineStr">
+        <is>
+          <t>9786257409551</t>
+        </is>
+      </c>
+      <c r="B2178" s="1" t="inlineStr">
+        <is>
+          <t>Mevsimler Risalesi Latifi Fusul-i Erbaa</t>
+        </is>
+      </c>
+      <c r="C2178" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2179" spans="1:3">
+      <c r="A2179" s="1" t="inlineStr">
+        <is>
+          <t>9786257275934</t>
+        </is>
+      </c>
+      <c r="B2179" s="1" t="inlineStr">
+        <is>
+          <t>Kestel Nam-ı Diğer Nazilli Kazası Avarız Defteri-Hicri 1111 - Miladi1699 Nazilli Tarihinin Kaynakları I (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2179" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="2180" spans="1:3">
+      <c r="A2180" s="1" t="inlineStr">
+        <is>
+          <t>9786257707114</t>
+        </is>
+      </c>
+      <c r="B2180" s="1" t="inlineStr">
+        <is>
+          <t>Eşrefoğlu Rumi ve İrfan Mektebi Eşrefiyye</t>
+        </is>
+      </c>
+      <c r="C2180" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2181" spans="1:3">
+      <c r="A2181" s="1" t="inlineStr">
+        <is>
+          <t>9786257275477</t>
+        </is>
+      </c>
+      <c r="B2181" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilir Turizmde: Dönüşümsel Turizm ve Dönüşümsel Seyahat</t>
+        </is>
+      </c>
+      <c r="C2181" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2182" spans="1:3">
+      <c r="A2182" s="1" t="inlineStr">
+        <is>
+          <t>9786257275514</t>
+        </is>
+      </c>
+      <c r="B2182" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilir Spor Tüketicisi Davranışı</t>
+        </is>
+      </c>
+      <c r="C2182" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2183" spans="1:3">
+      <c r="A2183" s="1" t="inlineStr">
+        <is>
+          <t>9786257275484</t>
+        </is>
+      </c>
+      <c r="B2183" s="1" t="inlineStr">
+        <is>
+          <t>Giresun İli Eko-Rekreasyon ve Turizm Potansiyeli</t>
+        </is>
+      </c>
+      <c r="C2183" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2184" spans="1:3">
+      <c r="A2184" s="1" t="inlineStr">
+        <is>
+          <t>9786257354707</t>
+        </is>
+      </c>
+      <c r="B2184" s="1" t="inlineStr">
+        <is>
+          <t>Genç Yetişkin Bireyler İçin Yeni Bazal Metabolik Hız Denkleminin Geliştirilmesi</t>
+        </is>
+      </c>
+      <c r="C2184" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2185" spans="1:3">
+      <c r="A2185" s="1" t="inlineStr">
+        <is>
+          <t>9786257354912</t>
+        </is>
+      </c>
+      <c r="B2185" s="1" t="inlineStr">
+        <is>
+          <t>Medya ve Kültür Emperyalizmi</t>
+        </is>
+      </c>
+      <c r="C2185" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2186" spans="1:3">
+      <c r="A2186" s="1" t="inlineStr">
+        <is>
+          <t>9786257401098</t>
+        </is>
+      </c>
+      <c r="B2186" s="1" t="inlineStr">
+        <is>
+          <t>Yeter Ki Çocuğum İyi Olsun</t>
+        </is>
+      </c>
+      <c r="C2186" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2187" spans="1:3">
+      <c r="A2187" s="1" t="inlineStr">
+        <is>
+          <t>9786257401111</t>
+        </is>
+      </c>
+      <c r="B2187" s="1" t="inlineStr">
+        <is>
+          <t>Saygun ve Gilgameş: Destan'dan Opera'ya Yolculuk</t>
+        </is>
+      </c>
+      <c r="C2187" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2188" spans="1:3">
+      <c r="A2188" s="1" t="inlineStr">
+        <is>
+          <t>3990054649792</t>
+        </is>
+      </c>
+      <c r="B2188" s="1" t="inlineStr">
+        <is>
+          <t>Dünya İş Kültürlerini Anlamak Avrupa Birliği Ülkeleri 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C2188" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2189" spans="1:3">
+      <c r="A2189" s="1" t="inlineStr">
+        <is>
+          <t>9786257409001</t>
+        </is>
+      </c>
+      <c r="B2189" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medya Kullanım Bozukluğu</t>
+        </is>
+      </c>
+      <c r="C2189" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2190" spans="1:3">
+      <c r="A2190" s="1" t="inlineStr">
+        <is>
+          <t>9786257401128</t>
+        </is>
+      </c>
+      <c r="B2190" s="1" t="inlineStr">
+        <is>
+          <t>Dış Ticarette KDV Muhasebesi</t>
+        </is>
+      </c>
+      <c r="C2190" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2191" spans="1:3">
+      <c r="A2191" s="1" t="inlineStr">
+        <is>
+          <t>9786257401562</t>
+        </is>
+      </c>
+      <c r="B2191" s="1" t="inlineStr">
+        <is>
+          <t>Örnek Uygulamalarla Çok Kriterli Karar Verme Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C2191" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2192" spans="1:3">
+      <c r="A2192" s="1" t="inlineStr">
+        <is>
+          <t>9786257679602</t>
+        </is>
+      </c>
+      <c r="B2192" s="1" t="inlineStr">
+        <is>
+          <t>Şifalı İçeceklerin Kutsal Kitabı</t>
+        </is>
+      </c>
+      <c r="C2192" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="2193" spans="1:3">
+      <c r="A2193" s="1" t="inlineStr">
+        <is>
+          <t>9786257451987</t>
+        </is>
+      </c>
+      <c r="B2193" s="1" t="inlineStr">
+        <is>
+          <t>Diş Diyeti</t>
+        </is>
+      </c>
+      <c r="C2193" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="2194" spans="1:3">
+      <c r="A2194" s="1" t="inlineStr">
+        <is>
+          <t>9786257496407</t>
+        </is>
+      </c>
+      <c r="B2194" s="1" t="inlineStr">
+        <is>
+          <t>Göç, Kimlik ve Psikopolitiği</t>
+        </is>
+      </c>
+      <c r="C2194" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2195" spans="1:3">
+      <c r="A2195" s="1" t="inlineStr">
+        <is>
+          <t>9786257451635</t>
+        </is>
+      </c>
+      <c r="B2195" s="1" t="inlineStr">
+        <is>
+          <t>Lydia'da Bir Kent Arkeolojisi Hypaipa</t>
+        </is>
+      </c>
+      <c r="C2195" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2196" spans="1:3">
+      <c r="A2196" s="1" t="inlineStr">
+        <is>
+          <t>9786257451659</t>
+        </is>
+      </c>
+      <c r="B2196" s="1" t="inlineStr">
+        <is>
+          <t>Tenis Servisinde Postür, Denge, Hız ve İsabet İlişkisi</t>
+        </is>
+      </c>
+      <c r="C2196" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2197" spans="1:3">
+      <c r="A2197" s="1" t="inlineStr">
+        <is>
+          <t>9786257354592</t>
+        </is>
+      </c>
+      <c r="B2197" s="1" t="inlineStr">
+        <is>
+          <t>Güzelliğin Mimarlarından Evde Bakımlı Kal</t>
+        </is>
+      </c>
+      <c r="C2197" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="2198" spans="1:3">
+      <c r="A2198" s="1" t="inlineStr">
+        <is>
+          <t>9786257679084</t>
+        </is>
+      </c>
+      <c r="B2198" s="1" t="inlineStr">
+        <is>
+          <t>Para Talebi Uygulamalarıyla Ekonometrik Doğrusal Zaman Serisi Analizleri</t>
+        </is>
+      </c>
+      <c r="C2198" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2199" spans="1:3">
+      <c r="A2199" s="1" t="inlineStr">
+        <is>
+          <t>9786257679558</t>
+        </is>
+      </c>
+      <c r="B2199" s="1" t="inlineStr">
+        <is>
+          <t>Makami’nin Edvarı - 1518</t>
+        </is>
+      </c>
+      <c r="C2199" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2200" spans="1:3">
+      <c r="A2200" s="1" t="inlineStr">
+        <is>
+          <t>9786257679336</t>
+        </is>
+      </c>
+      <c r="B2200" s="1" t="inlineStr">
+        <is>
+          <t>Understanding The Consumer Behaviour During COVID-19 Pandemic</t>
+        </is>
+      </c>
+      <c r="C2200" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2201" spans="1:3">
+      <c r="A2201" s="1" t="inlineStr">
+        <is>
+          <t>9786257707800</t>
+        </is>
+      </c>
+      <c r="B2201" s="1" t="inlineStr">
+        <is>
+          <t>COVID-19 Pandemisiyle Mücadelede Uluslararası Mali Kuruluşların Rolleri</t>
+        </is>
+      </c>
+      <c r="C2201" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2202" spans="1:3">
+      <c r="A2202" s="1" t="inlineStr">
+        <is>
+          <t>9786257707749</t>
+        </is>
+      </c>
+      <c r="B2202" s="1" t="inlineStr">
+        <is>
+          <t>Batı Müziği Solfej Alıştırmaları</t>
+        </is>
+      </c>
+      <c r="C2202" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2203" spans="1:3">
+      <c r="A2203" s="1" t="inlineStr">
+        <is>
+          <t>9786257707268</t>
+        </is>
+      </c>
+      <c r="B2203" s="1" t="inlineStr">
+        <is>
+          <t>İnfak Ahlakı</t>
+        </is>
+      </c>
+      <c r="C2203" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="2204" spans="1:3">
+      <c r="A2204" s="1" t="inlineStr">
+        <is>
+          <t>9786257707671</t>
+        </is>
+      </c>
+      <c r="B2204" s="1" t="inlineStr">
+        <is>
+          <t>Fiziksel Aktivite ve Sağlıklı Yaşam</t>
+        </is>
+      </c>
+      <c r="C2204" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2205" spans="1:3">
+      <c r="A2205" s="1" t="inlineStr">
+        <is>
+          <t>9786257707961</t>
+        </is>
+      </c>
+      <c r="B2205" s="1" t="inlineStr">
+        <is>
+          <t>Teknoloji Yönetim Becerileri: TR63 Bölgesi</t>
+        </is>
+      </c>
+      <c r="C2205" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2206" spans="1:3">
+      <c r="A2206" s="1" t="inlineStr">
+        <is>
+          <t>9786257795791</t>
+        </is>
+      </c>
+      <c r="B2206" s="1" t="inlineStr">
+        <is>
+          <t>Benden Bize</t>
+        </is>
+      </c>
+      <c r="C2206" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2207" spans="1:3">
+      <c r="A2207" s="1" t="inlineStr">
+        <is>
+          <t>9786257275590</t>
+        </is>
+      </c>
+      <c r="B2207" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Cinsiyet</t>
+        </is>
+      </c>
+      <c r="C2207" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2208" spans="1:3">
+      <c r="A2208" s="1" t="inlineStr">
+        <is>
+          <t>9786257707022</t>
+        </is>
+      </c>
+      <c r="B2208" s="1" t="inlineStr">
+        <is>
+          <t>Bir Köy Var Uzakta</t>
+        </is>
+      </c>
+      <c r="C2208" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2209" spans="1:3">
+      <c r="A2209" s="1" t="inlineStr">
+        <is>
+          <t>9786059354981</t>
+        </is>
+      </c>
+      <c r="B2209" s="1" t="inlineStr">
+        <is>
+          <t>Ebelere Yönelik Kapsamlı Doğum</t>
+        </is>
+      </c>
+      <c r="C2209" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="2210" spans="1:3">
+      <c r="A2210" s="1" t="inlineStr">
+        <is>
+          <t>9786257451796</t>
+        </is>
+      </c>
+      <c r="B2210" s="1" t="inlineStr">
+        <is>
+          <t>Kutü’l Amare’de İngiliz Askeri Sağlık Hizmetleri</t>
+        </is>
+      </c>
+      <c r="C2210" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2211" spans="1:3">
+      <c r="A2211" s="1" t="inlineStr">
+        <is>
+          <t>9786257451666</t>
+        </is>
+      </c>
+      <c r="B2211" s="1" t="inlineStr">
+        <is>
+          <t>Sinema Tarihine Giriş Büyük Estetik Ekoller, Tarzlar, Akımlar, Hareketler</t>
+        </is>
+      </c>
+      <c r="C2211" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2212" spans="1:3">
+      <c r="A2212" s="1" t="inlineStr">
+        <is>
+          <t>9786257451567</t>
+        </is>
+      </c>
+      <c r="B2212" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Metinleri Çeviri Örnekleri</t>
+        </is>
+      </c>
+      <c r="C2212" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2213" spans="1:3">
+      <c r="A2213" s="1" t="inlineStr">
+        <is>
+          <t>9786257409704</t>
+        </is>
+      </c>
+      <c r="B2213" s="1" t="inlineStr">
+        <is>
+          <t>Kirli Genler</t>
+        </is>
+      </c>
+      <c r="C2213" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2214" spans="1:3">
+      <c r="A2214" s="1" t="inlineStr">
+        <is>
+          <t>9786257401333</t>
+        </is>
+      </c>
+      <c r="B2214" s="1" t="inlineStr">
+        <is>
+          <t>Marifet-i Musiki Edvarı - 1385?</t>
+        </is>
+      </c>
+      <c r="C2214" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2215" spans="1:3">
+      <c r="A2215" s="1" t="inlineStr">
+        <is>
+          <t>9786257409377</t>
+        </is>
+      </c>
+      <c r="B2215" s="1" t="inlineStr">
+        <is>
+          <t>Mitler, Rüyalar, Bilinçdışı, Eş Benlik ve Sinema</t>
+        </is>
+      </c>
+      <c r="C2215" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2216" spans="1:3">
+      <c r="A2216" s="1" t="inlineStr">
+        <is>
+          <t>9786257401418</t>
+        </is>
+      </c>
+      <c r="B2216" s="1" t="inlineStr">
+        <is>
+          <t>Algılanan Fayda</t>
+        </is>
+      </c>
+      <c r="C2216" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2217" spans="1:3">
+      <c r="A2217" s="1" t="inlineStr">
+        <is>
+          <t>9786257409254</t>
+        </is>
+      </c>
+      <c r="B2217" s="1" t="inlineStr">
+        <is>
+          <t>Keman Cilası</t>
+        </is>
+      </c>
+      <c r="C2217" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2218" spans="1:3">
+      <c r="A2218" s="1" t="inlineStr">
+        <is>
+          <t>9786257409230</t>
+        </is>
+      </c>
+      <c r="B2218" s="1" t="inlineStr">
+        <is>
+          <t>Tanzimattan Günümüze Ana Hatlarıyla Türk Eğitim Sistemi</t>
+        </is>
+      </c>
+      <c r="C2218" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2219" spans="1:3">
+      <c r="A2219" s="1" t="inlineStr">
+        <is>
+          <t>9786257401395</t>
+        </is>
+      </c>
+      <c r="B2219" s="1" t="inlineStr">
+        <is>
+          <t>Süt Devesi Yetiştiriciliği</t>
+        </is>
+      </c>
+      <c r="C2219" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="2220" spans="1:3">
+      <c r="A2220" s="1" t="inlineStr">
+        <is>
+          <t>9786257401456</t>
+        </is>
+      </c>
+      <c r="B2220" s="1" t="inlineStr">
+        <is>
+          <t>Alevi Bektaşi - Geleneğin Etnografik Çalışması</t>
+        </is>
+      </c>
+      <c r="C2220" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2221" spans="1:3">
+      <c r="A2221" s="1" t="inlineStr">
+        <is>
+          <t>9786257451611</t>
+        </is>
+      </c>
+      <c r="B2221" s="1" t="inlineStr">
+        <is>
+          <t>COVİD-19 Sürecinden Yansımalarla Psikiyatri Penceresinden Pandemi</t>
+        </is>
+      </c>
+      <c r="C2221" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2222" spans="1:3">
+      <c r="A2222" s="1" t="inlineStr">
+        <is>
+          <t>9786257451710</t>
+        </is>
+      </c>
+      <c r="B2222" s="1" t="inlineStr">
+        <is>
+          <t>İşyeri Rekreasyonu</t>
+        </is>
+      </c>
+      <c r="C2222" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2223" spans="1:3">
+      <c r="A2223" s="1" t="inlineStr">
+        <is>
+          <t>9786257409872</t>
+        </is>
+      </c>
+      <c r="B2223" s="1" t="inlineStr">
+        <is>
+          <t>COVID-19 Pandemisinde İletişim</t>
+        </is>
+      </c>
+      <c r="C2223" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="2224" spans="1:3">
+      <c r="A2224" s="1" t="inlineStr">
+        <is>
+          <t>9786257496179</t>
+        </is>
+      </c>
+      <c r="B2224" s="1" t="inlineStr">
+        <is>
+          <t>Malzeme Kimyası</t>
+        </is>
+      </c>
+      <c r="C2224" s="1">
+        <v>662.5</v>
+      </c>
+    </row>
+    <row r="2225" spans="1:3">
+      <c r="A2225" s="1" t="inlineStr">
+        <is>
+          <t>9786257451925</t>
+        </is>
+      </c>
+      <c r="B2225" s="1" t="inlineStr">
+        <is>
+          <t>Yerken Düşünmek Mümkün mü?</t>
+        </is>
+      </c>
+      <c r="C2225" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="2226" spans="1:3">
+      <c r="A2226" s="1" t="inlineStr">
+        <is>
+          <t>9786257409575</t>
+        </is>
+      </c>
+      <c r="B2226" s="1" t="inlineStr">
+        <is>
+          <t>Beden Eğitimi Öğretmeni Adaylarında Öğretmenlik Öz Yeterliliği</t>
+        </is>
+      </c>
+      <c r="C2226" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2227" spans="1:3">
+      <c r="A2227" s="1" t="inlineStr">
+        <is>
+          <t>9786257679220</t>
+        </is>
+      </c>
+      <c r="B2227" s="1" t="inlineStr">
+        <is>
+          <t>Ermeni Tarih Ders Kitaplarında Osmanlı ve Türk İmajı</t>
+        </is>
+      </c>
+      <c r="C2227" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2228" spans="1:3">
+      <c r="A2228" s="1" t="inlineStr">
+        <is>
+          <t>9786257679190</t>
+        </is>
+      </c>
+      <c r="B2228" s="1" t="inlineStr">
+        <is>
+          <t>Cumhurbaşkanı İsmet İnönü’nün Kıbrıs Türkleri Hakkında Hazırlattığı Rapor</t>
+        </is>
+      </c>
+      <c r="C2228" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2229" spans="1:3">
+      <c r="A2229" s="1" t="inlineStr">
+        <is>
+          <t>9786257679008</t>
+        </is>
+      </c>
+      <c r="B2229" s="1" t="inlineStr">
+        <is>
+          <t>Gürcistan’da İslam Din Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2229" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2230" spans="1:3">
+      <c r="A2230" s="1" t="inlineStr">
+        <is>
+          <t>9786257679756</t>
+        </is>
+      </c>
+      <c r="B2230" s="1" t="inlineStr">
+        <is>
+          <t>Marka Müşteri Bağlamı</t>
+        </is>
+      </c>
+      <c r="C2230" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2231" spans="1:3">
+      <c r="A2231" s="1" t="inlineStr">
+        <is>
+          <t>9786257707725</t>
+        </is>
+      </c>
+      <c r="B2231" s="1" t="inlineStr">
+        <is>
+          <t>Rekreasyonel Motivasyon ve Tatmin</t>
+        </is>
+      </c>
+      <c r="C2231" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2232" spans="1:3">
+      <c r="A2232" s="1" t="inlineStr">
+        <is>
+          <t>9786257106504</t>
+        </is>
+      </c>
+      <c r="B2232" s="1" t="inlineStr">
+        <is>
+          <t>Narrating the Enemy: The Image of “Ottoman-Turk” in Armenian History Textbooks</t>
+        </is>
+      </c>
+      <c r="C2232" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2233" spans="1:3">
+      <c r="A2233" s="1" t="inlineStr">
+        <is>
+          <t>9786257707916</t>
+        </is>
+      </c>
+      <c r="B2233" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Edebiyatı Yazarlarının Kaleminden Değerler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2233" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2234" spans="1:3">
+      <c r="A2234" s="1" t="inlineStr">
+        <is>
+          <t>9786257275835</t>
+        </is>
+      </c>
+      <c r="B2234" s="1" t="inlineStr">
+        <is>
+          <t>Spor Yöneticilerin Liderlik Stilleri</t>
+        </is>
+      </c>
+      <c r="C2234" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2235" spans="1:3">
+      <c r="A2235" s="1" t="inlineStr">
+        <is>
+          <t>9786257275828</t>
+        </is>
+      </c>
+      <c r="B2235" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimlerinde Sosyal Kültürel Sermaye ve Girişimcilik</t>
+        </is>
+      </c>
+      <c r="C2235" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2236" spans="1:3">
+      <c r="A2236" s="1" t="inlineStr">
+        <is>
+          <t>9786257707763</t>
+        </is>
+      </c>
+      <c r="B2236" s="1" t="inlineStr">
+        <is>
+          <t>Modern Türk Romanının Yapısal Unsurları ‘Düşünceli Roman’</t>
+        </is>
+      </c>
+      <c r="C2236" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2237" spans="1:3">
+      <c r="A2237" s="1" t="inlineStr">
+        <is>
+          <t>9786257707855</t>
+        </is>
+      </c>
+      <c r="B2237" s="1" t="inlineStr">
+        <is>
+          <t>Biotechnological Approaches on Horticultural Crops</t>
+        </is>
+      </c>
+      <c r="C2237" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2238" spans="1:3">
+      <c r="A2238" s="1" t="inlineStr">
+        <is>
+          <t>9786257707008</t>
+        </is>
+      </c>
+      <c r="B2238" s="1" t="inlineStr">
+        <is>
+          <t>Keto Diyet</t>
+        </is>
+      </c>
+      <c r="C2238" s="1">
+        <v>281.25</v>
+      </c>
+    </row>
+    <row r="2239" spans="1:3">
+      <c r="A2239" s="1" t="inlineStr">
+        <is>
+          <t>9786257275330</t>
+        </is>
+      </c>
+      <c r="B2239" s="1" t="inlineStr">
+        <is>
+          <t>Obeziteye Multidisipliner Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C2239" s="1">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="2240" spans="1:3">
+      <c r="A2240" s="1" t="inlineStr">
+        <is>
+          <t>9786257795388</t>
+        </is>
+      </c>
+      <c r="B2240" s="1" t="inlineStr">
+        <is>
+          <t>Halisane Liderlik</t>
+        </is>
+      </c>
+      <c r="C2240" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2241" spans="1:3">
+      <c r="A2241" s="1" t="inlineStr">
+        <is>
+          <t>9786257679985</t>
+        </is>
+      </c>
+      <c r="B2241" s="1" t="inlineStr">
+        <is>
+          <t>Örnek Olaylar ve Mevzuat ile Uluslararası Ticaret</t>
+        </is>
+      </c>
+      <c r="C2241" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2242" spans="1:3">
+      <c r="A2242" s="1" t="inlineStr">
+        <is>
+          <t>9786257795005</t>
+        </is>
+      </c>
+      <c r="B2242" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimleri Öğrencilerinde Örgütsel İmaj Algısı</t>
+        </is>
+      </c>
+      <c r="C2242" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2243" spans="1:3">
+      <c r="A2243" s="1" t="inlineStr">
+        <is>
+          <t>9786052589977</t>
+        </is>
+      </c>
+      <c r="B2243" s="1" t="inlineStr">
+        <is>
+          <t>Yitik Masumiyet - Cumhuriyet Dönemi Türk Romanı ve Varoluşsal Suçluluk</t>
+        </is>
+      </c>
+      <c r="C2243" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2244" spans="1:3">
+      <c r="A2244" s="1" t="inlineStr">
+        <is>
+          <t>9786257106191</t>
+        </is>
+      </c>
+      <c r="B2244" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Liderlik</t>
+        </is>
+      </c>
+      <c r="C2244" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2245" spans="1:3">
+      <c r="A2245" s="1" t="inlineStr">
+        <is>
+          <t>9786052589984</t>
+        </is>
+      </c>
+      <c r="B2245" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz ve Derin: Hüseyin Su Kitabı</t>
+        </is>
+      </c>
+      <c r="C2245" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2246" spans="1:3">
+      <c r="A2246" s="1" t="inlineStr">
+        <is>
+          <t>9786052589854</t>
+        </is>
+      </c>
+      <c r="B2246" s="1" t="inlineStr">
+        <is>
+          <t>Mekki B. Ebi Talib İlmi Kişiliği ve Kıraat İlminin Temel Meseleleri</t>
+        </is>
+      </c>
+      <c r="C2246" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2247" spans="1:3">
+      <c r="A2247" s="1" t="inlineStr">
+        <is>
+          <t>9786257496445</t>
+        </is>
+      </c>
+      <c r="B2247" s="1" t="inlineStr">
+        <is>
+          <t>Arthur Schopenhauer’da Kötülük Problemi ve Mutluluğun İmkanı</t>
+        </is>
+      </c>
+      <c r="C2247" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2248" spans="1:3">
+      <c r="A2248" s="1" t="inlineStr">
+        <is>
+          <t>9786257496544</t>
+        </is>
+      </c>
+      <c r="B2248" s="1" t="inlineStr">
+        <is>
+          <t>Tüketim Kültürü Yeni Medya ve Fotoğraf</t>
+        </is>
+      </c>
+      <c r="C2248" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2249" spans="1:3">
+      <c r="A2249" s="1" t="inlineStr">
+        <is>
+          <t>9786257409520</t>
+        </is>
+      </c>
+      <c r="B2249" s="1" t="inlineStr">
+        <is>
+          <t>Diyarbekir'in İlk Hususi Gazetesi: Peyman</t>
+        </is>
+      </c>
+      <c r="C2249" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2250" spans="1:3">
+      <c r="A2250" s="1" t="inlineStr">
+        <is>
+          <t>9786257401357</t>
+        </is>
+      </c>
+      <c r="B2250" s="1" t="inlineStr">
+        <is>
+          <t>Postmodern Dönemde İnternet Reklamcılığında Şüphecilik</t>
+        </is>
+      </c>
+      <c r="C2250" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2251" spans="1:3">
+      <c r="A2251" s="1" t="inlineStr">
+        <is>
+          <t>9786257496148</t>
+        </is>
+      </c>
+      <c r="B2251" s="1" t="inlineStr">
+        <is>
+          <t>Kampüs Rekreasyonu: Örnek Model Çalışması</t>
+        </is>
+      </c>
+      <c r="C2251" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2252" spans="1:3">
+      <c r="A2252" s="1" t="inlineStr">
+        <is>
+          <t>9786257496711</t>
+        </is>
+      </c>
+      <c r="B2252" s="1" t="inlineStr">
+        <is>
+          <t>Analysis of Turkey National Football Team’s Performance During FIFA World Cups and UEFA European Championships</t>
+        </is>
+      </c>
+      <c r="C2252" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2253" spans="1:3">
+      <c r="A2253" s="1" t="inlineStr">
+        <is>
+          <t>9786257451543</t>
+        </is>
+      </c>
+      <c r="B2253" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Sektöründe İş Sağlığı ve Güvenliği</t>
+        </is>
+      </c>
+      <c r="C2253" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2254" spans="1:3">
+      <c r="A2254" s="1" t="inlineStr">
+        <is>
+          <t>9786257451673</t>
+        </is>
+      </c>
+      <c r="B2254" s="1" t="inlineStr">
+        <is>
+          <t>Ortodoks İktisat ile İktisat Sosyolojisi Arasındaki İlişki</t>
+        </is>
+      </c>
+      <c r="C2254" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="2255" spans="1:3">
+      <c r="A2255" s="1" t="inlineStr">
+        <is>
+          <t>9786257451192</t>
+        </is>
+      </c>
+      <c r="B2255" s="1" t="inlineStr">
+        <is>
+          <t>Dil ve Bağlam Açısından Kur'an'da Esma-i Hüsna</t>
+        </is>
+      </c>
+      <c r="C2255" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2256" spans="1:3">
+      <c r="A2256" s="1" t="inlineStr">
+        <is>
+          <t>9786257451178</t>
+        </is>
+      </c>
+      <c r="B2256" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimleri Öğrencilerinin Uzaktan Eğitime Yönelik Görüşleri</t>
+        </is>
+      </c>
+      <c r="C2256" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2257" spans="1:3">
+      <c r="A2257" s="1" t="inlineStr">
+        <is>
+          <t>9786257409865</t>
+        </is>
+      </c>
+      <c r="B2257" s="1" t="inlineStr">
+        <is>
+          <t>Koronavirüs Enfeksiyonu ve Sonrası Büyük Yorgunluk Nedenler Niçinler Çözümler</t>
+        </is>
+      </c>
+      <c r="C2257" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2258" spans="1:3">
+      <c r="A2258" s="1" t="inlineStr">
+        <is>
+          <t>9786257707664</t>
+        </is>
+      </c>
+      <c r="B2258" s="1" t="inlineStr">
+        <is>
+          <t>Dart Atışında Görsel Odak Kontrolü</t>
+        </is>
+      </c>
+      <c r="C2258" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2259" spans="1:3">
+      <c r="A2259" s="1" t="inlineStr">
+        <is>
+          <t>9786257679183</t>
+        </is>
+      </c>
+      <c r="B2259" s="1" t="inlineStr">
+        <is>
+          <t>Turizm İşletmelerinde Rekreasyon ve Animasyon</t>
+        </is>
+      </c>
+      <c r="C2259" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2260" spans="1:3">
+      <c r="A2260" s="1" t="inlineStr">
+        <is>
+          <t>9786257106672</t>
+        </is>
+      </c>
+      <c r="B2260" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı Günler</t>
+        </is>
+      </c>
+      <c r="C2260" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="2261" spans="1:3">
+      <c r="A2261" s="1" t="inlineStr">
+        <is>
+          <t>9786257707459</t>
+        </is>
+      </c>
+      <c r="B2261" s="1" t="inlineStr">
+        <is>
+          <t>Ortaçağ Kahire’sinde İktidar ve Dini Düşünce</t>
+        </is>
+      </c>
+      <c r="C2261" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2262" spans="1:3">
+      <c r="A2262" s="1" t="inlineStr">
+        <is>
+          <t>9786257707374</t>
+        </is>
+      </c>
+      <c r="B2262" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenmeyi Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C2262" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2263" spans="1:3">
+      <c r="A2263" s="1" t="inlineStr">
+        <is>
+          <t>9786257275903</t>
+        </is>
+      </c>
+      <c r="B2263" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Üretim Yönetimi ve Bilgi Üretim Merkezleri</t>
+        </is>
+      </c>
+      <c r="C2263" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2264" spans="1:3">
+      <c r="A2264" s="1" t="inlineStr">
+        <is>
+          <t>9786257707237</t>
+        </is>
+      </c>
+      <c r="B2264" s="1" t="inlineStr">
+        <is>
+          <t>Akademisyenlerde Stres, Depresyon ve Tükenmişlik</t>
+        </is>
+      </c>
+      <c r="C2264" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2265" spans="1:3">
+      <c r="A2265" s="1" t="inlineStr">
+        <is>
+          <t>9786257707244</t>
+        </is>
+      </c>
+      <c r="B2265" s="1" t="inlineStr">
+        <is>
+          <t>Teniste Beceri Öğrenim ve Öğretim Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C2265" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2266" spans="1:3">
+      <c r="A2266" s="1" t="inlineStr">
+        <is>
+          <t>9786257707732</t>
+        </is>
+      </c>
+      <c r="B2266" s="1" t="inlineStr">
+        <is>
+          <t>Renk Armonilerinin Teorisi</t>
+        </is>
+      </c>
+      <c r="C2266" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2267" spans="1:3">
+      <c r="A2267" s="1" t="inlineStr">
+        <is>
+          <t>9786257707176</t>
+        </is>
+      </c>
+      <c r="B2267" s="1" t="inlineStr">
+        <is>
+          <t>İslam Borçlar Hukuku</t>
+        </is>
+      </c>
+      <c r="C2267" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2268" spans="1:3">
+      <c r="A2268" s="1" t="inlineStr">
+        <is>
+          <t>9786257106870</t>
+        </is>
+      </c>
+      <c r="B2268" s="1" t="inlineStr">
+        <is>
+          <t>Yenidünya (Eriobotrya Japonica) Çekirdeğinden Aktif Karbon Üretimi ve Karakterizasyonu</t>
+        </is>
+      </c>
+      <c r="C2268" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2269" spans="1:3">
+      <c r="A2269" s="1" t="inlineStr">
+        <is>
+          <t>9786257707169</t>
+        </is>
+      </c>
+      <c r="B2269" s="1" t="inlineStr">
+        <is>
+          <t>Erzurum Tifnik/Altınbulak Köyü Halk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C2269" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2270" spans="1:3">
+      <c r="A2270" s="1" t="inlineStr">
+        <is>
+          <t>9786257707183</t>
+        </is>
+      </c>
+      <c r="B2270" s="1" t="inlineStr">
+        <is>
+          <t>Bitlis Kalesi Kazısı Tütün Lüleleri (2011-2015)</t>
+        </is>
+      </c>
+      <c r="C2270" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="2271" spans="1:3">
+      <c r="A2271" s="1" t="inlineStr">
+        <is>
+          <t>9786257707053</t>
+        </is>
+      </c>
+      <c r="B2271" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Uluslararası Spor Organizasyonları Düzenleyen Federasyonların Karşılaştıkları Problemler</t>
+        </is>
+      </c>
+      <c r="C2271" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2272" spans="1:3">
+      <c r="A2272" s="1" t="inlineStr">
+        <is>
+          <t>9786257275965</t>
+        </is>
+      </c>
+      <c r="B2272" s="1" t="inlineStr">
+        <is>
+          <t>Elit Kayaklı Koşu ve Elit Tekerlekli Kayak Sporcularında Dayanıklık Antrenmanları</t>
+        </is>
+      </c>
+      <c r="C2272" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2273" spans="1:3">
+      <c r="A2273" s="1" t="inlineStr">
+        <is>
+          <t>9786257275941</t>
+        </is>
+      </c>
+      <c r="B2273" s="1" t="inlineStr">
+        <is>
+          <t>Biyolojik Ritim ve Atletik Performans</t>
+        </is>
+      </c>
+      <c r="C2273" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2274" spans="1:3">
+      <c r="A2274" s="1" t="inlineStr">
+        <is>
+          <t>9786257275576</t>
+        </is>
+      </c>
+      <c r="B2274" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcılık ve Sporda Multidisipliner Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C2274" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2275" spans="1:3">
+      <c r="A2275" s="1" t="inlineStr">
+        <is>
+          <t>9786257275750</t>
+        </is>
+      </c>
+      <c r="B2275" s="1" t="inlineStr">
+        <is>
+          <t>Serbest Stil Güreşçilerin Beslenme Alışkınlıkları ve Beslenme Destek Ürünü Kullanımları</t>
+        </is>
+      </c>
+      <c r="C2275" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2276" spans="1:3">
+      <c r="A2276" s="1" t="inlineStr">
+        <is>
+          <t>9786257795944</t>
+        </is>
+      </c>
+      <c r="B2276" s="1" t="inlineStr">
+        <is>
+          <t>Türk-Fransız Hukuk Dili ve Hukuk Metinleri Çevirisi</t>
+        </is>
+      </c>
+      <c r="C2276" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2277" spans="1:3">
+      <c r="A2277" s="1" t="inlineStr">
+        <is>
+          <t>9786257275415</t>
+        </is>
+      </c>
+      <c r="B2277" s="1" t="inlineStr">
+        <is>
+          <t>Otantik Liderlik</t>
+        </is>
+      </c>
+      <c r="C2277" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2278" spans="1:3">
+      <c r="A2278" s="1" t="inlineStr">
+        <is>
+          <t>9786257275446</t>
+        </is>
+      </c>
+      <c r="B2278" s="1" t="inlineStr">
+        <is>
+          <t>Emek, Özgürlük ve Strateji Üzerine Diyaloglar</t>
+        </is>
+      </c>
+      <c r="C2278" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2279" spans="1:3">
+      <c r="A2279" s="1" t="inlineStr">
+        <is>
+          <t>9786257106580</t>
+        </is>
+      </c>
+      <c r="B2279" s="1" t="inlineStr">
+        <is>
+          <t>Panik Bozukluğu Olan Hastaların Yakınları İçin Bir Rehber</t>
+        </is>
+      </c>
+      <c r="C2279" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2280" spans="1:3">
+      <c r="A2280" s="1" t="inlineStr">
+        <is>
+          <t>9786257275095</t>
+        </is>
+      </c>
+      <c r="B2280" s="1" t="inlineStr">
+        <is>
+          <t>Tarım Bilimleri ve Su Ürünlerinde Vizyonel Çalışmalar 2 (AYBAK Eylül 2020)</t>
+        </is>
+      </c>
+      <c r="C2280" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2281" spans="1:3">
+      <c r="A2281" s="1" t="inlineStr">
+        <is>
+          <t>9786257795494</t>
+        </is>
+      </c>
+      <c r="B2281" s="1" t="inlineStr">
+        <is>
+          <t>Şükür Kapısı</t>
+        </is>
+      </c>
+      <c r="C2281" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2282" spans="1:3">
+      <c r="A2282" s="1" t="inlineStr">
+        <is>
+          <t>9786257795500</t>
+        </is>
+      </c>
+      <c r="B2282" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Muhasebe Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C2282" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2283" spans="1:3">
+      <c r="A2283" s="1" t="inlineStr">
+        <is>
+          <t>9786257795630</t>
+        </is>
+      </c>
+      <c r="B2283" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Finans Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C2283" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2284" spans="1:3">
+      <c r="A2284" s="1" t="inlineStr">
+        <is>
+          <t>9786257795425</t>
+        </is>
+      </c>
+      <c r="B2284" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Dil ve Edebiyat Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C2284" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2285" spans="1:3">
+      <c r="A2285" s="1" t="inlineStr">
+        <is>
+          <t>9786257409582</t>
+        </is>
+      </c>
+      <c r="B2285" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayarsız Kodlama Eğitiminde Bilgi İşlemsel Düşünme</t>
+        </is>
+      </c>
+      <c r="C2285" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2286" spans="1:3">
+      <c r="A2286" s="1" t="inlineStr">
+        <is>
+          <t>9786257795456</t>
+        </is>
+      </c>
+      <c r="B2286" s="1" t="inlineStr">
+        <is>
+          <t>Current Researches in Educational Sciences 2</t>
+        </is>
+      </c>
+      <c r="C2286" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2287" spans="1:3">
+      <c r="A2287" s="1" t="inlineStr">
+        <is>
+          <t>9786257795333</t>
+        </is>
+      </c>
+      <c r="B2287" s="1" t="inlineStr">
+        <is>
+          <t>Current Approaches in Biology</t>
+        </is>
+      </c>
+      <c r="C2287" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2288" spans="1:3">
+      <c r="A2288" s="1" t="inlineStr">
+        <is>
+          <t>9786257795517</t>
+        </is>
+      </c>
+      <c r="B2288" s="1" t="inlineStr">
+        <is>
+          <t>Academic YDS and YÖKDİL</t>
+        </is>
+      </c>
+      <c r="C2288" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="2289" spans="1:3">
+      <c r="A2289" s="1" t="inlineStr">
+        <is>
+          <t>9786257106337</t>
+        </is>
+      </c>
+      <c r="B2289" s="1" t="inlineStr">
+        <is>
+          <t>Endüstri 4.0</t>
+        </is>
+      </c>
+      <c r="C2289" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2290" spans="1:3">
+      <c r="A2290" s="1" t="inlineStr">
+        <is>
+          <t>9786052589793</t>
+        </is>
+      </c>
+      <c r="B2290" s="1" t="inlineStr">
+        <is>
+          <t>Çoksesli Korolar İçin Halk Ezgileri</t>
+        </is>
+      </c>
+      <c r="C2290" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2291" spans="1:3">
+      <c r="A2291" s="1" t="inlineStr">
+        <is>
+          <t>9786052589953</t>
+        </is>
+      </c>
+      <c r="B2291" s="1" t="inlineStr">
+        <is>
+          <t>G-Toleransını Etkileyen Bazı Fiziksel ve Fizyolojik Faktörler</t>
+        </is>
+      </c>
+      <c r="C2291" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2292" spans="1:3">
+      <c r="A2292" s="1" t="inlineStr">
+        <is>
+          <t>9786052586023</t>
+        </is>
+      </c>
+      <c r="B2292" s="1" t="inlineStr">
+        <is>
+          <t>Turlarda Rehber ve Acenta Denetim Usul ve Esasları</t>
+        </is>
+      </c>
+      <c r="C2292" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2293" spans="1:3">
+      <c r="A2293" s="1" t="inlineStr">
+        <is>
+          <t>9786052589625</t>
+        </is>
+      </c>
+      <c r="B2293" s="1" t="inlineStr">
+        <is>
+          <t>Popülasyon Biyolojisi</t>
+        </is>
+      </c>
+      <c r="C2293" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2294" spans="1:3">
+      <c r="A2294" s="1" t="inlineStr">
+        <is>
+          <t>9786052588611</t>
+        </is>
+      </c>
+      <c r="B2294" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Turizm Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C2294" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2295" spans="1:3">
+      <c r="A2295" s="1" t="inlineStr">
+        <is>
+          <t>9786257496438</t>
+        </is>
+      </c>
+      <c r="B2295" s="1" t="inlineStr">
+        <is>
+          <t>Sporcularda İletişim Becerileri Kaygı Düzeyleri ve Çatışma Eğilimi</t>
+        </is>
+      </c>
+      <c r="C2295" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2296" spans="1:3">
+      <c r="A2296" s="1" t="inlineStr">
+        <is>
+          <t>9786257496063</t>
+        </is>
+      </c>
+      <c r="B2296" s="1" t="inlineStr">
+        <is>
+          <t>Beden Eğitimi Öğretmenlerinin Örgütsel Sinizm Düzeyleri</t>
+        </is>
+      </c>
+      <c r="C2296" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="2297" spans="1:3">
+      <c r="A2297" s="1" t="inlineStr">
+        <is>
+          <t>9786257496193</t>
+        </is>
+      </c>
+      <c r="B2297" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Spor Endüstrisi ve Spora Katılım Profili</t>
+        </is>
+      </c>
+      <c r="C2297" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2298" spans="1:3">
+      <c r="A2298" s="1" t="inlineStr">
+        <is>
+          <t>9786257451604</t>
+        </is>
+      </c>
+      <c r="B2298" s="1" t="inlineStr">
+        <is>
+          <t>Dürtü Kontrol Bozuklukları ve Dürtüsellik</t>
+        </is>
+      </c>
+      <c r="C2298" s="1">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="2299" spans="1:3">
+      <c r="A2299" s="1" t="inlineStr">
+        <is>
+          <t>9786257679060</t>
+        </is>
+      </c>
+      <c r="B2299" s="1" t="inlineStr">
+        <is>
+          <t>Sporcular İçin Hiponatremi ve Tuz</t>
+        </is>
+      </c>
+      <c r="C2299" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2300" spans="1:3">
+      <c r="A2300" s="1" t="inlineStr">
+        <is>
+          <t>9786257707428</t>
+        </is>
+      </c>
+      <c r="B2300" s="1" t="inlineStr">
+        <is>
+          <t>Sporcular İçin Sıvı Alımı ve Sıvı Dengesi</t>
+        </is>
+      </c>
+      <c r="C2300" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2301" spans="1:3">
+      <c r="A2301" s="1" t="inlineStr">
+        <is>
+          <t>9786257707992</t>
+        </is>
+      </c>
+      <c r="B2301" s="1" t="inlineStr">
+        <is>
+          <t>Fitness Merkezlerinin Hizmet Kalitesi</t>
+        </is>
+      </c>
+      <c r="C2301" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2302" spans="1:3">
+      <c r="A2302" s="1" t="inlineStr">
+        <is>
+          <t>9786257707817</t>
+        </is>
+      </c>
+      <c r="B2302" s="1" t="inlineStr">
+        <is>
+          <t>Adana Kadı Sicilleri 49 Numaralı Adana Şer‘iyye Sicili</t>
+        </is>
+      </c>
+      <c r="C2302" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2303" spans="1:3">
+      <c r="A2303" s="1" t="inlineStr">
+        <is>
+          <t>9786257275996</t>
+        </is>
+      </c>
+      <c r="B2303" s="1" t="inlineStr">
+        <is>
+          <t>Jeoloji Tarihinde İklim, Küresel Isınma ve Etkileri</t>
+        </is>
+      </c>
+      <c r="C2303" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2304" spans="1:3">
+      <c r="A2304" s="1" t="inlineStr">
+        <is>
+          <t>9786257707145</t>
+        </is>
+      </c>
+      <c r="B2304" s="1" t="inlineStr">
+        <is>
+          <t>Modern Maliyet Yaklaşımlarından Stratejik Maliyet Yönetimi</t>
+        </is>
+      </c>
+      <c r="C2304" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2305" spans="1:3">
+      <c r="A2305" s="1" t="inlineStr">
+        <is>
+          <t>9786257707060</t>
+        </is>
+      </c>
+      <c r="B2305" s="1" t="inlineStr">
+        <is>
+          <t>Obsesif Kompulsif Bozukluk</t>
+        </is>
+      </c>
+      <c r="C2305" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="2306" spans="1:3">
+      <c r="A2306" s="1" t="inlineStr">
+        <is>
+          <t>9786257707220</t>
+        </is>
+      </c>
+      <c r="B2306" s="1" t="inlineStr">
+        <is>
+          <t>Sapanca Gölü Spor ve Rekreasyon Faaliyetleri</t>
+        </is>
+      </c>
+      <c r="C2306" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2307" spans="1:3">
+      <c r="A2307" s="1" t="inlineStr">
+        <is>
+          <t>9786257275873</t>
+        </is>
+      </c>
+      <c r="B2307" s="1" t="inlineStr">
+        <is>
+          <t>Türk Halk Müziği Solfej Kitabı</t>
+        </is>
+      </c>
+      <c r="C2307" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2308" spans="1:3">
+      <c r="A2308" s="1" t="inlineStr">
+        <is>
+          <t>9786257707152</t>
+        </is>
+      </c>
+      <c r="B2308" s="1" t="inlineStr">
+        <is>
+          <t>Turizm Sektöründe Müşteri Analizi: Alanya, Kundu, Belek ve Side Araştırması</t>
+        </is>
+      </c>
+      <c r="C2308" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2309" spans="1:3">
+      <c r="A2309" s="1" t="inlineStr">
+        <is>
+          <t>9786257707138</t>
+        </is>
+      </c>
+      <c r="B2309" s="1" t="inlineStr">
+        <is>
+          <t>Katılım Bankacılığı ve Katılma Hesaplarının İşleyişi</t>
+        </is>
+      </c>
+      <c r="C2309" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2310" spans="1:3">
+      <c r="A2310" s="1" t="inlineStr">
+        <is>
+          <t>9786257275910</t>
+        </is>
+      </c>
+      <c r="B2310" s="1" t="inlineStr">
+        <is>
+          <t>Sporun Menstruasyon Dönemi Üzerine Etkileri</t>
+        </is>
+      </c>
+      <c r="C2310" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2311" spans="1:3">
+      <c r="A2311" s="1" t="inlineStr">
+        <is>
+          <t>9786257409469</t>
+        </is>
+      </c>
+      <c r="B2311" s="1" t="inlineStr">
+        <is>
+          <t>Gençlerin Dini Kimlik İnşasında Medyanın Rolü</t>
+        </is>
+      </c>
+      <c r="C2311" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2312" spans="1:3">
+      <c r="A2312" s="1" t="inlineStr">
+        <is>
+          <t>9786257409391</t>
+        </is>
+      </c>
+      <c r="B2312" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Palaska Türk Bisiklet Sporuna Adanan Bir Hayat</t>
+        </is>
+      </c>
+      <c r="C2312" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2313" spans="1:3">
+      <c r="A2313" s="1" t="inlineStr">
+        <is>
+          <t>9786257401432</t>
+        </is>
+      </c>
+      <c r="B2313" s="1" t="inlineStr">
+        <is>
+          <t>Erzurum’da Kış Sporları Potansiyeli ve Kış Sporları Tesisleşmesi</t>
+        </is>
+      </c>
+      <c r="C2313" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2314" spans="1:3">
+      <c r="A2314" s="1" t="inlineStr">
+        <is>
+          <t>9786257679886</t>
+        </is>
+      </c>
+      <c r="B2314" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve İletişim</t>
+        </is>
+      </c>
+      <c r="C2314" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2315" spans="1:3">
+      <c r="A2315" s="1" t="inlineStr">
+        <is>
+          <t>9786257354684</t>
+        </is>
+      </c>
+      <c r="B2315" s="1" t="inlineStr">
+        <is>
+          <t>Gebelikten Emzirmeye Beslenme Serüveni</t>
+        </is>
+      </c>
+      <c r="C2315" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="2316" spans="1:3">
+      <c r="A2316" s="1" t="inlineStr">
+        <is>
+          <t>9786257409407</t>
+        </is>
+      </c>
+      <c r="B2316" s="1" t="inlineStr">
+        <is>
+          <t>Güreşçilerde Reaktif Kuvvet İndeksi, Maksimal Kuvvet ve Anaerobik Güç</t>
+        </is>
+      </c>
+      <c r="C2316" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2317" spans="1:3">
+      <c r="A2317" s="1" t="inlineStr">
+        <is>
+          <t>9786257409643</t>
+        </is>
+      </c>
+      <c r="B2317" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunun Aksiyolojik Boyutu</t>
+        </is>
+      </c>
+      <c r="C2317" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2318" spans="1:3">
+      <c r="A2318" s="1" t="inlineStr">
+        <is>
+          <t>9786257409612</t>
+        </is>
+      </c>
+      <c r="B2318" s="1" t="inlineStr">
+        <is>
+          <t>Televizyonda Görsel Tasarım</t>
+        </is>
+      </c>
+      <c r="C2318" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2319" spans="1:3">
+      <c r="A2319" s="1" t="inlineStr">
+        <is>
+          <t>9786257354943</t>
+        </is>
+      </c>
+      <c r="B2319" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıkta Yapay Zeka ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2319" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="2320" spans="1:3">
+      <c r="A2320" s="1" t="inlineStr">
+        <is>
+          <t>9786257409773</t>
+        </is>
+      </c>
+      <c r="B2320" s="1" t="inlineStr">
+        <is>
+          <t>Enderun Mektebi ve Üstün Zekalı Çocukların Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2320" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2321" spans="1:3">
+      <c r="A2321" s="1" t="inlineStr">
+        <is>
+          <t>9786257354936</t>
+        </is>
+      </c>
+      <c r="B2321" s="1" t="inlineStr">
+        <is>
+          <t>Teletıp Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2321" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="2322" spans="1:3">
+      <c r="A2322" s="1" t="inlineStr">
+        <is>
+          <t>9786257409087</t>
+        </is>
+      </c>
+      <c r="B2322" s="1" t="inlineStr">
+        <is>
+          <t>Obeziteye Multidisipliner Bakış</t>
+        </is>
+      </c>
+      <c r="C2322" s="1">
+        <v>2062.5</v>
+      </c>
+    </row>
+    <row r="2323" spans="1:3">
+      <c r="A2323" s="1" t="inlineStr">
+        <is>
+          <t>3990000065013</t>
+        </is>
+      </c>
+      <c r="B2323" s="1" t="inlineStr">
+        <is>
+          <t>Dahili ve Cerrahi Hastalıklarda Bakım 2.Cilt</t>
+        </is>
+      </c>
+      <c r="C2323" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="2324" spans="1:3">
+      <c r="A2324" s="1" t="inlineStr">
+        <is>
+          <t>9786257275521</t>
+        </is>
+      </c>
+      <c r="B2324" s="1" t="inlineStr">
+        <is>
+          <t>Şiire Yön Veren Akademisyen Şairler</t>
+        </is>
+      </c>
+      <c r="C2324" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="2325" spans="1:3">
+      <c r="A2325" s="1" t="inlineStr">
+        <is>
+          <t>9786257077039</t>
+        </is>
+      </c>
+      <c r="B2325" s="1" t="inlineStr">
+        <is>
+          <t>Cumhurbaşkanlığı Hükümet Sisteminde Merkez Yerel İlişkileri ve Vesayet Denetimi</t>
+        </is>
+      </c>
+      <c r="C2325" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2326" spans="1:3">
+      <c r="A2326" s="1" t="inlineStr">
+        <is>
+          <t>9786257275583</t>
+        </is>
+      </c>
+      <c r="B2326" s="1" t="inlineStr">
+        <is>
+          <t>Akademik Personellerde Nepotizm ve Kronizm Düzeyleri</t>
+        </is>
+      </c>
+      <c r="C2326" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2327" spans="1:3">
+      <c r="A2327" s="1" t="inlineStr">
+        <is>
+          <t>9786257275804</t>
+        </is>
+      </c>
+      <c r="B2327" s="1" t="inlineStr">
+        <is>
+          <t>Depresyon Çocuk ve Gençlerde Bilişsel Davranışçı Terapi</t>
+        </is>
+      </c>
+      <c r="C2327" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2328" spans="1:3">
+      <c r="A2328" s="1" t="inlineStr">
+        <is>
+          <t>9786257354363</t>
+        </is>
+      </c>
+      <c r="B2328" s="1" t="inlineStr">
+        <is>
+          <t>Psikiyatrik Bozukluklardaki Anksiyetenin Kanıta Dayalı Bitkisel ve Nutrisyonel Tedavisi</t>
+        </is>
+      </c>
+      <c r="C2328" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2329" spans="1:3">
+      <c r="A2329" s="1" t="inlineStr">
+        <is>
+          <t>9786257106788</t>
+        </is>
+      </c>
+      <c r="B2329" s="1" t="inlineStr">
+        <is>
+          <t>Futbolda Gelişim ve Eğitim Üzerine Notlar</t>
+        </is>
+      </c>
+      <c r="C2329" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2330" spans="1:3">
+      <c r="A2330" s="1" t="inlineStr">
+        <is>
+          <t>9786257106740</t>
+        </is>
+      </c>
+      <c r="B2330" s="1" t="inlineStr">
+        <is>
+          <t>Sanayileşme ve Kalkınma Dinamikleri Cilt: 1</t>
+        </is>
+      </c>
+      <c r="C2330" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="2331" spans="1:3">
+      <c r="A2331" s="1" t="inlineStr">
+        <is>
+          <t>9786257106771</t>
+        </is>
+      </c>
+      <c r="B2331" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Kurtuluş</t>
+        </is>
+      </c>
+      <c r="C2331" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2332" spans="1:3">
+      <c r="A2332" s="1" t="inlineStr">
+        <is>
+          <t>9786052586747</t>
+        </is>
+      </c>
+      <c r="B2332" s="1" t="inlineStr">
+        <is>
+          <t>Zerdüşt</t>
+        </is>
+      </c>
+      <c r="C2332" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2333" spans="1:3">
+      <c r="A2333" s="1" t="inlineStr">
+        <is>
+          <t>9786052588284</t>
+        </is>
+      </c>
+      <c r="B2333" s="1" t="inlineStr">
+        <is>
+          <t>Üniversiteler İçin Türk Dili 1 - 2</t>
+        </is>
+      </c>
+      <c r="C2333" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="2334" spans="1:3">
+      <c r="A2334" s="1" t="inlineStr">
+        <is>
+          <t>9786052586846</t>
+        </is>
+      </c>
+      <c r="B2334" s="1" t="inlineStr">
+        <is>
+          <t>Sportif Karakterin ve Zeka Boyutlarının Sportif Başarı Motivasyonlarına Etkisi</t>
+        </is>
+      </c>
+      <c r="C2334" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2335" spans="1:3">
+      <c r="A2335" s="1" t="inlineStr">
+        <is>
+          <t>9786257409414</t>
+        </is>
+      </c>
+      <c r="B2335" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’ye Beden Eğitimi ve Spor Alanında Gelen Yabancı Uzmanlar (1923-1973)</t>
+        </is>
+      </c>
+      <c r="C2335" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2336" spans="1:3">
+      <c r="A2336" s="1" t="inlineStr">
+        <is>
+          <t>9786257409476</t>
+        </is>
+      </c>
+      <c r="B2336" s="1" t="inlineStr">
+        <is>
+          <t>Kuvvet Antrenmanlarında Kreatin Kinaz Enzimi ve Kan Parametreleri</t>
+        </is>
+      </c>
+      <c r="C2336" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2337" spans="1:3">
+      <c r="A2337" s="1" t="inlineStr">
+        <is>
+          <t>9786257275781</t>
+        </is>
+      </c>
+      <c r="B2337" s="1" t="inlineStr">
+        <is>
+          <t>Yatağında Uyumayı Öğrenen Okyanus</t>
+        </is>
+      </c>
+      <c r="C2337" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2338" spans="1:3">
+      <c r="A2338" s="1" t="inlineStr">
+        <is>
+          <t>9786257707336</t>
+        </is>
+      </c>
+      <c r="B2338" s="1" t="inlineStr">
+        <is>
+          <t>Türk Devletlerinde Din-Devlet İlişkileri ve Din Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2338" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2339" spans="1:3">
+      <c r="A2339" s="1" t="inlineStr">
+        <is>
+          <t>9786257707206</t>
+        </is>
+      </c>
+      <c r="B2339" s="1" t="inlineStr">
+        <is>
+          <t>Sinemada Anlam ve Seksenlerin Türk Sineması Üzerine Denemeler</t>
+        </is>
+      </c>
+      <c r="C2339" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2340" spans="1:3">
+      <c r="A2340" s="1" t="inlineStr">
+        <is>
+          <t>9786257275460</t>
+        </is>
+      </c>
+      <c r="B2340" s="1" t="inlineStr">
+        <is>
+          <t>Elit Olan ve Olmayan Badmintoncularda Yorgunluk Parametreleri ve Laktat İlişkisi</t>
+        </is>
+      </c>
+      <c r="C2340" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2341" spans="1:3">
+      <c r="A2341" s="1" t="inlineStr">
+        <is>
+          <t>9786257275743</t>
+        </is>
+      </c>
+      <c r="B2341" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Ekonomik Kriz Sonrası Türkiye’de Bankacılık: İktisadi Devletçilik</t>
+        </is>
+      </c>
+      <c r="C2341" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2342" spans="1:3">
+      <c r="A2342" s="1" t="inlineStr">
+        <is>
+          <t>9786052588772</t>
+        </is>
+      </c>
+      <c r="B2342" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Fen Bilimleri Çalışmaları (AYBAK 2020 Mart)</t>
+        </is>
+      </c>
+      <c r="C2342" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2343" spans="1:3">
+      <c r="A2343" s="1" t="inlineStr">
+        <is>
+          <t>9786257354745</t>
+        </is>
+      </c>
+      <c r="B2343" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk İstismarı ve İhmali Kapsamında Çocukların Cinsel Dokunulmazlığına Karşı Suçlar</t>
+        </is>
+      </c>
+      <c r="C2343" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2344" spans="1:3">
+      <c r="A2344" s="1" t="inlineStr">
+        <is>
+          <t>9786052586020</t>
+        </is>
+      </c>
+      <c r="B2344" s="1" t="inlineStr">
+        <is>
+          <t>Yüksekokullar İçin Genel Muhasebe</t>
+        </is>
+      </c>
+      <c r="C2344" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2345" spans="1:3">
+      <c r="A2345" s="1" t="inlineStr">
+        <is>
+          <t>9786257679879</t>
+        </is>
+      </c>
+      <c r="B2345" s="1" t="inlineStr">
+        <is>
+          <t>Zeminlerde Sıvılaşma Analiz ve İyileştirme Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C2345" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="2346" spans="1:3">
+      <c r="A2346" s="1" t="inlineStr">
+        <is>
+          <t>9786257679718</t>
+        </is>
+      </c>
+      <c r="B2346" s="1" t="inlineStr">
+        <is>
+          <t>Obsesif Kompulsif Bozukluğu Olan Hastaların Yakınları İçin Bir Rehber</t>
+        </is>
+      </c>
+      <c r="C2346" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="2347" spans="1:3">
+      <c r="A2347" s="1" t="inlineStr">
+        <is>
+          <t>9786257354714</t>
+        </is>
+      </c>
+      <c r="B2347" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Şehirlerle Türkiye</t>
+        </is>
+      </c>
+      <c r="C2347" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="2348" spans="1:3">
+      <c r="A2348" s="1" t="inlineStr">
+        <is>
+          <t>9786257679121</t>
+        </is>
+      </c>
+      <c r="B2348" s="1" t="inlineStr">
+        <is>
+          <t>Kros Sporcuları ve Kaygı</t>
+        </is>
+      </c>
+      <c r="C2348" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="2349" spans="1:3">
+      <c r="A2349" s="1" t="inlineStr">
+        <is>
+          <t>9786257354066</t>
+        </is>
+      </c>
+      <c r="B2349" s="1" t="inlineStr">
+        <is>
+          <t>Konaklama İşletmelerinde İş Sağlığı ve Güvenliği</t>
+        </is>
+      </c>
+      <c r="C2349" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2350" spans="1:3">
+      <c r="A2350" s="1" t="inlineStr">
+        <is>
+          <t>9786257679992</t>
+        </is>
+      </c>
+      <c r="B2350" s="1" t="inlineStr">
+        <is>
+          <t>Erzurum Kongresi Bibliyografyası</t>
+        </is>
+      </c>
+      <c r="C2350" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2351" spans="1:3">
+      <c r="A2351" s="1" t="inlineStr">
+        <is>
+          <t>9786257679787</t>
+        </is>
+      </c>
+      <c r="B2351" s="1" t="inlineStr">
+        <is>
+          <t>Z Kuşağı</t>
+        </is>
+      </c>
+      <c r="C2351" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2352" spans="1:3">
+      <c r="A2352" s="1" t="inlineStr">
+        <is>
+          <t>9786257679732</t>
+        </is>
+      </c>
+      <c r="B2352" s="1" t="inlineStr">
+        <is>
+          <t>Hinduizm ve Kadın</t>
+        </is>
+      </c>
+      <c r="C2352" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2353" spans="1:3">
+      <c r="A2353" s="1" t="inlineStr">
+        <is>
+          <t>9786257106368</t>
+        </is>
+      </c>
+      <c r="B2353" s="1" t="inlineStr">
+        <is>
+          <t>Karikatürlerle Çocuk Hakları Sözleşmesi</t>
+        </is>
+      </c>
+      <c r="C2353" s="1">
+        <v>37.5</v>
+      </c>
+    </row>
+    <row r="2354" spans="1:3">
+      <c r="A2354" s="1" t="inlineStr">
+        <is>
+          <t>9786052589311</t>
+        </is>
+      </c>
+      <c r="B2354" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’deki Sosyokültürel Dönüşüm: Kars Yöresi Aşıklık Geleneği ve Genç Dinleyici Kitlesi</t>
+        </is>
+      </c>
+      <c r="C2354" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2355" spans="1:3">
+      <c r="A2355" s="1" t="inlineStr">
+        <is>
+          <t>9786052588048</t>
+        </is>
+      </c>
+      <c r="B2355" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomik Terimler Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C2355" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2356" spans="1:3">
+      <c r="A2356" s="1" t="inlineStr">
+        <is>
+          <t>9786257106115</t>
+        </is>
+      </c>
+      <c r="B2356" s="1" t="inlineStr">
+        <is>
+          <t>Duyusal Teknolojiler ve Online Alışveriş</t>
+        </is>
+      </c>
+      <c r="C2356" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2357" spans="1:3">
+      <c r="A2357" s="1" t="inlineStr">
+        <is>
+          <t>9786052588628</t>
+        </is>
+      </c>
+      <c r="B2357" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Eğitim Bilimleri Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C2357" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2358" spans="1:3">
+      <c r="A2358" s="1" t="inlineStr">
+        <is>
+          <t>9786052588895</t>
+        </is>
+      </c>
+      <c r="B2358" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Bankacılık ve Finans Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C2358" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2359" spans="1:3">
+      <c r="A2359" s="1" t="inlineStr">
+        <is>
+          <t>9786052588925</t>
+        </is>
+      </c>
+      <c r="B2359" s="1" t="inlineStr">
+        <is>
+          <t>Current Studies in Social Sciences 1</t>
+        </is>
+      </c>
+      <c r="C2359" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2360" spans="1:3">
+      <c r="A2360" s="1" t="inlineStr">
+        <is>
+          <t>9786052588932</t>
+        </is>
+      </c>
+      <c r="B2360" s="1" t="inlineStr">
+        <is>
+          <t>Current Researches in Educational Sciences</t>
+        </is>
+      </c>
+      <c r="C2360" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2361" spans="1:3">
+      <c r="A2361" s="1" t="inlineStr">
+        <is>
+          <t>9786052589274</t>
+        </is>
+      </c>
+      <c r="B2361" s="1" t="inlineStr">
+        <is>
+          <t>Current Marketing and Production Studies</t>
+        </is>
+      </c>
+      <c r="C2361" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2362" spans="1:3">
+      <c r="A2362" s="1" t="inlineStr">
+        <is>
+          <t>9786052589267</t>
+        </is>
+      </c>
+      <c r="B2362" s="1" t="inlineStr">
+        <is>
+          <t>Current Financial Studies</t>
+        </is>
+      </c>
+      <c r="C2362" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2363" spans="1:3">
+      <c r="A2363" s="1" t="inlineStr">
+        <is>
+          <t>9786052588550</t>
+        </is>
+      </c>
+      <c r="B2363" s="1" t="inlineStr">
+        <is>
+          <t>Girişimcilik Eğitimi Temel Eğitimden Öğretmen Eğitimine Genel Bakış</t>
+        </is>
+      </c>
+      <c r="C2363" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2364" spans="1:3">
+      <c r="A2364" s="1" t="inlineStr">
+        <is>
+          <t>9786052588208</t>
+        </is>
+      </c>
+      <c r="B2364" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Radyo ve E-Dinleyici</t>
+        </is>
+      </c>
+      <c r="C2364" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2365" spans="1:3">
+      <c r="A2365" s="1" t="inlineStr">
+        <is>
+          <t>9786052588222</t>
+        </is>
+      </c>
+      <c r="B2365" s="1" t="inlineStr">
+        <is>
+          <t>İş Sağlığı ve Güvenliği</t>
+        </is>
+      </c>
+      <c r="C2365" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="2366" spans="1:3">
+      <c r="A2366" s="1" t="inlineStr">
+        <is>
+          <t>9786052587171</t>
+        </is>
+      </c>
+      <c r="B2366" s="1" t="inlineStr">
+        <is>
+          <t>Aletli Analiz Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2366" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2367" spans="1:3">
+      <c r="A2367" s="1" t="inlineStr">
+        <is>
+          <t>9786052587287</t>
+        </is>
+      </c>
+      <c r="B2367" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Pazarlama Stratejileri ve Amaçlara Etkisi Üzerine İşletmelerde Bir Araştırma</t>
+        </is>
+      </c>
+      <c r="C2367" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="2368" spans="1:3">
+      <c r="A2368" s="1" t="inlineStr">
+        <is>
+          <t>9786052587355</t>
+        </is>
+      </c>
+      <c r="B2368" s="1" t="inlineStr">
+        <is>
+          <t>Kuvvet Antrenman Yöntemlerinde Kinetik ve Kinematikler Etkiler</t>
+        </is>
+      </c>
+      <c r="C2368" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2369" spans="1:3">
+      <c r="A2369" s="1" t="inlineStr">
+        <is>
+          <t>9786052587225</t>
+        </is>
+      </c>
+      <c r="B2369" s="1" t="inlineStr">
+        <is>
+          <t>Fitness Merkezleri Standart ve Kalite Belgelendirme Sürecinde Almanya Modeli ve Türkiye'de Uyarlanabilirlik Calışması</t>
+        </is>
+      </c>
+      <c r="C2369" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2370" spans="1:3">
+      <c r="A2370" s="1" t="inlineStr">
+        <is>
+          <t>9786052587164</t>
+        </is>
+      </c>
+      <c r="B2370" s="1" t="inlineStr">
+        <is>
+          <t>Araştırmacı Öğretmen: Daha İyiye Yolculuk</t>
+        </is>
+      </c>
+      <c r="C2370" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2371" spans="1:3">
+      <c r="A2371" s="1" t="inlineStr">
+        <is>
+          <t>9786052585467</t>
+        </is>
+      </c>
+      <c r="B2371" s="1" t="inlineStr">
+        <is>
+          <t>Yüzme</t>
+        </is>
+      </c>
+      <c r="C2371" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2372" spans="1:3">
+      <c r="A2372" s="1" t="inlineStr">
+        <is>
+          <t>9786052587010</t>
+        </is>
+      </c>
+      <c r="B2372" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Özdeşleşme: Psikolojik Sermaye ve Örgütsel Desteğin Rolü</t>
+        </is>
+      </c>
+      <c r="C2372" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2373" spans="1:3">
+      <c r="A2373" s="1" t="inlineStr">
+        <is>
+          <t>9786052585061</t>
+        </is>
+      </c>
+      <c r="B2373" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimleri</t>
+        </is>
+      </c>
+      <c r="C2373" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2374" spans="1:3">
+      <c r="A2374" s="1" t="inlineStr">
+        <is>
+          <t>9786257401982</t>
+        </is>
+      </c>
+      <c r="B2374" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Anksiyete ve Otistik Özellikler</t>
+        </is>
+      </c>
+      <c r="C2374" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2375" spans="1:3">
+      <c r="A2375" s="1" t="inlineStr">
+        <is>
+          <t>9786257401999</t>
+        </is>
+      </c>
+      <c r="B2375" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi Parti Tarafgirliği ve Şiddet</t>
+        </is>
+      </c>
+      <c r="C2375" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2376" spans="1:3">
+      <c r="A2376" s="1" t="inlineStr">
+        <is>
+          <t>9786257401036</t>
+        </is>
+      </c>
+      <c r="B2376" s="1" t="inlineStr">
+        <is>
+          <t>Gıdalarda Renk</t>
+        </is>
+      </c>
+      <c r="C2376" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2377" spans="1:3">
+      <c r="A2377" s="1" t="inlineStr">
+        <is>
+          <t>9786257401449</t>
+        </is>
+      </c>
+      <c r="B2377" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik Hedonizm ve Din</t>
+        </is>
+      </c>
+      <c r="C2377" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2378" spans="1:3">
+      <c r="A2378" s="1" t="inlineStr">
+        <is>
+          <t>9786257679640</t>
+        </is>
+      </c>
+      <c r="B2378" s="1" t="inlineStr">
+        <is>
+          <t>Tarihi Türk Lehçeleri ve Türkiye Türkçesinde Seslerin Kullanım Sıklığı</t>
+        </is>
+      </c>
+      <c r="C2378" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2379" spans="1:3">
+      <c r="A2379" s="1" t="inlineStr">
+        <is>
+          <t>9786257679213</t>
+        </is>
+      </c>
+      <c r="B2379" s="1" t="inlineStr">
+        <is>
+          <t>Dini İçerikli Sosyal Paylaşım ve Değer Yönelimi</t>
+        </is>
+      </c>
+      <c r="C2379" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2380" spans="1:3">
+      <c r="A2380" s="1" t="inlineStr">
+        <is>
+          <t>9786257679725</t>
+        </is>
+      </c>
+      <c r="B2380" s="1" t="inlineStr">
+        <is>
+          <t>Müzikte İnsan Sesi</t>
+        </is>
+      </c>
+      <c r="C2380" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2381" spans="1:3">
+      <c r="A2381" s="1" t="inlineStr">
+        <is>
+          <t>9786052585443</t>
+        </is>
+      </c>
+      <c r="B2381" s="1" t="inlineStr">
+        <is>
+          <t>Teknoloji ve Yenilik Yönetimi</t>
+        </is>
+      </c>
+      <c r="C2381" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2382" spans="1:3">
+      <c r="A2382" s="1" t="inlineStr">
+        <is>
+          <t>9786257707275</t>
+        </is>
+      </c>
+      <c r="B2382" s="1" t="inlineStr">
+        <is>
+          <t>Beden Eğitimi Öğretmenlerinde Program Geliştirme ve Bilişsel Kurgular</t>
+        </is>
+      </c>
+      <c r="C2382" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2383" spans="1:3">
+      <c r="A2383" s="1" t="inlineStr">
+        <is>
+          <t>9786257679176</t>
+        </is>
+      </c>
+      <c r="B2383" s="1" t="inlineStr">
+        <is>
+          <t>Sporcularda Zihinsel Dayanıklılık Kendinle Konuşma ve Tutkunluk</t>
+        </is>
+      </c>
+      <c r="C2383" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2384" spans="1:3">
+      <c r="A2384" s="1" t="inlineStr">
+        <is>
+          <t>9786257707787</t>
+        </is>
+      </c>
+      <c r="B2384" s="1" t="inlineStr">
+        <is>
+          <t>Stadyumların Pazarlanmasında Müşteri Memnuniyeti</t>
+        </is>
+      </c>
+      <c r="C2384" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2385" spans="1:3">
+      <c r="A2385" s="1" t="inlineStr">
+        <is>
+          <t>9786257795708</t>
+        </is>
+      </c>
+      <c r="B2385" s="1" t="inlineStr">
+        <is>
+          <t>Yüzme Okulu Öğrencilerinin Beklenti ve Memnuniyet Düzeylerine Çevresel Faktörlerin Etkisi</t>
+        </is>
+      </c>
+      <c r="C2385" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="2386" spans="1:3">
+      <c r="A2386" s="1" t="inlineStr">
+        <is>
+          <t>9786257275767</t>
+        </is>
+      </c>
+      <c r="B2386" s="1" t="inlineStr">
+        <is>
+          <t>Harf İnkılabının Taşradaki Yansımaları (Afyonkarahisar)</t>
+        </is>
+      </c>
+      <c r="C2386" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2387" spans="1:3">
+      <c r="A2387" s="1" t="inlineStr">
+        <is>
+          <t>9786257707084</t>
+        </is>
+      </c>
+      <c r="B2387" s="1" t="inlineStr">
+        <is>
+          <t>Olgularla Çocuk Hukukuna Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C2387" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2388" spans="1:3">
+      <c r="A2388" s="1" t="inlineStr">
+        <is>
+          <t>9786257275545</t>
+        </is>
+      </c>
+      <c r="B2388" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden İnşa Edilen Türk Spor Sisteminde İşleyiş Yapısal Analiz ve Çözüm Önerileri</t>
+        </is>
+      </c>
+      <c r="C2388" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2389" spans="1:3">
+      <c r="A2389" s="1" t="inlineStr">
+        <is>
+          <t>9786052588727</t>
+        </is>
+      </c>
+      <c r="B2389" s="1" t="inlineStr">
+        <is>
+          <t>Health Related Fitness Physical Education Intervention: Effects On Students Fitness Knowledge Physical Activity And Physical Fitness Levels</t>
+        </is>
+      </c>
+      <c r="C2389" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="2390" spans="1:3">
+      <c r="A2390" s="1" t="inlineStr">
+        <is>
+          <t>9786257275453</t>
+        </is>
+      </c>
+      <c r="B2390" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Sanatsal ve Eğitsel Bir Form Olarak Drama ve Eğitimde Kukla-Obje Kullanımı</t>
+        </is>
+      </c>
+      <c r="C2390" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2391" spans="1:3">
+      <c r="A2391" s="1" t="inlineStr">
+        <is>
+          <t>9786257409193</t>
+        </is>
+      </c>
+      <c r="B2391" s="1" t="inlineStr">
+        <is>
+          <t>Endülüs’te Toplum ve Ekonomik Yapı</t>
+        </is>
+      </c>
+      <c r="C2391" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="2392" spans="1:3">
+      <c r="A2392" s="1" t="inlineStr">
+        <is>
+          <t>9786257401227</t>
+        </is>
+      </c>
+      <c r="B2392" s="1" t="inlineStr">
+        <is>
+          <t>Darü’l-Elhan Türk Halk Müziği Derlemelerinde Muğla Türküleri</t>
+        </is>
+      </c>
+      <c r="C2392" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2393" spans="1:3">
+      <c r="A2393" s="1" t="inlineStr">
+        <is>
+          <t>9786257401340</t>
+        </is>
+      </c>
+      <c r="B2393" s="1" t="inlineStr">
+        <is>
+          <t>Rus Dilinde Güncel Canlı Türev Sözcüklerin Yapısal İncelemesi</t>
+        </is>
+      </c>
+      <c r="C2393" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2394" spans="1:3">
+      <c r="A2394" s="1" t="inlineStr">
+        <is>
+          <t>9786052581841</t>
+        </is>
+      </c>
+      <c r="B2394" s="1" t="inlineStr">
+        <is>
+          <t>Rekreasyonel Amaçlı Fitness Yapan Bireylerin Egzersiz Motivasyon, Beslenme Değişim ve Fiziksel Aktivite Düzeylerinin Araştırılması</t>
+        </is>
+      </c>
+      <c r="C2394" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2395" spans="1:3">
+      <c r="A2395" s="1" t="inlineStr">
+        <is>
+          <t>9786257354691</t>
+        </is>
+      </c>
+      <c r="B2395" s="1" t="inlineStr">
+        <is>
+          <t>Geometrik Cebir İle Doğanın Tam Simetrik Yapıları</t>
+        </is>
+      </c>
+      <c r="C2395" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2396" spans="1:3">
+      <c r="A2396" s="1" t="inlineStr">
+        <is>
+          <t>9786257354462</t>
+        </is>
+      </c>
+      <c r="B2396" s="1" t="inlineStr">
+        <is>
+          <t>Dini İnanç İbadet ve Duanın Umutsuzlukla İlişkisi</t>
+        </is>
+      </c>
+      <c r="C2396" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2397" spans="1:3">
+      <c r="A2397" s="1" t="inlineStr">
+        <is>
+          <t>9786257354882</t>
+        </is>
+      </c>
+      <c r="B2397" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Medya Çağında Suskunluk Sarmalı Twitter Örneği</t>
+        </is>
+      </c>
+      <c r="C2397" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2398" spans="1:3">
+      <c r="A2398" s="1" t="inlineStr">
+        <is>
+          <t>9786257354585</t>
+        </is>
+      </c>
+      <c r="B2398" s="1" t="inlineStr">
+        <is>
+          <t>Futbolcularda Sosyal Kimlik Bağlamında Prososyal ve Antisosyal Davranışlar</t>
+        </is>
+      </c>
+      <c r="C2398" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2399" spans="1:3">
+      <c r="A2399" s="1" t="inlineStr">
+        <is>
+          <t>9786257354622</t>
+        </is>
+      </c>
+      <c r="B2399" s="1" t="inlineStr">
+        <is>
+          <t>Okul Yönetiminde Kültürel Sermaye ve Liderlik</t>
+        </is>
+      </c>
+      <c r="C2399" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2400" spans="1:3">
+      <c r="A2400" s="1" t="inlineStr">
+        <is>
+          <t>9786257354523</t>
+        </is>
+      </c>
+      <c r="B2400" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Yönleriyle Erektil Disfonksiyon</t>
+        </is>
+      </c>
+      <c r="C2400" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2401" spans="1:3">
+      <c r="A2401" s="1" t="inlineStr">
+        <is>
+          <t>9786257679367</t>
+        </is>
+      </c>
+      <c r="B2401" s="1" t="inlineStr">
+        <is>
+          <t>Meslek Yüksekokulları İçin Fizik-Geometrik Optik 2</t>
+        </is>
+      </c>
+      <c r="C2401" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2402" spans="1:3">
+      <c r="A2402" s="1" t="inlineStr">
+        <is>
+          <t>9786056974458</t>
+        </is>
+      </c>
+      <c r="B2402" s="1" t="inlineStr">
+        <is>
+          <t>Itır Hikayeler (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C2402" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2403" spans="1:3">
+      <c r="A2403" s="1" t="inlineStr">
+        <is>
+          <t>9786257795210</t>
+        </is>
+      </c>
+      <c r="B2403" s="1" t="inlineStr">
+        <is>
+          <t>Finansal Başarısızlık ve İstatistiksel Yöntemler: Borsa İstanbul Uygulaması</t>
+        </is>
+      </c>
+      <c r="C2403" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2404" spans="1:3">
+      <c r="A2404" s="1" t="inlineStr">
+        <is>
+          <t>9786257354370</t>
+        </is>
+      </c>
+      <c r="B2404" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana Celaleddin Rumi</t>
+        </is>
+      </c>
+      <c r="C2404" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2405" spans="1:3">
+      <c r="A2405" s="1" t="inlineStr">
+        <is>
+          <t>9786257275880</t>
+        </is>
+      </c>
+      <c r="B2405" s="1" t="inlineStr">
+        <is>
+          <t>Halkla İlişkiler</t>
+        </is>
+      </c>
+      <c r="C2405" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2406" spans="1:3">
+      <c r="A2406" s="1" t="inlineStr">
+        <is>
+          <t>9786257106658</t>
+        </is>
+      </c>
+      <c r="B2406" s="1" t="inlineStr">
+        <is>
+          <t>Basketbol'da Dar Alan Oyunları Dayanıklılık Antrenmanları ve Performans</t>
+        </is>
+      </c>
+      <c r="C2406" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2407" spans="1:3">
+      <c r="A2407" s="1" t="inlineStr">
+        <is>
+          <t>9786257106450</t>
+        </is>
+      </c>
+      <c r="B2407" s="1" t="inlineStr">
+        <is>
+          <t>Egzersiz ve Beslenme</t>
+        </is>
+      </c>
+      <c r="C2407" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2408" spans="1:3">
+      <c r="A2408" s="1" t="inlineStr">
+        <is>
+          <t>9786052588239</t>
+        </is>
+      </c>
+      <c r="B2408" s="1" t="inlineStr">
+        <is>
+          <t>Düzenli Egzersize Katılımı Engelleyen ve Güdüleyen Faktörler</t>
+        </is>
+      </c>
+      <c r="C2408" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2409" spans="1:3">
+      <c r="A2409" s="1" t="inlineStr">
+        <is>
+          <t>9786257106276</t>
+        </is>
+      </c>
+      <c r="B2409" s="1" t="inlineStr">
+        <is>
+          <t>Amasya Müzesi Esençay Definesi</t>
+        </is>
+      </c>
+      <c r="C2409" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2410" spans="1:3">
+      <c r="A2410" s="1" t="inlineStr">
+        <is>
+          <t>9786052585214</t>
+        </is>
+      </c>
+      <c r="B2410" s="1" t="inlineStr">
+        <is>
+          <t>İç Hastalıkları ve Hemşirelik Bakımı</t>
+        </is>
+      </c>
+      <c r="C2410" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2411" spans="1:3">
+      <c r="A2411" s="1" t="inlineStr">
+        <is>
+          <t>9786052589816</t>
+        </is>
+      </c>
+      <c r="B2411" s="1" t="inlineStr">
+        <is>
+          <t>Kulbe-i Ahzan</t>
+        </is>
+      </c>
+      <c r="C2411" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2412" spans="1:3">
+      <c r="A2412" s="1" t="inlineStr">
+        <is>
+          <t>9786052588970</t>
+        </is>
+      </c>
+      <c r="B2412" s="1" t="inlineStr">
+        <is>
+          <t>Visional Studies in Agricultural and Aquatic Science</t>
+        </is>
+      </c>
+      <c r="C2412" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2413" spans="1:3">
+      <c r="A2413" s="1" t="inlineStr">
+        <is>
+          <t>9786052586153</t>
+        </is>
+      </c>
+      <c r="B2413" s="1" t="inlineStr">
+        <is>
+          <t>Sektör Analizleriyle Türkiye Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C2413" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2414" spans="1:3">
+      <c r="A2414" s="1" t="inlineStr">
+        <is>
+          <t>9786052589380</t>
+        </is>
+      </c>
+      <c r="B2414" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Yeni Akademik Çalışmalar - 6</t>
+        </is>
+      </c>
+      <c r="C2414" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2415" spans="1:3">
+      <c r="A2415" s="1" t="inlineStr">
+        <is>
+          <t>9786052589373</t>
+        </is>
+      </c>
+      <c r="B2415" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Yeni Akademik Çalışmalar - 5</t>
+        </is>
+      </c>
+      <c r="C2415" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2416" spans="1:3">
+      <c r="A2416" s="1" t="inlineStr">
+        <is>
+          <t>9786052580424</t>
+        </is>
+      </c>
+      <c r="B2416" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Yoğun Bakımı</t>
+        </is>
+      </c>
+      <c r="C2416" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2417" spans="1:3">
+      <c r="A2417" s="1" t="inlineStr">
+        <is>
+          <t>9786257275491</t>
+        </is>
+      </c>
+      <c r="B2417" s="1" t="inlineStr">
+        <is>
+          <t>Kamu Spor Örgütlerinde Üç Kavram Analizi</t>
+        </is>
+      </c>
+      <c r="C2417" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2418" spans="1:3">
+      <c r="A2418" s="1" t="inlineStr">
+        <is>
+          <t>9786257275002</t>
+        </is>
+      </c>
+      <c r="B2418" s="1" t="inlineStr">
+        <is>
+          <t>Taraftarların Psikofizyolojik Tepkilerini Anlamada Kişilik, Duygusal Zeka, Tüketim Davranışı ve Takım Bağlılığının Rolü</t>
+        </is>
+      </c>
+      <c r="C2418" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2419" spans="1:3">
+      <c r="A2419" s="1" t="inlineStr">
+        <is>
+          <t>9786257106405</t>
+        </is>
+      </c>
+      <c r="B2419" s="1" t="inlineStr">
+        <is>
+          <t>Pelin Dondurma Yapıyor</t>
+        </is>
+      </c>
+      <c r="C2419" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2420" spans="1:3">
+      <c r="A2420" s="1" t="inlineStr">
+        <is>
+          <t>9786257106382</t>
+        </is>
+      </c>
+      <c r="B2420" s="1" t="inlineStr">
+        <is>
+          <t>Pelin Tuvaletini Yapmayı Öğreniyor</t>
+        </is>
+      </c>
+      <c r="C2420" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2421" spans="1:3">
+      <c r="A2421" s="1" t="inlineStr">
+        <is>
+          <t>9786257106399</t>
+        </is>
+      </c>
+      <c r="B2421" s="1" t="inlineStr">
+        <is>
+          <t>Pelin Süt İçiyor</t>
+        </is>
+      </c>
+      <c r="C2421" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2422" spans="1:3">
+      <c r="A2422" s="1" t="inlineStr">
+        <is>
+          <t>9786052588055</t>
+        </is>
+      </c>
+      <c r="B2422" s="1" t="inlineStr">
+        <is>
+          <t>The Examination Of Academicians’ Levels Of Burnout</t>
+        </is>
+      </c>
+      <c r="C2422" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2423" spans="1:3">
+      <c r="A2423" s="1" t="inlineStr">
+        <is>
+          <t>9786052588017</t>
+        </is>
+      </c>
+      <c r="B2423" s="1" t="inlineStr">
+        <is>
+          <t>The Predictors of Subjective Well-Being</t>
+        </is>
+      </c>
+      <c r="C2423" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2424" spans="1:3">
+      <c r="A2424" s="1" t="inlineStr">
+        <is>
+          <t>9786052588062</t>
+        </is>
+      </c>
+      <c r="B2424" s="1" t="inlineStr">
+        <is>
+          <t>Tourism Recreation: Leisure Constraints and Negotiation Strategies</t>
+        </is>
+      </c>
+      <c r="C2424" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2425" spans="1:3">
+      <c r="A2425" s="1" t="inlineStr">
+        <is>
+          <t>9786052587690</t>
+        </is>
+      </c>
+      <c r="B2425" s="1" t="inlineStr">
+        <is>
+          <t>Türk Demokrasi Hayatında 1946 Seçimleri</t>
+        </is>
+      </c>
+      <c r="C2425" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2426" spans="1:3">
+      <c r="A2426" s="1" t="inlineStr">
+        <is>
+          <t>9786052586556</t>
+        </is>
+      </c>
+      <c r="B2426" s="1" t="inlineStr">
+        <is>
+          <t>Üniversitelerde Beden Eğitimi ve Spor Öğretiminde Eğitim Kalitesi</t>
+        </is>
+      </c>
+      <c r="C2426" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2427" spans="1:3">
+      <c r="A2427" s="1" t="inlineStr">
+        <is>
+          <t>9786257106344</t>
+        </is>
+      </c>
+      <c r="B2427" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilir Kalkınma Amaçları ile Kurumsal Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C2427" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2428" spans="1:3">
+      <c r="A2428" s="1" t="inlineStr">
+        <is>
+          <t>9786052580462</t>
+        </is>
+      </c>
+      <c r="B2428" s="1" t="inlineStr">
+        <is>
+          <t>Hemşirelik Süreci</t>
+        </is>
+      </c>
+      <c r="C2428" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2429" spans="1:3">
+      <c r="A2429" s="1" t="inlineStr">
+        <is>
+          <t>9786052587058</t>
+        </is>
+      </c>
+      <c r="B2429" s="1" t="inlineStr">
+        <is>
+          <t>Eksik Veri Tiplerinde (MAR, MCAR, MNAR) Tamamlama Algoritmalarının Parametre Tahmin Analizi</t>
+        </is>
+      </c>
+      <c r="C2429" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2430" spans="1:3">
+      <c r="A2430" s="1" t="inlineStr">
+        <is>
+          <t>9786052587744</t>
+        </is>
+      </c>
+      <c r="B2430" s="1" t="inlineStr">
+        <is>
+          <t>Devenin Yaşamımızdaki Yeri</t>
+        </is>
+      </c>
+      <c r="C2430" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2431" spans="1:3">
+      <c r="A2431" s="1" t="inlineStr">
+        <is>
+          <t>9786052587751</t>
+        </is>
+      </c>
+      <c r="B2431" s="1" t="inlineStr">
+        <is>
+          <t>Boş Zamanları Değerlendirmede Güncel Konular</t>
+        </is>
+      </c>
+      <c r="C2431" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2432" spans="1:3">
+      <c r="A2432" s="1" t="inlineStr">
+        <is>
+          <t>9786052587553</t>
+        </is>
+      </c>
+      <c r="B2432" s="1" t="inlineStr">
+        <is>
+          <t>Bir Halkla İlişkiler Uygulaması Olarak Cumhuriyet Bayramları</t>
+        </is>
+      </c>
+      <c r="C2432" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2433" spans="1:3">
+      <c r="A2433" s="1" t="inlineStr">
+        <is>
+          <t>9786052587645</t>
+        </is>
+      </c>
+      <c r="B2433" s="1" t="inlineStr">
+        <is>
+          <t>Akademik Personelin Rekreatif Tercihleri ve Fiziksel Aktivite Düzeyleri</t>
+        </is>
+      </c>
+      <c r="C2433" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2434" spans="1:3">
+      <c r="A2434" s="1" t="inlineStr">
+        <is>
+          <t>9786257354950</t>
+        </is>
+      </c>
+      <c r="B2434" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim Programları</t>
+        </is>
+      </c>
+      <c r="C2434" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2435" spans="1:3">
+      <c r="A2435" s="1" t="inlineStr">
+        <is>
+          <t>9786257354998</t>
+        </is>
+      </c>
+      <c r="B2435" s="1" t="inlineStr">
+        <is>
+          <t>Kızlar Hocası ve Hanımlar İlmihali</t>
+        </is>
+      </c>
+      <c r="C2435" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2436" spans="1:3">
+      <c r="A2436" s="1" t="inlineStr">
+        <is>
+          <t>9786257679954</t>
+        </is>
+      </c>
+      <c r="B2436" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Dakika Teneffüs</t>
+        </is>
+      </c>
+      <c r="C2436" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="2437" spans="1:3">
+      <c r="A2437" s="1" t="inlineStr">
+        <is>
+          <t>9786257679763</t>
+        </is>
+      </c>
+      <c r="B2437" s="1" t="inlineStr">
+        <is>
+          <t>Bist Turizm Şirketlerinde Veri Zarflama Analizi ve Finansal Performans</t>
+        </is>
+      </c>
+      <c r="C2437" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2438" spans="1:3">
+      <c r="A2438" s="1" t="inlineStr">
+        <is>
+          <t>9786257679817</t>
+        </is>
+      </c>
+      <c r="B2438" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Dünyası</t>
+        </is>
+      </c>
+      <c r="C2438" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2439" spans="1:3">
+      <c r="A2439" s="1" t="inlineStr">
+        <is>
+          <t>9786257354035</t>
+        </is>
+      </c>
+      <c r="B2439" s="1" t="inlineStr">
+        <is>
+          <t>İnternet Bağımlılığında İş Stresi ve Tükenmişlik</t>
+        </is>
+      </c>
+      <c r="C2439" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2440" spans="1:3">
+      <c r="A2440" s="1" t="inlineStr">
+        <is>
+          <t>9786257795241</t>
+        </is>
+      </c>
+      <c r="B2440" s="1" t="inlineStr">
+        <is>
+          <t>Su ile Seyir</t>
+        </is>
+      </c>
+      <c r="C2440" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2441" spans="1:3">
+      <c r="A2441" s="1" t="inlineStr">
+        <is>
+          <t>9786052589397</t>
+        </is>
+      </c>
+      <c r="B2441" s="1" t="inlineStr">
+        <is>
+          <t>Yezid’e Karşı Alternatif Halife Arayışı: Abdullah b. Zübeyr ve Hilafeti</t>
+        </is>
+      </c>
+      <c r="C2441" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2442" spans="1:3">
+      <c r="A2442" s="1" t="inlineStr">
+        <is>
+          <t>9786052589649</t>
+        </is>
+      </c>
+      <c r="B2442" s="1" t="inlineStr">
+        <is>
+          <t>Kadıasker Damadzade Mustafa Rasih Efendi Ruznamçesi</t>
+        </is>
+      </c>
+      <c r="C2442" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2443" spans="1:3">
+      <c r="A2443" s="1" t="inlineStr">
+        <is>
+          <t>9786052589342</t>
+        </is>
+      </c>
+      <c r="B2443" s="1" t="inlineStr">
+        <is>
+          <t>Bütünleştirilmiş Çok Kriterli Karar Verme Yöntemlerinin Üretim Sektörü Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2443" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2444" spans="1:3">
+      <c r="A2444" s="1" t="inlineStr">
+        <is>
+          <t>9786052589991</t>
+        </is>
+      </c>
+      <c r="B2444" s="1" t="inlineStr">
+        <is>
+          <t>Spor Yapan Öğrencilerin Saldırganlık Eğilimleri</t>
+        </is>
+      </c>
+      <c r="C2444" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2445" spans="1:3">
+      <c r="A2445" s="1" t="inlineStr">
+        <is>
+          <t>9786052589588</t>
+        </is>
+      </c>
+      <c r="B2445" s="1" t="inlineStr">
+        <is>
+          <t>Mali Tablolar Doğrudur Derler(!)</t>
+        </is>
+      </c>
+      <c r="C2445" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2446" spans="1:3">
+      <c r="A2446" s="1" t="inlineStr">
+        <is>
+          <t>9786052587126</t>
+        </is>
+      </c>
+      <c r="B2446" s="1" t="inlineStr">
+        <is>
+          <t>Özellikli Sağlık Hizmetleri ve Planlama</t>
+        </is>
+      </c>
+      <c r="C2446" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2447" spans="1:3">
+      <c r="A2447" s="1" t="inlineStr">
+        <is>
+          <t>9786257354356</t>
+        </is>
+      </c>
+      <c r="B2447" s="1" t="inlineStr">
+        <is>
+          <t>Türk - Fars Çağdaş Çocuk Şiirlerinde Değer Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2447" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2448" spans="1:3">
+      <c r="A2448" s="1" t="inlineStr">
+        <is>
+          <t>9786257354400</t>
+        </is>
+      </c>
+      <c r="B2448" s="1" t="inlineStr">
+        <is>
+          <t>Image of Turkey: Perceptions of South Caucasian Students Studying in Turkey</t>
+        </is>
+      </c>
+      <c r="C2448" s="1">
+        <v>206.25</v>
+      </c>
+    </row>
+    <row r="2449" spans="1:3">
+      <c r="A2449" s="1" t="inlineStr">
+        <is>
+          <t>9786257354455</t>
+        </is>
+      </c>
+      <c r="B2449" s="1" t="inlineStr">
+        <is>
+          <t>Güney Kafkasya’dan Türkiye’ye Gelen Öğrencilerde Türkiye Algısı</t>
+        </is>
+      </c>
+      <c r="C2449" s="1">
+        <v>206.25</v>
+      </c>
+    </row>
+    <row r="2450" spans="1:3">
+      <c r="A2450" s="1" t="inlineStr">
+        <is>
+          <t>9786257679824</t>
+        </is>
+      </c>
+      <c r="B2450" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Dokunmak</t>
+        </is>
+      </c>
+      <c r="C2450" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2451" spans="1:3">
+      <c r="A2451" s="1" t="inlineStr">
+        <is>
+          <t>9786257679947</t>
+        </is>
+      </c>
+      <c r="B2451" s="1" t="inlineStr">
+        <is>
+          <t>Kabullenmeden Baş Etmeye Dikkat Eksikliği Hiperaktivite Bozukluğu</t>
+        </is>
+      </c>
+      <c r="C2451" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2452" spans="1:3">
+      <c r="A2452" s="1" t="inlineStr">
+        <is>
+          <t>9786257679657</t>
+        </is>
+      </c>
+      <c r="B2452" s="1" t="inlineStr">
+        <is>
+          <t>Ses Eğitiminde Metot ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C2452" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2453" spans="1:3">
+      <c r="A2453" s="1" t="inlineStr">
+        <is>
+          <t>9786257106924</t>
+        </is>
+      </c>
+      <c r="B2453" s="1" t="inlineStr">
+        <is>
+          <t>Gebelikte Sağlık ve Bakım</t>
+        </is>
+      </c>
+      <c r="C2453" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2454" spans="1:3">
+      <c r="A2454" s="1" t="inlineStr">
+        <is>
+          <t>9786257106764</t>
+        </is>
+      </c>
+      <c r="B2454" s="1" t="inlineStr">
+        <is>
+          <t>Film Etkinlikleriyle Yabancılara Türkçe Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2454" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2455" spans="1:3">
+      <c r="A2455" s="1" t="inlineStr">
+        <is>
+          <t>9786257106863</t>
+        </is>
+      </c>
+      <c r="B2455" s="1" t="inlineStr">
+        <is>
+          <t>Askıya Alınmış Yaşamlar: Cryonics</t>
+        </is>
+      </c>
+      <c r="C2455" s="1">
+        <v>562.5</v>
+      </c>
+    </row>
+    <row r="2456" spans="1:3">
+      <c r="A2456" s="1" t="inlineStr">
+        <is>
+          <t>9786257106627</t>
+        </is>
+      </c>
+      <c r="B2456" s="1" t="inlineStr">
+        <is>
+          <t>Spor Yönetimi</t>
+        </is>
+      </c>
+      <c r="C2456" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2457" spans="1:3">
+      <c r="A2457" s="1" t="inlineStr">
+        <is>
+          <t>9786257106719</t>
+        </is>
+      </c>
+      <c r="B2457" s="1" t="inlineStr">
+        <is>
+          <t>Virtual Reality and Instructional Design:Virtual Reality Assisted Instructional Design Model in Skill Learning</t>
+        </is>
+      </c>
+      <c r="C2457" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2458" spans="1:3">
+      <c r="A2458" s="1" t="inlineStr">
+        <is>
+          <t>9786257106702</t>
+        </is>
+      </c>
+      <c r="B2458" s="1" t="inlineStr">
+        <is>
+          <t>Fundamentals Of Fencing And Mental Training</t>
+        </is>
+      </c>
+      <c r="C2458" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2459" spans="1:3">
+      <c r="A2459" s="1" t="inlineStr">
+        <is>
+          <t>9786257106535</t>
+        </is>
+      </c>
+      <c r="B2459" s="1" t="inlineStr">
+        <is>
+          <t>Akran Danışmanlığı</t>
+        </is>
+      </c>
+      <c r="C2459" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2460" spans="1:3">
+      <c r="A2460" s="1" t="inlineStr">
+        <is>
+          <t>9786257106443</t>
+        </is>
+      </c>
+      <c r="B2460" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Pazarlama</t>
+        </is>
+      </c>
+      <c r="C2460" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2461" spans="1:3">
+      <c r="A2461" s="1" t="inlineStr">
+        <is>
+          <t>9786257106146</t>
+        </is>
+      </c>
+      <c r="B2461" s="1" t="inlineStr">
+        <is>
+          <t>Marina İşletmeciliği</t>
+        </is>
+      </c>
+      <c r="C2461" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2462" spans="1:3">
+      <c r="A2462" s="1" t="inlineStr">
+        <is>
+          <t>9786052588192</t>
+        </is>
+      </c>
+      <c r="B2462" s="1" t="inlineStr">
+        <is>
+          <t>Oyun ve Kültür Üzerine Psikolojik Okumalar</t>
+        </is>
+      </c>
+      <c r="C2462" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2463" spans="1:3">
+      <c r="A2463" s="1" t="inlineStr">
+        <is>
+          <t>9786052588215</t>
+        </is>
+      </c>
+      <c r="B2463" s="1" t="inlineStr">
+        <is>
+          <t>Masa Tenisçilerinde Görülen Sakatlık Türleri ve İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C2463" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2464" spans="1:3">
+      <c r="A2464" s="1" t="inlineStr">
+        <is>
+          <t>9786052588291</t>
+        </is>
+      </c>
+      <c r="B2464" s="1" t="inlineStr">
+        <is>
+          <t>Türkülerimiz - Sosyal Kültürel Tarihi ve Coğrafik İçerikleriyle</t>
+        </is>
+      </c>
+      <c r="C2464" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2465" spans="1:3">
+      <c r="A2465" s="1" t="inlineStr">
+        <is>
+          <t>9786052587027</t>
+        </is>
+      </c>
+      <c r="B2465" s="1" t="inlineStr">
+        <is>
+          <t>Temel Akupunktur Noktaları</t>
+        </is>
+      </c>
+      <c r="C2465" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="2466" spans="1:3">
+      <c r="A2466" s="1" t="inlineStr">
+        <is>
+          <t>9786052587478</t>
+        </is>
+      </c>
+      <c r="B2466" s="1" t="inlineStr">
+        <is>
+          <t>Lider-Üye Etkileşim Algısı ve Bireysel Performans: İşe Yönelik  Motivasyonun Aracılık Rolü</t>
+        </is>
+      </c>
+      <c r="C2466" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2467" spans="1:3">
+      <c r="A2467" s="1" t="inlineStr">
+        <is>
+          <t>9786052586815</t>
+        </is>
+      </c>
+      <c r="B2467" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye, Azerbaycan ve Türkmenistan’da Sosyal Bilgiler Kapsamında Okutulan Derslerin Öğretim Programlarının Karşılaştırılması</t>
+        </is>
+      </c>
+      <c r="C2467" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2468" spans="1:3">
+      <c r="A2468" s="1" t="inlineStr">
+        <is>
+          <t>9786052586792</t>
+        </is>
+      </c>
+      <c r="B2468" s="1" t="inlineStr">
+        <is>
+          <t>Öğrencilerin Kariyer Tercihlerinde Fakültelerin Rolü</t>
+        </is>
+      </c>
+      <c r="C2468" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2469" spans="1:3">
+      <c r="A2469" s="1" t="inlineStr">
+        <is>
+          <t>9786052586877</t>
+        </is>
+      </c>
+      <c r="B2469" s="1" t="inlineStr">
+        <is>
+          <t>Spor Psikolojisinde Yeni Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C2469" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2470" spans="1:3">
+      <c r="A2470" s="1" t="inlineStr">
+        <is>
+          <t>9786052586723</t>
+        </is>
+      </c>
+      <c r="B2470" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Ali-Kahkaha Sultan Cenk-Namesi</t>
+        </is>
+      </c>
+      <c r="C2470" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2471" spans="1:3">
+      <c r="A2471" s="1" t="inlineStr">
+        <is>
+          <t>9786052584248</t>
+        </is>
+      </c>
+      <c r="B2471" s="1" t="inlineStr">
+        <is>
+          <t>Sosyolojik Açıdan Din ve Dini Gruplar</t>
+        </is>
+      </c>
+      <c r="C2471" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2472" spans="1:3">
+      <c r="A2472" s="1" t="inlineStr">
+        <is>
+          <t>9786052583869</t>
+        </is>
+      </c>
+      <c r="B2472" s="1" t="inlineStr">
+        <is>
+          <t>Mesleki Yeterlilik Eğitim İletişim İçin Sözlük Bilir</t>
+        </is>
+      </c>
+      <c r="C2472" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="2473" spans="1:3">
+      <c r="A2473" s="1" t="inlineStr">
+        <is>
+          <t>9786257354172</t>
+        </is>
+      </c>
+      <c r="B2473" s="1" t="inlineStr">
+        <is>
+          <t>ECDIS - Elektronik Harita Gösterim ve Bilgi Sistemi</t>
+        </is>
+      </c>
+      <c r="C2473" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2474" spans="1:3">
+      <c r="A2474" s="1" t="inlineStr">
+        <is>
+          <t>9786257354141</t>
+        </is>
+      </c>
+      <c r="B2474" s="1" t="inlineStr">
+        <is>
+          <t>The Association Between Physical Activity Participation And Social Capital, Physical Self Perceptions Among Adolescents</t>
+        </is>
+      </c>
+      <c r="C2474" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2475" spans="1:3">
+      <c r="A2475" s="1" t="inlineStr">
+        <is>
+          <t>9786257795654</t>
+        </is>
+      </c>
+      <c r="B2475" s="1" t="inlineStr">
+        <is>
+          <t>Stratejik Yönetim Muhasebesi ve Kar Planlaması</t>
+        </is>
+      </c>
+      <c r="C2475" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2476" spans="1:3">
+      <c r="A2476" s="1" t="inlineStr">
+        <is>
+          <t>9786257679930</t>
+        </is>
+      </c>
+      <c r="B2476" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Yargı Kararları</t>
+        </is>
+      </c>
+      <c r="C2476" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2477" spans="1:3">
+      <c r="A2477" s="1" t="inlineStr">
+        <is>
+          <t>9786257679138</t>
+        </is>
+      </c>
+      <c r="B2477" s="1" t="inlineStr">
+        <is>
+          <t>Besin Takviyelerine Bilimsel Bakış</t>
+        </is>
+      </c>
+      <c r="C2477" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="2478" spans="1:3">
+      <c r="A2478" s="1" t="inlineStr">
+        <is>
+          <t>9786257679893</t>
+        </is>
+      </c>
+      <c r="B2478" s="1" t="inlineStr">
+        <is>
+          <t>Usul Hukukunda Karşıt Delillerin Tercihi</t>
+        </is>
+      </c>
+      <c r="C2478" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2479" spans="1:3">
+      <c r="A2479" s="1" t="inlineStr">
+        <is>
+          <t>9786052588147</t>
+        </is>
+      </c>
+      <c r="B2479" s="1" t="inlineStr">
+        <is>
+          <t>Ağız Tabanı Transoral Cerrahisi</t>
+        </is>
+      </c>
+      <c r="C2479" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2480" spans="1:3">
+      <c r="A2480" s="1" t="inlineStr">
+        <is>
+          <t>9786257354486</t>
+        </is>
+      </c>
+      <c r="B2480" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık ve Sağlık Hizmetleri Sektöründe Sosyal Sorumluluk</t>
+        </is>
+      </c>
+      <c r="C2480" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2481" spans="1:3">
+      <c r="A2481" s="1" t="inlineStr">
+        <is>
+          <t>9786257354905</t>
+        </is>
+      </c>
+      <c r="B2481" s="1" t="inlineStr">
+        <is>
+          <t>Türk Sinemasında Toplumsal Gerçekçilik Serüveni</t>
+        </is>
+      </c>
+      <c r="C2481" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2482" spans="1:3">
+      <c r="A2482" s="1" t="inlineStr">
+        <is>
+          <t>9786052587775</t>
+        </is>
+      </c>
+      <c r="B2482" s="1" t="inlineStr">
+        <is>
+          <t>Meslek Yüksekokulları İçin Fizik - Geometrik Optik 1</t>
+        </is>
+      </c>
+      <c r="C2482" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2483" spans="1:3">
+      <c r="A2483" s="1" t="inlineStr">
+        <is>
+          <t>9786052588598</t>
+        </is>
+      </c>
+      <c r="B2483" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Psiko-Sosyal Alanlar</t>
+        </is>
+      </c>
+      <c r="C2483" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2484" spans="1:3">
+      <c r="A2484" s="1" t="inlineStr">
+        <is>
+          <t>9786052588659</t>
+        </is>
+      </c>
+      <c r="B2484" s="1" t="inlineStr">
+        <is>
+          <t>Egzersiz Spor ve Sağlık</t>
+        </is>
+      </c>
+      <c r="C2484" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2485" spans="1:3">
+      <c r="A2485" s="1" t="inlineStr">
+        <is>
+          <t>9786052588697</t>
+        </is>
+      </c>
+      <c r="B2485" s="1" t="inlineStr">
+        <is>
+          <t>Antrenman Bilimleri</t>
+        </is>
+      </c>
+      <c r="C2485" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2486" spans="1:3">
+      <c r="A2486" s="1" t="inlineStr">
+        <is>
+          <t>9786052589052</t>
+        </is>
+      </c>
+      <c r="B2486" s="1" t="inlineStr">
+        <is>
+          <t>Tarım Bilimleri ve Su Ürünlerinde Vizyonel Çalışmalar (AYBAK Mart 2020)</t>
+        </is>
+      </c>
+      <c r="C2486" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2487" spans="1:3">
+      <c r="A2487" s="1" t="inlineStr">
+        <is>
+          <t>9786052588840</t>
+        </is>
+      </c>
+      <c r="B2487" s="1" t="inlineStr">
+        <is>
+          <t>İletişimde Güncel Çalışmalar</t>
+        </is>
+      </c>
+      <c r="C2487" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2488" spans="1:3">
+      <c r="A2488" s="1" t="inlineStr">
+        <is>
+          <t>9786052588901</t>
+        </is>
+      </c>
+      <c r="B2488" s="1" t="inlineStr">
+        <is>
+          <t>Management Studies</t>
+        </is>
+      </c>
+      <c r="C2488" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2489" spans="1:3">
+      <c r="A2489" s="1" t="inlineStr">
+        <is>
+          <t>9786052588864</t>
+        </is>
+      </c>
+      <c r="B2489" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Maliye ve Kamu Yönetimi Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C2489" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2490" spans="1:3">
+      <c r="A2490" s="1" t="inlineStr">
+        <is>
+          <t>9786052588703</t>
+        </is>
+      </c>
+      <c r="B2490" s="1" t="inlineStr">
+        <is>
+          <t>Sport Sciences</t>
+        </is>
+      </c>
+      <c r="C2490" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2491" spans="1:3">
+      <c r="A2491" s="1" t="inlineStr">
+        <is>
+          <t>9786052588826</t>
+        </is>
+      </c>
+      <c r="B2491" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Sosyal Bilimler Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C2491" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2492" spans="1:3">
+      <c r="A2492" s="1" t="inlineStr">
+        <is>
+          <t>9786052589137</t>
+        </is>
+      </c>
+      <c r="B2492" s="1" t="inlineStr">
+        <is>
+          <t>İlahiyat Araştırmaları 2</t>
+        </is>
+      </c>
+      <c r="C2492" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2493" spans="1:3">
+      <c r="A2493" s="1" t="inlineStr">
+        <is>
+          <t>9786052588857</t>
+        </is>
+      </c>
+      <c r="B2493" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Pazarlama Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C2493" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2494" spans="1:3">
+      <c r="A2494" s="1" t="inlineStr">
+        <is>
+          <t>9786052588888</t>
+        </is>
+      </c>
+      <c r="B2494" s="1" t="inlineStr">
+        <is>
+          <t>Güncel İktisat Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C2494" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2495" spans="1:3">
+      <c r="A2495" s="1" t="inlineStr">
+        <is>
+          <t>9786052588796</t>
+        </is>
+      </c>
+      <c r="B2495" s="1" t="inlineStr">
+        <is>
+          <t>Üretim Yönetimi</t>
+        </is>
+      </c>
+      <c r="C2495" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2496" spans="1:3">
+      <c r="A2496" s="1" t="inlineStr">
+        <is>
+          <t>9786052589038</t>
+        </is>
+      </c>
+      <c r="B2496" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C2496" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2497" spans="1:3">
+      <c r="A2497" s="1" t="inlineStr">
+        <is>
+          <t>9786257354073</t>
+        </is>
+      </c>
+      <c r="B2497" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Güvenliğe Giriş</t>
+        </is>
+      </c>
+      <c r="C2497" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2498" spans="1:3">
+      <c r="A2498" s="1" t="inlineStr">
+        <is>
+          <t>9786257354813</t>
+        </is>
+      </c>
+      <c r="B2498" s="1" t="inlineStr">
+        <is>
+          <t>Liderlik, İlişki ve İletişim Üçgeninde Spor</t>
+        </is>
+      </c>
+      <c r="C2498" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2499" spans="1:3">
+      <c r="A2499" s="1" t="inlineStr">
+        <is>
+          <t>9786257354530</t>
+        </is>
+      </c>
+      <c r="B2499" s="1" t="inlineStr">
+        <is>
+          <t>Pamfilya’nın Yeniden Doğuşu</t>
+        </is>
+      </c>
+      <c r="C2499" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2500" spans="1:3">
+      <c r="A2500" s="1" t="inlineStr">
+        <is>
+          <t>9786257354264</t>
+        </is>
+      </c>
+      <c r="B2500" s="1" t="inlineStr">
+        <is>
+          <t>Ceza Hukuku Felsefesine Giriş Mizan-ı Ceza</t>
+        </is>
+      </c>
+      <c r="C2500" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2501" spans="1:3">
+      <c r="A2501" s="1" t="inlineStr">
+        <is>
+          <t>9786257354516</t>
+        </is>
+      </c>
+      <c r="B2501" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medya ve Psikoloji</t>
+        </is>
+      </c>
+      <c r="C2501" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2502" spans="1:3">
+      <c r="A2502" s="1" t="inlineStr">
+        <is>
+          <t>9786257354387</t>
+        </is>
+      </c>
+      <c r="B2502" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Özel Okullar Tarihi</t>
+        </is>
+      </c>
+      <c r="C2502" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2503" spans="1:3">
+      <c r="A2503" s="1" t="inlineStr">
+        <is>
+          <t>9786257679961</t>
+        </is>
+      </c>
+      <c r="B2503" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kabadayının İtirafları Sergey Yesenin</t>
+        </is>
+      </c>
+      <c r="C2503" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2504" spans="1:3">
+      <c r="A2504" s="1" t="inlineStr">
+        <is>
+          <t>9786257354028</t>
+        </is>
+      </c>
+      <c r="B2504" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Nesil Sorularla Fen Eğitiminde Beceriler</t>
+        </is>
+      </c>
+      <c r="C2504" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2505" spans="1:3">
+      <c r="A2505" s="1" t="inlineStr">
+        <is>
+          <t>9786257679909</t>
+        </is>
+      </c>
+      <c r="B2505" s="1" t="inlineStr">
+        <is>
+          <t>Karşılaştırmalı Edebiyat Okumaları</t>
+        </is>
+      </c>
+      <c r="C2505" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2506" spans="1:3">
+      <c r="A2506" s="1" t="inlineStr">
+        <is>
+          <t>9786257795050</t>
+        </is>
+      </c>
+      <c r="B2506" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Taşımacılığı ve Lojistiği</t>
+        </is>
+      </c>
+      <c r="C2506" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="2507" spans="1:3">
+      <c r="A2507" s="1" t="inlineStr">
+        <is>
+          <t>9786257795104</t>
+        </is>
+      </c>
+      <c r="B2507" s="1" t="inlineStr">
+        <is>
+          <t>Bütüncül Sağlıkta Ketojenik Diyet</t>
+        </is>
+      </c>
+      <c r="C2507" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2508" spans="1:3">
+      <c r="A2508" s="1" t="inlineStr">
+        <is>
+          <t>9786257106641</t>
+        </is>
+      </c>
+      <c r="B2508" s="1" t="inlineStr">
+        <is>
+          <t>Artistik Cimnastik Yer Hareketleri Öğretim Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C2508" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2509" spans="1:3">
+      <c r="A2509" s="1" t="inlineStr">
+        <is>
+          <t>9786257106511</t>
+        </is>
+      </c>
+      <c r="B2509" s="1" t="inlineStr">
+        <is>
+          <t>Kuantum Liderlik Anlayışı Örgütsel Zeka ve Çalışan Motivasyonu</t>
+        </is>
+      </c>
+      <c r="C2509" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2510" spans="1:3">
+      <c r="A2510" s="1" t="inlineStr">
+        <is>
+          <t>9786257106542</t>
+        </is>
+      </c>
+      <c r="B2510" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretim Öğrencilerinde Voleybol – Basketbol Antrenmanları ve Nevrotik Değerler</t>
+        </is>
+      </c>
+      <c r="C2510" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="2511" spans="1:3">
+      <c r="A2511" s="1" t="inlineStr">
+        <is>
+          <t>9786052588871</t>
+        </is>
+      </c>
+      <c r="B2511" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Muhasebe Çalışmaları ( AYBAK 2020 Mart )</t>
+        </is>
+      </c>
+      <c r="C2511" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2512" spans="1:3">
+      <c r="A2512" s="1" t="inlineStr">
+        <is>
+          <t>9786052589144</t>
+        </is>
+      </c>
+      <c r="B2512" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Araştırmaları 2</t>
+        </is>
+      </c>
+      <c r="C2512" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2513" spans="1:3">
+      <c r="A2513" s="1" t="inlineStr">
+        <is>
+          <t>9786052589847</t>
+        </is>
+      </c>
+      <c r="B2513" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Yamaç Paraşütçüleri</t>
+        </is>
+      </c>
+      <c r="C2513" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2514" spans="1:3">
+      <c r="A2514" s="1" t="inlineStr">
+        <is>
+          <t>9786052589601</t>
+        </is>
+      </c>
+      <c r="B2514" s="1" t="inlineStr">
+        <is>
+          <t>Siyasetin Dijital Mimarisi: Sosyal Medya</t>
+        </is>
+      </c>
+      <c r="C2514" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2515" spans="1:3">
+      <c r="A2515" s="1" t="inlineStr">
+        <is>
+          <t>9786052589359</t>
+        </is>
+      </c>
+      <c r="B2515" s="1" t="inlineStr">
+        <is>
+          <t>Gürcü Edebiyatında Bir Geçiş Dönemi (1890 – 1910)</t>
+        </is>
+      </c>
+      <c r="C2515" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2516" spans="1:3">
+      <c r="A2516" s="1" t="inlineStr">
+        <is>
+          <t>9786052589687</t>
+        </is>
+      </c>
+      <c r="B2516" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Film Teknikleri</t>
+        </is>
+      </c>
+      <c r="C2516" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2517" spans="1:3">
+      <c r="A2517" s="1" t="inlineStr">
+        <is>
+          <t>9786052587577</t>
+        </is>
+      </c>
+      <c r="B2517" s="1" t="inlineStr">
+        <is>
+          <t>Sinop Müzesi Cam Eserler Kataloğu</t>
+        </is>
+      </c>
+      <c r="C2517" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2518" spans="1:3">
+      <c r="A2518" s="1" t="inlineStr">
+        <is>
+          <t>9786052587942</t>
+        </is>
+      </c>
+      <c r="B2518" s="1" t="inlineStr">
+        <is>
+          <t>Discovering Students' Metacognitive Awareness</t>
+        </is>
+      </c>
+      <c r="C2518" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2519" spans="1:3">
+      <c r="A2519" s="1" t="inlineStr">
+        <is>
+          <t>9786052586891</t>
+        </is>
+      </c>
+      <c r="B2519" s="1" t="inlineStr">
+        <is>
+          <t>Futbolda Antrenman Metotlarının Çocukların Fizyolojik ve Teknik Kapasiteleri Üzerine Etkileri</t>
+        </is>
+      </c>
+      <c r="C2519" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2520" spans="1:3">
+      <c r="A2520" s="1" t="inlineStr">
+        <is>
+          <t>9786052586921</t>
+        </is>
+      </c>
+      <c r="B2520" s="1" t="inlineStr">
+        <is>
+          <t>Yetiştirme Yurtlarındaki Çocukların Fiziksel Aktivite Düzeyleri ve Psikolojik Özellikleri</t>
+        </is>
+      </c>
+      <c r="C2520" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2521" spans="1:3">
+      <c r="A2521" s="1" t="inlineStr">
+        <is>
+          <t>9786052586822</t>
+        </is>
+      </c>
+      <c r="B2521" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik Merkezlerinde Gönüllülük ve Liderlik</t>
+        </is>
+      </c>
+      <c r="C2521" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2522" spans="1:3">
+      <c r="A2522" s="1" t="inlineStr">
+        <is>
+          <t>9786052586907</t>
+        </is>
+      </c>
+      <c r="B2522" s="1" t="inlineStr">
+        <is>
+          <t>Tutum Ölçekleri</t>
+        </is>
+      </c>
+      <c r="C2522" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2523" spans="1:3">
+      <c r="A2523" s="1" t="inlineStr">
+        <is>
+          <t>9786052583685</t>
+        </is>
+      </c>
+      <c r="B2523" s="1" t="inlineStr">
+        <is>
+          <t>Impact Of Badminton Course Designed Badminton Course For Common And Specialized Content Knowledge Of Pre-Service Teachers</t>
+        </is>
+      </c>
+      <c r="C2523" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2524" spans="1:3">
+      <c r="A2524" s="1" t="inlineStr">
+        <is>
+          <t>9786052585191</t>
+        </is>
+      </c>
+      <c r="B2524" s="1" t="inlineStr">
+        <is>
+          <t>Çukurova Yöresi Karakucak Güreşi</t>
+        </is>
+      </c>
+      <c r="C2524" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2525" spans="1:3">
+      <c r="A2525" s="1" t="inlineStr">
+        <is>
+          <t>9786052585245</t>
+        </is>
+      </c>
+      <c r="B2525" s="1" t="inlineStr">
+        <is>
+          <t>Adana Kaleleri̇ndeki̇ Di̇ni̇ Yapılar</t>
+        </is>
+      </c>
+      <c r="C2525" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2526" spans="1:3">
+      <c r="A2526" s="1" t="inlineStr">
+        <is>
+          <t>9786052585184</t>
+        </is>
+      </c>
+      <c r="B2526" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Araştırma ve Yayın Etiği</t>
+        </is>
+      </c>
+      <c r="C2526" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="2527" spans="1:3">
+      <c r="A2527" s="1" t="inlineStr">
+        <is>
+          <t>9786052583630</t>
+        </is>
+      </c>
+      <c r="B2527" s="1" t="inlineStr">
+        <is>
+          <t>Selçuklular Döneminde Ortadoğu’da Ticaret</t>
+        </is>
+      </c>
+      <c r="C2527" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2528" spans="1:3">
+      <c r="A2528" s="1" t="inlineStr">
+        <is>
+          <t>9786052584323</t>
+        </is>
+      </c>
+      <c r="B2528" s="1" t="inlineStr">
+        <is>
+          <t>Kastamonu Gazetesi (1882-1920)</t>
+        </is>
+      </c>
+      <c r="C2528" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2529" spans="1:3">
+      <c r="A2529" s="1" t="inlineStr">
+        <is>
+          <t>9786052584316</t>
+        </is>
+      </c>
+      <c r="B2529" s="1" t="inlineStr">
+        <is>
+          <t>Necmettin Erbakan'ın Eğitim Anlayışı</t>
+        </is>
+      </c>
+      <c r="C2529" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2530" spans="1:3">
+      <c r="A2530" s="1" t="inlineStr">
+        <is>
+          <t>9786257354615</t>
+        </is>
+      </c>
+      <c r="B2530" s="1" t="inlineStr">
+        <is>
+          <t>Ay Bulutta</t>
+        </is>
+      </c>
+      <c r="C2530" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2531" spans="1:3">
+      <c r="A2531" s="1" t="inlineStr">
+        <is>
+          <t>9786257106887</t>
+        </is>
+      </c>
+      <c r="B2531" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Örneklerle Kamu Yönetiminde Stratejik Planlama ve Politika Transferi</t>
+        </is>
+      </c>
+      <c r="C2531" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2532" spans="1:3">
+      <c r="A2532" s="1" t="inlineStr">
+        <is>
+          <t>9786257795029</t>
+        </is>
+      </c>
+      <c r="B2532" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Demokrasiye Geçiş Sürecinde Demokrat Parti ve Laiklik</t>
+        </is>
+      </c>
+      <c r="C2532" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2533" spans="1:3">
+      <c r="A2533" s="1" t="inlineStr">
+        <is>
+          <t>9786257795166</t>
+        </is>
+      </c>
+      <c r="B2533" s="1" t="inlineStr">
+        <is>
+          <t>Piyano İçin İtalyan Barok Eserleri</t>
+        </is>
+      </c>
+      <c r="C2533" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2534" spans="1:3">
+      <c r="A2534" s="1" t="inlineStr">
+        <is>
+          <t>9786257795173</t>
+        </is>
+      </c>
+      <c r="B2534" s="1" t="inlineStr">
+        <is>
+          <t>Beden Eğitimi ve Sporun Sosyolojik Boyutları</t>
+        </is>
+      </c>
+      <c r="C2534" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2535" spans="1:3">
+      <c r="A2535" s="1" t="inlineStr">
+        <is>
+          <t>9786257106566</t>
+        </is>
+      </c>
+      <c r="B2535" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal Yönetişim: Teorik Bir Çözümleme Denemesi</t>
+        </is>
+      </c>
+      <c r="C2535" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2536" spans="1:3">
+      <c r="A2536" s="1" t="inlineStr">
+        <is>
+          <t>9786257106689</t>
+        </is>
+      </c>
+      <c r="B2536" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Dünya Savaşı Yıllarında Trakya Umumi Müfettişliği Bölgesi Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C2536" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2537" spans="1:3">
+      <c r="A2537" s="1" t="inlineStr">
+        <is>
+          <t>9786257106726</t>
+        </is>
+      </c>
+      <c r="B2537" s="1" t="inlineStr">
+        <is>
+          <t>Çözümlü Problemlerle Dalga Mekaniği ve Kıyı Yapıları</t>
+        </is>
+      </c>
+      <c r="C2537" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="2538" spans="1:3">
+      <c r="A2538" s="1" t="inlineStr">
+        <is>
+          <t>9786257106696</t>
+        </is>
+      </c>
+      <c r="B2538" s="1" t="inlineStr">
+        <is>
+          <t>Bilim ve Felsefe Katkısı ile Örgüt Kuramları ve Araştırma</t>
+        </is>
+      </c>
+      <c r="C2538" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2539" spans="1:3">
+      <c r="A2539" s="1" t="inlineStr">
+        <is>
+          <t>9786257106665</t>
+        </is>
+      </c>
+      <c r="B2539" s="1" t="inlineStr">
+        <is>
+          <t>Şemsettin Sami Letaif</t>
+        </is>
+      </c>
+      <c r="C2539" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="2540" spans="1:3">
+      <c r="A2540" s="1" t="inlineStr">
+        <is>
+          <t>9786257106597</t>
+        </is>
+      </c>
+      <c r="B2540" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal Spor İletişimi ve Sosyal Medya</t>
+        </is>
+      </c>
+      <c r="C2540" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2541" spans="1:3">
+      <c r="A2541" s="1" t="inlineStr">
+        <is>
+          <t>9786257106603</t>
+        </is>
+      </c>
+      <c r="B2541" s="1" t="inlineStr">
+        <is>
+          <t>Elit Basketbolcuların Yılmazlık ve Problem Çözme Beceri Düzeyleri Arasındaki İlişki</t>
+        </is>
+      </c>
+      <c r="C2541" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2542" spans="1:3">
+      <c r="A2542" s="1" t="inlineStr">
+        <is>
+          <t>9786257106559</t>
+        </is>
+      </c>
+      <c r="B2542" s="1" t="inlineStr">
+        <is>
+          <t>Risaletü’l-İslam Dergisi’nde Mezhep Yazıları</t>
+        </is>
+      </c>
+      <c r="C2542" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2543" spans="1:3">
+      <c r="A2543" s="1" t="inlineStr">
+        <is>
+          <t>9786257106092</t>
+        </is>
+      </c>
+      <c r="B2543" s="1" t="inlineStr">
+        <is>
+          <t>Yabancılar İçin Türkçe Ders Kitabı-1</t>
+        </is>
+      </c>
+      <c r="C2543" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="2544" spans="1:3">
+      <c r="A2544" s="1" t="inlineStr">
+        <is>
+          <t>9786052589960</t>
+        </is>
+      </c>
+      <c r="B2544" s="1" t="inlineStr">
+        <is>
+          <t>Vücut Kompozisyonu İle Çeviklik Arasındaki İlişki</t>
+        </is>
+      </c>
+      <c r="C2544" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="2545" spans="1:3">
+      <c r="A2545" s="1" t="inlineStr">
+        <is>
+          <t>9786052589885</t>
+        </is>
+      </c>
+      <c r="B2545" s="1" t="inlineStr">
+        <is>
+          <t>Tulü‘i’nin Paşa-Name’si</t>
+        </is>
+      </c>
+      <c r="C2545" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2546" spans="1:3">
+      <c r="A2546" s="1" t="inlineStr">
+        <is>
+          <t>9786052588741</t>
+        </is>
+      </c>
+      <c r="B2546" s="1" t="inlineStr">
+        <is>
+          <t>Dil ve Edebiyat Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C2546" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2547" spans="1:3">
+      <c r="A2547" s="1" t="inlineStr">
+        <is>
+          <t>9786052589922</t>
+        </is>
+      </c>
+      <c r="B2547" s="1" t="inlineStr">
+        <is>
+          <t>Said Nursi’de Ölüm Sonrası Yeniden Diriliş</t>
+        </is>
+      </c>
+      <c r="C2547" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2548" spans="1:3">
+      <c r="A2548" s="1" t="inlineStr">
+        <is>
+          <t>9786052588802</t>
+        </is>
+      </c>
+      <c r="B2548" s="1" t="inlineStr">
+        <is>
+          <t>Studies in Subject Specific Education</t>
+        </is>
+      </c>
+      <c r="C2548" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2549" spans="1:3">
+      <c r="A2549" s="1" t="inlineStr">
+        <is>
+          <t>9786052588789</t>
+        </is>
+      </c>
+      <c r="B2549" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim Bilimleri</t>
+        </is>
+      </c>
+      <c r="C2549" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="2550" spans="1:3">
+      <c r="A2550" s="1" t="inlineStr">
+        <is>
+          <t>9786052589892</t>
+        </is>
+      </c>
+      <c r="B2550" s="1" t="inlineStr">
+        <is>
+          <t>Voleybolda Proprioseptif Antrenman: Algısal-Bilişsel Performans</t>
+        </is>
+      </c>
+      <c r="C2550" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2551" spans="1:3">
+      <c r="A2551" s="1" t="inlineStr">
+        <is>
+          <t>9786052589328</t>
+        </is>
+      </c>
+      <c r="B2551" s="1" t="inlineStr">
+        <is>
+          <t>Yüzme Sporuna Bilimsel Bakış</t>
+        </is>
+      </c>
+      <c r="C2551" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2552" spans="1:3">
+      <c r="A2552" s="1" t="inlineStr">
+        <is>
+          <t>9786052589595</t>
+        </is>
+      </c>
+      <c r="B2552" s="1" t="inlineStr">
+        <is>
+          <t>Tabib-Name - Ebu'l Muzaffer</t>
+        </is>
+      </c>
+      <c r="C2552" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2553" spans="1:3">
+      <c r="A2553" s="1" t="inlineStr">
+        <is>
+          <t>9786052589724</t>
+        </is>
+      </c>
+      <c r="B2553" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Hizmet Uzmanlarında İkincil Travmatik Stres ve Psikolojik Dayanıklılık Üzerine Bir Araştırma</t>
+        </is>
+      </c>
+      <c r="C2553" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2554" spans="1:3">
+      <c r="A2554" s="1" t="inlineStr">
+        <is>
+          <t>9786052589915</t>
+        </is>
+      </c>
+      <c r="B2554" s="1" t="inlineStr">
+        <is>
+          <t>Paylaşılan Liderlik ve Pozitif Psikolojik Sermaye</t>
+        </is>
+      </c>
+      <c r="C2554" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2555" spans="1:3">
+      <c r="A2555" s="1" t="inlineStr">
+        <is>
+          <t>9786052589939</t>
+        </is>
+      </c>
+      <c r="B2555" s="1" t="inlineStr">
+        <is>
+          <t>Montessori Eğitim Sistemi ve İslam Eğitim Sisteminin Karşılaştırılması</t>
+        </is>
+      </c>
+      <c r="C2555" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2556" spans="1:3">
+      <c r="A2556" s="1" t="inlineStr">
+        <is>
+          <t>9786052589557</t>
+        </is>
+      </c>
+      <c r="B2556" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşme Organize Suç İstikrar</t>
+        </is>
+      </c>
+      <c r="C2556" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2557" spans="1:3">
+      <c r="A2557" s="1" t="inlineStr">
+        <is>
+          <t>9786052589632</t>
+        </is>
+      </c>
+      <c r="B2557" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Sermayesi Teorisi</t>
+        </is>
+      </c>
+      <c r="C2557" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2558" spans="1:3">
+      <c r="A2558" s="1" t="inlineStr">
+        <is>
+          <t>9786052588437</t>
+        </is>
+      </c>
+      <c r="B2558" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyetin Eğitimde Öncü Kurumlarından Biri: Türk Eğitim Derneği (1928-2013)</t>
+        </is>
+      </c>
+      <c r="C2558" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2559" spans="1:3">
+      <c r="A2559" s="1" t="inlineStr">
+        <is>
+          <t>9786052588154</t>
+        </is>
+      </c>
+      <c r="B2559" s="1" t="inlineStr">
+        <is>
+          <t>Bilim ve Sağlık Açısından Vücut Geliştirme</t>
+        </is>
+      </c>
+      <c r="C2559" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2560" spans="1:3">
+      <c r="A2560" s="1" t="inlineStr">
+        <is>
+          <t>9786052588406</t>
+        </is>
+      </c>
+      <c r="B2560" s="1" t="inlineStr">
+        <is>
+          <t>Accounting Recordkeeping Practices In Smes In Somalia</t>
+        </is>
+      </c>
+      <c r="C2560" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2561" spans="1:3">
+      <c r="A2561" s="1" t="inlineStr">
+        <is>
+          <t>9786052588352</t>
+        </is>
+      </c>
+      <c r="B2561" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Belgelerinde Türk Musikisi</t>
+        </is>
+      </c>
+      <c r="C2561" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2562" spans="1:3">
+      <c r="A2562" s="1" t="inlineStr">
+        <is>
+          <t>9786052588307</t>
+        </is>
+      </c>
+      <c r="B2562" s="1" t="inlineStr">
+        <is>
+          <t>Merkez Bankası Bağımsızlığı ve Mali Güvenilirlik: Panel Veri Uygulama Örneği</t>
+        </is>
+      </c>
+      <c r="C2562" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2563" spans="1:3">
+      <c r="A2563" s="1" t="inlineStr">
+        <is>
+          <t>9786052588420</t>
+        </is>
+      </c>
+      <c r="B2563" s="1" t="inlineStr">
+        <is>
+          <t>Memlükler - Siyasetten Medeniyete Seçmeler</t>
+        </is>
+      </c>
+      <c r="C2563" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2564" spans="1:3">
+      <c r="A2564" s="1" t="inlineStr">
+        <is>
+          <t>9786052588383</t>
+        </is>
+      </c>
+      <c r="B2564" s="1" t="inlineStr">
+        <is>
+          <t>Gazetecilik ve Medya Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C2564" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2565" spans="1:3">
+      <c r="A2565" s="1" t="inlineStr">
+        <is>
+          <t>9786052588369</t>
+        </is>
+      </c>
+      <c r="B2565" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Türkçesinde Bağlaç İşlevli Birimler</t>
+        </is>
+      </c>
+      <c r="C2565" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2566" spans="1:3">
+      <c r="A2566" s="1" t="inlineStr">
+        <is>
+          <t>9786052588451</t>
+        </is>
+      </c>
+      <c r="B2566" s="1" t="inlineStr">
+        <is>
+          <t>Teizm-Ateizm Tartışmalarında Kullanılan Kanıtların Mantıksal Analizi</t>
+        </is>
+      </c>
+      <c r="C2566" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2567" spans="1:3">
+      <c r="A2567" s="1" t="inlineStr">
+        <is>
+          <t>9786052588253</t>
+        </is>
+      </c>
+      <c r="B2567" s="1" t="inlineStr">
+        <is>
+          <t>Spor Tesislerinde Çağdaş İşletmecilik Anlayışı ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2567" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2568" spans="1:3">
+      <c r="A2568" s="1" t="inlineStr">
+        <is>
+          <t>9786052588499</t>
+        </is>
+      </c>
+      <c r="B2568" s="1" t="inlineStr">
+        <is>
+          <t>Sinema ve İletişim Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C2568" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2569" spans="1:3">
+      <c r="A2569" s="1" t="inlineStr">
+        <is>
+          <t>9786052587904</t>
+        </is>
+      </c>
+      <c r="B2569" s="1" t="inlineStr">
+        <is>
+          <t>Kafesteki Halifeler</t>
+        </is>
+      </c>
+      <c r="C2569" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2570" spans="1:3">
+      <c r="A2570" s="1" t="inlineStr">
+        <is>
+          <t>9786052587898</t>
+        </is>
+      </c>
+      <c r="B2570" s="1" t="inlineStr">
+        <is>
+          <t>Spor Yönetiminde Örgüt Kültürü ve Karar Verme</t>
+        </is>
+      </c>
+      <c r="C2570" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2571" spans="1:3">
+      <c r="A2571" s="1" t="inlineStr">
+        <is>
+          <t>9786052587768</t>
+        </is>
+      </c>
+      <c r="B2571" s="1" t="inlineStr">
+        <is>
+          <t>Dikkat Eksikliği ve Hiperaktivite Bozukluğu İle İlgili Her Şey</t>
+        </is>
+      </c>
+      <c r="C2571" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="2572" spans="1:3">
+      <c r="A2572" s="1" t="inlineStr">
+        <is>
+          <t>9786052587331</t>
+        </is>
+      </c>
+      <c r="B2572" s="1" t="inlineStr">
+        <is>
+          <t>Yüzmede Performans Testleri</t>
+        </is>
+      </c>
+      <c r="C2572" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2573" spans="1:3">
+      <c r="A2573" s="1" t="inlineStr">
+        <is>
+          <t>9786052587096</t>
+        </is>
+      </c>
+      <c r="B2573" s="1" t="inlineStr">
+        <is>
+          <t>Ritim İçerikli Müziksel Uygulamaların Zihinsel Engelli Bireylerin Davranışları Üzerindeki Etkileri</t>
+        </is>
+      </c>
+      <c r="C2573" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2574" spans="1:3">
+      <c r="A2574" s="1" t="inlineStr">
+        <is>
+          <t>9786052587409</t>
+        </is>
+      </c>
+      <c r="B2574" s="1" t="inlineStr">
+        <is>
+          <t>İşletmelerde Özümseme Kapasitesi - İşletme Performansı İlişkisi</t>
+        </is>
+      </c>
+      <c r="C2574" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2575" spans="1:3">
+      <c r="A2575" s="1" t="inlineStr">
+        <is>
+          <t>9786257707015</t>
+        </is>
+      </c>
+      <c r="B2575" s="1" t="inlineStr">
+        <is>
+          <t>Enerji Yatırım Sözleşmeleri ve Uyuşmazlıklarının Çözümünde Tahkim Süreci</t>
+        </is>
+      </c>
+      <c r="C2575" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2576" spans="1:3">
+      <c r="A2576" s="1" t="inlineStr">
+        <is>
+          <t>9786257354196</t>
+        </is>
+      </c>
+      <c r="B2576" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve İletişim</t>
+        </is>
+      </c>
+      <c r="C2576" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2577" spans="1:3">
+      <c r="A2577" s="1" t="inlineStr">
+        <is>
+          <t>9786257354608</t>
+        </is>
+      </c>
+      <c r="B2577" s="1" t="inlineStr">
+        <is>
+          <t>Bedaiü’s - Sanai’ Fi Tertibi’ş - Şerai’ Muhtasarı (İbadetler)</t>
+        </is>
+      </c>
+      <c r="C2577" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2578" spans="1:3">
+      <c r="A2578" s="1" t="inlineStr">
+        <is>
+          <t>9786052584156</t>
+        </is>
+      </c>
+      <c r="B2578" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Yeni Akademik Çalışmalar-2</t>
+        </is>
+      </c>
+      <c r="C2578" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2579" spans="1:3">
+      <c r="A2579" s="1" t="inlineStr">
+        <is>
+          <t>9786257354554</t>
+        </is>
+      </c>
+      <c r="B2579" s="1" t="inlineStr">
+        <is>
+          <t>AVM Müşterilerinin Hedonik ve Faydacı Davranışları ve Mağaza Sadakati</t>
+        </is>
+      </c>
+      <c r="C2579" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2580" spans="1:3">
+      <c r="A2580" s="1" t="inlineStr">
+        <is>
+          <t>9786257707435</t>
+        </is>
+      </c>
+      <c r="B2580" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Ekonomik Meseleler</t>
+        </is>
+      </c>
+      <c r="C2580" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2581" spans="1:3">
+      <c r="A2581" s="1" t="inlineStr">
+        <is>
+          <t>9786257707381</t>
+        </is>
+      </c>
+      <c r="B2581" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Avrupa ve Avrasya Ekonomik İlişkileri</t>
+        </is>
+      </c>
+      <c r="C2581" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2582" spans="1:3">
+      <c r="A2582" s="1" t="inlineStr">
+        <is>
+          <t>9786257679800</t>
+        </is>
+      </c>
+      <c r="B2582" s="1" t="inlineStr">
+        <is>
+          <t>Films in Teaching Turkish as A Foreign Language: A Study of Classroom Practice</t>
+        </is>
+      </c>
+      <c r="C2582" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2583" spans="1:3">
+      <c r="A2583" s="1" t="inlineStr">
+        <is>
+          <t>9786257707923</t>
+        </is>
+      </c>
+      <c r="B2583" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Mühendisleri İçin İstatistik</t>
+        </is>
+      </c>
+      <c r="C2583" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2584" spans="1:3">
+      <c r="A2584" s="1" t="inlineStr">
+        <is>
+          <t>9786257795081</t>
+        </is>
+      </c>
+      <c r="B2584" s="1" t="inlineStr">
+        <is>
+          <t>Yahudilik 1</t>
+        </is>
+      </c>
+      <c r="C2584" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2585" spans="1:3">
+      <c r="A2585" s="1" t="inlineStr">
+        <is>
+          <t>9786052587249</t>
+        </is>
+      </c>
+      <c r="B2585" s="1" t="inlineStr">
+        <is>
+          <t>Güneydoğu Anadolu Bölgesindeki Spor Tesislerinin Yeterlilik Düzeyinin Araştırılması</t>
+        </is>
+      </c>
+      <c r="C2585" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2586" spans="1:3">
+      <c r="A2586" s="1" t="inlineStr">
+        <is>
+          <t>9786257106467</t>
+        </is>
+      </c>
+      <c r="B2586" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Bilimlerinde Yapay Zeka</t>
+        </is>
+      </c>
+      <c r="C2586" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2587" spans="1:3">
+      <c r="A2587" s="1" t="inlineStr">
+        <is>
+          <t>9786257106818</t>
+        </is>
+      </c>
+      <c r="B2587" s="1" t="inlineStr">
+        <is>
+          <t>ÖABT İngilizce Öğretmenliği Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C2587" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2588" spans="1:3">
+      <c r="A2588" s="1" t="inlineStr">
+        <is>
+          <t>9786257106917</t>
+        </is>
+      </c>
+      <c r="B2588" s="1" t="inlineStr">
+        <is>
+          <t>Silifke Kalesi Kazısı Tütün Lüleleri (2011-2019)</t>
+        </is>
+      </c>
+      <c r="C2588" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="2589" spans="1:3">
+      <c r="A2589" s="1" t="inlineStr">
+        <is>
+          <t>9786052588567</t>
+        </is>
+      </c>
+      <c r="B2589" s="1" t="inlineStr">
+        <is>
+          <t>Batı Müziği Teorisi Temel Bilgiler</t>
+        </is>
+      </c>
+      <c r="C2589" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2590" spans="1:3">
+      <c r="A2590" s="1" t="inlineStr">
+        <is>
+          <t>9786052589304</t>
+        </is>
+      </c>
+      <c r="B2590" s="1" t="inlineStr">
+        <is>
+          <t>Naxçıvan Ədəbi Mühiti Şərq - Qərb Kontekstində</t>
+        </is>
+      </c>
+      <c r="C2590" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2591" spans="1:3">
+      <c r="A2591" s="1" t="inlineStr">
+        <is>
+          <t>9786052587485</t>
+        </is>
+      </c>
+      <c r="B2591" s="1" t="inlineStr">
+        <is>
+          <t>Spor Hizmetlerinde Yerelleşme Üzerine Yönetici Görüşleri</t>
+        </is>
+      </c>
+      <c r="C2591" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2592" spans="1:3">
+      <c r="A2592" s="1" t="inlineStr">
+        <is>
+          <t>9786052587362</t>
+        </is>
+      </c>
+      <c r="B2592" s="1" t="inlineStr">
+        <is>
+          <t>Gün İçerisinde Yapılan Aerobik Egzersiz Programlarında Fiziksel ve Fizyolojik Parametreler</t>
+        </is>
+      </c>
+      <c r="C2592" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2593" spans="1:3">
+      <c r="A2593" s="1" t="inlineStr">
+        <is>
+          <t>9786052584132</t>
+        </is>
+      </c>
+      <c r="B2593" s="1" t="inlineStr">
+        <is>
+          <t>Bireysel ve Takım Sporları İle Uğraşan Üniversite Öğrencilerinin Temel Psikolojik İhtiyaçlarının Belirlenmesi</t>
+        </is>
+      </c>
+      <c r="C2593" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2594" spans="1:3">
+      <c r="A2594" s="1" t="inlineStr">
+        <is>
+          <t>9786052584149</t>
+        </is>
+      </c>
+      <c r="B2594" s="1" t="inlineStr">
+        <is>
+          <t>Buz Hokeyi Oyuncularında Batıl İnanç ve Kaygı İlişkisinin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C2594" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="2595" spans="1:3">
+      <c r="A2595" s="1" t="inlineStr">
+        <is>
+          <t>9786052584309</t>
+        </is>
+      </c>
+      <c r="B2595" s="1" t="inlineStr">
+        <is>
+          <t>Hilal-i Ahdar Cemiyeti (Yeşilay)</t>
+        </is>
+      </c>
+      <c r="C2595" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2596" spans="1:3">
+      <c r="A2596" s="1" t="inlineStr">
+        <is>
+          <t>9786052584019</t>
+        </is>
+      </c>
+      <c r="B2596" s="1" t="inlineStr">
+        <is>
+          <t>Turunçgillerin Sulanması</t>
+        </is>
+      </c>
+      <c r="C2596" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2597" spans="1:3">
+      <c r="A2597" s="1" t="inlineStr">
+        <is>
+          <t>9786052583920</t>
+        </is>
+      </c>
+      <c r="B2597" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Dönemi Fıkraları: Mehmet Tevfik Hazine-i Letaif</t>
+        </is>
+      </c>
+      <c r="C2597" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2598" spans="1:3">
+      <c r="A2598" s="1" t="inlineStr">
+        <is>
+          <t>9786052583913</t>
+        </is>
+      </c>
+      <c r="B2598" s="1" t="inlineStr">
+        <is>
+          <t>Aşık Mustafa Kurbanoğlu</t>
+        </is>
+      </c>
+      <c r="C2598" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2599" spans="1:3">
+      <c r="A2599" s="1" t="inlineStr">
+        <is>
+          <t>9786058155091</t>
+        </is>
+      </c>
+      <c r="B2599" s="1" t="inlineStr">
+        <is>
+          <t>Kültür ve Sağlık</t>
+        </is>
+      </c>
+      <c r="C2599" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="2600" spans="1:3">
+      <c r="A2600" s="1" t="inlineStr">
+        <is>
+          <t>9786257679305</t>
+        </is>
+      </c>
+      <c r="B2600" s="1" t="inlineStr">
+        <is>
+          <t>Sığırcılık</t>
+        </is>
+      </c>
+      <c r="C2600" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="2601" spans="1:3">
+      <c r="A2601" s="1" t="inlineStr">
+        <is>
+          <t>9786052396575</t>
+        </is>
+      </c>
+      <c r="B2601" s="1" t="inlineStr">
+        <is>
+          <t>Temel Tıbbi Arapça</t>
+        </is>
+      </c>
+      <c r="C2601" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="2602" spans="1:3">
+      <c r="A2602" s="1" t="inlineStr">
+        <is>
+          <t>9786257795135</t>
+        </is>
+      </c>
+      <c r="B2602" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Ait Bir Zihin</t>
+        </is>
+      </c>
+      <c r="C2602" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="2603" spans="1:3">
+      <c r="A2603" s="1" t="inlineStr">
+        <is>
+          <t>9786257795111</t>
+        </is>
+      </c>
+      <c r="B2603" s="1" t="inlineStr">
+        <is>
+          <t>Solved Problems Machine Elements Volume 1</t>
+        </is>
+      </c>
+      <c r="C2603" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="2604" spans="1:3">
+      <c r="A2604" s="1" t="inlineStr">
+        <is>
+          <t>9786052589656</t>
+        </is>
+      </c>
+      <c r="B2604" s="1" t="inlineStr">
+        <is>
+          <t>Futbol Hakemlerinde İletişim ve Beden Dili Eğitiminin Hakemilik Becerilerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C2604" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2605" spans="1:3">
+      <c r="A2605" s="1" t="inlineStr">
+        <is>
+          <t>9786052589830</t>
+        </is>
+      </c>
+      <c r="B2605" s="1" t="inlineStr">
+        <is>
+          <t>Antik Yunan’da Toplumsal Cinsiyetin İnşası</t>
+        </is>
+      </c>
+      <c r="C2605" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2606" spans="1:3">
+      <c r="A2606" s="1" t="inlineStr">
+        <is>
+          <t>9786052587805</t>
+        </is>
+      </c>
+      <c r="B2606" s="1" t="inlineStr">
+        <is>
+          <t>Futbolcularda Pliometrik Çalışmaların Sıçrama Şut Hızı ve İzokinetik Kuvvet Üzerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C2606" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2607" spans="1:3">
+      <c r="A2607" s="1" t="inlineStr">
+        <is>
+          <t>9786052587430</t>
+        </is>
+      </c>
+      <c r="B2607" s="1" t="inlineStr">
+        <is>
+          <t>Sportmenlik Yöneliminde Hedef Bağlılığı ve Spor Ahlakı</t>
+        </is>
+      </c>
+      <c r="C2607" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2608" spans="1:3">
+      <c r="A2608" s="1" t="inlineStr">
+        <is>
+          <t>9786052587522</t>
+        </is>
+      </c>
+      <c r="B2608" s="1" t="inlineStr">
+        <is>
+          <t>Enerji, Çevre, İktisat Üzerine Güncel Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C2608" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2609" spans="1:3">
+      <c r="A2609" s="1" t="inlineStr">
+        <is>
+          <t>9786052587560</t>
+        </is>
+      </c>
+      <c r="B2609" s="1" t="inlineStr">
+        <is>
+          <t>Post Modern Politik İktisadi Açıdan Yeni Ekonomi ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C2609" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2610" spans="1:3">
+      <c r="A2610" s="1" t="inlineStr">
+        <is>
+          <t>9786052587706</t>
+        </is>
+      </c>
+      <c r="B2610" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Ekonomik Sorunlar ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C2610" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2611" spans="1:3">
+      <c r="A2611" s="1" t="inlineStr">
+        <is>
+          <t>9786052587713</t>
+        </is>
+      </c>
+      <c r="B2611" s="1" t="inlineStr">
+        <is>
+          <t>Değişik Biçemlerde 21 Piyano Parçası</t>
+        </is>
+      </c>
+      <c r="C2611" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="2612" spans="1:3">
+      <c r="A2612" s="1" t="inlineStr">
+        <is>
+          <t>9786052587720</t>
+        </is>
+      </c>
+      <c r="B2612" s="1" t="inlineStr">
+        <is>
+          <t>21.Yüzyıl Işığında Devletin Ekonomideki Rolleri</t>
+        </is>
+      </c>
+      <c r="C2612" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2613" spans="1:3">
+      <c r="A2613" s="1" t="inlineStr">
+        <is>
+          <t>9786052587621</t>
+        </is>
+      </c>
+      <c r="B2613" s="1" t="inlineStr">
+        <is>
+          <t>Energy and Environmental Studies for the Near Future</t>
+        </is>
+      </c>
+      <c r="C2613" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2614" spans="1:3">
+      <c r="A2614" s="1" t="inlineStr">
+        <is>
+          <t>9786052587737</t>
+        </is>
+      </c>
+      <c r="B2614" s="1" t="inlineStr">
+        <is>
+          <t>Tarihsel Süreç İçinde Muş’ta Spor Kültürü</t>
+        </is>
+      </c>
+      <c r="C2614" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2615" spans="1:3">
+      <c r="A2615" s="1" t="inlineStr">
+        <is>
+          <t>9786052587638</t>
+        </is>
+      </c>
+      <c r="B2615" s="1" t="inlineStr">
+        <is>
+          <t>New Horizons in Techno-Science</t>
+        </is>
+      </c>
+      <c r="C2615" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2616" spans="1:3">
+      <c r="A2616" s="1" t="inlineStr">
+        <is>
+          <t>9786052587546</t>
+        </is>
+      </c>
+      <c r="B2616" s="1" t="inlineStr">
+        <is>
+          <t>Global View of Energy and Environment in Engineering</t>
+        </is>
+      </c>
+      <c r="C2616" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2617" spans="1:3">
+      <c r="A2617" s="1" t="inlineStr">
+        <is>
+          <t>9786052589281</t>
+        </is>
+      </c>
+      <c r="B2617" s="1" t="inlineStr">
+        <is>
+          <t>Halk Oyunları İletişim Becerileri ve Sosyal Bütünleşme</t>
+        </is>
+      </c>
+      <c r="C2617" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2618" spans="1:3">
+      <c r="A2618" s="1" t="inlineStr">
+        <is>
+          <t>9786052585078</t>
+        </is>
+      </c>
+      <c r="B2618" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Veride Gerçek Zamanlı İş Zekası</t>
+        </is>
+      </c>
+      <c r="C2618" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2619" spans="1:3">
+      <c r="A2619" s="1" t="inlineStr">
+        <is>
+          <t>9786052585085</t>
+        </is>
+      </c>
+      <c r="B2619" s="1" t="inlineStr">
+        <is>
+          <t>Veteriner Hekimlikte Balneoterapi ve Hidroterapi</t>
+        </is>
+      </c>
+      <c r="C2619" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2620" spans="1:3">
+      <c r="A2620" s="1" t="inlineStr">
+        <is>
+          <t>9786052585054</t>
+        </is>
+      </c>
+      <c r="B2620" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Ali Muaviye İhtilafı</t>
+        </is>
+      </c>
+      <c r="C2620" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2621" spans="1:3">
+      <c r="A2621" s="1" t="inlineStr">
+        <is>
+          <t>9786257106962</t>
+        </is>
+      </c>
+      <c r="B2621" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı ve Cumhuriyet Döneminde Aksaray’da Sel Felaketi</t>
+        </is>
+      </c>
+      <c r="C2621" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2622" spans="1:3">
+      <c r="A2622" s="1" t="inlineStr">
+        <is>
+          <t>9786257106931</t>
+        </is>
+      </c>
+      <c r="B2622" s="1" t="inlineStr">
+        <is>
+          <t>Lüks Marka İletişimi</t>
+        </is>
+      </c>
+      <c r="C2622" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2623" spans="1:3">
+      <c r="A2623" s="1" t="inlineStr">
+        <is>
+          <t>9786257106894</t>
+        </is>
+      </c>
+      <c r="B2623" s="1" t="inlineStr">
+        <is>
+          <t>Gıda Teknolojisinde Reaksiyon Kinetiği</t>
+        </is>
+      </c>
+      <c r="C2623" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2624" spans="1:3">
+      <c r="A2624" s="1" t="inlineStr">
+        <is>
+          <t>9786257106634</t>
+        </is>
+      </c>
+      <c r="B2624" s="1" t="inlineStr">
+        <is>
+          <t>Egzersiz ve İrisin</t>
+        </is>
+      </c>
+      <c r="C2624" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2625" spans="1:3">
+      <c r="A2625" s="1" t="inlineStr">
+        <is>
+          <t>9786257106290</t>
+        </is>
+      </c>
+      <c r="B2625" s="1" t="inlineStr">
+        <is>
+          <t>Liman Hizmetlerinde Fiyatlandırma</t>
+        </is>
+      </c>
+      <c r="C2625" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2626" spans="1:3">
+      <c r="A2626" s="1" t="inlineStr">
+        <is>
+          <t>9786257106313</t>
+        </is>
+      </c>
+      <c r="B2626" s="1" t="inlineStr">
+        <is>
+          <t>Bir Düşünce Biçimi Olarak Desen</t>
+        </is>
+      </c>
+      <c r="C2626" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2627" spans="1:3">
+      <c r="A2627" s="1" t="inlineStr">
+        <is>
+          <t>9786052588338</t>
+        </is>
+      </c>
+      <c r="B2627" s="1" t="inlineStr">
+        <is>
+          <t>Tıbbi Bitkilerin Geleneksel ve Tamamlayıcı Tedavide Kullanımı Cilt 1</t>
+        </is>
+      </c>
+      <c r="C2627" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="2628" spans="1:3">
+      <c r="A2628" s="1" t="inlineStr">
+        <is>
+          <t>9786052589731</t>
+        </is>
+      </c>
+      <c r="B2628" s="1" t="inlineStr">
+        <is>
+          <t>Hilafetname-i Osmani ve İttihatname-i İslami</t>
+        </is>
+      </c>
+      <c r="C2628" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2629" spans="1:3">
+      <c r="A2629" s="1" t="inlineStr">
+        <is>
+          <t>9786257106061</t>
+        </is>
+      </c>
+      <c r="B2629" s="1" t="inlineStr">
+        <is>
+          <t>Aydınlanma Projesi Olarak Cumhuriyet Döneminde Liseler</t>
+        </is>
+      </c>
+      <c r="C2629" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2630" spans="1:3">
+      <c r="A2630" s="1" t="inlineStr">
+        <is>
+          <t>9786257106122</t>
+        </is>
+      </c>
+      <c r="B2630" s="1" t="inlineStr">
+        <is>
+          <t>Baş Ağrılılarda Aerobik Dayanıklılık Egzersizlerinin Yararlılığı</t>
+        </is>
+      </c>
+      <c r="C2630" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="2631" spans="1:3">
+      <c r="A2631" s="1" t="inlineStr">
+        <is>
+          <t>9786257106108</t>
+        </is>
+      </c>
+      <c r="B2631" s="1" t="inlineStr">
+        <is>
+          <t>Alt Beden Elektromyostimülasyon Antrenmanı ve Detraining’in Performansa Etkileri</t>
+        </is>
+      </c>
+      <c r="C2631" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2632" spans="1:3">
+      <c r="A2632" s="1" t="inlineStr">
+        <is>
+          <t>9786257106085</t>
+        </is>
+      </c>
+      <c r="B2632" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal Spor Organizasyonlarında Örgütsel Bağlılık ve Yaşam Kalitesi</t>
+        </is>
+      </c>
+      <c r="C2632" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2633" spans="1:3">
+      <c r="A2633" s="1" t="inlineStr">
+        <is>
+          <t>9786052586078</t>
+        </is>
+      </c>
+      <c r="B2633" s="1" t="inlineStr">
+        <is>
+          <t>Üniversite Personelinin Konut Talebi ve Kentle Etkileşimi</t>
+        </is>
+      </c>
+      <c r="C2633" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2634" spans="1:3">
+      <c r="A2634" s="1" t="inlineStr">
+        <is>
+          <t>9786052589090</t>
+        </is>
+      </c>
+      <c r="B2634" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Sanatlar Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C2634" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2635" spans="1:3">
+      <c r="A2635" s="1" t="inlineStr">
+        <is>
+          <t>9786052589076</t>
+        </is>
+      </c>
+      <c r="B2635" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Alan Eğitimi Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C2635" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2636" spans="1:3">
+      <c r="A2636" s="1" t="inlineStr">
+        <is>
+          <t>9786052589021</t>
+        </is>
+      </c>
+      <c r="B2636" s="1" t="inlineStr">
+        <is>
+          <t>Contemporary Studies in Natural Sciences</t>
+        </is>
+      </c>
+      <c r="C2636" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2637" spans="1:3">
+      <c r="A2637" s="1" t="inlineStr">
+        <is>
+          <t>9786052587959</t>
+        </is>
+      </c>
+      <c r="B2637" s="1" t="inlineStr">
+        <is>
+          <t>Tekmiletü’l-İber</t>
+        </is>
+      </c>
+      <c r="C2637" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2638" spans="1:3">
+      <c r="A2638" s="1" t="inlineStr">
+        <is>
+          <t>9786052586709</t>
+        </is>
+      </c>
+      <c r="B2638" s="1" t="inlineStr">
+        <is>
+          <t>Sporun Stres ve Mutluluk Üzerine Etkileri</t>
+        </is>
+      </c>
+      <c r="C2638" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2639" spans="1:3">
+      <c r="A2639" s="1" t="inlineStr">
+        <is>
+          <t>9786052587973</t>
+        </is>
+      </c>
+      <c r="B2639" s="1" t="inlineStr">
+        <is>
+          <t>Masa Tenisi Antrenörlerinde Liderlik</t>
+        </is>
+      </c>
+      <c r="C2639" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="2640" spans="1:3">
+      <c r="A2640" s="1" t="inlineStr">
+        <is>
+          <t>9786052587980</t>
+        </is>
+      </c>
+      <c r="B2640" s="1" t="inlineStr">
+        <is>
+          <t>Hokey Hakemleri; İletişim Becerileri ve Stresle Başa Çıkma Tarzları</t>
+        </is>
+      </c>
+      <c r="C2640" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2641" spans="1:3">
+      <c r="A2641" s="1" t="inlineStr">
+        <is>
+          <t>9786052585108</t>
+        </is>
+      </c>
+      <c r="B2641" s="1" t="inlineStr">
+        <is>
+          <t>Finansal İktisat</t>
+        </is>
+      </c>
+      <c r="C2641" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="2642" spans="1:3">
+      <c r="A2642" s="1" t="inlineStr">
+        <is>
+          <t>9786052585115</t>
+        </is>
+      </c>
+      <c r="B2642" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomik Denge Teorileri</t>
+        </is>
+      </c>
+      <c r="C2642" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="2643" spans="1:3">
+      <c r="A2643" s="1" t="inlineStr">
+        <is>
+          <t>9786052583203</t>
+        </is>
+      </c>
+      <c r="B2643" s="1" t="inlineStr">
+        <is>
+          <t>Language and Literature 1</t>
+        </is>
+      </c>
+      <c r="C2643" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2644" spans="1:3">
+      <c r="A2644" s="1" t="inlineStr">
+        <is>
+          <t>9786052583142</t>
+        </is>
+      </c>
+      <c r="B2644" s="1" t="inlineStr">
+        <is>
+          <t>Matematik ve Fen Eğitimi Araştırmaları 1</t>
+        </is>
+      </c>
+      <c r="C2644" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2645" spans="1:3">
+      <c r="A2645" s="1" t="inlineStr">
+        <is>
+          <t>9786052584200</t>
+        </is>
+      </c>
+      <c r="B2645" s="1" t="inlineStr">
+        <is>
+          <t>Evlilik Uyumu ve Dindarlık</t>
+        </is>
+      </c>
+      <c r="C2645" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2646" spans="1:3">
+      <c r="A2646" s="1" t="inlineStr">
+        <is>
+          <t>9786052583463</t>
+        </is>
+      </c>
+      <c r="B2646" s="1" t="inlineStr">
+        <is>
+          <t>Economics and Politics</t>
+        </is>
+      </c>
+      <c r="C2646" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2647" spans="1:3">
+      <c r="A2647" s="1" t="inlineStr">
+        <is>
+          <t>9786052583234</t>
+        </is>
+      </c>
+      <c r="B2647" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Sanatlar Eğitimi Araştırmaları 1</t>
+        </is>
+      </c>
+      <c r="C2647" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2648" spans="1:3">
+      <c r="A2648" s="1" t="inlineStr">
+        <is>
+          <t>9786052583159</t>
+        </is>
+      </c>
+      <c r="B2648" s="1" t="inlineStr">
+        <is>
+          <t>Örgütlerde Davranış Araştırmaları 1</t>
+        </is>
+      </c>
+      <c r="C2648" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2649" spans="1:3">
+      <c r="A2649" s="1" t="inlineStr">
+        <is>
+          <t>9786052583111</t>
+        </is>
+      </c>
+      <c r="B2649" s="1" t="inlineStr">
+        <is>
+          <t>Veterinerlik ve Su Ürünleri Araştırmaları 1</t>
+        </is>
+      </c>
+      <c r="C2649" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="2650" spans="1:3">
+      <c r="A2650" s="1" t="inlineStr">
+        <is>
+          <t>9786052583425</t>
+        </is>
+      </c>
+      <c r="B2650" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomik Araştırmalar 1</t>
+        </is>
+      </c>
+      <c r="C2650" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2651" spans="1:3">
+      <c r="A2651" s="1" t="inlineStr">
+        <is>
+          <t>9786052583135</t>
+        </is>
+      </c>
+      <c r="B2651" s="1" t="inlineStr">
+        <is>
+          <t>Psikoloji ve Sosyoloji Araştırmaları 1</t>
+        </is>
+      </c>
+      <c r="C2651" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2652" spans="1:3">
+      <c r="A2652" s="1" t="inlineStr">
+        <is>
+          <t>9786052583388</t>
+        </is>
+      </c>
+      <c r="B2652" s="1" t="inlineStr">
+        <is>
+          <t>Pazarlama Araştırmaları 1</t>
+        </is>
+      </c>
+      <c r="C2652" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2653" spans="1:3">
+      <c r="A2653" s="1" t="inlineStr">
+        <is>
+          <t>9786052583197</t>
+        </is>
+      </c>
+      <c r="B2653" s="1" t="inlineStr">
+        <is>
+          <t>Management and Information Systems</t>
+        </is>
+      </c>
+      <c r="C2653" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2654" spans="1:3">
+      <c r="A2654" s="1" t="inlineStr">
+        <is>
+          <t>9786052583128</t>
+        </is>
+      </c>
+      <c r="B2654" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler Araştırmaları 1</t>
+        </is>
+      </c>
+      <c r="C2654" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2655" spans="1:3">
+      <c r="A2655" s="1" t="inlineStr">
+        <is>
+          <t>9786257106900</t>
+        </is>
+      </c>
+      <c r="B2655" s="1" t="inlineStr">
+        <is>
+          <t>Okdoku - Matematiksel Akıl Yürütme ve Mantık Oyunu</t>
+        </is>
+      </c>
+      <c r="C2655" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2656" spans="1:3">
+      <c r="A2656" s="1" t="inlineStr">
+        <is>
+          <t>9786257106986</t>
+        </is>
+      </c>
+      <c r="B2656" s="1" t="inlineStr">
+        <is>
+          <t>Hareket Eğitiminde Proje Tabanlı Öğrenme Yaklaşımı</t>
+        </is>
+      </c>
+      <c r="C2656" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2657" spans="1:3">
+      <c r="A2657" s="1" t="inlineStr">
+        <is>
+          <t>9786257795012</t>
+        </is>
+      </c>
+      <c r="B2657" s="1" t="inlineStr">
+        <is>
+          <t>Elektronik Tüketicinin Satın Alma Davranışı: Hedonik mi Faydacı mı?</t>
+        </is>
+      </c>
+      <c r="C2657" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2658" spans="1:3">
+      <c r="A2658" s="1" t="inlineStr">
+        <is>
+          <t>9786052588512</t>
+        </is>
+      </c>
+      <c r="B2658" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Döngüsü Değerlendirmesi</t>
+        </is>
+      </c>
+      <c r="C2658" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2659" spans="1:3">
+      <c r="A2659" s="1" t="inlineStr">
+        <is>
+          <t>9786257106856</t>
+        </is>
+      </c>
+      <c r="B2659" s="1" t="inlineStr">
+        <is>
+          <t>Sinema ve Haber</t>
+        </is>
+      </c>
+      <c r="C2659" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2660" spans="1:3">
+      <c r="A2660" s="1" t="inlineStr">
+        <is>
+          <t>9786257106832</t>
+        </is>
+      </c>
+      <c r="B2660" s="1" t="inlineStr">
+        <is>
+          <t>Economic and Geopolitical Analysis of the Eastern Mediterranean</t>
+        </is>
+      </c>
+      <c r="C2660" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2661" spans="1:3">
+      <c r="A2661" s="1" t="inlineStr">
+        <is>
+          <t>9786257106795</t>
+        </is>
+      </c>
+      <c r="B2661" s="1" t="inlineStr">
+        <is>
+          <t>Bölgesel Amatör Lig Futbolcularında Sezonsal Değişimler</t>
+        </is>
+      </c>
+      <c r="C2661" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2662" spans="1:3">
+      <c r="A2662" s="1" t="inlineStr">
+        <is>
+          <t>9786257106412</t>
+        </is>
+      </c>
+      <c r="B2662" s="1" t="inlineStr">
+        <is>
+          <t>Special Topics in Science Education Research</t>
+        </is>
+      </c>
+      <c r="C2662" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2663" spans="1:3">
+      <c r="A2663" s="1" t="inlineStr">
+        <is>
+          <t>9786257106573</t>
+        </is>
+      </c>
+      <c r="B2663" s="1" t="inlineStr">
+        <is>
+          <t>Hemşirelikte Etik Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C2663" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2664" spans="1:3">
+      <c r="A2664" s="1" t="inlineStr">
+        <is>
+          <t>9786257106351</t>
+        </is>
+      </c>
+      <c r="B2664" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklarda A’dan Z’ye Beslenme</t>
+        </is>
+      </c>
+      <c r="C2664" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="2665" spans="1:3">
+      <c r="A2665" s="1" t="inlineStr">
+        <is>
+          <t>9786257106528</t>
+        </is>
+      </c>
+      <c r="B2665" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Finans Blok Zincir Teknolojisi Kripto Varlıklar</t>
+        </is>
+      </c>
+      <c r="C2665" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2666" spans="1:3">
+      <c r="A2666" s="1" t="inlineStr">
+        <is>
+          <t>9786257106214</t>
+        </is>
+      </c>
+      <c r="B2666" s="1" t="inlineStr">
+        <is>
+          <t>Basketbolcularda 12 Hafta Dayanıklılık Antrenmanlarının Antioksidan Düzeylere Etkisi</t>
+        </is>
+      </c>
+      <c r="C2666" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2667" spans="1:3">
+      <c r="A2667" s="1" t="inlineStr">
+        <is>
+          <t>9786257106436</t>
+        </is>
+      </c>
+      <c r="B2667" s="1" t="inlineStr">
+        <is>
+          <t>Okçularda Sırt Egzersizlerinin Bırakıştaki Emg Aktivitelerine Ve Performansa Etkisi</t>
+        </is>
+      </c>
+      <c r="C2667" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2668" spans="1:3">
+      <c r="A2668" s="1" t="inlineStr">
+        <is>
+          <t>9786257106283</t>
+        </is>
+      </c>
+      <c r="B2668" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimlerinde Yeni Fikirler-2</t>
+        </is>
+      </c>
+      <c r="C2668" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2669" spans="1:3">
+      <c r="A2669" s="1" t="inlineStr">
+        <is>
+          <t>9786257106306</t>
+        </is>
+      </c>
+      <c r="B2669" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimlerinde Yeni Fikirler-1</t>
+        </is>
+      </c>
+      <c r="C2669" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2670" spans="1:3">
+      <c r="A2670" s="1" t="inlineStr">
+        <is>
+          <t>9786052586238</t>
+        </is>
+      </c>
+      <c r="B2670" s="1" t="inlineStr">
+        <is>
+          <t>Tükenme Egzersizi Yaptırılan Ratlarda Kurkumin Takviyesi: Antioksidan Parametreler ve Laktat Düzeyleri</t>
+        </is>
+      </c>
+      <c r="C2670" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2671" spans="1:3">
+      <c r="A2671" s="1" t="inlineStr">
+        <is>
+          <t>9786052586221</t>
+        </is>
+      </c>
+      <c r="B2671" s="1" t="inlineStr">
+        <is>
+          <t>İslam Kültüründe Mihrab Kitabeleri</t>
+        </is>
+      </c>
+      <c r="C2671" s="1">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="2672" spans="1:3">
+      <c r="A2672" s="1" t="inlineStr">
+        <is>
+          <t>9786257106184</t>
+        </is>
+      </c>
+      <c r="B2672" s="1" t="inlineStr">
+        <is>
+          <t>Different Approaches to Sport Science</t>
+        </is>
+      </c>
+      <c r="C2672" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2673" spans="1:3">
+      <c r="A2673" s="1" t="inlineStr">
+        <is>
+          <t>9786257106269</t>
+        </is>
+      </c>
+      <c r="B2673" s="1" t="inlineStr">
+        <is>
+          <t>Bir Küçük Hikaye "Günah-ı Masum" Üzerine Söz Varlığı Çalışması</t>
+        </is>
+      </c>
+      <c r="C2673" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2674" spans="1:3">
+      <c r="A2674" s="1" t="inlineStr">
+        <is>
+          <t>9786052586252</t>
+        </is>
+      </c>
+      <c r="B2674" s="1" t="inlineStr">
+        <is>
+          <t>Akademisyenlere Yönelik Mobbing Davranışları İle İş Yaşam Kalitesi İlişkisinin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C2674" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="2675" spans="1:3">
+      <c r="A2675" s="1" t="inlineStr">
+        <is>
+          <t>9786257106030</t>
+        </is>
+      </c>
+      <c r="B2675" s="1" t="inlineStr">
+        <is>
+          <t>Tarihten Bugüne Karamanoğulları Hanedanı ve Halil Edhem Eldem’in Karamanoğulları Hakkında Vesaik-i Mahkuka</t>
+        </is>
+      </c>
+      <c r="C2675" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2676" spans="1:3">
+      <c r="A2676" s="1" t="inlineStr">
+        <is>
+          <t>9786052588185</t>
+        </is>
+      </c>
+      <c r="B2676" s="1" t="inlineStr">
+        <is>
+          <t>İslam Resim Sanatında Hz. Zekeriyya ve Hz. Yahya Tasvirleri</t>
+        </is>
+      </c>
+      <c r="C2676" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2677" spans="1:3">
+      <c r="A2677" s="1" t="inlineStr">
+        <is>
+          <t>9786052586693</t>
+        </is>
+      </c>
+      <c r="B2677" s="1" t="inlineStr">
+        <is>
+          <t>Giresun İli Gastronomi Değerleri ve Gastronomi Turizmi</t>
+        </is>
+      </c>
+      <c r="C2677" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2678" spans="1:3">
+      <c r="A2678" s="1" t="inlineStr">
+        <is>
+          <t>9786052589823</t>
+        </is>
+      </c>
+      <c r="B2678" s="1" t="inlineStr">
+        <is>
+          <t>Fen Eğitimi Araştırmalarına Güncel Bakış</t>
+        </is>
+      </c>
+      <c r="C2678" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="2679" spans="1:3">
+      <c r="A2679" s="1" t="inlineStr">
+        <is>
+          <t>9786257106054</t>
+        </is>
+      </c>
+      <c r="B2679" s="1" t="inlineStr">
+        <is>
+          <t>Ergenlerde Problemli İnternet Kullanımıyla Başa Çıkma</t>
+        </is>
+      </c>
+      <c r="C2679" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2680" spans="1:3">
+      <c r="A2680" s="1" t="inlineStr">
+        <is>
+          <t>9786052588130</t>
+        </is>
+      </c>
+      <c r="B2680" s="1" t="inlineStr">
+        <is>
+          <t>Şiddet ve Travmaya Psikiyatrik Bakış</t>
+        </is>
+      </c>
+      <c r="C2680" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="2681" spans="1:3">
+      <c r="A2681" s="1" t="inlineStr">
+        <is>
+          <t>9786052588260</t>
+        </is>
+      </c>
+      <c r="B2681" s="1" t="inlineStr">
+        <is>
+          <t>Ortaöğretim Öğrencilerinde Benlik Saygısı ve Utangaçlık Düzeylerinin Spor İle İlişkisi</t>
+        </is>
+      </c>
+      <c r="C2681" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2682" spans="1:3">
+      <c r="A2682" s="1" t="inlineStr">
+        <is>
+          <t>9786052588246</t>
+        </is>
+      </c>
+      <c r="B2682" s="1" t="inlineStr">
+        <is>
+          <t>İmam-Hatip Ortaokullarının Beden Eğitimi ve Spor Dersine Bakışı</t>
+        </is>
+      </c>
+      <c r="C2682" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2683" spans="1:3">
+      <c r="A2683" s="1" t="inlineStr">
+        <is>
+          <t>9786052588024</t>
+        </is>
+      </c>
+      <c r="B2683" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Davranış Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C2683" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2684" spans="1:3">
+      <c r="A2684" s="1" t="inlineStr">
+        <is>
+          <t>9786052588086</t>
+        </is>
+      </c>
+      <c r="B2684" s="1" t="inlineStr">
+        <is>
+          <t>Devlet-Aşiret İlişkileri Miranlı Mustafa Paşa</t>
+        </is>
+      </c>
+      <c r="C2684" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2685" spans="1:3">
+      <c r="A2685" s="1" t="inlineStr">
+        <is>
+          <t>9786052587843</t>
+        </is>
+      </c>
+      <c r="B2685" s="1" t="inlineStr">
+        <is>
+          <t>Çankırı Tarihinin Kaynakları 1 - Çerkeş Temettuat Deffteri</t>
+        </is>
+      </c>
+      <c r="C2685" s="1">
+        <v>581.25</v>
+      </c>
+    </row>
+    <row r="2686" spans="1:3">
+      <c r="A2686" s="1" t="inlineStr">
+        <is>
+          <t>9786052586495</t>
+        </is>
+      </c>
+      <c r="B2686" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıkta Yeni Nesil Teknolojiler</t>
+        </is>
+      </c>
+      <c r="C2686" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="2687" spans="1:3">
+      <c r="A2687" s="1" t="inlineStr">
+        <is>
+          <t>9786052586518</t>
+        </is>
+      </c>
+      <c r="B2687" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşümcü Liderliğin İş Tatmini Üzerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C2687" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2688" spans="1:3">
+      <c r="A2688" s="1" t="inlineStr">
+        <is>
+          <t>9786052588079</t>
+        </is>
+      </c>
+      <c r="B2688" s="1" t="inlineStr">
+        <is>
+          <t>Yabancılar İçin Türkçe Kelime Soruları</t>
+        </is>
+      </c>
+      <c r="C2688" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2689" spans="1:3">
+      <c r="A2689" s="1" t="inlineStr">
+        <is>
+          <t>9786052587911</t>
+        </is>
+      </c>
+      <c r="B2689" s="1" t="inlineStr">
+        <is>
+          <t>Hakemlerin Ahlaki Olgunluk ve Empati Düzeylerinin Karar Verme Stillerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C2689" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2690" spans="1:3">
+      <c r="A2690" s="1" t="inlineStr">
+        <is>
+          <t>9786052587836</t>
+        </is>
+      </c>
+      <c r="B2690" s="1" t="inlineStr">
+        <is>
+          <t>Hizmet İçi Eğitim ve Din Görevlisi</t>
+        </is>
+      </c>
+      <c r="C2690" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2691" spans="1:3">
+      <c r="A2691" s="1" t="inlineStr">
+        <is>
+          <t>9786052588031</t>
+        </is>
+      </c>
+      <c r="B2691" s="1" t="inlineStr">
+        <is>
+          <t>Mildan Niyazi Ayomak’ın Türk Müziği Armonisi ve Müzik Fiziği Notları</t>
+        </is>
+      </c>
+      <c r="C2691" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2692" spans="1:3">
+      <c r="A2692" s="1" t="inlineStr">
+        <is>
+          <t>9786052587997</t>
+        </is>
+      </c>
+      <c r="B2692" s="1" t="inlineStr">
+        <is>
+          <t>Ötekileştirme Üzerine Kurulan Kimlikler Makedonya</t>
+        </is>
+      </c>
+      <c r="C2692" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2693" spans="1:3">
+      <c r="A2693" s="1" t="inlineStr">
+        <is>
+          <t>9786052587454</t>
+        </is>
+      </c>
+      <c r="B2693" s="1" t="inlineStr">
+        <is>
+          <t>Ulusötesi Sinema</t>
+        </is>
+      </c>
+      <c r="C2693" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2694" spans="1:3">
+      <c r="A2694" s="1" t="inlineStr">
+        <is>
+          <t>9786052587423</t>
+        </is>
+      </c>
+      <c r="B2694" s="1" t="inlineStr">
+        <is>
+          <t>Zaza Dilinde Fiiller</t>
+        </is>
+      </c>
+      <c r="C2694" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2695" spans="1:3">
+      <c r="A2695" s="1" t="inlineStr">
+        <is>
+          <t>9786052587447</t>
+        </is>
+      </c>
+      <c r="B2695" s="1" t="inlineStr">
+        <is>
+          <t>Türk Reel Sektörünün (2002-2016 Dönemi) Finansal Analizi</t>
+        </is>
+      </c>
+      <c r="C2695" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2696" spans="1:3">
+      <c r="A2696" s="1" t="inlineStr">
+        <is>
+          <t>9786052587324</t>
+        </is>
+      </c>
+      <c r="B2696" s="1" t="inlineStr">
+        <is>
+          <t>Siyaseti Pazarlamak Demokratik Rejimlerde Siyasi Parti Propagandasının Dönüşümü</t>
+        </is>
+      </c>
+      <c r="C2696" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2697" spans="1:3">
+      <c r="A2697" s="1" t="inlineStr">
+        <is>
+          <t>9786052587584</t>
+        </is>
+      </c>
+      <c r="B2697" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı İlmiyesinde İstihdam ve Kariyer (17. Yüzyıl)</t>
+        </is>
+      </c>
+      <c r="C2697" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2698" spans="1:3">
+      <c r="A2698" s="1" t="inlineStr">
+        <is>
+          <t>9786052587669</t>
+        </is>
+      </c>
+      <c r="B2698" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Sosyoloji Okumaları: Gaston Richard’ın "Sosyoloji’ye Giriş" Eseri Üzerine Bir Deneme</t>
+        </is>
+      </c>
+      <c r="C2698" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2699" spans="1:3">
+      <c r="A2699" s="1" t="inlineStr">
+        <is>
+          <t>9786052587539</t>
+        </is>
+      </c>
+      <c r="B2699" s="1" t="inlineStr">
+        <is>
+          <t>Futbolda Dar Alan Oyunları: Oyun Alanı Boyutlarının Teknik Parametrelere Etkisi</t>
+        </is>
+      </c>
+      <c r="C2699" s="1">
+        <v>168.75</v>
+      </c>
+    </row>
+    <row r="2700" spans="1:3">
+      <c r="A2700" s="1" t="inlineStr">
+        <is>
+          <t>9786052587652</t>
+        </is>
+      </c>
+      <c r="B2700" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Direnç Egzersiz Yöntemlerinin Fizyolojik Etkilerinin Karşılaştırılması</t>
+        </is>
+      </c>
+      <c r="C2700" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2701" spans="1:3">
+      <c r="A2701" s="1" t="inlineStr">
+        <is>
+          <t>9786052586686</t>
+        </is>
+      </c>
+      <c r="B2701" s="1" t="inlineStr">
+        <is>
+          <t>Dünyada ve Türkiye'de Mikro Finans</t>
+        </is>
+      </c>
+      <c r="C2701" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2702" spans="1:3">
+      <c r="A2702" s="1" t="inlineStr">
+        <is>
+          <t>9786052585344</t>
+        </is>
+      </c>
+      <c r="B2702" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşme Uluslararası Doğrudan Yatırımlar ve Gelir Eşitsizliği</t>
+        </is>
+      </c>
+      <c r="C2702" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2703" spans="1:3">
+      <c r="A2703" s="1" t="inlineStr">
+        <is>
+          <t>9786052585320</t>
+        </is>
+      </c>
+      <c r="B2703" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Amaca Yönelik Pazarlama Reklamları</t>
+        </is>
+      </c>
+      <c r="C2703" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2704" spans="1:3">
+      <c r="A2704" s="1" t="inlineStr">
+        <is>
+          <t>9786052585238</t>
+        </is>
+      </c>
+      <c r="B2704" s="1" t="inlineStr">
+        <is>
+          <t>Abbasi Halifelerinin Din ve Mezhep Siyaseti</t>
+        </is>
+      </c>
+      <c r="C2704" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2705" spans="1:3">
+      <c r="A2705" s="1" t="inlineStr">
+        <is>
+          <t>9786052585221</t>
+        </is>
+      </c>
+      <c r="B2705" s="1" t="inlineStr">
+        <is>
+          <t>Spor Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C2705" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2706" spans="1:3">
+      <c r="A2706" s="1" t="inlineStr">
+        <is>
+          <t>9786052585269</t>
+        </is>
+      </c>
+      <c r="B2706" s="1" t="inlineStr">
+        <is>
+          <t>Java FX Görsel Programlama</t>
+        </is>
+      </c>
+      <c r="C2706" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="2707" spans="1:3">
+      <c r="A2707" s="1" t="inlineStr">
+        <is>
+          <t>9786052585047</t>
+        </is>
+      </c>
+      <c r="B2707" s="1" t="inlineStr">
+        <is>
+          <t>İki Ayrı Karate Tekniğinin Antropometrik ve Biyomekanik Açıdan İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C2707" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2708" spans="1:3">
+      <c r="A2708" s="1" t="inlineStr">
+        <is>
+          <t>9786052584453</t>
+        </is>
+      </c>
+      <c r="B2708" s="1" t="inlineStr">
+        <is>
+          <t>Anksiyete</t>
+        </is>
+      </c>
+      <c r="C2708" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="2709" spans="1:3">
+      <c r="A2709" s="1" t="inlineStr">
+        <is>
+          <t>9786052585436</t>
+        </is>
+      </c>
+      <c r="B2709" s="1" t="inlineStr">
+        <is>
+          <t>İzokinetik Egzersiz Programlarının Sporcuların Üst ve Alt Ekstremite Kas Grupları Üzerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C2709" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2710" spans="1:3">
+      <c r="A2710" s="1" t="inlineStr">
+        <is>
+          <t>9786257106160</t>
+        </is>
+      </c>
+      <c r="B2710" s="1" t="inlineStr">
+        <is>
+          <t>Köprü Hidroliği</t>
+        </is>
+      </c>
+      <c r="C2710" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2711" spans="1:3">
+      <c r="A2711" s="1" t="inlineStr">
+        <is>
+          <t>9786257106139</t>
+        </is>
+      </c>
+      <c r="B2711" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Temel Beceriler ve İçsel Konuşma (Self Talk) Tekniği</t>
+        </is>
+      </c>
+      <c r="C2711" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2712" spans="1:3">
+      <c r="A2712" s="1" t="inlineStr">
+        <is>
+          <t>9786052588390</t>
+        </is>
+      </c>
+      <c r="B2712" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk ve Gençlerde Sporun Sosyal Uyum ve İletişim Becerileri Üzerindeki Etkisi</t>
+        </is>
+      </c>
+      <c r="C2712" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2713" spans="1:3">
+      <c r="A2713" s="1" t="inlineStr">
+        <is>
+          <t>9786052587294</t>
+        </is>
+      </c>
+      <c r="B2713" s="1" t="inlineStr">
+        <is>
+          <t>Ordu İli Tarihi Su Yapıları</t>
+        </is>
+      </c>
+      <c r="C2713" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2714" spans="1:3">
+      <c r="A2714" s="1" t="inlineStr">
+        <is>
+          <t>9786052586730</t>
+        </is>
+      </c>
+      <c r="B2714" s="1" t="inlineStr">
+        <is>
+          <t>Medya Kadın Çocuk</t>
+        </is>
+      </c>
+      <c r="C2714" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2715" spans="1:3">
+      <c r="A2715" s="1" t="inlineStr">
+        <is>
+          <t>9786052584279</t>
+        </is>
+      </c>
+      <c r="B2715" s="1" t="inlineStr">
+        <is>
+          <t>Akademide Pygmalion Etkisi</t>
+        </is>
+      </c>
+      <c r="C2715" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="2716" spans="1:3">
+      <c r="A2716" s="1" t="inlineStr">
+        <is>
+          <t>9786052584101</t>
+        </is>
+      </c>
+      <c r="B2716" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilir Beklentilere Teamülen Sanat</t>
+        </is>
+      </c>
+      <c r="C2716" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2717" spans="1:3">
+      <c r="A2717" s="1" t="inlineStr">
+        <is>
+          <t>9786052584293</t>
+        </is>
+      </c>
+      <c r="B2717" s="1" t="inlineStr">
+        <is>
+          <t>Bilişsel Davranışçı Terapi ve Şema Terapi Yaklaşımıyla Ruh Sağlığı Koruma Önleme ve Psikoterapi Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C2717" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2718" spans="1:3">
+      <c r="A2718" s="1" t="inlineStr">
+        <is>
+          <t>9786052584286</t>
+        </is>
+      </c>
+      <c r="B2718" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Rasim’in Eserlerinde Halk Kültürü</t>
+        </is>
+      </c>
+      <c r="C2718" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="2719" spans="1:3">
+      <c r="A2719" s="1" t="inlineStr">
+        <is>
+          <t>9786052396032</t>
+        </is>
+      </c>
+      <c r="B2719" s="1" t="inlineStr">
+        <is>
+          <t>Mihrican</t>
+        </is>
+      </c>
+      <c r="C2719" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2720" spans="1:3">
+      <c r="A2720" s="1" t="inlineStr">
+        <is>
+          <t>9786052396124</t>
+        </is>
+      </c>
+      <c r="B2720" s="1" t="inlineStr">
+        <is>
+          <t>Canımın İçi</t>
+        </is>
+      </c>
+      <c r="C2720" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2721" spans="1:3">
+      <c r="A2721" s="1" t="inlineStr">
+        <is>
+          <t>9786052396131</t>
+        </is>
+      </c>
+      <c r="B2721" s="1" t="inlineStr">
+        <is>
+          <t>Doldurulmuş Hayatlar</t>
+        </is>
+      </c>
+      <c r="C2721" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2722" spans="1:3">
+      <c r="A2722" s="1" t="inlineStr">
+        <is>
+          <t>9786052586047</t>
+        </is>
+      </c>
+      <c r="B2722" s="1" t="inlineStr">
+        <is>
+          <t>Çeviri Sorunları ve Çözüm Yolları</t>
+        </is>
+      </c>
+      <c r="C2722" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="2723" spans="1:3">
+      <c r="A2723" s="1" t="inlineStr">
+        <is>
+          <t>9786059354134</t>
+        </is>
+      </c>
+      <c r="B2723" s="1" t="inlineStr">
+        <is>
+          <t>Hekimin Sorumluluğu</t>
+        </is>
+      </c>
+      <c r="C2723" s="1">
+        <v>437.5</v>
+      </c>
+    </row>
+    <row r="2724" spans="1:3">
+      <c r="A2724" s="1" t="inlineStr">
+        <is>
+          <t>9786052586853</t>
+        </is>
+      </c>
+      <c r="B2724" s="1" t="inlineStr">
+        <is>
+          <t>Spor Felsefesi</t>
+        </is>
+      </c>
+      <c r="C2724" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2725" spans="1:3">
+      <c r="A2725" s="1" t="inlineStr">
+        <is>
+          <t>9786052586068</t>
+        </is>
+      </c>
+      <c r="B2725" s="1" t="inlineStr">
+        <is>
+          <t>Mervani Vezirleri</t>
+        </is>
+      </c>
+      <c r="C2725" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2726" spans="1:3">
+      <c r="A2726" s="1" t="inlineStr">
+        <is>
+          <t>9786052584170</t>
+        </is>
+      </c>
+      <c r="B2726" s="1" t="inlineStr">
+        <is>
+          <t>İlaç ve Zehir Laboratuvar Uygulama Kitabı</t>
+        </is>
+      </c>
+      <c r="C2726" s="1">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="2727" spans="1:3">
+      <c r="A2727" s="1" t="inlineStr">
+        <is>
+          <t>9786052584194</t>
+        </is>
+      </c>
+      <c r="B2727" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Masajı</t>
+        </is>
+      </c>
+      <c r="C2727" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="2728" spans="1:3">
+      <c r="A2728" s="1" t="inlineStr">
+        <is>
+          <t>9786052582619</t>
+        </is>
+      </c>
+      <c r="B2728" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Çağda Türkiye'de Kuşaklar ve Alışveriş</t>
+        </is>
+      </c>
+      <c r="C2728" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2729" spans="1:3">
+      <c r="A2729" s="1" t="inlineStr">
+        <is>
+          <t>9786052582848</t>
+        </is>
+      </c>
+      <c r="B2729" s="1" t="inlineStr">
+        <is>
+          <t>Serbest Zaman Kavramı ve İnternet Bağımlılığı</t>
+        </is>
+      </c>
+      <c r="C2729" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="2730" spans="1:3">
+      <c r="A2730" s="1" t="inlineStr">
+        <is>
+          <t>9786052582602</t>
+        </is>
+      </c>
+      <c r="B2730" s="1" t="inlineStr">
+        <is>
+          <t>Postmodern Dönemde Türkiye'de Futbol Endüstrisi ve Taraftar Profilleri</t>
+        </is>
+      </c>
+      <c r="C2730" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2731" spans="1:3">
+      <c r="A2731" s="1" t="inlineStr">
+        <is>
+          <t>9786052582817</t>
+        </is>
+      </c>
+      <c r="B2731" s="1" t="inlineStr">
+        <is>
+          <t>Lojistikte Güncel Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C2731" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2732" spans="1:3">
+      <c r="A2732" s="1" t="inlineStr">
+        <is>
+          <t>9786052580325</t>
+        </is>
+      </c>
+      <c r="B2732" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Muhasebe Uygulamaları ve Türkiye’de Bağımsız Denetçinin Sorumluluğu</t>
+        </is>
+      </c>
+      <c r="C2732" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2733" spans="1:3">
+      <c r="A2733" s="1" t="inlineStr">
+        <is>
+          <t>9786052580103</t>
+        </is>
+      </c>
+      <c r="B2733" s="1" t="inlineStr">
+        <is>
+          <t>Üniversite Öğrencilerinin Sportif Aktivitelerde Bulunma Tercihlerinin Bazı Psiko-Sosyal Değişkenler Açısından İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C2733" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2734" spans="1:3">
+      <c r="A2734" s="1" t="inlineStr">
+        <is>
+          <t>9786052580080</t>
+        </is>
+      </c>
+      <c r="B2734" s="1" t="inlineStr">
+        <is>
+          <t>Mesleki Olgunluk Düzeyleri Farklı Olan Öğrencilerin Sosyal Karşılaştırma ve Benlik İmgelerinin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C2734" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2735" spans="1:3">
+      <c r="A2735" s="1" t="inlineStr">
+        <is>
+          <t>9786052580097</t>
+        </is>
+      </c>
+      <c r="B2735" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’deki ve Amerika’daki Spor Yüksek Okulu Öğrencilerinin Spor Ürünlerinde Marka Tercihini Etkileyen Faktörlerin Araştırılması ve Karşılaştırılması</t>
+        </is>
+      </c>
+      <c r="C2735" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2736" spans="1:3">
+      <c r="A2736" s="1" t="inlineStr">
+        <is>
+          <t>9786052580073</t>
+        </is>
+      </c>
+      <c r="B2736" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Ülkelerde Rekreatif Katılımın Yaşam Kalitesi Üzerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C2736" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2737" spans="1:3">
+      <c r="A2737" s="1" t="inlineStr">
+        <is>
+          <t>9786052580059</t>
+        </is>
+      </c>
+      <c r="B2737" s="1" t="inlineStr">
+        <is>
+          <t>Spor Yapan ve Spor Yapmayan Ortaöğretim Öğrencilerinin Sosyal Beceri Düzeylerinin Karşılaştırılması (Kars İli Örneği)</t>
+        </is>
+      </c>
+      <c r="C2737" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2738" spans="1:3">
+      <c r="A2738" s="1" t="inlineStr">
+        <is>
+          <t>9786052580042</t>
+        </is>
+      </c>
+      <c r="B2738" s="1" t="inlineStr">
+        <is>
+          <t>Özel Yetenekliler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2738" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2739" spans="1:3">
+      <c r="A2739" s="1" t="inlineStr">
+        <is>
+          <t>9786052588413</t>
+        </is>
+      </c>
+      <c r="B2739" s="1" t="inlineStr">
+        <is>
+          <t>The Problem Of Representation Of Women In Non-Western Female Writer’s Novels</t>
+        </is>
+      </c>
+      <c r="C2739" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2740" spans="1:3">
+      <c r="A2740" s="1" t="inlineStr">
+        <is>
+          <t>9786052587676</t>
+        </is>
+      </c>
+      <c r="B2740" s="1" t="inlineStr">
+        <is>
+          <t>Tıbbi Bilirkişi</t>
+        </is>
+      </c>
+      <c r="C2740" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2741" spans="1:3">
+      <c r="A2741" s="1" t="inlineStr">
+        <is>
+          <t>9786052588000</t>
+        </is>
+      </c>
+      <c r="B2741" s="1" t="inlineStr">
+        <is>
+          <t>Sulama ve Drenaj</t>
+        </is>
+      </c>
+      <c r="C2741" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2742" spans="1:3">
+      <c r="A2742" s="1" t="inlineStr">
+        <is>
+          <t>9786052587263</t>
+        </is>
+      </c>
+      <c r="B2742" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Döneminde Bankacılık; Ekonomik Liberalizmden Devletçilik Politikasına Geçiş ve Günümüze Etkileri</t>
+        </is>
+      </c>
+      <c r="C2742" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2743" spans="1:3">
+      <c r="A2743" s="1" t="inlineStr">
+        <is>
+          <t>9786052587089</t>
+        </is>
+      </c>
+      <c r="B2743" s="1" t="inlineStr">
+        <is>
+          <t>İlkokul Müzik Dersi ile Diğer Derslerin İlişkilendirilmesi ve İlişkilendirme Örnekleri</t>
+        </is>
+      </c>
+      <c r="C2743" s="1">
+        <v>312.5</v>
+      </c>
+    </row>
+    <row r="2744" spans="1:3">
+      <c r="A2744" s="1" t="inlineStr">
+        <is>
+          <t>9786052586761</t>
+        </is>
+      </c>
+      <c r="B2744" s="1" t="inlineStr">
+        <is>
+          <t>Serbest Zaman Doyumunun Yaşam Doyumu ve Sosyo - Demografik Değişkenlerle İlişkisinin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C2744" s="1">
+        <v>212.5</v>
+      </c>
+    </row>
+    <row r="2745" spans="1:3">
+      <c r="A2745" s="1" t="inlineStr">
+        <is>
+          <t>9786052587416</t>
+        </is>
+      </c>
+      <c r="B2745" s="1" t="inlineStr">
+        <is>
+          <t>Spor Eğitmenlerinde Mizaç - Duygu - Stres İlişkisi</t>
+        </is>
+      </c>
+      <c r="C2745" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2746" spans="1:3">
+      <c r="A2746" s="1" t="inlineStr">
+        <is>
+          <t>9786052586860</t>
+        </is>
+      </c>
+      <c r="B2746" s="1" t="inlineStr">
+        <is>
+          <t>Orta Toroslarda Yaşayan Sarıkeçili Yörükleri</t>
+        </is>
+      </c>
+      <c r="C2746" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2747" spans="1:3">
+      <c r="A2747" s="1" t="inlineStr">
+        <is>
+          <t>9786052587317</t>
+        </is>
+      </c>
+      <c r="B2747" s="1" t="inlineStr">
+        <is>
+          <t>Bir İletişim Dili Olarak Siyasal Halkla İlişkilerde Müzik</t>
+        </is>
+      </c>
+      <c r="C2747" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2748" spans="1:3">
+      <c r="A2748" s="1" t="inlineStr">
+        <is>
+          <t>9786052587386</t>
+        </is>
+      </c>
+      <c r="B2748" s="1" t="inlineStr">
+        <is>
+          <t>İctima’iyyat (Sosyoloji)</t>
+        </is>
+      </c>
+      <c r="C2748" s="1">
+        <v>412.5</v>
+      </c>
+    </row>
+    <row r="2749" spans="1:3">
+      <c r="A2749" s="1" t="inlineStr">
+        <is>
+          <t>9786052586716</t>
+        </is>
+      </c>
+      <c r="B2749" s="1" t="inlineStr">
+        <is>
+          <t>Ruh Sağlığı ve Hastalıklarında Dijital Çağ Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2749" s="1">
+        <v>343.75</v>
+      </c>
+    </row>
+    <row r="2750" spans="1:3">
+      <c r="A2750" s="1" t="inlineStr">
+        <is>
+          <t>9786052587218</t>
+        </is>
+      </c>
+      <c r="B2750" s="1" t="inlineStr">
+        <is>
+          <t>Spor Lisesi Yoneticilerindeki Vizyoner Liderliğin Oğretmen Motivasyonu ve Bağlılığına Etkisi</t>
+        </is>
+      </c>
+      <c r="C2750" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2751" spans="1:3">
+      <c r="A2751" s="1" t="inlineStr">
+        <is>
+          <t>9786052580066</t>
+        </is>
+      </c>
+      <c r="B2751" s="1" t="inlineStr">
+        <is>
+          <t>Aralıklı ve Aralıksız Uygulanan Aerobik Egzersiz Süresince Yağ Oksidasyon Hızındaki Değişimler</t>
+        </is>
+      </c>
+      <c r="C2751" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2752" spans="1:3">
+      <c r="A2752" s="1" t="inlineStr">
+        <is>
+          <t>9786054649303</t>
+        </is>
+      </c>
+      <c r="B2752" s="1" t="inlineStr">
+        <is>
+          <t>Meyve Bağ Zararları</t>
+        </is>
+      </c>
+      <c r="C2752" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2753" spans="1:3">
+      <c r="A2753" s="1" t="inlineStr">
+        <is>
+          <t>9786052583692</t>
+        </is>
+      </c>
+      <c r="B2753" s="1" t="inlineStr">
+        <is>
+          <t>Örgüt Kültürü ve İnovasyon</t>
+        </is>
+      </c>
+      <c r="C2753" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2754" spans="1:3">
+      <c r="A2754" s="1" t="inlineStr">
+        <is>
+          <t>9786253755775</t>
+        </is>
+      </c>
+      <c r="B2754" s="1" t="inlineStr">
+        <is>
+          <t>Düğün Dernek Kurula Gelenekten Moderniteye Erzurum Salon Düğünleri Kentte Değişen Bir Halk Seremonisi</t>
+        </is>
+      </c>
+      <c r="C2754" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2755" spans="1:3">
+      <c r="A2755" s="1" t="inlineStr">
+        <is>
+          <t>9786253758714</t>
+        </is>
+      </c>
+      <c r="B2755" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimlerinde Karma Çalışmalar - 1</t>
+        </is>
+      </c>
+      <c r="C2755" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2756" spans="1:3">
+      <c r="A2756" s="1" t="inlineStr">
+        <is>
+          <t>9786253759162</t>
+        </is>
+      </c>
+      <c r="B2756" s="1" t="inlineStr">
+        <is>
+          <t>Sebep Asabiyeti Teorisi Çerçevesinde Mehmet Akif Ersoy’da Milli Mücadele ve Vatan Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C2756" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2757" spans="1:3">
+      <c r="A2757" s="1" t="inlineStr">
+        <is>
+          <t>9786253759216</t>
+        </is>
+      </c>
+      <c r="B2757" s="1" t="inlineStr">
+        <is>
+          <t>Depreme Dirençli Türkiye</t>
+        </is>
+      </c>
+      <c r="C2757" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2758" spans="1:3">
+      <c r="A2758" s="1" t="inlineStr">
+        <is>
+          <t>9786253758660</t>
+        </is>
+      </c>
+      <c r="B2758" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimlerinde Multidisipliner Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C2758" s="1">
+        <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>