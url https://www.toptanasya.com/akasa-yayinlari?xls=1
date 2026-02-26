--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,1390 +85,1810 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059262248</t>
+          <t>9789756793718</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kehanetler Kitabı</t>
+          <t>Rüya Kitabı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>460</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059262231</t>
+          <t>9789756793008</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Hayat, Sonsuz Dersler</t>
+          <t>Yükseliş</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789756793374</t>
+          <t>9789756793138</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dışarıda Hiçbir Şey Var Bir İçe Yöneliş Rehberi</t>
+          <t>Üçüncü Göz</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>2789009950599</t>
+          <t>9789756793534</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>P’taah Pleiades Mesajları / 2</t>
+          <t>Sonsuzluğa Açılan Kapı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>275</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789756793701</t>
+          <t>9789756793466</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Davet</t>
+          <t>Sevginin Sonsuz Dansı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>170</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789756793381</t>
+          <t>3990000004856</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mucize İlaçlar</t>
+          <t>Rüyadan Uyanış Yüksek Boyutlardan Bir Varlığın Bilgelik ve Sevgi Dolu Mesajları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>275</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789756793152</t>
+          <t>9789756793350</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Işık Temsilcileri</t>
+          <t>Ra Bilgileri Binlerce Yıllık Serüvenimize Işık Tutan Açıklamalar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059262040</t>
+          <t>9789756793022</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kitap</t>
+          <t>Ra Bilgileri 4</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>370</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789756793015</t>
+          <t>3990000005558</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kryon: 2. Kitap Bir İnsan Gibi Düşünmeyin</t>
+          <t>Ra Bilgileri 3</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>270</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789756793329</t>
+          <t>9789756793756</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Işığı Arayanların Karanlık Yanı</t>
+          <t>Ra Bilgileri 2</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>190</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789756793596</t>
+          <t>3990000007166</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Pusulası Sezginin Sizi Hayallerinizdeki Yaşama Götürebileceği 52 Yol</t>
+          <t>P’taah Pleiades Mesajları / 1</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>210</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789756793640</t>
+          <t>9789756793411</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Sesi</t>
+          <t>Ölümsüz Üstatların Yaşam ve Öğretisi Bir Spiritüalizm Klasiği 2. Cilt</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>145</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756793688</t>
+          <t>9789756793435</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bireylerin, Ailelerin ve Ulusların İyileşmesi</t>
+          <t>Ölümsüz Üstatların Yaşam ve Öğretisi Bir Spiritualizm Klasiği Üçüncü Cilt</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>225</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756793497</t>
+          <t>9789756793398</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yuvaya Hoşgeldiniz Yeni Dünya Gezegeni</t>
+          <t>Ölümsüz Üstatların Yaşam ve Öğretisi Bir Spiritualizm Klasiği 1. Cilt</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>320</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789756793831</t>
+          <t>9789756793473</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tüm Hastalıkların Zihinsel Nedenleri Ve İyileşmenizi Sağlayacak Düşünce Modelleri</t>
+          <t>Mutlak Gücün Yolu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789756793749</t>
+          <t>9789756793275</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Çağı</t>
+          <t>Meditasyon</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>310</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789756793503</t>
+          <t>9789756793589</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Şimdinin Gücü Uygulama Kitabı</t>
+          <t>Lemurya Yolu Asli Doğanızı Hatırlamak</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>120</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789756793282</t>
+          <t>9789756793039</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Şimdi’nin Gücü</t>
+          <t>Küçük Bir Gezegende Nasıl Büyük Yaşamalı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059262118</t>
+          <t>3990000013964</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye Dönüş</t>
+          <t>Kristal Mucizesi Kuvars Kristallerinin Gizemli Güçlerinden Yararlanmak İçin Rehber</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059262156</t>
+          <t>9789756793572</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kitabı</t>
+          <t>Kristal Çocuklar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>225</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059262095</t>
+          <t>9789756793732</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Şifa Teknikleri Şifa Gücünüzü Kullanarak Mucizeler Yaratabilirsiniz</t>
+          <t>Kirael  Büyük Değişim</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>195</v>
+        <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789756793633</t>
+          <t>9789756793305</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Psikoloji On İki Temel Yaşam Dersi</t>
+          <t>İllüzyonların Anımsanışı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>210</v>
+        <v>44</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059262026</t>
+          <t>9789756793763</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Büyüme Yüksek Benliğiniz Olabilirsiniz</t>
+          <t>İkinci Beden</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>230</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789756793558</t>
+          <t>9789756793060</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Astroloji</t>
+          <t>Hathor Bilgileri Yükselmiş Bir Uygarlıktan Mesajlar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>550</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059262033</t>
+          <t>9789756793213</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ramtha Eşruhlar</t>
+          <t>Galaktik İnsan</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>125</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789756793817</t>
+          <t>9789756793671</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ramtha - Doğumun ve Ölümün Gizemi</t>
+          <t>Aydınlanma Fenomeni  Altın Çağın Doğuşu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>235</v>
+        <v>35</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789756793404</t>
+          <t>9789756793657</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ramtha</t>
+          <t>Arnold: Bir Vücutçunun Eğitimi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>280</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789756793343</t>
+          <t>9789756793183</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Ötesi</t>
+          <t>Andromeda’dan Gelen Ufo Bir Uzaylının Dünyamızla İlgili Müthiş Açıklamaları ve Kehanetleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789756793800</t>
+          <t>9786059262248</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Üstatların Yaşam ve Öğretisi Cilt: 1-2-3</t>
+          <t>Kehanetler Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>420</v>
+        <v>520</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789756793442</t>
+          <t>9786059262231</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Omni Yaradılışın Dört Prensibi</t>
+          <t>Sonsuz Hayat, Sonsuz Dersler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789756793886</t>
+          <t>9789756793374</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>M. S. 2150</t>
+          <t>Dışarıda Hiçbir Şey Var Bir İçe Yöneliş Rehberi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756793909</t>
+          <t>2789009950599</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kryon: Yuvaya Yolculuk</t>
+          <t>P’taah Pleiades Mesajları / 2</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789756793626</t>
+          <t>9789756793701</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kryon: 8. Kitap Yeni Bir İlahi Takdir</t>
+          <t>Özgürlüğe Davet</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>330</v>
+        <v>170</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789756793459</t>
+          <t>9789756793381</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kryon: 7. Kitap Yeni Başlangıç</t>
+          <t>Mucize İlaçlar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756793299</t>
+          <t>9789756793152</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kryon: 6. Kitap 2000: Eşiği Geçmek Yeni Binyıl’ın Enerjisini Anlamak</t>
+          <t>Işık Temsilcileri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756793251</t>
+          <t>9786059262040</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kryon: 5. Kitap Yuvadan Mektuplar</t>
+          <t>Sihirli Kitap</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>420</v>
+        <v>470</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756793176</t>
+          <t>9789756793015</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kryon: 4. Kitap Tanrı’yla Birlikte</t>
+          <t>Kryon: 2. Kitap Bir İnsan Gibi Düşünmeyin</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789756793428</t>
+          <t>9789756793329</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kryon: 1. Kitap Bitiş Zamanı</t>
+          <t>Işığı Arayanların Karanlık Yanı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756793725</t>
+          <t>9789756793596</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kryon 9. Kitap Perdeyi Kaldırmak</t>
+          <t>Ruhun Pusulası Sezginin Sizi Hayallerinizdeki Yaşama Götürebileceği 52 Yol</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>265</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789756793787</t>
+          <t>9789756793640</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kryon 10. Kitap -DNA’nın 12 Tabakası</t>
+          <t>Bilginin Sesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>330</v>
+        <v>185</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789756793695</t>
+          <t>9789756793688</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kendini Tanıma Rehberi</t>
+          <t>Bireylerin, Ailelerin ve Ulusların İyileşmesi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756793336</t>
+          <t>9789756793497</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İndigo Çocuklar</t>
+          <t>Yuvaya Hoşgeldiniz Yeni Dünya Gezegeni</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789756793619</t>
+          <t>9789756793831</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Maya Takvimi ve Bilincin Dönüşümü</t>
+          <t>Tüm Hastalıkların Zihinsel Nedenleri Ve İyileşmenizi Sağlayacak Düşünce Modelleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>290</v>
+        <v>125</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789756793190</t>
+          <t>9789756793749</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İlahi Rehberlik</t>
+          <t>Tanrı Çağı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789756793527</t>
+          <t>9789756793503</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Kahraman Yaşadığımız Altı Arketip</t>
+          <t>Şimdinin Gücü Uygulama Kitabı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059262170</t>
+          <t>9789756793282</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Yolculuk</t>
+          <t>Şimdi’nin Gücü</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789756793091</t>
+          <t>9786059262118</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kryon: 3. Kitap  İnsan Ruhunun Simyası</t>
+          <t>Sevgiye Dönüş</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789756793169</t>
+          <t>9786059262156</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Işık Temsilcilerinin Sırrı</t>
+          <t>Rüya Kitabı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789756793510</t>
+          <t>9786059262095</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Işık Habercileri</t>
+          <t>Ruhsal Şifa Teknikleri Şifa Gücünüzü Kullanarak Mucizeler Yaratabilirsiniz</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059262132</t>
+          <t>9789756793633</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızın Amacı</t>
+          <t>Ruhsal Psikoloji On İki Temel Yaşam Dersi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>550</v>
+        <v>265</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789759702809</t>
+          <t>9786059262026</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bizi Yaşar</t>
+          <t>Ruhsal Büyüme Yüksek Benliğiniz Olabilirsiniz</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789756793312</t>
+          <t>9789756793558</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hatırla</t>
+          <t>Ruhsal Astroloji</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>310</v>
+        <v>700</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789756793664</t>
+          <t>9786059262033</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Feng Shui ile Yaşamını Yeniden Yarat</t>
+          <t>Ramtha Eşruhlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789756793244</t>
+          <t>9789756793817</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Feng Shui</t>
+          <t>Ramtha - Doğumun ve Ölümün Gizemi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789756793565</t>
+          <t>9789756793404</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dinginliğin Gücü</t>
+          <t>Ramtha</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789756793985</t>
+          <t>9789756793343</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ben O’yum Sri Nisargadatta Maharaj ile Söyleşiler</t>
+          <t>Ölümün Ötesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789756793961</t>
+          <t>9789756793800</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Az Seçilen Yol</t>
+          <t>Ölümsüz Üstatların Yaşam ve Öğretisi Cilt: 1-2-3</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>525</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789756793053</t>
+          <t>9789756793442</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>% 51 Zararsızlık</t>
+          <t>Omni Yaradılışın Dört Prensibi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789756793916</t>
+          <t>9789756793886</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>% 100 Düşünce Gücü Psikojenez Yolu</t>
+          <t>M. S. 2150</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789756793480</t>
+          <t>9789756793909</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı İmgeleme</t>
+          <t>Kryon: Yuvaya Yolculuk</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059262224</t>
+          <t>9789756793626</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Perdeyi Geçmek</t>
+          <t>Kryon: 8. Kitap Yeni Bir İlahi Takdir</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059262200</t>
+          <t>9789756793459</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Şimdi'nin Gücü Günlüğü</t>
+          <t>Kryon: 7. Kitap Yeni Başlangıç</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>2780010000143</t>
+          <t>9789756793299</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yükseliş 4</t>
+          <t>Kryon: 6. Kitap 2000: Eşiği Geçmek Yeni Binyıl’ın Enerjisini Anlamak</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>2780010000457</t>
+          <t>9789756793251</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yükseliş 3</t>
+          <t>Kryon: 5. Kitap Yuvadan Mektuplar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>530</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>2780010000426</t>
+          <t>9789756793176</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yükseliş 2 Yükselmiş Üstadlardan Medyum Kanalıyla Alınmış Bilgiler</t>
+          <t>Kryon: 4. Kitap Tanrı’yla Birlikte</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>2780010000518</t>
+          <t>9789756793428</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Arkturus Mesajları</t>
+          <t>Kryon: 1. Kitap Bitiş Zamanı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059262217</t>
+          <t>9789756793725</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Atılım</t>
+          <t>Kryon 9. Kitap Perdeyi Kaldırmak</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059262187</t>
+          <t>9789756793787</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Uyanmak</t>
+          <t>Kryon 10. Kitap -DNA’nın 12 Tabakası</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059262163</t>
+          <t>9789756793695</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Tarihi - Ramtha 2</t>
+          <t>Kendini Tanıma Rehberi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059262149</t>
+          <t>9789756793336</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Tarihi - Ramtha</t>
+          <t>İndigo Çocuklar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059262125</t>
+          <t>9789756793619</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ruh Sevgisi</t>
+          <t>Maya Takvimi ve Bilincin Dönüşümü</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059262101</t>
+          <t>9789756793190</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Az Seçilen Yolun Ötesi</t>
+          <t>İlahi Rehberlik</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059262088</t>
+          <t>9789756793527</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kryon 12. Kitap: Yeni İnsan</t>
+          <t>İçimizdeki Kahraman Yaşadığımız Altı Arketip</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059262071</t>
+          <t>9786059262170</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Beyin</t>
+          <t>İçimdeki Yolculuk</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059262064</t>
+          <t>9789756793091</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ramtha - Tiranların Son Valsi</t>
+          <t>Kryon: 3. Kitap  İnsan Ruhunun Simyası</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059262057</t>
+          <t>9789756793169</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>UFO’lar ve Realitenin Doğası</t>
+          <t>Işık Temsilcilerinin Sırrı</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059262019</t>
+          <t>9789756793510</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ruhu</t>
+          <t>Işık Habercileri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789756793848</t>
+          <t>9786059262132</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İmza Hücresi Şifası</t>
+          <t>Hayatınızın Amacı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059262002</t>
+          <t>9789759702809</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Realiteyi Yaratma Rehberi</t>
+          <t>Hayat Bizi Yaşar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789756793992</t>
+          <t>9789756793312</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İnsan Akaşası</t>
+          <t>Hatırla</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789756793978</t>
+          <t>9789756793664</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Olana Uyanmak</t>
+          <t>Feng Shui ile Yaşamını Yeniden Yarat</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789756793947</t>
+          <t>9789756793244</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ruhumuzun Bilgelik Yolculuğu</t>
+          <t>Feng Shui</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789756793954</t>
+          <t>9789756793565</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Gaia Etkisi</t>
+          <t>Dinginliğin Gücü</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789756793930</t>
+          <t>9789756793985</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Büyük İnsan Potansiyeli</t>
+          <t>Ben O’yum Sri Nisargadatta Maharaj ile Söyleşiler</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789756793923</t>
+          <t>9789756793961</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ramtha : Üstadı Tanımlamak</t>
+          <t>Az Seçilen Yol</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789756793862</t>
+          <t>9789756793053</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kryon 11 - İnsanlığın Yeniden Ayarlanışı</t>
+          <t>% 51 Zararsızlık</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789756793879</t>
+          <t>9789756793916</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Bilinç Kılavuzu</t>
+          <t>% 100 Düşünce Gücü Psikojenez Yolu</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789756793824</t>
+          <t>9789756793480</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Yolunda</t>
+          <t>Yaratıcı İmgeleme</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789756793893</t>
+          <t>9786059262224</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İnsan Tasarımını Anlamak</t>
+          <t>Perdeyi Geçmek</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
+          <t>9786059262200</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Şimdi'nin Gücü Günlüğü</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>2780010000143</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Yükseliş 4</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>2780010000457</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Yükseliş 3</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>2780010000426</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Yükseliş 2 Yükselmiş Üstadlardan Medyum Kanalıyla Alınmış Bilgiler</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>2780010000518</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Arkturus Mesajları</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786059262217</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Atılım</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786059262187</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Uyanmak</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786059262163</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlık Tarihi - Ramtha 2</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786059262149</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlık Tarihi - Ramtha</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786059262125</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Ruh Sevgisi</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786059262101</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Az Seçilen Yolun Ötesi</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786059262088</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Kryon 12. Kitap: Yeni İnsan</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786059262071</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Beyin</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786059262064</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Ramtha - Tiranların Son Valsi</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786059262057</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>UFO’lar ve Realitenin Doğası</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786059262019</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Ruhu</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9789756793848</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>İmza Hücresi Şifası</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786059262002</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Realiteyi Yaratma Rehberi</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789756793992</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Akaşası</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9789756793978</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Olağanüstü Olana Uyanmak</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789756793947</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Ruhumuzun Bilgelik Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789756793954</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Gaia Etkisi</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789756793930</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Büyük İnsan Potansiyeli</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9789756793923</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Ramtha : Üstadı Tanımlamak</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789756793862</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Kryon 11 - İnsanlığın Yeniden Ayarlanışı</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789756793879</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Bilinç Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789756793824</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey Yolunda</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789756793893</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Tasarımını Anlamak</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
           <t>9789756793855</t>
         </is>
       </c>
-      <c r="B91" s="1" t="inlineStr">
+      <c r="B119" s="1" t="inlineStr">
         <is>
           <t>İyileştiren Nefes</t>
         </is>
       </c>
-      <c r="C91" s="1">
-        <v>120</v>
+      <c r="C119" s="1">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>