--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,25120 +85,25255 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786053429227</t>
+          <t>9786053429050</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çağrı Candar: Altın Taç</t>
+          <t>Herkes İçin Çağdaş Türk Lehçeleri Türk Açar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>100</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786053429272</t>
+          <t>9786053429401</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Gölgesinde Anadolu’nun Dirilişi</t>
+          <t>Ortak Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053429241</t>
+          <t>9786053429296</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Birlikte Yaşama Kültürü: Maraş’ta Türkler ve Ermeniler</t>
+          <t>Kolay Yeni Farsça</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786053429289</t>
+          <t>9786053429159</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki İmge ve Halleri</t>
+          <t>Kazak Halkbilimi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053429302</t>
+          <t>9786053428411</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Edep Haya İffet</t>
+          <t>Derslerde ve Sınavlarda Başarı – Gençlerde Teknoloji ve Madde Bağımlılığı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>380</v>
+        <v>205</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786053428565</t>
+          <t>9789753385107</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Halk Edebiyatı El Kitabı</t>
+          <t>Türkçe Sözlük İlköğretim 6 - 7 - 8. Sınıflar İçin</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>525</v>
+        <v>3.98</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786053428534</t>
+          <t>9789753380423</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dini-Tasavvufi Türk Edebiyatında Dört Kapı Kırk Makam</t>
+          <t>Osmanlıca Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>765</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786053428428</t>
+          <t>9789753384742</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Nef’i ve Ekolü</t>
+          <t>Kazak Türkçesi - Türkiye Türkçesi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>255</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786053428053</t>
+          <t>9786053424765</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Şiirsel Susku</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>320</v>
+        <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053427957</t>
+          <t>9786053429227</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>750. Vuslat Yılında Mevlana</t>
+          <t>Çağrı Candar: Altın Taç</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053427896</t>
+          <t>9786053429272</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Hakim Ata Divanı (Ciltli)</t>
+          <t>Selçuklu Gölgesinde Anadolu’nun Dirilişi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>970</v>
+        <v>170</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053427599</t>
+          <t>9786053429241</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Kuramı ve Eleştiri (Ciltli)</t>
+          <t>Osmanlı’da Birlikte Yaşama Kültürü: Maraş’ta Türkler ve Ermeniler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1015</v>
+        <v>190</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>4440000002925</t>
+          <t>9786053429289</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Fethali Kaçar'ın Çağatay Türkçesi Sözlüğü Cilt: 2</t>
+          <t>Aynadaki İmge ve Halleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786053427582</t>
+          <t>9786053429302</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Avni Konuk İrfani Geleneğin Osmanlı’daki Son Halkası</t>
+          <t>Edep Haya İffet</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>325</v>
+        <v>380</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053427476</t>
+          <t>9786053428565</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+          <t>Halk Edebiyatı El Kitabı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>525</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053427391</t>
+          <t>9786053428534</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Dini-Tasavvufi Türk Edebiyatında Dört Kapı Kırk Makam</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>70</v>
+        <v>765</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053427414</t>
+          <t>9786053428428</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Maceraları</t>
+          <t>Nef’i ve Ekolü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>255</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053427452</t>
+          <t>9786053428053</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Şiirsel Susku</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>16</v>
+        <v>320</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786053427377</t>
+          <t>9786053427957</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>750. Vuslat Yılında Mevlana</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053427407</t>
+          <t>9786053427896</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Süleyman Hakim Ata Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>105</v>
+        <v>970</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053427360</t>
+          <t>9786053427599</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Edebiyat Kuramı ve Eleştiri (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>105</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786053427483</t>
+          <t>4440000002925</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Erica Edwald'in Aşkı</t>
+          <t>Fethali Kaçar'ın Çağatay Türkçesi Sözlüğü Cilt: 2</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>14</v>
+        <v>330</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053427421</t>
+          <t>9786053427582</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Ahmed Avni Konuk İrfani Geleneğin Osmanlı’daki Son Halkası</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>265</v>
+        <v>325</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786053427353</t>
+          <t>9786053427476</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053427322</t>
+          <t>9786053427391</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ketaibu Alamil-Ahyar Min Fukahai Mezhebin-Numanil-Muhtar</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>465</v>
+        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053427230</t>
+          <t>9786053427414</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Lale Lale Lale Şiirler</t>
+          <t>Sherlock Holmes Maceraları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053427186</t>
+          <t>9786053427452</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Güvercinlerin Selası</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>220</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053427162</t>
+          <t>9786053427377</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Alfabe Değişikliklerinin Türk Kültürüne Etkisi</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055413668</t>
+          <t>9786053427407</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Yazıcıoğlu Külliyatı - 3 Cilt Takım</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>690</v>
+        <v>105</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053426967</t>
+          <t>9786053427360</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Mehmet Akif Armağanı Türk Dili Araştırmaları 1-2 Takım</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>650</v>
+        <v>105</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053423713</t>
+          <t>9786053427483</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sokollu Mehmed Paşa - Ahmed Refik 1</t>
+          <t>Erica Edwald'in Aşkı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>50</v>
+        <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053424154</t>
+          <t>9786053427421</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Uygur Dramı - Göç</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>35</v>
+        <v>265</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786053421566</t>
+          <t>9786053427353</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sırat</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789753384106</t>
+          <t>9786053427322</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Dizisi 4 - Yarış</t>
+          <t>Ketaibu Alamil-Ahyar Min Fukahai Mezhebin-Numanil-Muhtar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>5</v>
+        <v>465</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053423522</t>
+          <t>9786053427230</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş</t>
+          <t>Lale Lale Lale Şiirler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753386371</t>
+          <t>9786053427186</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sel</t>
+          <t>Güvercinlerin Selası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>5</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753386364</t>
+          <t>9786053427162</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Azmin Zaferi</t>
+          <t>Alfabe Değişikliklerinin Türk Kültürüne Etkisi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789753386357</t>
+          <t>9786055413668</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bir Hırsızlık Olayı</t>
+          <t>Muhsin Yazıcıoğlu Külliyatı - 3 Cilt Takım</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>5</v>
+        <v>690</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753386340</t>
+          <t>9786053426967</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Başarısızlık Korkusu</t>
+          <t>Yunus Emre Mehmet Akif Armağanı Türk Dili Araştırmaları 1-2 Takım</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>5</v>
+        <v>650</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753386333</t>
+          <t>9786053423713</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bir Elmanın Yarısı</t>
+          <t>Sokollu Mehmed Paşa - Ahmed Refik 1</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053423263</t>
+          <t>9786053424154</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sosyal ve Ekonomik Tarihi Cilt: 1</t>
+          <t>21. Yüzyıl Uygur Dramı - Göç</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>46.29</v>
+        <v>35</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053424642</t>
+          <t>9786053421566</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sultanları Şahsiyetleri ve Değerleri ile Ankara</t>
+          <t>Sırat</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>3990000047184</t>
+          <t>9789753384106</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Yazıcıoğlu Külliyatı (3 Cilt Takım - Ciltli)</t>
+          <t>Sevimli Dostlar Dizisi 4 - Yarış</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>400</v>
+        <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053424864</t>
+          <t>9786053423522</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gök Girsin Kızıl Çıksın</t>
+          <t>Sosyolojiye Giriş</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>35</v>
+        <v>170</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786053424932</t>
+          <t>9789753386371</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kötücül Kadın</t>
+          <t>Sel</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>340</v>
+        <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>3990000020269</t>
+          <t>9789753386364</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Yazıcıoğlu Külliyatı Cilt: 1</t>
+          <t>Azmin Zaferi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>46.29</v>
+        <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786053422303</t>
+          <t>9789753386357</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>Bir Hırsızlık Olayı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>48.5</v>
+        <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053421955</t>
+          <t>9789753386340</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hace-i Cihan ve Netice-i Can (Ciltli)</t>
+          <t>Başarısızlık Korkusu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>25</v>
+        <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753384490</t>
+          <t>9789753386333</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Okuma Dizisi 3 : Gece Bekçisi</t>
+          <t>Bir Elmanın Yarısı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753384483</t>
+          <t>9786053423263</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Okuma Dizisi 2 : Yıldızcık ile Gül</t>
+          <t>Osmanlı Sosyal ve Ekonomik Tarihi Cilt: 1</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>3</v>
+        <v>46.29</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053421795</t>
+          <t>9786053424642</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlik Alan Bilgisi Türk Dili ve Edebiyatı Soru Bankası</t>
+          <t>Gönül Sultanları Şahsiyetleri ve Değerleri ile Ankara</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>21.9</v>
+        <v>55</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789753384476</t>
+          <t>3990000047184</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Okuma Dizisi 1 : Papatya ile Lale</t>
+          <t>Muhsin Yazıcıoğlu Külliyatı (3 Cilt Takım - Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>3</v>
+        <v>400</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753384506</t>
+          <t>9786053424864</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Okuma Dizisi 4 : Oya'nın Saati</t>
+          <t>Gök Girsin Kızıl Çıksın</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>3</v>
+        <v>35</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053421450</t>
+          <t>9786053424932</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ve Sustu Kuşlar</t>
+          <t>Kötücül Kadın</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>5</v>
+        <v>340</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053420446</t>
+          <t>3990000020269</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Örselenen Hayatlar</t>
+          <t>Muhsin Yazıcıoğlu Külliyatı Cilt: 1</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>12</v>
+        <v>46.29</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753384735</t>
+          <t>9786053422303</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Çağdaş Türk Romanı</t>
+          <t>9. Sınıf Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>36</v>
+        <v>48.5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053421627</t>
+          <t>9786053421955</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kadının Aynadaki Yüzü</t>
+          <t>Hace-i Cihan ve Netice-i Can (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>720</v>
+        <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053421832</t>
+          <t>9789753384490</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dinin Toplumsal İnşası</t>
+          <t>Neşeli Okuma Dizisi 3 : Gece Bekçisi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>165</v>
+        <v>3</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053421092</t>
+          <t>9789753384483</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlik Alan Bilgisi Türk Dili ve Edebiyatı</t>
+          <t>Neşeli Okuma Dizisi 2 : Yıldızcık ile Gül</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>47.9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053420552</t>
+          <t>9786053421795</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İkindi Güneşi Yavuz Sultan Selim</t>
+          <t>Öğretmenlik Alan Bilgisi Türk Dili ve Edebiyatı Soru Bankası</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>7.41</v>
+        <v>21.9</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053420569</t>
+          <t>9789753384476</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sultanların Bahçesinden</t>
+          <t>Neşeli Okuma Dizisi 1 : Papatya ile Lale</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>9.26</v>
+        <v>3</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053421177</t>
+          <t>9789753384506</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Dönemi Fikir Hareketleri ve Türk Edebiyatına Yansımaları</t>
+          <t>Neşeli Okuma Dizisi 4 : Oya'nın Saati</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>110</v>
+        <v>3</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789753389792</t>
+          <t>9786053421450</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hakikati Doğru Okumak</t>
+          <t>Ve Sustu Kuşlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>12</v>
+        <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786053421603</t>
+          <t>9786053420446</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlik Alan Bilgisi- Türkçe Öğretmenliği</t>
+          <t>Örselenen Hayatlar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>39.9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053421290</t>
+          <t>9789753384735</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İlk Kadın Hükümdarı Tomris</t>
+          <t>Cumhuriyet Dönemi Çağdaş Türk Romanı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>9.9</v>
+        <v>36</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753389686</t>
+          <t>9786053421627</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Mevlana - Tam Metin (Şamua Kağıt) (Ciltli)</t>
+          <t>Bilge Kadının Aynadaki Yüzü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>70</v>
+        <v>720</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053420507</t>
+          <t>9786053421832</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Baybars Kölelikten Sultanlığa</t>
+          <t>Dinin Toplumsal İnşası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>17.5</v>
+        <v>165</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789753384513</t>
+          <t>9786053421092</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Okuma Dizisi 5 : Tohumcuk</t>
+          <t>Öğretmenlik Alan Bilgisi Türk Dili ve Edebiyatı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>3</v>
+        <v>47.9</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786053420859</t>
+          <t>9786053420552</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çileli Yolun Yokuşu</t>
+          <t>İkindi Güneşi Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>6</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>3990000016815</t>
+          <t>9786053420569</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Prof.Dr. Ahmet Bican Ercilasun Armağanı (Ciltli)</t>
+          <t>Sultanların Bahçesinden</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>37.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055413385</t>
+          <t>9786053421177</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kolay Osmanlıca</t>
+          <t>2. Meşrutiyet Dönemi Fikir Hareketleri ve Türk Edebiyatına Yansımaları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>28</v>
+        <v>110</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789753389662</t>
+          <t>9789753389792</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Popüler Roman - Estetik Roman</t>
+          <t>Hakikati Doğru Okumak</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786053423768</t>
+          <t>9786053421603</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Yeni Bir Tür Küçürek Öykü</t>
+          <t>Öğretmenlik Alan Bilgisi- Türkçe Öğretmenliği</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>19</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786053424918</t>
+          <t>9786053421290</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Türk Birliğinin Mümkün Yolları</t>
+          <t>Türklerin İlk Kadın Hükümdarı Tomris</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>30</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753385268</t>
+          <t>9789753389686</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Vızvız ile İğde Ağacı</t>
+          <t>Mesnevi Mevlana - Tam Metin (Şamua Kağıt) (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1.5</v>
+        <v>70</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786053423355</t>
+          <t>9786053420507</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Taşı</t>
+          <t>Baybars Kölelikten Sultanlığa</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>34</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944588102</t>
+          <t>9789753384513</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Karın Doyurmaz Çay İçirir</t>
+          <t>Neşeli Okuma Dizisi 5 : Tohumcuk</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>25</v>
+        <v>3</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789753386326</t>
+          <t>9786053420859</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Denizden Gelen Kara Süvari</t>
+          <t>Çileli Yolun Yokuşu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786053424796</t>
+          <t>3990000016815</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Padişah Sufi İlişkileri</t>
+          <t>Prof.Dr. Ahmet Bican Ercilasun Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>46</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786053424635</t>
+          <t>9786055413385</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Üslüpbilim (Stilistlik) ve Necip Fazıl Kısakürek'in Şiirleri Üzerinde Stilistlik Bir İnceleme</t>
+          <t>Kolay Osmanlıca</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>345</v>
+        <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053424833</t>
+          <t>9789753389662</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yaşamın Sırrı Mutluluk</t>
+          <t>Popüler Roman - Estetik Roman</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786053424451</t>
+          <t>9786053423768</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Onsuz Bir Ülkücü Tarih Eksiktir</t>
+          <t>Türk Edebiyatında Yeni Bir Tür Küçürek Öykü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053422747</t>
+          <t>9786053424918</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu (Orijinal Metin ve Günümüz Türkçesiyle)</t>
+          <t>Türk Birliğinin Mümkün Yolları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>420</v>
+        <v>30</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053422242</t>
+          <t>9789753385268</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Sırrı</t>
+          <t>Vızvız ile İğde Ağacı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>230</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786053423935</t>
+          <t>9786053423355</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Bey'in Derviş Militanları</t>
+          <t>Yağmur Taşı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>325</v>
+        <v>34</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786053421696</t>
+          <t>9789944588102</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Sevmektir</t>
+          <t>Edebiyat Karın Doyurmaz Çay İçirir</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>4</v>
+        <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053424468</t>
+          <t>9789753386326</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Edebiyat ve Anlatım Tutumu</t>
+          <t>Denizden Gelen Kara Süvari</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>28</v>
+        <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053423737</t>
+          <t>9786053424796</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Zeki Velidi Togan - İlmi Hayatı Eserleri Siyasi Faaliyetleri Hatıralar</t>
+          <t>Osmanlı Devleti'nde Padişah Sufi İlişkileri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>50</v>
+        <v>46</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053423256</t>
+          <t>9786053424635</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu</t>
+          <t>Üslüpbilim (Stilistlik) ve Necip Fazıl Kısakürek'in Şiirleri Üzerinde Stilistlik Bir İnceleme</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053423515</t>
+          <t>9786053424833</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kamus-ı Türki (Ciltli)</t>
+          <t>Uzun Yaşamın Sırrı Mutluluk</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053424208</t>
+          <t>9786053424451</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Nihad Beg ve Divançesi</t>
+          <t>Onsuz Bir Ülkücü Tarih Eksiktir</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>22.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053424178</t>
+          <t>9786053422747</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Mebni Divanı</t>
+          <t>Aşk-ı Memnu (Orijinal Metin ve Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>17</v>
+        <v>420</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053422679</t>
+          <t>9786053422242</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Mesleki Bilgiler Seviye Tespit Sınavı - Hazırlık Kitabı</t>
+          <t>İslam'ın Sırrı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>29.91</v>
+        <v>230</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053423942</t>
+          <t>9786053423935</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Çolpan Yıldızı</t>
+          <t>Gündüz Bey'in Derviş Militanları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>85</v>
+        <v>325</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053422655</t>
+          <t>9786053421696</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Eylül 12'den Vurdu</t>
+          <t>Yaşamak Sevmektir</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>50</v>
+        <v>4</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053421924</t>
+          <t>9786053424468</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Masallar</t>
+          <t>Sözlü Edebiyat ve Anlatım Tutumu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>55</v>
+        <v>28</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055342023</t>
+          <t>9786053423737</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yeni Özbek Edebiyatı</t>
+          <t>Zeki Velidi Togan - İlmi Hayatı Eserleri Siyasi Faaliyetleri Hatıralar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>27.78</v>
+        <v>50</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053422648</t>
+          <t>9786053423256</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlik Alan Bilgisi - Tarih Öğretmenliği</t>
+          <t>Köroğlu</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>42.9</v>
+        <v>245</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786053422426</t>
+          <t>9786053423515</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Din Kültürü ve Ahlak Bilgisi Öğretmenliği</t>
+          <t>Kamus-ı Türki (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>48.9</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053422389</t>
+          <t>9786053424208</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Nihad Beg ve Divançesi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>32</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053423805</t>
+          <t>9786053424178</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Turgut Uyar’ın Şiirlerinde 'Ben Ve Öteki'nin Görüntü Düzeyleri</t>
+          <t>Mebni Divanı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>125</v>
+        <v>17</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789753387699</t>
+          <t>9786053422679</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Türk Çocuk Oyunları (2 Cilt Takım)</t>
+          <t>Mesleki Bilgiler Seviye Tespit Sınavı - Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>90</v>
+        <v>29.91</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053423386</t>
+          <t>9786053423942</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Eğitim - Öğretim Tarihi Araştırmaları (Ciltli)</t>
+          <t>Çolpan Yıldızı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>90</v>
+        <v>85</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053421610</t>
+          <t>9786053422655</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yolculuk</t>
+          <t>Eylül 12'den Vurdu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>9</v>
+        <v>50</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053420705</t>
+          <t>9786053421924</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharı mı İran Ateşi mi</t>
+          <t>Maceracı Masallar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>14</v>
+        <v>55</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053420538</t>
+          <t>9786055342023</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Türk Ninnilerinden Seçmeler</t>
+          <t>Yeni Özbek Edebiyatı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>20</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053420521</t>
+          <t>9786053422648</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>El Turco</t>
+          <t>Öğretmenlik Alan Bilgisi - Tarih Öğretmenliği</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>12</v>
+        <v>42.9</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053420514</t>
+          <t>9786053422426</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kürşad</t>
+          <t>Din Kültürü ve Ahlak Bilgisi Öğretmenliği</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>18</v>
+        <v>48.9</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053420811</t>
+          <t>9786053422389</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Türk Dili Yazılı ve Sözlü Anlatım</t>
+          <t>9. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>32.5</v>
+        <v>32</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053422396</t>
+          <t>9786053423805</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kalın Anadoluculuk</t>
+          <t>Turgut Uyar’ın Şiirlerinde 'Ben Ve Öteki'nin Görüntü Düzeyleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>20</v>
+        <v>125</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786053422624</t>
+          <t>9789753387699</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Son Kağan</t>
+          <t>Türk Çocuk Oyunları (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>17</v>
+        <v>90</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053422525</t>
+          <t>9786053423386</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Annem de Çocukmuş</t>
+          <t>Türkçenin Eğitim - Öğretim Tarihi Araştırmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053421733</t>
+          <t>9786053421610</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kızılelma</t>
+          <t>Aşka Yolculuk</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053421559</t>
+          <t>9786053420705</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Araftan Çıkış</t>
+          <t>Arap Baharı mı İran Ateşi mi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>50</v>
+        <v>14</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053421764</t>
+          <t>9786053420538</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Çalışan Gençlik ve Değerler</t>
+          <t>Türk Ninnilerinden Seçmeler</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>19.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053421801</t>
+          <t>9786053420521</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlik Alan Bilgisi Türkçe Öğretmenliği Soru Bankası</t>
+          <t>El Turco</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>19.9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053421191</t>
+          <t>9786053420514</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Sen Varsın</t>
+          <t>Kürşad</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053422402</t>
+          <t>9786053420811</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sure-i Yasin (Orta Boy)</t>
+          <t>Üniversiteler İçin Türk Dili Yazılı ve Sözlü Anlatım</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>10.69</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053422419</t>
+          <t>9786053422396</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sure-i Yasin (Cami Boy)</t>
+          <t>Kalın Anadoluculuk</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786053421047</t>
+          <t>9786053422624</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Yollar</t>
+          <t>Son Kağan</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>36</v>
+        <v>17</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786053422204</t>
+          <t>9786053422525</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Beşinci Zindanı</t>
+          <t>Bir Zamanlar Annem de Çocukmuş</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786053422181</t>
+          <t>9786053421733</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Kaynağı Nedir</t>
+          <t>Kızılelma</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>40</v>
+        <v>28</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053420958</t>
+          <t>9786053421559</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hoca Ahmed Yesevi</t>
+          <t>Araftan Çıkış</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053422020</t>
+          <t>9786053421764</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ruhum Kıyama Kalktı</t>
+          <t>Çalışan Gençlik ve Değerler</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>12.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>8690101283093</t>
+          <t>9786053421801</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Avuçlarımdaki Çocukluğum Dizisi 12-15 Yaş (10 Kitap Takım)</t>
+          <t>Öğretmenlik Alan Bilgisi Türkçe Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>50</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053421245</t>
+          <t>9786053421191</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Türk Milleti - Uygarlığın Kurucusu</t>
+          <t>Yüreğimde Sen Varsın</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053422907</t>
+          <t>9786053422402</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlik Alan Bilgisi Din Kültürü ve Ahlak Bilgisi Öğretmenliği Soru Bankası</t>
+          <t>Sure-i Yasin (Orta Boy)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>22.9</v>
+        <v>10.69</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786053421511</t>
+          <t>9786053422419</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Etnik Siyaset ve Alevilik</t>
+          <t>Sure-i Yasin (Cami Boy)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053420965</t>
+          <t>9786053421047</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatro Eserleri - Tanzimat Dönemi (5 Kitap Takım)</t>
+          <t>Tutsak Yollar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>44.44</v>
+        <v>36</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786053421184</t>
+          <t>9786053422204</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İki Dilli Türk Çocuklarına Türkçe Öğretimi</t>
+          <t>İnsanın Beşinci Zindanı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>265</v>
+        <v>20</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053421887</t>
+          <t>9786053422181</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Sohbet</t>
+          <t>Bilginin Kaynağı Nedir</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786053420842</t>
+          <t>9786053420958</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Dini Jeopolitik Yaklaşımıyla Orta Doğu</t>
+          <t>Hoca Ahmed Yesevi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>15.99</v>
+        <v>20</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789753389853</t>
+          <t>9786053422020</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Nabi Divanı 2. Cilt</t>
+          <t>Ruhum Kıyama Kalktı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>72.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>3990000095184</t>
+          <t>8690101283093</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar El Kitabı Cilt: 2 - Tarih</t>
+          <t>Avuçlarımdaki Çocukluğum Dizisi 12-15 Yaş (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>190</v>
+        <v>50</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9782000090700</t>
+          <t>9786053421245</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hayali Divanı (1. Hamur)</t>
+          <t>Türk Milleti - Uygarlığın Kurucusu</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>36</v>
+        <v>17</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789753389105</t>
+          <t>9786053422907</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Hattat Divan Şairleri</t>
+          <t>Öğretmenlik Alan Bilgisi Din Kültürü ve Ahlak Bilgisi Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>35</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789753381963</t>
+          <t>9786053421511</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Halk Edebiyatı Araştırmaları 1</t>
+          <t>Etnik Siyaset ve Alevilik</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789753385831</t>
+          <t>9786053420965</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Halit Ziya Uşaklıgil Edebiyatımızın Zirvesindekiler</t>
+          <t>Türk Tiyatro Eserleri - Tanzimat Dönemi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>23</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789753387354</t>
+          <t>9786053421184</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Güldeste</t>
+          <t>İki Dilli Türk Çocuklarına Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>130</v>
+        <v>265</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9799753385946</t>
+          <t>9786053421887</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Göller ve Çöller Şairi Ahmet Haşim</t>
+          <t>Gençlerle Sohbet</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789753383226</t>
+          <t>9786053420842</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Giritli Salacıoğlu Mustafa Celveti Divan</t>
+          <t>Dini Jeopolitik Yaklaşımıyla Orta Doğu</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>20</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789753388115</t>
+          <t>9789753389853</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Girit Şairleri</t>
+          <t>Nabi Divanı 2. Cilt</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>9</v>
+        <v>72.5</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>3990000017798</t>
+          <t>3990000095184</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği İnciten Papağan</t>
+          <t>Balkanlar El Kitabı Cilt: 2 - Tarih</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>6</v>
+        <v>190</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9782000004622</t>
+          <t>9782000090700</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Divanı</t>
+          <t>Hayali Divanı (1. Hamur)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>21.3</v>
+        <v>36</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9799753380897</t>
+          <t>9789753389105</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Doktirinleri ve Terimleri Sözlüğü</t>
+          <t>Hattat Divan Şairleri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>20.37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789753387330</t>
+          <t>9789753381963</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkiye Türkçesi</t>
+          <t>Halk Edebiyatı Araştırmaları 1</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>19</v>
+        <v>30</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>3990000013038</t>
+          <t>9789753385831</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı Makaleler</t>
+          <t>Halit Ziya Uşaklıgil Edebiyatımızın Zirvesindekiler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>12.96</v>
+        <v>23</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789753383394</t>
+          <t>9789753387354</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Aşıklık Geleneği</t>
+          <t>Güldeste</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>40</v>
+        <v>130</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055414023</t>
+          <t>9799753385946</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizme Direnen Türk: Mehmet Akif Ersoy</t>
+          <t>Göller ve Çöller Şairi Ahmet Haşim</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>140</v>
+        <v>17</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789753380805</t>
+          <t>9789753383226</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Edirne Şairleri</t>
+          <t>Giritli Salacıoğlu Mustafa Celveti Divan</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789753380058</t>
+          <t>9789753388115</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Üslup ve Problemleri Dil ve Üslup İfadenin Anlamı Söz-İbare Tasviri Uslup / Metin-Uslup / İnceleme / Bir Tahlil Denemesi / Tekevvünü Uslup</t>
+          <t>Girit Şairleri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789753385169</t>
+          <t>3990000017798</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Üslup Üzerine</t>
+          <t>Gerçeği İnciten Papağan</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789753388955</t>
+          <t>9782000004622</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dünyamızdan Hoş Sedalar 2</t>
+          <t>Fuzuli Divanı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>15</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9799753386110</t>
+          <t>9799753380897</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dünyamızdan Hoş Sedalar</t>
+          <t>Felsefe Doktirinleri ve Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>20</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789753389518</t>
+          <t>9789753387330</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat - Kültür - Üniversite - Siyaset Üzerine Denemeler</t>
+          <t>Eski Türkiye Türkçesi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9799753385496</t>
+          <t>3990000013038</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde İlim</t>
+          <t>Eski Türk Edebiyatı Makaleler</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>44</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789753381147</t>
+          <t>9789753383394</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde Ahenk Unsurları</t>
+          <t>Erzurum Aşıklık Geleneği</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>5.56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789753382823</t>
+          <t>9786055414023</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Dini - Tasavvufi Türk Edebiyatı El Kitabı</t>
+          <t>Emperyalizme Direnen Türk: Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>840</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053425854</t>
+          <t>9789753380805</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Edirne Şairleri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789753388924</t>
+          <t>9789753380058</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Yusuf U Zeliha</t>
+          <t>Edebiyatta Üslup ve Problemleri Dil ve Üslup İfadenin Anlamı Söz-İbare Tasviri Uslup / Metin-Uslup / İnceleme / Bir Tahlil Denemesi / Tekevvünü Uslup</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>27.78</v>
+        <v>8</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789753382434</t>
+          <t>9789753385169</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yenileşme Dönemi Türk Şiiri ve Antolojisi 2</t>
+          <t>Edebiyatta Üslup Üzerine</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>18.52</v>
+        <v>8</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789753381802</t>
+          <t>9789753388955</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Üzerine İncelemeler 1</t>
+          <t>Edebiyat Dünyamızdan Hoş Sedalar 2</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789753382359</t>
+          <t>9799753386110</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı İncelemeleri</t>
+          <t>Edebiyat Dünyamızdan Hoş Sedalar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789753384636</t>
+          <t>9789753389518</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Ülkelerde Yayınlanmış Türkoloji ile İlgili Makaleler Bibliyografyası</t>
+          <t>Edebiyat - Kültür - Üniversite - Siyaset Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>11.11</v>
+        <v>21</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>3990000013138</t>
+          <t>9799753385496</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Usuli Divanı (3. Hamur)</t>
+          <t>Divan Şiirinde İlim</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>230</v>
+        <v>44</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>3990000013137</t>
+          <t>9789753381147</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Usuli Divanı (1. Hamur)</t>
+          <t>Divan Şiirinde Ahenk Unsurları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>27.78</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9799753384840</t>
+          <t>9789753382823</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Türkülerin İsyanı</t>
+          <t>Dini - Tasavvufi Türk Edebiyatı El Kitabı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>40</v>
+        <v>840</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789753381987</t>
+          <t>9786053425854</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Türküden Gazele Halk ve Divan Şiirinin Müşterekleri Üzerine Deneme</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>23.15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789753383646</t>
+          <t>9789753388924</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Türkmence Giriş-Gramer-Metinler-Sözlük</t>
+          <t>Yusuf U Zeliha</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>20</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789753382427</t>
+          <t>9789753382434</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Türkçesi ve Türkmen Edebiyatı</t>
+          <t>Yenileşme Dönemi Türk Şiiri ve Antolojisi 2</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9799753386158</t>
+          <t>9789753381802</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Romanlarında Modernizm</t>
+          <t>Yeni Türk Edebiyatı Üzerine İncelemeler 1</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>22</v>
+        <v>40</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789753387460</t>
+          <t>9789753382359</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarih-i Dinisi</t>
+          <t>Yeni Türk Edebiyatı İncelemeleri</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789753384209</t>
+          <t>9789753384636</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde Yokluk Fikri ve Akif Paşa’nın Adem Kasidesi</t>
+          <t>Yabancı Ülkelerde Yayınlanmış Türkoloji ile İlgili Makaleler Bibliyografyası</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055413620</t>
+          <t>3990000013138</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde Hz. Peygamber</t>
+          <t>Usuli Divanı (3. Hamur)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>37.04</v>
+        <v>230</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789753383325</t>
+          <t>3990000013137</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Şathiyye</t>
+          <t>Usuli Divanı (1. Hamur)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>160</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789753382441</t>
+          <t>9799753384840</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Sakinameler ve İşretname</t>
+          <t>Türkülerin İsyanı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789753386043</t>
+          <t>9789753381987</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Risalesi ve Metaliu’l İman İnceleme ve Metin</t>
+          <t>Türküden Gazele Halk ve Divan Şiirinin Müşterekleri Üzerine Deneme</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>7.41</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789753388399</t>
+          <t>9789753383646</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Türk Lehçelerinde Hal Ekleri</t>
+          <t>Türkmence Giriş-Gramer-Metinler-Sözlük</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789753387262</t>
+          <t>9789753382427</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Tarih İçinde Türk Edebiyatı</t>
+          <t>Türkmen Türkçesi ve Türkmen Edebiyatı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>18.52</v>
+        <v>17</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789757568353</t>
+          <t>9799753386158</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Şeyhi Divanı (Ciltli)</t>
+          <t>Türk ve Dünya Romanlarında Modernizm</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>21.3</v>
+        <v>22</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789753380355</t>
+          <t>9789753387460</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galib Divanı</t>
+          <t>Türk Tarih-i Dinisi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>70</v>
+        <v>10</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789753387453</t>
+          <t>9789753384209</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Sözün Mahşeri Oktay Rıfat</t>
+          <t>Türk Şiirinde Yokluk Fikri ve Akif Paşa’nın Adem Kasidesi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>30</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789753382298</t>
+          <t>9786055413620</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Eser Üzerine Değerlendirmeler</t>
+          <t>Türk Şiirinde Hz. Peygamber</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>22</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789753389051</t>
+          <t>9789753383325</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Şahabeddin Süleyman’ın Tiyatroları</t>
+          <t>Türk Edebiyatında Şathiyye</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>16.67</v>
+        <v>160</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>3990000030362</t>
+          <t>9789753382441</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Stressiz Yaşamak</t>
+          <t>Türk Edebiyatında Sakinameler ve İşretname</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>6.48</v>
+        <v>25</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786053420217</t>
+          <t>9789753386043</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Tarih</t>
+          <t>Tasavvuf Risalesi ve Metaliu’l İman İnceleme ve Metin</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789753384001</t>
+          <t>9789753388399</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Salih Baba Hayatı, Edebi Şahsiyeti ve Şiirleri</t>
+          <t>Tarihi Türk Lehçelerinde Hal Ekleri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>12.96</v>
+        <v>35</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789753384520</t>
+          <t>9789753387262</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Sakıp Dede ve Divanı</t>
+          <t>Tarih İçinde Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>50</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786053426196</t>
+          <t>9789757568353</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Obratnıy Slovar Hakass Kogo Yazıka</t>
+          <t>Şeyhi Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053425489</t>
+          <t>9789753380355</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Geçmişten Günümüze Meteoroloji Politikaları ve Stratejileri</t>
+          <t>Şeyh Galib Divanı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053426219</t>
+          <t>9789753387453</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Türki Tilderinin Salıstırmalı Grammatikası</t>
+          <t>Şair ve Sözün Mahşeri Oktay Rıfat</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>155</v>
+        <v>30</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789753387200</t>
+          <t>9789753382298</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp</t>
+          <t>Şair ve Eser Üzerine Değerlendirmeler</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>30</v>
+        <v>22</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9782000090263</t>
+          <t>9789753389051</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yusuf u Züleyha (1. Hamur)</t>
+          <t>Şahabeddin Süleyman’ın Tiyatroları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>90</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789753387729</t>
+          <t>3990000030362</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yılankayası</t>
+          <t>Stressiz Yaşamak</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>25.93</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789753381222</t>
+          <t>9786053420217</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yenileşme Dönemi Türk Şiiri ve Antolojisi 1</t>
+          <t>Sıradışı Tarih</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>32.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>3990000010710</t>
+          <t>9789753384001</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkçe Lügat (Ciltli)</t>
+          <t>Salih Baba Hayatı, Edebi Şahsiyeti ve Şiirleri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>40</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789753387156</t>
+          <t>9789753384520</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tarihselcilik Kuramı ve Türk Edebiyatında Postmodern Tarih Romanları</t>
+          <t>Sakıp Dede ve Divanı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>18</v>
+        <v>50</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9799753383416</t>
+          <t>9786053426196</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Yazılı ve Sözlü Anlatım-Kompozisyon Sanatı</t>
+          <t>Obratnıy Slovar Hakass Kogo Yazıka</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>14.81</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786055413408</t>
+          <t>9786053425489</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihten Unutulmayan Hatıralar</t>
+          <t>Türkiye'nin Geçmişten Günümüze Meteoroloji Politikaları ve Stratejileri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>13.8</v>
+        <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789753380904</t>
+          <t>9786053426219</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal’in Duygu ve Düşünce Dünyası</t>
+          <t>Türki Tilderinin Salıstırmalı Grammatikası</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>40</v>
+        <v>155</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789753383134</t>
+          <t>9789753387200</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Uygur Türkleri Tarihi ve Kültürü</t>
+          <t>Ziya Gökalp</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789753389075</t>
+          <t>9782000090263</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Peygamber Sevgisi</t>
+          <t>Yusuf u Züleyha (1. Hamur)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>5.46</v>
+        <v>90</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789753387279</t>
+          <t>9789753387729</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihi</t>
+          <t>Yılankayası</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>14.81</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789753387743</t>
+          <t>9789753381222</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Türki-i Basit ve Aydınlı Visali’nin Şiirleri</t>
+          <t>Yenileşme Dönemi Türk Şiiri ve Antolojisi 1</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>16</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9799753386035</t>
+          <t>3990000010710</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Dünya Dillerine Etkisi 29-30 Nisan 2004</t>
+          <t>Yeni Türkçe Lügat (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789753388993</t>
+          <t>9789753387156</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretiminde Tematik Yaratıcı Drama</t>
+          <t>Yeni Tarihselcilik Kuramı ve Türk Edebiyatında Postmodern Tarih Romanları</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789753383318</t>
+          <t>9799753383416</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Türkçe El Kitabı</t>
+          <t>Yazılı ve Sözlü Anlatım-Kompozisyon Sanatı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>115</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789753383233</t>
+          <t>9786055413408</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatında Mazmunlar ve İzahı</t>
+          <t>Yakın Tarihten Unutulmayan Hatıralar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>23.15</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789753382953</t>
+          <t>9789753380904</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Asrın Hikayesi-1 Yeni Türk Edebiyatına Teorik Bir Yaklaşım</t>
+          <t>Yahya Kemal’in Duygu ve Düşünce Dünyası</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789753385992</t>
+          <t>9789753383134</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Araştırmaları 1</t>
+          <t>Uygur Türkleri Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>23</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789753382915</t>
+          <t>9789753389075</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde Mitolojik Unsurlar</t>
+          <t>Türklerde Peygamber Sevgisi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>30</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9799753385816</t>
+          <t>9789753387279</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Danişmend-name</t>
+          <t>Türkiye Tarihi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>40</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>3990000004198</t>
+          <t>9789753387743</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin İslam Ansiklopedisi</t>
+          <t>Türki-i Basit ve Aydınlı Visali’nin Şiirleri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>11.11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789753386241</t>
+          <t>9799753386035</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Eğlence Kültürü</t>
+          <t>Türkçenin Dünya Dillerine Etkisi 29-30 Nisan 2004</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789753385701</t>
+          <t>9789753388993</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Bizans Müesselerinin Osmanlı Müesseselerine Tesiri</t>
+          <t>Türkçe Öğretiminde Tematik Yaratıcı Drama</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789753389280</t>
+          <t>9789753383318</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Bir Fotoğrafınız da Bende Kalmış</t>
+          <t>Türkçe El Kitabı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>25</v>
+        <v>115</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789753387385</t>
+          <t>9789753383233</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Bir Dil Becerisi Olarak Dinleme Eğitimi</t>
+          <t>Eski Türk Edebiyatında Mazmunlar ve İzahı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>11.11</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789753384599</t>
+          <t>9789753382953</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Asaf Divanı Hanedanda Bir Asi</t>
+          <t>En Uzun Asrın Hikayesi-1 Yeni Türk Edebiyatına Teorik Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789753386999</t>
+          <t>9789753385992</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Aruz Bilgisi</t>
+          <t>Edebiyat Araştırmaları 1</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789753383370</t>
+          <t>9789753382915</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Paşa’nın Şiir Dünyası</t>
+          <t>Divan Şiirinde Mitolojik Unsurlar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>32.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789753384261</t>
+          <t>9799753385816</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Adni Divanı</t>
+          <t>Danişmend-name</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>10.19</v>
+        <v>40</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053426165</t>
+          <t>3990000004198</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Uygur Yazuvda Bitilgan Eski Türkiy Vesikalar</t>
+          <t>Çocuklar ve Gençler İçin İslam Ansiklopedisi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>220</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789753386029</t>
+          <t>9789753386241</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kıyafet Nameler</t>
+          <t>Cumhuriyet Dönemi Türk Eğlence Kültürü</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>7.41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789753385473</t>
+          <t>9789753385701</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kaygusuz Abdal 2 Alaaddin Gaybi</t>
+          <t>Bizans Müesselerinin Osmanlı Müesseselerine Tesiri</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>25</v>
+        <v>14</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789757568643</t>
+          <t>9789753389280</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>J. P. Sartre Ateizminin Doğurduğu Problemler</t>
+          <t>Bir Fotoğrafınız da Bende Kalmış</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789753384650</t>
+          <t>9789753387385</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İmlâ Kılavuzu</t>
+          <t>Bir Dil Becerisi Olarak Dinleme Eğitimi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>5.56</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789753382205</t>
+          <t>9789753384599</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Azam: Hayatı ve Fıkh-ı Ekber Şerhi (Ciltli)</t>
+          <t>Asaf Divanı Hanedanda Bir Asi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>3990000014790</t>
+          <t>9789753386999</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım Serisi 3 Kitap Takım</t>
+          <t>Aruz Bilgisi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>13.89</v>
+        <v>18</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789753381116</t>
+          <t>9789753383370</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hikayemiz İnsanımız Kültürümüz</t>
+          <t>Ahmet Paşa’nın Şiir Dünyası</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>25</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789753380010</t>
+          <t>9789753384261</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Halk Edebiyatına Giriş</t>
+          <t>Adni Divanı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>500</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789753381970</t>
+          <t>9786053426165</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Halk Edebiyatı Araştırmaları 2</t>
+          <t>Uygur Yazuvda Bitilgan Eski Türkiy Vesikalar</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>35</v>
+        <v>220</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789753384131</t>
+          <t>9789753386029</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Gümüşhane ve Bayburt Masalları</t>
+          <t>Kıyafet Nameler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>35</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789753384711</t>
+          <t>9789753385473</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Diksiyon</t>
+          <t>Kaygusuz Abdal 2 Alaaddin Gaybi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>3990000010493</t>
+          <t>9789757568643</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Hazreti Hüseyin ve Kerbela Faciası (Ciltli)</t>
+          <t>J. P. Sartre Ateizminin Doğurduğu Problemler</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>3990000010491</t>
+          <t>9789753384650</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Hazreti  Hüseyin ve Karbela Faciası</t>
+          <t>İmlâ Kılavuzu</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>20.37</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789753382861</t>
+          <t>9789753382205</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı</t>
+          <t>İmam-ı Azam: Hayatı ve Fıkh-ı Ekber Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>70</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>3990000015062</t>
+          <t>3990000014790</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Bulmaca (5 Kitap Takım)</t>
+          <t>İlk Kitabım Serisi 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>10</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789753380911</t>
+          <t>9789753381116</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Çilehane Mektupları</t>
+          <t>Hikayemiz İnsanımız Kültürümüz</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789753384414</t>
+          <t>9789753380010</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Çağatayca El Kitabı</t>
+          <t>Halk Edebiyatına Giriş</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>12.96</v>
+        <v>500</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789753380737</t>
+          <t>9789753381970</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hayatüs Sahabe: Peygamberimiz ve İlk Müslümanlar 4 Cilt Takım</t>
+          <t>Halk Edebiyatı Araştırmaları 2</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>59.26</v>
+        <v>35</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789753381666</t>
+          <t>9789753384131</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Romanında Köy</t>
+          <t>Gümüşhane ve Bayburt Masalları</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>42</v>
+        <v>35</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789753384216</t>
+          <t>9789753384711</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Aytmatov Bozkırdaki Bilge</t>
+          <t>Dil ve Diksiyon</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>14.81</v>
+        <v>20</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>3990000011910</t>
+          <t>3990000010493</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Küçük Boy)</t>
+          <t>İslam Tarihi Hazreti Hüseyin ve Kerbela Faciası (Ciltli)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789757568858</t>
+          <t>3990000010491</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Felsefesi</t>
+          <t>Hazreti  Hüseyin ve Karbela Faciası</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>11.57</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789753387774</t>
+          <t>9789753382861</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Günümüze Türk Yazı Sistemleri</t>
+          <t>Dede Korkut Kitabı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>22</v>
+        <v>70</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9799753385984</t>
+          <t>3990000015062</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Edebiyat Terimleri Sözlüğü</t>
+          <t>Bilmece Bulmaca (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>23.15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789753387408</t>
+          <t>9789753380911</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da İslamiyet</t>
+          <t>Çilehane Mektupları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>3000078100814</t>
+          <t>9789753384414</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Paşa Divanı (3. Hamur)</t>
+          <t>Çağatayca El Kitabı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>22</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9782000106234</t>
+          <t>9789753380737</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Paşa Divanı  (Kuşe) (Ciltli)</t>
+          <t>Hayatüs Sahabe: Peygamberimiz ve İlk Müslümanlar 4 Cilt Takım</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>50</v>
+        <v>59.26</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789753385282</t>
+          <t>9789753381666</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar</t>
+          <t>Cumhuriyet Dönemi Türk Romanında Köy</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>13</v>
+        <v>42</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789753388726</t>
+          <t>9789753384216</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Adına Aşk Dediler</t>
+          <t>Cengiz Aytmatov Bozkırdaki Bilge</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>70</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789753380305</t>
+          <t>3990000011910</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Acıyı Bal Eylemek Türk Edebiyatında Mersiye (3. Hamur)</t>
+          <t>Büyük İslam İlmihali (Küçük Boy)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>70</v>
+        <v>20</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>3990000011262</t>
+          <t>9789757568858</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Acıyı Bal Eylemek Türk Edebiyatında Mersiye (1 Hamur)</t>
+          <t>Biyoloji Felsefesi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>46.3</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>3990000006656</t>
+          <t>9789753387774</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Arapça Türkçe Sözlük</t>
+          <t>Başlangıcından Günümüze Türk Yazı Sistemleri</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>12.96</v>
+        <v>22</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789753383868</t>
+          <t>9799753385984</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyılda Osmanlı Düşünce Hayatı</t>
+          <t>Ansiklopedik Edebiyat Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>15</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789753384018</t>
+          <t>9789753387408</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>16. Yüzyılda Edebiyat Araştırma ve Eleştirisi</t>
+          <t>Anadolu’da İslamiyet</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>98</v>
+        <v>8</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789753384667</t>
+          <t>3000078100814</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>101 Anadolu Efsanesi</t>
+          <t>Ahmet Paşa Divanı (3. Hamur)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>190</v>
+        <v>22</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789753384162</t>
+          <t>9782000106234</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyette Medreseler ve Din Eğitimi</t>
+          <t>Ahmet Paşa Divanı  (Kuşe) (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>95</v>
+        <v>50</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053423119</t>
+          <t>9789753385282</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Türk Dili ve Kompozisyon Bilgileri</t>
+          <t>Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>3996053423621</t>
+          <t>9789753388726</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Çağdaş Türk Romanı Cilt: 2</t>
+          <t>Adına Aşk Dediler</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>35</v>
+        <v>70</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9799753384420</t>
+          <t>9789753380305</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimler Sözlüğü</t>
+          <t>Acıyı Bal Eylemek Türk Edebiyatında Mersiye (3. Hamur)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>3.7</v>
+        <v>70</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786055413187</t>
+          <t>3990000011262</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tam Metin - Küçük 1.Cilt</t>
+          <t>Acıyı Bal Eylemek Türk Edebiyatında Mersiye (1 Hamur)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>17</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789753384193</t>
+          <t>3990000006656</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Zamana Düşen Çığlık Tanpınar’ın Şiirinin Epistemolojik Temelleri &amp; Tanpınar’ın Şiir Estetiği</t>
+          <t>Arapça Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>14</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789753387149</t>
+          <t>9789753383868</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Za’ifi Gülşen’i Mülük</t>
+          <t>17. Yüzyılda Osmanlı Düşünce Hayatı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786055413446</t>
+          <t>9789753384018</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yüreğe Dokunan Hikayeler</t>
+          <t>16. Yüzyılda Edebiyat Araştırma ve Eleştirisi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>7</v>
+        <v>98</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789753381277</t>
+          <t>9789753384667</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yakaza</t>
+          <t>101 Anadolu Efsanesi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>14</v>
+        <v>190</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786055413552</t>
+          <t>9789753384162</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Varoluş ve Bireyleşme Açısından Ferit Edgü Anlatılarında Yapı ve İzlek</t>
+          <t>2. Meşrutiyette Medreseler ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>25</v>
+        <v>95</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789753382328</t>
+          <t>9786053423119</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ümmi Sinan</t>
+          <t>Üniversiteler İçin Türk Dili ve Kompozisyon Bilgileri</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789753384322</t>
+          <t>3996053423621</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Şenliği</t>
+          <t>Cumhuriyet Dönemi Çağdaş Türk Romanı Cilt: 2</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789753386883</t>
+          <t>9799753384420</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Türklerde İnançlar ve Din</t>
+          <t>Atasözleri ve Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>25</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789753382175</t>
+          <t>9786055413187</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Planlı Dönemde Kamu Harcamalarının Gelişimi ve Devletin Ekonomideki Rolü</t>
+          <t>Mesnevi Tam Metin - Küçük 1.Cilt</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789753388375</t>
+          <t>9789753384193</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Okul Sözlüğü (Ciltli)</t>
+          <t>Zamana Düşen Çığlık Tanpınar’ın Şiirinin Epistemolojik Temelleri &amp; Tanpınar’ın Şiir Estetiği</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>25</v>
+        <v>14</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053420927</t>
+          <t>9789753387149</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Büyüklerimi Tanıyorum</t>
+          <t>Za’ifi Gülşen’i Mülük</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053425540</t>
+          <t>9786055413446</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Nusret</t>
+          <t>Yüreğe Dokunan Hikayeler</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>22</v>
+        <v>7</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789753389082</t>
+          <t>9789753381277</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ehlibeyt Ahlakı</t>
+          <t>Yakaza</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789753384582</t>
+          <t>9786055413552</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Dinlerde Kurban Kültü</t>
+          <t>Varoluş ve Bireyleşme Açısından Ferit Edgü Anlatılarında Yapı ve İzlek</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789753386210</t>
+          <t>9789753382328</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler ve Sizler</t>
+          <t>Ümmi Sinan</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789753386227</t>
+          <t>9789753384322</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Çemberimde Gül Oya</t>
+          <t>Uçurtma Şenliği</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789753389426</t>
+          <t>9789753386883</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Ruhunu Yaşatmak</t>
+          <t>Türklerde İnançlar ve Din</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>8</v>
+        <v>25</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789753386906</t>
+          <t>9789753382175</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Çaka Bey</t>
+          <t>Türkiye’de Planlı Dönemde Kamu Harcamalarının Gelişimi ve Devletin Ekonomideki Rolü</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789753381895</t>
+          <t>9789753388375</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Türkçe Okul Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053420309</t>
+          <t>9786053420927</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Sevdası</t>
+          <t>Büyüklerimi Tanıyorum</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789757568704</t>
+          <t>9786053425540</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin İslam Ansiklopedisi</t>
+          <t>Nusret</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789753389310</t>
+          <t>9789753389082</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Serüveni</t>
+          <t>Ehlibeyt Ahlakı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789753388795</t>
+          <t>9789753384582</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Bilgelerden Öğütler</t>
+          <t>Dinlerde Kurban Kültü</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>6.9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789753387040</t>
+          <t>9789753386210</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Balık Ana</t>
+          <t>Çiçekler ve Sizler</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789753382182</t>
+          <t>9789753386227</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ariflerin Delili Müşkillerin Anahtarı</t>
+          <t>Çemberimde Gül Oya</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9782000049563</t>
+          <t>9789753389426</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Afacan Boyama Serisi 7 Kitap Takım</t>
+          <t>Çanakkale Ruhunu Yaşatmak</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053831327</t>
+          <t>9789753386906</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi’nin Dünya Turu - Azak Kalesi'nin Fethi</t>
+          <t>Çaka Bey</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>3.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789753381864</t>
+          <t>9789753381895</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Üzerine İncelemeler 2</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>28</v>
+        <v>50</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789753388290</t>
+          <t>9786053420309</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Viyana Önlerinde Kara Mustafa Paşa</t>
+          <t>Bozkır Sevdası</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>12</v>
+        <v>30</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9799753385878</t>
+          <t>9789757568704</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Şehir Ankara</t>
+          <t>Çocuklar ve Gençler İçin İslam Ansiklopedisi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>55</v>
+        <v>20</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9799753385939</t>
+          <t>9789753389310</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Politikada Ortadoğu</t>
+          <t>Bir Aşk Serüveni</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789753389099</t>
+          <t>9789753388795</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Şark Meselesi</t>
+          <t>Bilgelerden Öğütler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>7</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789753384544</t>
+          <t>9789753387040</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Süper Boyama</t>
+          <t>Balık Ana</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>10.8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789753383660</t>
+          <t>9789753382182</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Oruç ve Sağlık</t>
+          <t>Ariflerin Delili Müşkillerin Anahtarı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789753388733</t>
+          <t>9782000049563</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Miftah-ı Lisan</t>
+          <t>Afacan Boyama Serisi 7 Kitap Takım</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789753382854</t>
+          <t>9786053831327</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Mevlid</t>
+          <t>Evliya Çelebi’nin Dünya Turu - Azak Kalesi'nin Fethi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>20</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789753383677</t>
+          <t>9789753381864</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Mesnevi</t>
+          <t>Yeni Türk Edebiyatı Üzerine İncelemeler 2</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789753388603</t>
+          <t>9789753388290</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Ma’nevi (6 Cilt 3 Kitap)</t>
+          <t>Viyana Önlerinde Kara Mustafa Paşa</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>140</v>
+        <v>12</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789753384346</t>
+          <t>9799753385878</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Obur Amca</t>
+          <t>Unutulan Şehir Ankara</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>5</v>
+        <v>55</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786055413057</t>
+          <t>9799753385939</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Leyla ve Mecnun Romanı</t>
+          <t>Uluslararası Politikada Ortadoğu</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789757568423</t>
+          <t>9789753389099</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kronolojik Divan Şiiri Antolojisi (divanü’d-devavin)</t>
+          <t>Şark Meselesi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>15.99</v>
+        <v>7</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789753382922</t>
+          <t>9789753384544</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kök Türk Tarihi</t>
+          <t>Süper Boyama</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>18</v>
+        <v>10.8</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9782000088383</t>
+          <t>9789753383660</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Okuma Dizisi (5 Kitap Takım)</t>
+          <t>Oruç ve Sağlık</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>15</v>
+        <v>7</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789753382670</t>
+          <t>9789753388733</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl Kısakürek</t>
+          <t>Miftah-ı Lisan</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789753382168</t>
+          <t>9789753382854</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlıkta İbadet Tarihi</t>
+          <t>Mevlid</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789753382960</t>
+          <t>9789753383677</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Neşet Ertaş Kitabı</t>
+          <t>Mevlana ve Mesnevi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789753382120</t>
+          <t>9789753388603</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Nesefi ve İslam Filozoflarına Göre Allah - Alem İlişkisi</t>
+          <t>Mesnevi-i Ma’nevi (6 Cilt 3 Kitap)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>15</v>
+        <v>140</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789753382618</t>
+          <t>9789753384346</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Muhayyelat-ı Aziz Efendi</t>
+          <t>Obur Amca</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>22</v>
+        <v>5</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789753388405</t>
+          <t>9786055413057</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Mevlana (3 Kitap Takım) (Ciltli)</t>
+          <t>Leyla ve Mecnun Romanı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>100</v>
+        <v>16</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789753389181</t>
+          <t>9789757568423</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy ve İstiklal Marşı</t>
+          <t>Kronolojik Divan Şiiri Antolojisi (divanü’d-devavin)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>28</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786055413248</t>
+          <t>9789753382922</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>M.Ö. 4500 - M.S. 13. Yüzyıllar Arasında Barbar Türkler</t>
+          <t>Kök Türk Tarihi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>40</v>
+        <v>18</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789753387057</t>
+          <t>9782000088383</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kuş ve Prenses</t>
+          <t>Neşeli Okuma Dizisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789753384339</t>
+          <t>9789753382670</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaptan</t>
+          <t>Necip Fazıl Kısakürek</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9780000011383</t>
+          <t>9789753382168</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kitabü’l Harac (Ciltli)</t>
+          <t>Müslümanlıkta İbadet Tarihi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>18</v>
+        <v>60</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789753389174</t>
+          <t>9789753382960</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kimsesizler</t>
+          <t>Neşet Ertaş Kitabı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789753384285</t>
+          <t>9789753382120</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkleri</t>
+          <t>Nesefi ve İslam Filozoflarına Göre Allah - Alem İlişkisi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789753383875</t>
+          <t>9789753382618</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ın Yetiştirdiği Değerler 1782-1899</t>
+          <t>Muhayyelat-ı Aziz Efendi</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>22</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789753383387</t>
+          <t>9789753388405</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kalbi Titreten Nağmeler</t>
+          <t>Mesnevi Mevlana (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>7</v>
+        <v>100</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789753386012</t>
+          <t>9789753389181</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Yeni Roma İmparatorluğu</t>
+          <t>Mehmet Akif Ersoy ve İstiklal Marşı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>145</v>
+        <v>28</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053420200</t>
+          <t>9786055413248</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Ateşi</t>
+          <t>M.Ö. 4500 - M.S. 13. Yüzyıllar Arasında Barbar Türkler</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789753386746</t>
+          <t>9789753387057</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım 2</t>
+          <t>Küçük Kuş ve Prenses</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789753380867</t>
+          <t>9789753384339</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Sünnetinde Tıp (Tıbb-ı Nebevi) (1. Hamur)</t>
+          <t>Küçük Kaptan</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789753388887</t>
+          <t>9780000011383</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali’den Öğütler</t>
+          <t>Kitabü’l Harac (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>7</v>
+        <v>18</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786055413217</t>
+          <t>9789753389174</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tam Metin - Küçük 4.Cilt</t>
+          <t>Kimsesizler</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786055413231</t>
+          <t>9789753384285</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tam Metin - Küçük 6.Cilt</t>
+          <t>Kırgız Türkleri</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786055413224</t>
+          <t>9789753383875</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tam Metin - Küçük 5.Cilt</t>
+          <t>Kıbrıs’ın Yetiştirdiği Değerler 1782-1899</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786055413194</t>
+          <t>9789753383387</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tam Metin - Küçük 2.Cilt</t>
+          <t>Kalbi Titreten Nağmeler</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053425724</t>
+          <t>9789753386012</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Bosna'nın Hazineleri</t>
+          <t>İstanbul’da Yeni Roma İmparatorluğu</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786055413200</t>
+          <t>9786053420200</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tam Metin - Küçük 3.Cilt</t>
+          <t>Kerbela Ateşi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053424390</t>
+          <t>9789753386746</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Sevdam Sensin Cilt 1</t>
+          <t>İlk Kitabım 2</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>30</v>
+        <v>7</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789753384353</t>
+          <t>9789753380867</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Oyunu</t>
+          <t>Hz. Peygamber’in Sünnetinde Tıp (Tıbb-ı Nebevi) (1. Hamur)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786055413750</t>
+          <t>9789753388887</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Enek</t>
+          <t>Hz. Ali’den Öğütler</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>15</v>
+        <v>7</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786055413613</t>
+          <t>9786055413217</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Ömrü ve Süveyda’ya Mektuplar</t>
+          <t>Mesnevi Tam Metin - Küçük 4.Cilt</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789753389327</t>
+          <t>9786055413231</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmuş Günler</t>
+          <t>Mesnevi Tam Metin - Küçük 6.Cilt</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789753382601</t>
+          <t>9786055413224</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Jön Türk</t>
+          <t>Mesnevi Tam Metin - Küçük 5.Cilt</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786055413064</t>
+          <t>9786055413194</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat</t>
+          <t>Mesnevi Tam Metin - Küçük 2.Cilt</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789757568285</t>
+          <t>9786053425724</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İslam Büyükleri Ansiklopedisi</t>
+          <t>Bosna'nın Hazineleri</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>15</v>
+        <v>140</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789753383837</t>
+          <t>9786055413200</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Umran</t>
+          <t>Mesnevi Tam Metin - Küçük 3.Cilt</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789753386753</t>
+          <t>9786053424390</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım 3</t>
+          <t>Sevdam Sensin Cilt 1</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>7</v>
+        <v>30</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789753389532</t>
+          <t>9789753384353</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Hücumdadır Mezar Taşları</t>
+          <t>Kızılderili Oyunu</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>13</v>
+        <v>5</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9782000113093</t>
+          <t>9786055413750</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Masalları Serisi 10 Kitap Takım</t>
+          <t>Kırmızı Enek</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789753387118</t>
+          <t>9786055413613</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Masalları</t>
+          <t>Kelebek Ömrü ve Süveyda’ya Mektuplar</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789753382694</t>
+          <t>9789753389327</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaç Köşeli</t>
+          <t>Kaybolmuş Günler</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789753387965</t>
+          <t>9789753382601</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur’an Dili Meali</t>
+          <t>Jön Türk</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>10</v>
+        <v>18</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789753387996</t>
+          <t>9786055413064</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur’an Dili Elmalılı Tefsiri 10 Cilt (Ciltli)</t>
+          <t>İstihbarat</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>680</v>
+        <v>20</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789753382243</t>
+          <t>9789757568285</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulü ve Tarihi (Ciltli)</t>
+          <t>İslam Büyükleri Ansiklopedisi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789753383721</t>
+          <t>9789753383837</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş Veli ve Makalat</t>
+          <t>İlm-i Umran</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789753389990</t>
+          <t>9789753386753</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Tut Kaçmasın</t>
+          <t>İlk Kitabım 3</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786055413088</t>
+          <t>9789753389532</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile</t>
+          <t>Hücumdadır Mezar Taşları</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789753387064</t>
+          <t>9782000113093</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Derman Bitkileri Dünden Bugüne Beslenirken Tedavi (Ciltli)</t>
+          <t>Hayvan Masalları Serisi 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789753383714</t>
+          <t>9789753387118</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Ozanı Barış Manço</t>
+          <t>Hayvan Masalları</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789753389266</t>
+          <t>9789753382694</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkçe Sözlük (Ciltli)</t>
+          <t>Hayat Kaç Köşeli</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>70</v>
+        <v>8</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789753380034</t>
+          <t>9789753387965</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Büyük Boy) (Ciltli)</t>
+          <t>Hak Dini Kur’an Dili Meali</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789753387712</t>
+          <t>9789753387996</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Bir Mustarip Mehmet Akif Ersoy</t>
+          <t>Hak Dini Kur’an Dili Elmalılı Tefsiri 10 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>45</v>
+        <v>680</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789753384643</t>
+          <t>9789753382243</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi Destanı</t>
+          <t>Hadis Usulü ve Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>220</v>
+        <v>36</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789753386944</t>
+          <t>9789753383721</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Hacı Bektaş Veli ve Makalat</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>160</v>
+        <v>21</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786055413699</t>
+          <t>9789753389990</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Masalları</t>
+          <t>Güneşi Tut Kaçmasın</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789753383622</t>
+          <t>9786055413088</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Adab-ı Muaşereti Yahut Alafranga</t>
+          <t>Gönülden Dile</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>185</v>
+        <v>13</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789753389716</t>
+          <t>9789753387064</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Dönemi Din Hizmetleri</t>
+          <t>Derman Bitkileri Dünden Bugüne Beslenirken Tedavi (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>12</v>
+        <v>45</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789753389457</t>
+          <t>9789753383714</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Aşka Verilmiş Muhtıra</t>
+          <t>Çağdaş Türk Ozanı Barış Manço</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>10</v>
+        <v>27</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789753382656</t>
+          <t>9789753389266</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Asya’nın Uyanışı</t>
+          <t>Büyük Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>110</v>
+        <v>70</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>3990000002300</t>
+          <t>9789753380034</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Alemlerin Sevgilisi Muhammed Mustafa (S.A.S)</t>
+          <t>Büyük İslam İlmihali (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789753381758</t>
+          <t>9789753387712</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Muhip Dıranas Hayatı, Fikirleri, His Dünyası</t>
+          <t>Bir Mustarip Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>12</v>
+        <v>45</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789753386982</t>
+          <t>9789753384643</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Adetler İnançlar ve Türklerin Soy Kütüğü Meselesi</t>
+          <t>Battal Gazi Destanı</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>17</v>
+        <v>220</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789753387835</t>
+          <t>9789753386944</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>93 Osmanlı Rus Harbi ve Başımıza Gelenler</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789753389730</t>
+          <t>9786055413699</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Yolu</t>
+          <t>Azerbaycan Masalları</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>8</v>
+        <v>20</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789753380324</t>
+          <t>9789753383622</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Devlet Olmak İçin</t>
+          <t>Avrupa Adab-ı Muaşereti Yahut Alafranga</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>30</v>
+        <v>185</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789753380928</t>
+          <t>9789753389716</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Tasavvufi Rüya Tabirnameleri</t>
+          <t>Atatürk Dönemi Din Hizmetleri</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9799753382402</t>
+          <t>9789753389457</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Turfanda mı Yoksa Turfa mı?</t>
+          <t>Aşka Verilmiş Muhtıra</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789753384452</t>
+          <t>9789753382656</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Tuhfe-i Remzi</t>
+          <t>Asya’nın Uyanışı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>12.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789753380478</t>
+          <t>3990000002300</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Tabiattaki Metafizik ve Guenon’un Doğu Metafiziği</t>
+          <t>Alemlerin Sevgilisi Muhammed Mustafa (S.A.S)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789753387958</t>
+          <t>9789753381758</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Şimal Rüzgarı</t>
+          <t>Ahmet Muhip Dıranas Hayatı, Fikirleri, His Dünyası</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786055413330</t>
+          <t>9789753386982</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Şiir-Kültür ve Edebiyata Dair Denemeler</t>
+          <t>Adetler İnançlar ve Türklerin Soy Kütüğü Meselesi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789753389754</t>
+          <t>9789753387835</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Şifa-i Şerif (Ciltli)</t>
+          <t>93 Osmanlı Rus Harbi ve Başımıza Gelenler</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>45</v>
+        <v>350</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789753381161</t>
+          <t>9789753389730</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Şehbenderzade Filibeli Ahmet Hilmi ve Spiritüalizm</t>
+          <t>Mevlana Yolu</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>30</v>
+        <v>8</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9782000075643</t>
+          <t>9789753380324</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Dizisi 5 Kitap Takım</t>
+          <t>Devlet Olmak İçin</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9782000122113</t>
+          <t>9789753380928</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çemberi Dizisi 10 Kitap Takım</t>
+          <t>Türk Edebiyatında Tasavvufi Rüya Tabirnameleri</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>200</v>
+        <v>5</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789753387675</t>
+          <t>9799753382402</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Sana Seni Anlatmak</t>
+          <t>Turfanda mı Yoksa Turfa mı?</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789753388580</t>
+          <t>9789753384452</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Tuhfe-i Remzi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>240</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789753388979</t>
+          <t>9789753380478</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Tabiattaki Metafizik ve Guenon’un Doğu Metafiziği</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>12.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789753384575</t>
+          <t>9789753387958</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Tevhid (İnceleme, Metin, Dizin)</t>
+          <t>Şimal Rüzgarı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>145</v>
+        <v>8</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9782000081983</t>
+          <t>9786055413330</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Ponpon Tavşan Seti (7 Kitap Takım)</t>
+          <t>Şiir-Kültür ve Edebiyata Dair Denemeler</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>35</v>
+        <v>14</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786053421900</t>
+          <t>9789753389754</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>4. Uluslararası Bolu Halk Kültürü ve Köroğlu</t>
+          <t>Şifa-i Şerif (Ciltli)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789753381840</t>
+          <t>9789753381161</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Roman Kavramı ve Türk Romanının Doğuşu</t>
+          <t>Şehbenderzade Filibeli Ahmet Hilmi ve Spiritüalizm</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>6.48</v>
+        <v>30</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789753382410</t>
+          <t>9782000075643</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Örnekleriyle Divan Şiirinde Deyimler</t>
+          <t>Sevimli Dostlar Dizisi 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789753381253</t>
+          <t>9782000122113</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Ömrün Özeti Bir Gün</t>
+          <t>Sevgi Çemberi Dizisi 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>5.56</v>
+        <v>200</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789753389723</t>
+          <t>9789753387675</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Sevdası</t>
+          <t>Sana Seni Anlatmak</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>7.41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9799753386769</t>
+          <t>9789753388580</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılarda Düşünce Hayatı ve Felsefe</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>14.81</v>
+        <v>240</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789753385176</t>
+          <t>9789753388979</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Şehzadelik Kurumu</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>220</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789753389624</t>
+          <t>9789753384575</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Osman Nevres ve Divanı</t>
+          <t>Risale-i Tevhid (İnceleme, Metin, Dizin)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>38</v>
+        <v>145</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789753382274</t>
+          <t>9782000081983</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Nef’i ve Siham-ı Kaza</t>
+          <t>Ponpon Tavşan Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>12.96</v>
+        <v>35</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>3000078100879</t>
+          <t>9786053421900</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Naili Divanı (3. Hamur)</t>
+          <t>4. Uluslararası Bolu Halk Kültürü ve Köroğlu</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>36</v>
+        <v>50</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789753382236</t>
+          <t>9789753381840</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Nabi Hikmet-Şair-Tarih</t>
+          <t>Roman Kavramı ve Türk Romanının Doğuşu</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>28</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789753388917</t>
+          <t>9789753382410</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Öğütleri</t>
+          <t>Örnekleriyle Divan Şiirinde Deyimler</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>11.11</v>
+        <v>40</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9799753386097</t>
+          <t>9789753381253</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Mesnevi 2</t>
+          <t>Ömrün Özeti Bir Gün</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>25.46</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9799753386073</t>
+          <t>9789753389723</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Mesnevi 1</t>
+          <t>Öğretmenim Sevdası</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>25.46</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>3990000002303</t>
+          <t>9799753386769</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi - Mevlana: Tam Metin (Ciltli)</t>
+          <t>Osmanlılarda Düşünce Hayatı ve Felsefe</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>32.41</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789753386098</t>
+          <t>9789753385176</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi 2 Cilt Takım (Ciltli)</t>
+          <t>Osmanlı Devleti’nde Şehzadelik Kurumu</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>50.93</v>
+        <v>220</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786053420248</t>
+          <t>9789753389624</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Materyalizm Karşısında Ali Fuad Başgil</t>
+          <t>Osman Nevres ve Divanı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>15</v>
+        <v>38</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789753387644</t>
+          <t>9789753382274</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Manas Destanı’nın Tarih Tabakaları</t>
+          <t>Nef’i ve Siham-ı Kaza</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>16</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789753384438</t>
+          <t>3000078100879</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu</t>
+          <t>Naili Divanı (3. Hamur)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>10</v>
+        <v>36</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055413262</t>
+          <t>9789753382236</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Sözlüğü (Ciltli)</t>
+          <t>Nabi Hikmet-Şair-Tarih</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>45</v>
+        <v>28</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789753388788</t>
+          <t>9789753388917</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihinden İlginç Hikaye ve Anekdotlar</t>
+          <t>Mutluluk Öğütleri</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>11.94</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789753383219</t>
+          <t>9799753386097</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şairleri</t>
+          <t>Mevlana Mesnevi 2</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>30</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789753389129</t>
+          <t>9799753386073</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Medeniyet Bahçesi</t>
+          <t>Mevlana Mesnevi 1</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>8.24</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789753384780</t>
+          <t>3990000002303</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nun Kuruluşu</t>
+          <t>Mesnevi - Mevlana: Tam Metin (Ciltli)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>14.81</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>3990000011496</t>
+          <t>9789753386098</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Necati Beg Divanı (3. Hamur)</t>
+          <t>Mesnevi 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>37</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>3990000011498</t>
+          <t>9786053420248</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Necati Beg Divanı (1. Hamur)</t>
+          <t>Materyalizm Karşısında Ali Fuad Başgil</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>33</v>
+        <v>15</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>3990000011497</t>
+          <t>9789753387644</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Necati Beg Divanı (Kuşe) (Ciltli)</t>
+          <t>Manas Destanı’nın Tarih Tabakaları</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>55</v>
+        <v>16</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789753385718</t>
+          <t>9789753384438</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca</t>
+          <t>Köroğlu</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>120</v>
+        <v>10</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>4440000000506</t>
+          <t>9786055413262</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Naili Divanı (Kuşe) (Ciltli)</t>
+          <t>Osmanlı Türkçesi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>85</v>
+        <v>45</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>3990000022827</t>
+          <t>9789753388788</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Yazıcıoğlu Külliyatı (3 Cilt Takım - Ciltsiz)</t>
+          <t>Osmanlı Tarihinden İlginç Hikaye ve Anekdotlar</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>350</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789753387682</t>
+          <t>9789753383219</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Moderniteye Karşı Geleneğin Savaşçısı Hacı İbrahim Efendi</t>
+          <t>Osmanlı Şairleri</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>29.63</v>
+        <v>30</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789753389389</t>
+          <t>9789753389129</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Meltem Esintileri</t>
+          <t>Osmanlı Medeniyet Bahçesi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>4.63</v>
+        <v>8.24</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789753382472</t>
+          <t>9789753384780</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif: Bir Karakter Heykelinin Anatomisi</t>
+          <t>Osmanlı İmparatorluğu’nun Kuruluşu</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>7.41</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789753388528</t>
+          <t>3990000011496</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Makaleler Dil / Destan / Tarih/ Edebiyat</t>
+          <t>Necati Beg Divanı (3. Hamur)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>65</v>
+        <v>37</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789753382502</t>
+          <t>3990000011498</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kirmanşah Hikayesi</t>
+          <t>Necati Beg Divanı (1. Hamur)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9799753386875</t>
+          <t>3990000011497</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkçesi Grameri Ses ve Şekil Bilgisi</t>
+          <t>Necati Beg Divanı (Kuşe) (Ciltli)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>22.22</v>
+        <v>55</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789753381871</t>
+          <t>9789753385718</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Karamanlı Ayni ve Divanı</t>
+          <t>Nasrettin Hoca</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789753386173</t>
+          <t>4440000000506</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Karaca Oğlan (Ciltli)</t>
+          <t>Naili Divanı (Kuşe) (Ciltli)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>570</v>
+        <v>85</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789753386067</t>
+          <t>3990000022827</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Kangallı Aşık İhami ve Şiirleri</t>
+          <t>Muhsin Yazıcıoğlu Külliyatı (3 Cilt Takım - Ciltsiz)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>15</v>
+        <v>350</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789753385824</t>
+          <t>9789753387682</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyeti Tarihi</t>
+          <t>Moderniteye Karşı Geleneğin Savaşçısı Hacı İbrahim Efendi</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>33</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>3990000012277</t>
+          <t>9789753389389</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Tarihi Üzerine</t>
+          <t>Meltem Esintileri</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>8</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>3990000006836</t>
+          <t>9789753382472</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Sünnetinde Tıp Tıbb-ı Nebevi</t>
+          <t>Mehmed Akif: Bir Karakter Heykelinin Anatomisi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>8.33</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789753383240</t>
+          <t>9789753388528</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Hayatı - The Life Of Muhammed (İngilizce-Türkçe Metin Birarada)</t>
+          <t>Makaleler Dil / Destan / Tarih/ Edebiyat</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>36.11</v>
+        <v>65</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789753381109</t>
+          <t>9789753382502</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Hikayeniz, İnsanımız, Kültürümüz</t>
+          <t>Kirmanşah Hikayesi</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789753382724</t>
+          <t>9799753386875</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiir Tarihi (1-2)</t>
+          <t>Kırgız Türkçesi Grameri Ses ve Şekil Bilgisi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>80</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789753385190</t>
+          <t>9789753381871</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Para Finans ve Kriz</t>
+          <t>Karamanlı Ayni ve Divanı</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789753381734</t>
+          <t>9789753386173</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Ötelerden Bir Ses Divan Edebiyatı ve Balkanlarda Türk Edebiyatı Üzerine Makaleler</t>
+          <t>Karaca Oğlan (Ciltli)</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>33</v>
+        <v>570</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789753387736</t>
+          <t>9789753386067</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürünün Ana Hatları</t>
+          <t>Kangallı Aşık İhami ve Şiirleri</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789753381819</t>
+          <t>9789753385824</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültür ve Edebiyatından Meseleler - 1</t>
+          <t>İslam Medeniyeti Tarihi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789753389341</t>
+          <t>3990000012277</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Türk Harp Edebiyatında Çanakkale Mektupları</t>
+          <t>İnsanlığın Tarihi Üzerine</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789753381628</t>
+          <t>3990000006836</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Şiirlerinin Şekil ve Nev’i</t>
+          <t>Hz. Peygamberin Sünnetinde Tıp Tıbb-ı Nebevi</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>35</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789753383547</t>
+          <t>9789753383240</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatından Çocuklara Şiirler Antolojisi</t>
+          <t>Hz. Muhammed’in Hayatı - The Life Of Muhammed (İngilizce-Türkçe Metin Birarada)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>22</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789753387750</t>
+          <t>9789753381109</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Vasiyetnameler</t>
+          <t>Hikayeniz, İnsanımız, Kültürümüz</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>16.67</v>
+        <v>25</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789753381949</t>
+          <t>9789753382724</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Nazım</t>
+          <t>Osmanlı Şiir Tarihi (1-2)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>7.87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789753384797</t>
+          <t>9789753385190</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında İlk Mutasavvıflar</t>
+          <t>Para Finans ve Kriz</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>21.3</v>
+        <v>26</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789753384681</t>
+          <t>9789753381734</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Tarihi</t>
+          <t>Ötelerden Bir Ses Divan Edebiyatı ve Balkanlarda Türk Edebiyatı Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>24.07</v>
+        <v>33</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789753385121</t>
+          <t>9789753387736</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında Köroğlu</t>
+          <t>Türk Kültürünün Ana Hatları</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789753384360</t>
+          <t>9789753381819</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinin Yurtları</t>
+          <t>Türk Kültür ve Edebiyatından Meseleler - 1</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>100</v>
+        <v>32</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789753389167</t>
+          <t>9789753389341</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Türk Destanlarına Giriş</t>
+          <t>Türk Harp Edebiyatında Çanakkale Mektupları</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>3990000032410</t>
+          <t>9789753381628</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Türk Çocuk Oyunları Cilt 2</t>
+          <t>Türk Halk Şiirlerinin Şekil ve Nev’i</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>27.78</v>
+        <v>35</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789753381772</t>
+          <t>9789753383547</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Türk Çağdaşlaşması Çileli Bir Yolda İlerleyiş</t>
+          <t>Türk Edebiyatından Çocuklara Şiirler Antolojisi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>10.19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789753382588</t>
+          <t>9789753387750</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Türk Cumhuriyetleri ve Toplulukları Tarihi</t>
+          <t>Türk Edebiyatında Vasiyetnameler</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>32.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9799753385182</t>
+          <t>9789753381949</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kalemiyle Temeşvarlı Osman Ağa</t>
+          <t>Türk Edebiyatında Nazım</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>17</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789753388931</t>
+          <t>9789753384797</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Tematik Roman İncelemeleri</t>
+          <t>Türk Edebiyatında İlk Mutasavvıflar</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>190</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055413538</t>
+          <t>9789753384681</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Gülen Yüzü</t>
+          <t>Türk Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>6.39</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789753387903</t>
+          <t>9789753385121</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Tarih Araştırmaları 1</t>
+          <t>Türk Dünyasında Köroğlu</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>230</v>
+        <v>20</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789753389143</t>
+          <t>9789753384360</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Tarihten İlginç Hikaye ve Anekdotlar</t>
+          <t>Türk Dilinin Yurtları</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>13.89</v>
+        <v>100</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786053420262</t>
+          <t>9789753389167</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Şiirimizde Peygamber ve Gül</t>
+          <t>Türk Destanlarına Giriş</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>9.17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786053420095</t>
+          <t>3990000032410</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tahlilleri 2</t>
+          <t>Türk Çocuk Oyunları Cilt 2</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>120</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>3990000017790</t>
+          <t>9789753381772</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tahlili</t>
+          <t>Türk Çağdaşlaşması Çileli Bir Yolda İlerleyiş</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>15</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>3990000017797</t>
+          <t>9789753382588</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Şehirleri Süsleyen Yolcu</t>
+          <t>Türk Cumhuriyetleri ve Toplulukları Tarihi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>7</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789753381857</t>
+          <t>9799753385182</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Sultan Şairler</t>
+          <t>Kendi Kalemiyle Temeşvarlı Osman Ağa</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>12.04</v>
+        <v>17</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789753388184</t>
+          <t>9789753388931</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Servet-i Fünun Edebiyatı</t>
+          <t>Tematik Roman İncelemeleri</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>495</v>
+        <v>190</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789753385732</t>
+          <t>9786055413538</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Saz Şairleri 1-5</t>
+          <t>Tarihin Gülen Yüzü</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>40</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789753388245</t>
+          <t>9789753387903</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Sana Benzer Güzel Olmaz</t>
+          <t>Tarih Araştırmaları 1</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>11</v>
+        <v>230</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789753387088</t>
+          <t>9789753389143</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Rübab Mecmuası</t>
+          <t>Tarihten İlginç Hikaye ve Anekdotlar</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>315</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789753382526</t>
+          <t>9786053420262</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Roman Sanatı ve Roman İncelemesine Giriş</t>
+          <t>Şiirimizde Peygamber ve Gül</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>7.41</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789753388467</t>
+          <t>9786053420095</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Roman Ne Anlatır</t>
+          <t>Şiir Tahlilleri 2</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>25</v>
+        <v>120</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789753385428</t>
+          <t>3990000017790</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Refik Halit Karay</t>
+          <t>Şiir Tahlili</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>22.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786053420163</t>
+          <t>3990000017797</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Nurullah Çetin ile Söyleşiler</t>
+          <t>Şehirleri Süsleyen Yolcu</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789753388566</t>
+          <t>9789753381857</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Peygamber Sevgisi</t>
+          <t>Sultan Şairler</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786053425236</t>
+          <t>9789753388184</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Geçmişten Günümüze Tarım Politikaları ve Ekonomisi</t>
+          <t>Servet-i Fünun Edebiyatı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>45</v>
+        <v>495</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>3990000118350</t>
+          <t>9789753385732</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Türk Çocuk Oyunları Cilt 1</t>
+          <t>Saz Şairleri 1-5</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>27.78</v>
+        <v>40</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>3990000040053</t>
+          <t>9789753388245</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Sokollu Mehmed Paşa - Ahmed Refik 2</t>
+          <t>Sana Benzer Güzel Olmaz</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786053425045</t>
+          <t>9789753387088</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Ortaoyunu Geleneği</t>
+          <t>Rübab Mecmuası</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>160</v>
+        <v>315</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789753385213</t>
+          <t>9789753382526</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram-ı Veli</t>
+          <t>Roman Sanatı ve Roman İncelemesine Giriş</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>10</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786055413897</t>
+          <t>9789753388467</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Gül’ün (s.a.s) Yaprakları Esmaü’n Nebi</t>
+          <t>Roman Ne Anlatır</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789753381048</t>
+          <t>9789753385428</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Vahdet</t>
+          <t>Refik Halit Karay</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>85</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789753387033</t>
+          <t>9786053420163</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı</t>
+          <t>Prof. Dr. Nurullah Çetin ile Söyleşiler</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789753389952</t>
+          <t>9789753388566</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Geçilemeyen Çanakkale</t>
+          <t>Osmanlı’da Peygamber Sevgisi</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>24</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789753384872</t>
+          <t>9786053425236</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Garip Hasan</t>
+          <t>Türkiye'de Geçmişten Günümüze Tarım Politikaları ve Ekonomisi</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>6</v>
+        <v>45</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789757568685</t>
+          <t>3990000118350</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Konuşmaları</t>
+          <t>Türk Çocuk Oyunları Cilt 1</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>13</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789753387309</t>
+          <t>3990000040053</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Faust</t>
+          <t>Sokollu Mehmed Paşa - Ahmed Refik 2</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>170</v>
+        <v>30</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789753386296</t>
+          <t>9786053425045</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesinden Seçmeler</t>
+          <t>Geçmişten Günümüze Ortaoyunu Geleneği</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>22</v>
+        <v>160</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789753382373</t>
+          <t>9789753385213</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>Hacı Bayram-ı Veli</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789753382038</t>
+          <t>9786055413897</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Din, Birey ve Toplum (Ciltli)</t>
+          <t>Gül’ün (s.a.s) Yaprakları Esmaü’n Nebi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>185</v>
+        <v>14</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789753381659</t>
+          <t>9789753381048</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi Bilimi ve Türkiye’de Din Eğitimi</t>
+          <t>Gülşen-i Vahdet</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>45</v>
+        <v>85</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789753386920</t>
+          <t>9789753387033</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Dilaver</t>
+          <t>Gökkuşağı</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>12.5</v>
+        <v>5</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789753382533</t>
+          <t>9789753389952</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Esmai Hüsna Şerhi</t>
+          <t>Geçilemeyen Çanakkale</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>100</v>
+        <v>24</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>3994651234123</t>
+          <t>9789753384872</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Fethali Kaçar'ın Çağatay Türkçesi Sözlüğü Cilt: 1</t>
+          <t>Garip Hasan</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>85</v>
+        <v>6</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>3990000051705</t>
+          <t>9789757568685</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Nabi Divanı Cilt: 1</t>
+          <t>Felsefe Konuşmaları</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>55.55</v>
+        <v>13</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789944135894</t>
+          <t>9789753387309</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Çocuk İlişkisi ve Eğitim Yaklaşımı</t>
+          <t>Faust</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>95</v>
+        <v>170</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789753386319</t>
+          <t>9789753386296</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Avuçlarımdaki Çocukluğum</t>
+          <t>Evliya Çelebi Seyahatnamesinden Seçmeler</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>5</v>
+        <v>22</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>3990000022210</t>
+          <t>9789753382373</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Yazıcıoğlu Külliyatı Cilt: 2 (Ciltli)</t>
+          <t>Dürdane Hanım</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>46.29</v>
+        <v>13</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786053425083</t>
+          <t>9789753382038</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Adanmış Ömür Günlüğü</t>
+          <t>Din, Birey ve Toplum (Ciltli)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>20</v>
+        <v>185</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786053425410</t>
+          <t>9789753381659</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Türk Şiirinde Tanrı İmgesi</t>
+          <t>Din Eğitimi Bilimi ve Türkiye’de Din Eğitimi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>20</v>
+        <v>45</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786053420385</t>
+          <t>9789753386920</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar El Kitabı Cilt: 1 - Tarih</t>
+          <t>Dilaver</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>175</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>3990000051610</t>
+          <t>9789753382533</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Yazıcıoğlu Külliyatı 3. Cilt</t>
+          <t>Esmai Hüsna Şerhi</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>46.29</v>
+        <v>100</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786053424437</t>
+          <t>3994651234123</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Divanlar Arasında Bir Ömür</t>
+          <t>Fethali Kaçar'ın Çağatay Türkçesi Sözlüğü Cilt: 1</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>90</v>
+        <v>85</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789753386739</t>
+          <t>3990000051705</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım</t>
+          <t>Nabi Divanı Cilt: 1</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>7</v>
+        <v>55.55</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786055413842</t>
+          <t>9789944135894</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Arapçası Çözüm Kitabı 2</t>
+          <t>Anne Baba Çocuk İlişkisi ve Eğitim Yaklaşımı</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>17.2</v>
+        <v>95</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786053425274</t>
+          <t>9789753386319</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Folklor ve Disiplinlerarasılık</t>
+          <t>Avuçlarımdaki Çocukluğum</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>145</v>
+        <v>5</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789753386302</t>
+          <t>3990000022210</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Tek Boynuzlu Dağ Atları</t>
+          <t>Muhsin Yazıcıoğlu Külliyatı Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>5</v>
+        <v>46.29</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>3990000051893</t>
+          <t>9786053425083</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Bekçi</t>
+          <t>Adanmış Ömür Günlüğü</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>4.63</v>
+        <v>20</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786053423614</t>
+          <t>9786053425410</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Çağdaş Türk Romanı Cilt: 1</t>
+          <t>Tanzimat Dönemi Türk Şiirinde Tanrı İmgesi</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>32.4</v>
+        <v>20</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789753386388</t>
+          <t>9786053420385</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Masum Kaçak - 1</t>
+          <t>Balkanlar El Kitabı Cilt: 1 - Tarih</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>5</v>
+        <v>175</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789753386395</t>
+          <t>3990000051610</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Masum Kaçak - 2</t>
+          <t>Muhsin Yazıcıoğlu Külliyatı 3. Cilt</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>5</v>
+        <v>46.29</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786055413828</t>
+          <t>9786053424437</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Arapçası Çözüm Kitabı 1</t>
+          <t>Divanlar Arasında Bir Ömür</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786053422846</t>
+          <t>9789753386739</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Bolu İli Ağızları</t>
+          <t>İlk Kitabım</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>40</v>
+        <v>7</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786053424758</t>
+          <t>9786055413842</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Kur’an Arapçası Çözüm Kitabı 2</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>8</v>
+        <v>17.2</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786053424741</t>
+          <t>9786053425274</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Türk Nüktedanları ve Hazırcevapları</t>
+          <t>Folklor ve Disiplinlerarasılık</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789757568339</t>
+          <t>9789753386302</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Usuli Divanı</t>
+          <t>Tek Boynuzlu Dağ Atları</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>305</v>
+        <v>5</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786055413545</t>
+          <t>3990000051893</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Diller ve Etnik Gruplar</t>
+          <t>Bekçi</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>280</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786053429265</t>
+          <t>9786053423614</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Aşık Tarzı Kültür Geleneği Ve Kültür Endüstrisi Bağlamında Unkapanı Plakçılar Çarşısı</t>
+          <t>Cumhuriyet Dönemi Çağdaş Türk Romanı Cilt: 1</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>400</v>
+        <v>32.4</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786053429142</t>
+          <t>9789753386388</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Kazakistan’da Geçiş Dönemlerinin Karşılaştırmalı İncelemesi</t>
+          <t>Masum Kaçak - 1</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>650</v>
+        <v>5</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789753380461</t>
+          <t>9789753386395</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam Yahya Divanı</t>
+          <t>Masum Kaçak - 2</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>370</v>
+        <v>5</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786055413415</t>
+          <t>9786055413828</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş Veli El Kitabı</t>
+          <t>Kur’an Arapçası Çözüm Kitabı 1</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>570</v>
+        <v>30</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786053427308</t>
+          <t>9786053422846</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Ben Senin Akranın Değilim Ki Aşk</t>
+          <t>Bolu İli Ağızları</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>105</v>
+        <v>40</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786053429258</t>
+          <t>9786053424758</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Oralhan Bökey Son Lokma</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>550</v>
+        <v>8</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789753388269</t>
+          <t>9786053424741</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Ünlü Türk Nüktedanları ve Hazırcevapları</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>85</v>
+        <v>190</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786053426943</t>
+          <t>9789757568339</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Mehmet Akif Armağanı</t>
+          <t>Usuli Divanı</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>650</v>
+        <v>305</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786053427971</t>
+          <t>9786055413545</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ’da İran Tarihi</t>
+          <t>Türkiye’de Diller ve Etnik Gruplar</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>355</v>
+        <v>280</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786053424819</t>
+          <t>9786053429265</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sosyolojisi</t>
+          <t>Aşık Tarzı Kültür Geleneği Ve Kültür Endüstrisi Bağlamında Unkapanı Plakçılar Çarşısı</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>115</v>
+        <v>400</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786053423683</t>
+          <t>9786053429142</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>31 Mart Vak’asının Ardından Bir Türk Subayının Feryadı</t>
+          <t>Türkiye ve Kazakistan’da Geçiş Dönemlerinin Karşılaştırmalı İncelemesi</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786053429234</t>
+          <t>9789753380461</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Gelen Dualarla Hac ve Umre</t>
+          <t>Şeyhülislam Yahya Divanı</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786053427469</t>
+          <t>9786055413415</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Hikayesi</t>
+          <t>Hacı Bektaş Veli El Kitabı</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>100</v>
+        <v>570</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786053427445</t>
+          <t>9786053427308</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Ben Senin Akranın Değilim Ki Aşk</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789753386975</t>
+          <t>9786053429258</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Oralhan Bökey Son Lokma</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789753387361</t>
+          <t>9789753388269</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>300</v>
+        <v>85</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786053421818</t>
+          <t>9786053426943</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Eynesi Ana</t>
+          <t>Yunus Emre Mehmet Akif Armağanı</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786053429098</t>
+          <t>9786053427971</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayat</t>
+          <t>Eski Çağ’da İran Tarihi</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>110</v>
+        <v>355</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786053429135</t>
+          <t>9786053424819</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Elma</t>
+          <t>Edebiyat Sosyolojisi</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786053429128</t>
+          <t>9786053423683</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin İslami Bilgiler</t>
+          <t>31 Mart Vak’asının Ardından Bir Türk Subayının Feryadı</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786053429111</t>
+          <t>9786053429234</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin İslam Terimleri Ansiklopedisi</t>
+          <t>Gönülden Dile Gelen Dualarla Hac ve Umre</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786053429104</t>
+          <t>9786053427469</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Büyükler İçin İslam Büyükleri Ansiklopedisi</t>
+          <t>Bir Çöküşün Hikayesi</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786053429081</t>
+          <t>9786053427445</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kelime Dağarcığımızdan Etimoloji Araştırmaları-2</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786053429029</t>
+          <t>9789753386975</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Çukurova Derebeyleri ve A'yanları</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786053428695</t>
+          <t>9789753387361</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Şehzade Alaaddin Gaybi Bey Kaygusuz Abdal</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789753381635</t>
+          <t>9786053421818</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Dersleri 1</t>
+          <t>Eynesi Ana</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786055413675</t>
+          <t>9786053429098</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Yazıcıoğlu Külliyatı - 3 Cilt Takım (Ciltli)</t>
+          <t>Yeni Hayat</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>785</v>
+        <v>110</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786055413934</t>
+          <t>9786053429135</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Efsane ve Motifler Üzerine</t>
+          <t>Kızıl Elma</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786053428770</t>
+          <t>9786053429128</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Şiirde Mekan Mekanda Şiir (Ciltli)</t>
+          <t>Çocuklar ve Gençler İçin İslami Bilgiler</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>1000</v>
+        <v>120</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789753388832</t>
+          <t>9786053429111</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Mevlana: Tam Metin (2. Hamur) (Ciltli)</t>
+          <t>Çocuklar ve Gençler İçin İslam Terimleri Ansiklopedisi</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>700</v>
+        <v>330</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786053429005</t>
+          <t>9786053429104</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkçesinde Söz Dizimi</t>
+          <t>Çocuklar ve Büyükler İçin İslam Büyükleri Ansiklopedisi</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>850</v>
+        <v>210</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786053425908</t>
+          <t>9786053429081</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Hadis Ansiklopedisi Kütüb-i Sitte - 18 Cilt Takım (Ciltli)</t>
+          <t>Kelime Dağarcığımızdan Etimoloji Araştırmaları-2</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>15000</v>
+        <v>230</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786053428510</t>
+          <t>9786053429029</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Jeopolitiği ve Karadeniz'in Güvenliği Ekseninde Rus Ukrayna Savaşı</t>
+          <t>Çukurova Derebeyleri ve A'yanları</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786053428701</t>
+          <t>9786053428695</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kadim Tarihinden Yakın Tarihe Artvin'de Dini ve Kültürel Hayat</t>
+          <t>Şehzade Alaaddin Gaybi Bey Kaygusuz Abdal</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>850</v>
+        <v>550</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786055413255</t>
+          <t>9789753381635</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’nın Gözüyle İnsan ve Toplum</t>
+          <t>Osmanlıca Dersleri 1</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786053428985</t>
+          <t>9786055413675</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Yasemin Kokulu Öyküler</t>
+          <t>Muhsin Yazıcıoğlu Külliyatı - 3 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>160</v>
+        <v>785</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786053428992</t>
+          <t>9786055413934</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Sonbahara 7 Kaldı</t>
+          <t>Efsane ve Motifler Üzerine</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786053429043</t>
+          <t>9786053428770</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>İran Göçebe Türk Halklarının İran Türklüğündeki Önemi</t>
+          <t>Şiirde Mekan Mekanda Şiir (Ciltli)</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786053429012</t>
+          <t>9789753388832</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçenin Söz Dizimi</t>
+          <t>Mesnevi Mevlana: Tam Metin (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>575</v>
+        <v>700</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786053429067</t>
+          <t>9786053429005</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Asya Pasifik</t>
+          <t>Doğu Türkçesinde Söz Dizimi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786053429036</t>
+          <t>9786053425908</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Müslümanlara Yönelik Irkçılık ve Yabancı Düşmanlığı</t>
+          <t>Hadis Ansiklopedisi Kütüb-i Sitte - 18 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>200</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786053426950</t>
+          <t>9786053428510</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Mehmet Akif Armağanı</t>
+          <t>Türkiye'nin Jeopolitiği ve Karadeniz'in Güvenliği Ekseninde Rus Ukrayna Savaşı</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>635</v>
+        <v>420</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789753381031</t>
+          <t>9786053428701</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galib Hayatı, Sanatı, Eserleri, Edebi Kişiliği ve Bazı Şiirlerinin Açıklamaları</t>
+          <t>Kadim Tarihinden Yakın Tarihe Artvin'de Dini ve Kültürel Hayat</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>130</v>
+        <v>850</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789753384674</t>
+          <t>9786055413255</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>101 Türk Efsanesi</t>
+          <t>Mevlana’nın Gözüyle İnsan ve Toplum</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786055413095</t>
+          <t>9786053428985</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Aşık Veysel</t>
+          <t>Yasemin Kokulu Öyküler</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>355</v>
+        <v>160</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789753388818</t>
+          <t>9786053428992</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Danişmend Gazi Destanı</t>
+          <t>Sonbahara 7 Kaldı</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>285</v>
+        <v>150</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789753389884</t>
+          <t>9786053429043</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Bir Masal Varmış (Ciltli)</t>
+          <t>İran Göçebe Türk Halklarının İran Türklüğündeki Önemi</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786055413170</t>
+          <t>9786053429012</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tam Metin - Küçük (6 Cilt Takım)</t>
+          <t>Eski Türkçenin Söz Dizimi</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>995</v>
+        <v>575</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786055413279</t>
+          <t>9786053429067</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve İletişim</t>
+          <t>Asya Pasifik</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786055413026</t>
+          <t>9786053429036</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Türkçesi</t>
+          <t>Almanya'da Müslümanlara Yönelik Irkçılık ve Yabancı Düşmanlığı</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789753382571</t>
+          <t>9786053426950</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlakı</t>
+          <t>Yunus Emre Mehmet Akif Armağanı</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>340</v>
+        <v>635</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789753388153</t>
+          <t>9789753381031</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yakınlıkları</t>
+          <t>Şeyh Galib Hayatı, Sanatı, Eserleri, Edebi Kişiliği ve Bazı Şiirlerinin Açıklamaları</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786055413040</t>
+          <t>9789753384674</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hanım</t>
+          <t>101 Türk Efsanesi</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>85</v>
+        <v>190</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786055413651</t>
+          <t>9786055413095</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi</t>
+          <t>Aşık Veysel</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>245</v>
+        <v>355</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789753388474</t>
+          <t>9789753388818</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin Peygamberler Tarihi Ansiklopedisi</t>
+          <t>Danişmend Gazi Destanı</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>295</v>
+        <v>285</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789757568292</t>
+          <t>9789753389884</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin Osmanlı Tarihi Ansiklopedisi (Ciltli)</t>
+          <t>Bir Masal Varmış (Ciltli)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>640</v>
+        <v>250</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789753387514</t>
+          <t>9786055413170</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Celaleddin Harzemşah</t>
+          <t>Mesnevi Tam Metin - Küçük (6 Cilt Takım)</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>215</v>
+        <v>995</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789753387651</t>
+          <t>9786055413279</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yürüyüş</t>
+          <t>İnsan ve İletişim</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789753383844</t>
+          <t>9786055413026</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Baharistan</t>
+          <t>İletişimin Türkçesi</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789753386951</t>
+          <t>9789753382571</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>İslam Ahlakı</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789753389358</t>
+          <t>9789753388153</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma Teknikleri</t>
+          <t>Gönül Yakınlıkları</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789753386968</t>
+          <t>9786055413040</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>A’mak-ı Hayal (Sadeleştirilmiş Metin)</t>
+          <t>Gönül Hanım</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>110</v>
+        <v>85</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789753389921</t>
+          <t>9786055413651</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Aklıma Yıldız Düştü</t>
+          <t>Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>130</v>
+        <v>245</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786055413491</t>
+          <t>9789753388474</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Şehri ve Güli</t>
+          <t>Çocuklar ve Gençler İçin Peygamberler Tarihi Ansiklopedisi</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>255</v>
+        <v>295</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789753388160</t>
+          <t>9789757568292</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirinden Seçmeler</t>
+          <t>Çocuklar ve Gençler İçin Osmanlı Tarihi Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>250</v>
+        <v>640</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789753384629</t>
+          <t>9789753387514</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Celaleddin Harzemşah</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>245</v>
+        <v>215</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789753387323</t>
+          <t>9789753387651</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatından Seçmeler</t>
+          <t>Beyaz Yürüyüş</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786055414078</t>
+          <t>9789753383844</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Şiir İncelemeleri</t>
+          <t>Baharistan</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786053428961</t>
+          <t>9789753386951</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>İnci Avcısı</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786053428978</t>
+          <t>9789753389358</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Xuanzang Biyografisi'nde Fiil Yapımı</t>
+          <t>Anlayarak Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>1080</v>
+        <v>200</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786053428749</t>
+          <t>9789753386968</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçede Kelime Öğretimi</t>
+          <t>A’mak-ı Hayal (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786053428756</t>
+          <t>9789753389921</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Araştırmaları 9</t>
+          <t>Aklıma Yıldız Düştü</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>360</v>
+        <v>130</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786053428763</t>
+          <t>9786055413491</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Harezmi Muhabbet-Name</t>
+          <t>Şehri ve Güli</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>390</v>
+        <v>255</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786053428176</t>
+          <t>9789753388160</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Atilla İlhan’ın İlk Romanlarına Yansıyan Toplumsal Yapı</t>
+          <t>Halk Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>525</v>
+        <v>250</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789753387804</t>
+          <t>9789753384629</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram - ı Veli</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>165</v>
+        <v>245</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786053423652</t>
+          <t>9789753387323</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanı Tahlilleri 1</t>
+          <t>Divan Edebiyatından Seçmeler</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789753387255</t>
+          <t>9786055414078</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Şiir İncelemeleri</t>
         </is>
       </c>
       <c r="C585" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786053424574</t>
+          <t>9786053428961</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Dili (Mantıku't-Tayr)</t>
+          <t>İnci Avcısı</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789753384025</t>
+          <t>9786053428978</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı</t>
+          <t>Xuanzang Biyografisi'nde Fiil Yapımı</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>385</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786053425144</t>
+          <t>9786053428749</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Tıpkıbasımlarıyla Eski Anadolu Türkçesi Metinleri</t>
+          <t>Yabancı Dil Olarak Türkçede Kelime Öğretimi</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789753388283</t>
+          <t>9786053428756</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Eski Türk Edebiyatına Giriş</t>
+          <t>Mevlana Araştırmaları 9</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>505</v>
+        <v>360</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786053428732</t>
+          <t>9786053428763</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Hacıbektaş ve Hünkar Hacı Bektaş Veli</t>
+          <t>Harezmi Muhabbet-Name</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>960</v>
+        <v>390</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786053428688</t>
+          <t>9786053428176</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Kızılcahamam Gebeler Köyü Tarihi</t>
+          <t>Atilla İlhan’ın İlk Romanlarına Yansıyan Toplumsal Yapı</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>960</v>
+        <v>525</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786053428725</t>
+          <t>9789753387804</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret Şiirinde Modernleşme Yenileşme ve Seküler Düşünce</t>
+          <t>Hacı Bayram - ı Veli</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>325</v>
+        <v>165</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786053428718</t>
+          <t>9786053423652</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Muzaffer Buyrukçu Anlatılarında Yapı ve İzlek</t>
+          <t>Türk Romanı Tahlilleri 1</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>690</v>
+        <v>300</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789753420040</t>
+          <t>9789753387255</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Kendini ve Allah’ı Arayan Adam: Necip Fazıl</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789753386893</t>
+          <t>9786053424574</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Devlet</t>
+          <t>Kuşların Dili (Mantıku't-Tayr)</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>335</v>
+        <v>160</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786055413372</t>
+          <t>9789753384025</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Önce Zambakları Çaldılar Uykularımızdan</t>
+          <t>Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>105</v>
+        <v>385</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786055413942</t>
+          <t>9786053425144</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Ortaöğretim Arapça Seti - 1. Kur - Dede Korkut Masallarıyla Arapça</t>
+          <t>Tıpkıbasımlarıyla Eski Anadolu Türkçesi Metinleri</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789753389778</t>
+          <t>9789753388283</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Kur-an’ı Kerim’den Dualar</t>
+          <t>Üniversiteler İçin Eski Türk Edebiyatına Giriş</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>190</v>
+        <v>505</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789753389303</t>
+          <t>9786053428732</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürüne Eleştiri</t>
+          <t>Hacıbektaş ve Hünkar Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>255</v>
+        <v>960</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789753385463</t>
+          <t>9786053428688</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Tıva Kahramanlık Destanları 1</t>
+          <t>Kızılcahamam Gebeler Köyü Tarihi</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>505</v>
+        <v>960</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9782000090293</t>
+          <t>9786053428725</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam Yahya Divanı (1.Hamur)</t>
+          <t>Tevfik Fikret Şiirinde Modernleşme Yenileşme ve Seküler Düşünce</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>370</v>
+        <v>325</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786053426431</t>
+          <t>9786053428718</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Aşık Tarzı Kültür Geleneği ve Destan Türü</t>
+          <t>Muzaffer Buyrukçu Anlatılarında Yapı ve İzlek</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>380</v>
+        <v>690</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>3000078100852</t>
+          <t>9789753420040</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Hayali Divanı (2. Hamur)</t>
+          <t>Kendini ve Allah’ı Arayan Adam: Necip Fazıl</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>335</v>
+        <v>190</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789753389563</t>
+          <t>9789753386893</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Has Bahçede Hazan Vakti</t>
+          <t>Türklerde Devlet</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>255</v>
+        <v>335</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789753388511</t>
+          <t>9786055413372</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirinde Türkü</t>
+          <t>Önce Zambakları Çaldılar Uykularımızdan</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>440</v>
+        <v>105</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789753383431</t>
+          <t>9786055413942</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirinde Tür Şekil ve Makam</t>
+          <t>Ortaöğretim Arapça Seti - 1. Kur - Dede Korkut Masallarıyla Arapça</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789753383165</t>
+          <t>9789753389778</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Halk Hikayeleri Araştırmaları: Çukurovalı Aşık Mustafa Köse ve Hikaye Repertuvarı</t>
+          <t>Kur-an’ı Kerim’den Dualar</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>335</v>
+        <v>190</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786055413347</t>
+          <t>9789753389303</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Halk Bilimi Araştırmaları</t>
+          <t>Türk Kültürüne Eleştiri</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>305</v>
+        <v>255</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789753386104</t>
+          <t>9789753385463</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Tıva Kahramanlık Destanları 1</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>440</v>
+        <v>505</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789753382809</t>
+          <t>9782000090293</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Yolunda Düşünceler</t>
+          <t>Şeyhülislam Yahya Divanı (1.Hamur)</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>345</v>
+        <v>370</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789753388771</t>
+          <t>9786053426431</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Faik Baysal ve Hikayeciliği</t>
+          <t>Aşık Tarzı Kültür Geleneği ve Destan Türü</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>305</v>
+        <v>380</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786055413989</t>
+          <t>3000078100852</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Estetik’in Serüveni</t>
+          <t>Hayali Divanı (2. Hamur)</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>305</v>
+        <v>335</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789753381598</t>
+          <t>9789753389563</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatında Nesir</t>
+          <t>Has Bahçede Hazan Vakti</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>605</v>
+        <v>255</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789753384469</t>
+          <t>9789753388511</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi</t>
+          <t>Halk Şiirinde Türkü</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>335</v>
+        <v>440</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789753386180</t>
+          <t>9789753383431</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Emrah</t>
+          <t>Halk Şiirinde Tür Şekil ve Makam</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>230</v>
+        <v>125</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786055413323</t>
+          <t>9789753383165</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Elazığ Masalları ve Propp Metodu</t>
+          <t>Halk Hikayeleri Araştırmaları: Çukurovalı Aşık Mustafa Köse ve Hikaye Repertuvarı</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>705</v>
+        <v>335</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789753387866</t>
+          <t>9786055413347</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Öğretim Anlayışıyla Peyami Safa</t>
+          <t>Halk Bilimi Araştırmaları</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>160</v>
+        <v>305</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789753382007</t>
+          <t>9789753386104</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Edebiyattan İçeri</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>505</v>
+        <v>440</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786053420330</t>
+          <t>9789753382809</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları</t>
+          <t>Felsefe Yolunda Düşünceler</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>305</v>
+        <v>345</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789753389006</t>
+          <t>9789753388771</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sanatı ve Bilimi</t>
+          <t>Faik Baysal ve Hikayeciliği</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>440</v>
+        <v>305</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>3990000001864</t>
+          <t>9786055413989</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat İncelemeleri - Bütün Eserleri 5</t>
+          <t>Estetik’in Serüveni</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>255</v>
+        <v>305</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789753383264</t>
+          <t>9789753381598</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiiri Yazıları</t>
+          <t>Eski Türk Edebiyatında Nesir</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>305</v>
+        <v>605</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789753388139</t>
+          <t>9789753384469</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatında Mahlas ve Mahlasnameler</t>
+          <t>Eski Anadolu Türkçesi</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>215</v>
+        <v>335</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789753381642</t>
+          <t>9789753386180</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı Yazıları</t>
+          <t>Erzurumlu Emrah</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789753384223</t>
+          <t>9786055413323</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Dil Yazıları</t>
+          <t>Elazığ Masalları ve Propp Metodu</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>305</v>
+        <v>705</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789753387446</t>
+          <t>9789753387866</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı Terimleri Sözlüğü</t>
+          <t>Eğitim ve Öğretim Anlayışıyla Peyami Safa</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789753382137</t>
+          <t>9789753382007</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Yunus Şiirinden Günümüze Yaklaştırmalar</t>
+          <t>Edebiyattan İçeri</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>335</v>
+        <v>505</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786053420033</t>
+          <t>9786053420330</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal Kitabı</t>
+          <t>Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>400</v>
+        <v>305</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789753383639</t>
+          <t>9789753389006</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Tarihi</t>
+          <t>Edebiyat Sanatı ve Bilimi</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>295</v>
+        <v>440</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789753381611</t>
+          <t>3990000001864</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirlerinin Vezni</t>
+          <t>Edebiyat İncelemeleri - Bütün Eserleri 5</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>230</v>
+        <v>255</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789753388252</t>
+          <t>9789753383264</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Süheyli Divan</t>
+          <t>Divan Şiiri Yazıları</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>380</v>
+        <v>305</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789753389433</t>
+          <t>9789753388139</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Tarih Folklor İlişkisi</t>
+          <t>Divan Edebiyatında Mahlas ve Mahlasnameler</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786055413583</t>
+          <t>9789753381642</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Selimiye - Sarı Selim</t>
+          <t>Divan Edebiyatı Yazıları</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789753382496</t>
+          <t>9789753384223</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Sehi Bey Tezkiresi Heşt-Behişt</t>
+          <t>Dil Yazıları</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>280</v>
+        <v>305</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9799757568536</t>
+          <t>9789753387446</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Yusuf u Züleyha Mesnevisi (3. Hamur)</t>
+          <t>Eski Türk Edebiyatı Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789753386272</t>
+          <t>9789753382137</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Yeni Alman Edebiyatı Tarihi</t>
+          <t>Yunus Şiirinden Günümüze Yaklaştırmalar</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>440</v>
+        <v>335</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789753389891</t>
+          <t>9786053420033</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dönem Türk Romanı ve Roman İncelemeleri</t>
+          <t>Yahya Kemal Kitabı</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786055413590</t>
+          <t>9789753383639</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkologları ve Türk Diline Emek Verenler Cilt:1</t>
+          <t>Tasavvuf Tarihi</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>605</v>
+        <v>295</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786055413569</t>
+          <t>9789753381611</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Dil Bilgisi</t>
+          <t>Türk Şiirlerinin Vezni</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>605</v>
+        <v>230</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786053420460</t>
+          <t>9789753388252</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Eski - Yeni Çatışması ve Darü’t-Ta’lim</t>
+          <t>Süheyli Divan</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>335</v>
+        <v>380</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789753387422</t>
+          <t>9789753389433</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilgi ve Kuramları</t>
+          <t>Sözlü Tarih Folklor İlişkisi</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>505</v>
+        <v>255</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789753386005</t>
+          <t>9786055413583</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Araştırmaları 2</t>
+          <t>Selimiye - Sarı Selim</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>505</v>
+        <v>175</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789753387941</t>
+          <t>9789753382496</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı Antolojisi</t>
+          <t>Sehi Bey Tezkiresi Heşt-Behişt</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>560</v>
+        <v>280</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789753383684</t>
+          <t>9799757568536</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İnsan ve Edebiyat</t>
+          <t>Yusuf u Züleyha Mesnevisi (3. Hamur)</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789753389044</t>
+          <t>9789753386272</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Gelişmeler Işığında Şiir Tahlilleri</t>
+          <t>Yeni Alman Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789753388719</t>
+          <t>9789753389891</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Edebiyatında Hisar Topluluğu</t>
+          <t>Yakın Dönem Türk Romanı ve Roman İncelemeleri</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789753381376</t>
+          <t>9786055413590</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Baki</t>
+          <t>Türkiye Türkologları ve Türk Diline Emek Verenler Cilt:1</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>225</v>
+        <v>605</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9799753385908</t>
+          <t>9786055413569</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Rasim</t>
+          <t>Türkçenin Dil Bilgisi</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>190</v>
+        <v>605</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789753387439</t>
+          <t>9786053420460</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Şekil ve Cümle Bilgisi Türk Lehçelerinde</t>
+          <t>Eğitimde Eski - Yeni Çatışması ve Darü’t-Ta’lim</t>
         </is>
       </c>
       <c r="C649" s="1">
         <v>335</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789753383851</t>
+          <t>9789753387422</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Kafalı Armağanı</t>
+          <t>Edebiyat Bilgi ve Kuramları</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>440</v>
+        <v>505</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789753383585</t>
+          <t>9789753386005</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Suad Yalçın Hayatı ve Eserleri</t>
+          <t>Edebiyat Araştırmaları 2</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>255</v>
+        <v>505</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789753382229</t>
+          <t>9789753387941</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Hikaye’den Hatıra’ya</t>
+          <t>Divan Edebiyatı Antolojisi</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>125</v>
+        <v>560</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789753388894</t>
+          <t>9789753383684</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Hayat-ı Fikriyye</t>
+          <t>Çağdaş İnsan ve Edebiyat</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789753388863</t>
+          <t>9789753389044</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Dil Gelişimi ve Dil Politikası</t>
+          <t>Çağdaş Gelişmeler Işığında Şiir Tahlilleri</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789753383554</t>
+          <t>9789753388719</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Deniz Şiirleri Antolojisi</t>
+          <t>Cumhuriyet Dönemi Türk Edebiyatında Hisar Topluluğu</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>305</v>
+        <v>295</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789753387842</t>
+          <t>9789753381376</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı (Transkripsiyon - İnceleme - Sözlük)</t>
+          <t>Baki</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>440</v>
+        <v>225</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789753383615</t>
+          <t>9799753385908</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Lehçeleri</t>
+          <t>Ahmet Rasim</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789753387767</t>
+          <t>9789753387439</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Türk Şiirinde Garip Hareketi</t>
+          <t>Karşılaştırmalı Şekil ve Cümle Bilgisi Türk Lehçelerinde</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>640</v>
+        <v>335</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789753383752</t>
+          <t>9789753383851</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Siyasal ve Sosyal Değişmeler Açısından Cumhuriyet Dönemi Türk Romanı 1920-1946</t>
+          <t>Kafalı Armağanı</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789753388900</t>
+          <t>9789753383585</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Bugünkü Edebiyat</t>
+          <t>Hüseyin Suad Yalçın Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789753389013</t>
+          <t>9789753382229</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Bozoğlan Destanı (Yusuf Beg - Ahmed Beg)</t>
+          <t>Hikaye’den Hatıra’ya</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>295</v>
+        <v>125</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789753388504</t>
+          <t>9789753388894</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Şiirinde Ölüm</t>
+          <t>Hayat-ı Fikriyye</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789753389679</t>
+          <t>9789753388863</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Bir Popüler Romancı Esat Mahmud Karakurt - Bir Estetik Romancı - Ahmet Hamdi Tanpınar</t>
+          <t>Dil Gelişimi ve Dil Politikası</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>290</v>
+        <v>135</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789753383257</t>
+          <t>9789753383554</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Belagat-ı Osmaniye</t>
+          <t>Deniz Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C664" s="1">
         <v>305</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786053420057</t>
+          <t>9789753387842</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Behçet Necatigil  (Hayatı, Sanatı ve Eserleri)</t>
+          <t>Dede Korkut Kitabı (Transkripsiyon - İnceleme - Sözlük)</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>505</v>
+        <v>440</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789753387163</t>
+          <t>9789753383615</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Basiri ve Türkçe Şiirleri</t>
+          <t>Çağdaş Türk Lehçeleri</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>135</v>
+        <v>450</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789753381765</t>
+          <t>9789753387767</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Basılı Divanlar Katoloğu</t>
+          <t>Cumhuriyet Döneminde Türk Şiirinde Garip Hareketi</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>135</v>
+        <v>640</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786053420378</t>
+          <t>9789753383752</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar El Kitabı (2 Cilt Takım)</t>
+          <t>Siyasal ve Sosyal Değişmeler Açısından Cumhuriyet Dönemi Türk Romanı 1920-1946</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>1220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789753387521</t>
+          <t>9789753388900</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türkçesinin Söz Varlığı</t>
+          <t>Bugünkü Edebiyat</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>305</v>
+        <v>215</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786053421481</t>
+          <t>9789753389013</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Ansiklopedik Türk Halk Edebiyatı Kavramları ve Terimleri Sözlüğü (Ciltli)</t>
+          <t>Bozoğlan Destanı (Yusuf Beg - Ahmed Beg)</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>1220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786053425052</t>
+          <t>9789753388504</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Anonim Halk Şiiri</t>
+          <t>Cumhuriyet Dönemi Türk Şiirinde Ölüm</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>635</v>
+        <v>280</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789753383691</t>
+          <t>9789753389679</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Ezgisi</t>
+          <t>Bir Popüler Romancı Esat Mahmud Karakurt - Bir Estetik Romancı - Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789753387798</t>
+          <t>9789753383257</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Yeni Kelimeler Sözlüğü</t>
+          <t>Belagat-ı Osmaniye</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>380</v>
+        <v>305</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786053420187</t>
+          <t>9786053420057</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Aşık Şiiri Geleneğinde Kadın Aşıklar</t>
+          <t>Behçet Necatigil  (Hayatı, Sanatı ve Eserleri)</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>190</v>
+        <v>505</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789753381703</t>
+          <t>9789753387163</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Basiri ve Türkçe Şiirleri</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>105</v>
+        <v>135</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786055413453</t>
+          <t>9789753381765</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Zambaklar Üşümesin</t>
+          <t>Basılı Divanlar Katoloğu</t>
         </is>
       </c>
       <c r="C676" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786055413910</t>
+          <t>9786053420378</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ve Züleyha</t>
+          <t>Balkanlar El Kitabı (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>190</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786053420194</t>
+          <t>9789753387521</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Yorgunum</t>
+          <t>Azerbaycan Türkçesinin Söz Varlığı</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>255</v>
+        <v>305</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789753388702</t>
+          <t>9786053421481</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlarla Yıkanır Yüreğim</t>
+          <t>Türk Dünyası Ansiklopedik Türk Halk Edebiyatı Kavramları ve Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>125</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789753389655</t>
+          <t>9786053425052</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Yeşile ve Maviye Yürüyüş</t>
+          <t>Türk Dünyası Anonim Halk Şiiri</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>255</v>
+        <v>635</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786053420323</t>
+          <t>9789753383691</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Yeni Özbek Edebiyatı</t>
+          <t>Anadolu Ezgisi</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>530</v>
+        <v>250</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9799753386059</t>
+          <t>9789753387798</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Yaşnameler</t>
+          <t>Açıklamalı Yeni Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789757568223</t>
+          <t>9786053420187</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Yasemin’in Dünyası</t>
+          <t>20. Yüzyıl Aşık Şiiri Geleneğinde Kadın Aşıklar</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>70</v>
+        <v>190</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786055413361</t>
+          <t>9789753381703</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Yarenlerin Ağır Sevda Peşrevi</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>160</v>
+        <v>105</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789753389464</t>
+          <t>9786055413453</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Dağlar</t>
+          <t>Zambaklar Üşümesin</t>
         </is>
       </c>
       <c r="C685" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789753389211</t>
+          <t>9786055413910</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Varoluş ve Bilgi</t>
+          <t>Yusuf ve Züleyha</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>605</v>
+        <v>190</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789757568230</t>
+          <t>9786053420194</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Üç Nasihat</t>
+          <t>Yorgunum</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>70</v>
+        <v>255</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789753385138</t>
+          <t>9789753388702</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Destanı Hakanname</t>
+          <t>Yıldızlarla Yıkanır Yüreğim</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789753387897</t>
+          <t>9789753389655</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
+          <t>Yeşile ve Maviye Yürüyüş</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>105</v>
+        <v>255</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789753388740</t>
+          <t>9786053420323</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İslamlaşma Süreci</t>
+          <t>Yeni Özbek Edebiyatı</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>190</v>
+        <v>530</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789753382663</t>
+          <t>9799753386059</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-Orta Asya Edebi İlişkileri</t>
+          <t>Yaşnameler</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>255</v>
+        <v>370</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789753388542</t>
+          <t>9789757568223</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Türk Viyana</t>
+          <t>Yasemin’in Dünyası</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789753388306</t>
+          <t>9786055413361</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Ziya Paşa</t>
+          <t>Yarenlerin Ağır Sevda Peşrevi</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>305</v>
+        <v>160</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9759783382094</t>
+          <t>9789753389464</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Ziya Osman Saba</t>
+          <t>Yaralı Dağlar</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>230</v>
+        <v>135</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789753384568</t>
+          <t>9789753389211</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Oktay Akbal’ın Öykücülüğü Düş ile Gerçek Arasında</t>
+          <t>Varoluş ve Bilgi</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>305</v>
+        <v>605</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786055413781</t>
+          <t>9789757568230</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Ene’l - Aşk</t>
+          <t>Üç Nasihat</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>115</v>
+        <v>70</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786053420231</t>
+          <t>9789753385138</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Türk’ün Destanı Hakanname</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>135</v>
+        <v>450</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789753389396</t>
+          <t>9789753387897</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Çeşmeden Söz ve Su Akar</t>
+          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>75</v>
+        <v>105</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789753383349</t>
+          <t>9789753388740</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Bir Meşrutiyet Aydını Nüzhet Sabit</t>
+          <t>Türklerin İslamlaşma Süreci</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789757568650</t>
+          <t>9789753382663</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Asaf Halet Çelebi</t>
+          <t>Türkiye-Orta Asya Edebi İlişkileri</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9781000021103</t>
+          <t>9789753388542</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hikayeleri Dizisi (10 Kitap Takım)</t>
+          <t>Türk Viyana</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>700</v>
+        <v>160</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789753389976</t>
+          <t>9789753388306</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Ağlamak Yasak</t>
+          <t>Ziya Paşa</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>125</v>
+        <v>305</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789753387286</t>
+          <t>9759783382094</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Afife Anjelik</t>
+          <t>Ziya Osman Saba</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>75</v>
+        <v>230</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789753387859</t>
+          <t>9789753384568</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Çoban Aşkın Çocuğuydu</t>
+          <t>Oktay Akbal’ın Öykücülüğü Düş ile Gerçek Arasında</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>255</v>
+        <v>305</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789753380331</t>
+          <t>9786055413781</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Türkler Yine Avrupa’da</t>
+          <t>Ene’l - Aşk</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>370</v>
+        <v>115</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789757568162</t>
+          <t>9786053420231</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Yunus’un Çiçekleri</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>70</v>
+        <v>135</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789753382816</t>
+          <t>9789753389396</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Ekonomisi</t>
+          <t>Çeşmeden Söz ve Su Akar</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789753384391</t>
+          <t>9789753383349</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Gelir</t>
+          <t>Bir Meşrutiyet Aydını Nüzhet Sabit</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>305</v>
+        <v>250</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789753385411</t>
+          <t>9789757568650</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Şairler ve Yazarlar Sözlüğü</t>
+          <t>Asaf Halet Çelebi</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789753383196</t>
+          <t>9781000021103</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Sözdeki Füsun: Rubailer</t>
+          <t>Çocuk Hikayeleri Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>190</v>
+        <v>700</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789753386234</t>
+          <t>9789753389976</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Sıfatu’l Haremeyn Dil Özellikleri / Metin / Dizin</t>
+          <t>Ağlamak Yasak</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>255</v>
+        <v>125</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789753382083</t>
+          <t>9789753387286</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Ahmed Han ve Entellektüel Modernizmi</t>
+          <t>Afife Anjelik</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786055413880</t>
+          <t>9789753387859</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Mum Işığı</t>
+          <t>Çoban Aşkın Çocuğuydu</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>160</v>
+        <v>255</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786055413101</t>
+          <t>9789753380331</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Diasporası</t>
+          <t>Türkler Yine Avrupa’da</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786053420453</t>
+          <t>9789757568162</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Maktül Osmanlı Sadrazamları</t>
+          <t>Yunus’un Çiçekleri</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789753388658</t>
+          <t>9789753382816</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Liderliğin Anatomisi</t>
+          <t>Yeraltı Ekonomisi</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789753381260</t>
+          <t>9789753384391</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Dede</t>
+          <t>Ulusal Gelir</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>105</v>
+        <v>305</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789753389907</t>
+          <t>9789753385411</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Nar-ı Sevda</t>
+          <t>Şairler ve Yazarlar Sözlüğü</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>160</v>
+        <v>255</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789753381680</t>
+          <t>9789753383196</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat</t>
+          <t>Sözdeki Füsun: Rubailer</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>255</v>
+        <v>190</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789753385725</t>
+          <t>9789753386234</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Mostar Köprüsü</t>
+          <t>Sıfatu’l Haremeyn Dil Özellikleri / Metin / Dizin</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>345</v>
+        <v>255</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789753387378</t>
+          <t>9789753382083</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Mizah Dilinin Gizemi</t>
+          <t>Seyyid Ahmed Han ve Entellektüel Modernizmi</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789753388559</t>
+          <t>9786055413880</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Mesnevi Gerçeği</t>
+          <t>Mum Işığı</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789753389594</t>
+          <t>9786055413101</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Araştırmaları 3</t>
+          <t>Medeniyetler Diasporası</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789753388368</t>
+          <t>9786053420453</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Araştırmaları 1</t>
+          <t>Maktül Osmanlı Sadrazamları</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786055413422</t>
+          <t>9789753388658</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Araştırmaları - 4</t>
+          <t>Liderliğin Anatomisi</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9799753385847</t>
+          <t>9789753381260</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Memduh Şevket Esendal Edebiyatımızın Zirvesindekiler</t>
+          <t>Oğuz Dede</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>255</v>
+        <v>105</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789753387187</t>
+          <t>9789753389907</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Mekke Tefsir Ekolü</t>
+          <t>Nar-ı Sevda</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>115</v>
+        <v>160</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789753382991</t>
+          <t>9789753381680</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Medya Gerçeği ve Haberciler</t>
+          <t>Müşahedat</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>290</v>
+        <v>255</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789753387071</t>
+          <t>9789753385725</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Medine Tefsir Ekolü</t>
+          <t>Mostar Köprüsü</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>115</v>
+        <v>345</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786055413767</t>
+          <t>9789753387378</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Mahşerin Esrarı</t>
+          <t>Mizah Dilinin Gizemi</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9782000099973</t>
+          <t>9789753388559</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Oğuz’un Maceraları Dizisi 10 Kitap Takım</t>
+          <t>Mevlana ve Mesnevi Gerçeği</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>700</v>
+        <v>230</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789753382892</t>
+          <t>9789753389594</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Kültür Köprüsü</t>
+          <t>Mevlana Araştırmaları 3</t>
         </is>
       </c>
       <c r="C732" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789753382939</t>
+          <t>9789753388368</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Kültür Hayatımız</t>
+          <t>Mevlana Araştırmaları 1</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789753381192</t>
+          <t>9786055413422</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Kültür Dil ve Sanata Dair</t>
+          <t>Mevlana Araştırmaları - 4</t>
         </is>
       </c>
       <c r="C734" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789753387828</t>
+          <t>9799753385847</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çocuk ve Yaşlı Ağaç</t>
+          <t>Memduh Şevket Esendal Edebiyatımızın Zirvesindekiler</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>105</v>
+        <v>255</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789753389150</t>
+          <t>9789753387187</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Araştırmaları 2</t>
+          <t>Mekke Tefsir Ekolü</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>335</v>
+        <v>115</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789753387934</t>
+          <t>9789753382991</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Dili ve Tecvid / Temel Dini Bilgiler</t>
+          <t>Medya Gerçeği ve Haberciler</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786055413859</t>
+          <t>9789753387071</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Arapçası 3 (Kitap + Çözüm Kitabı)</t>
+          <t>Medine Tefsir Ekolü</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>370</v>
+        <v>115</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786055413835</t>
+          <t>9786055413767</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Arapçası 2 (Kitap + Çözüm Kitabı)</t>
+          <t>Mahşerin Esrarı</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>440</v>
+        <v>135</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786055413811</t>
+          <t>9782000099973</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Arapçası 1. Kitap + Çözüm Kitabı</t>
+          <t>Oğuz’un Maceraları Dizisi 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>305</v>
+        <v>700</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789753389600</t>
+          <t>9789753382892</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinin Son Baharı Sebk-i Hindi</t>
+          <t>Kültür Köprüsü</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786055413019</t>
+          <t>9789753382939</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Kitabü’l-Ef’al</t>
+          <t>Kültür Hayatımız</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786055413798</t>
+          <t>9789753381192</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Ağzı</t>
+          <t>Kültür Dil ve Sanata Dair</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789753384858</t>
+          <t>9789753387828</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Kazak Masallarından Seçmeler</t>
+          <t>Küçük Çocuk ve Yaşlı Ağaç</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>335</v>
+        <v>105</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789753387668</t>
+          <t>9789753389150</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Kar Yağar Gül Üstüne</t>
+          <t>Mevlana Araştırmaları 2</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>125</v>
+        <v>335</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789753387972</t>
+          <t>9789753387934</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Kalkınmaya Baş Koyanlar ve Taş Koyanlar</t>
+          <t>Kur’an Dili ve Tecvid / Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>215</v>
+        <v>160</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786053420408</t>
+          <t>9786055413859</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Kahrolsun Böyle Adalet</t>
+          <t>Kur’an Arapçası 3 (Kitap + Çözüm Kitabı)</t>
         </is>
       </c>
       <c r="C747" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789753387491</t>
+          <t>9786055413835</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>İstiaze Besmele ve Fatiha Tefsiri</t>
+          <t>Kur’an Arapçası 2 (Kitap + Çözüm Kitabı)</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789753383356</t>
+          <t>9786055413811</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Tarihsel Gelişimi</t>
+          <t>Kur’an Arapçası 1. Kitap + Çözüm Kitabı</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>335</v>
+        <v>305</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789753381901</t>
+          <t>9789753389600</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Klasik Türk Şiirinin Son Baharı Sebk-i Hindi</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786053420415</t>
+          <t>9786055413019</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>İdeal Siyaset İdeal Devlet</t>
+          <t>Kitabü’l-Ef’al</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786055413033</t>
+          <t>9786055413798</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>İntihar ve Roman</t>
+          <t>Kıbrıs Ağzı</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>440</v>
+        <v>255</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789753388573</t>
+          <t>9789753384858</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Kazak Masallarından Seçmeler</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>105</v>
+        <v>335</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789753387026</t>
+          <t>9789753387668</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>İdeal İdeoloji ve Milli Ülkü</t>
+          <t>Kar Yağar Gül Üstüne</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>440</v>
+        <v>125</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789757568247</t>
+          <t>9789753387972</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>İbibik Yuvası</t>
+          <t>Kalkınmaya Baş Koyanlar ve Taş Koyanlar</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>70</v>
+        <v>215</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789753387194</t>
+          <t>9786053420408</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Irak Tefsir Ekolü</t>
+          <t>Kahrolsun Böyle Adalet</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>105</v>
+        <v>370</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9799753382778</t>
+          <t>9789753387491</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Vassaf</t>
+          <t>İstiaze Besmele ve Fatiha Tefsiri</t>
         </is>
       </c>
       <c r="C757" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786055413521</t>
+          <t>9789753383356</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Haymatlos</t>
+          <t>İslam Düşüncesinin Tarihsel Gelişimi</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>305</v>
+        <v>335</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9782000105093</t>
+          <t>9789753381901</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Davranış Kazandırma Dizisi Türkçe (10 Kitap Takım)</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>700</v>
+        <v>125</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9782000105463</t>
+          <t>9786053420415</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Davranış Kazandırma Dizisi İngilizce (10 Kitap Takım)</t>
+          <t>İdeal Siyaset İdeal Devlet</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>700</v>
+        <v>230</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789753389495</t>
+          <t>9786055413033</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yıldan Şiirler</t>
+          <t>İntihar ve Roman</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>255</v>
+        <v>440</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789753389938</t>
+          <t>9789753388573</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Ses Gibi</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789753387927</t>
+          <t>9789753387026</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur’an Dili Meali (Küçük Boy) (Ciltli)</t>
+          <t>İdeal İdeoloji ve Milli Ülkü</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789753389334</t>
+          <t>9789757568247</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ölüm</t>
+          <t>İbibik Yuvası</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786055413743</t>
+          <t>9789753387194</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Devrilmiş Padişahlar</t>
+          <t>Irak Tefsir Ekolü</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>160</v>
+        <v>105</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786055413736</t>
+          <t>9799753382778</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Devlerin Fazileti</t>
+          <t>Hüseyin Vassaf</t>
         </is>
       </c>
       <c r="C766" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789753389945</t>
+          <t>9786055413521</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Derdimi Gül Eyledim</t>
+          <t>Haymatlos</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>150</v>
+        <v>305</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789753381673</t>
+          <t>9782000105093</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Değişen Toplum ve Aile</t>
+          <t>Kibarcık Davranış Kazandırma Dizisi Türkçe (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>190</v>
+        <v>700</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789757568216</t>
+          <t>9782000105463</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Değirmenden Gelen Haber</t>
+          <t>Kibarcık Davranış Kazandırma Dizisi İngilizce (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>70</v>
+        <v>700</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789753384605</t>
+          <t>9789753389495</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri 1</t>
+          <t>Kırk Yıldan Şiirler</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>75</v>
+        <v>255</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789753384827</t>
+          <t>9789753389938</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Safahat’tan Hikayeler</t>
+          <t>Karanlıkta Ses Gibi</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>105</v>
+        <v>135</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789753389877</t>
+          <t>9789753387927</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Çile’deki İnsan Necip Fazıl</t>
+          <t>Hak Dini Kur’an Dili Meali (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>175</v>
+        <v>380</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9799753382761</t>
+          <t>9789753389334</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Çavdaroğlu Müfti Derviş Kütahyalı Bir Gönül Eri</t>
+          <t>Güzel Ölüm</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789753380409</t>
+          <t>9786055413743</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler</t>
+          <t>Devrilmiş Padişahlar</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789757568209</t>
+          <t>9786055413736</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Cambazhane Merakı</t>
+          <t>Devlerin Fazileti</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789753382076</t>
+          <t>9789753389945</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Cahit Külebi ve Şiiri</t>
+          <t>Derdimi Gül Eyledim</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789753380072</t>
+          <t>9789753381673</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Küçük Boy Ciltli)</t>
+          <t>Değişen Toplum ve Aile</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>745</v>
+        <v>190</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786053420477</t>
+          <t>9789757568216</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Bir Semaverlik Muhabbet</t>
+          <t>Değirmenden Gelen Haber</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>240</v>
+        <v>70</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789753384384</t>
+          <t>9789753384605</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Bir Cumhuriyet Kadını Şükufe Nihal</t>
+          <t>Dede Korkut Hikayeleri 1</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>345</v>
+        <v>75</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786055413002</t>
+          <t>9789753384827</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Beri Kalan</t>
+          <t>Çocuklara Safahat’tan Hikayeler</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789753387811</t>
+          <t>9789753389877</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Benim Hikayem</t>
+          <t>Çile’deki İnsan Necip Fazıl</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789753383110</t>
+          <t>9799753382761</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Beni Çok Ararsınız</t>
+          <t>Çavdaroğlu Müfti Derviş Kütahyalı Bir Gönül Eri</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>370</v>
+        <v>125</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789753388177</t>
+          <t>9789753380409</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Bekleyen Hikayeler</t>
+          <t>Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786055413132</t>
+          <t>9789757568209</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Başıma Dağlar Düştü</t>
+          <t>Cambazhane Merakı</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>135</v>
+        <v>70</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789753383523</t>
+          <t>9789753382076</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Resim Getirdiler</t>
+          <t>Cahit Külebi ve Şiiri</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>115</v>
+        <v>370</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789753383745</t>
+          <t>9789753380072</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Bağımıza Gazel Düştü Müziğe Dair</t>
+          <t>Büyük İslam İlmihali (Küçük Boy Ciltli)</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>255</v>
+        <v>745</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789753389228</t>
+          <t>9786053420477</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Türk İzleri (3 Cilt) (Ciltli)</t>
+          <t>Bir Semaverlik Muhabbet</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>1315</v>
+        <v>240</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789753382984</t>
+          <t>9789753384384</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Avrupada Hilalin Çocukları</t>
+          <t>Bir Cumhuriyet Kadını Şükufe Nihal</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>190</v>
+        <v>345</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789753384803</t>
+          <t>9786055413002</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Güvenliği</t>
+          <t>Beri Kalan</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>295</v>
+        <v>125</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789753381796</t>
+          <t>9789753387811</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Mali Yardımları ve Türkiye</t>
+          <t>Benim Hikayem</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786053420361</t>
+          <t>9789753383110</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Avare</t>
+          <t>Beni Çok Ararsınız</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>125</v>
+        <v>370</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789753383127</t>
+          <t>9789753388177</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Tutku On Uzun Manzume</t>
+          <t>Bekleyen Hikayeler</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786055413774</t>
+          <t>9786055413132</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Aramızda Kalsın</t>
+          <t>Başıma Dağlar Düştü</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789753381710</t>
+          <t>9789753383523</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası (Orijinal Metin)</t>
+          <t>Bana Bir Resim Getirdiler</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786053420255</t>
+          <t>9789753383745</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Türkleştirilmesi ve İslamlaştırılması</t>
+          <t>Bağımıza Gazel Düştü Müziğe Dair</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>370</v>
+        <v>255</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789753382557</t>
+          <t>9789753389228</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Amak-ı Hayal</t>
+          <t>Avrupa’da Türk İzleri (3 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>115</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789753380065</t>
+          <t>9789753382984</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Ali Fuad Cebesoy</t>
+          <t>Avrupada Hilalin Çocukları</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789753384186</t>
+          <t>9789753384803</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Albatros’un Gölgesi</t>
+          <t>Avrupa Güvenliği</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>305</v>
+        <v>295</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786055413927</t>
+          <t>9789753381796</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Akasyanın Ahı</t>
+          <t>Avrupa Birliği Mali Yardımları ve Türkiye</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>85</v>
+        <v>190</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789753382304</t>
+          <t>9786053420361</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Kutsi Tecer</t>
+          <t>Avare</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>295</v>
+        <v>125</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789753386937</t>
+          <t>9789753383127</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Nar</t>
+          <t>Aşk ve Tutku On Uzun Manzume</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786055413729</t>
+          <t>9786055413774</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Adının Sevda Olma İhtimali Var</t>
+          <t>Aramızda Kalsın</t>
         </is>
       </c>
       <c r="C802" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789757568186</t>
+          <t>9789753381710</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Başını Vermeyen Şehit</t>
+          <t>Araba Sevdası (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789753385435</t>
+          <t>9786053420255</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>16. Asırda Maraş Kazası</t>
+          <t>Anadolu’nun Türkleştirilmesi ve İslamlaştırılması</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>255</v>
+        <v>370</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786055413125</t>
+          <t>9789753382557</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Konulara Göre Mesnevi’den Özdeyişler</t>
+          <t>Amak-ı Hayal</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>190</v>
+        <v>115</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789753388481</t>
+          <t>9789753380065</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Çanakkale Muharebeleri</t>
+          <t>Ali Fuad Cebesoy</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>335</v>
+        <v>370</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789753383530</t>
+          <t>9789753384186</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatından Anne Şiirleri</t>
+          <t>Albatros’un Gölgesi</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>290</v>
+        <v>305</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789753382625</t>
+          <t>9786055413927</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Bektaşi Fıkraları</t>
+          <t>Akasyanın Ahı</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>305</v>
+        <v>85</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789753383363</t>
+          <t>9789753382304</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Ağıtlar</t>
+          <t>Ahmet Kutsi Tecer</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>370</v>
+        <v>295</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789753389815</t>
+          <t>9789753386937</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Ağıt Yakma Geleneği ve Ağıt - Destanlar</t>
+          <t>Ağlayan Nar</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>335</v>
+        <v>160</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786055413712</t>
+          <t>9786055413729</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Tutulumun Son Sınırı</t>
+          <t>Adının Sevda Olma İhtimali Var</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>305</v>
+        <v>160</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789753389969</t>
+          <t>9789757568186</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Tutuklu Yürek</t>
+          <t>Başını Vermeyen Şehit</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>135</v>
+        <v>70</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786055413286</t>
+          <t>9789753385435</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Taşlarla Adsız Yaşamak</t>
+          <t>16. Asırda Maraş Kazası</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>400</v>
+        <v>255</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789753386258</t>
+          <t>9786055413125</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Konuşmalar</t>
+          <t>Konulara Göre Mesnevi’den Özdeyişler</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>85</v>
+        <v>190</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789753389365</t>
+          <t>9789753388481</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Psikolojisi</t>
+          <t>Türk Romanında Çanakkale Muharebeleri</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>230</v>
+        <v>335</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>3990000001860</t>
+          <t>9789753383530</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Tarih Deyimleri ve Terimleri Sözlüğü</t>
+          <t>Türk Edebiyatından Anne Şiirleri</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>255</v>
+        <v>290</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789753382366</t>
+          <t>9789753382625</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Tal’at ve Fitnat</t>
+          <t>Türk Edebiyatında Bektaşi Fıkraları</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>115</v>
+        <v>305</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789753384810</t>
+          <t>9789753383363</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Şiir Dili ve Çevirisi</t>
+          <t>Türk Edebiyatında Ağıtlar</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>125</v>
+        <v>370</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789753388221</t>
+          <t>9789753389815</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Öğretmen Kimliğiyle Behçet Necatigil</t>
+          <t>Türk Edebiyatında Ağıt Yakma Geleneği ve Ağıt - Destanlar</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>105</v>
+        <v>335</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789753383158</t>
+          <t>9786055413712</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Suah-ı Gaybi</t>
+          <t>Tutulumun Son Sınırı</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>175</v>
+        <v>305</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789753389587</t>
+          <t>9789753389969</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Son Köylü - Kulübe - Sağlık Olsun</t>
+          <t>Tutuklu Yürek</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9799753386134</t>
+          <t>9786055413286</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Seydi Yahya Türk Tiyatrosu Serisi</t>
+          <t>Taşlarla Adsız Yaşamak</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789753387705</t>
+          <t>9789753386258</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt (Sadeleştirilmiş Metin)</t>
+          <t>Tasavvufi Konuşmalar</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789753381918</t>
+          <t>9789753389365</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Tasavvuf Psikolojisi</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789753389471</t>
+          <t>3990000001860</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Sarkaç</t>
+          <t>Tarih Deyimleri ve Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>115</v>
+        <v>255</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786055413439</t>
+          <t>9789753382366</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Sarılsam Üşür Müsün</t>
+          <t>Taaşşuk-ı Tal’at ve Fitnat</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>85</v>
+        <v>115</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9799753386141</t>
+          <t>9789753384810</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Sansar</t>
+          <t>Şiir Dili ve Çevirisi</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789753382878</t>
+          <t>9789753388221</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Edebiyat Konuşmaları</t>
+          <t>Şair ve Öğretmen Kimliğiyle Behçet Necatigil</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>230</v>
+        <v>105</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786055413118</t>
+          <t>9789753383158</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Saatname</t>
+          <t>Suah-ı Gaybi</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>440</v>
+        <v>175</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789757568452</t>
+          <t>9789753389587</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Saat 24’te Saksafon Dersi</t>
+          <t>Son Köylü - Kulübe - Sağlık Olsun</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>115</v>
+        <v>160</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789753389419</t>
+          <t>9799753386134</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Romancı Yönüyle Atilla İlhan</t>
+          <t>Seydi Yahya Türk Tiyatrosu Serisi</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>450</v>
+        <v>135</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789753384407</t>
+          <t>9789753387705</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Primo Türk Çocuğu</t>
+          <t>Sergüzeşt (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789753384148</t>
+          <t>9789753381918</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Sait Faik ve İnsan</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>305</v>
+        <v>125</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789753389914</t>
+          <t>9789753389471</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Roman / Tanım - Tarihçe - Teknik</t>
+          <t>Sarkaç</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>190</v>
+        <v>115</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789753387002</t>
+          <t>9786055413439</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Ord. Prof. Dr. M. Fuad Köprülü’nün İlmi Hayatı ve Tarihçiliği</t>
+          <t>Sarılsam Üşür Müsün</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>335</v>
+        <v>85</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786055413392</t>
+          <t>9799753386141</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Onaltıncı Yüzyıl Tezkirelerinde Şairin Dünyası</t>
+          <t>Sansar</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>485</v>
+        <v>105</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789753387538</t>
+          <t>9789753382878</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kutlu ve Yoksulluk İçimizde</t>
+          <t>Sanat ve Edebiyat Konuşmaları</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789753386197</t>
+          <t>9786055413118</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Metin Tahlillerine Giriş 2</t>
+          <t>Saatname</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789753385978</t>
+          <t>9789757568452</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Metin Tahlillerine Giriş 1 - Şiir</t>
+          <t>Saat 24’te Saksafon Dersi</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>305</v>
+        <v>115</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789753382489</t>
+          <t>9789753389419</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Masal Araştırmaları</t>
+          <t>Romancı Yönüyle Atilla İlhan</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789753384049</t>
+          <t>9789753384407</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Manas Destanı</t>
+          <t>Primo Türk Çocuğu</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>370</v>
+        <v>70</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789753380492</t>
+          <t>9789753384148</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Taşra Hayatına İlişkin Olaylar</t>
+          <t>Sait Faik ve İnsan</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>230</v>
+        <v>305</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789753382731</t>
+          <t>9789753389914</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiir Tarihi (3-5)</t>
+          <t>Roman / Tanım - Tarihçe - Teknik</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>505</v>
+        <v>190</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786053423591</t>
+          <t>9789753387002</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Düşünce Dünyası</t>
+          <t>Ord. Prof. Dr. M. Fuad Köprülü’nün İlmi Hayatı ve Tarihçiliği</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>295</v>
+        <v>335</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786053420347</t>
+          <t>9786055413392</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Diplomasisinde Oryantalist Memurlar</t>
+          <t>Onaltıncı Yüzyıl Tezkirelerinde Şairin Dünyası</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>160</v>
+        <v>485</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786055413996</t>
+          <t>9789753387538</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Orhun Abideleri</t>
+          <t>Mustafa Kutlu ve Yoksulluk İçimizde</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786053420101</t>
+          <t>9789753386197</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Nesir Türleri</t>
+          <t>Metin Tahlillerine Giriş 2</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>295</v>
+        <v>400</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789753383301</t>
+          <t>9789753385978</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Nedim Hayatı - Eserleri - Sanatı</t>
+          <t>Metin Tahlillerine Giriş 1 - Şiir</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>160</v>
+        <v>305</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789753382649</t>
+          <t>9789753382489</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Naili</t>
+          <t>Masal Araştırmaları</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>215</v>
+        <v>370</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789753389846</t>
+          <t>9789753384049</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Nabi Divanı (2 Kitap Takım)</t>
+          <t>Manas Destanı</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>1220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786055413507</t>
+          <t>9789753380492</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Yüzyıl</t>
+          <t>Osmanlı Taşra Hayatına İlişkin Olaylar</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786055413484</t>
+          <t>9789753382731</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Süleyman</t>
+          <t>Osmanlı Şiir Tarihi (3-5)</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>370</v>
+        <v>505</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789753389747</t>
+          <t>9786053423591</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Şiirinde Aşk Ölüm ve İntihar</t>
+          <t>Osmanlı Düşünce Dünyası</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789753382014</t>
+          <t>9786053420347</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Menemencioğulları Tarihi</t>
+          <t>Osmanlı Diplomasisinde Oryantalist Memurlar</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789753388214</t>
+          <t>9786055413996</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif ve Cemiyetimiz</t>
+          <t>Orhun Abideleri</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789753383141</t>
+          <t>9786053420101</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Rauf</t>
+          <t>Nesir Türleri</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>335</v>
+        <v>295</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789753387101</t>
+          <t>9789753383301</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Manilerimiz ve Trabzon Manileri</t>
+          <t>Nedim Hayatı - Eserleri - Sanatı</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789753387880</t>
+          <t>9789753382649</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Naili</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>335</v>
+        <v>215</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789753381789</t>
+          <t>9789753389846</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>M. Kaya Bilgegil’in Makaleleri</t>
+          <t>Nabi Divanı (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>505</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789753382830</t>
+          <t>9786055413507</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Latifi Tezkiresi</t>
+          <t>Muhteşem Yüzyıl</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789753384247</t>
+          <t>9786055413484</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Uygulamalı Halk Bilimi</t>
+          <t>Muhteşem Süleyman</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789753388948</t>
+          <t>9789753389747</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Kumuk Halk Şairi Yırçı Kazak</t>
+          <t>Modern Türk Şiirinde Aşk Ölüm ve İntihar</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>255</v>
+        <v>345</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789753382052</t>
+          <t>9789753382014</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Koçi Bey Risalesi</t>
+          <t>Menemencioğulları Tarihi</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>345</v>
+        <v>290</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789753382212</t>
+          <t>9789753388214</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Lale</t>
+          <t>Mehmet Akif ve Cemiyetimiz</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789753388665</t>
+          <t>9789753383141</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Edebi Tenkit</t>
+          <t>Mehmed Rauf</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>255</v>
+        <v>335</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789753387392</t>
+          <t>9789753387101</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiiri Araştırmaları</t>
+          <t>Manilerimiz ve Trabzon Manileri</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789753383592</t>
+          <t>9789753387880</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Türk Şiiri İncelemeleri</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>250</v>
+        <v>335</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786055413514</t>
+          <t>9789753381789</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Kanuni - Dünyanın Mimarı</t>
+          <t>M. Kaya Bilgegil’in Makaleleri</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>230</v>
+        <v>505</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789753382281</t>
+          <t>9789753382830</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Kamıran Birand Külliyatı</t>
+          <t>Latifi Tezkiresi</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>215</v>
+        <v>450</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789753382632</t>
+          <t>9789753384247</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Kahvename</t>
+          <t>Küreselleşme ve Uygulamalı Halk Bilimi</t>
         </is>
       </c>
       <c r="C870" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789753382021</t>
+          <t>9789753388948</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>İslamda Sanat Sanatta İslam (Ciltli)</t>
+          <t>Kumuk Halk Şairi Yırçı Kazak</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>370</v>
+        <v>255</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789753387248</t>
+          <t>9789753382052</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Türk Hukuk Tarihi Araştırmaları ve Vakıf Müessesesi</t>
+          <t>Koçi Bey Risalesi</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>335</v>
+        <v>345</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786053420132</t>
+          <t>9789753382212</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hata Yapar</t>
+          <t>Klasik Türk Şiirinde Lale</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>115</v>
+        <v>190</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789753383707</t>
+          <t>9789753388665</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>İkaros’un Yeni Yüzü Cahit Sıtkı Tarancı</t>
+          <t>Klasik Türk Şiirinde Edebi Tenkit</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>345</v>
+        <v>255</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789753386265</t>
+          <t>9789753387392</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal ve Abdülhak Hamid</t>
+          <t>Klasik Türk Şiiri Araştırmaları</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>190</v>
+        <v>440</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789753384254</t>
+          <t>9789753383592</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>İrfanı Arzulayan Sözler Tekerlemeler</t>
+          <t>Klasik Dönem Türk Şiiri İncelemeleri</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>305</v>
+        <v>250</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789753389488</t>
+          <t>9786055413514</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Özlem Yokuşları</t>
+          <t>Kanuni - Dünyanın Mimarı</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>105</v>
+        <v>230</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789753383738</t>
+          <t>9789753382281</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Konulu Tefsir</t>
+          <t>Kamıran Birand Külliyatı</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>230</v>
+        <v>215</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9782000075623</t>
+          <t>9789753382632</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin 10 Kitap Takım</t>
+          <t>Kahvename</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>700</v>
+        <v>190</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786053420279</t>
+          <t>9789753382021</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Ölmeye Vatan Yahşi</t>
+          <t>İslamda Sanat Sanatta İslam (Ciltli)</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789753388313</t>
+          <t>9789753387248</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Türk Saz Şiiri Antolojisi</t>
+          <t>İslam ve Türk Hukuk Tarihi Araştırmaları ve Vakıf Müessesesi</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>440</v>
+        <v>335</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789753389709</t>
+          <t>9786053420132</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Felsefi Açılımlar</t>
+          <t>İnsan Hata Yapar</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>605</v>
+        <v>115</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789753384278</t>
+          <t>9789753383707</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisi Tarihi</t>
+          <t>İkaros’un Yeni Yüzü Cahit Sıtkı Tarancı</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>485</v>
+        <v>345</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789753388856</t>
+          <t>9789753386265</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Türk Lehçeleri Grameri (Ciltli)</t>
+          <t>Namık Kemal ve Abdülhak Hamid</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>1260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789753387019</t>
+          <t>9789753384254</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Ad Verme</t>
+          <t>İrfanı Arzulayan Sözler Tekerlemeler</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>230</v>
+        <v>305</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789753381826</t>
+          <t>9789753389488</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültür ve Edebiyatından 2 - Şahsiyetler</t>
+          <t>Özlem Yokuşları</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>485</v>
+        <v>105</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789753384865</t>
+          <t>9789753383738</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Tarihine Eleştirel Bir Yaklaşım Maziden Atiye</t>
+          <t>Örneklerle Konulu Tefsir</t>
         </is>
       </c>
       <c r="C887" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786055413293</t>
+          <t>9782000075623</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Türk Halkbilimi - Türk Dili ve Potikası - Türk Fikir Hayatı</t>
+          <t>Ömer Seyfettin 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>335</v>
+        <v>700</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789753384834</t>
+          <t>9786053420279</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Türk Gölge Oyunu Karagöz</t>
+          <t>Ölmeye Vatan Yahşi</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>305</v>
+        <v>190</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789753383288</t>
+          <t>9789753388313</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Mu’amma</t>
+          <t>Türk Saz Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>190</v>
+        <v>440</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789753389648</t>
+          <t>9789753389709</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Manzum Poetikalar</t>
+          <t>Türk Romanında Felsefi Açılımlar</t>
         </is>
       </c>
       <c r="C891" s="1">
         <v>605</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789753383561</t>
+          <t>9789753384278</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Edebiyatı</t>
+          <t>Türk Musikisi Tarihi</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>160</v>
+        <v>485</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789753388696</t>
+          <t>9789753388856</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Hece - Aruz Tartışmaları</t>
+          <t>Türk Lehçeleri Grameri (Ciltli)</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>305</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9799753385205</t>
+          <t>9789753387019</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında Ekonomik Gelişmeler ve Türkiye - AB İlişkileri</t>
+          <t>Türk Kültüründe Ad Verme</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>305</v>
+        <v>230</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789753380003</t>
+          <t>9789753381826</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Üzerine İncelemeler</t>
+          <t>Türk Kültür ve Edebiyatından 2 - Şahsiyetler</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>380</v>
+        <v>485</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789753383295</t>
+          <t>9789753384865</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Halk Biliminde Yöntem Sorunları</t>
+          <t>Türk İslam Tarihine Eleştirel Bir Yaklaşım Maziden Atiye</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>135</v>
+        <v>230</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789753387293</t>
+          <t>9786055413293</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Edebiyatları Roman-1</t>
+          <t>Türk Halkbilimi - Türk Dili ve Potikası - Türk Fikir Hayatı</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>255</v>
+        <v>335</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789753389273</t>
+          <t>9789753384834</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Türk Din Musikisi</t>
+          <t>Türk Gölge Oyunu Karagöz</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>255</v>
+        <v>305</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789753389761</t>
+          <t>9789753383288</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Üzerine Makaleler</t>
+          <t>Türk Edebiyatında Mu’amma</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786055413071</t>
+          <t>9789753389648</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Üzerine İncelemeler</t>
+          <t>Türk Edebiyatında Manzum Poetikalar</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>400</v>
+        <v>605</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789753383882</t>
+          <t>9789753383561</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro ve Canlandırma</t>
+          <t>Türk Halk Edebiyatı</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>255</v>
+        <v>160</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789753386289</t>
+          <t>9789753388696</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Tıva Kahramanlık Destanları 2</t>
+          <t>Türk Edebiyatında Hece - Aruz Tartışmaları</t>
         </is>
       </c>
       <c r="C902" s="1">
         <v>305</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9789753385886</t>
+          <t>9799753385205</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret</t>
+          <t>Türk Dünyasında Ekonomik Gelişmeler ve Türkiye - AB İlişkileri</t>
         </is>
       </c>
       <c r="C903" s="1">
         <v>305</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789753388801</t>
+          <t>9789753380003</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Nedret Gürcan - Taşrada Şiire Tutunmak</t>
+          <t>Türk Dünyası Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>335</v>
+        <v>380</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789753384179</t>
+          <t>9789753383295</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Taşeli Masalları</t>
+          <t>Türk Dünyası Halk Biliminde Yöntem Sorunları</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>440</v>
+        <v>135</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786055413705</t>
+          <t>9789753387293</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Türk Atasözlerine Psikolojik Yaklaşımlar</t>
+          <t>Türk Dünyası Edebiyatları Roman-1</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>305</v>
+        <v>255</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789753385442</t>
+          <t>9789753389273</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Roman Üzerine</t>
+          <t>Türk Din Musikisi</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789753389822</t>
+          <t>9789753389761</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi</t>
+          <t>Türk Dili Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789753382106</t>
+          <t>9786055413071</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Şubat Yolcusu</t>
+          <t>Türk Dili Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>560</v>
+        <v>400</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789753387781</t>
+          <t>9789753383882</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Şor Kahramanlık Destanları</t>
+          <t>Tiyatro ve Canlandırma</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>440</v>
+        <v>255</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9789753385855</t>
+          <t>9789753386289</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Şinasi</t>
+          <t>Tıva Kahramanlık Destanları 2</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>215</v>
+        <v>305</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789753385916</t>
+          <t>9789753385886</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Şeyhi Divanı’nı Tetkik</t>
+          <t>Tevfik Fikret</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>335</v>
+        <v>305</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9799753385922</t>
+          <t>9789753388801</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Seçme Atasözleri ve Eleştirmeli Açıklamaları</t>
+          <t>Nedret Gürcan - Taşrada Şiire Tutunmak</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>305</v>
+        <v>335</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786055413965</t>
+          <t>9789753384179</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Sarmatlar</t>
+          <t>Taşeli Masalları</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786053420293</t>
+          <t>9786055413705</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Samiha Ayverdi’nin Romancılığı</t>
+          <t>Türk Atasözlerine Psikolojik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>440</v>
+        <v>305</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789753385480</t>
+          <t>9789753385442</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Eyuboğlu ve Türk Şiiri</t>
+          <t>Tarihsel Roman Üzerine</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789753389037</t>
+          <t>9789753389822</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Romanda Türkiye Dışındaki Türk Dünyası</t>
+          <t>Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786055413637</t>
+          <t>9789753382106</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Roman ve Hukuk</t>
+          <t>Şubat Yolcusu</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>335</v>
+        <v>560</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789753385145</t>
+          <t>9789753387781</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Roman ve Gerçeklik Bağlamında Kültür Değişmeleri ve Servet-i Fünun Romanı</t>
+          <t>Şor Kahramanlık Destanları</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>370</v>
+        <v>440</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789753385954</t>
+          <t>9789753385855</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Roman Teorisi</t>
+          <t>Şinasi</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>400</v>
+        <v>215</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9799753385861</t>
+          <t>9789753385916</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Refik Halit Karay</t>
+          <t>Şeyhi Divanı’nı Tetkik</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>255</v>
+        <v>335</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789753384445</t>
+          <t>9799753385922</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Recai-zade Mahmud Ekrem</t>
+          <t>Seçme Atasözleri ve Eleştirmeli Açıklamaları</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>215</v>
+        <v>305</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786053420354</t>
+          <t>9786055413965</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Leyla Karahan Armağanı (Ciltli)</t>
+          <t>Sarmatlar</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>705</v>
+        <v>160</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9799753386714</t>
+          <t>9786053420293</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Örnekli Hakasça - Türkçe Sözlük</t>
+          <t>Samiha Ayverdi’nin Romancılığı</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789753386722</t>
+          <t>9789753385480</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Bugünkü Türk Alfabeleri</t>
+          <t>Sabahattin Eyuboğlu ve Türk Şiiri</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>305</v>
+        <v>160</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789753389068</t>
+          <t>9789753389037</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle 20. Esr Azerbaycan Edebiyatı</t>
+          <t>Romanda Türkiye Dışındaki Türk Dünyası</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>505</v>
+        <v>400</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789757568179</t>
+          <t>9786055413637</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Devlet Ağacı</t>
+          <t>Roman ve Hukuk</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>70</v>
+        <v>335</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789753387910</t>
+          <t>9789753385145</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur’an Dili Meali (Orta Boy) (Ciltli)</t>
+          <t>Roman ve Gerçeklik Bağlamında Kültür Değişmeleri ve Servet-i Fünun Romanı</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>645</v>
+        <v>370</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9782000260023</t>
+          <t>9789753385954</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Hakan’ın Okuma Serisi (10 Kitap)</t>
+          <t>Roman Teorisi</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>485</v>
+        <v>400</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789753387415</t>
+          <t>9799753385861</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur’an Dili Meali (Hafız Boy) (Ciltli)</t>
+          <t>Refik Halit Karay</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>450</v>
+        <v>255</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786053420286</t>
+          <t>9789753384445</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş Veli ve Bektaşilik</t>
+          <t>Recai-zade Mahmud Ekrem</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>440</v>
+        <v>215</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789753389617</t>
+          <t>9786053420354</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Gözümün Nuru Hz. Muhammed (s.a.s)</t>
+          <t>Prof. Dr. Leyla Karahan Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>255</v>
+        <v>705</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789753386913</t>
+          <t>9799753386714</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Fırtınayla Gelen Kız</t>
+          <t>Örnekli Hakasça - Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786053420422</t>
+          <t>9789753386722</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Fesat Yuvası</t>
+          <t>Örneklerle Bugünkü Türk Alfabeleri</t>
         </is>
       </c>
       <c r="C934" s="1">
         <v>305</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789753381697</t>
+          <t>9789753389068</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Örneklerle 20. Esr Azerbaycan Edebiyatı</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>115</v>
+        <v>505</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789753389570</t>
+          <t>9789757568179</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Eski Çarıklar - Enver Paşa ve Büyük Ümitler - Aile Bağları</t>
+          <t>Devlet Ağacı</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789753382380</t>
+          <t>9789753387910</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Esaret</t>
+          <t>Hak Dini Kur’an Dili Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>75</v>
+        <v>645</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789753389402</t>
+          <t>9782000260023</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Enis Behiç Koryürek’ten Budapeşte’ye Mektuplar</t>
+          <t>Hakan’ın Okuma Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>295</v>
+        <v>485</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789753382847</t>
+          <t>9789753387415</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Emir Buhari</t>
+          <t>Hak Dini Kur’an Dili Meali (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9789753389198</t>
+          <t>9786053420286</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Elazığ Harput Müziği</t>
+          <t>Hacı Bektaş Veli ve Bektaşilik</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>560</v>
+        <v>440</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786055413156</t>
+          <t>9789753389617</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dünyamızdan Hoş Sedalar 3</t>
+          <t>Gözümün Nuru Hz. Muhammed (s.a.s)</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786055413477</t>
+          <t>9789753386913</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Duvarın Öte Yanı</t>
+          <t>Fırtınayla Gelen Kız</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789757568551</t>
+          <t>9786053420422</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Dönüş Acıları</t>
+          <t>Fesat Yuvası</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>215</v>
+        <v>305</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786055413149</t>
+          <t>9789753381697</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde Cehalet</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>440</v>
+        <v>115</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789753385114</t>
+          <t>9789753389570</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Ed-Dürretü’l-Muddiye / Fi’l-Lügati’t-Türkiyye</t>
+          <t>Eski Çarıklar - Enver Paşa ve Büyük Ümitler - Aile Bağları</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786055414122</t>
+          <t>9789753382380</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Şiirinde Rubai</t>
+          <t>Esaret</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>190</v>
+        <v>75</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786053427438</t>
+          <t>9789753389402</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Enis Behiç Koryürek’ten Budapeşte’ye Mektuplar</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>115</v>
+        <v>295</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786053427025</t>
+          <t>9789753382847</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Anladı Beni</t>
+          <t>Emir Buhari</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>115</v>
+        <v>250</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786053422150</t>
+          <t>9789753389198</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Mevlana - Mesnevi - Seçmeler</t>
+          <t>Elazığ Harput Müziği</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>690</v>
+        <v>560</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789753382045</t>
+          <t>9786055413156</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Halk Hikayelerinin Motif Yapısı</t>
+          <t>Edebiyat Dünyamızdan Hoş Sedalar 3</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789753380843</t>
+          <t>9786055413477</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatında Nazım Cilt: 2</t>
+          <t>Duvarın Öte Yanı</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>470</v>
+        <v>135</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789753380416</t>
+          <t>9789757568551</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı Tarihi</t>
+          <t>Dönüş Acıları</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>400</v>
+        <v>215</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789753388962</t>
+          <t>9786055413149</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Önsözler</t>
+          <t>Divan Şiirinde Cehalet</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>505</v>
+        <v>440</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789753383417</t>
+          <t>9789753385114</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Yazılı ve Sözlü Anlatım</t>
+          <t>Ed-Dürretü’l-Muddiye / Fi’l-Lügati’t-Türkiyye</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789753382793</t>
+          <t>9786055414122</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Söz Dizimi</t>
+          <t>Cumhuriyet Dönemi Türk Şiirinde Rubai</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789753380836</t>
+          <t>9786053427438</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatında Nazım 1</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>490</v>
+        <v>115</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789753389785</t>
+          <t>9786053427025</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinin Arka Bahçesi</t>
+          <t>Bir Şiir Anladı Beni</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>240</v>
+        <v>115</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789753381055</t>
+          <t>9786053422150</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Paşa</t>
+          <t>Mevlana - Mesnevi - Seçmeler</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>205</v>
+        <v>690</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789753383608</t>
+          <t>9789753382045</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Batı Edebiyatında Edebi Akımlar</t>
+          <t>Halk Hikayelerinin Motif Yapısı</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9789753383400</t>
+          <t>9789753380843</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Felsefesi</t>
+          <t>Eski Türk Edebiyatında Nazım Cilt: 2</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>240</v>
+        <v>470</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789753380485</t>
+          <t>9789753380416</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalar ve Örneklerle Edebi Sanatlar</t>
+          <t>Eski Türk Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>305</v>
+        <v>400</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789753387989</t>
+          <t>9789753388962</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Yeni Türk Edebiyatında Önsözler</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>180</v>
+        <v>505</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789753388108</t>
+          <t>9789753383417</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Yazılı ve Sözlü Anlatım</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789753385084</t>
+          <t>9789753382793</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Aşık Veysel Türküz Türkü Çağırırız</t>
+          <t>Türkçede Söz Dizimi</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>255</v>
+        <v>205</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789753383516</t>
+          <t>9789753380836</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı</t>
+          <t>Eski Türk Edebiyatında Nazım 1</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786055413644</t>
+          <t>9789753389785</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Paleografyası ve Osmanlı Diplomatikası</t>
+          <t>Divan Şiirinin Arka Bahçesi</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>585</v>
+        <v>240</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789753382564</t>
+          <t>9789753381055</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Nabi</t>
+          <t>Ahmet Paşa</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786055413958</t>
+          <t>9789753383608</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>İskitler</t>
+          <t>Batı Edebiyatında Edebi Akımlar</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789753384759</t>
+          <t>9789753383400</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Epik Destan Geleneği</t>
+          <t>Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789753385152</t>
+          <t>9789753380485</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Servet-i Fünun’da Edebi Tenkit</t>
+          <t>Açıklamalar ve Örneklerle Edebi Sanatlar</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>220</v>
+        <v>305</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789753381833</t>
+          <t>9789753387989</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Dersleri 2</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786053427339</t>
+          <t>9789753388108</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Alaeddin Gaybi Kaygusuz Abdal - Gülistan</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>580</v>
+        <v>140</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786053428602</t>
+          <t>9789753385084</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Göç Yollarında</t>
+          <t>Aşık Veysel Türküz Türkü Çağırırız</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>180</v>
+        <v>255</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786053428671</t>
+          <t>9789753383516</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Çağatay Türkçesinde Mental Fiiller</t>
+          <t>Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786053428633</t>
+          <t>9786055413644</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Kökteşler Sözlüğü 3 Cilt Takım</t>
+          <t>Osmanlı Paleografyası ve Osmanlı Diplomatikası</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>3600</v>
+        <v>585</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786053428596</t>
+          <t>9789753382564</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Ruz-Name</t>
+          <t>Nabi</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>255</v>
+        <v>170</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786053428626</t>
+          <t>9786055413958</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Gazeteci Yazar Barbaros Baykara</t>
+          <t>İskitler</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786053428572</t>
+          <t>9789753384759</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Nesne</t>
+          <t>Türk Dünyası Epik Destan Geleneği</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>508</v>
+        <v>360</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786053428619</t>
+          <t>9789753385152</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Göç Kadın Yoksulluk</t>
+          <t>Servet-i Fünun’da Edebi Tenkit</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>310</v>
+        <v>220</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786053428589</t>
+          <t>9789753381833</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Çürüme(k) Tegayyür - Murathan Mungan Şiiri</t>
+          <t>Osmanlıca Dersleri 2</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789753387224</t>
+          <t>9786053427339</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Alaeddin Gaybi Kaygusuz Abdal - Gülistan</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>110</v>
+        <v>580</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9799753386127</t>
+          <t>9786053428602</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Vatan Etmek</t>
+          <t>Göç Yollarında</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9789753388191</t>
+          <t>9786053428671</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi</t>
+          <t>Çağatay Türkçesinde Mental Fiiller</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>410</v>
+        <v>360</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786055413606</t>
+          <t>9786053428633</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Manevi Mimarları</t>
+          <t>Türkçenin Kökteşler Sözlüğü 3 Cilt Takım</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>190</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786055413354</t>
+          <t>9786053428596</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Türk Zaferleri</t>
+          <t>Ruz-Name</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789753387347</t>
+          <t>9786053428626</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler</t>
+          <t>Gazeteci Yazar Barbaros Baykara</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>255</v>
+        <v>360</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9789753388764</t>
+          <t>9786053428572</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif Ersoy’dan Seçmeler</t>
+          <t>Kayıp Nesne</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>190</v>
+        <v>508</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786055413576</t>
+          <t>9786053428619</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Susma Sanatı</t>
+          <t>Göç Kadın Yoksulluk</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789753387125</t>
+          <t>9786053428589</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Çürüme(k) Tegayyür - Murathan Mungan Şiiri</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>205</v>
+        <v>280</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789753380348</t>
+          <t>9789753387224</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9789753386203</t>
+          <t>9799753386127</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Risaletü’n - Nushıyye</t>
+          <t>Vatan Etmek</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>215</v>
+        <v>165</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789753387231</t>
+          <t>9789753388191</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Seçme Hikayeler</t>
+          <t>Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>150</v>
+        <v>410</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9789753387316</t>
+          <t>9786055413606</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Osmanlı’nın Manevi Mimarları</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786053420767</t>
+          <t>9786055413354</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Sultan Genç Osman'ın Gözyaşları</t>
+          <t>Muhteşem Türk Zaferleri</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789753389549</t>
+          <t>9789753387347</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Kurşunlanan Türkoloji</t>
+          <t>Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>605</v>
+        <v>255</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9789753381475</t>
+          <t>9789753388764</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Niğbolu'da</t>
+          <t>Mehmed Akif Ersoy’dan Seçmeler</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>105</v>
+        <v>190</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789753388986</t>
+          <t>9786055413576</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Yaratıcı Drama</t>
+          <t>Susma Sanatı</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>415</v>
+        <v>230</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786053428480</t>
+          <t>9789753387125</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Yabancılaşma</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>585</v>
+        <v>205</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786053428497</t>
+          <t>9789753380348</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>İdil-Ural Boylarında Başkurt Türkleri</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786053428459</t>
+          <t>9789753386203</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ’dan Modern Çağ’a At</t>
+          <t>Yunus Emre - Risaletü’n - Nushıyye</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>645</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786053428015</t>
+          <t>9789753387231</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Dili</t>
+          <t>Ömer Seyfettin’den Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>415</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786053428442</t>
+          <t>9789753387316</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Karşılaştırmalı Edebiyat Çalışmaları 3</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>345</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786053428466</t>
+          <t>9786053420767</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Erguvan Kanatlı Söz’ler</t>
+          <t>Sultan Genç Osman'ın Gözyaşları</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>415</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786053428503</t>
+          <t>9789753389549</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçenin İzinde II</t>
+          <t>Kurşunlanan Türkoloji</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>415</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786053428435</t>
+          <t>9789753381475</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Sarf-ı Türki</t>
+          <t>Yıldırım Niğbolu'da</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>290</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786053428473</t>
+          <t>9789753388986</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Anlatının Sınırlarında Pınar Kür Romancılığı</t>
+          <t>Eğitimde Yaratıcı Drama</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>475</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786053428404</t>
+          <t>9786053428480</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Malik Hikayeti</t>
+          <t>Türk Romanında Yabancılaşma</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>210</v>
+        <v>585</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786053428060</t>
+          <t>9786053428497</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Yusuf U Zeliha</t>
+          <t>İdil-Ural Boylarında Başkurt Türkleri</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>780</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786053428039</t>
+          <t>9786053428459</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Edebiyatı</t>
+          <t>Eski Çağ’dan Modern Çağ’a At</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>240</v>
+        <v>645</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786053428398</t>
+          <t>9786053428015</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Vatikan Kütüphanesi’ne Kayıtlı Osmanlı Türkçesiyle Yazılmış Bir Mecmuadaki Tıp Metinleri</t>
+          <t>Yeni Türk Dili</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>330</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786053427995</t>
+          <t>9786053428442</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Tematik Roman İncelemeleri 2</t>
+          <t>Kuramdan Uygulamaya Karşılaştırmalı Edebiyat Çalışmaları 3</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>340</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786053427988</t>
+          <t>9786053428466</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Tematik Roman İncelemeleri 1</t>
+          <t>Erguvan Kanatlı Söz’ler</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>370</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786053428381</t>
+          <t>9786053428503</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi</t>
+          <t>Eski Türkçenin İzinde II</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>450</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786053428350</t>
+          <t>9786053428435</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Rus Dışişleri Bakanlığının Raporları Işığında Osmanlı Devleti’nin Nüfusu</t>
+          <t>Sarf-ı Türki</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786053428022</t>
+          <t>9786053428473</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Uzlaşma Kültürü</t>
+          <t>Anlatının Sınırlarında Pınar Kür Romancılığı</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786053428046</t>
+          <t>9786053428404</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl Kısakürek’in Şiirlerinde Kronotopsal İmgelem</t>
+          <t>Malik Hikayeti</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>370</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786053428008</t>
+          <t>9786053428060</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Dağlar</t>
+          <t>Yusuf U Zeliha</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>625</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786053427926</t>
+          <t>9786053428039</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Kayseri! Kayseri!</t>
+          <t>Türk Dünyası Edebiyatı</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786053427964</t>
+          <t>9786053428398</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Hep İle Hiç Arasında Türk Romanında Savaş</t>
+          <t>Vatikan Kütüphanesi’ne Kayıtlı Osmanlı Türkçesiyle Yazılmış Bir Mecmuadaki Tıp Metinleri</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>530</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786053427902</t>
+          <t>9786053427995</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Türk Mahalli Fıkra Tipleri Üzerine Araştırmalar</t>
+          <t>Tematik Roman İncelemeleri 2</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>325</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786053427940</t>
+          <t>9786053427988</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>101 Dünya Efsanesi</t>
+          <t>Tematik Roman İncelemeleri 1</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786053427919</t>
+          <t>9786053428381</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Türk Lehçelerinin Ses Bilgisi</t>
+          <t>Osmanlı Türkçesi</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>580</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786053427544</t>
+          <t>9786053428350</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Yozgat Tarihi 4 Cilt Takım (Ciltli)</t>
+          <t>Rus Dışişleri Bakanlığının Raporları Işığında Osmanlı Devleti’nin Nüfusu</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>6615</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786053427889</t>
+          <t>9786053428022</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Siret Özsever Bağ Bozumu</t>
+          <t>Uzlaşma Kültürü</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786053427872</t>
+          <t>9786053428046</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Hoca Ahmet Yesevi</t>
+          <t>Necip Fazıl Kısakürek’in Şiirlerinde Kronotopsal İmgelem</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786053427865</t>
+          <t>9786053428008</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Şiirinde Göç</t>
+          <t>Klasik Türk Şiirinde Dağlar</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>370</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786053427742</t>
+          <t>9786053427926</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Gel Zaman Git Zaman</t>
+          <t>Kayseri! Kayseri!</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>640</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786053427759</t>
+          <t>9786053427964</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Aişe Baüniyye ve Tasavvufi Görüşleri</t>
+          <t>Hep İle Hiç Arasında Türk Romanında Savaş</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>320</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786053427711</t>
+          <t>9786053427902</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Seçkin Örneklerle Anadolu İrfanı</t>
+          <t>Türk Mahalli Fıkra Tipleri Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786053427735</t>
+          <t>9786053427940</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Tahkiyeden Modern Anlatıya</t>
+          <t>101 Dünya Efsanesi</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786053427728</t>
+          <t>9786053427919</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Değerler Açısından Kaşkay Türkleri</t>
+          <t>Tarihi Türk Lehçelerinin Ses Bilgisi</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>165</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786053427704</t>
+          <t>9786053427544</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Mevlana İle Hayat Ve Şehir</t>
+          <t>Yozgat Tarihi 4 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>260</v>
+        <v>6615</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786053427681</t>
+          <t>9786053427889</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Araştırmaları 8</t>
+          <t>Hüseyin Siret Özsever Bağ Bozumu</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786053427636</t>
+          <t>9786053427872</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Karşılaştırmalı Edebiyat Çalışmaları 2</t>
+          <t>Türk Romanında Hoca Ahmet Yesevi</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786053427650</t>
+          <t>9786053427865</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Harezm Türkçesi Fal Kitabı</t>
+          <t>Cumhuriyet Dönemi Türk Şiirinde Göç</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>555</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786053427643</t>
+          <t>9786053427742</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Hoca Tahsin Efendi Aklamü’l-Akvam</t>
+          <t>Gel Zaman Git Zaman</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>320</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786053427629</t>
+          <t>9786053427759</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Şehriyar'ın Heyder Baba'ya Selam Şiirine Türkiye'de Yazılan Nazireler</t>
+          <t>Aişe Baüniyye ve Tasavvufi Görüşleri</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786053427612</t>
+          <t>9786053427711</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>İran İslam Cumhuriyeti'nde Kimlik İnşası Süreci Ve Mehdilik</t>
+          <t>Seçkin Örneklerle Anadolu İrfanı</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786053427605</t>
+          <t>9786053427735</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Kültürün Metalaşması Sorunu</t>
+          <t>Geleneksel Tahkiyeden Modern Anlatıya</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786053427490</t>
+          <t>9786053427728</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Buhurumeryem</t>
+          <t>Kültürel Değerler Açısından Kaşkay Türkleri</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>440</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786053427513</t>
+          <t>9786053427704</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Sözün Sehri</t>
+          <t>Mevlana İle Hayat Ve Şehir</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786053427254</t>
+          <t>9786053427681</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimi Araştırmaları Şükrü Haluk Akalın Armağanı</t>
+          <t>Mevlana Araştırmaları 8</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>690</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786053427520</t>
+          <t>9786053427636</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Adana Nüfus Defterleri</t>
+          <t>Kuramdan Uygulamaya Karşılaştırmalı Edebiyat Çalışmaları 2</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786053427537</t>
+          <t>9786053427650</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Üzerine Yazdıklarım</t>
+          <t>Harezm Türkçesi Fal Kitabı</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>105</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786053427506</t>
+          <t>9786053427643</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Batı Basınında Sevr Antlaşması</t>
+          <t>Hoca Tahsin Efendi Aklamü’l-Akvam</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>620</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786053427261</t>
+          <t>9786053427629</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Üzerine Yazılar İncelemeler</t>
+          <t>Şehriyar'ın Heyder Baba'ya Selam Şiirine Türkiye'de Yazılan Nazireler</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786053427346</t>
+          <t>9786053427612</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Kazak Mitolojisi Araştırmaları</t>
+          <t>İran İslam Cumhuriyeti'nde Kimlik İnşası Süreci Ve Mehdilik</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786053427384</t>
+          <t>9786053427605</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Türk Romanında Kültürün Metalaşması Sorunu</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786053426936</t>
+          <t>9786053427490</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Deyimler - Türk Edebiyatında Yaşayan Deyim Örnekleri Sözlüğü</t>
+          <t>Buhurumeryem</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>530</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786053421535</t>
+          <t>9786053427513</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Türkçeden İngilizceye Tercümede Kalıp İfadeler Sözlüğü</t>
+          <t>Sözün Sehri</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786053423980</t>
+          <t>9786053427254</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze Türkçede Noktalama</t>
+          <t>Türklük Bilimi Araştırmaları Şükrü Haluk Akalın Armağanı</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>305</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786053424376</t>
+          <t>9786053427520</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Sözlüğü</t>
+          <t>Adana Nüfus Defterleri</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>255</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786053423447</t>
+          <t>9786053427537</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı İslami Terimler Sözlüğü (Ciltli)</t>
+          <t>Türk Dünyası Üzerine Yazdıklarım</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>865</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786053424048</t>
+          <t>9786053427506</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Graf Teorisiyle Türkçe Öğretimi</t>
+          <t>Türk ve Batı Basınında Sevr Antlaşması</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>250</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786053423195</t>
+          <t>9786053427261</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitimin Neresindeyiz?</t>
+          <t>Yeni Türk Edebiyatı Üzerine Yazılar İncelemeler</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786053422860</t>
+          <t>9786053427346</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitiminde Algı</t>
+          <t>Kazak Mitolojisi Araştırmaları</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786053424062</t>
+          <t>9786053427384</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Son Bilimsel Gelişmeler Işığında Türkçenin Öğretimi Yöntemleri</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786053427292</t>
+          <t>9786053426936</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Baki Naili Ve Neşati Divanlarında Tamlamaların Edebi Yönü</t>
+          <t>Türkçede Deyimler - Türk Edebiyatında Yaşayan Deyim Örnekleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>280</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786053427315</t>
+          <t>9786053421535</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Türkiyenin Irak ve Suriyedeki Müdahaleleri Ve Uluslararası Hukuk</t>
+          <t>Türkçeden İngilizceye Tercümede Kalıp İfadeler Sözlüğü</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>815</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786053427278</t>
+          <t>9786053423980</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Edebiyat</t>
+          <t>Başlangıçtan Günümüze Türkçede Noktalama</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>345</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786053427285</t>
+          <t>9786053424376</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Edebi Bir Kavram Olarak Motif Ve Klasik Türk Edebiyatında Motif Araştırmaları</t>
+          <t>Psikoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>170</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786053427094</t>
+          <t>9786053423447</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre: Aşk Denizi</t>
+          <t>Açıklamalı İslami Terimler Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>660</v>
+        <v>865</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786053427032</t>
+          <t>9786053424048</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Contemporary Analysıs On Syrian Immigratıon Issue In Europe And Turkey</t>
+          <t>Graf Teorisiyle Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786053427223</t>
+          <t>9786053423195</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Dünyadan Bir Paris Serencamının Romanı</t>
+          <t>Milli Eğitimin Neresindeyiz?</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>305</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789753385343</t>
+          <t>9786053422860</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Kuşu</t>
+          <t>Türkçe Eğitiminde Algı</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>75</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789753385336</t>
+          <t>9786053424062</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hazine</t>
+          <t>Son Bilimsel Gelişmeler Işığında Türkçenin Öğretimi Yöntemleri</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789753385329</t>
+          <t>9786053427292</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Yılın Babası</t>
+          <t>Fuzuli Baki Naili Ve Neşati Divanlarında Tamlamaların Edebi Yönü</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>75</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789753385312</t>
+          <t>9786053427315</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Şirin Osman</t>
+          <t>Türkiyenin Irak ve Suriyedeki Müdahaleleri Ve Uluslararası Hukuk</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>75</v>
+        <v>815</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789753385305</t>
+          <t>9786053427278</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Taşı</t>
+          <t>Karşılaştırmalı Edebiyat</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>75</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789753385299</t>
+          <t>9786053427285</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>İki Ayaklı Kuzu</t>
+          <t>Edebi Bir Kavram Olarak Motif Ve Klasik Türk Edebiyatında Motif Araştırmaları</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>75</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789753387569</t>
+          <t>9786053427094</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Ailemi Seviyorum</t>
+          <t>Yunus Emre: Aşk Denizi</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>70</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9782000084204</t>
+          <t>9786053427032</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Tarih ve Kahramanlık Hikayeleri - 5 Kitap</t>
+          <t>Contemporary Analysıs On Syrian Immigratıon Issue In Europe And Turkey</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>525</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786053427124</t>
+          <t>9786053427223</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nin Dağılma Devri</t>
+          <t>İçimdeki Dünyadan Bir Paris Serencamının Romanı</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>180</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9782000122111</t>
+          <t>9789753385343</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çemberi Dizisi Takım 10 Kitap</t>
+          <t>Gurbet Kuşu</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>700</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786053426912</t>
+          <t>9789753385336</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Ve Edebi Yönleriyle Ali Şir Nevai</t>
+          <t>Gerçek Hazine</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>400</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9782000111483</t>
+          <t>9789753385329</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Avuçlarımdaki Çocukluğum Dizisi 2-6 Yaş 10 Kitap Takım</t>
+          <t>Yılın Babası</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>700</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789753388597</t>
+          <t>9789753385312</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Alemlerin Sevgilisi Gül Yüzlü Yar Muhammed Mustafa</t>
+          <t>Şirin Osman</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>105</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786053427063</t>
+          <t>9789753385305</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitiminde Anlama Ve Anlatma Becerileri</t>
+          <t>Şeytan Taşı</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786053420743</t>
+          <t>9789753385299</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Kurumuş Ağaçlar Ormanı</t>
+          <t>İki Ayaklı Kuzu</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9782000100223</t>
+          <t>9789753387569</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Dizisi (10 Kitap Takım)</t>
+          <t>Ailemi Seviyorum</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>700</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786053420640</t>
+          <t>9782000084204</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Seçmeler</t>
+          <t>Çocuklara Tarih ve Kahramanlık Hikayeleri - 5 Kitap</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>50</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>3000078100869</t>
+          <t>9786053427124</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Hayali Divanı (Kuşe) (Ciltli)</t>
+          <t>Osmanlı Devleti’nin Dağılma Devri</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>440</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786055414085</t>
+          <t>9782000122111</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Şiirinde Geleneğin İzleri</t>
+          <t>Sevgi Çemberi Dizisi Takım 10 Kitap</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>190</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9789753388122</t>
+          <t>9786053426912</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin Sevgili Peygamberim</t>
+          <t>Tasavvufi Ve Edebi Yönleriyle Ali Şir Nevai</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>165</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786055413972</t>
+          <t>9782000111483</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kağan</t>
+          <t>Avuçlarımdaki Çocukluğum Dizisi 2-6 Yaş 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>215</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789753384117</t>
+          <t>9789753388597</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Kuddusi Divanı Tenkitli Metin (Ciltli)</t>
+          <t>Alemlerin Sevgilisi Gül Yüzlü Yar Muhammed Mustafa</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>1280</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786055414153</t>
+          <t>9786053427063</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Kimliğimizi Yeniden İnşa</t>
+          <t>Türkçe Eğitiminde Anlama Ve Anlatma Becerileri</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9789753382755</t>
+          <t>9786053420743</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı Hikayesi</t>
+          <t>Kurumuş Ağaçlar Ormanı</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>190</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786055414146</t>
+          <t>9782000100223</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Takma İsimler Sözlüğü</t>
+          <t>Nasrettin Hoca Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>215</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786053425205</t>
+          <t>9786053420640</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Tiyatrolar</t>
+          <t>Türkülerden Seçmeler</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786053427247</t>
+          <t>3000078100869</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Doğu Ve Batı Kökenli Alıntı Kelimeleri Ve Bu Kelimelerin Tasnifi</t>
+          <t>Hayali Divanı (Kuşe) (Ciltli)</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>505</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786053427209</t>
+          <t>9786055414085</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Sevgiden Ötesi Var</t>
+          <t>Yeni Türk Şiirinde Geleneğin İzleri</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786053427148</t>
+          <t>9789753388122</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Ali Şir Nevayi Divanlarının Dibaceleri</t>
+          <t>Çocuklar ve Gençler İçin Sevgili Peygamberim</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>325</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786053427216</t>
+          <t>9786055413972</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Ceval Kaya Armağanı</t>
+          <t>Bilge Kağan</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>762</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786053427131</t>
+          <t>9789753384117</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Türkiye - Rusya İlişkileri ve Karadeniz</t>
+          <t>Kuddusi Divanı Tenkitli Metin (Ciltli)</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>565</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786053427193</t>
+          <t>9786055414153</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Dört Evresi</t>
+          <t>Kimliğimizi Yeniden İnşa</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>265</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786053427155</t>
+          <t>9789753382755</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Artvin Tarihi İlk Çağdan 1918’e</t>
+          <t>Kerem ile Aslı Hikayesi</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>820</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786053427087</t>
+          <t>9786055414146</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde İlahilik - Beşerilik</t>
+          <t>Takma İsimler Sözlüğü</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>305</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786053427179</t>
+          <t>9786053425205</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Manipülasyon Ve Servet-i Fünun Romanı</t>
+          <t>Eğitici Tiyatrolar</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786053427117</t>
+          <t>9786053427247</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Karşılaştırmalı Edebiyat Çalışmaları 1</t>
+          <t>Türkçenin Doğu Ve Batı Kökenli Alıntı Kelimeleri Ve Bu Kelimelerin Tasnifi</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>250</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786053426639</t>
+          <t>9786053427209</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Orta Türkçe Döneminin İlk Evresi Sorunları Ve Çözüm Örnekleriyle Harezm Türkçesi</t>
+          <t>Sevgiden Ötesi Var</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>370</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786053427001</t>
+          <t>9786053427148</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan’ın Türkçe Divan’ının Psikolojik Tahlili</t>
+          <t>Ali Şir Nevayi Divanlarının Dibaceleri</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>165</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786053427056</t>
+          <t>9786053427216</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>İran’da Kimlik ve Siyaset: Belucistan</t>
+          <t>Prof. Dr. Ceval Kaya Armağanı</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>255</v>
+        <v>762</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786053426929</t>
+          <t>9786053427131</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Romanda Zaman</t>
+          <t>100. Yılında Türkiye - Rusya İlişkileri ve Karadeniz</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>530</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786053427018</t>
+          <t>9786053427193</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Araştırmaları 7</t>
+          <t>İktidarın Dört Evresi</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>400</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786053426905</t>
+          <t>9786053427155</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>İnançta Türk İlim ve Aklı - Lübabü’l-Kelam</t>
+          <t>Artvin Tarihi İlk Çağdan 1918’e</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>135</v>
+        <v>820</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786053426417</t>
+          <t>9786053427087</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Son Yörükleri</t>
+          <t>İslam Düşüncesinde İlahilik - Beşerilik</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>295</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786053426486</t>
+          <t>9786053427179</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Şair İsmet Özel</t>
+          <t>Psikolojik Manipülasyon Ve Servet-i Fünun Romanı</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>370</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786053426530</t>
+          <t>9786053427117</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Türk Töresi</t>
+          <t>Kuramdan Uygulamaya Karşılaştırmalı Edebiyat Çalışmaları 1</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786053426523</t>
+          <t>9786053426639</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Edebiyat Araştırmalarında Ahlak ve Yöntem</t>
+          <t>Orta Türkçe Döneminin İlk Evresi Sorunları Ve Çözüm Örnekleriyle Harezm Türkçesi</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>430</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786053426516</t>
+          <t>9786053427001</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2</t>
+          <t>Cem Sultan’ın Türkçe Divan’ının Psikolojik Tahlili</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>610</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786053426493</t>
+          <t>9786053427056</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Huzur’un Yazınsal Göstergebilim, Metinlerarası-Göstergelerarası İlişkiler Açısından Çözümlenmesi</t>
+          <t>İran’da Kimlik ve Siyaset: Belucistan</t>
         </is>
       </c>
       <c r="C1112" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786053426547</t>
+          <t>9786053426929</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Orta Eserler Türk Dillerinde Elmi Üslubun İnkişafı</t>
+          <t>Romanda Zaman</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>290</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786053426554</t>
+          <t>9786053427018</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Neologische Wortbildung Der Turkischen Sprachreformer Im Urteil Der Traditionellen Sprachwissenschaften</t>
+          <t>Mevlana Araştırmaları 7</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786053426448</t>
+          <t>9786053426905</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Muhtar Tevfikoğlu’nun Anlatımıyla Yahya Kemal</t>
+          <t>İnançta Türk İlim ve Aklı - Lübabü’l-Kelam</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>505</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786053426455</t>
+          <t>9786053426417</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Edebiyatı ve Türk Dünyası Üzerine Yazdıklarım</t>
+          <t>Anadolu’nun Son Yörükleri</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>580</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786053426462</t>
+          <t>9786053426486</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Mahtumkulu Divan’ından Seçmeler</t>
+          <t>Şair İsmet Özel</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>480</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786053426349</t>
+          <t>9786053426530</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Sonbahara Dokuz Kaldı</t>
+          <t>Türk Töresi</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>115</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786053426288</t>
+          <t>9786053426523</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Acının Atlasında Bir Sürgün Metin Altıok ve Şiiri</t>
+          <t>Dil ve Edebiyat Araştırmalarında Ahlak ve Yöntem</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>370</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786053426301</t>
+          <t>9786053426516</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Sularda Tutuşan Gemi</t>
+          <t>Makaleler 2</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>570</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786053426424</t>
+          <t>9786053426493</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Anlam Axtarışında (Seçilmiş Makaleler Toplusu)</t>
+          <t>Huzur’un Yazınsal Göstergebilim, Metinlerarası-Göstergelerarası İlişkiler Açısından Çözümlenmesi</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>380</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786053426400</t>
+          <t>9786053426547</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Türkler İçün Ortak Ünsiyyet Dili</t>
+          <t>Orta Eserler Türk Dillerinde Elmi Üslubun İnkişafı</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>305</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786053426394</t>
+          <t>9786053426554</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Kıpçak Grubu Türk Dillerinin Frazeologıyası</t>
+          <t>Neologische Wortbildung Der Turkischen Sprachreformer Im Urteil Der Traditionellen Sprachwissenschaften</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786053426387</t>
+          <t>9786053426448</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Navoiyni Anglaş Sari</t>
+          <t>Muhtar Tevfikoğlu’nun Anlatımıyla Yahya Kemal</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>605</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786053426332</t>
+          <t>9786053426455</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Asi'nin Çocukları</t>
+          <t>Türkmen Edebiyatı ve Türk Dünyası Üzerine Yazdıklarım</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>460</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786053426295</t>
+          <t>9786053426462</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Amaç-Araç Sorunsalı</t>
+          <t>Mahtumkulu Divan’ından Seçmeler</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>335</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786053426363</t>
+          <t>9786053426349</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Kleine Schriften (Kısa Yazılar)</t>
+          <t>Sonbahara Dokuz Kaldı</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>440</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786053426356</t>
+          <t>9786053426288</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Deutsch Und Türkische Sprachvergleich Auf Pohenetischer Und Grammatischer Ebene</t>
+          <t>Acının Atlasında Bir Sürgün Metin Altıok ve Şiiri</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786053426325</t>
+          <t>9786053426301</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Diasporunun Antitürk Faaliyyeti</t>
+          <t>İmkansız Sularda Tutuşan Gemi</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>255</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786053426202</t>
+          <t>9786053426424</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Osmani Vid İstoriy Naymi</t>
+          <t>Anlam Axtarışında (Seçilmiş Makaleler Toplusu)</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786053426271</t>
+          <t>9786053426400</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>'Ali in Der Bektaschi Dichtung</t>
+          <t>Türkler İçün Ortak Ünsiyyet Dili</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>295</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786053426264</t>
+          <t>9786053426394</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Identity in Foreign Policy: Turkish  Conservatives in Cyprus Question 1960-1980 Era</t>
+          <t>Kıpçak Grubu Türk Dillerinin Frazeologıyası</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786053426226</t>
+          <t>9786053426387</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Haqdin O’zgani Dema</t>
+          <t>Navoiyni Anglaş Sari</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>560</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786053426240</t>
+          <t>9786053426332</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Der Cenk Cihan-i Evvel Ya Faciayı Ciloluk</t>
+          <t>Asi'nin Çocukları</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>160</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786053426233</t>
+          <t>9786053426295</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Türk Xalqlarının Ortaq Elifba, İmla ve Ünsiyyet Dili</t>
+          <t>Amaç-Araç Sorunsalı</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>305</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786053426257</t>
+          <t>9786053426363</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Platon Oyunski - Qirmizi Şaman</t>
+          <t>Kleine Schriften (Kısa Yazılar)</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>305</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786053426189</t>
+          <t>9786053426356</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Majan Poezia Padişası</t>
+          <t>Deutsch Und Türkische Sprachvergleich Auf Pohenetischer Und Grammatischer Ebene</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>440</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786053426158</t>
+          <t>9786053426325</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Kazak-Turik Söz Etiketinin Etno Medeni Aspekti</t>
+          <t>Ermeni Diasporunun Antitürk Faaliyyeti</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>305</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786053425878</t>
+          <t>9786053426202</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Ejelgi Jene Erte Orta Ğasırladağı Kazakstan</t>
+          <t>Osmani Vid İstoriy Naymi</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786053426172</t>
+          <t>9786053426271</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Şeşendik Önerdin Negizderi</t>
+          <t>'Ali in Der Bektaschi Dichtung</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>400</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786053426134</t>
+          <t>9786053426264</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Cenap Şahabettin Bütün Şiirleri</t>
+          <t>Identity in Foreign Policy: Turkish  Conservatives in Cyprus Question 1960-1980 Era</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>720</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786053426141</t>
+          <t>9786053426226</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Meridyenin Meryemleri</t>
+          <t>Haqdin O’zgani Dema</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>400</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786053426110</t>
+          <t>9786053426240</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Azerbaycan Der Cenk Cihan-i Evvel Ya Faciayı Ciloluk</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786053426103</t>
+          <t>9786053426233</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Türk Xalqlarının Ortaq Elifba, İmla ve Ünsiyyet Dili</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>75</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786053426127</t>
+          <t>9786053426257</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Kağnı ve Ses</t>
+          <t>Platon Oyunski - Qirmizi Şaman</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>75</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786053426097</t>
+          <t>9786053426189</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Majan Poezia Padişası</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>70</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786053425892</t>
+          <t>9786053426158</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Kazak-Turik Söz Etiketinin Etno Medeni Aspekti</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>75</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786053425786</t>
+          <t>9786053425878</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Açısından Kötülük Problemi</t>
+          <t>Ejelgi Jene Erte Orta Ğasırladağı Kazakstan</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>215</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786053425885</t>
+          <t>9786053426172</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Türk Lehçeleriyle Karşılaştırmalı Eski Anadolu Türkçesi</t>
+          <t>Şeşendik Önerdin Negizderi</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>355</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9789753387571</t>
+          <t>9786053426134</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Seviyorum - Sevgi Çemberi Dizisi 10</t>
+          <t>Cenap Şahabettin Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>70</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9789753387606</t>
+          <t>9786053426141</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Milli Kahramanlarımı Seviyorum - Sevgi Çemberi Dizisi 7</t>
+          <t>Meridyenin Meryemleri</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>70</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9789753387545</t>
+          <t>9786053426110</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Allah'ımı Seviyorum - Sevgi Çemberi Dizisi 1</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C1152" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9789753387590</t>
+          <t>9786053426103</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Dayanışmayı Seviyorum - Sevgi Çemberi Dizisi 8</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9789753387620</t>
+          <t>9786053426127</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Bayrağımı Seviyorum - Sevgi Çemberi Dizisi 5</t>
+          <t>Kağnı ve Ses</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9789753387613</t>
+          <t>9786053426097</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Kültürümü Seviyorum - Sevgi Çemberi Dizisi 6</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C1155" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9789753387637</t>
+          <t>9786053425892</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Ülkemi Seviyorum - Sevgi Çemberi Dizisi 4</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9789753387583</t>
+          <t>9786053425786</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenimi Seviyorum - Sevgi Çemberi Dizisi 9</t>
+          <t>Kur'an-ı Kerim Açısından Kötülük Problemi</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>70</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786053425755</t>
+          <t>9786053425885</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Üzerine Yazılar</t>
+          <t>Tarihi Türk Lehçeleriyle Karşılaştırmalı Eski Anadolu Türkçesi</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>370</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786053425793</t>
+          <t>9789753387571</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Milli Cinayetler Koleksiyonu ve Diğer Hikayeler</t>
+          <t>Okumayı Seviyorum - Sevgi Çemberi Dizisi 10</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786053425823</t>
+          <t>9789753387606</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Mektep Temsilleri</t>
+          <t>Milli Kahramanlarımı Seviyorum - Sevgi Çemberi Dizisi 7</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>190</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786053425816</t>
+          <t>9789753387545</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Teselli Üçüzler Nazlı İle Annesi</t>
+          <t>Allah'ımı Seviyorum - Sevgi Çemberi Dizisi 1</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>255</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786053425847</t>
+          <t>9789753387590</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Fetih ve Fatih</t>
+          <t>Dayanışmayı Seviyorum - Sevgi Çemberi Dizisi 8</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>255</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786053425830</t>
+          <t>9789753387620</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kutlu'nun Hikayelerinde Ahlak</t>
+          <t>Bayrağımı Seviyorum - Sevgi Çemberi Dizisi 5</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>255</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9789753387552</t>
+          <t>9789753387613</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimi Seviyorum</t>
+          <t>Kültürümü Seviyorum - Sevgi Çemberi Dizisi 6</t>
         </is>
       </c>
       <c r="C1164" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786053425748</t>
+          <t>9789753387637</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Ülkemi Seviyorum - Sevgi Çemberi Dizisi 4</t>
         </is>
       </c>
       <c r="C1165" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786053425663</t>
+          <t>9789753387583</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Camdan ve Candan</t>
+          <t>Öğretmenimi Seviyorum - Sevgi Çemberi Dizisi 9</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>245</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786053425632</t>
+          <t>9786053425755</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Avatarı</t>
+          <t>Türk Dili Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>115</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786053425717</t>
+          <t>9786053425793</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Çalın Davulları</t>
+          <t>Milli Cinayetler Koleksiyonu ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786053425618</t>
+          <t>9786053425823</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Tahtsız ve Bahtsız Şehzade Kutalmış</t>
+          <t>Mektep Temsilleri</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>305</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786053425687</t>
+          <t>9786053425816</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Sana Gelirken</t>
+          <t>Teselli Üçüzler Nazlı İle Annesi</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>230</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786053425656</t>
+          <t>9786053425847</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehir Üç Nesil</t>
+          <t>Türk Romanında Fetih ve Fatih</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>205</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786053425700</t>
+          <t>9786053425830</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Masal Estetiği</t>
+          <t>Mustafa Kutlu'nun Hikayelerinde Ahlak</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>125</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786053425670</t>
+          <t>9789753387552</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Alevi - Bektaşi Dünyası</t>
+          <t>Peygamberimi Seviyorum</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>255</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786053425496</t>
+          <t>9786053425748</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Ekseninde Küresel Değişim ve Yeni Ekonomik Düzen</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>255</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786053425694</t>
+          <t>9786053425663</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Türkülerde Kuş</t>
+          <t>Camdan ve Candan</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786053425649</t>
+          <t>9786053425632</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Kişi ve Yer Adları</t>
+          <t>Türklerin Avatarı</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>570</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786053425595</t>
+          <t>9786053425717</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Aşık Türkmenoğlu</t>
+          <t>Çalın Davulları</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786053425588</t>
+          <t>9786053425618</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Türkoloji</t>
+          <t>Tahtsız ve Bahtsız Şehzade Kutalmış</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>560</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786053425625</t>
+          <t>9786053425687</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Kırım Türkleri'nin Esaret Türküleri</t>
+          <t>Sana Gelirken</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>4440000000295</t>
+          <t>9786053425656</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Anne - Baba Çocuk İlişkisi ve Eğitim Yaklaşımı</t>
+          <t>Bir Şehir Üç Nesil</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>130</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786053425533</t>
+          <t>9786053425700</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Medeniyet Tarihinde Sulama Kültürü</t>
+          <t>Masal Estetiği</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786053425502</t>
+          <t>9786053425670</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Nazlı Senem</t>
+          <t>Alevi - Bektaşi Dünyası</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>160</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786053425601</t>
+          <t>9786053425496</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Tarihte ve Günümüzde Türk Boylarının Ortak Atasözleri Sözlüğü</t>
+          <t>Pandemi Ekseninde Küresel Değişim ve Yeni Ekonomik Düzen</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>505</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786053425571</t>
+          <t>9786053425694</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Lakaplar</t>
+          <t>Türkülerde Kuş</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786053425557</t>
+          <t>9786053425649</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Karagöl Hikayeleri</t>
+          <t>Anadolu'da Kişi ve Yer Adları</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>125</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786053425564</t>
+          <t>9786053425595</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Mavi Mürekkep Damlaları</t>
+          <t>Aşık Türkmenoğlu</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>115</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786053425519</t>
+          <t>9786053425588</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Doğal Dil İşleme</t>
+          <t>Avrupa'da Türkoloji</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>995</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786053425526</t>
+          <t>9786053425625</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Kaplan'a Armağan</t>
+          <t>Kırım Türkleri'nin Esaret Türküleri</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9789753384988</t>
+          <t>4440000000295</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Dostluk - Oğuz'un Maceraları</t>
+          <t>Anne - Baba Çocuk İlişkisi ve Eğitim Yaklaşımı</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>70</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9789753385077</t>
+          <t>9786053425533</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Maviş Uçunca - Oğuz'un Maceraları</t>
+          <t>Türkistan Medeniyet Tarihinde Sulama Kültürü</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>70</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9789753384995</t>
+          <t>9786053425502</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Oyun - Oğuz'un Maceraları</t>
+          <t>Nazlı Senem</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9789753385022</t>
+          <t>9786053425601</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Denizin Armağanları - Oğuz'un Maceraları</t>
+          <t>Tarihte ve Günümüzde Türk Boylarının Ortak Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>70</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9789753385046</t>
+          <t>9786053425571</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Hayır Olmaz Demiştim Ama - Oğuz'un Maceraları</t>
+          <t>Türk Kültüründe Lakaplar</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9789753385008</t>
+          <t>9786053425557</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Uçağım Uçurtmam 1 - Oğuz'un Maceraları</t>
+          <t>Karagöl Hikayeleri</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>70</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9789753385053</t>
+          <t>9786053425564</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Kırgın Oyuncaklar - Oğuz'un Maceraları</t>
+          <t>Mavi Mürekkep Damlaları</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>70</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786053425465</t>
+          <t>9786053425519</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Yedi Meşale Şiiri</t>
+          <t>Türkçe Doğal Dil İşleme</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>635</v>
+        <v>995</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786053425441</t>
+          <t>9786053425526</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimler Üzerine İncelemeler</t>
+          <t>Ramazan Kaplan'a Armağan</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>305</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786053425458</t>
+          <t>9789753384988</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Ekseninde Türkiye’de Geçmişten Günümüze Kültür Ve Turizm Politikaları</t>
+          <t>Yaşasın Dostluk - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>305</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786053424499</t>
+          <t>9789753385077</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ekonomiye Yön Veren Yeni Teknolojiler</t>
+          <t>Maviş Uçunca - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>305</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786053425380</t>
+          <t>9789753384995</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Eski Harfli Süreli Çocuk Yayınları (1869-1928)</t>
+          <t>Sihirli Oyun - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>190</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786053425427</t>
+          <t>9789753385022</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Aşık Edebiyatında Şiir Sanatı</t>
+          <t>Denizin Armağanları - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>305</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786053425373</t>
+          <t>9789753385046</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Böyle Bir Baba</t>
+          <t>Hayır Olmaz Demiştim Ama - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>115</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786053425403</t>
+          <t>9789753385008</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Komşu Halklarla Kültürel İlişkileri Üzerine Araştırmalar (6-12. Yüzyıllar)</t>
+          <t>Uçağım Uçurtmam 1 - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786053425397</t>
+          <t>9789753385053</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Moğolistan Kazaklarının Tarihi, Kültürü ve Bugünü</t>
+          <t>Kırgın Oyuncaklar - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>190</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786053424697</t>
+          <t>9786053425465</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Hüsn Ü Aşk</t>
+          <t>Yedi Meşale Şiiri</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>555</v>
+        <v>635</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786053425335</t>
+          <t>9786053425441</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Şeyhi</t>
+          <t>Atasözleri ve Deyimler Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>230</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786053425366</t>
+          <t>9786053425458</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Tilimhan Divanı</t>
+          <t>Ekonomi Ekseninde Türkiye’de Geçmişten Günümüze Kültür Ve Turizm Politikaları</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>450</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786053425342</t>
+          <t>9786053424499</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Bağlamında İlk Dönem Türk Romanı (1872-1901)</t>
+          <t>Küresel Ekonomiye Yön Veren Yeni Teknolojiler</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>175</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786053425359</t>
+          <t>9786053425380</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Romanda Bakış Açısı ve Anlatıcı Düzlemi</t>
+          <t>Eski Harfli Süreli Çocuk Yayınları (1869-1928)</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>675</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786053425243</t>
+          <t>9786053425427</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Bağrı Yanık Ömer</t>
+          <t>Aşık Edebiyatında Şiir Sanatı</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>135</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786053425281</t>
+          <t>9786053425373</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkçesi Ağızlarında İkilemeler</t>
+          <t>Böyle Bir Baba</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>255</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786053425311</t>
+          <t>9786053425403</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Lehçelerinde Rusçadan Yapılan Kavram ve Gramer Çevirileri</t>
+          <t>Türklerin Komşu Halklarla Kültürel İlişkileri Üzerine Araştırmalar (6-12. Yüzyıllar)</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786053425212</t>
+          <t>9786053425397</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimi ve İletişim</t>
+          <t>Moğolistan Kazaklarının Tarihi, Kültürü ve Bugünü</t>
         </is>
       </c>
       <c r="C1213" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786053425298</t>
+          <t>9786053424697</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Pend-i Attar</t>
+          <t>Hüsn Ü Aşk</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>230</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786053425250</t>
+          <t>9786053425335</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Kırılan Işık Olsun</t>
+          <t>Şeyhi</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>135</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786053425267</t>
+          <t>9786053425366</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Boş Zaman Figürleri</t>
+          <t>Tilimhan Divanı</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786053425199</t>
+          <t>9786053425342</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Meslekler</t>
+          <t>Özgürlük Bağlamında İlk Dönem Türk Romanı (1872-1901)</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786053425304</t>
+          <t>9786053425359</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Baltaoğlu Süleyman ve Fatih</t>
+          <t>Romanda Bakış Açısı ve Anlatıcı Düzlemi</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>295</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9792000111660</t>
+          <t>9786053425243</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Avuçlarımdaki Çocukluğum Dizisi 8-12 Yaş (10 Kitap Takım)</t>
+          <t>Bağrı Yanık Ömer</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>700</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786053425120</t>
+          <t>9786053425281</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Kırgız Türkçesi Ağızlarında İkilemeler</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>160</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786053425168</t>
+          <t>9786053425311</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçenin İzinde</t>
+          <t>Çağdaş Türk Lehçelerinde Rusçadan Yapılan Kavram ve Gramer Çevirileri</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786053425182</t>
+          <t>9786053425212</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Yerliliğin Sınırlarında</t>
+          <t>Türkçe Eğitimi ve İletişim</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786053425175</t>
+          <t>9786053425298</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Frenklere Göre Osmanlı</t>
+          <t>Pend-i Attar</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786053425113</t>
+          <t>9786053425250</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Nesefi Akaidi Şerhi</t>
+          <t>Kırılan Işık Olsun</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>105</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786053425076</t>
+          <t>9786053425267</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Eğitiminde Anne-Baba Rehber Kitabı - Sınav Kaygısı ve Çözüm Yolları</t>
+          <t>Boş Zaman Figürleri</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786053425151</t>
+          <t>9786053425199</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Gam</t>
+          <t>Geleneksel Meslekler</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>105</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786053425106</t>
+          <t>9786053425304</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Bir Katre</t>
+          <t>Baltaoğlu Süleyman ve Fatih</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786053425137</t>
+          <t>9792000111660</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Arzu İle Kamber</t>
+          <t>Avuçlarımdaki Çocukluğum Dizisi 8-12 Yaş (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>115</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9789753385558</t>
+          <t>9786053425120</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Hayvan Dostu</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786053424925</t>
+          <t>9786053425168</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret - Göstergebilimsel Bir Okuma Denemesi</t>
+          <t>Eski Türkçenin İzinde</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786053425090</t>
+          <t>9786053425182</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Güncel Sorunlar</t>
+          <t>Yerliliğin Sınırlarında</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>505</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786053425069</t>
+          <t>9786053425175</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Epik Dünyanın Kurmaca Mitosu Dede Korkut Anlatıları</t>
+          <t>Frenklere Göre Osmanlı</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>370</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786053425007</t>
+          <t>9786053425113</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Vatanın Mukaddes Yolcuları</t>
+          <t>Nesefi Akaidi Şerhi</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>220</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786053425014</t>
+          <t>9786053425076</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Ay Masalları</t>
+          <t>Çocuk ve Ergen Eğitiminde Anne-Baba Rehber Kitabı - Sınav Kaygısı ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786053422945</t>
+          <t>9786053425151</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Bilgisayar Hatlı Orta Boy (Ciltli)</t>
+          <t>Gam</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>645</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786053422938</t>
+          <t>9786053425106</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Bilgisayar Hatlı Rahle Boy-Fihristli (Ciltli)</t>
+          <t>Bir Katre</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>790</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786053424994</t>
+          <t>9786053425137</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Harezm Türkçesi Kur'an Tercümesi 2. Cilt</t>
+          <t>Arzu İle Kamber</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>635</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9789753385060</t>
+          <t>9789753385558</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Ankara Gezileri - Oğuz'un Maceraları</t>
+          <t>Kibarcık Hayvan Dostu</t>
         </is>
       </c>
       <c r="C1238" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9789753385596</t>
+          <t>9786053424925</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Temiz Çocuk</t>
+          <t>Tevfik Fikret - Göstergebilimsel Bir Okuma Denemesi</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>70</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9789753385565</t>
+          <t>9786053425090</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Örnek Çocuk</t>
+          <t>Uluslararası İlişkilerde Güncel Sorunlar</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>70</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786053424970</t>
+          <t>9786053425069</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Baskı Grubu Kavramı Çerçevesinde Siyasal Alanda TÜSİAD</t>
+          <t>Epik Dünyanın Kurmaca Mitosu Dede Korkut Anlatıları</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>295</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786053424987</t>
+          <t>9786053425007</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>AB'nin Kıbrıs Sorununa Bakışı ve Türkiye AB İlişkileri</t>
+          <t>Kutsal Vatanın Mukaddes Yolcuları</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786053424963</t>
+          <t>9786053425014</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset</t>
+          <t>Ay Masalları</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786053424956</t>
+          <t>9786053422945</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Araştırmaları 6</t>
+          <t>Kur'an-ı Kerim Bilgisayar Hatlı Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>305</v>
+        <v>645</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9789753385527</t>
+          <t>9786053422938</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Çalışkan Çocuk</t>
+          <t>Kur'an-ı Kerim Bilgisayar Hatlı Rahle Boy-Fihristli (Ciltli)</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>70</v>
+        <v>790</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9789753385534</t>
+          <t>9786053424994</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Doğruluk Örneği</t>
+          <t>Harezm Türkçesi Kur'an Tercümesi 2. Cilt</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>70</v>
+        <v>635</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9789753385541</t>
+          <t>9789753385060</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Gürbüz Çocuk</t>
+          <t>Ankara Gezileri - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1247" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9789753385510</t>
+          <t>9789753385596</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Arkadaş Canlısı</t>
+          <t>Kibarcık Temiz Çocuk</t>
         </is>
       </c>
       <c r="C1248" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9789753385572</t>
+          <t>9789753385565</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Paylaşan Çocuk</t>
+          <t>Kibarcık Örnek Çocuk</t>
         </is>
       </c>
       <c r="C1249" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9789753385589</t>
+          <t>9786053424970</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Tedbirli Çocuk</t>
+          <t>Baskı Grubu Kavramı Çerçevesinde Siyasal Alanda TÜSİAD</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>70</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9789753385503</t>
+          <t>9786053424987</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Annemi Seviyorum</t>
+          <t>AB'nin Kıbrıs Sorununa Bakışı ve Türkiye AB İlişkileri</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9789753385039</t>
+          <t>9786053424963</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Yeni Komşular - Oğuz'un Maceraları</t>
+          <t>Üç Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>70</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786053421542</t>
+          <t>9786053424956</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Aşina Aşklar</t>
+          <t>Mevlana Araştırmaları 6</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>160</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9789753385015</t>
+          <t>9789753385527</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Uçağım Uçurtmam 2 - Oğuz'un Maceraları</t>
+          <t>Kibarcık Çalışkan Çocuk</t>
         </is>
       </c>
       <c r="C1254" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786053424772</t>
+          <t>9789753385534</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Kibarcık Doğruluk Örneği</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786053424871</t>
+          <t>9789753385541</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Farsçada Türkçenin En Eski İzleri</t>
+          <t>Kibarcık Gürbüz Çocuk</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>255</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786053424888</t>
+          <t>9789753385510</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimi Yaktıkları Sene 1915</t>
+          <t>Kibarcık Arkadaş Canlısı</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786053424949</t>
+          <t>9789753385572</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Harezm Türkçesi Kur'an Tercümesi</t>
+          <t>Kibarcık Paylaşan Çocuk</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>380</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9789753385398</t>
+          <t>9789753385589</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Öykü Sepeti</t>
+          <t>Kibarcık Tedbirli Çocuk</t>
         </is>
       </c>
       <c r="C1259" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9789753385350</t>
+          <t>9789753385503</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Büyüyorsun Yavrucuğum</t>
+          <t>Kibarcık Annemi Seviyorum</t>
         </is>
       </c>
       <c r="C1260" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9789753385374</t>
+          <t>9789753385039</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Yeni Komşular - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1261" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9789753385381</t>
+          <t>9786053421542</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Sarı Mantolu Kız</t>
+          <t>Aşina Aşklar</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9789753385404</t>
+          <t>9789753385015</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yağmuru</t>
+          <t>Uçağım Uçurtmam 2 - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1263" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9789753385367</t>
+          <t>9786053424772</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Bir Çağ Masalı</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786053424857</t>
+          <t>9786053424871</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Krizler Kriz Yönetimi ve Türkiye</t>
+          <t>Farsçada Türkçenin En Eski İzleri</t>
         </is>
       </c>
       <c r="C1265" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786053424703</t>
+          <t>9786053424888</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Harabeler</t>
+          <t>Yüreğimi Yaktıkları Sene 1915</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786053424901</t>
+          <t>9786053424949</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Kleopatra ve Alanya</t>
+          <t>Harezm Türkçesi Kur'an Tercümesi 1. Cilt</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786053424840</t>
+          <t>9789753385398</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Konvansiyonel Olmayan Savaş Teorileri</t>
+          <t>Öykü Sepeti</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786053424895</t>
+          <t>9789753385350</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>İskeçeli Rif'at'in Ayine-i Zafer'i</t>
+          <t>Büyüyorsun Yavrucuğum</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>215</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786053424826</t>
+          <t>9789753385374</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Uygur Harfleriyle Yazılmış Çağatayca Seyfü’l - Müluk Hikayesi’nin Transkripsiyonu Çevirisi ve Sözlüğü</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786053424789</t>
+          <t>9789753385381</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Gül</t>
+          <t>Sarı Mantolu Kız</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>370</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786053424734</t>
+          <t>9789753385404</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>İlkçağlardan Günümüze Jeostratejik ve Jeopolitik Açıdan Karadeniz</t>
+          <t>Öykü Yağmuru</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786053424673</t>
+          <t>9789753385367</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Yemen Sızısı</t>
+          <t>Bir Çağ Masalı</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786053424628</t>
+          <t>9786053424857</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Tezkire-i Evliya'nın Çağatay Türkçesi Çevirisi</t>
+          <t>Afrika'da Krizler Kriz Yönetimi ve Türkiye</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>440</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786053424680</t>
+          <t>9786053424703</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Kadın Yazarlar</t>
+          <t>Harabeler</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>665</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786053424710</t>
+          <t>9786053424901</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Avrasya'nın Bozkır Halkları</t>
+          <t>Kleopatra ve Alanya</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>215</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786053424727</t>
+          <t>9786053424840</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Romanda Kişiler Dünyası</t>
+          <t>Konvansiyonel Olmayan Savaş Teorileri</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>570</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786053424666</t>
+          <t>9786053424895</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zamana Sen Masala (Ciltli)</t>
+          <t>İskeçeli Rif'at'in Ayine-i Zafer'i</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>230</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786053424659</t>
+          <t>9786053424826</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinin Uzak Lehçeleri</t>
+          <t>Uygur Harfleriyle Yazılmış Çağatayca Seyfü’l - Müluk Hikayesi’nin Transkripsiyonu Çevirisi ve Sözlüğü</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>255</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786053424611</t>
+          <t>9786053424789</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Daniel Kehlman'ın "Dünyanın Ölçümü" Adlı Romanı</t>
+          <t>Kitab-ı Gül</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786053424444</t>
+          <t>9786053424734</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>İlkçağlardan Günümüze Jeostratejik ve Jeopolitik Açıdan Karadeniz</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786053424581</t>
+          <t>9786053424673</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Şaire ve Şiire Dair Notlar</t>
+          <t>Yemen Sızısı</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786053424598</t>
+          <t>9786053424628</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Dokunuşlar</t>
+          <t>Tezkire-i Evliya'nın Çağatay Türkçesi Çevirisi</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>190</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786053424550</t>
+          <t>9786053424680</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Diyardaki Biz</t>
+          <t>Türk Edebiyatında Kadın Yazarlar</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>215</v>
+        <v>665</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786053424543</t>
+          <t>9786053424710</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Yeni Milli Edebiyat Şiiri</t>
+          <t>Avrasya'nın Bozkır Halkları</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>230</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786053424536</t>
+          <t>9786053424727</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Romanın Tarihselleşmesi Ya Da Tarihin Romanı</t>
+          <t>Romanda Kişiler Dünyası</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>255</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786053424567</t>
+          <t>9786053424666</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Bir Aile Kroniği Örneği - Sten Nadolny Ullsteinroman</t>
+          <t>Evvel Zamana Sen Masala (Ciltli)</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786053424314</t>
+          <t>9786053424659</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları (Sadeleştirilmiş Metin)</t>
+          <t>Türk Dilinin Uzak Lehçeleri</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>165</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786053424529</t>
+          <t>9786053424611</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Sözsüz İletişim</t>
+          <t>Daniel Kehlman'ın "Dünyanın Ölçümü" Adlı Romanı</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786053424093</t>
+          <t>9786053424444</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Fikret Ürgüp - Deliler Dünyasında Bir Marjinal</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786053424475</t>
+          <t>9786053424581</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dünyamızdan Hoş Sedalar 5</t>
+          <t>Şaire ve Şiire Dair Notlar</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>4440000002924</t>
+          <t>9786053424598</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Fethali Kaçar'ın Çağatay Türkçesi Sözlüğü (2 Cilt Takım)</t>
+          <t>Dokunuşlar</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>1645</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786053424413</t>
+          <t>9786053424550</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Has Bahçede Döne Döne</t>
+          <t>Diyardaki Biz</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>450</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786053424420</t>
+          <t>9786053424543</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Masal Araştırmaları - 2</t>
+          <t>Yeni Milli Edebiyat Şiiri</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786053424383</t>
+          <t>9786053424536</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Sevdam Sensin (2 Cilt Takım) (Ciltli)</t>
+          <t>Romanın Tarihselleşmesi Ya Da Tarihin Romanı</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>505</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786053424482</t>
+          <t>9786053424567</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>İsmet Özel - Şiire Damıtılmış Hayat</t>
+          <t>Bir Aile Kroniği Örneği - Sten Nadolny Ullsteinroman</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>505</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786053424215</t>
+          <t>9786053424314</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Hayatü's Sahabe - Peygamberimiz ve İlk Müslümanlar (4 Cilt Takım) (Ciltli)</t>
+          <t>Türkçülüğün Esasları (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>1725</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786053424321</t>
+          <t>9786053424529</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Sinsi Düşman - Rıfkı'nın Günlüğü</t>
+          <t>Sözsüz İletişim</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>115</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786053424352</t>
+          <t>9786053424093</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Gerçek Yüzü</t>
+          <t>Fikret Ürgüp - Deliler Dünyasında Bir Marjinal</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>255</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786053424338</t>
+          <t>9786053424475</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Hikayeleri</t>
+          <t>Edebiyat Dünyamızdan Hoş Sedalar 5</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>115</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786053421641</t>
+          <t>4440000002924</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Araştırmaları - 5</t>
+          <t>Fethali Kaçar'ın Çağatay Türkçesi Sözlüğü (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>250</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9782000103083</t>
+          <t>9786053424413</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Güncel Çocuk Öyküleri Dizisi (6 Kitap Takım)</t>
+          <t>Has Bahçede Döne Döne</t>
         </is>
       </c>
       <c r="C1302" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786053424345</t>
+          <t>9786053424420</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>İslam, Demokrasi ve İnsan Hakları</t>
+          <t>Masal Araştırmaları - 2</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>215</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786053424369</t>
+          <t>9786053424383</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Üzerine Çeviriler</t>
+          <t>Sevdam Sensin (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>305</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786053421634</t>
+          <t>9786053424482</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Çözümsüz</t>
+          <t>İsmet Özel - Şiire Damıtılmış Hayat</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>215</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9789753380850</t>
+          <t>9786053424215</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Aşık Garip Hikayesi</t>
+          <t>Hayatü's Sahabe - Peygamberimiz ve İlk Müslümanlar (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>305</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786053424307</t>
+          <t>9786053424321</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Ağız Atlası Kılavuz Kitabı (Türkiye Türkçesi Ağız Atlasına Hazırlık)</t>
+          <t>Sinsi Düşman - Rıfkı'nın Günlüğü</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>190</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786053424291</t>
+          <t>9786053424352</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>İt-Baraklar</t>
+          <t>İslam'ın Gerçek Yüzü</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786053420484</t>
+          <t>9786053424338</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan Mısralar El Kitabı</t>
+          <t>Dedemin Hikayeleri</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>505</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786053424185</t>
+          <t>9786053421641</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu İbrahim Hakkı ve Tasavvuf</t>
+          <t>Mevlana Araştırmaları - 5</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786053424161</t>
+          <t>9782000103083</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyıl Hattat Divan Şairi İstanbul Ayvansaraylı Afif Efendi ve Divanı</t>
+          <t>Güncel Çocuk Öyküleri Dizisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>215</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786053424147</t>
+          <t>9786053424345</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>İslam, Demokrasi ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>130</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786053424086</t>
+          <t>9786053424369</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>İsmail Ünalmış ve Akçağ Hareketi (Ciltli)</t>
+          <t>Türkçe Üzerine Çeviriler</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>255</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786053424109</t>
+          <t>9786053421634</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinin Dönüm Noktası Çanakkale Dirilişi</t>
+          <t>Çözümsüz</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>380</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786053424130</t>
+          <t>9789753380850</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Edebiyatında Yurt İçi Gezi Kitapları (1920-1980)</t>
+          <t>Aşık Garip Hikayesi</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>255</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786053424123</t>
+          <t>9786053424307</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Papa 2. Pius’un Fatih Sultan Mehmet’e Mektubu</t>
+          <t>Ağız Atlası Kılavuz Kitabı (Türkiye Türkçesi Ağız Atlasına Hazırlık)</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>255</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786053424116</t>
+          <t>9786053424291</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Thomas Bernhard “Der Kulterer” Adlı Yapıtında Heterotopya</t>
+          <t>İt-Baraklar</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>230</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786053423874</t>
+          <t>9786053420484</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi El Kitabı</t>
+          <t>Unutulmayan Mısralar El Kitabı</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>380</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786053424055</t>
+          <t>9786053424185</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Kelime Dağarcığımızdan Etimoloji Araştırmaları</t>
+          <t>Erzurumlu İbrahim Hakkı ve Tasavvuf</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786053424031</t>
+          <t>9786053424161</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Değerli Ailem</t>
+          <t>18. Yüzyıl Hattat Divan Şairi İstanbul Ayvansaraylı Afif Efendi ve Divanı</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786053423997</t>
+          <t>9786053424147</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Ankara Yalnızlığı</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>215</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786053421689</t>
+          <t>9786053424086</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Kurumlarıyla Osmanlı Tarihi 1-4 (Netayicü'l - Vuku'at)</t>
+          <t>İsmail Ünalmış ve Akçağ Hareketi (Ciltli)</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>400</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786053424024</t>
+          <t>9786053424109</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Dünya Tarihinin Dönüm Noktası Çanakkale Dirilişi</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>105</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786053424000</t>
+          <t>9786053424130</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Bebiha</t>
+          <t>Cumhuriyet Dönemi Türk Edebiyatında Yurt İçi Gezi Kitapları (1920-1980)</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>295</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786053424017</t>
+          <t>9786053424123</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Dünyası</t>
+          <t>Papa 2. Pius’un Fatih Sultan Mehmet’e Mektubu</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>400</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786053423966</t>
+          <t>9786053424116</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Çınarı</t>
+          <t>Thomas Bernhard “Der Kulterer” Adlı Yapıtında Heterotopya</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786053423959</t>
+          <t>9786053423874</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Asya'nın Kurdu - Çiçi Han</t>
+          <t>Eski Anadolu Türkçesi El Kitabı</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>335</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786053423904</t>
+          <t>9786053424055</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Kelime Dağarcığımızdan Etimoloji Araştırmaları</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>85</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786053423881</t>
+          <t>9786053424031</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Kur’an'da Varoluş ve İnsan</t>
+          <t>Değerli Ailem</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786053423867</t>
+          <t>9786053423997</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Bu Ankara Masalı Hiç Bitmeyecek</t>
+          <t>Ankara Yalnızlığı</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>175</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786053423898</t>
+          <t>9786053421689</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Türkçesi ve Kültürü Üzerine Makaleler</t>
+          <t>Kurumlarıyla Osmanlı Tarihi 1-4 (Netayicü'l - Vuku'at)</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>605</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786053423850</t>
+          <t>9786053424024</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Altayistik Mongolistik Halkbilimi Makaleler 2</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>705</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786053423843</t>
+          <t>9786053424000</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Türkoloji Makaleler 1</t>
+          <t>Bebiha</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>605</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786053423829</t>
+          <t>9786053424017</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Sarayın Sırp Gelini</t>
+          <t>Türklerin Dünyası</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>255</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786053423928</t>
+          <t>9786053423966</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Özdemiroğlu Osman Paşa</t>
+          <t>Türkistan Çınarı</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786053423911</t>
+          <t>9786053423959</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Mora İhtilali 1770</t>
+          <t>Asya'nın Kurdu - Çiçi Han</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>255</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786053423812</t>
+          <t>9786053423904</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Metalaştırma - Kapitalist Sistemin Tüketime İkna Stratejisi</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>215</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786053423577</t>
+          <t>9786053423881</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Karma Şiirler</t>
+          <t>Kur’an'da Varoluş ve İnsan</t>
         </is>
       </c>
       <c r="C1338" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786053423751</t>
+          <t>9786053423867</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Beş Hikaye Bir Destan</t>
+          <t>Bu Ankara Masalı Hiç Bitmeyecek</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>85</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786053423799</t>
+          <t>9786053423898</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>İronik Yaşamda Sonsuza Yürüyen Kahraman Nasreddin Hoca</t>
+          <t>Türkmen Türkçesi ve Kültürü Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>255</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786053423782</t>
+          <t>9786053423850</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatında Metaforik Üslup</t>
+          <t>Altayistik Mongolistik Halkbilimi Makaleler 2</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>190</v>
+        <v>705</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786053423775</t>
+          <t>9786053423843</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Türk Diline Gönül Verenler</t>
+          <t>Türkoloji Makaleler 1</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>295</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786053423744</t>
+          <t>9786053423829</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin Sami - Usül-i Tenkit ve Tertip</t>
+          <t>Sarayın Sırp Gelini</t>
         </is>
       </c>
       <c r="C1343" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786053423560</t>
+          <t>9786053423928</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Üzerine Yazılar</t>
+          <t>Özdemiroğlu Osman Paşa</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786053423690</t>
+          <t>9786053423911</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Tahsin Yücel ve Aykırı Öykülem</t>
+          <t>Mora İhtilali 1770</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>320</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786053423676</t>
+          <t>9786053423812</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Romanda Mekan</t>
+          <t>Metalaştırma - Kapitalist Sistemin Tüketime İkna Stratejisi</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>305</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786053423645</t>
+          <t>9786053423577</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz Hz. Muhammed Soyu Ailesi, Yaşantısı, Ahlakı</t>
+          <t>Karma Şiirler</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9782000103483</t>
+          <t>9786053423751</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Çocuk Kitapları Dizisi (6 Kitap Takım)</t>
+          <t>Beş Hikaye Bir Destan</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>420</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786053423706</t>
+          <t>9786053423799</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Sokollu Mehmed Paşa - Ahmed Refik (2 Cilt Takım)</t>
+          <t>İronik Yaşamda Sonsuza Yürüyen Kahraman Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>605</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786053423508</t>
+          <t>9786053423782</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Belgelerin Işığında Edebiyat Notları</t>
+          <t>Klasik Türk Edebiyatında Metaforik Üslup</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786053423492</t>
+          <t>9786053423775</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Lider Sizsiniz</t>
+          <t>Türk Diline Gönül Verenler</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786053423607</t>
+          <t>9786053423744</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Çağdaş Türk Romanı (1 ve 2 Takım)</t>
+          <t>Şemseddin Sami - Usül-i Tenkit ve Tertip</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>915</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786053423584</t>
+          <t>9786053423560</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hikayelerle İstiklal Marşımız</t>
+          <t>Türkçe Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786053423669</t>
+          <t>9786053423690</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Okumaları</t>
+          <t>Tahsin Yücel ve Aykırı Öykülem</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786053423638</t>
+          <t>9786053423676</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun Seyyahlar Sultanı Evliya Çelebi</t>
+          <t>Romanda Mekan</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>340</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786053423553</t>
+          <t>9786053423645</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Nesimi: Hayatı - Sanatı - Eserleri Bazı Şiirlerinin Açıklamaları</t>
+          <t>Efendimiz Hz. Muhammed Soyu Ailesi, Yaşantısı, Ahlakı</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>335</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786053423539</t>
+          <t>9782000103483</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Meseleleri</t>
+          <t>İlk Gençlik Çocuk Kitapları Dizisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>255</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786053423478</t>
+          <t>9786053423706</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Cahit Sıtkı Tarancı</t>
+          <t>Sokollu Mehmed Paşa - Ahmed Refik (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>305</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786053423546</t>
+          <t>9786053423508</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Haluk'un Defteri Rübab'ın Cevabı Şermin ve Diğer Şiirleri</t>
+          <t>Belgelerin Işığında Edebiyat Notları</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786053423461</t>
+          <t>9786053423492</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Türk Musıkisi Güfteleri</t>
+          <t>Lider Sizsiniz</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>505</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786053423430</t>
+          <t>9786053423607</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Zirvesi</t>
+          <t>Cumhuriyet Dönemi Çağdaş Türk Romanı (1 ve 2 Takım)</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>370</v>
+        <v>915</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786053423485</t>
+          <t>9786053423584</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Gelenekte Yaşayan Battal Gazi</t>
+          <t>Gerçek Hikayelerle İstiklal Marşımız</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786053423416</t>
+          <t>9786053423669</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Ramazan</t>
+          <t>Türk Edebiyatı Okumaları</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>115</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786053423454</t>
+          <t>9786053423638</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Uwe Timm'in Morenga Romanı Örneğinde Alman Edebiyatında Postkolonyalizm</t>
+          <t>Aşk Olsun Seyyahlar Sultanı Evliya Çelebi</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786053423409</t>
+          <t>9786053423553</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Tembel Tahtası</t>
+          <t>Nesimi: Hayatı - Sanatı - Eserleri Bazı Şiirlerinin Açıklamaları</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>115</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786053423393</t>
+          <t>9786053423539</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Masallar - Masal Kuşu Serisi 2 (Ciltli)</t>
+          <t>Edebiyat Meseleleri</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>440</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786053423423</t>
+          <t>9786053423478</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dünyamızdan Hoş Sedalar 4</t>
+          <t>Cahit Sıtkı Tarancı</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>190</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786053423362</t>
+          <t>9786053423546</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>İşaret Taşları - Anayurttan Anadolu'ya</t>
+          <t>Haluk'un Defteri Rübab'ın Cevabı Şermin ve Diğer Şiirleri</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>305</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786053423379</t>
+          <t>9786053423461</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>İkindi Sancıları</t>
+          <t>Açıklamalı Türk Musıkisi Güfteleri</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>115</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786053423348</t>
+          <t>9786053423430</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Kutü'l Amare Zaferi</t>
+          <t>Ölüm Zirvesi</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786053423331</t>
+          <t>9786053423485</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık Treni</t>
+          <t>Sözlü Gelenekte Yaşayan Battal Gazi</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786053423317</t>
+          <t>9786053423416</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Türk Yurtları Üzerine Notlar</t>
+          <t>Osmanlı'da Ramazan</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>215</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786053423324</t>
+          <t>9786053423454</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Türkiye'nin Toplumsal Yapısı</t>
+          <t>Uwe Timm'in Morenga Romanı Örneğinde Alman Edebiyatında Postkolonyalizm</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786053423300</t>
+          <t>9786053423409</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Türk Fıkra Kültürü</t>
+          <t>Tembel Tahtası</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>190</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786053423201</t>
+          <t>9786053423393</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Aşka Adanmış Mektuplar</t>
+          <t>Neşeli Masallar - Masal Kuşu Serisi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>115</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786053423232</t>
+          <t>9786053423423</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Adanalı Hayret Efendi</t>
+          <t>Edebiyat Dünyamızdan Hoş Sedalar 4</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786053423270</t>
+          <t>9786053423362</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sosyal ve Ekonomik Tarihi (2 Cilt Takım)</t>
+          <t>İşaret Taşları - Anayurttan Anadolu'ya</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>945</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786053423225</t>
+          <t>9786053423379</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Afrika İlişkileri</t>
+          <t>İkindi Sancıları</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>305</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786053423249</t>
+          <t>9786053423348</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Feyzi Halıcı ve Yirminci Yüzyıl Aşıkları Üzerine Araştırmalar 1</t>
+          <t>Kutü'l Amare Zaferi</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>255</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786053423294</t>
+          <t>9786053423331</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Kararsız Düşler</t>
+          <t>Ayrılık Treni</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786053423287</t>
+          <t>9786053423317</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Hayatta ve Sınavlarda Başarıya Giden Yol</t>
+          <t>Türk Yurtları Üzerine Notlar</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786053423133</t>
+          <t>9786053423324</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Önce Gözler Konuşur</t>
+          <t>Geçmişten Günümüze Türkiye'nin Toplumsal Yapısı</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>135</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786053423157</t>
+          <t>9786053423300</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Anzako - Çanakkale Savaşı'nın Acıları</t>
+          <t>Türk Fıkra Kültürü</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786053423164</t>
+          <t>9786053423201</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Duyarlı Olmak</t>
+          <t>Aşka Adanmış Mektuplar</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786053423171</t>
+          <t>9786053423232</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Yazın Yağar Kar Başıma</t>
+          <t>Adanalı Hayret Efendi</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786053423218</t>
+          <t>9786053423270</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Buz Mavisi Sabahlar</t>
+          <t>Osmanlı Sosyal ve Ekonomik Tarihi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>190</v>
+        <v>945</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786053423140</t>
+          <t>9786053423225</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Yetenek Merkezli Eğitim</t>
+          <t>Türkiye Afrika İlişkileri</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>160</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786053423188</t>
+          <t>9786053423249</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Kirli Pusu</t>
+          <t>Feyzi Halıcı ve Yirminci Yüzyıl Aşıkları Üzerine Araştırmalar 1</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>125</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786053423096</t>
+          <t>9786053423294</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürüne Giriş</t>
+          <t>Kararsız Düşler</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>560</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786053422990</t>
+          <t>9786053423287</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin Razi'de Bilgi Teorisi</t>
+          <t>Hayatta ve Sınavlarda Başarıya Giden Yol</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>255</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786053423102</t>
+          <t>9786053423133</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimi Sana Bıraktım</t>
+          <t>Önce Gözler Konuşur</t>
         </is>
       </c>
       <c r="C1391" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786053423126</t>
+          <t>9786053423157</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Aşık Edebiyatı ve Taşpınarlı Halk Şairleri</t>
+          <t>Anzako - Çanakkale Savaşı'nın Acıları</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>380</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786053423065</t>
+          <t>9786053423164</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Şebinkarahisarlı Abdi'nin Erzurum Lehçesi Lügatı</t>
+          <t>Duyarlı Olmak</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786053423041</t>
+          <t>9786053423171</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Vermektir</t>
+          <t>Yazın Yağar Kar Başıma</t>
         </is>
       </c>
       <c r="C1394" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786053423072</t>
+          <t>9786053423218</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayatlar</t>
+          <t>Buz Mavisi Sabahlar</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786053423089</t>
+          <t>9786053423140</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste</t>
+          <t>Yetenek Merkezli Eğitim</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786053423027</t>
+          <t>9786053423188</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Düşüncesinin Kurani Temelleri</t>
+          <t>Kirli Pusu</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786053423003</t>
+          <t>9786053423096</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Anlamlandırmak</t>
+          <t>Türk Kültürüne Giriş</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>190</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786053423034</t>
+          <t>9786053422990</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Geşeng Ginle</t>
+          <t>Fahreddin Razi'de Bilgi Teorisi</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786053422969</t>
+          <t>9786053423102</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Bilge Hikayeler</t>
+          <t>Yüreğimi Sana Bıraktım</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>305</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786053422914</t>
+          <t>9786053423126</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Bayburtlu Zihni</t>
+          <t>Aşık Edebiyatı ve Taşpınarlı Halk Şairleri</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>215</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786053422983</t>
+          <t>9786053423065</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olmanın Yolları</t>
+          <t>Şebinkarahisarlı Abdi'nin Erzurum Lehçesi Lügatı</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786053422976</t>
+          <t>9786053423041</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Nefha Şeyh Sadreddin Konevi Esintileri</t>
+          <t>Sevmek Vermektir</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786053422952</t>
+          <t>9786053423072</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Basra'dan Balkanlar'a Gezi Günlükleri</t>
+          <t>Kırık Hayatlar</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786053423010</t>
+          <t>9786053423089</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Şu İmam Hatipler</t>
+          <t>Rübab-ı Şikeste</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>485</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786053422877</t>
+          <t>9786053423027</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Baki Divan'ından Seçmeler</t>
+          <t>Mevlana Düşüncesinin Kurani Temelleri</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786053422884</t>
+          <t>9786053423003</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Bir Gece Toplantısı</t>
+          <t>Hayatı Anlamlandırmak</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>255</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786053422921</t>
+          <t>9786053423034</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>İki Dünya Bir Aile</t>
+          <t>Geşeng Ginle</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>345</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786053422839</t>
+          <t>9786053422969</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Köy Hayatı</t>
+          <t>Bilge Hikayeler</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>400</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786053422464</t>
+          <t>9786053422914</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Roman Çözümleme Yöntemi - Bütün Eserleri 22</t>
+          <t>Bayburtlu Zihni</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>290</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786053422815</t>
+          <t>9786053422983</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Sebzi Divanı</t>
+          <t>Mutlu Olmanın Yolları</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786053422891</t>
+          <t>9786053422976</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>İslam İnancında Şefaat</t>
+          <t>Nefha Şeyh Sadreddin Konevi Esintileri</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786053422853</t>
+          <t>9786053422952</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Türklük Biliminde Bir Ömür Prof. Dr. Tofiq Hacıyev Kitabı</t>
+          <t>Basra'dan Balkanlar'a Gezi Günlükleri</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786053422631</t>
+          <t>9786053423010</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Kayıp Kitabı Ulu Han Ata</t>
+          <t>Şu İmam Hatipler</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>255</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786053422600</t>
+          <t>9786053422877</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Tebessüm ve Tefekkürün Beş Renkli Ustası</t>
+          <t>Baki Divan'ından Seçmeler</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786053422563</t>
+          <t>9786053422884</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Rumeli'de Hazan Mevsimi</t>
+          <t>Bir Gece Toplantısı</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>370</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786053422723</t>
+          <t>9786053422921</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>İran’da Türkler ve Türkçe</t>
+          <t>İki Dünya Bir Aile</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>370</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786053422761</t>
+          <t>9786053422839</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Ozanoğlu</t>
+          <t>Osmanlı'da Köy Hayatı</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>255</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786053422730</t>
+          <t>9786053422464</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah (Orijinal Metin ve Günümüz Türkçesiyle)</t>
+          <t>Roman Çözümleme Yöntemi - Bütün Eserleri 22</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786053422785</t>
+          <t>9786053422815</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Yönetim ve Liderlik Sırları</t>
+          <t>Sebzi Divanı</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786053422792</t>
+          <t>9786053422891</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Karınca Düşü</t>
+          <t>İslam İnancında Şefaat</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786053422716</t>
+          <t>9786053422853</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Yitik Balta</t>
+          <t>Türklük Biliminde Bir Ömür Prof. Dr. Tofiq Hacıyev Kitabı</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>255</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786053422754</t>
+          <t>9786053422631</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar'ın Fransızca Kelimeleri</t>
+          <t>Türk'ün Kayıp Kitabı Ulu Han Ata</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>295</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786053422778</t>
+          <t>9786053422600</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. İsmail Çetişli Hatıra Kitabı</t>
+          <t>Tebessüm ve Tefekkürün Beş Renkli Ustası</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786053422808</t>
+          <t>9786053422563</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Kazanırken Eksilenler</t>
+          <t>Rumeli'de Hazan Mevsimi</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786053422488</t>
+          <t>9786053422723</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Doğru Düşüncenin Engelleri</t>
+          <t>İran’da Türkler ve Türkçe</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>105</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786053420620</t>
+          <t>9786053422761</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Türk Manilerinden Seçmeler</t>
+          <t>Ozanoğlu</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>75</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786053422822</t>
+          <t>9786053422730</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Türksav Türk Dünyası 25 Yıllığı</t>
+          <t>Mai ve Siyah (Orijinal Metin ve Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786053422617</t>
+          <t>9786053422785</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Samur ve Amber</t>
+          <t>Hz. Muhammed'in Yönetim ve Liderlik Sırları</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786053422310</t>
+          <t>9786053422792</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Hayal İmparatorluğu</t>
+          <t>Karınca Düşü</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786053422358</t>
+          <t>9786053422716</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Roman Sevdaları</t>
+          <t>Yitik Balta</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>370</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786053422662</t>
+          <t>9786053422754</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Vakit Vuslat Diyor</t>
+          <t>Ahmet Hamdi Tanpınar'ın Fransızca Kelimeleri</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786053422341</t>
+          <t>9786053422778</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Eş Seçimi ve Evliliğe Hazırlık - Seninle Evlenebilir miyim?</t>
+          <t>Prof. Dr. İsmail Çetişli Hatıra Kitabı</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9789753382199</t>
+          <t>9786053422808</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Kazanırken Eksilenler</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9789753384728</t>
+          <t>9786053422488</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Dilbilime Giriş</t>
+          <t>Doğru Düşüncenin Engelleri</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>255</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786053422471</t>
+          <t>9786053420620</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Gelenekten Moderne Değişim 1718-1898</t>
+          <t>Türk Manilerinden Seçmeler</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>190</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786053422532</t>
+          <t>9786053422822</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Tasavvuf ve Tarikatlar</t>
+          <t>Türksav Türk Dünyası 25 Yıllığı</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>370</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786053422495</t>
+          <t>9786053422617</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Kebir</t>
+          <t>Osmanlı'da Samur ve Amber</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>335</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786053422501</t>
+          <t>9786053422310</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Bilinci</t>
+          <t>Hayal İmparatorluğu</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786053422518</t>
+          <t>9786053422358</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam Yahya Efendi</t>
+          <t>Roman Sevdaları</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786053422549</t>
+          <t>9786053422662</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Hasret Yürekler</t>
+          <t>Vakit Vuslat Diyor</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>255</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786053422587</t>
+          <t>9786053422341</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Gülnar</t>
+          <t>Eş Seçimi ve Evliliğe Hazırlık - Seninle Evlenebilir miyim?</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>165</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786053422556</t>
+          <t>9789753382199</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>68 İkliminde Tipi</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>305</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786053422457</t>
+          <t>9789753384728</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Destancılık Geleneği ve Destanlar</t>
+          <t>Dilbilime Giriş</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>605</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786053422433</t>
+          <t>9786053422471</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Seninle Bin Yıl</t>
+          <t>Türk Edebiyatında Gelenekten Moderne Değişim 1718-1898</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786053422440</t>
+          <t>9786053422532</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Yarın Diye Diye</t>
+          <t>Geçmişten Günümüze Tasavvuf ve Tarikatlar</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>135</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9789753385893</t>
+          <t>9786053422495</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Yirminci Yüzyıla Türk Dili Tarihi</t>
+          <t>Divan-ı Kebir</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>360</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9789753388849</t>
+          <t>9786053422501</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Günümüze Türk Destanları</t>
+          <t>Türkçe Bilinci</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786053422266</t>
+          <t>9786053422518</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Türk-İslam Kültür ve Medeniyetinin Temelleri</t>
+          <t>Şeyhülislam Yahya Efendi</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>305</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>3990000028539</t>
+          <t>9786053422549</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Türk Derneği</t>
+          <t>Hasret Yürekler</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9789753389501</t>
+          <t>9786053422587</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı</t>
+          <t>Gülnar</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>220</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9789753381888</t>
+          <t>9786053422556</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Geçidi Bekleyen Şehir</t>
+          <t>68 İkliminde Tipi</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>190</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786053420019</t>
+          <t>9786053422457</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli: Türkçe Divan</t>
+          <t>Türk Dünyası Destancılık Geleneği ve Destanlar</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>475</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9789753381086</t>
+          <t>9786053422433</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli</t>
+          <t>Seninle Bin Yıl</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9789753382113</t>
+          <t>9786053422440</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Divanı Şerhi</t>
+          <t>Yarın Diye Diye</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>665</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9789753389839</t>
+          <t>9789753385893</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Furkani’nin Şiir Evreni Bağlamında Bir Monografi Denemesi</t>
+          <t>Başlangıçtan Yirminci Yüzyıla Türk Dili Tarihi</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9789753384377</t>
+          <t>9789753388849</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Ağızları Bibliyografyası</t>
+          <t>Başlangıcından Günümüze Türk Destanları</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>305</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786053422327</t>
+          <t>9786053422266</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çözümleme Yöntemi - Bütün Eserleri 21</t>
+          <t>Türk-İslam Kültür ve Medeniyetinin Temelleri</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>355</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786053422259</t>
+          <t>3990000028539</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>1. Dünya Savaşı'nın 100. Yıl ve Çanakkale 1915-2015</t>
+          <t>Türk Derneği</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>105</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786053422211</t>
+          <t>9789753389501</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıl Türk Edebiyatı</t>
+          <t>Yeni Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9789753382519</t>
+          <t>9789753381888</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Türk Bitiği</t>
+          <t>Geçidi Bekleyen Şehir</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9789753389693</t>
+          <t>9786053420019</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilmecelerinin Şiirsel Yapısı</t>
+          <t>Fuzuli: Türkçe Divan</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>335</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786053420439</t>
+          <t>9789753381086</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Hayat</t>
+          <t>Fuzuli</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786053426509</t>
+          <t>9789753382113</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tahlilleri 1</t>
+          <t>Fuzuli Divanı Şerhi</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>380</v>
+        <v>665</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786055414115</t>
+          <t>9789753389839</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’tan Cumhuriyet’e Kadar Bizde Türk Edebiyatı Tarihleri</t>
+          <t>Furkani’nin Şiir Evreni Bağlamında Bir Monografi Denemesi</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9789753383820</t>
+          <t>9789753384377</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Tanzimatta Tiyatro Edebiyatı Tarihi</t>
+          <t>Türkiye Türkçesi Ağızları Bibliyografyası</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>400</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786053422167</t>
+          <t>9786053422327</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimi Terimler Sözlüğü (Ciltli)</t>
+          <t>Şiir Çözümleme Yöntemi - Bütün Eserleri 21</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>505</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786053422334</t>
+          <t>9786053422259</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar için Yerel Yönetimlerde Basın ve Halkla İlişkiler Pratikleri</t>
+          <t>1. Dünya Savaşı'nın 100. Yıl ve Çanakkale 1915-2015</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786053422273</t>
+          <t>9786053422211</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Halk Türküleri : Konu - İcra - Yapı - Anlam - İşlev</t>
+          <t>17. Yüzyıl Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786053422228</t>
+          <t>9789753382519</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilimine Katkılar 1</t>
+          <t>Türk Bitiği</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>255</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786053422068</t>
+          <t>9789753389693</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'dan Kıbrıs'a Halk Kültürü Köprüsü</t>
+          <t>Türk Bilmecelerinin Şiirsel Yapısı</t>
         </is>
       </c>
       <c r="C1471" s="1">
         <v>335</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786053422112</t>
+          <t>9786053420439</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Mim</t>
+          <t>Çocuk ve Hayat</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>255</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786053422235</t>
+          <t>9786053426509</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Düşün Sağlıklı Yaşa Genç Kal Mutlu Ol</t>
+          <t>Şiir Tahlilleri 1</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786053422198</t>
+          <t>9786055414115</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>İbadetler, Allah'ın Müminlerle Buluşması</t>
+          <t>Tanzimat’tan Cumhuriyet’e Kadar Bizde Türk Edebiyatı Tarihleri</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>115</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786053422143</t>
+          <t>9789753383820</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Sure-i Yasin</t>
+          <t>Tanzimatta Tiyatro Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>255</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786053421825</t>
+          <t>9786053422167</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Son Sahne</t>
+          <t>Türklük Bilimi Terimler Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>85</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786053422129</t>
+          <t>9786053422334</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Bir Tebessüm Bağışla</t>
+          <t>Yeni Başlayanlar için Yerel Yönetimlerde Basın ve Halkla İlişkiler Pratikleri</t>
         </is>
       </c>
       <c r="C1477" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786055413460</t>
+          <t>9786053422273</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Geriye Hüzün Kalır</t>
+          <t>Halk Türküleri : Konu - İcra - Yapı - Anlam - İşlev</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>135</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9789753381185</t>
+          <t>9786053422228</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Geleneğin Dünyası Yeniliğin Ufukları</t>
+          <t>Edebiyat Bilimine Katkılar 1</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>230</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9789753389631</t>
+          <t>9786053422068</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Gel Dedin Geldim İşte</t>
+          <t>Anadolu'dan Kıbrıs'a Halk Kültürü Köprüsü</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>135</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786053422075</t>
+          <t>9786053422112</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatında Hammamiyyeler</t>
+          <t>Mim</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>335</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786053422372</t>
+          <t>9786053422235</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Memleketimden Hikayeler</t>
+          <t>Olumlu Düşün Sağlıklı Yaşa Genç Kal Mutlu Ol</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786053422365</t>
+          <t>9786053422198</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Şiir Burcu</t>
+          <t>İbadetler, Allah'ın Müminlerle Buluşması</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>420</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786053422044</t>
+          <t>9786053422143</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Yazıları</t>
+          <t>Sure-i Yasin</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>105</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786053422280</t>
+          <t>9786053421825</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkologları ve Türk Diline Emek Verenler - 2</t>
+          <t>Son Sahne</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>605</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786053422297</t>
+          <t>9786053422129</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Dil Bilgisi ve Anlam Bilgisi Çözümlemeleri</t>
+          <t>Bir Tebessüm Bağışla</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>370</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786053421870</t>
+          <t>9786055413460</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Alıntılar Sözlüğü (Ciltli)</t>
+          <t>Geriye Hüzün Kalır</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>1220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786053422136</t>
+          <t>9789753381185</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmeyi Öğrenmede Alternatif Yaklaşımlar</t>
+          <t>Geleneğin Dünyası Yeniliğin Ufukları</t>
         </is>
       </c>
       <c r="C1488" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786053422099</t>
+          <t>9789753389631</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Gaspıralı İsmail ve Türkçede Birlik</t>
+          <t>Gel Dedin Geldim İşte</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>165</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786053422105</t>
+          <t>9786053422075</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Özbek Şiiri</t>
+          <t>Klasik Türk Edebiyatında Hammamiyyeler</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>255</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786053422037</t>
+          <t>9786053422372</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Ayakların Dili</t>
+          <t>Memleketimden Hikayeler</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786053422006</t>
+          <t>9786053422365</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın Kahramanı</t>
+          <t>Şiir Burcu</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786053421054</t>
+          <t>9786053422044</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Gelenekçilerle Yenilikçilerin Türkçe- Osmanlıca ve Arapça Tartışması</t>
+          <t>Gece Yarısı Yazıları</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>440</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786053422013</t>
+          <t>9786053422280</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Türkiye Türkologları ve Türk Diline Emek Verenler - 2</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>120</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9789753383271</t>
+          <t>9786053422297</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>İnsan Manzaraları</t>
+          <t>Dil Bilgisi ve Anlam Bilgisi Çözümlemeleri</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>105</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786053422051</t>
+          <t>9786053421870</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Şiirinde Ekim Devrimi</t>
+          <t>Türkçenin Alıntılar Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>215</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786053421979</t>
+          <t>9786053422136</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Ömrü</t>
+          <t>Öğrenmeyi Öğrenmede Alternatif Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>135</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786053421504</t>
+          <t>9786053422099</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Zamirler Dilbilimsel Bir Yaklaşım</t>
+          <t>Gaspıralı İsmail ve Türkçede Birlik</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786053421658</t>
+          <t>9786053422105</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Şiir Dünyamız</t>
+          <t>Çağdaş Özbek Şiiri</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>450</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786053421931</t>
+          <t>9786053422037</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Efendimiz</t>
+          <t>Ayakların Dili</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>370</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786053421863</t>
+          <t>9786053422006</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Zeka</t>
+          <t>Çağımızın Kahramanı</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786053421993</t>
+          <t>9786053421054</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Kadimi Baba (Ali Rıza Öge)</t>
+          <t>Gelenekçilerle Yenilikçilerin Türkçe- Osmanlıca ve Arapça Tartışması</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>370</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786053421917</t>
+          <t>9786053422013</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Misli Divanı</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>335</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786053421986</t>
+          <t>9789753383271</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Süveyda'ya Mektuplar</t>
+          <t>İnsan Manzaraları</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>160</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786053421665</t>
+          <t>9786053422051</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Sorulara Cevaplar 1</t>
+          <t>Kırgız Şiirinde Ekim Devrimi</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>230</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786053421788</t>
+          <t>9786053421979</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Türk Lehçelerinde İsimden İsim Yapma Ekleri</t>
+          <t>Kelebek Ömrü</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>255</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786053421672</t>
+          <t>9786053421504</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Efkar Meclisi</t>
+          <t>Zamirler Dilbilimsel Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>255</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786053421894</t>
+          <t>9786053421658</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Son Turnalar</t>
+          <t>Şiir Dünyamız</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>135</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786053420651</t>
+          <t>9786053421931</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Sevgili Efendimiz</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>110</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786053420774</t>
+          <t>9786053421863</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Terazisinde Vahidettin</t>
+          <t>Akıllı Zeka</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786053421856</t>
+          <t>9786053421993</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Alperenlerin Davası</t>
+          <t>Kadimi Baba (Ali Rıza Öge)</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>125</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786053421771</t>
+          <t>9786053421917</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Hayal İklimine Yelken Açan Şair : Ali Mümtaz Arolat</t>
+          <t>Misli Divanı</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>190</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786053421726</t>
+          <t>9786053421986</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Mithat Efendi'nin Romancılığı</t>
+          <t>Süveyda'ya Mektuplar</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786053421719</t>
+          <t>9786053421665</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Allah Resulü</t>
+          <t>Sorulara Cevaplar 1</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786053421757</t>
+          <t>9786053421788</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Mekan</t>
+          <t>Tarihi Türk Lehçelerinde İsimden İsim Yapma Ekleri</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>485</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9789753383769</t>
+          <t>9786053421672</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyette Tiyatro Edebiyatı Tarihi</t>
+          <t>Efkar Meclisi</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>305</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9789753388825</t>
+          <t>9786053421894</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Dönemi Türk Edebiyatı</t>
+          <t>Son Turnalar</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>550</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786053421948</t>
+          <t>9786053420651</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Yılankayasında Aşk Efilya</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>370</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786053421962</t>
+          <t>9786053420774</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıla Damgasını Vuran Önder Atatürk</t>
+          <t>Tarihin Terazisinde Vahidettin</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>305</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786053421740</t>
+          <t>9786053421856</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Klasik Şiirimiz (14. ve 15. yy. Divanlarına Göre)</t>
+          <t>Alperenlerin Davası</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786053421702</t>
+          <t>9786053421771</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Acemi Cambaz</t>
+          <t>Hayal İklimine Yelken Açan Şair : Ali Mümtaz Arolat</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>105</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786053421061</t>
+          <t>9786053421726</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Mithat Anlatılarında Kimlik İnşası ve Modernizm</t>
+          <t>Ahmet Mithat Efendi'nin Romancılığı</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786053421573</t>
+          <t>9786053421719</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>M Problemi A Teoremi</t>
+          <t>Kur'an-ı Kerim'de Allah Resulü</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786053421597</t>
+          <t>9786053421757</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Roman Sanatının Ele Alınışı</t>
+          <t>Şiir ve Mekan</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>370</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786053421528</t>
+          <t>9789753383769</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Türk Lehçelerinde Ünlüler</t>
+          <t>2. Meşrutiyette Tiyatro Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>255</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786053422570</t>
+          <t>9789753388825</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Haşim</t>
+          <t>2. Meşrutiyet Dönemi Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>215</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786053420903</t>
+          <t>9786053421948</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Gül-i Tebrizi</t>
+          <t>Yılankayasında Aşk Efilya</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9789753383998</t>
+          <t>9786053421962</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Yüz Akı</t>
+          <t>Yüzyıla Damgasını Vuran Önder Atatürk</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>70</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9789753383974</t>
+          <t>9786053421740</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Vire</t>
+          <t>Tasavvuf ve Klasik Şiirimiz (14. ve 15. yy. Divanlarına Göre)</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>70</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9789753383967</t>
+          <t>9786053421702</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Topuz</t>
+          <t>Acemi Cambaz</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>70</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9789753389983</t>
+          <t>9786053421061</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Sarılmak</t>
+          <t>Ahmet Mithat Anlatılarında Kimlik İnşası ve Modernizm</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>255</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786053420606</t>
+          <t>9786053421573</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Billur Köşk Masalları</t>
+          <t>M Problemi A Teoremi</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786053420576</t>
+          <t>9786053421597</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeler</t>
+          <t>Türk Romanında Roman Sanatının Ele Alınışı</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>65</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786053420729</t>
+          <t>9786053421528</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Anton Çehov Hikayeler</t>
+          <t>Tarihi Türk Lehçelerinde Ünlüler</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>110</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786053421498</t>
+          <t>9786053422570</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Operasyonu</t>
+          <t>Ahmet Haşim</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>305</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9789753385695</t>
+          <t>9786053420903</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık The Clean Kid</t>
+          <t>Gül-i Tebrizi</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9789753385688</t>
+          <t>9789753383998</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık The Careful Kid</t>
+          <t>Yüz Akı</t>
         </is>
       </c>
       <c r="C1537" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786053421467</t>
+          <t>9789753383974</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Gölgeler</t>
+          <t>Vire</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>125</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786053421474</t>
+          <t>9789753383967</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Gülperi Hanım ve Güldeste-i Hatırat</t>
+          <t>Topuz</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786053421436</t>
+          <t>9789753389983</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve İman Köprüsü Mevlana</t>
+          <t>Sarılmak</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>135</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786053420866</t>
+          <t>9786053420606</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Azim Şirvani'nin Gazelleri</t>
+          <t>Billur Köşk Masalları</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>305</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786053420804</t>
+          <t>9786053420576</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan'da Saka Türk'ü Üç Filozof</t>
+          <t>Tekerlemeler</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>305</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786053420712</t>
+          <t>9786053420729</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Ömrümüz Gurbet</t>
+          <t>Anton Çehov Hikayeler</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>335</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9789753384766</t>
+          <t>9786053421498</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Kültüründe Memoratlar ve Halk İnançları</t>
+          <t>Gökkuşağı Operasyonu</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>380</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9789753384704</t>
+          <t>9789753385695</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Edebiyatı El Kitabı</t>
+          <t>Kibarcık The Clean Kid</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>600</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9789753389020</t>
+          <t>9789753385688</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Şinasi Hisar’ın Romanlarında Özel Yabancılaşma</t>
+          <t>Kibarcık The Careful Kid</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>240</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9789753388276</t>
+          <t>9786053421467</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>2BA Beden Beyin Akımı</t>
+          <t>Yalnız Gölgeler</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>215</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786053422594</t>
+          <t>9786053421474</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizden İlginç Rüyalar</t>
+          <t>Gülperi Hanım ve Güldeste-i Hatırat</t>
         </is>
       </c>
       <c r="C1548" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786053421115</t>
+          <t>9786053421436</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk - Kıskançlık Tos</t>
+          <t>Kültür ve İman Köprüsü Mevlana</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786053421443</t>
+          <t>9786053420866</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Renan Müdafaanamesi</t>
+          <t>Seyyid Azim Şirvani'nin Gazelleri</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>165</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786053421269</t>
+          <t>9786053420804</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Aşk Çıkrığı</t>
+          <t>Yunanistan'da Saka Türk'ü Üç Filozof</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>135</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786053421429</t>
+          <t>9786053420712</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Biraz Kül Biraz Duman</t>
+          <t>Ömrümüz Gurbet</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>160</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786053421252</t>
+          <t>9789753384766</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz Hz. Muhammed Aleyhisselam'ın 40 Duası - 40 Hadisi</t>
+          <t>Türk Halk Kültüründe Memoratlar ve Halk İnançları</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786053421412</t>
+          <t>9789753384704</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den 800 Beyit</t>
+          <t>Türk Halk Edebiyatı El Kitabı</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>290</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786053421283</t>
+          <t>9789753389020</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Bayezit ve Topal Timur</t>
+          <t>Abdülhak Şinasi Hisar’ın Romanlarında Özel Yabancılaşma</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>135</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786053421320</t>
+          <t>9789753388276</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızın Zirvesindekiler Namık Kemal</t>
+          <t>2BA Beden Beyin Akımı</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>290</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786053421313</t>
+          <t>9786053422594</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamit Tarhan</t>
+          <t>Tarihimizden İlginç Rüyalar</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786053421351</t>
+          <t>9786053421115</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Milli Kültür Davası</t>
+          <t>Perili Köşk - Kıskançlık Tos</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786053421368</t>
+          <t>9786053421443</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Türk - İslam Medeniyeti</t>
+          <t>Renan Müdafaanamesi</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786053421276</t>
+          <t>9786053421269</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Halit Ziya Uşaklıgil'in Öykülerinde Yapı ve İzlek</t>
+          <t>Aşk Çıkrığı</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>255</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786053421375</t>
+          <t>9786053421429</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Tahsin Nahit Ahmet Vefa ve Şiirleri</t>
+          <t>Biraz Kül Biraz Duman</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786053421382</t>
+          <t>9786053421252</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig Grameri</t>
+          <t>Efendimiz Hz. Muhammed Aleyhisselam'ın 40 Duası - 40 Hadisi</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786053420637</t>
+          <t>9786053421412</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları</t>
+          <t>Mesnevi'den 800 Beyit</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>65</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786053420491</t>
+          <t>9786053421283</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Dilde Birlik</t>
+          <t>Yıldırım Bayezit ve Topal Timur</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>215</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786053421399</t>
+          <t>9786053421320</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Psikolojisi</t>
+          <t>Edebiyatımızın Zirvesindekiler Namık Kemal</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786053421405</t>
+          <t>9786053421313</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Eğitimi</t>
+          <t>Abdülhak Hamit Tarhan</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>280</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786053421153</t>
+          <t>9786053421351</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Yazılı Dilleri 4 Kuzeydoğu Grubu</t>
+          <t>Milli Kültür Davası</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786053421160</t>
+          <t>9786053421368</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Ali Çelik Armağanı (Ciltli)</t>
+          <t>Türk - İslam Medeniyeti</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786053421085</t>
+          <t>9786053421276</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'nın İlk Hocası Seyyid Burhaneddin</t>
+          <t>Halit Ziya Uşaklıgil'in Öykülerinde Yapı ve İzlek</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>135</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786053420675</t>
+          <t>9786053421375</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Ayşe Teymüri Divanı</t>
+          <t>Tahsin Nahit Ahmet Vefa ve Şiirleri</t>
         </is>
       </c>
       <c r="C1570" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786053421221</t>
+          <t>9786053421382</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Koyu Gri Seneler - 78 Kuşağı Romanı</t>
+          <t>Kutadgu Bilig Grameri</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>305</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786053421337</t>
+          <t>9786053420637</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Hicaz Yaprakları</t>
+          <t>Türk Masalları</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>135</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786053421207</t>
+          <t>9786053420491</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Yunus Dede'den Nasihatler</t>
+          <t>Dilde Birlik</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>105</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786053421344</t>
+          <t>9786053421399</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Dinimi Öğreniyorum</t>
+          <t>Yetişkin Psikolojisi</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786053421306</t>
+          <t>9786053421405</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Besmele Yazıları</t>
+          <t>Yetişkin Eğitimi</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>215</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786053421238</t>
+          <t>9786053421153</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Şahsenem</t>
+          <t>Çağdaş Türk Yazılı Dilleri 4 Kuzeydoğu Grubu</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>255</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786053423973</t>
+          <t>9786053421160</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan Mısralar El Kitabı (Ciltli)</t>
+          <t>Prof. Dr. Ali Çelik Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>760</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786053421849</t>
+          <t>9786053421085</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Necesen Yahşisan Mı</t>
+          <t>Mevlana'nın İlk Hocası Seyyid Burhaneddin</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786053421214</t>
+          <t>9786053420675</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık Bilinci</t>
+          <t>Ayşe Teymüri Divanı</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9789753389525</t>
+          <t>9786053421221</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesine Giriş</t>
+          <t>Koyu Gri Seneler - 78 Kuşağı Romanı</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>140</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786053422693</t>
+          <t>9786053421337</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Gül Olacaksın</t>
+          <t>Hicaz Yaprakları</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786053422709</t>
+          <t>9786053421207</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Cemre</t>
+          <t>Yunus Dede'den Nasihatler</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786053422686</t>
+          <t>9786053421344</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünden Notlar</t>
+          <t>Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>125</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786053421122</t>
+          <t>9786053421306</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Yazı Dilleri 1 Güneybatı / Oğuz Grubu</t>
+          <t>Besmele Yazıları</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>305</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786053421139</t>
+          <t>9786053421238</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Yazı Dilleri 2 Güneydoğu / Karluk Grubu</t>
+          <t>Şahsenem</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786053421108</t>
+          <t>9786053423973</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Ökçeler</t>
+          <t>Unutulmayan Mısralar El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>180</v>
+        <v>760</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786053421146</t>
+          <t>9786053421849</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Yazı Dilleri 3 Kuzeybatı / Kıpçak Grubu</t>
+          <t>Necesen Yahşisan Mı</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>605</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786053421030</t>
+          <t>9786053421214</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Gaspıralı İsmail</t>
+          <t>Farkındalık Bilinci</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786053420736</t>
+          <t>9789753389525</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinin Öncüleri</t>
+          <t>Osmanlı Türkçesine Giriş</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9789753387484</t>
+          <t>9786053422693</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Günümüze Örnekleriyle Türk Şiiri</t>
+          <t>Gül Olacaksın</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>650</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786053421078</t>
+          <t>9786053422709</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Balerin</t>
+          <t>Yüreğimdeki Cemre</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9789753387217</t>
+          <t>9786053422686</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Gülnihal</t>
+          <t>Yeryüzünden Notlar</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9789753388498</t>
+          <t>9786053421122</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Çağdaş Türk Yazı Dilleri 1 Güneybatı / Oğuz Grubu</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>190</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9789757568254</t>
+          <t>9786053421139</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Gül Ahmet</t>
+          <t>Çağdaş Türk Yazı Dilleri 2 Güneydoğu / Karluk Grubu</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>70</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9789753381178</t>
+          <t>9786053421108</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Ümid ve Aşk</t>
+          <t>Yüksek Ökçeler</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>305</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9789753382250</t>
+          <t>9786053421146</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Konuşmalar Mülakat-Sohbet-Anket-Açık Oturum</t>
+          <t>Çağdaş Türk Yazı Dilleri 3 Kuzeybatı / Kıpçak Grubu</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>255</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786055413903</t>
+          <t>9786053421030</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Konuşma Sanatı</t>
+          <t>Gaspıralı İsmail</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786053382317</t>
+          <t>9786053420736</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri Divanı</t>
+          <t>Türk Tarihinin Öncüleri</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>335</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9789753383332</t>
+          <t>9789753387484</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Nev’i Divanı’nın Tahlili</t>
+          <t>Başlangıcından Günümüze Örnekleriyle Türk Şiiri</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786053420224</t>
+          <t>9786053421078</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Yuvadan Uçurulanlar</t>
+          <t>Balerin</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9789753384230</t>
+          <t>9789753387217</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ekonomi-Politik Kriz ve Piyasa Ekonomisine Geçiş</t>
+          <t>Gülnihal</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>370</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9789753384773</t>
+          <t>9789753388498</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Edebiyat Toplulukları</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>285</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9789753382540</t>
+          <t>9789757568254</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Aşık Tarzı Şiir Geleneği ve Rüya Motifi</t>
+          <t>Gül Ahmet</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9789753388207</t>
+          <t>9789753381178</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Edebiyatı</t>
+          <t>Korku ve Ümid ve Aşk</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>605</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786053420170</t>
+          <t>9789753382250</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Tahsin Yücel’in Romanlarında Bireyin Dramı, Yapı ve İroni</t>
+          <t>Konuşmalar Mülakat-Sohbet-Anket-Açık Oturum</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>305</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9789753387507</t>
+          <t>9786055413903</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Nefs-i Emmare</t>
+          <t>Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9789753381581</t>
+          <t>9786053382317</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Nef’i Hayatı, Sanatı, Eserleri</t>
+          <t>Niyazi-i Mısri Divanı</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>230</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9789757568896</t>
+          <t>9789753383332</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Nedim’in Divan Şiirine Getirdiği Yenilikler</t>
+          <t>Nev’i Divanı’nın Tahlili</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9789753386708</t>
+          <t>9786053420224</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Necati Bey - Hayatı Sanatı Eserleri</t>
+          <t>Yuvadan Uçurulanlar</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>230</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9789753387170</t>
+          <t>9789753384230</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
+          <t>Türkiye’de Ekonomi-Politik Kriz ve Piyasa Ekonomisine Geçiş</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>115</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9789753389808</t>
+          <t>9789753384773</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Hayal Şehirlerin İzinde</t>
+          <t>Türkiye’de Edebiyat Toplulukları</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>335</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9789753387477</t>
+          <t>9789753382540</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Hayal Şehirler</t>
+          <t>Türkiye’de Aşık Tarzı Şiir Geleneği ve Rüya Motifi</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>255</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786055413873</t>
+          <t>9789753388207</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Har-ı Bülbül</t>
+          <t>Tanzimat Edebiyatı</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>115</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9789753382397</t>
+          <t>9786053420170</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Hançerli Hanım Hikaye-i Garibesi</t>
+          <t>Tahsin Yücel’in Romanlarında Bireyin Dramı, Yapı ve İroni</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>105</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9789753382908</t>
+          <t>9789753387507</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi Kuramları ve Araştırma Yöntemleri Tarihine Giriş</t>
+          <t>Nefs-i Emmare</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>585</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9789753384957</t>
+          <t>9789753381581</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Getir Heybemi Al Semerini</t>
+          <t>Nef’i Hayatı, Sanatı, Eserleri</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9789753384940</t>
+          <t>9789757568896</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Ortası</t>
+          <t>Nedim’in Divan Şiirine Getirdiği Yenilikler</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>70</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9789753384933</t>
+          <t>9789753386708</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Kimin İçi Yanıyor</t>
+          <t>Necati Bey - Hayatı Sanatı Eserleri</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9789753384926</t>
+          <t>9789753387170</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>İpe Un Sermek</t>
+          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>70</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9789753384919</t>
+          <t>9789753389808</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Düşeceğimi Bildin</t>
+          <t>Hayal Şehirlerin İzinde</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>70</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9789753384902</t>
+          <t>9789753387477</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Ye Kürküm Ye</t>
+          <t>Hayal Şehirler</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>70</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9789753384896</t>
+          <t>9786055413873</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Tarifi Bende</t>
+          <t>Har-ı Bülbül</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>70</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9789753384889</t>
+          <t>9789753382397</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>Mektup</t>
+          <t>Hançerli Hanım Hikaye-i Garibesi</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>70</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9786053420781</t>
+          <t>9789753382908</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğretimi</t>
+          <t>Halkbilimi Kuramları ve Araştırma Yöntemleri Tarihine Giriş</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>255</v>
+        <v>585</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9789753385671</t>
+          <t>9789753384957</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık The Sharing Kid</t>
+          <t>Getir Heybemi Al Semerini</t>
         </is>
       </c>
       <c r="C1625" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9789753385664</t>
+          <t>9789753384940</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık A Kid Of Example</t>
+          <t>Dünyanın Ortası</t>
         </is>
       </c>
       <c r="C1626" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9789753385657</t>
+          <t>9789753384933</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Animal Lover</t>
+          <t>Kimin İçi Yanıyor</t>
         </is>
       </c>
       <c r="C1627" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9789753385633</t>
+          <t>9789753384926</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık The Sturdy Kid</t>
+          <t>İpe Un Sermek</t>
         </is>
       </c>
       <c r="C1628" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9789753385640</t>
+          <t>9789753384919</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık The Honest Kid</t>
+          <t>Düşeceğimi Bildin</t>
         </is>
       </c>
       <c r="C1629" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9789753385626</t>
+          <t>9789753384902</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık The Hardworking Kid</t>
+          <t>Ye Kürküm Ye</t>
         </is>
       </c>
       <c r="C1630" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9789753385619</t>
+          <t>9789753384896</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık The Friendly Kid</t>
+          <t>Tarifi Bende</t>
         </is>
       </c>
       <c r="C1631" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9789753385602</t>
+          <t>9789753384889</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık I Love My Mother</t>
+          <t>Mektup</t>
         </is>
       </c>
       <c r="C1632" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9789753384964</t>
+          <t>9786053420781</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Kazan Öldü</t>
+          <t>Yabancı Dil Olarak Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>70</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9789753384971</t>
+          <t>9789753385671</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Horoz Da Lazım</t>
+          <t>Kibarcık The Sharing Kid</t>
         </is>
       </c>
       <c r="C1634" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786053421023</t>
+          <t>9789753385664</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram-ı Veli</t>
+          <t>Kibarcık A Kid Of Example</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786053420941</t>
+          <t>9789753385657</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal Beyatlı</t>
+          <t>Kibarcık Animal Lover</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>240</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786053420880</t>
+          <t>9789753385633</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Edebi Şahsiyeti</t>
+          <t>Kibarcık The Sturdy Kid</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>190</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786053420972</t>
+          <t>9789753385640</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatro Eserleri 1 Tanzimat Dönemi</t>
+          <t>Kibarcık The Honest Kid</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786053420989</t>
+          <t>9789753385626</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatro Eserleri 2 Tanzimat Dönemi</t>
+          <t>Kibarcık The Hardworking Kid</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786053420996</t>
+          <t>9789753385619</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatro Eserleri 3 Tanzimat Dönemi</t>
+          <t>Kibarcık The Friendly Kid</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786053421009</t>
+          <t>9789753385602</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatro Eserleri 4 Tanzimat Dönemi</t>
+          <t>Kibarcık I Love My Mother</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786053421016</t>
+          <t>9789753384964</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatro Eserleri 5 Tanzimat Dönemi</t>
+          <t>Kazan Öldü</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>115</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786053420897</t>
+          <t>9789753384971</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Mahşerin Galibi</t>
+          <t>Horoz Da Lazım</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786053420934</t>
+          <t>9786053421023</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Abdurrahman Güzel Armağanı (Ciltli)</t>
+          <t>Hacı Bayram-ı Veli</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9799753386165</t>
+          <t>9786053420941</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Saatleri Sonsuzluğa Kurdum</t>
+          <t>Yahya Kemal Beyatlı</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786053420668</t>
+          <t>9786053420880</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Hisar’da Kültür ve Sanat Konuşmaları</t>
+          <t>Hayatı Edebi Şahsiyeti</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786053420682</t>
+          <t>9786053420972</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilmecelerinden Seçmeler</t>
+          <t>Türk Tiyatro Eserleri 1 Tanzimat Dönemi</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786053420873</t>
+          <t>9786053420989</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Edebiyatı Tarihi 1-2</t>
+          <t>Türk Tiyatro Eserleri 2 Tanzimat Dönemi</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786053420835</t>
+          <t>9786053420996</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Latife Tekin'in Romancılığı</t>
+          <t>Türk Tiyatro Eserleri 3 Tanzimat Dönemi</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9789753383202</t>
+          <t>9786053421009</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Bitmedik Ot Dibinde Doğmadıcak Bir Göcen Şerh-i Nazım-ı Ahmed</t>
+          <t>Türk Tiyatro Eserleri 4 Tanzimat Dönemi</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786055413163</t>
+          <t>9786053421016</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Birinci Mecliste Malatya Milletvekilleri ve Siyasi Faaliyetleri</t>
+          <t>Türk Tiyatro Eserleri 5 Tanzimat Dönemi</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>370</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786053420316</t>
+          <t>9786053420897</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Bir Şair, Bir Antigonist Tavır: Edip Cansever</t>
+          <t>Mahşerin Galibi</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>505</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786053422082</t>
+          <t>9786053420934</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
+          <t>Prof. Dr. Abdurrahman Güzel Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>745</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9786053422174</t>
+          <t>9799753386165</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Ata-Ul-Haq Qasmi'den Hikayeler - Güler Misin Ağlar Mısın</t>
+          <t>Saatleri Sonsuzluğa Kurdum</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786053420699</t>
+          <t>9786053420668</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Yaratma</t>
+          <t>Hisar’da Kültür ve Sanat Konuşmaları</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9789753383929</t>
+          <t>9786053420682</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Türk Bilmecelerinden Seçmeler</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9789753383943</t>
+          <t>9786053420873</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Azerbaycan Edebiyatı Tarihi 1-2</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>70</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786053420583</t>
+          <t>9786053420835</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat</t>
+          <t>Latife Tekin'in Romancılığı</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>75</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9786053420798</t>
+          <t>9789753383202</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Medler ve Türkler</t>
+          <t>Bitmedik Ot Dibinde Doğmadıcak Bir Göcen Şerh-i Nazım-ı Ahmed</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>705</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786053420910</t>
+          <t>9786055413163</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Barbaros’un Günlüğü</t>
+          <t>Birinci Mecliste Malatya Milletvekilleri ve Siyasi Faaliyetleri</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>255</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9789753383905</t>
+          <t>9786053420316</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>And</t>
+          <t>Bir Şair, Bir Antigonist Tavır: Edip Cansever</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>70</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9789753383950</t>
+          <t>9786053422082</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>70</v>
+        <v>745</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9789753383912</t>
+          <t>9786053422174</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>Ata-Ul-Haq Qasmi'den Hikayeler - Güler Misin Ağlar Mısın</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>70</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786053420545</t>
+          <t>9786053420699</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>İncir Çekirdeğinde Aşk</t>
+          <t>Yaratma</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9789753383936</t>
+          <t>9789753383929</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Ferman</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C1665" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786053420590</t>
+          <t>9789753383943</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9789753384056</t>
+          <t>9786053420583</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>145</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9789753389440</t>
+          <t>9786053420798</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Turan Oflazoğlu Oyunları</t>
+          <t>Medler ve Türkler</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>450</v>
+        <v>705</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9789753384612</t>
+          <t>9786053420910</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri 2</t>
+          <t>Barbaros’un Günlüğü</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>75</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9789753383981</t>
+          <t>9789753383905</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Ökçeler</t>
+          <t>And</t>
         </is>
       </c>
       <c r="C1670" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786053420750</t>
+          <t>9789753383950</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Yazma Sanatı</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>295</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786053420828</t>
+          <t>9789753383912</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Delilik</t>
+          <t>Diyet</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>335</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
+          <t>9786053420545</t>
+        </is>
+      </c>
+      <c r="B1673" s="1" t="inlineStr">
+        <is>
+          <t>İncir Çekirdeğinde Aşk</t>
+        </is>
+      </c>
+      <c r="C1673" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1674" spans="1:3">
+      <c r="A1674" s="1" t="inlineStr">
+        <is>
+          <t>9789753383936</t>
+        </is>
+      </c>
+      <c r="B1674" s="1" t="inlineStr">
+        <is>
+          <t>Ferman</t>
+        </is>
+      </c>
+      <c r="C1674" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1675" spans="1:3">
+      <c r="A1675" s="1" t="inlineStr">
+        <is>
+          <t>9786053420590</t>
+        </is>
+      </c>
+      <c r="B1675" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan Masalları</t>
+        </is>
+      </c>
+      <c r="C1675" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1676" spans="1:3">
+      <c r="A1676" s="1" t="inlineStr">
+        <is>
+          <t>9789753384056</t>
+        </is>
+      </c>
+      <c r="B1676" s="1" t="inlineStr">
+        <is>
+          <t>Gülistan</t>
+        </is>
+      </c>
+      <c r="C1676" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1677" spans="1:3">
+      <c r="A1677" s="1" t="inlineStr">
+        <is>
+          <t>9789753389440</t>
+        </is>
+      </c>
+      <c r="B1677" s="1" t="inlineStr">
+        <is>
+          <t>Turan Oflazoğlu Oyunları</t>
+        </is>
+      </c>
+      <c r="C1677" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1678" spans="1:3">
+      <c r="A1678" s="1" t="inlineStr">
+        <is>
+          <t>9789753384612</t>
+        </is>
+      </c>
+      <c r="B1678" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut Hikayeleri 2</t>
+        </is>
+      </c>
+      <c r="C1678" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1679" spans="1:3">
+      <c r="A1679" s="1" t="inlineStr">
+        <is>
+          <t>9789753383981</t>
+        </is>
+      </c>
+      <c r="B1679" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Ökçeler</t>
+        </is>
+      </c>
+      <c r="C1679" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1680" spans="1:3">
+      <c r="A1680" s="1" t="inlineStr">
+        <is>
+          <t>9786053420750</t>
+        </is>
+      </c>
+      <c r="B1680" s="1" t="inlineStr">
+        <is>
+          <t>Yazma Sanatı</t>
+        </is>
+      </c>
+      <c r="C1680" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1681" spans="1:3">
+      <c r="A1681" s="1" t="inlineStr">
+        <is>
+          <t>9786053420828</t>
+        </is>
+      </c>
+      <c r="B1681" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat ve Delilik</t>
+        </is>
+      </c>
+      <c r="C1681" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="1682" spans="1:3">
+      <c r="A1682" s="1" t="inlineStr">
+        <is>
           <t>9786053420613</t>
         </is>
       </c>
-      <c r="B1673" s="1" t="inlineStr">
+      <c r="B1682" s="1" t="inlineStr">
         <is>
           <t>Türk Atasözlerinden Seçmeler</t>
         </is>
       </c>
-      <c r="C1673" s="1">
+      <c r="C1682" s="1">
         <v>110</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>