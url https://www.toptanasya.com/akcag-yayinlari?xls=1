--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,25255 +85,25405 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786053429050</t>
+          <t>9786053429463</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Çağdaş Türk Lehçeleri Türk Açar</t>
+          <t>Tarihten Günümüze Adların İzinde</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786053429401</t>
+          <t>9786053429371</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ortak Yaşama Sanatı</t>
+          <t>İran'da Türk Aşıklık Geleneğİ (Hemedan Bölgesi)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053429296</t>
+          <t>9786053429449</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kolay Yeni Farsça</t>
+          <t>Rus Emperyal Politikasının Dönüşü ve Jeopolitik Kodları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786053429159</t>
+          <t>9786053429456</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kazak Halkbilimi</t>
+          <t>Değişen ve Dönüşen Küresel Jeopolitikte Rus Dış Politikası ve Çar Putin</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053428411</t>
+          <t>9786053429418</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Derslerde ve Sınavlarda Başarı – Gençlerde Teknoloji ve Madde Bağımlılığı</t>
+          <t>Artvin'de Su, Barajlar ve Enerji</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>205</v>
+        <v>550</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753385107</t>
+          <t>9789944173636</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözlük İlköğretim 6 - 7 - 8. Sınıflar İçin</t>
+          <t>Türkçe-Kazakça Turizm ve Otelcilik Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>3.98</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753380423</t>
+          <t>9786053429388</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Türkçe Sözlük</t>
+          <t>Dil, Kimlik ve Edebiyat</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>20.37</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789753384742</t>
+          <t>9786053429425</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kazak Türkçesi - Türkiye Türkçesi Sözlüğü (Ciltli)</t>
+          <t>Ahi Evran Ahilik ve Meslek Ahlaki</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>40</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786053424765</t>
+          <t>9786053429432</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Eski Uygurcada Yunanca Alıntılar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>70</v>
+        <v>275</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053429227</t>
+          <t>9786053429395</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çağrı Candar: Altın Taç</t>
+          <t>Cenap Şahabettin Cumhuriyet Yazıları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053429272</t>
+          <t>9786053429050</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Gölgesinde Anadolu’nun Dirilişi</t>
+          <t>Herkes İçin Çağdaş Türk Lehçeleri Türk Açar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>170</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053429241</t>
+          <t>9786053429401</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Birlikte Yaşama Kültürü: Maraş’ta Türkler ve Ermeniler</t>
+          <t>Ortak Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786053429289</t>
+          <t>9786053429296</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki İmge ve Halleri</t>
+          <t>Kolay Yeni Farsça</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786053429302</t>
+          <t>9786053429159</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Edep Haya İffet</t>
+          <t>Kazak Halkbilimi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053428565</t>
+          <t>9786053428411</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Halk Edebiyatı El Kitabı</t>
+          <t>Derslerde ve Sınavlarda Başarı – Gençlerde Teknoloji ve Madde Bağımlılığı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>525</v>
+        <v>205</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053428534</t>
+          <t>9789753385107</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dini-Tasavvufi Türk Edebiyatında Dört Kapı Kırk Makam</t>
+          <t>Türkçe Sözlük İlköğretim 6 - 7 - 8. Sınıflar İçin</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>765</v>
+        <v>3.98</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053428428</t>
+          <t>9789753380423</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Nef’i ve Ekolü</t>
+          <t>Osmanlıca Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>255</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053428053</t>
+          <t>9789753384742</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Şiirsel Susku</t>
+          <t>Kazak Türkçesi - Türkiye Türkçesi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>320</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786053427957</t>
+          <t>9786053424765</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>750. Vuslat Yılında Mevlana</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053427896</t>
+          <t>9786053429227</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Hakim Ata Divanı (Ciltli)</t>
+          <t>Çağrı Candar: Altın Taç</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>970</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053427599</t>
+          <t>9786053429272</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Kuramı ve Eleştiri (Ciltli)</t>
+          <t>Selçuklu Gölgesinde Anadolu’nun Dirilişi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>1015</v>
+        <v>170</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>4440000002925</t>
+          <t>9786053429241</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Fethali Kaçar'ın Çağatay Türkçesi Sözlüğü Cilt: 2</t>
+          <t>Osmanlı’da Birlikte Yaşama Kültürü: Maraş’ta Türkler ve Ermeniler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053427582</t>
+          <t>9786053429289</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Avni Konuk İrfani Geleneğin Osmanlı’daki Son Halkası</t>
+          <t>Aynadaki İmge ve Halleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786053427476</t>
+          <t>9786053429302</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+          <t>Edep Haya İffet</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>380</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053427391</t>
+          <t>9786053428565</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Halk Edebiyatı El Kitabı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>70</v>
+        <v>525</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053427414</t>
+          <t>9786053428534</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Maceraları</t>
+          <t>Dini-Tasavvufi Türk Edebiyatında Dört Kapı Kırk Makam</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>230</v>
+        <v>765</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053427452</t>
+          <t>9786053428428</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Nef’i ve Ekolü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>16</v>
+        <v>255</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053427377</t>
+          <t>9786053428053</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Şiirsel Susku</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053427407</t>
+          <t>9786053427957</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>750. Vuslat Yılında Mevlana</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>105</v>
+        <v>60</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053427360</t>
+          <t>9786053427896</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Süleyman Hakim Ata Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>105</v>
+        <v>970</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053427483</t>
+          <t>9786053427599</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Erica Edwald'in Aşkı</t>
+          <t>Edebiyat Kuramı ve Eleştiri (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>14</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053427421</t>
+          <t>4440000002925</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Fethali Kaçar'ın Çağatay Türkçesi Sözlüğü Cilt: 2</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>265</v>
+        <v>825</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786053427353</t>
+          <t>9786053427582</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Ahmed Avni Konuk İrfani Geleneğin Osmanlı’daki Son Halkası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053427322</t>
+          <t>9786053427476</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ketaibu Alamil-Ahyar Min Fukahai Mezhebin-Numanil-Muhtar</t>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>465</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053427230</t>
+          <t>9786053427391</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Lale Lale Lale Şiirler</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053427186</t>
+          <t>9786053427414</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Güvercinlerin Selası</t>
+          <t>Sherlock Holmes Maceraları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053427162</t>
+          <t>9786053427452</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Alfabe Değişikliklerinin Türk Kültürüne Etkisi</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055413668</t>
+          <t>9786053427377</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Yazıcıoğlu Külliyatı - 3 Cilt Takım</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>690</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053426967</t>
+          <t>9786053427407</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Mehmet Akif Armağanı Türk Dili Araştırmaları 1-2 Takım</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>650</v>
+        <v>105</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053423713</t>
+          <t>9786053427360</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sokollu Mehmed Paşa - Ahmed Refik 1</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>50</v>
+        <v>105</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053424154</t>
+          <t>9786053427483</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Uygur Dramı - Göç</t>
+          <t>Erica Edwald'in Aşkı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>35</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053421566</t>
+          <t>9786053427421</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sırat</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>45</v>
+        <v>265</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753384106</t>
+          <t>9786053427353</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Dizisi 4 - Yarış</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053423522</t>
+          <t>9786053427322</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş</t>
+          <t>Ketaibu Alamil-Ahyar Min Fukahai Mezhebin-Numanil-Muhtar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>170</v>
+        <v>465</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789753386371</t>
+          <t>9786053427230</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sel</t>
+          <t>Lale Lale Lale Şiirler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753386364</t>
+          <t>9786053427186</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Azmin Zaferi</t>
+          <t>Güvercinlerin Selası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>5</v>
+        <v>220</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753386357</t>
+          <t>9786053427162</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bir Hırsızlık Olayı</t>
+          <t>Alfabe Değişikliklerinin Türk Kültürüne Etkisi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753386340</t>
+          <t>9786055413668</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Başarısızlık Korkusu</t>
+          <t>Muhsin Yazıcıoğlu Külliyatı - 3 Cilt Takım</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>5</v>
+        <v>690</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753386333</t>
+          <t>9786053426967</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bir Elmanın Yarısı</t>
+          <t>Yunus Emre Mehmet Akif Armağanı Türk Dili Araştırmaları 1-2 Takım</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>5</v>
+        <v>650</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053423263</t>
+          <t>9786053423713</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sosyal ve Ekonomik Tarihi Cilt: 1</t>
+          <t>Sokollu Mehmed Paşa - Ahmed Refik 1</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>46.29</v>
+        <v>50</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053424642</t>
+          <t>9786053424154</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sultanları Şahsiyetleri ve Değerleri ile Ankara</t>
+          <t>21. Yüzyıl Uygur Dramı - Göç</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>3990000047184</t>
+          <t>9786053421566</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Yazıcıoğlu Külliyatı (3 Cilt Takım - Ciltli)</t>
+          <t>Sırat</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>400</v>
+        <v>45</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053424864</t>
+          <t>9789753384106</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gök Girsin Kızıl Çıksın</t>
+          <t>Sevimli Dostlar Dizisi 4 - Yarış</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>35</v>
+        <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053424932</t>
+          <t>9786053423522</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kötücül Kadın</t>
+          <t>Sosyolojiye Giriş</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>3990000020269</t>
+          <t>9789753386371</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Yazıcıoğlu Külliyatı Cilt: 1</t>
+          <t>Sel</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>46.29</v>
+        <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053422303</t>
+          <t>9789753386364</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>Azmin Zaferi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>48.5</v>
+        <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053421955</t>
+          <t>9789753386357</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hace-i Cihan ve Netice-i Can (Ciltli)</t>
+          <t>Bir Hırsızlık Olayı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>25</v>
+        <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753384490</t>
+          <t>9789753386340</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Okuma Dizisi 3 : Gece Bekçisi</t>
+          <t>Başarısızlık Korkusu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753384483</t>
+          <t>9789753386333</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Okuma Dizisi 2 : Yıldızcık ile Gül</t>
+          <t>Bir Elmanın Yarısı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053421795</t>
+          <t>9786053423263</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlik Alan Bilgisi Türk Dili ve Edebiyatı Soru Bankası</t>
+          <t>Osmanlı Sosyal ve Ekonomik Tarihi Cilt: 1</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>21.9</v>
+        <v>46.29</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789753384476</t>
+          <t>9786053424642</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Okuma Dizisi 1 : Papatya ile Lale</t>
+          <t>Gönül Sultanları Şahsiyetleri ve Değerleri ile Ankara</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>3</v>
+        <v>55</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753384506</t>
+          <t>3990000047184</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Okuma Dizisi 4 : Oya'nın Saati</t>
+          <t>Muhsin Yazıcıoğlu Külliyatı (3 Cilt Takım - Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>3</v>
+        <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053421450</t>
+          <t>9786053424864</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ve Sustu Kuşlar</t>
+          <t>Gök Girsin Kızıl Çıksın</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786053420446</t>
+          <t>9786053424932</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Örselenen Hayatlar</t>
+          <t>Kötücül Kadın</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>12</v>
+        <v>340</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753384735</t>
+          <t>3990000020269</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Çağdaş Türk Romanı</t>
+          <t>Muhsin Yazıcıoğlu Külliyatı Cilt: 1</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>36</v>
+        <v>46.29</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053421627</t>
+          <t>9786053422303</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kadının Aynadaki Yüzü</t>
+          <t>9. Sınıf Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>720</v>
+        <v>48.5</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053421832</t>
+          <t>9786053421955</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dinin Toplumsal İnşası</t>
+          <t>Hace-i Cihan ve Netice-i Can (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>165</v>
+        <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786053421092</t>
+          <t>9789753384490</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlik Alan Bilgisi Türk Dili ve Edebiyatı</t>
+          <t>Neşeli Okuma Dizisi 3 : Gece Bekçisi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>47.9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786053420552</t>
+          <t>9789753384483</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İkindi Güneşi Yavuz Sultan Selim</t>
+          <t>Neşeli Okuma Dizisi 2 : Yıldızcık ile Gül</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>7.41</v>
+        <v>3</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786053420569</t>
+          <t>9786053421795</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sultanların Bahçesinden</t>
+          <t>Öğretmenlik Alan Bilgisi Türk Dili ve Edebiyatı Soru Bankası</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>9.26</v>
+        <v>21.9</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786053421177</t>
+          <t>9789753384476</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Dönemi Fikir Hareketleri ve Türk Edebiyatına Yansımaları</t>
+          <t>Neşeli Okuma Dizisi 1 : Papatya ile Lale</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>110</v>
+        <v>3</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789753389792</t>
+          <t>9789753384506</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hakikati Doğru Okumak</t>
+          <t>Neşeli Okuma Dizisi 4 : Oya'nın Saati</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>12</v>
+        <v>3</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786053421603</t>
+          <t>9786053421450</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlik Alan Bilgisi- Türkçe Öğretmenliği</t>
+          <t>Ve Sustu Kuşlar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>39.9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786053421290</t>
+          <t>9786053420446</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İlk Kadın Hükümdarı Tomris</t>
+          <t>Örselenen Hayatlar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>9.9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753389686</t>
+          <t>9789753384735</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Mevlana - Tam Metin (Şamua Kağıt) (Ciltli)</t>
+          <t>Cumhuriyet Dönemi Çağdaş Türk Romanı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>70</v>
+        <v>36</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786053420507</t>
+          <t>9786053421627</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Baybars Kölelikten Sultanlığa</t>
+          <t>Bilge Kadının Aynadaki Yüzü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>17.5</v>
+        <v>720</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789753384513</t>
+          <t>9786053421832</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Okuma Dizisi 5 : Tohumcuk</t>
+          <t>Dinin Toplumsal İnşası</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>3</v>
+        <v>165</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786053420859</t>
+          <t>9786053421092</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çileli Yolun Yokuşu</t>
+          <t>Öğretmenlik Alan Bilgisi Türk Dili ve Edebiyatı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>6</v>
+        <v>47.9</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>3990000016815</t>
+          <t>9786053420552</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Prof.Dr. Ahmet Bican Ercilasun Armağanı (Ciltli)</t>
+          <t>İkindi Güneşi Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>37.04</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055413385</t>
+          <t>9786053420569</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kolay Osmanlıca</t>
+          <t>Sultanların Bahçesinden</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>28</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753389662</t>
+          <t>9786053421177</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Popüler Roman - Estetik Roman</t>
+          <t>2. Meşrutiyet Dönemi Fikir Hareketleri ve Türk Edebiyatına Yansımaları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>30</v>
+        <v>110</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786053423768</t>
+          <t>9789753389792</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Yeni Bir Tür Küçürek Öykü</t>
+          <t>Hakikati Doğru Okumak</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053424918</t>
+          <t>9786053421603</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Türk Birliğinin Mümkün Yolları</t>
+          <t>Öğretmenlik Alan Bilgisi- Türkçe Öğretmenliği</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>30</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789753385268</t>
+          <t>9786053421290</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Vızvız ile İğde Ağacı</t>
+          <t>Türklerin İlk Kadın Hükümdarı Tomris</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>1.5</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786053423355</t>
+          <t>9789753389686</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Taşı</t>
+          <t>Mesnevi Mevlana - Tam Metin (Şamua Kağıt) (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>34</v>
+        <v>70</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944588102</t>
+          <t>9786053420507</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Karın Doyurmaz Çay İçirir</t>
+          <t>Baybars Kölelikten Sultanlığa</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>25</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753386326</t>
+          <t>9789753384513</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Denizden Gelen Kara Süvari</t>
+          <t>Neşeli Okuma Dizisi 5 : Tohumcuk</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053424796</t>
+          <t>9786053420859</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Padişah Sufi İlişkileri</t>
+          <t>Çileli Yolun Yokuşu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053424635</t>
+          <t>3990000016815</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Üslüpbilim (Stilistlik) ve Necip Fazıl Kısakürek'in Şiirleri Üzerinde Stilistlik Bir İnceleme</t>
+          <t>Prof.Dr. Ahmet Bican Ercilasun Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>345</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053424833</t>
+          <t>9786055413385</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yaşamın Sırrı Mutluluk</t>
+          <t>Kolay Osmanlıca</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>75</v>
+        <v>28</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053424451</t>
+          <t>9789753389662</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Onsuz Bir Ülkücü Tarih Eksiktir</t>
+          <t>Popüler Roman - Estetik Roman</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053422747</t>
+          <t>9786053423768</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu (Orijinal Metin ve Günümüz Türkçesiyle)</t>
+          <t>Türk Edebiyatında Yeni Bir Tür Küçürek Öykü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>420</v>
+        <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053422242</t>
+          <t>9786053424918</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Sırrı</t>
+          <t>Türk Birliğinin Mümkün Yolları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>230</v>
+        <v>30</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053423935</t>
+          <t>9789753385268</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Bey'in Derviş Militanları</t>
+          <t>Vızvız ile İğde Ağacı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>325</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053421696</t>
+          <t>9786053423355</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Sevmektir</t>
+          <t>Yağmur Taşı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>4</v>
+        <v>34</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053424468</t>
+          <t>9789944588102</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Edebiyat ve Anlatım Tutumu</t>
+          <t>Edebiyat Karın Doyurmaz Çay İçirir</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786053423737</t>
+          <t>9789753386326</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Zeki Velidi Togan - İlmi Hayatı Eserleri Siyasi Faaliyetleri Hatıralar</t>
+          <t>Denizden Gelen Kara Süvari</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>50</v>
+        <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053423256</t>
+          <t>9786053424796</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu</t>
+          <t>Osmanlı Devleti'nde Padişah Sufi İlişkileri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>245</v>
+        <v>46</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786053423515</t>
+          <t>9786053424635</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kamus-ı Türki (Ciltli)</t>
+          <t>Üslüpbilim (Stilistlik) ve Necip Fazıl Kısakürek'in Şiirleri Üzerinde Stilistlik Bir İnceleme</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>345</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053424208</t>
+          <t>9786053424833</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Nihad Beg ve Divançesi</t>
+          <t>Uzun Yaşamın Sırrı Mutluluk</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>22.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053424178</t>
+          <t>9786053424451</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Mebni Divanı</t>
+          <t>Onsuz Bir Ülkücü Tarih Eksiktir</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053422679</t>
+          <t>9786053422747</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Mesleki Bilgiler Seviye Tespit Sınavı - Hazırlık Kitabı</t>
+          <t>Aşk-ı Memnu (Orijinal Metin ve Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>29.91</v>
+        <v>420</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053423942</t>
+          <t>9786053422242</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çolpan Yıldızı</t>
+          <t>İslam'ın Sırrı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>85</v>
+        <v>230</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053422655</t>
+          <t>9786053423935</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Eylül 12'den Vurdu</t>
+          <t>Gündüz Bey'in Derviş Militanları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>50</v>
+        <v>325</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053421924</t>
+          <t>9786053421696</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Masallar</t>
+          <t>Yaşamak Sevmektir</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>55</v>
+        <v>4</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055342023</t>
+          <t>9786053424468</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yeni Özbek Edebiyatı</t>
+          <t>Sözlü Edebiyat ve Anlatım Tutumu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>27.78</v>
+        <v>28</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053422648</t>
+          <t>9786053423737</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlik Alan Bilgisi - Tarih Öğretmenliği</t>
+          <t>Zeki Velidi Togan - İlmi Hayatı Eserleri Siyasi Faaliyetleri Hatıralar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>42.9</v>
+        <v>50</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053422426</t>
+          <t>9786053423256</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Din Kültürü ve Ahlak Bilgisi Öğretmenliği</t>
+          <t>Köroğlu</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>48.9</v>
+        <v>245</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053422389</t>
+          <t>9786053423515</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Kamus-ı Türki (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>32</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053423805</t>
+          <t>9786053424208</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Turgut Uyar’ın Şiirlerinde 'Ben Ve Öteki'nin Görüntü Düzeyleri</t>
+          <t>Nihad Beg ve Divançesi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>125</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789753387699</t>
+          <t>9786053424178</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Türk Çocuk Oyunları (2 Cilt Takım)</t>
+          <t>Mebni Divanı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>90</v>
+        <v>17</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053423386</t>
+          <t>9786053422679</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Eğitim - Öğretim Tarihi Araştırmaları (Ciltli)</t>
+          <t>Mesleki Bilgiler Seviye Tespit Sınavı - Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>90</v>
+        <v>29.91</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053421610</t>
+          <t>9786053423942</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yolculuk</t>
+          <t>Çolpan Yıldızı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>9</v>
+        <v>85</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053420705</t>
+          <t>9786053422655</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharı mı İran Ateşi mi</t>
+          <t>Eylül 12'den Vurdu</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>14</v>
+        <v>50</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053420538</t>
+          <t>9786053421924</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Türk Ninnilerinden Seçmeler</t>
+          <t>Maceracı Masallar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053420521</t>
+          <t>9786055342023</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>El Turco</t>
+          <t>Yeni Özbek Edebiyatı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>12</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053420514</t>
+          <t>9786053422648</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kürşad</t>
+          <t>Öğretmenlik Alan Bilgisi - Tarih Öğretmenliği</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>18</v>
+        <v>42.9</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053420811</t>
+          <t>9786053422426</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Türk Dili Yazılı ve Sözlü Anlatım</t>
+          <t>Din Kültürü ve Ahlak Bilgisi Öğretmenliği</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>32.5</v>
+        <v>48.9</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053422396</t>
+          <t>9786053422389</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kalın Anadoluculuk</t>
+          <t>9. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>20</v>
+        <v>32</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786053422624</t>
+          <t>9786053423805</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Son Kağan</t>
+          <t>Turgut Uyar’ın Şiirlerinde 'Ben Ve Öteki'nin Görüntü Düzeyleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>17</v>
+        <v>125</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786053422525</t>
+          <t>9789753387699</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Annem de Çocukmuş</t>
+          <t>Türk Çocuk Oyunları (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786053421733</t>
+          <t>9786053423386</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kızılelma</t>
+          <t>Türkçenin Eğitim - Öğretim Tarihi Araştırmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>28</v>
+        <v>90</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053421559</t>
+          <t>9786053421610</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Araftan Çıkış</t>
+          <t>Aşka Yolculuk</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>50</v>
+        <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053421764</t>
+          <t>9786053420705</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Çalışan Gençlik ve Değerler</t>
+          <t>Arap Baharı mı İran Ateşi mi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>19.5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786053421801</t>
+          <t>9786053420538</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlik Alan Bilgisi Türkçe Öğretmenliği Soru Bankası</t>
+          <t>Türk Ninnilerinden Seçmeler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>19.9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053421191</t>
+          <t>9786053420521</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Sen Varsın</t>
+          <t>El Turco</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053422402</t>
+          <t>9786053420514</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sure-i Yasin (Orta Boy)</t>
+          <t>Kürşad</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>10.69</v>
+        <v>18</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786053422419</t>
+          <t>9786053420811</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sure-i Yasin (Cami Boy)</t>
+          <t>Üniversiteler İçin Türk Dili Yazılı ve Sözlü Anlatım</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>20</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053421047</t>
+          <t>9786053422396</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Yollar</t>
+          <t>Kalın Anadoluculuk</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>36</v>
+        <v>20</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786053422204</t>
+          <t>9786053422624</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Beşinci Zindanı</t>
+          <t>Son Kağan</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053422181</t>
+          <t>9786053422525</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Kaynağı Nedir</t>
+          <t>Bir Zamanlar Annem de Çocukmuş</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786053420958</t>
+          <t>9786053421733</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hoca Ahmed Yesevi</t>
+          <t>Kızılelma</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786053422020</t>
+          <t>9786053421559</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ruhum Kıyama Kalktı</t>
+          <t>Araftan Çıkış</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>12.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>8690101283093</t>
+          <t>9786053421764</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Avuçlarımdaki Çocukluğum Dizisi 12-15 Yaş (10 Kitap Takım)</t>
+          <t>Çalışan Gençlik ve Değerler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>50</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786053421245</t>
+          <t>9786053421801</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Türk Milleti - Uygarlığın Kurucusu</t>
+          <t>Öğretmenlik Alan Bilgisi Türkçe Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>17</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786053422907</t>
+          <t>9786053421191</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlik Alan Bilgisi Din Kültürü ve Ahlak Bilgisi Öğretmenliği Soru Bankası</t>
+          <t>Yüreğimde Sen Varsın</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>22.9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786053421511</t>
+          <t>9786053422402</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Etnik Siyaset ve Alevilik</t>
+          <t>Sure-i Yasin (Orta Boy)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>10</v>
+        <v>10.69</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053420965</t>
+          <t>9786053422419</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatro Eserleri - Tanzimat Dönemi (5 Kitap Takım)</t>
+          <t>Sure-i Yasin (Cami Boy)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>44.44</v>
+        <v>20</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786053421184</t>
+          <t>9786053421047</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İki Dilli Türk Çocuklarına Türkçe Öğretimi</t>
+          <t>Tutsak Yollar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>265</v>
+        <v>36</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786053421887</t>
+          <t>9786053422204</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Sohbet</t>
+          <t>İnsanın Beşinci Zindanı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786053420842</t>
+          <t>9786053422181</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Dini Jeopolitik Yaklaşımıyla Orta Doğu</t>
+          <t>Bilginin Kaynağı Nedir</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>15.99</v>
+        <v>40</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789753389853</t>
+          <t>9786053420958</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Nabi Divanı 2. Cilt</t>
+          <t>Hoca Ahmed Yesevi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>72.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>3990000095184</t>
+          <t>9786053422020</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar El Kitabı Cilt: 2 - Tarih</t>
+          <t>Ruhum Kıyama Kalktı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>190</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9782000090700</t>
+          <t>8690101283093</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hayali Divanı (1. Hamur)</t>
+          <t>Avuçlarımdaki Çocukluğum Dizisi 12-15 Yaş (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>36</v>
+        <v>50</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789753389105</t>
+          <t>9786053421245</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hattat Divan Şairleri</t>
+          <t>Türk Milleti - Uygarlığın Kurucusu</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>35</v>
+        <v>17</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789753381963</t>
+          <t>9786053422907</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Halk Edebiyatı Araştırmaları 1</t>
+          <t>Öğretmenlik Alan Bilgisi Din Kültürü ve Ahlak Bilgisi Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>30</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789753385831</t>
+          <t>9786053421511</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Halit Ziya Uşaklıgil Edebiyatımızın Zirvesindekiler</t>
+          <t>Etnik Siyaset ve Alevilik</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789753387354</t>
+          <t>9786053420965</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Güldeste</t>
+          <t>Türk Tiyatro Eserleri - Tanzimat Dönemi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>130</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9799753385946</t>
+          <t>9786053421184</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Göller ve Çöller Şairi Ahmet Haşim</t>
+          <t>İki Dilli Türk Çocuklarına Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>17</v>
+        <v>265</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789753383226</t>
+          <t>9786053421887</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Giritli Salacıoğlu Mustafa Celveti Divan</t>
+          <t>Gençlerle Sohbet</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789753388115</t>
+          <t>9786053420842</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Girit Şairleri</t>
+          <t>Dini Jeopolitik Yaklaşımıyla Orta Doğu</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>9</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>3990000017798</t>
+          <t>9789753389853</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği İnciten Papağan</t>
+          <t>Nabi Divanı 2. Cilt</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>6</v>
+        <v>72.5</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9782000004622</t>
+          <t>3990000095184</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Divanı</t>
+          <t>Balkanlar El Kitabı Cilt: 2 - Tarih</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>21.3</v>
+        <v>190</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9799753380897</t>
+          <t>9782000090700</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Doktirinleri ve Terimleri Sözlüğü</t>
+          <t>Hayali Divanı (1. Hamur)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>20.37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789753387330</t>
+          <t>9789753389105</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkiye Türkçesi</t>
+          <t>Hattat Divan Şairleri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>19</v>
+        <v>35</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>3990000013038</t>
+          <t>9789753381963</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı Makaleler</t>
+          <t>Halk Edebiyatı Araştırmaları 1</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>12.96</v>
+        <v>30</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789753383394</t>
+          <t>9789753385831</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Aşıklık Geleneği</t>
+          <t>Halit Ziya Uşaklıgil Edebiyatımızın Zirvesindekiler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>40</v>
+        <v>23</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055414023</t>
+          <t>9789753387354</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizme Direnen Türk: Mehmet Akif Ersoy</t>
+          <t>Güldeste</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789753380805</t>
+          <t>9799753385946</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Edirne Şairleri</t>
+          <t>Göller ve Çöller Şairi Ahmet Haşim</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>32</v>
+        <v>17</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789753380058</t>
+          <t>9789753383226</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Üslup ve Problemleri Dil ve Üslup İfadenin Anlamı Söz-İbare Tasviri Uslup / Metin-Uslup / İnceleme / Bir Tahlil Denemesi / Tekevvünü Uslup</t>
+          <t>Giritli Salacıoğlu Mustafa Celveti Divan</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>8</v>
+        <v>20</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789753385169</t>
+          <t>9789753388115</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Üslup Üzerine</t>
+          <t>Girit Şairleri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789753388955</t>
+          <t>3990000017798</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dünyamızdan Hoş Sedalar 2</t>
+          <t>Gerçeği İnciten Papağan</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9799753386110</t>
+          <t>9782000004622</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dünyamızdan Hoş Sedalar</t>
+          <t>Fuzuli Divanı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>20</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789753389518</t>
+          <t>9799753380897</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat - Kültür - Üniversite - Siyaset Üzerine Denemeler</t>
+          <t>Felsefe Doktirinleri ve Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>21</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9799753385496</t>
+          <t>9789753387330</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde İlim</t>
+          <t>Eski Türkiye Türkçesi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>44</v>
+        <v>19</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789753381147</t>
+          <t>3990000013038</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde Ahenk Unsurları</t>
+          <t>Eski Türk Edebiyatı Makaleler</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>5.56</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789753382823</t>
+          <t>9789753383394</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Dini - Tasavvufi Türk Edebiyatı El Kitabı</t>
+          <t>Erzurum Aşıklık Geleneği</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>840</v>
+        <v>40</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053425854</t>
+          <t>9786055414023</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Emperyalizme Direnen Türk: Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>26</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789753388924</t>
+          <t>9789753380805</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yusuf U Zeliha</t>
+          <t>Edirne Şairleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>27.78</v>
+        <v>32</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789753382434</t>
+          <t>9789753380058</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yenileşme Dönemi Türk Şiiri ve Antolojisi 2</t>
+          <t>Edebiyatta Üslup ve Problemleri Dil ve Üslup İfadenin Anlamı Söz-İbare Tasviri Uslup / Metin-Uslup / İnceleme / Bir Tahlil Denemesi / Tekevvünü Uslup</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>18.52</v>
+        <v>8</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789753381802</t>
+          <t>9789753385169</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Üzerine İncelemeler 1</t>
+          <t>Edebiyatta Üslup Üzerine</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>40</v>
+        <v>8</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789753382359</t>
+          <t>9789753388955</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı İncelemeleri</t>
+          <t>Edebiyat Dünyamızdan Hoş Sedalar 2</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789753384636</t>
+          <t>9799753386110</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Ülkelerde Yayınlanmış Türkoloji ile İlgili Makaleler Bibliyografyası</t>
+          <t>Edebiyat Dünyamızdan Hoş Sedalar</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>11.11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>3990000013138</t>
+          <t>9789753389518</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Usuli Divanı (3. Hamur)</t>
+          <t>Edebiyat - Kültür - Üniversite - Siyaset Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>230</v>
+        <v>21</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>3990000013137</t>
+          <t>9799753385496</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Usuli Divanı (1. Hamur)</t>
+          <t>Divan Şiirinde İlim</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>27.78</v>
+        <v>44</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9799753384840</t>
+          <t>9789753381147</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Türkülerin İsyanı</t>
+          <t>Divan Şiirinde Ahenk Unsurları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>40</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789753381987</t>
+          <t>9789753382823</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Türküden Gazele Halk ve Divan Şiirinin Müşterekleri Üzerine Deneme</t>
+          <t>Dini - Tasavvufi Türk Edebiyatı El Kitabı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>23.15</v>
+        <v>840</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789753383646</t>
+          <t>9786053425854</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Türkmence Giriş-Gramer-Metinler-Sözlük</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789753382427</t>
+          <t>9789753388924</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Türkçesi ve Türkmen Edebiyatı</t>
+          <t>Yusuf U Zeliha</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>17</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9799753386158</t>
+          <t>9789753382434</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Romanlarında Modernizm</t>
+          <t>Yenileşme Dönemi Türk Şiiri ve Antolojisi 2</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789753387460</t>
+          <t>9789753381802</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarih-i Dinisi</t>
+          <t>Yeni Türk Edebiyatı Üzerine İncelemeler 1</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789753384209</t>
+          <t>9789753382359</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde Yokluk Fikri ve Akif Paşa’nın Adem Kasidesi</t>
+          <t>Yeni Türk Edebiyatı İncelemeleri</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>7.41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055413620</t>
+          <t>9789753384636</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde Hz. Peygamber</t>
+          <t>Yabancı Ülkelerde Yayınlanmış Türkoloji ile İlgili Makaleler Bibliyografyası</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>37.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789753383325</t>
+          <t>3990000013138</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Şathiyye</t>
+          <t>Usuli Divanı (3. Hamur)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789753382441</t>
+          <t>3990000013137</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Sakinameler ve İşretname</t>
+          <t>Usuli Divanı (1. Hamur)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>25</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789753386043</t>
+          <t>9799753384840</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Risalesi ve Metaliu’l İman İnceleme ve Metin</t>
+          <t>Türkülerin İsyanı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>7.41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789753388399</t>
+          <t>9789753381987</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Türk Lehçelerinde Hal Ekleri</t>
+          <t>Türküden Gazele Halk ve Divan Şiirinin Müşterekleri Üzerine Deneme</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>35</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789753387262</t>
+          <t>9789753383646</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Tarih İçinde Türk Edebiyatı</t>
+          <t>Türkmence Giriş-Gramer-Metinler-Sözlük</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789757568353</t>
+          <t>9789753382427</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Şeyhi Divanı (Ciltli)</t>
+          <t>Türkmen Türkçesi ve Türkmen Edebiyatı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>21.3</v>
+        <v>17</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789753380355</t>
+          <t>9799753386158</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galib Divanı</t>
+          <t>Türk ve Dünya Romanlarında Modernizm</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>70</v>
+        <v>22</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789753387453</t>
+          <t>9789753387460</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Sözün Mahşeri Oktay Rıfat</t>
+          <t>Türk Tarih-i Dinisi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789753382298</t>
+          <t>9789753384209</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Eser Üzerine Değerlendirmeler</t>
+          <t>Türk Şiirinde Yokluk Fikri ve Akif Paşa’nın Adem Kasidesi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>22</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789753389051</t>
+          <t>9786055413620</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Şahabeddin Süleyman’ın Tiyatroları</t>
+          <t>Türk Şiirinde Hz. Peygamber</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>16.67</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>3990000030362</t>
+          <t>9789753383325</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Stressiz Yaşamak</t>
+          <t>Türk Edebiyatında Şathiyye</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>6.48</v>
+        <v>160</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053420217</t>
+          <t>9789753382441</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Tarih</t>
+          <t>Türk Edebiyatında Sakinameler ve İşretname</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>11.11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789753384001</t>
+          <t>9789753386043</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Salih Baba Hayatı, Edebi Şahsiyeti ve Şiirleri</t>
+          <t>Tasavvuf Risalesi ve Metaliu’l İman İnceleme ve Metin</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>12.96</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789753384520</t>
+          <t>9789753388399</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sakıp Dede ve Divanı</t>
+          <t>Tarihi Türk Lehçelerinde Hal Ekleri</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053426196</t>
+          <t>9789753387262</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Obratnıy Slovar Hakass Kogo Yazıka</t>
+          <t>Tarih İçinde Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053425489</t>
+          <t>9789757568353</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Geçmişten Günümüze Meteoroloji Politikaları ve Stratejileri</t>
+          <t>Şeyhi Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053426219</t>
+          <t>9789753380355</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Türki Tilderinin Salıstırmalı Grammatikası</t>
+          <t>Şeyh Galib Divanı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>155</v>
+        <v>70</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789753387200</t>
+          <t>9789753387453</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp</t>
+          <t>Şair ve Sözün Mahşeri Oktay Rıfat</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9782000090263</t>
+          <t>9789753382298</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yusuf u Züleyha (1. Hamur)</t>
+          <t>Şair ve Eser Üzerine Değerlendirmeler</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>90</v>
+        <v>22</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789753387729</t>
+          <t>9789753389051</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Yılankayası</t>
+          <t>Şahabeddin Süleyman’ın Tiyatroları</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>25.93</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789753381222</t>
+          <t>3990000030362</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yenileşme Dönemi Türk Şiiri ve Antolojisi 1</t>
+          <t>Stressiz Yaşamak</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>32.41</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>3990000010710</t>
+          <t>9786053420217</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkçe Lügat (Ciltli)</t>
+          <t>Sıradışı Tarih</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>40</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789753387156</t>
+          <t>9789753384001</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tarihselcilik Kuramı ve Türk Edebiyatında Postmodern Tarih Romanları</t>
+          <t>Salih Baba Hayatı, Edebi Şahsiyeti ve Şiirleri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>18</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9799753383416</t>
+          <t>9789753384520</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Yazılı ve Sözlü Anlatım-Kompozisyon Sanatı</t>
+          <t>Sakıp Dede ve Divanı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>14.81</v>
+        <v>50</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055413408</t>
+          <t>9786053426196</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihten Unutulmayan Hatıralar</t>
+          <t>Obratnıy Slovar Hakass Kogo Yazıka</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>13.8</v>
+        <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789753380904</t>
+          <t>9786053425489</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal’in Duygu ve Düşünce Dünyası</t>
+          <t>Türkiye'nin Geçmişten Günümüze Meteoroloji Politikaları ve Stratejileri</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789753383134</t>
+          <t>9786053426219</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Uygur Türkleri Tarihi ve Kültürü</t>
+          <t>Türki Tilderinin Salıstırmalı Grammatikası</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>11.11</v>
+        <v>155</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789753389075</t>
+          <t>9789753387200</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Peygamber Sevgisi</t>
+          <t>Ziya Gökalp</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>5.46</v>
+        <v>30</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789753387279</t>
+          <t>9782000090263</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihi</t>
+          <t>Yusuf u Züleyha (1. Hamur)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>14.81</v>
+        <v>90</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789753387743</t>
+          <t>9789753387729</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Türki-i Basit ve Aydınlı Visali’nin Şiirleri</t>
+          <t>Yılankayası</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>16</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9799753386035</t>
+          <t>9789753381222</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Dünya Dillerine Etkisi 29-30 Nisan 2004</t>
+          <t>Yenileşme Dönemi Türk Şiiri ve Antolojisi 1</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>15</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789753388993</t>
+          <t>3990000010710</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretiminde Tematik Yaratıcı Drama</t>
+          <t>Yeni Türkçe Lügat (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789753383318</t>
+          <t>9789753387156</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Türkçe El Kitabı</t>
+          <t>Yeni Tarihselcilik Kuramı ve Türk Edebiyatında Postmodern Tarih Romanları</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>115</v>
+        <v>18</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789753383233</t>
+          <t>9799753383416</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatında Mazmunlar ve İzahı</t>
+          <t>Yazılı ve Sözlü Anlatım-Kompozisyon Sanatı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>23.15</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789753382953</t>
+          <t>9786055413408</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Asrın Hikayesi-1 Yeni Türk Edebiyatına Teorik Bir Yaklaşım</t>
+          <t>Yakın Tarihten Unutulmayan Hatıralar</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>20</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789753385992</t>
+          <t>9789753380904</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Araştırmaları 1</t>
+          <t>Yahya Kemal’in Duygu ve Düşünce Dünyası</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>23</v>
+        <v>40</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789753382915</t>
+          <t>9789753383134</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde Mitolojik Unsurlar</t>
+          <t>Uygur Türkleri Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>30</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9799753385816</t>
+          <t>9789753389075</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Danişmend-name</t>
+          <t>Türklerde Peygamber Sevgisi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>40</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>3990000004198</t>
+          <t>9789753387279</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin İslam Ansiklopedisi</t>
+          <t>Türkiye Tarihi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789753386241</t>
+          <t>9789753387743</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Eğlence Kültürü</t>
+          <t>Türki-i Basit ve Aydınlı Visali’nin Şiirleri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789753385701</t>
+          <t>9799753386035</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bizans Müesselerinin Osmanlı Müesseselerine Tesiri</t>
+          <t>Türkçenin Dünya Dillerine Etkisi 29-30 Nisan 2004</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789753389280</t>
+          <t>9789753388993</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bir Fotoğrafınız da Bende Kalmış</t>
+          <t>Türkçe Öğretiminde Tematik Yaratıcı Drama</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789753387385</t>
+          <t>9789753383318</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Bir Dil Becerisi Olarak Dinleme Eğitimi</t>
+          <t>Türkçe El Kitabı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>11.11</v>
+        <v>115</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789753384599</t>
+          <t>9789753383233</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Asaf Divanı Hanedanda Bir Asi</t>
+          <t>Eski Türk Edebiyatında Mazmunlar ve İzahı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>20</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789753386999</t>
+          <t>9789753382953</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Aruz Bilgisi</t>
+          <t>En Uzun Asrın Hikayesi-1 Yeni Türk Edebiyatına Teorik Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789753383370</t>
+          <t>9789753385992</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Paşa’nın Şiir Dünyası</t>
+          <t>Edebiyat Araştırmaları 1</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>32.5</v>
+        <v>23</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789753384261</t>
+          <t>9789753382915</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Adni Divanı</t>
+          <t>Divan Şiirinde Mitolojik Unsurlar</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>10.19</v>
+        <v>30</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053426165</t>
+          <t>9799753385816</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Uygur Yazuvda Bitilgan Eski Türkiy Vesikalar</t>
+          <t>Danişmend-name</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>220</v>
+        <v>40</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789753386029</t>
+          <t>3990000004198</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kıyafet Nameler</t>
+          <t>Çocuklar ve Gençler İçin İslam Ansiklopedisi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789753385473</t>
+          <t>9789753386241</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kaygusuz Abdal 2 Alaaddin Gaybi</t>
+          <t>Cumhuriyet Dönemi Türk Eğlence Kültürü</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789757568643</t>
+          <t>9789753385701</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>J. P. Sartre Ateizminin Doğurduğu Problemler</t>
+          <t>Bizans Müesselerinin Osmanlı Müesseselerine Tesiri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789753384650</t>
+          <t>9789753389280</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İmlâ Kılavuzu</t>
+          <t>Bir Fotoğrafınız da Bende Kalmış</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>5.56</v>
+        <v>25</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789753382205</t>
+          <t>9789753387385</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Azam: Hayatı ve Fıkh-ı Ekber Şerhi (Ciltli)</t>
+          <t>Bir Dil Becerisi Olarak Dinleme Eğitimi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>3990000014790</t>
+          <t>9789753384599</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım Serisi 3 Kitap Takım</t>
+          <t>Asaf Divanı Hanedanda Bir Asi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789753381116</t>
+          <t>9789753386999</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Hikayemiz İnsanımız Kültürümüz</t>
+          <t>Aruz Bilgisi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789753380010</t>
+          <t>9789753383370</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Halk Edebiyatına Giriş</t>
+          <t>Ahmet Paşa’nın Şiir Dünyası</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>500</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789753381970</t>
+          <t>9789753384261</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Halk Edebiyatı Araştırmaları 2</t>
+          <t>Adni Divanı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>35</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789753384131</t>
+          <t>9786053426165</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Gümüşhane ve Bayburt Masalları</t>
+          <t>Uygur Yazuvda Bitilgan Eski Türkiy Vesikalar</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>35</v>
+        <v>220</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789753384711</t>
+          <t>9789753386029</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Diksiyon</t>
+          <t>Kıyafet Nameler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>20</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>3990000010493</t>
+          <t>9789753385473</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Hazreti Hüseyin ve Kerbela Faciası (Ciltli)</t>
+          <t>Kaygusuz Abdal 2 Alaaddin Gaybi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>3990000010491</t>
+          <t>9789757568643</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Hazreti  Hüseyin ve Karbela Faciası</t>
+          <t>J. P. Sartre Ateizminin Doğurduğu Problemler</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>20.37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789753382861</t>
+          <t>9789753384650</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı</t>
+          <t>İmlâ Kılavuzu</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>70</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>3990000015062</t>
+          <t>9789753382205</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Bulmaca (5 Kitap Takım)</t>
+          <t>İmam-ı Azam: Hayatı ve Fıkh-ı Ekber Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>10</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789753380911</t>
+          <t>3990000014790</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Çilehane Mektupları</t>
+          <t>İlk Kitabım Serisi 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>12</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789753384414</t>
+          <t>9789753381116</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Çağatayca El Kitabı</t>
+          <t>Hikayemiz İnsanımız Kültürümüz</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>12.96</v>
+        <v>25</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789753380737</t>
+          <t>9789753380010</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Hayatüs Sahabe: Peygamberimiz ve İlk Müslümanlar 4 Cilt Takım</t>
+          <t>Halk Edebiyatına Giriş</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>59.26</v>
+        <v>500</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789753381666</t>
+          <t>9789753381970</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Romanında Köy</t>
+          <t>Halk Edebiyatı Araştırmaları 2</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>42</v>
+        <v>35</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789753384216</t>
+          <t>9789753384131</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Aytmatov Bozkırdaki Bilge</t>
+          <t>Gümüşhane ve Bayburt Masalları</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>14.81</v>
+        <v>35</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>3990000011910</t>
+          <t>9789753384711</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Küçük Boy)</t>
+          <t>Dil ve Diksiyon</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789757568858</t>
+          <t>3990000010493</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Felsefesi</t>
+          <t>İslam Tarihi Hazreti Hüseyin ve Kerbela Faciası (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>11.57</v>
+        <v>22</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789753387774</t>
+          <t>3990000010491</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Günümüze Türk Yazı Sistemleri</t>
+          <t>Hazreti  Hüseyin ve Karbela Faciası</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9799753385984</t>
+          <t>9789753382861</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Edebiyat Terimleri Sözlüğü</t>
+          <t>Dede Korkut Kitabı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>23.15</v>
+        <v>70</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789753387408</t>
+          <t>3990000015062</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da İslamiyet</t>
+          <t>Bilmece Bulmaca (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>3000078100814</t>
+          <t>9789753380911</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Paşa Divanı (3. Hamur)</t>
+          <t>Çilehane Mektupları</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9782000106234</t>
+          <t>9789753384414</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Paşa Divanı  (Kuşe) (Ciltli)</t>
+          <t>Çağatayca El Kitabı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>50</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789753385282</t>
+          <t>9789753380737</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar</t>
+          <t>Hayatüs Sahabe: Peygamberimiz ve İlk Müslümanlar 4 Cilt Takım</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>13</v>
+        <v>59.26</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789753388726</t>
+          <t>9789753381666</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Adına Aşk Dediler</t>
+          <t>Cumhuriyet Dönemi Türk Romanında Köy</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>70</v>
+        <v>42</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789753380305</t>
+          <t>9789753384216</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Acıyı Bal Eylemek Türk Edebiyatında Mersiye (3. Hamur)</t>
+          <t>Cengiz Aytmatov Bozkırdaki Bilge</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>70</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>3990000011262</t>
+          <t>3990000011910</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Acıyı Bal Eylemek Türk Edebiyatında Mersiye (1 Hamur)</t>
+          <t>Büyük İslam İlmihali (Küçük Boy)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>46.3</v>
+        <v>20</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>3990000006656</t>
+          <t>9789757568858</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Arapça Türkçe Sözlük</t>
+          <t>Biyoloji Felsefesi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>12.96</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789753383868</t>
+          <t>9789753387774</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyılda Osmanlı Düşünce Hayatı</t>
+          <t>Başlangıcından Günümüze Türk Yazı Sistemleri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789753384018</t>
+          <t>9799753385984</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>16. Yüzyılda Edebiyat Araştırma ve Eleştirisi</t>
+          <t>Ansiklopedik Edebiyat Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>98</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789753384667</t>
+          <t>9789753387408</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>101 Anadolu Efsanesi</t>
+          <t>Anadolu’da İslamiyet</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>190</v>
+        <v>8</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789753384162</t>
+          <t>3000078100814</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyette Medreseler ve Din Eğitimi</t>
+          <t>Ahmet Paşa Divanı (3. Hamur)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>95</v>
+        <v>22</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053423119</t>
+          <t>9782000106234</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Türk Dili ve Kompozisyon Bilgileri</t>
+          <t>Ahmet Paşa Divanı  (Kuşe) (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>3996053423621</t>
+          <t>9789753385282</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Çağdaş Türk Romanı Cilt: 2</t>
+          <t>Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>35</v>
+        <v>13</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9799753384420</t>
+          <t>9789753388726</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimler Sözlüğü</t>
+          <t>Adına Aşk Dediler</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>3.7</v>
+        <v>70</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786055413187</t>
+          <t>9789753380305</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tam Metin - Küçük 1.Cilt</t>
+          <t>Acıyı Bal Eylemek Türk Edebiyatında Mersiye (3. Hamur)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>17</v>
+        <v>70</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789753384193</t>
+          <t>3990000011262</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Zamana Düşen Çığlık Tanpınar’ın Şiirinin Epistemolojik Temelleri &amp; Tanpınar’ın Şiir Estetiği</t>
+          <t>Acıyı Bal Eylemek Türk Edebiyatında Mersiye (1 Hamur)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>14</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789753387149</t>
+          <t>3990000006656</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Za’ifi Gülşen’i Mülük</t>
+          <t>Arapça Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>20</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786055413446</t>
+          <t>9789753383868</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Yüreğe Dokunan Hikayeler</t>
+          <t>17. Yüzyılda Osmanlı Düşünce Hayatı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789753381277</t>
+          <t>9789753384018</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yakaza</t>
+          <t>16. Yüzyılda Edebiyat Araştırma ve Eleştirisi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>14</v>
+        <v>98</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055413552</t>
+          <t>9789753384667</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Varoluş ve Bireyleşme Açısından Ferit Edgü Anlatılarında Yapı ve İzlek</t>
+          <t>101 Anadolu Efsanesi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>25</v>
+        <v>190</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789753382328</t>
+          <t>9789753384162</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ümmi Sinan</t>
+          <t>2. Meşrutiyette Medreseler ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789753384322</t>
+          <t>9786053423119</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Şenliği</t>
+          <t>Üniversiteler İçin Türk Dili ve Kompozisyon Bilgileri</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789753386883</t>
+          <t>3996053423621</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Türklerde İnançlar ve Din</t>
+          <t>Cumhuriyet Dönemi Çağdaş Türk Romanı Cilt: 2</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>25</v>
+        <v>35</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789753382175</t>
+          <t>9799753384420</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Planlı Dönemde Kamu Harcamalarının Gelişimi ve Devletin Ekonomideki Rolü</t>
+          <t>Atasözleri ve Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>25</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789753388375</t>
+          <t>9786055413187</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Okul Sözlüğü (Ciltli)</t>
+          <t>Mesnevi Tam Metin - Küçük 1.Cilt</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053420927</t>
+          <t>9789753384193</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Büyüklerimi Tanıyorum</t>
+          <t>Zamana Düşen Çığlık Tanpınar’ın Şiirinin Epistemolojik Temelleri &amp; Tanpınar’ın Şiir Estetiği</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053425540</t>
+          <t>9789753387149</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Nusret</t>
+          <t>Za’ifi Gülşen’i Mülük</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789753389082</t>
+          <t>9786055413446</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Ehlibeyt Ahlakı</t>
+          <t>Yüreğe Dokunan Hikayeler</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789753384582</t>
+          <t>9789753381277</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Dinlerde Kurban Kültü</t>
+          <t>Yakaza</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789753386210</t>
+          <t>9786055413552</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler ve Sizler</t>
+          <t>Varoluş ve Bireyleşme Açısından Ferit Edgü Anlatılarında Yapı ve İzlek</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>8</v>
+        <v>25</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789753386227</t>
+          <t>9789753382328</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Çemberimde Gül Oya</t>
+          <t>Ümmi Sinan</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789753389426</t>
+          <t>9789753384322</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Ruhunu Yaşatmak</t>
+          <t>Uçurtma Şenliği</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789753386906</t>
+          <t>9789753386883</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Çaka Bey</t>
+          <t>Türklerde İnançlar ve Din</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789753381895</t>
+          <t>9789753382175</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Türkiye’de Planlı Dönemde Kamu Harcamalarının Gelişimi ve Devletin Ekonomideki Rolü</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053420309</t>
+          <t>9789753388375</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Sevdası</t>
+          <t>Türkçe Okul Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789757568704</t>
+          <t>9786053420927</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin İslam Ansiklopedisi</t>
+          <t>Büyüklerimi Tanıyorum</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789753389310</t>
+          <t>9786053425540</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Serüveni</t>
+          <t>Nusret</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789753388795</t>
+          <t>9789753389082</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Bilgelerden Öğütler</t>
+          <t>Ehlibeyt Ahlakı</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>6.9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789753387040</t>
+          <t>9789753384582</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Balık Ana</t>
+          <t>Dinlerde Kurban Kültü</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789753382182</t>
+          <t>9789753386210</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Ariflerin Delili Müşkillerin Anahtarı</t>
+          <t>Çiçekler ve Sizler</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9782000049563</t>
+          <t>9789753386227</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Afacan Boyama Serisi 7 Kitap Takım</t>
+          <t>Çemberimde Gül Oya</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053831327</t>
+          <t>9789753389426</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi’nin Dünya Turu - Azak Kalesi'nin Fethi</t>
+          <t>Çanakkale Ruhunu Yaşatmak</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>3.5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789753381864</t>
+          <t>9789753386906</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Üzerine İncelemeler 2</t>
+          <t>Çaka Bey</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789753388290</t>
+          <t>9789753381895</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Viyana Önlerinde Kara Mustafa Paşa</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>12</v>
+        <v>50</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9799753385878</t>
+          <t>9786053420309</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Şehir Ankara</t>
+          <t>Bozkır Sevdası</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9799753385939</t>
+          <t>9789757568704</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Politikada Ortadoğu</t>
+          <t>Çocuklar ve Gençler İçin İslam Ansiklopedisi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789753389099</t>
+          <t>9789753389310</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Şark Meselesi</t>
+          <t>Bir Aşk Serüveni</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>7</v>
+        <v>17</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789753384544</t>
+          <t>9789753388795</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Süper Boyama</t>
+          <t>Bilgelerden Öğütler</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>10.8</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789753383660</t>
+          <t>9789753387040</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Oruç ve Sağlık</t>
+          <t>Balık Ana</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789753388733</t>
+          <t>9789753382182</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Miftah-ı Lisan</t>
+          <t>Ariflerin Delili Müşkillerin Anahtarı</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789753382854</t>
+          <t>9782000049563</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Mevlid</t>
+          <t>Afacan Boyama Serisi 7 Kitap Takım</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789753383677</t>
+          <t>9786053831327</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Mesnevi</t>
+          <t>Evliya Çelebi’nin Dünya Turu - Azak Kalesi'nin Fethi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>6</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789753388603</t>
+          <t>9789753381864</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Ma’nevi (6 Cilt 3 Kitap)</t>
+          <t>Yeni Türk Edebiyatı Üzerine İncelemeler 2</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>140</v>
+        <v>28</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789753384346</t>
+          <t>9789753388290</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Obur Amca</t>
+          <t>Viyana Önlerinde Kara Mustafa Paşa</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786055413057</t>
+          <t>9799753385878</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Leyla ve Mecnun Romanı</t>
+          <t>Unutulan Şehir Ankara</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>16</v>
+        <v>55</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789757568423</t>
+          <t>9799753385939</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kronolojik Divan Şiiri Antolojisi (divanü’d-devavin)</t>
+          <t>Uluslararası Politikada Ortadoğu</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>15.99</v>
+        <v>15</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789753382922</t>
+          <t>9789753389099</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kök Türk Tarihi</t>
+          <t>Şark Meselesi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>18</v>
+        <v>7</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9782000088383</t>
+          <t>9789753384544</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Okuma Dizisi (5 Kitap Takım)</t>
+          <t>Süper Boyama</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>15</v>
+        <v>10.8</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789753382670</t>
+          <t>9789753383660</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl Kısakürek</t>
+          <t>Oruç ve Sağlık</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789753382168</t>
+          <t>9789753388733</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlıkta İbadet Tarihi</t>
+          <t>Miftah-ı Lisan</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>60</v>
+        <v>10</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789753382960</t>
+          <t>9789753382854</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Neşet Ertaş Kitabı</t>
+          <t>Mevlid</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789753382120</t>
+          <t>9789753383677</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Nesefi ve İslam Filozoflarına Göre Allah - Alem İlişkisi</t>
+          <t>Mevlana ve Mesnevi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789753382618</t>
+          <t>9789753388603</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Muhayyelat-ı Aziz Efendi</t>
+          <t>Mesnevi-i Ma’nevi (6 Cilt 3 Kitap)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>22</v>
+        <v>140</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789753388405</t>
+          <t>9789753384346</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Mevlana (3 Kitap Takım) (Ciltli)</t>
+          <t>Obur Amca</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789753389181</t>
+          <t>9786055413057</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy ve İstiklal Marşı</t>
+          <t>Leyla ve Mecnun Romanı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>28</v>
+        <v>16</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786055413248</t>
+          <t>9789757568423</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>M.Ö. 4500 - M.S. 13. Yüzyıllar Arasında Barbar Türkler</t>
+          <t>Kronolojik Divan Şiiri Antolojisi (divanü’d-devavin)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>40</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789753387057</t>
+          <t>9789753382922</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kuş ve Prenses</t>
+          <t>Kök Türk Tarihi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789753384339</t>
+          <t>9782000088383</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaptan</t>
+          <t>Neşeli Okuma Dizisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9780000011383</t>
+          <t>9789753382670</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kitabü’l Harac (Ciltli)</t>
+          <t>Necip Fazıl Kısakürek</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789753389174</t>
+          <t>9789753382168</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kimsesizler</t>
+          <t>Müslümanlıkta İbadet Tarihi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>12</v>
+        <v>60</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789753384285</t>
+          <t>9789753382960</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkleri</t>
+          <t>Neşet Ertaş Kitabı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789753383875</t>
+          <t>9789753382120</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ın Yetiştirdiği Değerler 1782-1899</t>
+          <t>Nesefi ve İslam Filozoflarına Göre Allah - Alem İlişkisi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789753383387</t>
+          <t>9789753382618</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kalbi Titreten Nağmeler</t>
+          <t>Muhayyelat-ı Aziz Efendi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>7</v>
+        <v>22</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789753386012</t>
+          <t>9789753388405</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Yeni Roma İmparatorluğu</t>
+          <t>Mesnevi Mevlana (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786053420200</t>
+          <t>9789753389181</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Ateşi</t>
+          <t>Mehmet Akif Ersoy ve İstiklal Marşı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789753386746</t>
+          <t>9786055413248</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım 2</t>
+          <t>M.Ö. 4500 - M.S. 13. Yüzyıllar Arasında Barbar Türkler</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>7</v>
+        <v>40</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789753380867</t>
+          <t>9789753387057</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Sünnetinde Tıp (Tıbb-ı Nebevi) (1. Hamur)</t>
+          <t>Küçük Kuş ve Prenses</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789753388887</t>
+          <t>9789753384339</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali’den Öğütler</t>
+          <t>Küçük Kaptan</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786055413217</t>
+          <t>9780000011383</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tam Metin - Küçük 4.Cilt</t>
+          <t>Kitabü’l Harac (Ciltli)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786055413231</t>
+          <t>9789753389174</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tam Metin - Küçük 6.Cilt</t>
+          <t>Kimsesizler</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786055413224</t>
+          <t>9789753384285</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tam Metin - Küçük 5.Cilt</t>
+          <t>Kırgız Türkleri</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786055413194</t>
+          <t>9789753383875</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tam Metin - Küçük 2.Cilt</t>
+          <t>Kıbrıs’ın Yetiştirdiği Değerler 1782-1899</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053425724</t>
+          <t>9789753383387</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Bosna'nın Hazineleri</t>
+          <t>Kalbi Titreten Nağmeler</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>140</v>
+        <v>7</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786055413200</t>
+          <t>9789753386012</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tam Metin - Küçük 3.Cilt</t>
+          <t>İstanbul’da Yeni Roma İmparatorluğu</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>17</v>
+        <v>145</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786053424390</t>
+          <t>9786053420200</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Sevdam Sensin Cilt 1</t>
+          <t>Kerbela Ateşi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789753384353</t>
+          <t>9789753386746</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Oyunu</t>
+          <t>İlk Kitabım 2</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786055413750</t>
+          <t>9789753380867</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Enek</t>
+          <t>Hz. Peygamber’in Sünnetinde Tıp (Tıbb-ı Nebevi) (1. Hamur)</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786055413613</t>
+          <t>9789753388887</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Ömrü ve Süveyda’ya Mektuplar</t>
+          <t>Hz. Ali’den Öğütler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789753389327</t>
+          <t>9786055413217</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmuş Günler</t>
+          <t>Mesnevi Tam Metin - Küçük 4.Cilt</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789753382601</t>
+          <t>9786055413231</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Jön Türk</t>
+          <t>Mesnevi Tam Metin - Küçük 6.Cilt</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786055413064</t>
+          <t>9786055413224</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat</t>
+          <t>Mesnevi Tam Metin - Küçük 5.Cilt</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789757568285</t>
+          <t>9786055413194</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İslam Büyükleri Ansiklopedisi</t>
+          <t>Mesnevi Tam Metin - Küçük 2.Cilt</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789753383837</t>
+          <t>9786053425724</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Umran</t>
+          <t>Bosna'nın Hazineleri</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>9</v>
+        <v>140</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789753386753</t>
+          <t>9786055413200</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım 3</t>
+          <t>Mesnevi Tam Metin - Küçük 3.Cilt</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>7</v>
+        <v>17</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789753389532</t>
+          <t>9786053424390</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Hücumdadır Mezar Taşları</t>
+          <t>Sevdam Sensin Cilt 1</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9782000113093</t>
+          <t>9789753384353</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Masalları Serisi 10 Kitap Takım</t>
+          <t>Kızılderili Oyunu</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>40</v>
+        <v>5</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789753387118</t>
+          <t>9786055413750</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Masalları</t>
+          <t>Kırmızı Enek</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789753382694</t>
+          <t>9786055413613</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaç Köşeli</t>
+          <t>Kelebek Ömrü ve Süveyda’ya Mektuplar</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789753387965</t>
+          <t>9789753389327</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur’an Dili Meali</t>
+          <t>Kaybolmuş Günler</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789753387996</t>
+          <t>9789753382601</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur’an Dili Elmalılı Tefsiri 10 Cilt (Ciltli)</t>
+          <t>Jön Türk</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>680</v>
+        <v>18</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789753382243</t>
+          <t>9786055413064</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulü ve Tarihi (Ciltli)</t>
+          <t>İstihbarat</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>36</v>
+        <v>20</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789753383721</t>
+          <t>9789757568285</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş Veli ve Makalat</t>
+          <t>İslam Büyükleri Ansiklopedisi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789753389990</t>
+          <t>9789753383837</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Tut Kaçmasın</t>
+          <t>İlm-i Umran</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786055413088</t>
+          <t>9789753386753</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile</t>
+          <t>İlk Kitabım 3</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>13</v>
+        <v>7</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789753387064</t>
+          <t>9789753389532</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Derman Bitkileri Dünden Bugüne Beslenirken Tedavi (Ciltli)</t>
+          <t>Hücumdadır Mezar Taşları</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>45</v>
+        <v>13</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789753383714</t>
+          <t>9782000113093</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Ozanı Barış Manço</t>
+          <t>Hayvan Masalları Serisi 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>27</v>
+        <v>40</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789753389266</t>
+          <t>9789753387118</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkçe Sözlük (Ciltli)</t>
+          <t>Hayvan Masalları</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789753380034</t>
+          <t>9789753382694</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Büyük Boy) (Ciltli)</t>
+          <t>Hayat Kaç Köşeli</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>50</v>
+        <v>8</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789753387712</t>
+          <t>9789753387965</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Bir Mustarip Mehmet Akif Ersoy</t>
+          <t>Hak Dini Kur’an Dili Meali</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>45</v>
+        <v>10</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789753384643</t>
+          <t>9789753387996</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi Destanı</t>
+          <t>Hak Dini Kur’an Dili Elmalılı Tefsiri 10 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>220</v>
+        <v>680</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789753386944</t>
+          <t>9789753382243</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Hadis Usulü ve Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>160</v>
+        <v>36</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055413699</t>
+          <t>9789753383721</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Masalları</t>
+          <t>Hacı Bektaş Veli ve Makalat</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789753383622</t>
+          <t>9789753389990</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Adab-ı Muaşereti Yahut Alafranga</t>
+          <t>Güneşi Tut Kaçmasın</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>185</v>
+        <v>8</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789753389716</t>
+          <t>9786055413088</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Dönemi Din Hizmetleri</t>
+          <t>Gönülden Dile</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789753389457</t>
+          <t>9789753387064</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Aşka Verilmiş Muhtıra</t>
+          <t>Derman Bitkileri Dünden Bugüne Beslenirken Tedavi (Ciltli)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>10</v>
+        <v>45</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789753382656</t>
+          <t>9789753383714</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Asya’nın Uyanışı</t>
+          <t>Çağdaş Türk Ozanı Barış Manço</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>110</v>
+        <v>27</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>3990000002300</t>
+          <t>9789753389266</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Alemlerin Sevgilisi Muhammed Mustafa (S.A.S)</t>
+          <t>Büyük Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>10</v>
+        <v>70</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789753381758</t>
+          <t>9789753380034</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Muhip Dıranas Hayatı, Fikirleri, His Dünyası</t>
+          <t>Büyük İslam İlmihali (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>12</v>
+        <v>50</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789753386982</t>
+          <t>9789753387712</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Adetler İnançlar ve Türklerin Soy Kütüğü Meselesi</t>
+          <t>Bir Mustarip Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>17</v>
+        <v>45</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789753387835</t>
+          <t>9789753384643</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>93 Osmanlı Rus Harbi ve Başımıza Gelenler</t>
+          <t>Battal Gazi Destanı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789753389730</t>
+          <t>9789753386944</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Yolu</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>8</v>
+        <v>160</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789753380324</t>
+          <t>9786055413699</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Devlet Olmak İçin</t>
+          <t>Azerbaycan Masalları</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789753380928</t>
+          <t>9789753383622</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Tasavvufi Rüya Tabirnameleri</t>
+          <t>Avrupa Adab-ı Muaşereti Yahut Alafranga</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>5</v>
+        <v>185</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9799753382402</t>
+          <t>9789753389716</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Turfanda mı Yoksa Turfa mı?</t>
+          <t>Atatürk Dönemi Din Hizmetleri</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789753384452</t>
+          <t>9789753389457</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Tuhfe-i Remzi</t>
+          <t>Aşka Verilmiş Muhtıra</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>12.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789753380478</t>
+          <t>9789753382656</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Tabiattaki Metafizik ve Guenon’un Doğu Metafiziği</t>
+          <t>Asya’nın Uyanışı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>9</v>
+        <v>110</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789753387958</t>
+          <t>3990000002300</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Şimal Rüzgarı</t>
+          <t>Alemlerin Sevgilisi Muhammed Mustafa (S.A.S)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786055413330</t>
+          <t>9789753381758</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Şiir-Kültür ve Edebiyata Dair Denemeler</t>
+          <t>Ahmet Muhip Dıranas Hayatı, Fikirleri, His Dünyası</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789753389754</t>
+          <t>9789753386982</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Şifa-i Şerif (Ciltli)</t>
+          <t>Adetler İnançlar ve Türklerin Soy Kütüğü Meselesi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>45</v>
+        <v>17</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789753381161</t>
+          <t>9789753387835</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Şehbenderzade Filibeli Ahmet Hilmi ve Spiritüalizm</t>
+          <t>93 Osmanlı Rus Harbi ve Başımıza Gelenler</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>30</v>
+        <v>350</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9782000075643</t>
+          <t>9789753389730</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Dizisi 5 Kitap Takım</t>
+          <t>Mevlana Yolu</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>25</v>
+        <v>8</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9782000122113</t>
+          <t>9789753380324</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çemberi Dizisi 10 Kitap Takım</t>
+          <t>Devlet Olmak İçin</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789753387675</t>
+          <t>9789753380928</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Sana Seni Anlatmak</t>
+          <t>Türk Edebiyatında Tasavvufi Rüya Tabirnameleri</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789753388580</t>
+          <t>9799753382402</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Turfanda mı Yoksa Turfa mı?</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789753388979</t>
+          <t>9789753384452</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Tuhfe-i Remzi</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>12.5</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789753384575</t>
+          <t>9789753380478</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Tevhid (İnceleme, Metin, Dizin)</t>
+          <t>Tabiattaki Metafizik ve Guenon’un Doğu Metafiziği</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>145</v>
+        <v>9</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9782000081983</t>
+          <t>9789753387958</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Ponpon Tavşan Seti (7 Kitap Takım)</t>
+          <t>Şimal Rüzgarı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>35</v>
+        <v>8</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786053421900</t>
+          <t>9786055413330</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>4. Uluslararası Bolu Halk Kültürü ve Köroğlu</t>
+          <t>Şiir-Kültür ve Edebiyata Dair Denemeler</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>50</v>
+        <v>14</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789753381840</t>
+          <t>9789753389754</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Roman Kavramı ve Türk Romanının Doğuşu</t>
+          <t>Şifa-i Şerif (Ciltli)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>6.48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789753382410</t>
+          <t>9789753381161</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Örnekleriyle Divan Şiirinde Deyimler</t>
+          <t>Şehbenderzade Filibeli Ahmet Hilmi ve Spiritüalizm</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789753381253</t>
+          <t>9782000075643</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Ömrün Özeti Bir Gün</t>
+          <t>Sevimli Dostlar Dizisi 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>5.56</v>
+        <v>25</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789753389723</t>
+          <t>9782000122113</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Sevdası</t>
+          <t>Sevgi Çemberi Dizisi 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>7.41</v>
+        <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9799753386769</t>
+          <t>9789753387675</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılarda Düşünce Hayatı ve Felsefe</t>
+          <t>Sana Seni Anlatmak</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>14.81</v>
+        <v>15</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789753385176</t>
+          <t>9789753388580</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Şehzadelik Kurumu</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789753389624</t>
+          <t>9789753388979</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Osman Nevres ve Divanı</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>38</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789753382274</t>
+          <t>9789753384575</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Nef’i ve Siham-ı Kaza</t>
+          <t>Risale-i Tevhid (İnceleme, Metin, Dizin)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>12.96</v>
+        <v>145</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>3000078100879</t>
+          <t>9782000081983</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Naili Divanı (3. Hamur)</t>
+          <t>Ponpon Tavşan Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789753382236</t>
+          <t>9786053421900</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Nabi Hikmet-Şair-Tarih</t>
+          <t>4. Uluslararası Bolu Halk Kültürü ve Köroğlu</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>28</v>
+        <v>50</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789753388917</t>
+          <t>9789753381840</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Öğütleri</t>
+          <t>Roman Kavramı ve Türk Romanının Doğuşu</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9799753386097</t>
+          <t>9789753382410</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Mesnevi 2</t>
+          <t>Örnekleriyle Divan Şiirinde Deyimler</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>25.46</v>
+        <v>40</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9799753386073</t>
+          <t>9789753381253</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Mesnevi 1</t>
+          <t>Ömrün Özeti Bir Gün</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>25.46</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>3990000002303</t>
+          <t>9789753389723</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi - Mevlana: Tam Metin (Ciltli)</t>
+          <t>Öğretmenim Sevdası</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>32.41</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789753386098</t>
+          <t>9799753386769</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi 2 Cilt Takım (Ciltli)</t>
+          <t>Osmanlılarda Düşünce Hayatı ve Felsefe</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>50.93</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786053420248</t>
+          <t>9789753385176</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Materyalizm Karşısında Ali Fuad Başgil</t>
+          <t>Osmanlı Devleti’nde Şehzadelik Kurumu</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>15</v>
+        <v>220</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789753387644</t>
+          <t>9789753389624</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Manas Destanı’nın Tarih Tabakaları</t>
+          <t>Osman Nevres ve Divanı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789753384438</t>
+          <t>9789753382274</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu</t>
+          <t>Nef’i ve Siham-ı Kaza</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>10</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055413262</t>
+          <t>3000078100879</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Sözlüğü (Ciltli)</t>
+          <t>Naili Divanı (3. Hamur)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>45</v>
+        <v>36</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789753388788</t>
+          <t>9789753382236</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihinden İlginç Hikaye ve Anekdotlar</t>
+          <t>Nabi Hikmet-Şair-Tarih</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>11.94</v>
+        <v>28</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789753383219</t>
+          <t>9789753388917</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şairleri</t>
+          <t>Mutluluk Öğütleri</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>30</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789753389129</t>
+          <t>9799753386097</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Medeniyet Bahçesi</t>
+          <t>Mevlana Mesnevi 2</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>8.24</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789753384780</t>
+          <t>9799753386073</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nun Kuruluşu</t>
+          <t>Mevlana Mesnevi 1</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>14.81</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>3990000011496</t>
+          <t>3990000002303</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Necati Beg Divanı (3. Hamur)</t>
+          <t>Mesnevi - Mevlana: Tam Metin (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>37</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>3990000011498</t>
+          <t>9789753386098</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Necati Beg Divanı (1. Hamur)</t>
+          <t>Mesnevi 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>33</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>3990000011497</t>
+          <t>9786053420248</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Necati Beg Divanı (Kuşe) (Ciltli)</t>
+          <t>Materyalizm Karşısında Ali Fuad Başgil</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789753385718</t>
+          <t>9789753387644</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca</t>
+          <t>Manas Destanı’nın Tarih Tabakaları</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>120</v>
+        <v>16</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>4440000000506</t>
+          <t>9789753384438</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Naili Divanı (Kuşe) (Ciltli)</t>
+          <t>Köroğlu</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>85</v>
+        <v>10</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>3990000022827</t>
+          <t>9786055413262</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Yazıcıoğlu Külliyatı (3 Cilt Takım - Ciltsiz)</t>
+          <t>Osmanlı Türkçesi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>350</v>
+        <v>45</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789753387682</t>
+          <t>9789753388788</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Moderniteye Karşı Geleneğin Savaşçısı Hacı İbrahim Efendi</t>
+          <t>Osmanlı Tarihinden İlginç Hikaye ve Anekdotlar</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>29.63</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789753389389</t>
+          <t>9789753383219</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Meltem Esintileri</t>
+          <t>Osmanlı Şairleri</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>4.63</v>
+        <v>30</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789753382472</t>
+          <t>9789753389129</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif: Bir Karakter Heykelinin Anatomisi</t>
+          <t>Osmanlı Medeniyet Bahçesi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>7.41</v>
+        <v>8.24</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789753388528</t>
+          <t>9789753384780</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Makaleler Dil / Destan / Tarih/ Edebiyat</t>
+          <t>Osmanlı İmparatorluğu’nun Kuruluşu</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>65</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789753382502</t>
+          <t>3990000011496</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kirmanşah Hikayesi</t>
+          <t>Necati Beg Divanı (3. Hamur)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>28</v>
+        <v>37</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9799753386875</t>
+          <t>3990000011498</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkçesi Grameri Ses ve Şekil Bilgisi</t>
+          <t>Necati Beg Divanı (1. Hamur)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>22.22</v>
+        <v>33</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789753381871</t>
+          <t>3990000011497</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Karamanlı Ayni ve Divanı</t>
+          <t>Necati Beg Divanı (Kuşe) (Ciltli)</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789753386173</t>
+          <t>9789753385718</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Karaca Oğlan (Ciltli)</t>
+          <t>Nasrettin Hoca</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>570</v>
+        <v>120</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789753386067</t>
+          <t>4440000000506</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Kangallı Aşık İhami ve Şiirleri</t>
+          <t>Naili Divanı (Kuşe) (Ciltli)</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>15</v>
+        <v>85</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789753385824</t>
+          <t>3990000022827</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyeti Tarihi</t>
+          <t>Muhsin Yazıcıoğlu Külliyatı (3 Cilt Takım - Ciltsiz)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>33</v>
+        <v>350</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>3990000012277</t>
+          <t>9789753387682</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Tarihi Üzerine</t>
+          <t>Moderniteye Karşı Geleneğin Savaşçısı Hacı İbrahim Efendi</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>8</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>3990000006836</t>
+          <t>9789753389389</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Sünnetinde Tıp Tıbb-ı Nebevi</t>
+          <t>Meltem Esintileri</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>8.33</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789753383240</t>
+          <t>9789753382472</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Hayatı - The Life Of Muhammed (İngilizce-Türkçe Metin Birarada)</t>
+          <t>Mehmed Akif: Bir Karakter Heykelinin Anatomisi</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>36.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789753381109</t>
+          <t>9789753388528</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Hikayeniz, İnsanımız, Kültürümüz</t>
+          <t>Makaleler Dil / Destan / Tarih/ Edebiyat</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>25</v>
+        <v>65</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789753382724</t>
+          <t>9789753382502</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiir Tarihi (1-2)</t>
+          <t>Kirmanşah Hikayesi</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>80</v>
+        <v>28</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789753385190</t>
+          <t>9799753386875</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Para Finans ve Kriz</t>
+          <t>Kırgız Türkçesi Grameri Ses ve Şekil Bilgisi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>26</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789753381734</t>
+          <t>9789753381871</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Ötelerden Bir Ses Divan Edebiyatı ve Balkanlarda Türk Edebiyatı Üzerine Makaleler</t>
+          <t>Karamanlı Ayni ve Divanı</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789753387736</t>
+          <t>9789753386173</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürünün Ana Hatları</t>
+          <t>Karaca Oğlan (Ciltli)</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>22</v>
+        <v>570</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789753381819</t>
+          <t>9789753386067</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültür ve Edebiyatından Meseleler - 1</t>
+          <t>Kangallı Aşık İhami ve Şiirleri</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789753389341</t>
+          <t>9789753385824</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Türk Harp Edebiyatında Çanakkale Mektupları</t>
+          <t>İslam Medeniyeti Tarihi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789753381628</t>
+          <t>3990000012277</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Şiirlerinin Şekil ve Nev’i</t>
+          <t>İnsanlığın Tarihi Üzerine</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>35</v>
+        <v>8</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789753383547</t>
+          <t>3990000006836</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatından Çocuklara Şiirler Antolojisi</t>
+          <t>Hz. Peygamberin Sünnetinde Tıp Tıbb-ı Nebevi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>22</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789753387750</t>
+          <t>9789753383240</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Vasiyetnameler</t>
+          <t>Hz. Muhammed’in Hayatı - The Life Of Muhammed (İngilizce-Türkçe Metin Birarada)</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>16.67</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789753381949</t>
+          <t>9789753381109</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Nazım</t>
+          <t>Hikayeniz, İnsanımız, Kültürümüz</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>7.87</v>
+        <v>25</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789753384797</t>
+          <t>9789753382724</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında İlk Mutasavvıflar</t>
+          <t>Osmanlı Şiir Tarihi (1-2)</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>21.3</v>
+        <v>80</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789753384681</t>
+          <t>9789753385190</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Tarihi</t>
+          <t>Para Finans ve Kriz</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>24.07</v>
+        <v>26</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789753385121</t>
+          <t>9789753381734</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında Köroğlu</t>
+          <t>Ötelerden Bir Ses Divan Edebiyatı ve Balkanlarda Türk Edebiyatı Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>20</v>
+        <v>33</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789753384360</t>
+          <t>9789753387736</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinin Yurtları</t>
+          <t>Türk Kültürünün Ana Hatları</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>100</v>
+        <v>22</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789753389167</t>
+          <t>9789753381819</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Türk Destanlarına Giriş</t>
+          <t>Türk Kültür ve Edebiyatından Meseleler - 1</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>3990000032410</t>
+          <t>9789753389341</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Türk Çocuk Oyunları Cilt 2</t>
+          <t>Türk Harp Edebiyatında Çanakkale Mektupları</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>27.78</v>
+        <v>32</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789753381772</t>
+          <t>9789753381628</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Türk Çağdaşlaşması Çileli Bir Yolda İlerleyiş</t>
+          <t>Türk Halk Şiirlerinin Şekil ve Nev’i</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>10.19</v>
+        <v>35</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789753382588</t>
+          <t>9789753383547</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Türk Cumhuriyetleri ve Toplulukları Tarihi</t>
+          <t>Türk Edebiyatından Çocuklara Şiirler Antolojisi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>32.5</v>
+        <v>22</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9799753385182</t>
+          <t>9789753387750</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kalemiyle Temeşvarlı Osman Ağa</t>
+          <t>Türk Edebiyatında Vasiyetnameler</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>17</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789753388931</t>
+          <t>9789753381949</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Tematik Roman İncelemeleri</t>
+          <t>Türk Edebiyatında Nazım</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>190</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786055413538</t>
+          <t>9789753384797</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Gülen Yüzü</t>
+          <t>Türk Edebiyatında İlk Mutasavvıflar</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>6.39</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789753387903</t>
+          <t>9789753384681</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Tarih Araştırmaları 1</t>
+          <t>Türk Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>230</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789753389143</t>
+          <t>9789753385121</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Tarihten İlginç Hikaye ve Anekdotlar</t>
+          <t>Türk Dünyasında Köroğlu</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786053420262</t>
+          <t>9789753384360</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Şiirimizde Peygamber ve Gül</t>
+          <t>Türk Dilinin Yurtları</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>9.17</v>
+        <v>100</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786053420095</t>
+          <t>9789753389167</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tahlilleri 2</t>
+          <t>Türk Destanlarına Giriş</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>3990000017790</t>
+          <t>3990000032410</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tahlili</t>
+          <t>Türk Çocuk Oyunları Cilt 2</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>15</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>3990000017797</t>
+          <t>9789753381772</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Şehirleri Süsleyen Yolcu</t>
+          <t>Türk Çağdaşlaşması Çileli Bir Yolda İlerleyiş</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>7</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789753381857</t>
+          <t>9789753382588</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Sultan Şairler</t>
+          <t>Türk Cumhuriyetleri ve Toplulukları Tarihi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>12.04</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789753388184</t>
+          <t>9799753385182</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Servet-i Fünun Edebiyatı</t>
+          <t>Kendi Kalemiyle Temeşvarlı Osman Ağa</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>495</v>
+        <v>17</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789753385732</t>
+          <t>9789753388931</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Saz Şairleri 1-5</t>
+          <t>Tematik Roman İncelemeleri</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>40</v>
+        <v>190</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789753388245</t>
+          <t>9786055413538</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Sana Benzer Güzel Olmaz</t>
+          <t>Tarihin Gülen Yüzü</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>11</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789753387088</t>
+          <t>9789753387903</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Rübab Mecmuası</t>
+          <t>Tarih Araştırmaları 1</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>315</v>
+        <v>230</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789753382526</t>
+          <t>9789753389143</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Roman Sanatı ve Roman İncelemesine Giriş</t>
+          <t>Tarihten İlginç Hikaye ve Anekdotlar</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789753388467</t>
+          <t>9786053420262</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Roman Ne Anlatır</t>
+          <t>Şiirimizde Peygamber ve Gül</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>25</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789753385428</t>
+          <t>9786053420095</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Refik Halit Karay</t>
+          <t>Şiir Tahlilleri 2</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>22.5</v>
+        <v>120</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786053420163</t>
+          <t>3990000017790</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Nurullah Çetin ile Söyleşiler</t>
+          <t>Şiir Tahlili</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789753388566</t>
+          <t>3990000017797</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Peygamber Sevgisi</t>
+          <t>Şehirleri Süsleyen Yolcu</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>9.26</v>
+        <v>7</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786053425236</t>
+          <t>9789753381857</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Geçmişten Günümüze Tarım Politikaları ve Ekonomisi</t>
+          <t>Sultan Şairler</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>45</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>3990000118350</t>
+          <t>9789753388184</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Türk Çocuk Oyunları Cilt 1</t>
+          <t>Servet-i Fünun Edebiyatı</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>27.78</v>
+        <v>495</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>3990000040053</t>
+          <t>9789753385732</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Sokollu Mehmed Paşa - Ahmed Refik 2</t>
+          <t>Saz Şairleri 1-5</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786053425045</t>
+          <t>9789753388245</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Ortaoyunu Geleneği</t>
+          <t>Sana Benzer Güzel Olmaz</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>160</v>
+        <v>11</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789753385213</t>
+          <t>9789753387088</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram-ı Veli</t>
+          <t>Rübab Mecmuası</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>10</v>
+        <v>315</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786055413897</t>
+          <t>9789753382526</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Gül’ün (s.a.s) Yaprakları Esmaü’n Nebi</t>
+          <t>Roman Sanatı ve Roman İncelemesine Giriş</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>14</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789753381048</t>
+          <t>9789753388467</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Vahdet</t>
+          <t>Roman Ne Anlatır</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>85</v>
+        <v>25</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789753387033</t>
+          <t>9789753385428</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı</t>
+          <t>Refik Halit Karay</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789753389952</t>
+          <t>9786053420163</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Geçilemeyen Çanakkale</t>
+          <t>Prof. Dr. Nurullah Çetin ile Söyleşiler</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>24</v>
+        <v>17</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789753384872</t>
+          <t>9789753388566</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Garip Hasan</t>
+          <t>Osmanlı’da Peygamber Sevgisi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>6</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789757568685</t>
+          <t>9786053425236</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Konuşmaları</t>
+          <t>Türkiye'de Geçmişten Günümüze Tarım Politikaları ve Ekonomisi</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>13</v>
+        <v>45</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789753387309</t>
+          <t>3990000118350</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Faust</t>
+          <t>Türk Çocuk Oyunları Cilt 1</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>170</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789753386296</t>
+          <t>3990000040053</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesinden Seçmeler</t>
+          <t>Sokollu Mehmed Paşa - Ahmed Refik 2</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789753382373</t>
+          <t>9786053425045</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>Geçmişten Günümüze Ortaoyunu Geleneği</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>13</v>
+        <v>160</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789753382038</t>
+          <t>9789753385213</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Din, Birey ve Toplum (Ciltli)</t>
+          <t>Hacı Bayram-ı Veli</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>185</v>
+        <v>10</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789753381659</t>
+          <t>9786055413897</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi Bilimi ve Türkiye’de Din Eğitimi</t>
+          <t>Gül’ün (s.a.s) Yaprakları Esmaü’n Nebi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>45</v>
+        <v>14</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789753386920</t>
+          <t>9789753381048</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Dilaver</t>
+          <t>Gülşen-i Vahdet</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>12.5</v>
+        <v>85</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789753382533</t>
+          <t>9789753387033</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Esmai Hüsna Şerhi</t>
+          <t>Gökkuşağı</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>3994651234123</t>
+          <t>9789753389952</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Fethali Kaçar'ın Çağatay Türkçesi Sözlüğü Cilt: 1</t>
+          <t>Geçilemeyen Çanakkale</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>85</v>
+        <v>24</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>3990000051705</t>
+          <t>9789753384872</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Nabi Divanı Cilt: 1</t>
+          <t>Garip Hasan</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>55.55</v>
+        <v>6</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789944135894</t>
+          <t>9789757568685</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Çocuk İlişkisi ve Eğitim Yaklaşımı</t>
+          <t>Felsefe Konuşmaları</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>95</v>
+        <v>13</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789753386319</t>
+          <t>9789753387309</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Avuçlarımdaki Çocukluğum</t>
+          <t>Faust</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>5</v>
+        <v>170</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>3990000022210</t>
+          <t>9789753386296</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Yazıcıoğlu Külliyatı Cilt: 2 (Ciltli)</t>
+          <t>Evliya Çelebi Seyahatnamesinden Seçmeler</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>46.29</v>
+        <v>22</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786053425083</t>
+          <t>9789753382373</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Adanmış Ömür Günlüğü</t>
+          <t>Dürdane Hanım</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786053425410</t>
+          <t>9789753382038</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Türk Şiirinde Tanrı İmgesi</t>
+          <t>Din, Birey ve Toplum (Ciltli)</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>20</v>
+        <v>185</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786053420385</t>
+          <t>9789753381659</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar El Kitabı Cilt: 1 - Tarih</t>
+          <t>Din Eğitimi Bilimi ve Türkiye’de Din Eğitimi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>175</v>
+        <v>45</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>3990000051610</t>
+          <t>9789753386920</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Yazıcıoğlu Külliyatı 3. Cilt</t>
+          <t>Dilaver</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>46.29</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786053424437</t>
+          <t>9789753382533</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Divanlar Arasında Bir Ömür</t>
+          <t>Esmai Hüsna Şerhi</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789753386739</t>
+          <t>3994651234123</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım</t>
+          <t>Fethali Kaçar'ın Çağatay Türkçesi Sözlüğü Cilt: 1</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>7</v>
+        <v>85</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786055413842</t>
+          <t>3990000051705</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Arapçası Çözüm Kitabı 2</t>
+          <t>Nabi Divanı Cilt: 1</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>17.2</v>
+        <v>55.55</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786053425274</t>
+          <t>9789944135894</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Folklor ve Disiplinlerarasılık</t>
+          <t>Anne Baba Çocuk İlişkisi ve Eğitim Yaklaşımı</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>145</v>
+        <v>95</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789753386302</t>
+          <t>9789753386319</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Tek Boynuzlu Dağ Atları</t>
+          <t>Avuçlarımdaki Çocukluğum</t>
         </is>
       </c>
       <c r="C507" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>3990000051893</t>
+          <t>3990000022210</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Bekçi</t>
+          <t>Muhsin Yazıcıoğlu Külliyatı Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>4.63</v>
+        <v>46.29</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786053423614</t>
+          <t>9786053425083</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Çağdaş Türk Romanı Cilt: 1</t>
+          <t>Adanmış Ömür Günlüğü</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>32.4</v>
+        <v>20</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789753386388</t>
+          <t>9786053425410</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Masum Kaçak - 1</t>
+          <t>Tanzimat Dönemi Türk Şiirinde Tanrı İmgesi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789753386395</t>
+          <t>9786053420385</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Masum Kaçak - 2</t>
+          <t>Balkanlar El Kitabı Cilt: 1 - Tarih</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>5</v>
+        <v>175</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786055413828</t>
+          <t>3990000051610</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Arapçası Çözüm Kitabı 1</t>
+          <t>Muhsin Yazıcıoğlu Külliyatı 3. Cilt</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>30</v>
+        <v>46.29</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786053422846</t>
+          <t>9786053424437</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Bolu İli Ağızları</t>
+          <t>Divanlar Arasında Bir Ömür</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786053424758</t>
+          <t>9789753386739</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>İlk Kitabım</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786053424741</t>
+          <t>9786055413842</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Türk Nüktedanları ve Hazırcevapları</t>
+          <t>Kur’an Arapçası Çözüm Kitabı 2</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>190</v>
+        <v>17.2</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789757568339</t>
+          <t>9786053425274</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Usuli Divanı</t>
+          <t>Folklor ve Disiplinlerarasılık</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>305</v>
+        <v>145</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786055413545</t>
+          <t>9789753386302</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Diller ve Etnik Gruplar</t>
+          <t>Tek Boynuzlu Dağ Atları</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>280</v>
+        <v>5</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786053429265</t>
+          <t>3990000051893</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Aşık Tarzı Kültür Geleneği Ve Kültür Endüstrisi Bağlamında Unkapanı Plakçılar Çarşısı</t>
+          <t>Bekçi</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>400</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786053429142</t>
+          <t>9786053423614</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Kazakistan’da Geçiş Dönemlerinin Karşılaştırmalı İncelemesi</t>
+          <t>Cumhuriyet Dönemi Çağdaş Türk Romanı Cilt: 1</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>650</v>
+        <v>32.4</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789753380461</t>
+          <t>9789753386388</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam Yahya Divanı</t>
+          <t>Masum Kaçak - 1</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>370</v>
+        <v>5</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786055413415</t>
+          <t>9789753386395</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş Veli El Kitabı</t>
+          <t>Masum Kaçak - 2</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>570</v>
+        <v>5</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786053427308</t>
+          <t>9786055413828</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Ben Senin Akranın Değilim Ki Aşk</t>
+          <t>Kur’an Arapçası Çözüm Kitabı 1</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>105</v>
+        <v>30</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786053429258</t>
+          <t>9786053422846</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Oralhan Bökey Son Lokma</t>
+          <t>Bolu İli Ağızları</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>550</v>
+        <v>40</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789753388269</t>
+          <t>9786053424758</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>85</v>
+        <v>8</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786053426943</t>
+          <t>9786053424741</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Mehmet Akif Armağanı</t>
+          <t>Ünlü Türk Nüktedanları ve Hazırcevapları</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>650</v>
+        <v>190</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786053427971</t>
+          <t>9789757568339</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ’da İran Tarihi</t>
+          <t>Usuli Divanı</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>355</v>
+        <v>305</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786053424819</t>
+          <t>9786055413545</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sosyolojisi</t>
+          <t>Türkiye’de Diller ve Etnik Gruplar</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>115</v>
+        <v>280</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786053423683</t>
+          <t>9786053429265</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>31 Mart Vak’asının Ardından Bir Türk Subayının Feryadı</t>
+          <t>Aşık Tarzı Kültür Geleneği Ve Kültür Endüstrisi Bağlamında Unkapanı Plakçılar Çarşısı</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786053429234</t>
+          <t>9786053429142</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Gelen Dualarla Hac ve Umre</t>
+          <t>Türkiye ve Kazakistan’da Geçiş Dönemlerinin Karşılaştırmalı İncelemesi</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786053427469</t>
+          <t>9789753380461</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Hikayesi</t>
+          <t>Şeyhülislam Yahya Divanı</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>100</v>
+        <v>370</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786053427445</t>
+          <t>9786055413415</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Hacı Bektaş Veli El Kitabı</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>100</v>
+        <v>570</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789753386975</t>
+          <t>9786053427308</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Ben Senin Akranın Değilim Ki Aşk</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789753387361</t>
+          <t>9786053429258</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Oralhan Bökey Son Lokma</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786053421818</t>
+          <t>9789753388269</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Eynesi Ana</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>400</v>
+        <v>85</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786053429098</t>
+          <t>9786053426943</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayat</t>
+          <t>Yunus Emre Mehmet Akif Armağanı</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>110</v>
+        <v>650</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786053429135</t>
+          <t>9786053427971</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Elma</t>
+          <t>Eski Çağ’da İran Tarihi</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>130</v>
+        <v>355</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786053429128</t>
+          <t>9786053424819</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin İslami Bilgiler</t>
+          <t>Edebiyat Sosyolojisi</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786053429111</t>
+          <t>9786053423683</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin İslam Terimleri Ansiklopedisi</t>
+          <t>31 Mart Vak’asının Ardından Bir Türk Subayının Feryadı</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786053429104</t>
+          <t>9786053429234</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Büyükler İçin İslam Büyükleri Ansiklopedisi</t>
+          <t>Gönülden Dile Gelen Dualarla Hac ve Umre</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786053429081</t>
+          <t>9786053427469</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kelime Dağarcığımızdan Etimoloji Araştırmaları-2</t>
+          <t>Bir Çöküşün Hikayesi</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786053429029</t>
+          <t>9786053427445</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Çukurova Derebeyleri ve A'yanları</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786053428695</t>
+          <t>9789753386975</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Şehzade Alaaddin Gaybi Bey Kaygusuz Abdal</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>550</v>
+        <v>100</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789753381635</t>
+          <t>9789753387361</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Dersleri 1</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786055413675</t>
+          <t>9786053421818</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Yazıcıoğlu Külliyatı - 3 Cilt Takım (Ciltli)</t>
+          <t>Eynesi Ana</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>785</v>
+        <v>400</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786055413934</t>
+          <t>9786053429098</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Efsane ve Motifler Üzerine</t>
+          <t>Yeni Hayat</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786053428770</t>
+          <t>9786053429135</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Şiirde Mekan Mekanda Şiir (Ciltli)</t>
+          <t>Kızıl Elma</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>1000</v>
+        <v>130</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789753388832</t>
+          <t>9786053429128</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Mevlana: Tam Metin (2. Hamur) (Ciltli)</t>
+          <t>Çocuklar ve Gençler İçin İslami Bilgiler</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>700</v>
+        <v>120</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786053429005</t>
+          <t>9786053429111</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkçesinde Söz Dizimi</t>
+          <t>Çocuklar ve Gençler İçin İslam Terimleri Ansiklopedisi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>850</v>
+        <v>330</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786053425908</t>
+          <t>9786053429104</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Hadis Ansiklopedisi Kütüb-i Sitte - 18 Cilt Takım (Ciltli)</t>
+          <t>Çocuklar ve Büyükler İçin İslam Büyükleri Ansiklopedisi</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>15000</v>
+        <v>210</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786053428510</t>
+          <t>9786053429081</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Jeopolitiği ve Karadeniz'in Güvenliği Ekseninde Rus Ukrayna Savaşı</t>
+          <t>Kelime Dağarcığımızdan Etimoloji Araştırmaları-2</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786053428701</t>
+          <t>9786053429029</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Kadim Tarihinden Yakın Tarihe Artvin'de Dini ve Kültürel Hayat</t>
+          <t>Çukurova Derebeyleri ve A'yanları</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>850</v>
+        <v>210</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786055413255</t>
+          <t>9786053428695</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’nın Gözüyle İnsan ve Toplum</t>
+          <t>Şehzade Alaaddin Gaybi Bey Kaygusuz Abdal</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786053428985</t>
+          <t>9789753381635</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Yasemin Kokulu Öyküler</t>
+          <t>Osmanlıca Dersleri 1</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786053428992</t>
+          <t>9786055413675</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Sonbahara 7 Kaldı</t>
+          <t>Muhsin Yazıcıoğlu Külliyatı - 3 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>150</v>
+        <v>785</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786053429043</t>
+          <t>9786055413934</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>İran Göçebe Türk Halklarının İran Türklüğündeki Önemi</t>
+          <t>Efsane ve Motifler Üzerine</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786053429012</t>
+          <t>9786053428770</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçenin Söz Dizimi</t>
+          <t>Şiirde Mekan Mekanda Şiir (Ciltli)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>575</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786053429067</t>
+          <t>9789753388832</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Asya Pasifik</t>
+          <t>Mesnevi Mevlana: Tam Metin (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786053429036</t>
+          <t>9786053429005</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Müslümanlara Yönelik Irkçılık ve Yabancı Düşmanlığı</t>
+          <t>Doğu Türkçesinde Söz Dizimi</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786053426950</t>
+          <t>9786053425908</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Mehmet Akif Armağanı</t>
+          <t>Hadis Ansiklopedisi Kütüb-i Sitte - 18 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>635</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789753381031</t>
+          <t>9786053428510</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galib Hayatı, Sanatı, Eserleri, Edebi Kişiliği ve Bazı Şiirlerinin Açıklamaları</t>
+          <t>Türkiye'nin Jeopolitiği ve Karadeniz'in Güvenliği Ekseninde Rus Ukrayna Savaşı</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>130</v>
+        <v>420</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789753384674</t>
+          <t>9786053428701</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>101 Türk Efsanesi</t>
+          <t>Kadim Tarihinden Yakın Tarihe Artvin'de Dini ve Kültürel Hayat</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>190</v>
+        <v>850</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786055413095</t>
+          <t>9786055413255</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Aşık Veysel</t>
+          <t>Mevlana’nın Gözüyle İnsan ve Toplum</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>355</v>
+        <v>240</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789753388818</t>
+          <t>9786053428985</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Danişmend Gazi Destanı</t>
+          <t>Yasemin Kokulu Öyküler</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>285</v>
+        <v>160</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789753389884</t>
+          <t>9786053428992</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Bir Masal Varmış (Ciltli)</t>
+          <t>Sonbahara 7 Kaldı</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786055413170</t>
+          <t>9786053429043</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tam Metin - Küçük (6 Cilt Takım)</t>
+          <t>İran Göçebe Türk Halklarının İran Türklüğündeki Önemi</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>995</v>
+        <v>200</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786055413279</t>
+          <t>9786053429012</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve İletişim</t>
+          <t>Eski Türkçenin Söz Dizimi</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>190</v>
+        <v>575</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786055413026</t>
+          <t>9786053429067</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Türkçesi</t>
+          <t>Asya Pasifik</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789753382571</t>
+          <t>9786053429036</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlakı</t>
+          <t>Almanya'da Müslümanlara Yönelik Irkçılık ve Yabancı Düşmanlığı</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789753388153</t>
+          <t>9786053426950</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yakınlıkları</t>
+          <t>Yunus Emre Mehmet Akif Armağanı</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>220</v>
+        <v>635</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786055413040</t>
+          <t>9789753381031</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hanım</t>
+          <t>Şeyh Galib Hayatı, Sanatı, Eserleri, Edebi Kişiliği ve Bazı Şiirlerinin Açıklamaları</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>85</v>
+        <v>130</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786055413651</t>
+          <t>9789753384674</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi</t>
+          <t>101 Türk Efsanesi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>245</v>
+        <v>190</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789753388474</t>
+          <t>9786055413095</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin Peygamberler Tarihi Ansiklopedisi</t>
+          <t>Aşık Veysel</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>295</v>
+        <v>355</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789757568292</t>
+          <t>9789753388818</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin Osmanlı Tarihi Ansiklopedisi (Ciltli)</t>
+          <t>Danişmend Gazi Destanı</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>640</v>
+        <v>285</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789753387514</t>
+          <t>9789753389884</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Celaleddin Harzemşah</t>
+          <t>Bir Masal Varmış (Ciltli)</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789753387651</t>
+          <t>9786055413170</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yürüyüş</t>
+          <t>Mesnevi Tam Metin - Küçük (6 Cilt Takım)</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>130</v>
+        <v>995</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789753383844</t>
+          <t>9786055413279</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Baharistan</t>
+          <t>İnsan ve İletişim</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789753386951</t>
+          <t>9786055413026</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>İletişimin Türkçesi</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789753389358</t>
+          <t>9789753382571</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma Teknikleri</t>
+          <t>İslam Ahlakı</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789753386968</t>
+          <t>9789753388153</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>A’mak-ı Hayal (Sadeleştirilmiş Metin)</t>
+          <t>Gönül Yakınlıkları</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789753389921</t>
+          <t>9786055413040</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Aklıma Yıldız Düştü</t>
+          <t>Gönül Hanım</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>130</v>
+        <v>85</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786055413491</t>
+          <t>9786055413651</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Şehri ve Güli</t>
+          <t>Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789753388160</t>
+          <t>9789753388474</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirinden Seçmeler</t>
+          <t>Çocuklar ve Gençler İçin Peygamberler Tarihi Ansiklopedisi</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789753384629</t>
+          <t>9789757568292</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Çocuklar ve Gençler İçin Osmanlı Tarihi Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>245</v>
+        <v>640</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789753387323</t>
+          <t>9789753387514</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatından Seçmeler</t>
+          <t>Celaleddin Harzemşah</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>160</v>
+        <v>215</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786055414078</t>
+          <t>9789753387651</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Şiir İncelemeleri</t>
+          <t>Beyaz Yürüyüş</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786053428961</t>
+          <t>9789753383844</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>İnci Avcısı</t>
+          <t>Baharistan</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786053428978</t>
+          <t>9789753386951</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Xuanzang Biyografisi'nde Fiil Yapımı</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>1080</v>
+        <v>150</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786053428749</t>
+          <t>9789753389358</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçede Kelime Öğretimi</t>
+          <t>Anlayarak Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786053428756</t>
+          <t>9789753386968</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Araştırmaları 9</t>
+          <t>A’mak-ı Hayal (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>360</v>
+        <v>110</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786053428763</t>
+          <t>9789753389921</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Harezmi Muhabbet-Name</t>
+          <t>Aklıma Yıldız Düştü</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>390</v>
+        <v>130</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786053428176</t>
+          <t>9786055413491</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Atilla İlhan’ın İlk Romanlarına Yansıyan Toplumsal Yapı</t>
+          <t>Şehri ve Güli</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>525</v>
+        <v>255</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789753387804</t>
+          <t>9789753388160</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram - ı Veli</t>
+          <t>Halk Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786053423652</t>
+          <t>9789753384629</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanı Tahlilleri 1</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>300</v>
+        <v>245</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789753387255</t>
+          <t>9789753387323</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Divan Edebiyatından Seçmeler</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786053424574</t>
+          <t>9786055414078</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Dili (Mantıku't-Tayr)</t>
+          <t>Şiir İncelemeleri</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789753384025</t>
+          <t>9786053428961</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı</t>
+          <t>İnci Avcısı</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>385</v>
+        <v>300</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786053425144</t>
+          <t>9786053428978</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Tıpkıbasımlarıyla Eski Anadolu Türkçesi Metinleri</t>
+          <t>Xuanzang Biyografisi'nde Fiil Yapımı</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>200</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789753388283</t>
+          <t>9786053428749</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Eski Türk Edebiyatına Giriş</t>
+          <t>Yabancı Dil Olarak Türkçede Kelime Öğretimi</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>505</v>
+        <v>210</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786053428732</t>
+          <t>9786053428756</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Hacıbektaş ve Hünkar Hacı Bektaş Veli</t>
+          <t>Mevlana Araştırmaları 9</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>960</v>
+        <v>360</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786053428688</t>
+          <t>9786053428763</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Kızılcahamam Gebeler Köyü Tarihi</t>
+          <t>Harezmi Muhabbet-Name</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>960</v>
+        <v>390</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786053428725</t>
+          <t>9786053428176</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret Şiirinde Modernleşme Yenileşme ve Seküler Düşünce</t>
+          <t>Atilla İlhan’ın İlk Romanlarına Yansıyan Toplumsal Yapı</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>325</v>
+        <v>525</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786053428718</t>
+          <t>9789753387804</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Muzaffer Buyrukçu Anlatılarında Yapı ve İzlek</t>
+          <t>Hacı Bayram - ı Veli</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>690</v>
+        <v>165</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789753420040</t>
+          <t>9786053423652</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Kendini ve Allah’ı Arayan Adam: Necip Fazıl</t>
+          <t>Türk Romanı Tahlilleri 1</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789753386893</t>
+          <t>9789753387255</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Devlet</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>335</v>
+        <v>230</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786055413372</t>
+          <t>9786053424574</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Önce Zambakları Çaldılar Uykularımızdan</t>
+          <t>Kuşların Dili (Mantıku't-Tayr)</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>105</v>
+        <v>160</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786055413942</t>
+          <t>9789753384025</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Ortaöğretim Arapça Seti - 1. Kur - Dede Korkut Masallarıyla Arapça</t>
+          <t>Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>160</v>
+        <v>385</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789753389778</t>
+          <t>9786053425144</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Kur-an’ı Kerim’den Dualar</t>
+          <t>Tıpkıbasımlarıyla Eski Anadolu Türkçesi Metinleri</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789753389303</t>
+          <t>9789753388283</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürüne Eleştiri</t>
+          <t>Üniversiteler İçin Eski Türk Edebiyatına Giriş</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>255</v>
+        <v>505</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789753385463</t>
+          <t>9786053428732</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Tıva Kahramanlık Destanları 1</t>
+          <t>Hacıbektaş ve Hünkar Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>505</v>
+        <v>960</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9782000090293</t>
+          <t>9786053428688</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam Yahya Divanı (1.Hamur)</t>
+          <t>Kızılcahamam Gebeler Köyü Tarihi</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>370</v>
+        <v>960</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786053426431</t>
+          <t>9786053428725</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Aşık Tarzı Kültür Geleneği ve Destan Türü</t>
+          <t>Tevfik Fikret Şiirinde Modernleşme Yenileşme ve Seküler Düşünce</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>380</v>
+        <v>325</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>3000078100852</t>
+          <t>9786053428718</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Hayali Divanı (2. Hamur)</t>
+          <t>Muzaffer Buyrukçu Anlatılarında Yapı ve İzlek</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>335</v>
+        <v>690</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789753389563</t>
+          <t>9789753420040</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Has Bahçede Hazan Vakti</t>
+          <t>Kendini ve Allah’ı Arayan Adam: Necip Fazıl</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>255</v>
+        <v>190</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789753388511</t>
+          <t>9789753386893</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirinde Türkü</t>
+          <t>Türklerde Devlet</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>440</v>
+        <v>335</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789753383431</t>
+          <t>9786055413372</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirinde Tür Şekil ve Makam</t>
+          <t>Önce Zambakları Çaldılar Uykularımızdan</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789753383165</t>
+          <t>9786055413942</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Halk Hikayeleri Araştırmaları: Çukurovalı Aşık Mustafa Köse ve Hikaye Repertuvarı</t>
+          <t>Ortaöğretim Arapça Seti - 1. Kur - Dede Korkut Masallarıyla Arapça</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>335</v>
+        <v>160</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786055413347</t>
+          <t>9789753389778</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Halk Bilimi Araştırmaları</t>
+          <t>Kur-an’ı Kerim’den Dualar</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>305</v>
+        <v>190</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789753386104</t>
+          <t>9789753389303</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Türk Kültürüne Eleştiri</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>440</v>
+        <v>255</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789753382809</t>
+          <t>9789753385463</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Yolunda Düşünceler</t>
+          <t>Tıva Kahramanlık Destanları 1</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>345</v>
+        <v>505</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789753388771</t>
+          <t>9782000090293</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Faik Baysal ve Hikayeciliği</t>
+          <t>Şeyhülislam Yahya Divanı (1.Hamur)</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>305</v>
+        <v>370</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786055413989</t>
+          <t>9786053426431</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Estetik’in Serüveni</t>
+          <t>Aşık Tarzı Kültür Geleneği ve Destan Türü</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>305</v>
+        <v>380</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789753381598</t>
+          <t>3000078100852</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatında Nesir</t>
+          <t>Hayali Divanı (2. Hamur)</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>605</v>
+        <v>335</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789753384469</t>
+          <t>9789753389563</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi</t>
+          <t>Has Bahçede Hazan Vakti</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>335</v>
+        <v>255</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789753386180</t>
+          <t>9789753388511</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Emrah</t>
+          <t>Halk Şiirinde Türkü</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786055413323</t>
+          <t>9789753383431</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Elazığ Masalları ve Propp Metodu</t>
+          <t>Halk Şiirinde Tür Şekil ve Makam</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>705</v>
+        <v>125</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789753387866</t>
+          <t>9789753383165</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Öğretim Anlayışıyla Peyami Safa</t>
+          <t>Halk Hikayeleri Araştırmaları: Çukurovalı Aşık Mustafa Köse ve Hikaye Repertuvarı</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>160</v>
+        <v>335</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789753382007</t>
+          <t>9786055413347</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Edebiyattan İçeri</t>
+          <t>Halk Bilimi Araştırmaları</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>505</v>
+        <v>305</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786053420330</t>
+          <t>9789753386104</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>305</v>
+        <v>440</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789753389006</t>
+          <t>9789753382809</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sanatı ve Bilimi</t>
+          <t>Felsefe Yolunda Düşünceler</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>440</v>
+        <v>345</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>3990000001864</t>
+          <t>9789753388771</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat İncelemeleri - Bütün Eserleri 5</t>
+          <t>Faik Baysal ve Hikayeciliği</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>255</v>
+        <v>305</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789753383264</t>
+          <t>9786055413989</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiiri Yazıları</t>
+          <t>Estetik’in Serüveni</t>
         </is>
       </c>
       <c r="C631" s="1">
         <v>305</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789753388139</t>
+          <t>9789753381598</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatında Mahlas ve Mahlasnameler</t>
+          <t>Eski Türk Edebiyatında Nesir</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>215</v>
+        <v>605</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789753381642</t>
+          <t>9789753384469</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı Yazıları</t>
+          <t>Eski Anadolu Türkçesi</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>450</v>
+        <v>335</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789753384223</t>
+          <t>9789753386180</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Dil Yazıları</t>
+          <t>Erzurumlu Emrah</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>305</v>
+        <v>230</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789753387446</t>
+          <t>9786055413323</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı Terimleri Sözlüğü</t>
+          <t>Elazığ Masalları ve Propp Metodu</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>280</v>
+        <v>705</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789753382137</t>
+          <t>9789753387866</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Yunus Şiirinden Günümüze Yaklaştırmalar</t>
+          <t>Eğitim ve Öğretim Anlayışıyla Peyami Safa</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>335</v>
+        <v>160</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786053420033</t>
+          <t>9789753382007</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal Kitabı</t>
+          <t>Edebiyattan İçeri</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>400</v>
+        <v>505</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789753383639</t>
+          <t>9786053420330</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Tarihi</t>
+          <t>Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>295</v>
+        <v>305</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789753381611</t>
+          <t>9789753389006</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirlerinin Vezni</t>
+          <t>Edebiyat Sanatı ve Bilimi</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789753388252</t>
+          <t>3990000001864</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Süheyli Divan</t>
+          <t>Edebiyat İncelemeleri - Bütün Eserleri 5</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>380</v>
+        <v>255</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789753389433</t>
+          <t>9789753383264</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Tarih Folklor İlişkisi</t>
+          <t>Divan Şiiri Yazıları</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>255</v>
+        <v>305</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786055413583</t>
+          <t>9789753388139</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Selimiye - Sarı Selim</t>
+          <t>Divan Edebiyatında Mahlas ve Mahlasnameler</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>175</v>
+        <v>215</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789753382496</t>
+          <t>9789753381642</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Sehi Bey Tezkiresi Heşt-Behişt</t>
+          <t>Divan Edebiyatı Yazıları</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9799757568536</t>
+          <t>9789753384223</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Yusuf u Züleyha Mesnevisi (3. Hamur)</t>
+          <t>Dil Yazıları</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>400</v>
+        <v>305</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789753386272</t>
+          <t>9789753387446</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Yeni Alman Edebiyatı Tarihi</t>
+          <t>Eski Türk Edebiyatı Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789753389891</t>
+          <t>9789753382137</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dönem Türk Romanı ve Roman İncelemeleri</t>
+          <t>Yunus Şiirinden Günümüze Yaklaştırmalar</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>160</v>
+        <v>335</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786055413590</t>
+          <t>9786053420033</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkologları ve Türk Diline Emek Verenler Cilt:1</t>
+          <t>Yahya Kemal Kitabı</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>605</v>
+        <v>400</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786055413569</t>
+          <t>9789753383639</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Dil Bilgisi</t>
+          <t>Tasavvuf Tarihi</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>605</v>
+        <v>295</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786053420460</t>
+          <t>9789753381611</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Eski - Yeni Çatışması ve Darü’t-Ta’lim</t>
+          <t>Türk Şiirlerinin Vezni</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>335</v>
+        <v>230</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789753387422</t>
+          <t>9789753388252</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilgi ve Kuramları</t>
+          <t>Süheyli Divan</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>505</v>
+        <v>380</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789753386005</t>
+          <t>9789753389433</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Araştırmaları 2</t>
+          <t>Sözlü Tarih Folklor İlişkisi</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>505</v>
+        <v>255</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789753387941</t>
+          <t>9786055413583</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı Antolojisi</t>
+          <t>Selimiye - Sarı Selim</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>560</v>
+        <v>175</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789753383684</t>
+          <t>9789753382496</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İnsan ve Edebiyat</t>
+          <t>Sehi Bey Tezkiresi Heşt-Behişt</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789753389044</t>
+          <t>9799757568536</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Gelişmeler Işığında Şiir Tahlilleri</t>
+          <t>Yusuf u Züleyha Mesnevisi (3. Hamur)</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789753388719</t>
+          <t>9789753386272</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Edebiyatında Hisar Topluluğu</t>
+          <t>Yeni Alman Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>295</v>
+        <v>440</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789753381376</t>
+          <t>9789753389891</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Baki</t>
+          <t>Yakın Dönem Türk Romanı ve Roman İncelemeleri</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9799753385908</t>
+          <t>9786055413590</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Rasim</t>
+          <t>Türkiye Türkologları ve Türk Diline Emek Verenler Cilt:1</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>190</v>
+        <v>605</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789753387439</t>
+          <t>9786055413569</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Şekil ve Cümle Bilgisi Türk Lehçelerinde</t>
+          <t>Türkçenin Dil Bilgisi</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>335</v>
+        <v>605</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789753383851</t>
+          <t>9786053420460</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Kafalı Armağanı</t>
+          <t>Eğitimde Eski - Yeni Çatışması ve Darü’t-Ta’lim</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>440</v>
+        <v>335</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789753383585</t>
+          <t>9789753387422</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Suad Yalçın Hayatı ve Eserleri</t>
+          <t>Edebiyat Bilgi ve Kuramları</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>255</v>
+        <v>505</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789753382229</t>
+          <t>9789753386005</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Hikaye’den Hatıra’ya</t>
+          <t>Edebiyat Araştırmaları 2</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>125</v>
+        <v>505</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789753388894</t>
+          <t>9789753387941</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Hayat-ı Fikriyye</t>
+          <t>Divan Edebiyatı Antolojisi</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>190</v>
+        <v>560</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789753388863</t>
+          <t>9789753383684</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Dil Gelişimi ve Dil Politikası</t>
+          <t>Çağdaş İnsan ve Edebiyat</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>135</v>
+        <v>380</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789753383554</t>
+          <t>9789753389044</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Deniz Şiirleri Antolojisi</t>
+          <t>Çağdaş Gelişmeler Işığında Şiir Tahlilleri</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>305</v>
+        <v>250</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789753387842</t>
+          <t>9789753388719</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı (Transkripsiyon - İnceleme - Sözlük)</t>
+          <t>Cumhuriyet Dönemi Türk Edebiyatında Hisar Topluluğu</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>440</v>
+        <v>295</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789753383615</t>
+          <t>9789753381376</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Lehçeleri</t>
+          <t>Baki</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789753387767</t>
+          <t>9799753385908</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Türk Şiirinde Garip Hareketi</t>
+          <t>Ahmet Rasim</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>640</v>
+        <v>190</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789753383752</t>
+          <t>9789753387439</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Siyasal ve Sosyal Değişmeler Açısından Cumhuriyet Dönemi Türk Romanı 1920-1946</t>
+          <t>Karşılaştırmalı Şekil ve Cümle Bilgisi Türk Lehçelerinde</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>380</v>
+        <v>335</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789753388900</t>
+          <t>9789753383851</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Bugünkü Edebiyat</t>
+          <t>Kafalı Armağanı</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>215</v>
+        <v>440</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789753389013</t>
+          <t>9789753383585</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Bozoğlan Destanı (Yusuf Beg - Ahmed Beg)</t>
+          <t>Hüseyin Suad Yalçın Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>295</v>
+        <v>255</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789753388504</t>
+          <t>9789753382229</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Şiirinde Ölüm</t>
+          <t>Hikaye’den Hatıra’ya</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>280</v>
+        <v>125</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789753389679</t>
+          <t>9789753388894</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Bir Popüler Romancı Esat Mahmud Karakurt - Bir Estetik Romancı - Ahmet Hamdi Tanpınar</t>
+          <t>Hayat-ı Fikriyye</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789753383257</t>
+          <t>9789753388863</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Belagat-ı Osmaniye</t>
+          <t>Dil Gelişimi ve Dil Politikası</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>305</v>
+        <v>135</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786053420057</t>
+          <t>9789753383554</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Behçet Necatigil  (Hayatı, Sanatı ve Eserleri)</t>
+          <t>Deniz Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>505</v>
+        <v>305</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789753387163</t>
+          <t>9789753387842</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Basiri ve Türkçe Şiirleri</t>
+          <t>Dede Korkut Kitabı (Transkripsiyon - İnceleme - Sözlük)</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>135</v>
+        <v>440</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789753381765</t>
+          <t>9789753383615</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Basılı Divanlar Katoloğu</t>
+          <t>Çağdaş Türk Lehçeleri</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>135</v>
+        <v>450</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786053420378</t>
+          <t>9789753387767</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar El Kitabı (2 Cilt Takım)</t>
+          <t>Cumhuriyet Döneminde Türk Şiirinde Garip Hareketi</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>1220</v>
+        <v>640</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789753387521</t>
+          <t>9789753383752</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türkçesinin Söz Varlığı</t>
+          <t>Siyasal ve Sosyal Değişmeler Açısından Cumhuriyet Dönemi Türk Romanı 1920-1946</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>305</v>
+        <v>380</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786053421481</t>
+          <t>9789753388900</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Ansiklopedik Türk Halk Edebiyatı Kavramları ve Terimleri Sözlüğü (Ciltli)</t>
+          <t>Bugünkü Edebiyat</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>1220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786053425052</t>
+          <t>9789753389013</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Anonim Halk Şiiri</t>
+          <t>Bozoğlan Destanı (Yusuf Beg - Ahmed Beg)</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>635</v>
+        <v>295</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789753383691</t>
+          <t>9789753388504</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Ezgisi</t>
+          <t>Cumhuriyet Dönemi Türk Şiirinde Ölüm</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789753387798</t>
+          <t>9789753389679</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Yeni Kelimeler Sözlüğü</t>
+          <t>Bir Popüler Romancı Esat Mahmud Karakurt - Bir Estetik Romancı - Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786053420187</t>
+          <t>9789753383257</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Aşık Şiiri Geleneğinde Kadın Aşıklar</t>
+          <t>Belagat-ı Osmaniye</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>190</v>
+        <v>305</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789753381703</t>
+          <t>9786053420057</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Behçet Necatigil  (Hayatı, Sanatı ve Eserleri)</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>105</v>
+        <v>505</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786055413453</t>
+          <t>9789753387163</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Zambaklar Üşümesin</t>
+          <t>Basiri ve Türkçe Şiirleri</t>
         </is>
       </c>
       <c r="C685" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786055413910</t>
+          <t>9789753381765</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ve Züleyha</t>
+          <t>Basılı Divanlar Katoloğu</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786053420194</t>
+          <t>9786053420378</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Yorgunum</t>
+          <t>Balkanlar El Kitabı (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>255</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789753388702</t>
+          <t>9789753387521</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlarla Yıkanır Yüreğim</t>
+          <t>Azerbaycan Türkçesinin Söz Varlığı</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>125</v>
+        <v>305</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789753389655</t>
+          <t>9786053421481</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Yeşile ve Maviye Yürüyüş</t>
+          <t>Türk Dünyası Ansiklopedik Türk Halk Edebiyatı Kavramları ve Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>255</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786053420323</t>
+          <t>9786053425052</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Yeni Özbek Edebiyatı</t>
+          <t>Türk Dünyası Anonim Halk Şiiri</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>530</v>
+        <v>635</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9799753386059</t>
+          <t>9789753383691</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Yaşnameler</t>
+          <t>Anadolu Ezgisi</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789757568223</t>
+          <t>9789753387798</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Yasemin’in Dünyası</t>
+          <t>Açıklamalı Yeni Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>70</v>
+        <v>380</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786055413361</t>
+          <t>9786053420187</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Yarenlerin Ağır Sevda Peşrevi</t>
+          <t>20. Yüzyıl Aşık Şiiri Geleneğinde Kadın Aşıklar</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789753389464</t>
+          <t>9789753381703</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Dağlar</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789753389211</t>
+          <t>9786055413453</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Varoluş ve Bilgi</t>
+          <t>Zambaklar Üşümesin</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>605</v>
+        <v>135</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789757568230</t>
+          <t>9786055413910</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Üç Nasihat</t>
+          <t>Yusuf ve Züleyha</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>70</v>
+        <v>190</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789753385138</t>
+          <t>9786053420194</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Destanı Hakanname</t>
+          <t>Yorgunum</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>450</v>
+        <v>255</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789753387897</t>
+          <t>9789753388702</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
+          <t>Yıldızlarla Yıkanır Yüreğim</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789753388740</t>
+          <t>9789753389655</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İslamlaşma Süreci</t>
+          <t>Yeşile ve Maviye Yürüyüş</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789753382663</t>
+          <t>9786053420323</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-Orta Asya Edebi İlişkileri</t>
+          <t>Yeni Özbek Edebiyatı</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>255</v>
+        <v>530</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789753388542</t>
+          <t>9799753386059</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Türk Viyana</t>
+          <t>Yaşnameler</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789753388306</t>
+          <t>9789757568223</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Ziya Paşa</t>
+          <t>Yasemin’in Dünyası</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>305</v>
+        <v>70</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9759783382094</t>
+          <t>9786055413361</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Ziya Osman Saba</t>
+          <t>Yarenlerin Ağır Sevda Peşrevi</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789753384568</t>
+          <t>9789753389464</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Oktay Akbal’ın Öykücülüğü Düş ile Gerçek Arasında</t>
+          <t>Yaralı Dağlar</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>305</v>
+        <v>135</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786055413781</t>
+          <t>9789753389211</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Ene’l - Aşk</t>
+          <t>Varoluş ve Bilgi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>115</v>
+        <v>605</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786053420231</t>
+          <t>9789757568230</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Üç Nasihat</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>135</v>
+        <v>70</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789753389396</t>
+          <t>9789753385138</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Çeşmeden Söz ve Su Akar</t>
+          <t>Türk’ün Destanı Hakanname</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789753383349</t>
+          <t>9789753387897</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Bir Meşrutiyet Aydını Nüzhet Sabit</t>
+          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>250</v>
+        <v>105</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789757568650</t>
+          <t>9789753388740</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Asaf Halet Çelebi</t>
+          <t>Türklerin İslamlaşma Süreci</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9781000021103</t>
+          <t>9789753382663</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hikayeleri Dizisi (10 Kitap Takım)</t>
+          <t>Türkiye-Orta Asya Edebi İlişkileri</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>700</v>
+        <v>255</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789753389976</t>
+          <t>9789753388542</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Ağlamak Yasak</t>
+          <t>Türk Viyana</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789753387286</t>
+          <t>9789753388306</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Afife Anjelik</t>
+          <t>Ziya Paşa</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>75</v>
+        <v>305</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789753387859</t>
+          <t>9759783382094</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Çoban Aşkın Çocuğuydu</t>
+          <t>Ziya Osman Saba</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789753380331</t>
+          <t>9789753384568</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Türkler Yine Avrupa’da</t>
+          <t>Oktay Akbal’ın Öykücülüğü Düş ile Gerçek Arasında</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>370</v>
+        <v>305</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789757568162</t>
+          <t>9786055413781</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Yunus’un Çiçekleri</t>
+          <t>Ene’l - Aşk</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>70</v>
+        <v>115</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789753382816</t>
+          <t>9786053420231</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Ekonomisi</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789753384391</t>
+          <t>9789753389396</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Gelir</t>
+          <t>Çeşmeden Söz ve Su Akar</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>305</v>
+        <v>75</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789753385411</t>
+          <t>9789753383349</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Şairler ve Yazarlar Sözlüğü</t>
+          <t>Bir Meşrutiyet Aydını Nüzhet Sabit</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>255</v>
+        <v>250</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789753383196</t>
+          <t>9789757568650</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Sözdeki Füsun: Rubailer</t>
+          <t>Asaf Halet Çelebi</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789753386234</t>
+          <t>9781000021103</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Sıfatu’l Haremeyn Dil Özellikleri / Metin / Dizin</t>
+          <t>Çocuk Hikayeleri Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>255</v>
+        <v>700</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789753382083</t>
+          <t>9789753389976</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Ahmed Han ve Entellektüel Modernizmi</t>
+          <t>Ağlamak Yasak</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786055413880</t>
+          <t>9789753387286</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Mum Işığı</t>
+          <t>Afife Anjelik</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786055413101</t>
+          <t>9789753387859</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Diasporası</t>
+          <t>Çoban Aşkın Çocuğuydu</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786053420453</t>
+          <t>9789753380331</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Maktül Osmanlı Sadrazamları</t>
+          <t>Türkler Yine Avrupa’da</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789753388658</t>
+          <t>9789757568162</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Liderliğin Anatomisi</t>
+          <t>Yunus’un Çiçekleri</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>280</v>
+        <v>70</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789753381260</t>
+          <t>9789753382816</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Dede</t>
+          <t>Yeraltı Ekonomisi</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>105</v>
+        <v>160</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789753389907</t>
+          <t>9789753384391</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Nar-ı Sevda</t>
+          <t>Ulusal Gelir</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>160</v>
+        <v>305</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789753381680</t>
+          <t>9789753385411</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat</t>
+          <t>Şairler ve Yazarlar Sözlüğü</t>
         </is>
       </c>
       <c r="C728" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789753385725</t>
+          <t>9789753383196</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Mostar Köprüsü</t>
+          <t>Sözdeki Füsun: Rubailer</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>345</v>
+        <v>190</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789753387378</t>
+          <t>9789753386234</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Mizah Dilinin Gizemi</t>
+          <t>Sıfatu’l Haremeyn Dil Özellikleri / Metin / Dizin</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>220</v>
+        <v>255</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789753388559</t>
+          <t>9789753382083</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Mesnevi Gerçeği</t>
+          <t>Seyyid Ahmed Han ve Entellektüel Modernizmi</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789753389594</t>
+          <t>9786055413880</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Araştırmaları 3</t>
+          <t>Mum Işığı</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789753388368</t>
+          <t>9786055413101</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Araştırmaları 1</t>
+          <t>Medeniyetler Diasporası</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786055413422</t>
+          <t>9786053420453</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Araştırmaları - 4</t>
+          <t>Maktül Osmanlı Sadrazamları</t>
         </is>
       </c>
       <c r="C734" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9799753385847</t>
+          <t>9789753388658</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Memduh Şevket Esendal Edebiyatımızın Zirvesindekiler</t>
+          <t>Liderliğin Anatomisi</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789753387187</t>
+          <t>9789753381260</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Mekke Tefsir Ekolü</t>
+          <t>Oğuz Dede</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>115</v>
+        <v>105</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789753382991</t>
+          <t>9789753389907</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Medya Gerçeği ve Haberciler</t>
+          <t>Nar-ı Sevda</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789753387071</t>
+          <t>9789753381680</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Medine Tefsir Ekolü</t>
+          <t>Müşahedat</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>115</v>
+        <v>255</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786055413767</t>
+          <t>9789753385725</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Mahşerin Esrarı</t>
+          <t>Mostar Köprüsü</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>135</v>
+        <v>345</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9782000099973</t>
+          <t>9789753387378</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Oğuz’un Maceraları Dizisi 10 Kitap Takım</t>
+          <t>Mizah Dilinin Gizemi</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>700</v>
+        <v>220</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789753382892</t>
+          <t>9789753388559</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Kültür Köprüsü</t>
+          <t>Mevlana ve Mesnevi Gerçeği</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789753382939</t>
+          <t>9789753389594</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Kültür Hayatımız</t>
+          <t>Mevlana Araştırmaları 3</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789753381192</t>
+          <t>9789753388368</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Kültür Dil ve Sanata Dair</t>
+          <t>Mevlana Araştırmaları 1</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789753387828</t>
+          <t>9786055413422</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çocuk ve Yaşlı Ağaç</t>
+          <t>Mevlana Araştırmaları - 4</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>105</v>
+        <v>230</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789753389150</t>
+          <t>9799753385847</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Araştırmaları 2</t>
+          <t>Memduh Şevket Esendal Edebiyatımızın Zirvesindekiler</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>335</v>
+        <v>255</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789753387934</t>
+          <t>9789753387187</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Dili ve Tecvid / Temel Dini Bilgiler</t>
+          <t>Mekke Tefsir Ekolü</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786055413859</t>
+          <t>9789753382991</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Arapçası 3 (Kitap + Çözüm Kitabı)</t>
+          <t>Medya Gerçeği ve Haberciler</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786055413835</t>
+          <t>9789753387071</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Arapçası 2 (Kitap + Çözüm Kitabı)</t>
+          <t>Medine Tefsir Ekolü</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>440</v>
+        <v>115</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786055413811</t>
+          <t>9786055413767</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Arapçası 1. Kitap + Çözüm Kitabı</t>
+          <t>Mahşerin Esrarı</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>305</v>
+        <v>135</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789753389600</t>
+          <t>9782000099973</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinin Son Baharı Sebk-i Hindi</t>
+          <t>Oğuz’un Maceraları Dizisi 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786055413019</t>
+          <t>9789753382892</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Kitabü’l-Ef’al</t>
+          <t>Kültür Köprüsü</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786055413798</t>
+          <t>9789753382939</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Ağzı</t>
+          <t>Kültür Hayatımız</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>255</v>
+        <v>190</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789753384858</t>
+          <t>9789753381192</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Kazak Masallarından Seçmeler</t>
+          <t>Kültür Dil ve Sanata Dair</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>335</v>
+        <v>230</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789753387668</t>
+          <t>9789753387828</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Kar Yağar Gül Üstüne</t>
+          <t>Küçük Çocuk ve Yaşlı Ağaç</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789753387972</t>
+          <t>9789753389150</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Kalkınmaya Baş Koyanlar ve Taş Koyanlar</t>
+          <t>Mevlana Araştırmaları 2</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>215</v>
+        <v>335</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786053420408</t>
+          <t>9789753387934</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Kahrolsun Böyle Adalet</t>
+          <t>Kur’an Dili ve Tecvid / Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789753387491</t>
+          <t>9786055413859</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>İstiaze Besmele ve Fatiha Tefsiri</t>
+          <t>Kur’an Arapçası 3 (Kitap + Çözüm Kitabı)</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789753383356</t>
+          <t>9786055413835</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Tarihsel Gelişimi</t>
+          <t>Kur’an Arapçası 2 (Kitap + Çözüm Kitabı)</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>335</v>
+        <v>440</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789753381901</t>
+          <t>9786055413811</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Kur’an Arapçası 1. Kitap + Çözüm Kitabı</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>125</v>
+        <v>305</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786053420415</t>
+          <t>9789753389600</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>İdeal Siyaset İdeal Devlet</t>
+          <t>Klasik Türk Şiirinin Son Baharı Sebk-i Hindi</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786055413033</t>
+          <t>9786055413019</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>İntihar ve Roman</t>
+          <t>Kitabü’l-Ef’al</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>440</v>
+        <v>370</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789753388573</t>
+          <t>9786055413798</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Kıbrıs Ağzı</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>105</v>
+        <v>255</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789753387026</t>
+          <t>9789753384858</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>İdeal İdeoloji ve Milli Ülkü</t>
+          <t>Kazak Masallarından Seçmeler</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>440</v>
+        <v>335</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789757568247</t>
+          <t>9789753387668</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>İbibik Yuvası</t>
+          <t>Kar Yağar Gül Üstüne</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>70</v>
+        <v>125</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789753387194</t>
+          <t>9789753387972</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Irak Tefsir Ekolü</t>
+          <t>Kalkınmaya Baş Koyanlar ve Taş Koyanlar</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>105</v>
+        <v>215</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9799753382778</t>
+          <t>9786053420408</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Vassaf</t>
+          <t>Kahrolsun Böyle Adalet</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786055413521</t>
+          <t>9789753387491</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Haymatlos</t>
+          <t>İstiaze Besmele ve Fatiha Tefsiri</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>305</v>
+        <v>160</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9782000105093</t>
+          <t>9789753383356</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Davranış Kazandırma Dizisi Türkçe (10 Kitap Takım)</t>
+          <t>İslam Düşüncesinin Tarihsel Gelişimi</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>700</v>
+        <v>335</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9782000105463</t>
+          <t>9789753381901</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Davranış Kazandırma Dizisi İngilizce (10 Kitap Takım)</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>700</v>
+        <v>125</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789753389495</t>
+          <t>9786053420415</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yıldan Şiirler</t>
+          <t>İdeal Siyaset İdeal Devlet</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789753389938</t>
+          <t>9786055413033</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Ses Gibi</t>
+          <t>İntihar ve Roman</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>135</v>
+        <v>440</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789753387927</t>
+          <t>9789753388573</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur’an Dili Meali (Küçük Boy) (Ciltli)</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>380</v>
+        <v>105</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789753389334</t>
+          <t>9789753387026</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ölüm</t>
+          <t>İdeal İdeoloji ve Milli Ülkü</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786055413743</t>
+          <t>9789757568247</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Devrilmiş Padişahlar</t>
+          <t>İbibik Yuvası</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786055413736</t>
+          <t>9789753387194</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Devlerin Fazileti</t>
+          <t>Irak Tefsir Ekolü</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>160</v>
+        <v>105</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789753389945</t>
+          <t>9799753382778</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Derdimi Gül Eyledim</t>
+          <t>Hüseyin Vassaf</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789753381673</t>
+          <t>9786055413521</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Değişen Toplum ve Aile</t>
+          <t>Haymatlos</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>190</v>
+        <v>305</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789757568216</t>
+          <t>9782000105093</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Değirmenden Gelen Haber</t>
+          <t>Kibarcık Davranış Kazandırma Dizisi Türkçe (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>70</v>
+        <v>700</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789753384605</t>
+          <t>9782000105463</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri 1</t>
+          <t>Kibarcık Davranış Kazandırma Dizisi İngilizce (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>75</v>
+        <v>700</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789753384827</t>
+          <t>9789753389495</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Safahat’tan Hikayeler</t>
+          <t>Kırk Yıldan Şiirler</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>105</v>
+        <v>255</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789753389877</t>
+          <t>9789753389938</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Çile’deki İnsan Necip Fazıl</t>
+          <t>Karanlıkta Ses Gibi</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9799753382761</t>
+          <t>9789753387927</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Çavdaroğlu Müfti Derviş Kütahyalı Bir Gönül Eri</t>
+          <t>Hak Dini Kur’an Dili Meali (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>125</v>
+        <v>380</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789753380409</t>
+          <t>9789753389334</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler</t>
+          <t>Güzel Ölüm</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789757568209</t>
+          <t>9786055413743</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Cambazhane Merakı</t>
+          <t>Devrilmiş Padişahlar</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789753382076</t>
+          <t>9786055413736</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Cahit Külebi ve Şiiri</t>
+          <t>Devlerin Fazileti</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789753380072</t>
+          <t>9789753389945</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Küçük Boy Ciltli)</t>
+          <t>Derdimi Gül Eyledim</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>745</v>
+        <v>150</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786053420477</t>
+          <t>9789753381673</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Bir Semaverlik Muhabbet</t>
+          <t>Değişen Toplum ve Aile</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789753384384</t>
+          <t>9789757568216</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Bir Cumhuriyet Kadını Şükufe Nihal</t>
+          <t>Değirmenden Gelen Haber</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>345</v>
+        <v>70</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786055413002</t>
+          <t>9789753384605</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Beri Kalan</t>
+          <t>Dede Korkut Hikayeleri 1</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789753387811</t>
+          <t>9789753384827</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Benim Hikayem</t>
+          <t>Çocuklara Safahat’tan Hikayeler</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789753383110</t>
+          <t>9789753389877</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Beni Çok Ararsınız</t>
+          <t>Çile’deki İnsan Necip Fazıl</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>370</v>
+        <v>175</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789753388177</t>
+          <t>9799753382761</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Bekleyen Hikayeler</t>
+          <t>Çavdaroğlu Müfti Derviş Kütahyalı Bir Gönül Eri</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786055413132</t>
+          <t>9789753380409</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Başıma Dağlar Düştü</t>
+          <t>Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789753383523</t>
+          <t>9789757568209</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Resim Getirdiler</t>
+          <t>Cambazhane Merakı</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>115</v>
+        <v>70</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789753383745</t>
+          <t>9789753382076</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Bağımıza Gazel Düştü Müziğe Dair</t>
+          <t>Cahit Külebi ve Şiiri</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>255</v>
+        <v>370</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789753389228</t>
+          <t>9789753380072</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Türk İzleri (3 Cilt) (Ciltli)</t>
+          <t>Büyük İslam İlmihali (Küçük Boy Ciltli)</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>1315</v>
+        <v>745</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789753382984</t>
+          <t>9786053420477</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Avrupada Hilalin Çocukları</t>
+          <t>Bir Semaverlik Muhabbet</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789753384803</t>
+          <t>9789753384384</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Güvenliği</t>
+          <t>Bir Cumhuriyet Kadını Şükufe Nihal</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789753381796</t>
+          <t>9786055413002</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Mali Yardımları ve Türkiye</t>
+          <t>Beri Kalan</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786053420361</t>
+          <t>9789753387811</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Avare</t>
+          <t>Benim Hikayem</t>
         </is>
       </c>
       <c r="C800" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789753383127</t>
+          <t>9789753383110</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Tutku On Uzun Manzume</t>
+          <t>Beni Çok Ararsınız</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>135</v>
+        <v>370</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786055413774</t>
+          <t>9789753388177</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Aramızda Kalsın</t>
+          <t>Bekleyen Hikayeler</t>
         </is>
       </c>
       <c r="C802" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789753381710</t>
+          <t>9786055413132</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası (Orijinal Metin)</t>
+          <t>Başıma Dağlar Düştü</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786053420255</t>
+          <t>9789753383523</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Türkleştirilmesi ve İslamlaştırılması</t>
+          <t>Bana Bir Resim Getirdiler</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>370</v>
+        <v>115</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789753382557</t>
+          <t>9789753383745</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Amak-ı Hayal</t>
+          <t>Bağımıza Gazel Düştü Müziğe Dair</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>115</v>
+        <v>255</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789753380065</t>
+          <t>9789753389228</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Ali Fuad Cebesoy</t>
+          <t>Avrupa’da Türk İzleri (3 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>370</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789753384186</t>
+          <t>9789753382984</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Albatros’un Gölgesi</t>
+          <t>Avrupada Hilalin Çocukları</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>305</v>
+        <v>190</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786055413927</t>
+          <t>9789753384803</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Akasyanın Ahı</t>
+          <t>Avrupa Güvenliği</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>85</v>
+        <v>295</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789753382304</t>
+          <t>9789753381796</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Kutsi Tecer</t>
+          <t>Avrupa Birliği Mali Yardımları ve Türkiye</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789753386937</t>
+          <t>9786053420361</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Nar</t>
+          <t>Avare</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786055413729</t>
+          <t>9789753383127</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Adının Sevda Olma İhtimali Var</t>
+          <t>Aşk ve Tutku On Uzun Manzume</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789757568186</t>
+          <t>9786055413774</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Başını Vermeyen Şehit</t>
+          <t>Aramızda Kalsın</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789753385435</t>
+          <t>9789753381710</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>16. Asırda Maraş Kazası</t>
+          <t>Araba Sevdası (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>255</v>
+        <v>150</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786055413125</t>
+          <t>9786053420255</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Konulara Göre Mesnevi’den Özdeyişler</t>
+          <t>Anadolu’nun Türkleştirilmesi ve İslamlaştırılması</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789753388481</t>
+          <t>9789753382557</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Çanakkale Muharebeleri</t>
+          <t>Amak-ı Hayal</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>335</v>
+        <v>115</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789753383530</t>
+          <t>9789753380065</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatından Anne Şiirleri</t>
+          <t>Ali Fuad Cebesoy</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789753382625</t>
+          <t>9789753384186</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Bektaşi Fıkraları</t>
+          <t>Albatros’un Gölgesi</t>
         </is>
       </c>
       <c r="C817" s="1">
         <v>305</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789753383363</t>
+          <t>9786055413927</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Ağıtlar</t>
+          <t>Akasyanın Ahı</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>370</v>
+        <v>85</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789753389815</t>
+          <t>9789753382304</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Ağıt Yakma Geleneği ve Ağıt - Destanlar</t>
+          <t>Ahmet Kutsi Tecer</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>335</v>
+        <v>295</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786055413712</t>
+          <t>9789753386937</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Tutulumun Son Sınırı</t>
+          <t>Ağlayan Nar</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>305</v>
+        <v>160</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789753389969</t>
+          <t>9786055413729</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Tutuklu Yürek</t>
+          <t>Adının Sevda Olma İhtimali Var</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786055413286</t>
+          <t>9789757568186</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Taşlarla Adsız Yaşamak</t>
+          <t>Başını Vermeyen Şehit</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789753386258</t>
+          <t>9789753385435</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Konuşmalar</t>
+          <t>16. Asırda Maraş Kazası</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>85</v>
+        <v>255</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789753389365</t>
+          <t>9786055413125</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Psikolojisi</t>
+          <t>Konulara Göre Mesnevi’den Özdeyişler</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>3990000001860</t>
+          <t>9789753388481</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Tarih Deyimleri ve Terimleri Sözlüğü</t>
+          <t>Türk Romanında Çanakkale Muharebeleri</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>255</v>
+        <v>335</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789753382366</t>
+          <t>9789753383530</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Tal’at ve Fitnat</t>
+          <t>Türk Edebiyatından Anne Şiirleri</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>115</v>
+        <v>290</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789753384810</t>
+          <t>9789753382625</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Şiir Dili ve Çevirisi</t>
+          <t>Türk Edebiyatında Bektaşi Fıkraları</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>125</v>
+        <v>305</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789753388221</t>
+          <t>9789753383363</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Öğretmen Kimliğiyle Behçet Necatigil</t>
+          <t>Türk Edebiyatında Ağıtlar</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>105</v>
+        <v>370</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789753383158</t>
+          <t>9789753389815</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Suah-ı Gaybi</t>
+          <t>Türk Edebiyatında Ağıt Yakma Geleneği ve Ağıt - Destanlar</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>175</v>
+        <v>335</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789753389587</t>
+          <t>9786055413712</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Son Köylü - Kulübe - Sağlık Olsun</t>
+          <t>Tutulumun Son Sınırı</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>160</v>
+        <v>305</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9799753386134</t>
+          <t>9789753389969</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Seydi Yahya Türk Tiyatrosu Serisi</t>
+          <t>Tutuklu Yürek</t>
         </is>
       </c>
       <c r="C831" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789753387705</t>
+          <t>9786055413286</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt (Sadeleştirilmiş Metin)</t>
+          <t>Taşlarla Adsız Yaşamak</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789753381918</t>
+          <t>9789753386258</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Tasavvufi Konuşmalar</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>125</v>
+        <v>85</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789753389471</t>
+          <t>9789753389365</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Sarkaç</t>
+          <t>Tasavvuf Psikolojisi</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>115</v>
+        <v>230</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786055413439</t>
+          <t>3990000001860</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Sarılsam Üşür Müsün</t>
+          <t>Tarih Deyimleri ve Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>85</v>
+        <v>255</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9799753386141</t>
+          <t>9789753382366</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Sansar</t>
+          <t>Taaşşuk-ı Tal’at ve Fitnat</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789753382878</t>
+          <t>9789753384810</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Edebiyat Konuşmaları</t>
+          <t>Şiir Dili ve Çevirisi</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>230</v>
+        <v>125</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786055413118</t>
+          <t>9789753388221</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Saatname</t>
+          <t>Şair ve Öğretmen Kimliğiyle Behçet Necatigil</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>440</v>
+        <v>105</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789757568452</t>
+          <t>9789753383158</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Saat 24’te Saksafon Dersi</t>
+          <t>Suah-ı Gaybi</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>115</v>
+        <v>175</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789753389419</t>
+          <t>9789753389587</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Romancı Yönüyle Atilla İlhan</t>
+          <t>Son Köylü - Kulübe - Sağlık Olsun</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789753384407</t>
+          <t>9799753386134</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Primo Türk Çocuğu</t>
+          <t>Seydi Yahya Türk Tiyatrosu Serisi</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>70</v>
+        <v>135</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789753384148</t>
+          <t>9789753387705</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Sait Faik ve İnsan</t>
+          <t>Sergüzeşt (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>305</v>
+        <v>75</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789753389914</t>
+          <t>9789753381918</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Roman / Tanım - Tarihçe - Teknik</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789753387002</t>
+          <t>9789753389471</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Ord. Prof. Dr. M. Fuad Köprülü’nün İlmi Hayatı ve Tarihçiliği</t>
+          <t>Sarkaç</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>335</v>
+        <v>115</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786055413392</t>
+          <t>9786055413439</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Onaltıncı Yüzyıl Tezkirelerinde Şairin Dünyası</t>
+          <t>Sarılsam Üşür Müsün</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>485</v>
+        <v>85</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789753387538</t>
+          <t>9799753386141</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kutlu ve Yoksulluk İçimizde</t>
+          <t>Sansar</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>160</v>
+        <v>105</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789753386197</t>
+          <t>9789753382878</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Metin Tahlillerine Giriş 2</t>
+          <t>Sanat ve Edebiyat Konuşmaları</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789753385978</t>
+          <t>9786055413118</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Metin Tahlillerine Giriş 1 - Şiir</t>
+          <t>Saatname</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>305</v>
+        <v>440</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789753382489</t>
+          <t>9789757568452</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Masal Araştırmaları</t>
+          <t>Saat 24’te Saksafon Dersi</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>370</v>
+        <v>115</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789753384049</t>
+          <t>9789753389419</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Manas Destanı</t>
+          <t>Romancı Yönüyle Atilla İlhan</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789753380492</t>
+          <t>9789753384407</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Taşra Hayatına İlişkin Olaylar</t>
+          <t>Primo Türk Çocuğu</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789753382731</t>
+          <t>9789753384148</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiir Tarihi (3-5)</t>
+          <t>Sait Faik ve İnsan</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>505</v>
+        <v>305</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786053423591</t>
+          <t>9789753389914</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Düşünce Dünyası</t>
+          <t>Roman / Tanım - Tarihçe - Teknik</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786053420347</t>
+          <t>9789753387002</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Diplomasisinde Oryantalist Memurlar</t>
+          <t>Ord. Prof. Dr. M. Fuad Köprülü’nün İlmi Hayatı ve Tarihçiliği</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>160</v>
+        <v>335</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786055413996</t>
+          <t>9786055413392</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Orhun Abideleri</t>
+          <t>Onaltıncı Yüzyıl Tezkirelerinde Şairin Dünyası</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>250</v>
+        <v>485</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786053420101</t>
+          <t>9789753387538</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Nesir Türleri</t>
+          <t>Mustafa Kutlu ve Yoksulluk İçimizde</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789753383301</t>
+          <t>9789753386197</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Nedim Hayatı - Eserleri - Sanatı</t>
+          <t>Metin Tahlillerine Giriş 2</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789753382649</t>
+          <t>9789753385978</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Naili</t>
+          <t>Metin Tahlillerine Giriş 1 - Şiir</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>215</v>
+        <v>305</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789753389846</t>
+          <t>9789753382489</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Nabi Divanı (2 Kitap Takım)</t>
+          <t>Masal Araştırmaları</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>1220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786055413507</t>
+          <t>9789753384049</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Yüzyıl</t>
+          <t>Manas Destanı</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786055413484</t>
+          <t>9789753380492</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Süleyman</t>
+          <t>Osmanlı Taşra Hayatına İlişkin Olaylar</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789753389747</t>
+          <t>9789753382731</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Şiirinde Aşk Ölüm ve İntihar</t>
+          <t>Osmanlı Şiir Tarihi (3-5)</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>345</v>
+        <v>505</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789753382014</t>
+          <t>9786053423591</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Menemencioğulları Tarihi</t>
+          <t>Osmanlı Düşünce Dünyası</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789753388214</t>
+          <t>9786053420347</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif ve Cemiyetimiz</t>
+          <t>Osmanlı Diplomasisinde Oryantalist Memurlar</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789753383141</t>
+          <t>9786055413996</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Rauf</t>
+          <t>Orhun Abideleri</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>335</v>
+        <v>250</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789753387101</t>
+          <t>9786053420101</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Manilerimiz ve Trabzon Manileri</t>
+          <t>Nesir Türleri</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789753387880</t>
+          <t>9789753383301</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Nedim Hayatı - Eserleri - Sanatı</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>335</v>
+        <v>160</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789753381789</t>
+          <t>9789753382649</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>M. Kaya Bilgegil’in Makaleleri</t>
+          <t>Naili</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>505</v>
+        <v>215</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789753382830</t>
+          <t>9789753389846</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Latifi Tezkiresi</t>
+          <t>Nabi Divanı (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>450</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789753384247</t>
+          <t>9786055413507</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Uygulamalı Halk Bilimi</t>
+          <t>Muhteşem Yüzyıl</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789753388948</t>
+          <t>9786055413484</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Kumuk Halk Şairi Yırçı Kazak</t>
+          <t>Muhteşem Süleyman</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>255</v>
+        <v>370</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789753382052</t>
+          <t>9789753389747</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Koçi Bey Risalesi</t>
+          <t>Modern Türk Şiirinde Aşk Ölüm ve İntihar</t>
         </is>
       </c>
       <c r="C872" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789753382212</t>
+          <t>9789753382014</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Lale</t>
+          <t>Menemencioğulları Tarihi</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789753388665</t>
+          <t>9789753388214</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Edebi Tenkit</t>
+          <t>Mehmet Akif ve Cemiyetimiz</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>255</v>
+        <v>135</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789753387392</t>
+          <t>9789753383141</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiiri Araştırmaları</t>
+          <t>Mehmed Rauf</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>440</v>
+        <v>335</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789753383592</t>
+          <t>9789753387101</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Türk Şiiri İncelemeleri</t>
+          <t>Manilerimiz ve Trabzon Manileri</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786055413514</t>
+          <t>9789753387880</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Kanuni - Dünyanın Mimarı</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>230</v>
+        <v>335</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789753382281</t>
+          <t>9789753381789</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Kamıran Birand Külliyatı</t>
+          <t>M. Kaya Bilgegil’in Makaleleri</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>215</v>
+        <v>505</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789753382632</t>
+          <t>9789753382830</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Kahvename</t>
+          <t>Latifi Tezkiresi</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789753382021</t>
+          <t>9789753384247</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>İslamda Sanat Sanatta İslam (Ciltli)</t>
+          <t>Küreselleşme ve Uygulamalı Halk Bilimi</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789753387248</t>
+          <t>9789753388948</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Türk Hukuk Tarihi Araştırmaları ve Vakıf Müessesesi</t>
+          <t>Kumuk Halk Şairi Yırçı Kazak</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>335</v>
+        <v>255</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786053420132</t>
+          <t>9789753382052</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hata Yapar</t>
+          <t>Koçi Bey Risalesi</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>115</v>
+        <v>345</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789753383707</t>
+          <t>9789753382212</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>İkaros’un Yeni Yüzü Cahit Sıtkı Tarancı</t>
+          <t>Klasik Türk Şiirinde Lale</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>345</v>
+        <v>190</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789753386265</t>
+          <t>9789753388665</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal ve Abdülhak Hamid</t>
+          <t>Klasik Türk Şiirinde Edebi Tenkit</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789753384254</t>
+          <t>9789753387392</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>İrfanı Arzulayan Sözler Tekerlemeler</t>
+          <t>Klasik Türk Şiiri Araştırmaları</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>305</v>
+        <v>440</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789753389488</t>
+          <t>9789753383592</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Özlem Yokuşları</t>
+          <t>Klasik Dönem Türk Şiiri İncelemeleri</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>105</v>
+        <v>250</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789753383738</t>
+          <t>9786055413514</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Konulu Tefsir</t>
+          <t>Kanuni - Dünyanın Mimarı</t>
         </is>
       </c>
       <c r="C887" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9782000075623</t>
+          <t>9789753382281</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin 10 Kitap Takım</t>
+          <t>Kamıran Birand Külliyatı</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>700</v>
+        <v>215</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786053420279</t>
+          <t>9789753382632</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Ölmeye Vatan Yahşi</t>
+          <t>Kahvename</t>
         </is>
       </c>
       <c r="C889" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789753388313</t>
+          <t>9789753382021</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Türk Saz Şiiri Antolojisi</t>
+          <t>İslamda Sanat Sanatta İslam (Ciltli)</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>440</v>
+        <v>370</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789753389709</t>
+          <t>9789753387248</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Felsefi Açılımlar</t>
+          <t>İslam ve Türk Hukuk Tarihi Araştırmaları ve Vakıf Müessesesi</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>605</v>
+        <v>335</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789753384278</t>
+          <t>9786053420132</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisi Tarihi</t>
+          <t>İnsan Hata Yapar</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>485</v>
+        <v>115</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789753388856</t>
+          <t>9789753383707</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Türk Lehçeleri Grameri (Ciltli)</t>
+          <t>İkaros’un Yeni Yüzü Cahit Sıtkı Tarancı</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>1260</v>
+        <v>345</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789753387019</t>
+          <t>9789753386265</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Ad Verme</t>
+          <t>Namık Kemal ve Abdülhak Hamid</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789753381826</t>
+          <t>9789753384254</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültür ve Edebiyatından 2 - Şahsiyetler</t>
+          <t>İrfanı Arzulayan Sözler Tekerlemeler</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>485</v>
+        <v>305</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789753384865</t>
+          <t>9789753389488</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Tarihine Eleştirel Bir Yaklaşım Maziden Atiye</t>
+          <t>Özlem Yokuşları</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>230</v>
+        <v>105</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786055413293</t>
+          <t>9789753383738</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Türk Halkbilimi - Türk Dili ve Potikası - Türk Fikir Hayatı</t>
+          <t>Örneklerle Konulu Tefsir</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>335</v>
+        <v>230</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789753384834</t>
+          <t>9782000075623</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Türk Gölge Oyunu Karagöz</t>
+          <t>Ömer Seyfettin 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>305</v>
+        <v>700</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789753383288</t>
+          <t>9786053420279</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Mu’amma</t>
+          <t>Ölmeye Vatan Yahşi</t>
         </is>
       </c>
       <c r="C899" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789753389648</t>
+          <t>9789753388313</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Manzum Poetikalar</t>
+          <t>Türk Saz Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>605</v>
+        <v>440</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789753383561</t>
+          <t>9789753389709</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Edebiyatı</t>
+          <t>Türk Romanında Felsefi Açılımlar</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>160</v>
+        <v>605</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789753388696</t>
+          <t>9789753384278</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Hece - Aruz Tartışmaları</t>
+          <t>Türk Musikisi Tarihi</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>305</v>
+        <v>485</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9799753385205</t>
+          <t>9789753388856</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında Ekonomik Gelişmeler ve Türkiye - AB İlişkileri</t>
+          <t>Türk Lehçeleri Grameri (Ciltli)</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>305</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789753380003</t>
+          <t>9789753387019</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Üzerine İncelemeler</t>
+          <t>Türk Kültüründe Ad Verme</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789753383295</t>
+          <t>9789753381826</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Halk Biliminde Yöntem Sorunları</t>
+          <t>Türk Kültür ve Edebiyatından 2 - Şahsiyetler</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>135</v>
+        <v>485</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789753387293</t>
+          <t>9789753384865</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Edebiyatları Roman-1</t>
+          <t>Türk İslam Tarihine Eleştirel Bir Yaklaşım Maziden Atiye</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789753389273</t>
+          <t>9786055413293</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Türk Din Musikisi</t>
+          <t>Türk Halkbilimi - Türk Dili ve Potikası - Türk Fikir Hayatı</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>255</v>
+        <v>335</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789753389761</t>
+          <t>9789753384834</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Üzerine Makaleler</t>
+          <t>Türk Gölge Oyunu Karagöz</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>420</v>
+        <v>305</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786055413071</t>
+          <t>9789753383288</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Üzerine İncelemeler</t>
+          <t>Türk Edebiyatında Mu’amma</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789753383882</t>
+          <t>9789753389648</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro ve Canlandırma</t>
+          <t>Türk Edebiyatında Manzum Poetikalar</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>255</v>
+        <v>605</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9789753386289</t>
+          <t>9789753383561</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Tıva Kahramanlık Destanları 2</t>
+          <t>Türk Halk Edebiyatı</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>305</v>
+        <v>160</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789753385886</t>
+          <t>9789753388696</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret</t>
+          <t>Türk Edebiyatında Hece - Aruz Tartışmaları</t>
         </is>
       </c>
       <c r="C912" s="1">
         <v>305</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789753388801</t>
+          <t>9799753385205</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Nedret Gürcan - Taşrada Şiire Tutunmak</t>
+          <t>Türk Dünyasında Ekonomik Gelişmeler ve Türkiye - AB İlişkileri</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>335</v>
+        <v>305</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789753384179</t>
+          <t>9789753380003</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Taşeli Masalları</t>
+          <t>Türk Dünyası Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>440</v>
+        <v>380</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786055413705</t>
+          <t>9789753383295</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Türk Atasözlerine Psikolojik Yaklaşımlar</t>
+          <t>Türk Dünyası Halk Biliminde Yöntem Sorunları</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>305</v>
+        <v>135</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789753385442</t>
+          <t>9789753387293</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Roman Üzerine</t>
+          <t>Türk Dünyası Edebiyatları Roman-1</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789753389822</t>
+          <t>9789753389273</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi</t>
+          <t>Türk Din Musikisi</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>370</v>
+        <v>255</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789753382106</t>
+          <t>9789753389761</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Şubat Yolcusu</t>
+          <t>Türk Dili Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>560</v>
+        <v>420</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789753387781</t>
+          <t>9786055413071</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Şor Kahramanlık Destanları</t>
+          <t>Türk Dili Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789753385855</t>
+          <t>9789753383882</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Şinasi</t>
+          <t>Tiyatro ve Canlandırma</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789753385916</t>
+          <t>9789753386289</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Şeyhi Divanı’nı Tetkik</t>
+          <t>Tıva Kahramanlık Destanları 2</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>335</v>
+        <v>305</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9799753385922</t>
+          <t>9789753385886</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Seçme Atasözleri ve Eleştirmeli Açıklamaları</t>
+          <t>Tevfik Fikret</t>
         </is>
       </c>
       <c r="C922" s="1">
         <v>305</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786055413965</t>
+          <t>9789753388801</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Sarmatlar</t>
+          <t>Nedret Gürcan - Taşrada Şiire Tutunmak</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>160</v>
+        <v>335</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786053420293</t>
+          <t>9789753384179</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Samiha Ayverdi’nin Romancılığı</t>
+          <t>Taşeli Masalları</t>
         </is>
       </c>
       <c r="C924" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789753385480</t>
+          <t>9786055413705</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Eyuboğlu ve Türk Şiiri</t>
+          <t>Türk Atasözlerine Psikolojik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>160</v>
+        <v>305</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789753389037</t>
+          <t>9789753385442</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Romanda Türkiye Dışındaki Türk Dünyası</t>
+          <t>Tarihsel Roman Üzerine</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786055413637</t>
+          <t>9789753389822</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Roman ve Hukuk</t>
+          <t>Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>335</v>
+        <v>370</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789753385145</t>
+          <t>9789753382106</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Roman ve Gerçeklik Bağlamında Kültür Değişmeleri ve Servet-i Fünun Romanı</t>
+          <t>Şubat Yolcusu</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>370</v>
+        <v>560</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789753385954</t>
+          <t>9789753387781</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Roman Teorisi</t>
+          <t>Şor Kahramanlık Destanları</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9799753385861</t>
+          <t>9789753385855</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Refik Halit Karay</t>
+          <t>Şinasi</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789753384445</t>
+          <t>9789753385916</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Recai-zade Mahmud Ekrem</t>
+          <t>Şeyhi Divanı’nı Tetkik</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>215</v>
+        <v>335</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786053420354</t>
+          <t>9799753385922</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Leyla Karahan Armağanı (Ciltli)</t>
+          <t>Seçme Atasözleri ve Eleştirmeli Açıklamaları</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>705</v>
+        <v>305</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9799753386714</t>
+          <t>9786055413965</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Örnekli Hakasça - Türkçe Sözlük</t>
+          <t>Sarmatlar</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789753386722</t>
+          <t>9786053420293</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Bugünkü Türk Alfabeleri</t>
+          <t>Samiha Ayverdi’nin Romancılığı</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>305</v>
+        <v>440</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789753389068</t>
+          <t>9789753385480</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle 20. Esr Azerbaycan Edebiyatı</t>
+          <t>Sabahattin Eyuboğlu ve Türk Şiiri</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>505</v>
+        <v>160</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789757568179</t>
+          <t>9789753389037</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Devlet Ağacı</t>
+          <t>Romanda Türkiye Dışındaki Türk Dünyası</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>70</v>
+        <v>400</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789753387910</t>
+          <t>9786055413637</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur’an Dili Meali (Orta Boy) (Ciltli)</t>
+          <t>Roman ve Hukuk</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>645</v>
+        <v>335</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9782000260023</t>
+          <t>9789753385145</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Hakan’ın Okuma Serisi (10 Kitap)</t>
+          <t>Roman ve Gerçeklik Bağlamında Kültür Değişmeleri ve Servet-i Fünun Romanı</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>485</v>
+        <v>370</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789753387415</t>
+          <t>9789753385954</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur’an Dili Meali (Hafız Boy) (Ciltli)</t>
+          <t>Roman Teorisi</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786053420286</t>
+          <t>9799753385861</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş Veli ve Bektaşilik</t>
+          <t>Refik Halit Karay</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>440</v>
+        <v>255</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9789753389617</t>
+          <t>9789753384445</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Gözümün Nuru Hz. Muhammed (s.a.s)</t>
+          <t>Recai-zade Mahmud Ekrem</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789753386913</t>
+          <t>9786053420354</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Fırtınayla Gelen Kız</t>
+          <t>Prof. Dr. Leyla Karahan Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>160</v>
+        <v>705</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786053420422</t>
+          <t>9799753386714</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Fesat Yuvası</t>
+          <t>Örnekli Hakasça - Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>305</v>
+        <v>450</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789753381697</t>
+          <t>9789753386722</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Örneklerle Bugünkü Türk Alfabeleri</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>115</v>
+        <v>305</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789753389570</t>
+          <t>9789753389068</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Eski Çarıklar - Enver Paşa ve Büyük Ümitler - Aile Bağları</t>
+          <t>Örneklerle 20. Esr Azerbaycan Edebiyatı</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>230</v>
+        <v>505</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789753382380</t>
+          <t>9789757568179</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Esaret</t>
+          <t>Devlet Ağacı</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789753389402</t>
+          <t>9789753387910</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Enis Behiç Koryürek’ten Budapeşte’ye Mektuplar</t>
+          <t>Hak Dini Kur’an Dili Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>295</v>
+        <v>645</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9789753382847</t>
+          <t>9782000260023</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Emir Buhari</t>
+          <t>Hakan’ın Okuma Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>250</v>
+        <v>485</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789753389198</t>
+          <t>9789753387415</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Elazığ Harput Müziği</t>
+          <t>Hak Dini Kur’an Dili Meali (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>560</v>
+        <v>450</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786055413156</t>
+          <t>9786053420286</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dünyamızdan Hoş Sedalar 3</t>
+          <t>Hacı Bektaş Veli ve Bektaşilik</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>190</v>
+        <v>440</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786055413477</t>
+          <t>9789753389617</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Duvarın Öte Yanı</t>
+          <t>Gözümün Nuru Hz. Muhammed (s.a.s)</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>135</v>
+        <v>255</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789757568551</t>
+          <t>9789753386913</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Dönüş Acıları</t>
+          <t>Fırtınayla Gelen Kız</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>215</v>
+        <v>160</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786055413149</t>
+          <t>9786053420422</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde Cehalet</t>
+          <t>Fesat Yuvası</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>440</v>
+        <v>305</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789753385114</t>
+          <t>9789753381697</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Ed-Dürretü’l-Muddiye / Fi’l-Lügati’t-Türkiyye</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>190</v>
+        <v>115</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786055414122</t>
+          <t>9789753389570</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Şiirinde Rubai</t>
+          <t>Eski Çarıklar - Enver Paşa ve Büyük Ümitler - Aile Bağları</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786053427438</t>
+          <t>9789753382380</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Esaret</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>115</v>
+        <v>75</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786053427025</t>
+          <t>9789753389402</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Anladı Beni</t>
+          <t>Enis Behiç Koryürek’ten Budapeşte’ye Mektuplar</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>115</v>
+        <v>295</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786053422150</t>
+          <t>9789753382847</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Mevlana - Mesnevi - Seçmeler</t>
+          <t>Emir Buhari</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>690</v>
+        <v>250</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789753382045</t>
+          <t>9789753389198</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Halk Hikayelerinin Motif Yapısı</t>
+          <t>Elazığ Harput Müziği</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>390</v>
+        <v>560</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9789753380843</t>
+          <t>9786055413156</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatında Nazım Cilt: 2</t>
+          <t>Edebiyat Dünyamızdan Hoş Sedalar 3</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>470</v>
+        <v>190</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789753380416</t>
+          <t>9786055413477</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı Tarihi</t>
+          <t>Duvarın Öte Yanı</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>400</v>
+        <v>135</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789753388962</t>
+          <t>9789757568551</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Önsözler</t>
+          <t>Dönüş Acıları</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>505</v>
+        <v>215</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789753383417</t>
+          <t>9786055413149</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Yazılı ve Sözlü Anlatım</t>
+          <t>Divan Şiirinde Cehalet</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789753382793</t>
+          <t>9789753385114</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Söz Dizimi</t>
+          <t>Ed-Dürretü’l-Muddiye / Fi’l-Lügati’t-Türkiyye</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789753380836</t>
+          <t>9786055414122</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatında Nazım 1</t>
+          <t>Cumhuriyet Dönemi Türk Şiirinde Rubai</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789753389785</t>
+          <t>9786053427438</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinin Arka Bahçesi</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>240</v>
+        <v>115</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789753381055</t>
+          <t>9786053427025</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Paşa</t>
+          <t>Bir Şiir Anladı Beni</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>205</v>
+        <v>115</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789753383608</t>
+          <t>9786053422150</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Batı Edebiyatında Edebi Akımlar</t>
+          <t>Mevlana - Mesnevi - Seçmeler</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>340</v>
+        <v>690</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789753383400</t>
+          <t>9789753382045</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Felsefesi</t>
+          <t>Halk Hikayelerinin Motif Yapısı</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789753380485</t>
+          <t>9789753380843</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalar ve Örneklerle Edebi Sanatlar</t>
+          <t>Eski Türk Edebiyatında Nazım Cilt: 2</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>305</v>
+        <v>470</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789753387989</t>
+          <t>9789753380416</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Eski Türk Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789753388108</t>
+          <t>9789753388962</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Yeni Türk Edebiyatında Önsözler</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>140</v>
+        <v>505</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789753385084</t>
+          <t>9789753383417</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Aşık Veysel Türküz Türkü Çağırırız</t>
+          <t>Yazılı ve Sözlü Anlatım</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>255</v>
+        <v>360</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789753383516</t>
+          <t>9789753382793</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı</t>
+          <t>Türkçede Söz Dizimi</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>400</v>
+        <v>205</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786055413644</t>
+          <t>9789753380836</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Paleografyası ve Osmanlı Diplomatikası</t>
+          <t>Eski Türk Edebiyatında Nazım 1</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>585</v>
+        <v>490</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9789753382564</t>
+          <t>9789753389785</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Nabi</t>
+          <t>Divan Şiirinin Arka Bahçesi</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786055413958</t>
+          <t>9789753381055</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>İskitler</t>
+          <t>Ahmet Paşa</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>240</v>
+        <v>205</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9789753384759</t>
+          <t>9789753383608</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Epik Destan Geleneği</t>
+          <t>Batı Edebiyatında Edebi Akımlar</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9789753385152</t>
+          <t>9789753383400</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Servet-i Fünun’da Edebi Tenkit</t>
+          <t>Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789753381833</t>
+          <t>9789753380485</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Dersleri 2</t>
+          <t>Açıklamalar ve Örneklerle Edebi Sanatlar</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>480</v>
+        <v>305</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786053427339</t>
+          <t>9789753387989</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Alaeddin Gaybi Kaygusuz Abdal - Gülistan</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>580</v>
+        <v>180</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786053428602</t>
+          <t>9789753388108</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Göç Yollarında</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786053428671</t>
+          <t>9789753385084</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Çağatay Türkçesinde Mental Fiiller</t>
+          <t>Aşık Veysel Türküz Türkü Çağırırız</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>360</v>
+        <v>255</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786053428633</t>
+          <t>9789753383516</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Kökteşler Sözlüğü 3 Cilt Takım</t>
+          <t>Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>3600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786053428596</t>
+          <t>9786055413644</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Ruz-Name</t>
+          <t>Osmanlı Paleografyası ve Osmanlı Diplomatikası</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>255</v>
+        <v>585</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786053428626</t>
+          <t>9789753382564</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Gazeteci Yazar Barbaros Baykara</t>
+          <t>Nabi</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786053428572</t>
+          <t>9786055413958</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Nesne</t>
+          <t>İskitler</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>508</v>
+        <v>240</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786053428619</t>
+          <t>9789753384759</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Göç Kadın Yoksulluk</t>
+          <t>Türk Dünyası Epik Destan Geleneği</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786053428589</t>
+          <t>9789753385152</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Çürüme(k) Tegayyür - Murathan Mungan Şiiri</t>
+          <t>Servet-i Fünun’da Edebi Tenkit</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789753387224</t>
+          <t>9789753381833</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Osmanlıca Dersleri 2</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>110</v>
+        <v>480</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9799753386127</t>
+          <t>9786053427339</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Vatan Etmek</t>
+          <t>Alaeddin Gaybi Kaygusuz Abdal - Gülistan</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>165</v>
+        <v>580</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789753388191</t>
+          <t>9786053428602</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi</t>
+          <t>Göç Yollarında</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>410</v>
+        <v>180</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786055413606</t>
+          <t>9786053428671</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Manevi Mimarları</t>
+          <t>Çağatay Türkçesinde Mental Fiiller</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786055413354</t>
+          <t>9786053428633</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Türk Zaferleri</t>
+          <t>Türkçenin Kökteşler Sözlüğü 3 Cilt Takım</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>190</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789753387347</t>
+          <t>9786053428596</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler</t>
+          <t>Ruz-Name</t>
         </is>
       </c>
       <c r="C995" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9789753388764</t>
+          <t>9786053428626</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif Ersoy’dan Seçmeler</t>
+          <t>Gazeteci Yazar Barbaros Baykara</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786055413576</t>
+          <t>9786053428572</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Susma Sanatı</t>
+          <t>Kayıp Nesne</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>230</v>
+        <v>508</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789753387125</t>
+          <t>9786053428619</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Göç Kadın Yoksulluk</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>205</v>
+        <v>310</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9789753380348</t>
+          <t>9786053428589</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Çürüme(k) Tegayyür - Murathan Mungan Şiiri</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789753386203</t>
+          <t>9789753387224</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Risaletü’n - Nushıyye</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>215</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789753387231</t>
+          <t>9799753386127</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Seçme Hikayeler</t>
+          <t>Vatan Etmek</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789753387316</t>
+          <t>9789753388191</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786053420767</t>
+          <t>9786055413606</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Sultan Genç Osman'ın Gözyaşları</t>
+          <t>Osmanlı’nın Manevi Mimarları</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9789753389549</t>
+          <t>9786055413354</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Kurşunlanan Türkoloji</t>
+          <t>Muhteşem Türk Zaferleri</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>605</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789753381475</t>
+          <t>9789753387347</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Niğbolu'da</t>
+          <t>Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>105</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9789753388986</t>
+          <t>9789753388764</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Yaratıcı Drama</t>
+          <t>Mehmed Akif Ersoy’dan Seçmeler</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>415</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786053428480</t>
+          <t>9786055413576</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Yabancılaşma</t>
+          <t>Susma Sanatı</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>585</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786053428497</t>
+          <t>9789753387125</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>İdil-Ural Boylarında Başkurt Türkleri</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>500</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786053428459</t>
+          <t>9789753380348</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ’dan Modern Çağ’a At</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>645</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786053428015</t>
+          <t>9789753386203</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Dili</t>
+          <t>Yunus Emre - Risaletü’n - Nushıyye</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>415</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786053428442</t>
+          <t>9789753387231</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Karşılaştırmalı Edebiyat Çalışmaları 3</t>
+          <t>Ömer Seyfettin’den Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>345</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786053428466</t>
+          <t>9789753387316</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Erguvan Kanatlı Söz’ler</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>415</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786053428503</t>
+          <t>9786053420767</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçenin İzinde II</t>
+          <t>Sultan Genç Osman'ın Gözyaşları</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>415</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786053428435</t>
+          <t>9789753389549</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Sarf-ı Türki</t>
+          <t>Kurşunlanan Türkoloji</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>290</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786053428473</t>
+          <t>9789753381475</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Anlatının Sınırlarında Pınar Kür Romancılığı</t>
+          <t>Yıldırım Niğbolu'da</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>475</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786053428404</t>
+          <t>9789753388986</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Malik Hikayeti</t>
+          <t>Eğitimde Yaratıcı Drama</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>210</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786053428060</t>
+          <t>9786053428480</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Yusuf U Zeliha</t>
+          <t>Türk Romanında Yabancılaşma</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>780</v>
+        <v>585</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786053428039</t>
+          <t>9786053428497</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Edebiyatı</t>
+          <t>İdil-Ural Boylarında Başkurt Türkleri</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786053428398</t>
+          <t>9786053428459</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Vatikan Kütüphanesi’ne Kayıtlı Osmanlı Türkçesiyle Yazılmış Bir Mecmuadaki Tıp Metinleri</t>
+          <t>Eski Çağ’dan Modern Çağ’a At</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>330</v>
+        <v>645</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786053427995</t>
+          <t>9786053428015</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Tematik Roman İncelemeleri 2</t>
+          <t>Yeni Türk Dili</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>340</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786053427988</t>
+          <t>9786053428442</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Tematik Roman İncelemeleri 1</t>
+          <t>Kuramdan Uygulamaya Karşılaştırmalı Edebiyat Çalışmaları 3</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>370</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786053428381</t>
+          <t>9786053428466</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi</t>
+          <t>Erguvan Kanatlı Söz’ler</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>450</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786053428350</t>
+          <t>9786053428503</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Rus Dışişleri Bakanlığının Raporları Işığında Osmanlı Devleti’nin Nüfusu</t>
+          <t>Eski Türkçenin İzinde II</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>240</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786053428022</t>
+          <t>9786053428435</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Uzlaşma Kültürü</t>
+          <t>Sarf-ı Türki</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786053428046</t>
+          <t>9786053428473</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl Kısakürek’in Şiirlerinde Kronotopsal İmgelem</t>
+          <t>Anlatının Sınırlarında Pınar Kür Romancılığı</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>370</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786053428008</t>
+          <t>9786053428404</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Dağlar</t>
+          <t>Malik Hikayeti</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>625</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786053427926</t>
+          <t>9786053428060</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Kayseri! Kayseri!</t>
+          <t>Yusuf U Zeliha</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>440</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786053427964</t>
+          <t>9786053428039</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Hep İle Hiç Arasında Türk Romanında Savaş</t>
+          <t>Türk Dünyası Edebiyatı</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>530</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786053427902</t>
+          <t>9786053428398</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Türk Mahalli Fıkra Tipleri Üzerine Araştırmalar</t>
+          <t>Vatikan Kütüphanesi’ne Kayıtlı Osmanlı Türkçesiyle Yazılmış Bir Mecmuadaki Tıp Metinleri</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>325</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786053427940</t>
+          <t>9786053427995</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>101 Dünya Efsanesi</t>
+          <t>Tematik Roman İncelemeleri 2</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786053427919</t>
+          <t>9786053427988</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Türk Lehçelerinin Ses Bilgisi</t>
+          <t>Tematik Roman İncelemeleri 1</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>580</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786053427544</t>
+          <t>9786053428381</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Yozgat Tarihi 4 Cilt Takım (Ciltli)</t>
+          <t>Osmanlı Türkçesi</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>6615</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786053427889</t>
+          <t>9786053428350</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Siret Özsever Bağ Bozumu</t>
+          <t>Rus Dışişleri Bakanlığının Raporları Işığında Osmanlı Devleti’nin Nüfusu</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786053427872</t>
+          <t>9786053428022</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Hoca Ahmet Yesevi</t>
+          <t>Uzlaşma Kültürü</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786053427865</t>
+          <t>9786053428046</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Şiirinde Göç</t>
+          <t>Necip Fazıl Kısakürek’in Şiirlerinde Kronotopsal İmgelem</t>
         </is>
       </c>
       <c r="C1035" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786053427742</t>
+          <t>9786053428008</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Gel Zaman Git Zaman</t>
+          <t>Klasik Türk Şiirinde Dağlar</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>640</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786053427759</t>
+          <t>9786053427926</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Aişe Baüniyye ve Tasavvufi Görüşleri</t>
+          <t>Kayseri! Kayseri!</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786053427711</t>
+          <t>9786053427964</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Seçkin Örneklerle Anadolu İrfanı</t>
+          <t>Hep İle Hiç Arasında Türk Romanında Savaş</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>200</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786053427735</t>
+          <t>9786053427902</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Tahkiyeden Modern Anlatıya</t>
+          <t>Türk Mahalli Fıkra Tipleri Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786053427728</t>
+          <t>9786053427940</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Değerler Açısından Kaşkay Türkleri</t>
+          <t>101 Dünya Efsanesi</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>165</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786053427704</t>
+          <t>9786053427919</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Mevlana İle Hayat Ve Şehir</t>
+          <t>Tarihi Türk Lehçelerinin Ses Bilgisi</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>260</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786053427681</t>
+          <t>9786053427544</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Araştırmaları 8</t>
+          <t>Yozgat Tarihi 4 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>400</v>
+        <v>6615</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786053427636</t>
+          <t>9786053427889</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Karşılaştırmalı Edebiyat Çalışmaları 2</t>
+          <t>Hüseyin Siret Özsever Bağ Bozumu</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786053427650</t>
+          <t>9786053427872</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Harezm Türkçesi Fal Kitabı</t>
+          <t>Türk Romanında Hoca Ahmet Yesevi</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>555</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786053427643</t>
+          <t>9786053427865</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Hoca Tahsin Efendi Aklamü’l-Akvam</t>
+          <t>Cumhuriyet Dönemi Türk Şiirinde Göç</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786053427629</t>
+          <t>9786053427742</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Şehriyar'ın Heyder Baba'ya Selam Şiirine Türkiye'de Yazılan Nazireler</t>
+          <t>Gel Zaman Git Zaman</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>280</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786053427612</t>
+          <t>9786053427759</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>İran İslam Cumhuriyeti'nde Kimlik İnşası Süreci Ve Mehdilik</t>
+          <t>Aişe Baüniyye ve Tasavvufi Görüşleri</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786053427605</t>
+          <t>9786053427711</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Kültürün Metalaşması Sorunu</t>
+          <t>Seçkin Örneklerle Anadolu İrfanı</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786053427490</t>
+          <t>9786053427735</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Buhurumeryem</t>
+          <t>Geleneksel Tahkiyeden Modern Anlatıya</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786053427513</t>
+          <t>9786053427728</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Sözün Sehri</t>
+          <t>Kültürel Değerler Açısından Kaşkay Türkleri</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>390</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786053427254</t>
+          <t>9786053427704</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimi Araştırmaları Şükrü Haluk Akalın Armağanı</t>
+          <t>Mevlana İle Hayat Ve Şehir</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>690</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786053427520</t>
+          <t>9786053427681</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Adana Nüfus Defterleri</t>
+          <t>Mevlana Araştırmaları 8</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786053427537</t>
+          <t>9786053427636</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Üzerine Yazdıklarım</t>
+          <t>Kuramdan Uygulamaya Karşılaştırmalı Edebiyat Çalışmaları 2</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>105</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786053427506</t>
+          <t>9786053427650</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Batı Basınında Sevr Antlaşması</t>
+          <t>Harezm Türkçesi Fal Kitabı</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>620</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786053427261</t>
+          <t>9786053427643</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Üzerine Yazılar İncelemeler</t>
+          <t>Hoca Tahsin Efendi Aklamü’l-Akvam</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786053427346</t>
+          <t>9786053427629</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Kazak Mitolojisi Araştırmaları</t>
+          <t>Şehriyar'ın Heyder Baba'ya Selam Şiirine Türkiye'de Yazılan Nazireler</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786053427384</t>
+          <t>9786053427612</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>İran İslam Cumhuriyeti'nde Kimlik İnşası Süreci Ve Mehdilik</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786053426936</t>
+          <t>9786053427605</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Deyimler - Türk Edebiyatında Yaşayan Deyim Örnekleri Sözlüğü</t>
+          <t>Türk Romanında Kültürün Metalaşması Sorunu</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>530</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786053421535</t>
+          <t>9786053427490</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Türkçeden İngilizceye Tercümede Kalıp İfadeler Sözlüğü</t>
+          <t>Buhurumeryem</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786053423980</t>
+          <t>9786053427513</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze Türkçede Noktalama</t>
+          <t>Sözün Sehri</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>305</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786053424376</t>
+          <t>9786053427254</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Sözlüğü</t>
+          <t>Türklük Bilimi Araştırmaları Şükrü Haluk Akalın Armağanı</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>255</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786053423447</t>
+          <t>9786053427520</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı İslami Terimler Sözlüğü (Ciltli)</t>
+          <t>Adana Nüfus Defterleri</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>865</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786053424048</t>
+          <t>9786053427537</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Graf Teorisiyle Türkçe Öğretimi</t>
+          <t>Türk Dünyası Üzerine Yazdıklarım</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>250</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786053423195</t>
+          <t>9786053427506</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitimin Neresindeyiz?</t>
+          <t>Türk ve Batı Basınında Sevr Antlaşması</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>230</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786053422860</t>
+          <t>9786053427261</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitiminde Algı</t>
+          <t>Yeni Türk Edebiyatı Üzerine Yazılar İncelemeler</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786053424062</t>
+          <t>9786053427346</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Son Bilimsel Gelişmeler Işığında Türkçenin Öğretimi Yöntemleri</t>
+          <t>Kazak Mitolojisi Araştırmaları</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786053427292</t>
+          <t>9786053427384</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Baki Naili Ve Neşati Divanlarında Tamlamaların Edebi Yönü</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786053427315</t>
+          <t>9786053426936</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Türkiyenin Irak ve Suriyedeki Müdahaleleri Ve Uluslararası Hukuk</t>
+          <t>Türkçede Deyimler - Türk Edebiyatında Yaşayan Deyim Örnekleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>815</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786053427278</t>
+          <t>9786053421535</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Edebiyat</t>
+          <t>Türkçeden İngilizceye Tercümede Kalıp İfadeler Sözlüğü</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>345</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786053427285</t>
+          <t>9786053423980</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Edebi Bir Kavram Olarak Motif Ve Klasik Türk Edebiyatında Motif Araştırmaları</t>
+          <t>Başlangıçtan Günümüze Türkçede Noktalama</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>170</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786053427094</t>
+          <t>9786053424376</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre: Aşk Denizi</t>
+          <t>Psikoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>660</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786053427032</t>
+          <t>9786053423447</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Contemporary Analysıs On Syrian Immigratıon Issue In Europe And Turkey</t>
+          <t>Açıklamalı İslami Terimler Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>900</v>
+        <v>865</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786053427223</t>
+          <t>9786053424048</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Dünyadan Bir Paris Serencamının Romanı</t>
+          <t>Graf Teorisiyle Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>305</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9789753385343</t>
+          <t>9786053423195</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Kuşu</t>
+          <t>Milli Eğitimin Neresindeyiz?</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>75</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789753385336</t>
+          <t>9786053422860</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hazine</t>
+          <t>Türkçe Eğitiminde Algı</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>75</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789753385329</t>
+          <t>9786053424062</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Yılın Babası</t>
+          <t>Son Bilimsel Gelişmeler Işığında Türkçenin Öğretimi Yöntemleri</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789753385312</t>
+          <t>9786053427292</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Şirin Osman</t>
+          <t>Fuzuli Baki Naili Ve Neşati Divanlarında Tamlamaların Edebi Yönü</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>75</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789753385305</t>
+          <t>9786053427315</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Taşı</t>
+          <t>Türkiyenin Irak ve Suriyedeki Müdahaleleri Ve Uluslararası Hukuk</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>75</v>
+        <v>815</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9789753385299</t>
+          <t>9786053427278</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>İki Ayaklı Kuzu</t>
+          <t>Karşılaştırmalı Edebiyat</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>75</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789753387569</t>
+          <t>9786053427285</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Ailemi Seviyorum</t>
+          <t>Edebi Bir Kavram Olarak Motif Ve Klasik Türk Edebiyatında Motif Araştırmaları</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>70</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9782000084204</t>
+          <t>9786053427094</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Tarih ve Kahramanlık Hikayeleri - 5 Kitap</t>
+          <t>Yunus Emre: Aşk Denizi</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>525</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786053427124</t>
+          <t>9786053427032</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nin Dağılma Devri</t>
+          <t>Contemporary Analysıs On Syrian Immigratıon Issue In Europe And Turkey</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>180</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9782000122111</t>
+          <t>9786053427223</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çemberi Dizisi Takım 10 Kitap</t>
+          <t>İçimdeki Dünyadan Bir Paris Serencamının Romanı</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>700</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786053426912</t>
+          <t>9789753385343</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Ve Edebi Yönleriyle Ali Şir Nevai</t>
+          <t>Gurbet Kuşu</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>400</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9782000111483</t>
+          <t>9789753385336</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Avuçlarımdaki Çocukluğum Dizisi 2-6 Yaş 10 Kitap Takım</t>
+          <t>Gerçek Hazine</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>700</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789753388597</t>
+          <t>9789753385329</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Alemlerin Sevgilisi Gül Yüzlü Yar Muhammed Mustafa</t>
+          <t>Yılın Babası</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>105</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786053427063</t>
+          <t>9789753385312</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitiminde Anlama Ve Anlatma Becerileri</t>
+          <t>Şirin Osman</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786053420743</t>
+          <t>9789753385305</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Kurumuş Ağaçlar Ormanı</t>
+          <t>Şeytan Taşı</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9782000100223</t>
+          <t>9789753385299</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Dizisi (10 Kitap Takım)</t>
+          <t>İki Ayaklı Kuzu</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>700</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786053420640</t>
+          <t>9789753387569</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Seçmeler</t>
+          <t>Ailemi Seviyorum</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>3000078100869</t>
+          <t>9782000084204</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Hayali Divanı (Kuşe) (Ciltli)</t>
+          <t>Çocuklara Tarih ve Kahramanlık Hikayeleri - 5 Kitap</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>440</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786055414085</t>
+          <t>9786053427124</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Şiirinde Geleneğin İzleri</t>
+          <t>Osmanlı Devleti’nin Dağılma Devri</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9789753388122</t>
+          <t>9782000122111</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin Sevgili Peygamberim</t>
+          <t>Sevgi Çemberi Dizisi Takım 10 Kitap</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>165</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786055413972</t>
+          <t>9786053426912</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kağan</t>
+          <t>Tasavvufi Ve Edebi Yönleriyle Ali Şir Nevai</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>215</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9789753384117</t>
+          <t>9782000111483</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Kuddusi Divanı Tenkitli Metin (Ciltli)</t>
+          <t>Avuçlarımdaki Çocukluğum Dizisi 2-6 Yaş 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>1280</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786055414153</t>
+          <t>9789753388597</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Kimliğimizi Yeniden İnşa</t>
+          <t>Alemlerin Sevgilisi Gül Yüzlü Yar Muhammed Mustafa</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9789753382755</t>
+          <t>9786053427063</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı Hikayesi</t>
+          <t>Türkçe Eğitiminde Anlama Ve Anlatma Becerileri</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786055414146</t>
+          <t>9786053420743</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Takma İsimler Sözlüğü</t>
+          <t>Kurumuş Ağaçlar Ormanı</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>215</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786053425205</t>
+          <t>9782000100223</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Tiyatrolar</t>
+          <t>Nasrettin Hoca Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786053427247</t>
+          <t>9786053420640</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Doğu Ve Batı Kökenli Alıntı Kelimeleri Ve Bu Kelimelerin Tasnifi</t>
+          <t>Türkülerden Seçmeler</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>505</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786053427209</t>
+          <t>3000078100869</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Sevgiden Ötesi Var</t>
+          <t>Hayali Divanı (Kuşe) (Ciltli)</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>170</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786053427148</t>
+          <t>9786055414085</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Ali Şir Nevayi Divanlarının Dibaceleri</t>
+          <t>Yeni Türk Şiirinde Geleneğin İzleri</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786053427216</t>
+          <t>9789753388122</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Ceval Kaya Armağanı</t>
+          <t>Çocuklar ve Gençler İçin Sevgili Peygamberim</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>762</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786053427131</t>
+          <t>9786055413972</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Türkiye - Rusya İlişkileri ve Karadeniz</t>
+          <t>Bilge Kağan</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>565</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786053427193</t>
+          <t>9789753384117</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Dört Evresi</t>
+          <t>Kuddusi Divanı Tenkitli Metin (Ciltli)</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>265</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786053427155</t>
+          <t>9786055414153</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Artvin Tarihi İlk Çağdan 1918’e</t>
+          <t>Kimliğimizi Yeniden İnşa</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>820</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786053427087</t>
+          <t>9789753382755</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde İlahilik - Beşerilik</t>
+          <t>Kerem ile Aslı Hikayesi</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>305</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786053427179</t>
+          <t>9786055414146</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Manipülasyon Ve Servet-i Fünun Romanı</t>
+          <t>Takma İsimler Sözlüğü</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786053427117</t>
+          <t>9786053425205</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Karşılaştırmalı Edebiyat Çalışmaları 1</t>
+          <t>Eğitici Tiyatrolar</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786053426639</t>
+          <t>9786053427247</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Orta Türkçe Döneminin İlk Evresi Sorunları Ve Çözüm Örnekleriyle Harezm Türkçesi</t>
+          <t>Türkçenin Doğu Ve Batı Kökenli Alıntı Kelimeleri Ve Bu Kelimelerin Tasnifi</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>370</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786053427001</t>
+          <t>9786053427209</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan’ın Türkçe Divan’ının Psikolojik Tahlili</t>
+          <t>Sevgiden Ötesi Var</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786053427056</t>
+          <t>9786053427148</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>İran’da Kimlik ve Siyaset: Belucistan</t>
+          <t>Ali Şir Nevayi Divanlarının Dibaceleri</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>255</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786053426929</t>
+          <t>9786053427216</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Romanda Zaman</t>
+          <t>Prof. Dr. Ceval Kaya Armağanı</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>530</v>
+        <v>762</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786053427018</t>
+          <t>9786053427131</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Araştırmaları 7</t>
+          <t>100. Yılında Türkiye - Rusya İlişkileri ve Karadeniz</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>400</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786053426905</t>
+          <t>9786053427193</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>İnançta Türk İlim ve Aklı - Lübabü’l-Kelam</t>
+          <t>İktidarın Dört Evresi</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>135</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786053426417</t>
+          <t>9786053427155</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Son Yörükleri</t>
+          <t>Artvin Tarihi İlk Çağdan 1918’e</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>295</v>
+        <v>820</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786053426486</t>
+          <t>9786053427087</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Şair İsmet Özel</t>
+          <t>İslam Düşüncesinde İlahilik - Beşerilik</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>370</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786053426530</t>
+          <t>9786053427179</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Türk Töresi</t>
+          <t>Psikolojik Manipülasyon Ve Servet-i Fünun Romanı</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>75</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786053426523</t>
+          <t>9786053427117</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Edebiyat Araştırmalarında Ahlak ve Yöntem</t>
+          <t>Kuramdan Uygulamaya Karşılaştırmalı Edebiyat Çalışmaları 1</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786053426516</t>
+          <t>9786053426639</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2</t>
+          <t>Orta Türkçe Döneminin İlk Evresi Sorunları Ve Çözüm Örnekleriyle Harezm Türkçesi</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>610</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786053426493</t>
+          <t>9786053427001</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Huzur’un Yazınsal Göstergebilim, Metinlerarası-Göstergelerarası İlişkiler Açısından Çözümlenmesi</t>
+          <t>Cem Sultan’ın Türkçe Divan’ının Psikolojik Tahlili</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>255</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786053426547</t>
+          <t>9786053427056</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Orta Eserler Türk Dillerinde Elmi Üslubun İnkişafı</t>
+          <t>İran’da Kimlik ve Siyaset: Belucistan</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>290</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786053426554</t>
+          <t>9786053426929</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Neologische Wortbildung Der Turkischen Sprachreformer Im Urteil Der Traditionellen Sprachwissenschaften</t>
+          <t>Romanda Zaman</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>160</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786053426448</t>
+          <t>9786053427018</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Muhtar Tevfikoğlu’nun Anlatımıyla Yahya Kemal</t>
+          <t>Mevlana Araştırmaları 7</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>505</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786053426455</t>
+          <t>9786053426905</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Edebiyatı ve Türk Dünyası Üzerine Yazdıklarım</t>
+          <t>İnançta Türk İlim ve Aklı - Lübabü’l-Kelam</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>580</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786053426462</t>
+          <t>9786053426417</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Mahtumkulu Divan’ından Seçmeler</t>
+          <t>Anadolu’nun Son Yörükleri</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>480</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786053426349</t>
+          <t>9786053426486</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Sonbahara Dokuz Kaldı</t>
+          <t>Şair İsmet Özel</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>115</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786053426288</t>
+          <t>9786053426530</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Acının Atlasında Bir Sürgün Metin Altıok ve Şiiri</t>
+          <t>Türk Töresi</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>370</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786053426301</t>
+          <t>9786053426523</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Sularda Tutuşan Gemi</t>
+          <t>Dil ve Edebiyat Araştırmalarında Ahlak ve Yöntem</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>570</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786053426424</t>
+          <t>9786053426516</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Anlam Axtarışında (Seçilmiş Makaleler Toplusu)</t>
+          <t>Makaleler 2</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>380</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786053426400</t>
+          <t>9786053426493</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Türkler İçün Ortak Ünsiyyet Dili</t>
+          <t>Huzur’un Yazınsal Göstergebilim, Metinlerarası-Göstergelerarası İlişkiler Açısından Çözümlenmesi</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>305</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786053426394</t>
+          <t>9786053426547</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Kıpçak Grubu Türk Dillerinin Frazeologıyası</t>
+          <t>Orta Eserler Türk Dillerinde Elmi Üslubun İnkişafı</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786053426387</t>
+          <t>9786053426554</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Navoiyni Anglaş Sari</t>
+          <t>Neologische Wortbildung Der Turkischen Sprachreformer Im Urteil Der Traditionellen Sprachwissenschaften</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>605</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786053426332</t>
+          <t>9786053426448</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Asi'nin Çocukları</t>
+          <t>Muhtar Tevfikoğlu’nun Anlatımıyla Yahya Kemal</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>460</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786053426295</t>
+          <t>9786053426455</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Amaç-Araç Sorunsalı</t>
+          <t>Türkmen Edebiyatı ve Türk Dünyası Üzerine Yazdıklarım</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>335</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786053426363</t>
+          <t>9786053426462</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Kleine Schriften (Kısa Yazılar)</t>
+          <t>Mahtumkulu Divan’ından Seçmeler</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786053426356</t>
+          <t>9786053426349</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Deutsch Und Türkische Sprachvergleich Auf Pohenetischer Und Grammatischer Ebene</t>
+          <t>Sonbahara Dokuz Kaldı</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786053426325</t>
+          <t>9786053426288</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Diasporunun Antitürk Faaliyyeti</t>
+          <t>Acının Atlasında Bir Sürgün Metin Altıok ve Şiiri</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>255</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786053426202</t>
+          <t>9786053426301</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Osmani Vid İstoriy Naymi</t>
+          <t>İmkansız Sularda Tutuşan Gemi</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>280</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786053426271</t>
+          <t>9786053426424</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>'Ali in Der Bektaschi Dichtung</t>
+          <t>Anlam Axtarışında (Seçilmiş Makaleler Toplusu)</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>295</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786053426264</t>
+          <t>9786053426400</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Identity in Foreign Policy: Turkish  Conservatives in Cyprus Question 1960-1980 Era</t>
+          <t>Türkler İçün Ortak Ünsiyyet Dili</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>160</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786053426226</t>
+          <t>9786053426394</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Haqdin O’zgani Dema</t>
+          <t>Kıpçak Grubu Türk Dillerinin Frazeologıyası</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>560</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786053426240</t>
+          <t>9786053426387</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Der Cenk Cihan-i Evvel Ya Faciayı Ciloluk</t>
+          <t>Navoiyni Anglaş Sari</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>160</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786053426233</t>
+          <t>9786053426332</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Türk Xalqlarının Ortaq Elifba, İmla ve Ünsiyyet Dili</t>
+          <t>Asi'nin Çocukları</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>305</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786053426257</t>
+          <t>9786053426295</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Platon Oyunski - Qirmizi Şaman</t>
+          <t>Amaç-Araç Sorunsalı</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>305</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786053426189</t>
+          <t>9786053426363</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Majan Poezia Padişası</t>
+          <t>Kleine Schriften (Kısa Yazılar)</t>
         </is>
       </c>
       <c r="C1146" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786053426158</t>
+          <t>9786053426356</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Kazak-Turik Söz Etiketinin Etno Medeni Aspekti</t>
+          <t>Deutsch Und Türkische Sprachvergleich Auf Pohenetischer Und Grammatischer Ebene</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>305</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786053425878</t>
+          <t>9786053426325</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Ejelgi Jene Erte Orta Ğasırladağı Kazakstan</t>
+          <t>Ermeni Diasporunun Antitürk Faaliyyeti</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>295</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786053426172</t>
+          <t>9786053426202</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Şeşendik Önerdin Negizderi</t>
+          <t>Osmani Vid İstoriy Naymi</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786053426134</t>
+          <t>9786053426271</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Cenap Şahabettin Bütün Şiirleri</t>
+          <t>'Ali in Der Bektaschi Dichtung</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>720</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786053426141</t>
+          <t>9786053426264</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Meridyenin Meryemleri</t>
+          <t>Identity in Foreign Policy: Turkish  Conservatives in Cyprus Question 1960-1980 Era</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786053426110</t>
+          <t>9786053426226</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Haqdin O’zgani Dema</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>70</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786053426103</t>
+          <t>9786053426240</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Azerbaycan Der Cenk Cihan-i Evvel Ya Faciayı Ciloluk</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786053426127</t>
+          <t>9786053426233</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Kağnı ve Ses</t>
+          <t>Türk Xalqlarının Ortaq Elifba, İmla ve Ünsiyyet Dili</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>75</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786053426097</t>
+          <t>9786053426257</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Platon Oyunski - Qirmizi Şaman</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>70</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786053425892</t>
+          <t>9786053426189</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Majan Poezia Padişası</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>75</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786053425786</t>
+          <t>9786053426158</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Açısından Kötülük Problemi</t>
+          <t>Kazak-Turik Söz Etiketinin Etno Medeni Aspekti</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>215</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786053425885</t>
+          <t>9786053425878</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Türk Lehçeleriyle Karşılaştırmalı Eski Anadolu Türkçesi</t>
+          <t>Ejelgi Jene Erte Orta Ğasırladağı Kazakstan</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>355</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9789753387571</t>
+          <t>9786053426172</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Seviyorum - Sevgi Çemberi Dizisi 10</t>
+          <t>Şeşendik Önerdin Negizderi</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>70</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9789753387606</t>
+          <t>9786053426134</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Milli Kahramanlarımı Seviyorum - Sevgi Çemberi Dizisi 7</t>
+          <t>Cenap Şahabettin Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>70</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9789753387545</t>
+          <t>9786053426141</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Allah'ımı Seviyorum - Sevgi Çemberi Dizisi 1</t>
+          <t>Meridyenin Meryemleri</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>70</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9789753387590</t>
+          <t>9786053426110</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Dayanışmayı Seviyorum - Sevgi Çemberi Dizisi 8</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C1162" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9789753387620</t>
+          <t>9786053426103</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Bayrağımı Seviyorum - Sevgi Çemberi Dizisi 5</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9789753387613</t>
+          <t>9786053426127</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Kültürümü Seviyorum - Sevgi Çemberi Dizisi 6</t>
+          <t>Kağnı ve Ses</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9789753387637</t>
+          <t>9786053426097</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Ülkemi Seviyorum - Sevgi Çemberi Dizisi 4</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C1165" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9789753387583</t>
+          <t>9786053425892</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenimi Seviyorum - Sevgi Çemberi Dizisi 9</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786053425755</t>
+          <t>9786053425786</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Üzerine Yazılar</t>
+          <t>Kur'an-ı Kerim Açısından Kötülük Problemi</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>370</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786053425793</t>
+          <t>9786053425885</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Milli Cinayetler Koleksiyonu ve Diğer Hikayeler</t>
+          <t>Tarihi Türk Lehçeleriyle Karşılaştırmalı Eski Anadolu Türkçesi</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>230</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786053425823</t>
+          <t>9789753387571</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Mektep Temsilleri</t>
+          <t>Okumayı Seviyorum - Sevgi Çemberi Dizisi 10</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>190</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786053425816</t>
+          <t>9789753387606</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Teselli Üçüzler Nazlı İle Annesi</t>
+          <t>Milli Kahramanlarımı Seviyorum - Sevgi Çemberi Dizisi 7</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>255</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786053425847</t>
+          <t>9789753387545</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Fetih ve Fatih</t>
+          <t>Allah'ımı Seviyorum - Sevgi Çemberi Dizisi 1</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>255</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786053425830</t>
+          <t>9789753387590</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kutlu'nun Hikayelerinde Ahlak</t>
+          <t>Dayanışmayı Seviyorum - Sevgi Çemberi Dizisi 8</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>255</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9789753387552</t>
+          <t>9789753387620</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimi Seviyorum</t>
+          <t>Bayrağımı Seviyorum - Sevgi Çemberi Dizisi 5</t>
         </is>
       </c>
       <c r="C1173" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786053425748</t>
+          <t>9789753387613</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Kültürümü Seviyorum - Sevgi Çemberi Dizisi 6</t>
         </is>
       </c>
       <c r="C1174" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786053425663</t>
+          <t>9789753387637</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Camdan ve Candan</t>
+          <t>Ülkemi Seviyorum - Sevgi Çemberi Dizisi 4</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>245</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786053425632</t>
+          <t>9789753387583</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Avatarı</t>
+          <t>Öğretmenimi Seviyorum - Sevgi Çemberi Dizisi 9</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>115</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786053425717</t>
+          <t>9786053425755</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Çalın Davulları</t>
+          <t>Türk Dili Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786053425618</t>
+          <t>9786053425793</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Tahtsız ve Bahtsız Şehzade Kutalmış</t>
+          <t>Milli Cinayetler Koleksiyonu ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>305</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786053425687</t>
+          <t>9786053425823</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Sana Gelirken</t>
+          <t>Mektep Temsilleri</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786053425656</t>
+          <t>9786053425816</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehir Üç Nesil</t>
+          <t>Teselli Üçüzler Nazlı İle Annesi</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>205</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786053425700</t>
+          <t>9786053425847</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Masal Estetiği</t>
+          <t>Türk Romanında Fetih ve Fatih</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>125</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786053425670</t>
+          <t>9786053425830</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Alevi - Bektaşi Dünyası</t>
+          <t>Mustafa Kutlu'nun Hikayelerinde Ahlak</t>
         </is>
       </c>
       <c r="C1182" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786053425496</t>
+          <t>9789753387552</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Ekseninde Küresel Değişim ve Yeni Ekonomik Düzen</t>
+          <t>Peygamberimi Seviyorum</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>255</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786053425694</t>
+          <t>9786053425748</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Türkülerde Kuş</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>190</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786053425649</t>
+          <t>9786053425663</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Kişi ve Yer Adları</t>
+          <t>Camdan ve Candan</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>570</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786053425595</t>
+          <t>9786053425632</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Aşık Türkmenoğlu</t>
+          <t>Türklerin Avatarı</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>370</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786053425588</t>
+          <t>9786053425717</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Türkoloji</t>
+          <t>Çalın Davulları</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>560</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786053425625</t>
+          <t>9786053425618</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Kırım Türkleri'nin Esaret Türküleri</t>
+          <t>Tahtsız ve Bahtsız Şehzade Kutalmış</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>250</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>4440000000295</t>
+          <t>9786053425687</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Anne - Baba Çocuk İlişkisi ve Eğitim Yaklaşımı</t>
+          <t>Sana Gelirken</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786053425533</t>
+          <t>9786053425656</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Medeniyet Tarihinde Sulama Kültürü</t>
+          <t>Bir Şehir Üç Nesil</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>175</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786053425502</t>
+          <t>9786053425700</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Nazlı Senem</t>
+          <t>Masal Estetiği</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786053425601</t>
+          <t>9786053425670</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Tarihte ve Günümüzde Türk Boylarının Ortak Atasözleri Sözlüğü</t>
+          <t>Alevi - Bektaşi Dünyası</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>505</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786053425571</t>
+          <t>9786053425496</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Lakaplar</t>
+          <t>Pandemi Ekseninde Küresel Değişim ve Yeni Ekonomik Düzen</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>230</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786053425557</t>
+          <t>9786053425694</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Karagöl Hikayeleri</t>
+          <t>Türkülerde Kuş</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786053425564</t>
+          <t>9786053425649</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Mavi Mürekkep Damlaları</t>
+          <t>Anadolu'da Kişi ve Yer Adları</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>115</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786053425519</t>
+          <t>9786053425595</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Doğal Dil İşleme</t>
+          <t>Aşık Türkmenoğlu</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>995</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786053425526</t>
+          <t>9786053425588</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Kaplan'a Armağan</t>
+          <t>Avrupa'da Türkoloji</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>370</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9789753384988</t>
+          <t>9786053425625</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Dostluk - Oğuz'un Maceraları</t>
+          <t>Kırım Türkleri'nin Esaret Türküleri</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9789753385077</t>
+          <t>4440000000295</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Maviş Uçunca - Oğuz'un Maceraları</t>
+          <t>Anne - Baba Çocuk İlişkisi ve Eğitim Yaklaşımı</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>70</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9789753384995</t>
+          <t>9786053425533</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Oyun - Oğuz'un Maceraları</t>
+          <t>Türkistan Medeniyet Tarihinde Sulama Kültürü</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>70</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9789753385022</t>
+          <t>9786053425502</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Denizin Armağanları - Oğuz'un Maceraları</t>
+          <t>Nazlı Senem</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9789753385046</t>
+          <t>9786053425601</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Hayır Olmaz Demiştim Ama - Oğuz'un Maceraları</t>
+          <t>Tarihte ve Günümüzde Türk Boylarının Ortak Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>70</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9789753385008</t>
+          <t>9786053425571</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Uçağım Uçurtmam 1 - Oğuz'un Maceraları</t>
+          <t>Türk Kültüründe Lakaplar</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9789753385053</t>
+          <t>9786053425557</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Kırgın Oyuncaklar - Oğuz'un Maceraları</t>
+          <t>Karagöl Hikayeleri</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>70</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786053425465</t>
+          <t>9786053425564</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Yedi Meşale Şiiri</t>
+          <t>Mavi Mürekkep Damlaları</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>635</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786053425441</t>
+          <t>9786053425519</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimler Üzerine İncelemeler</t>
+          <t>Türkçe Doğal Dil İşleme</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>305</v>
+        <v>995</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786053425458</t>
+          <t>9786053425526</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Ekseninde Türkiye’de Geçmişten Günümüze Kültür Ve Turizm Politikaları</t>
+          <t>Ramazan Kaplan'a Armağan</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>305</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786053424499</t>
+          <t>9789753384988</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ekonomiye Yön Veren Yeni Teknolojiler</t>
+          <t>Yaşasın Dostluk - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>305</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786053425380</t>
+          <t>9789753385077</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Eski Harfli Süreli Çocuk Yayınları (1869-1928)</t>
+          <t>Maviş Uçunca - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>190</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786053425427</t>
+          <t>9789753384995</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Aşık Edebiyatında Şiir Sanatı</t>
+          <t>Sihirli Oyun - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>305</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786053425373</t>
+          <t>9789753385022</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Böyle Bir Baba</t>
+          <t>Denizin Armağanları - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>115</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786053425403</t>
+          <t>9789753385046</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Komşu Halklarla Kültürel İlişkileri Üzerine Araştırmalar (6-12. Yüzyıllar)</t>
+          <t>Hayır Olmaz Demiştim Ama - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786053425397</t>
+          <t>9789753385008</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Moğolistan Kazaklarının Tarihi, Kültürü ve Bugünü</t>
+          <t>Uçağım Uçurtmam 1 - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>190</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786053424697</t>
+          <t>9789753385053</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Hüsn Ü Aşk</t>
+          <t>Kırgın Oyuncaklar - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>555</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786053425335</t>
+          <t>9786053425465</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Şeyhi</t>
+          <t>Yedi Meşale Şiiri</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>230</v>
+        <v>635</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786053425366</t>
+          <t>9786053425441</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Tilimhan Divanı</t>
+          <t>Atasözleri ve Deyimler Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>450</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786053425342</t>
+          <t>9786053425458</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Bağlamında İlk Dönem Türk Romanı (1872-1901)</t>
+          <t>Ekonomi Ekseninde Türkiye’de Geçmişten Günümüze Kültür Ve Turizm Politikaları</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>175</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786053425359</t>
+          <t>9786053424499</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Romanda Bakış Açısı ve Anlatıcı Düzlemi</t>
+          <t>Küresel Ekonomiye Yön Veren Yeni Teknolojiler</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>675</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786053425243</t>
+          <t>9786053425380</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Bağrı Yanık Ömer</t>
+          <t>Eski Harfli Süreli Çocuk Yayınları (1869-1928)</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786053425281</t>
+          <t>9786053425427</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkçesi Ağızlarında İkilemeler</t>
+          <t>Aşık Edebiyatında Şiir Sanatı</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>255</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786053425311</t>
+          <t>9786053425373</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Lehçelerinde Rusçadan Yapılan Kavram ve Gramer Çevirileri</t>
+          <t>Böyle Bir Baba</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>450</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786053425212</t>
+          <t>9786053425403</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimi ve İletişim</t>
+          <t>Türklerin Komşu Halklarla Kültürel İlişkileri Üzerine Araştırmalar (6-12. Yüzyıllar)</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786053425298</t>
+          <t>9786053425397</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Pend-i Attar</t>
+          <t>Moğolistan Kazaklarının Tarihi, Kültürü ve Bugünü</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786053425250</t>
+          <t>9786053424697</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Kırılan Işık Olsun</t>
+          <t>Hüsn Ü Aşk</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>135</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786053425267</t>
+          <t>9786053425335</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Boş Zaman Figürleri</t>
+          <t>Şeyhi</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786053425199</t>
+          <t>9786053425366</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Meslekler</t>
+          <t>Tilimhan Divanı</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786053425304</t>
+          <t>9786053425342</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Baltaoğlu Süleyman ve Fatih</t>
+          <t>Özgürlük Bağlamında İlk Dönem Türk Romanı (1872-1901)</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9792000111660</t>
+          <t>9786053425359</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Avuçlarımdaki Çocukluğum Dizisi 8-12 Yaş (10 Kitap Takım)</t>
+          <t>Romanda Bakış Açısı ve Anlatıcı Düzlemi</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>700</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786053425120</t>
+          <t>9786053425243</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Bağrı Yanık Ömer</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786053425168</t>
+          <t>9786053425281</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçenin İzinde</t>
+          <t>Kırgız Türkçesi Ağızlarında İkilemeler</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786053425182</t>
+          <t>9786053425311</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Yerliliğin Sınırlarında</t>
+          <t>Çağdaş Türk Lehçelerinde Rusçadan Yapılan Kavram ve Gramer Çevirileri</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786053425175</t>
+          <t>9786053425212</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Frenklere Göre Osmanlı</t>
+          <t>Türkçe Eğitimi ve İletişim</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>255</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786053425113</t>
+          <t>9786053425298</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Nesefi Akaidi Şerhi</t>
+          <t>Pend-i Attar</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>105</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786053425076</t>
+          <t>9786053425250</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Eğitiminde Anne-Baba Rehber Kitabı - Sınav Kaygısı ve Çözüm Yolları</t>
+          <t>Kırılan Işık Olsun</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>165</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786053425151</t>
+          <t>9786053425267</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Gam</t>
+          <t>Boş Zaman Figürleri</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>105</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786053425106</t>
+          <t>9786053425199</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Bir Katre</t>
+          <t>Geleneksel Meslekler</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786053425137</t>
+          <t>9786053425304</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Arzu İle Kamber</t>
+          <t>Baltaoğlu Süleyman ve Fatih</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>115</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9789753385558</t>
+          <t>9792000111660</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Hayvan Dostu</t>
+          <t>Avuçlarımdaki Çocukluğum Dizisi 8-12 Yaş (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>70</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786053424925</t>
+          <t>9786053425120</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret - Göstergebilimsel Bir Okuma Denemesi</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786053425090</t>
+          <t>9786053425168</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Güncel Sorunlar</t>
+          <t>Eski Türkçenin İzinde</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>505</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786053425069</t>
+          <t>9786053425182</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Epik Dünyanın Kurmaca Mitosu Dede Korkut Anlatıları</t>
+          <t>Yerliliğin Sınırlarında</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786053425007</t>
+          <t>9786053425175</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Vatanın Mukaddes Yolcuları</t>
+          <t>Frenklere Göre Osmanlı</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>220</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786053425014</t>
+          <t>9786053425113</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Ay Masalları</t>
+          <t>Nesefi Akaidi Şerhi</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786053422945</t>
+          <t>9786053425076</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Bilgisayar Hatlı Orta Boy (Ciltli)</t>
+          <t>Çocuk ve Ergen Eğitiminde Anne-Baba Rehber Kitabı - Sınav Kaygısı ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>645</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786053422938</t>
+          <t>9786053425151</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Bilgisayar Hatlı Rahle Boy-Fihristli (Ciltli)</t>
+          <t>Gam</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>790</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786053424994</t>
+          <t>9786053425106</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Harezm Türkçesi Kur'an Tercümesi 2. Cilt</t>
+          <t>Bir Katre</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>635</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9789753385060</t>
+          <t>9786053425137</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Ankara Gezileri - Oğuz'un Maceraları</t>
+          <t>Arzu İle Kamber</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>70</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9789753385596</t>
+          <t>9789753385558</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Temiz Çocuk</t>
+          <t>Kibarcık Hayvan Dostu</t>
         </is>
       </c>
       <c r="C1248" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9789753385565</t>
+          <t>9786053424925</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Örnek Çocuk</t>
+          <t>Tevfik Fikret - Göstergebilimsel Bir Okuma Denemesi</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>70</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786053424970</t>
+          <t>9786053425090</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Baskı Grubu Kavramı Çerçevesinde Siyasal Alanda TÜSİAD</t>
+          <t>Uluslararası İlişkilerde Güncel Sorunlar</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>295</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786053424987</t>
+          <t>9786053425069</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>AB'nin Kıbrıs Sorununa Bakışı ve Türkiye AB İlişkileri</t>
+          <t>Epik Dünyanın Kurmaca Mitosu Dede Korkut Anlatıları</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786053424963</t>
+          <t>9786053425007</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset</t>
+          <t>Kutsal Vatanın Mukaddes Yolcuları</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>115</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786053424956</t>
+          <t>9786053425014</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Araştırmaları 6</t>
+          <t>Ay Masalları</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>305</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9789753385527</t>
+          <t>9786053422945</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Çalışkan Çocuk</t>
+          <t>Kur'an-ı Kerim Bilgisayar Hatlı Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>70</v>
+        <v>645</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9789753385534</t>
+          <t>9786053422938</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Doğruluk Örneği</t>
+          <t>Kur'an-ı Kerim Bilgisayar Hatlı Rahle Boy-Fihristli (Ciltli)</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>70</v>
+        <v>790</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9789753385541</t>
+          <t>9786053424994</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Gürbüz Çocuk</t>
+          <t>Harezm Türkçesi Kur'an Tercümesi 2. Cilt</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>70</v>
+        <v>635</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9789753385510</t>
+          <t>9789753385060</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Arkadaş Canlısı</t>
+          <t>Ankara Gezileri - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1257" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9789753385572</t>
+          <t>9789753385596</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Paylaşan Çocuk</t>
+          <t>Kibarcık Temiz Çocuk</t>
         </is>
       </c>
       <c r="C1258" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9789753385589</t>
+          <t>9789753385565</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Tedbirli Çocuk</t>
+          <t>Kibarcık Örnek Çocuk</t>
         </is>
       </c>
       <c r="C1259" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9789753385503</t>
+          <t>9786053424970</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Annemi Seviyorum</t>
+          <t>Baskı Grubu Kavramı Çerçevesinde Siyasal Alanda TÜSİAD</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>70</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9789753385039</t>
+          <t>9786053424987</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Yeni Komşular - Oğuz'un Maceraları</t>
+          <t>AB'nin Kıbrıs Sorununa Bakışı ve Türkiye AB İlişkileri</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786053421542</t>
+          <t>9786053424963</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Aşina Aşklar</t>
+          <t>Üç Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9789753385015</t>
+          <t>9786053424956</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Uçağım Uçurtmam 2 - Oğuz'un Maceraları</t>
+          <t>Mevlana Araştırmaları 6</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>70</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786053424772</t>
+          <t>9789753385527</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Kibarcık Çalışkan Çocuk</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786053424871</t>
+          <t>9789753385534</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Farsçada Türkçenin En Eski İzleri</t>
+          <t>Kibarcık Doğruluk Örneği</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>255</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786053424888</t>
+          <t>9789753385541</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimi Yaktıkları Sene 1915</t>
+          <t>Kibarcık Gürbüz Çocuk</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786053424949</t>
+          <t>9789753385510</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Harezm Türkçesi Kur'an Tercümesi 1. Cilt</t>
+          <t>Kibarcık Arkadaş Canlısı</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>380</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9789753385398</t>
+          <t>9789753385572</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Öykü Sepeti</t>
+          <t>Kibarcık Paylaşan Çocuk</t>
         </is>
       </c>
       <c r="C1268" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9789753385350</t>
+          <t>9789753385589</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Büyüyorsun Yavrucuğum</t>
+          <t>Kibarcık Tedbirli Çocuk</t>
         </is>
       </c>
       <c r="C1269" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9789753385374</t>
+          <t>9789753385503</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Kibarcık Annemi Seviyorum</t>
         </is>
       </c>
       <c r="C1270" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9789753385381</t>
+          <t>9789753385039</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Sarı Mantolu Kız</t>
+          <t>Yeni Komşular - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1271" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9789753385404</t>
+          <t>9786053421542</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yağmuru</t>
+          <t>Aşina Aşklar</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9789753385367</t>
+          <t>9789753385015</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Bir Çağ Masalı</t>
+          <t>Uçağım Uçurtmam 2 - Oğuz'un Maceraları</t>
         </is>
       </c>
       <c r="C1273" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786053424857</t>
+          <t>9786053424772</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Krizler Kriz Yönetimi ve Türkiye</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>255</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786053424703</t>
+          <t>9786053424871</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Harabeler</t>
+          <t>Farsçada Türkçenin En Eski İzleri</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786053424901</t>
+          <t>9786053424888</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Kleopatra ve Alanya</t>
+          <t>Yüreğimi Yaktıkları Sene 1915</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786053424840</t>
+          <t>9786053424949</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Konvansiyonel Olmayan Savaş Teorileri</t>
+          <t>Harezm Türkçesi Kur'an Tercümesi 1. Cilt</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786053424895</t>
+          <t>9789753385398</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>İskeçeli Rif'at'in Ayine-i Zafer'i</t>
+          <t>Öykü Sepeti</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>215</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786053424826</t>
+          <t>9789753385350</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Uygur Harfleriyle Yazılmış Çağatayca Seyfü’l - Müluk Hikayesi’nin Transkripsiyonu Çevirisi ve Sözlüğü</t>
+          <t>Büyüyorsun Yavrucuğum</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786053424789</t>
+          <t>9789753385374</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Gül</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>370</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786053424734</t>
+          <t>9789753385381</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>İlkçağlardan Günümüze Jeostratejik ve Jeopolitik Açıdan Karadeniz</t>
+          <t>Sarı Mantolu Kız</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786053424673</t>
+          <t>9789753385404</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Yemen Sızısı</t>
+          <t>Öykü Yağmuru</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786053424628</t>
+          <t>9789753385367</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Tezkire-i Evliya'nın Çağatay Türkçesi Çevirisi</t>
+          <t>Bir Çağ Masalı</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>440</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786053424680</t>
+          <t>9786053424857</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Kadın Yazarlar</t>
+          <t>Afrika'da Krizler Kriz Yönetimi ve Türkiye</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>665</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786053424710</t>
+          <t>9786053424703</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Avrasya'nın Bozkır Halkları</t>
+          <t>Harabeler</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786053424727</t>
+          <t>9786053424901</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Romanda Kişiler Dünyası</t>
+          <t>Kleopatra ve Alanya</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>570</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786053424666</t>
+          <t>9786053424840</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zamana Sen Masala (Ciltli)</t>
+          <t>Konvansiyonel Olmayan Savaş Teorileri</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786053424659</t>
+          <t>9786053424895</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinin Uzak Lehçeleri</t>
+          <t>İskeçeli Rif'at'in Ayine-i Zafer'i</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786053424611</t>
+          <t>9786053424826</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Daniel Kehlman'ın "Dünyanın Ölçümü" Adlı Romanı</t>
+          <t>Uygur Harfleriyle Yazılmış Çağatayca Seyfü’l - Müluk Hikayesi’nin Transkripsiyonu Çevirisi ve Sözlüğü</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786053424444</t>
+          <t>9786053424789</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Kitab-ı Gül</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786053424581</t>
+          <t>9786053424734</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Şaire ve Şiire Dair Notlar</t>
+          <t>İlkçağlardan Günümüze Jeostratejik ve Jeopolitik Açıdan Karadeniz</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786053424598</t>
+          <t>9786053424673</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Dokunuşlar</t>
+          <t>Yemen Sızısı</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786053424550</t>
+          <t>9786053424628</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Diyardaki Biz</t>
+          <t>Tezkire-i Evliya'nın Çağatay Türkçesi Çevirisi</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>215</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786053424543</t>
+          <t>9786053424680</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Yeni Milli Edebiyat Şiiri</t>
+          <t>Türk Edebiyatında Kadın Yazarlar</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>230</v>
+        <v>665</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786053424536</t>
+          <t>9786053424710</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Romanın Tarihselleşmesi Ya Da Tarihin Romanı</t>
+          <t>Avrasya'nın Bozkır Halkları</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786053424567</t>
+          <t>9786053424727</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Bir Aile Kroniği Örneği - Sten Nadolny Ullsteinroman</t>
+          <t>Romanda Kişiler Dünyası</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>255</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786053424314</t>
+          <t>9786053424666</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları (Sadeleştirilmiş Metin)</t>
+          <t>Evvel Zamana Sen Masala (Ciltli)</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>165</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786053424529</t>
+          <t>9786053424659</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Sözsüz İletişim</t>
+          <t>Türk Dilinin Uzak Lehçeleri</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>450</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786053424093</t>
+          <t>9786053424611</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Fikret Ürgüp - Deliler Dünyasında Bir Marjinal</t>
+          <t>Daniel Kehlman'ın "Dünyanın Ölçümü" Adlı Romanı</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786053424475</t>
+          <t>9786053424444</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dünyamızdan Hoş Sedalar 5</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>4440000002924</t>
+          <t>9786053424581</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Fethali Kaçar'ın Çağatay Türkçesi Sözlüğü (2 Cilt Takım)</t>
+          <t>Şaire ve Şiire Dair Notlar</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>1645</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786053424413</t>
+          <t>9786053424598</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Has Bahçede Döne Döne</t>
+          <t>Dokunuşlar</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786053424420</t>
+          <t>9786053424550</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Masal Araştırmaları - 2</t>
+          <t>Diyardaki Biz</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>370</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786053424383</t>
+          <t>9786053424543</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Sevdam Sensin (2 Cilt Takım) (Ciltli)</t>
+          <t>Yeni Milli Edebiyat Şiiri</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>505</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786053424482</t>
+          <t>9786053424536</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>İsmet Özel - Şiire Damıtılmış Hayat</t>
+          <t>Romanın Tarihselleşmesi Ya Da Tarihin Romanı</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>505</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786053424215</t>
+          <t>9786053424567</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Hayatü's Sahabe - Peygamberimiz ve İlk Müslümanlar (4 Cilt Takım) (Ciltli)</t>
+          <t>Bir Aile Kroniği Örneği - Sten Nadolny Ullsteinroman</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>1725</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786053424321</t>
+          <t>9786053424314</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Sinsi Düşman - Rıfkı'nın Günlüğü</t>
+          <t>Türkçülüğün Esasları (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>115</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786053424352</t>
+          <t>9786053424529</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Gerçek Yüzü</t>
+          <t>Sözsüz İletişim</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>255</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786053424338</t>
+          <t>9786053424093</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Hikayeleri</t>
+          <t>Fikret Ürgüp - Deliler Dünyasında Bir Marjinal</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>115</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786053421641</t>
+          <t>9786053424475</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Araştırmaları - 5</t>
+          <t>Edebiyat Dünyamızdan Hoş Sedalar 5</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9782000103083</t>
+          <t>4440000002924</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Güncel Çocuk Öyküleri Dizisi (6 Kitap Takım)</t>
+          <t>Fethali Kaçar'ın Çağatay Türkçesi Sözlüğü (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>450</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786053424345</t>
+          <t>9786053424413</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>İslam, Demokrasi ve İnsan Hakları</t>
+          <t>Has Bahçede Döne Döne</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>215</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786053424369</t>
+          <t>9786053424420</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Üzerine Çeviriler</t>
+          <t>Masal Araştırmaları - 2</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>305</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786053421634</t>
+          <t>9786053424383</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Çözümsüz</t>
+          <t>Sevdam Sensin (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>215</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9789753380850</t>
+          <t>9786053424482</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Aşık Garip Hikayesi</t>
+          <t>İsmet Özel - Şiire Damıtılmış Hayat</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>305</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786053424307</t>
+          <t>9786053424215</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Ağız Atlası Kılavuz Kitabı (Türkiye Türkçesi Ağız Atlasına Hazırlık)</t>
+          <t>Hayatü's Sahabe - Peygamberimiz ve İlk Müslümanlar (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>190</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786053424291</t>
+          <t>9786053424321</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>İt-Baraklar</t>
+          <t>Sinsi Düşman - Rıfkı'nın Günlüğü</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>215</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786053420484</t>
+          <t>9786053424352</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan Mısralar El Kitabı</t>
+          <t>İslam'ın Gerçek Yüzü</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>505</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786053424185</t>
+          <t>9786053424338</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu İbrahim Hakkı ve Tasavvuf</t>
+          <t>Dedemin Hikayeleri</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>230</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786053424161</t>
+          <t>9786053421641</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyıl Hattat Divan Şairi İstanbul Ayvansaraylı Afif Efendi ve Divanı</t>
+          <t>Mevlana Araştırmaları - 5</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786053424147</t>
+          <t>9782000103083</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>Güncel Çocuk Öyküleri Dizisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786053424086</t>
+          <t>9786053424345</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>İsmail Ünalmış ve Akçağ Hareketi (Ciltli)</t>
+          <t>İslam, Demokrasi ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786053424109</t>
+          <t>9786053424369</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinin Dönüm Noktası Çanakkale Dirilişi</t>
+          <t>Türkçe Üzerine Çeviriler</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>380</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786053424130</t>
+          <t>9786053421634</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Edebiyatında Yurt İçi Gezi Kitapları (1920-1980)</t>
+          <t>Çözümsüz</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786053424123</t>
+          <t>9789753380850</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Papa 2. Pius’un Fatih Sultan Mehmet’e Mektubu</t>
+          <t>Aşık Garip Hikayesi</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>255</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786053424116</t>
+          <t>9786053424307</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Thomas Bernhard “Der Kulterer” Adlı Yapıtında Heterotopya</t>
+          <t>Ağız Atlası Kılavuz Kitabı (Türkiye Türkçesi Ağız Atlasına Hazırlık)</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786053423874</t>
+          <t>9786053424291</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi El Kitabı</t>
+          <t>İt-Baraklar</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>380</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786053424055</t>
+          <t>9786053420484</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Kelime Dağarcığımızdan Etimoloji Araştırmaları</t>
+          <t>Unutulmayan Mısralar El Kitabı</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>370</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786053424031</t>
+          <t>9786053424185</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Değerli Ailem</t>
+          <t>Erzurumlu İbrahim Hakkı ve Tasavvuf</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786053423997</t>
+          <t>9786053424161</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Ankara Yalnızlığı</t>
+          <t>18. Yüzyıl Hattat Divan Şairi İstanbul Ayvansaraylı Afif Efendi ve Divanı</t>
         </is>
       </c>
       <c r="C1330" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786053421689</t>
+          <t>9786053424147</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Kurumlarıyla Osmanlı Tarihi 1-4 (Netayicü'l - Vuku'at)</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786053424024</t>
+          <t>9786053424086</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>İsmail Ünalmış ve Akçağ Hareketi (Ciltli)</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>105</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786053424000</t>
+          <t>9786053424109</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Bebiha</t>
+          <t>Dünya Tarihinin Dönüm Noktası Çanakkale Dirilişi</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>295</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786053424017</t>
+          <t>9786053424130</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Dünyası</t>
+          <t>Cumhuriyet Dönemi Türk Edebiyatında Yurt İçi Gezi Kitapları (1920-1980)</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>400</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786053423966</t>
+          <t>9786053424123</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Çınarı</t>
+          <t>Papa 2. Pius’un Fatih Sultan Mehmet’e Mektubu</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>210</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786053423959</t>
+          <t>9786053424116</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Asya'nın Kurdu - Çiçi Han</t>
+          <t>Thomas Bernhard “Der Kulterer” Adlı Yapıtında Heterotopya</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>335</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786053423904</t>
+          <t>9786053423874</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Eski Anadolu Türkçesi El Kitabı</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>85</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786053423881</t>
+          <t>9786053424055</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Kur’an'da Varoluş ve İnsan</t>
+          <t>Kelime Dağarcığımızdan Etimoloji Araştırmaları</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786053423867</t>
+          <t>9786053424031</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Bu Ankara Masalı Hiç Bitmeyecek</t>
+          <t>Değerli Ailem</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786053423898</t>
+          <t>9786053423997</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Türkçesi ve Kültürü Üzerine Makaleler</t>
+          <t>Ankara Yalnızlığı</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>605</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786053423850</t>
+          <t>9786053421689</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Altayistik Mongolistik Halkbilimi Makaleler 2</t>
+          <t>Kurumlarıyla Osmanlı Tarihi 1-4 (Netayicü'l - Vuku'at)</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>705</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786053423843</t>
+          <t>9786053424024</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Türkoloji Makaleler 1</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>605</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786053423829</t>
+          <t>9786053424000</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Sarayın Sırp Gelini</t>
+          <t>Bebiha</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>255</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786053423928</t>
+          <t>9786053424017</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Özdemiroğlu Osman Paşa</t>
+          <t>Türklerin Dünyası</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786053423911</t>
+          <t>9786053423966</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Mora İhtilali 1770</t>
+          <t>Türkistan Çınarı</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>255</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786053423812</t>
+          <t>9786053423959</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Metalaştırma - Kapitalist Sistemin Tüketime İkna Stratejisi</t>
+          <t>Asya'nın Kurdu - Çiçi Han</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>215</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786053423577</t>
+          <t>9786053423904</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Karma Şiirler</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>230</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786053423751</t>
+          <t>9786053423881</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Beş Hikaye Bir Destan</t>
+          <t>Kur’an'da Varoluş ve İnsan</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>85</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786053423799</t>
+          <t>9786053423867</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>İronik Yaşamda Sonsuza Yürüyen Kahraman Nasreddin Hoca</t>
+          <t>Bu Ankara Masalı Hiç Bitmeyecek</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>255</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786053423782</t>
+          <t>9786053423898</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatında Metaforik Üslup</t>
+          <t>Türkmen Türkçesi ve Kültürü Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>190</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786053423775</t>
+          <t>9786053423850</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Türk Diline Gönül Verenler</t>
+          <t>Altayistik Mongolistik Halkbilimi Makaleler 2</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>295</v>
+        <v>705</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786053423744</t>
+          <t>9786053423843</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin Sami - Usül-i Tenkit ve Tertip</t>
+          <t>Türkoloji Makaleler 1</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>255</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786053423560</t>
+          <t>9786053423829</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Üzerine Yazılar</t>
+          <t>Sarayın Sırp Gelini</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>450</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786053423690</t>
+          <t>9786053423928</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Tahsin Yücel ve Aykırı Öykülem</t>
+          <t>Özdemiroğlu Osman Paşa</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786053423676</t>
+          <t>9786053423911</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Romanda Mekan</t>
+          <t>Mora İhtilali 1770</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>305</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786053423645</t>
+          <t>9786053423812</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz Hz. Muhammed Soyu Ailesi, Yaşantısı, Ahlakı</t>
+          <t>Metalaştırma - Kapitalist Sistemin Tüketime İkna Stratejisi</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9782000103483</t>
+          <t>9786053423577</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Çocuk Kitapları Dizisi (6 Kitap Takım)</t>
+          <t>Karma Şiirler</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786053423706</t>
+          <t>9786053423751</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Sokollu Mehmed Paşa - Ahmed Refik (2 Cilt Takım)</t>
+          <t>Beş Hikaye Bir Destan</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>605</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786053423508</t>
+          <t>9786053423799</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Belgelerin Işığında Edebiyat Notları</t>
+          <t>İronik Yaşamda Sonsuza Yürüyen Kahraman Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>450</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786053423492</t>
+          <t>9786053423782</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Lider Sizsiniz</t>
+          <t>Klasik Türk Edebiyatında Metaforik Üslup</t>
         </is>
       </c>
       <c r="C1360" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786053423607</t>
+          <t>9786053423775</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Çağdaş Türk Romanı (1 ve 2 Takım)</t>
+          <t>Türk Diline Gönül Verenler</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>915</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786053423584</t>
+          <t>9786053423744</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hikayelerle İstiklal Marşımız</t>
+          <t>Şemseddin Sami - Usül-i Tenkit ve Tertip</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>380</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786053423669</t>
+          <t>9786053423560</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Okumaları</t>
+          <t>Türkçe Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786053423638</t>
+          <t>9786053423690</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun Seyyahlar Sultanı Evliya Çelebi</t>
+          <t>Tahsin Yücel ve Aykırı Öykülem</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786053423553</t>
+          <t>9786053423676</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Nesimi: Hayatı - Sanatı - Eserleri Bazı Şiirlerinin Açıklamaları</t>
+          <t>Romanda Mekan</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>335</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786053423539</t>
+          <t>9786053423645</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Meseleleri</t>
+          <t>Efendimiz Hz. Muhammed Soyu Ailesi, Yaşantısı, Ahlakı</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>255</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786053423478</t>
+          <t>9782000103483</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Cahit Sıtkı Tarancı</t>
+          <t>İlk Gençlik Çocuk Kitapları Dizisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>305</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786053423546</t>
+          <t>9786053423706</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Haluk'un Defteri Rübab'ın Cevabı Şermin ve Diğer Şiirleri</t>
+          <t>Sokollu Mehmed Paşa - Ahmed Refik (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>380</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786053423461</t>
+          <t>9786053423508</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Türk Musıkisi Güfteleri</t>
+          <t>Belgelerin Işığında Edebiyat Notları</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>505</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786053423430</t>
+          <t>9786053423492</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Zirvesi</t>
+          <t>Lider Sizsiniz</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786053423485</t>
+          <t>9786053423607</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Gelenekte Yaşayan Battal Gazi</t>
+          <t>Cumhuriyet Dönemi Çağdaş Türk Romanı (1 ve 2 Takım)</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>290</v>
+        <v>915</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786053423416</t>
+          <t>9786053423584</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Ramazan</t>
+          <t>Gerçek Hikayelerle İstiklal Marşımız</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>115</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786053423454</t>
+          <t>9786053423669</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Uwe Timm'in Morenga Romanı Örneğinde Alman Edebiyatında Postkolonyalizm</t>
+          <t>Türk Edebiyatı Okumaları</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786053423409</t>
+          <t>9786053423638</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Tembel Tahtası</t>
+          <t>Aşk Olsun Seyyahlar Sultanı Evliya Çelebi</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>115</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786053423393</t>
+          <t>9786053423553</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Masallar - Masal Kuşu Serisi 2 (Ciltli)</t>
+          <t>Nesimi: Hayatı - Sanatı - Eserleri Bazı Şiirlerinin Açıklamaları</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>440</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786053423423</t>
+          <t>9786053423539</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dünyamızdan Hoş Sedalar 4</t>
+          <t>Edebiyat Meseleleri</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786053423362</t>
+          <t>9786053423478</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>İşaret Taşları - Anayurttan Anadolu'ya</t>
+          <t>Cahit Sıtkı Tarancı</t>
         </is>
       </c>
       <c r="C1377" s="1">
         <v>305</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786053423379</t>
+          <t>9786053423546</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>İkindi Sancıları</t>
+          <t>Haluk'un Defteri Rübab'ın Cevabı Şermin ve Diğer Şiirleri</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>115</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786053423348</t>
+          <t>9786053423461</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Kutü'l Amare Zaferi</t>
+          <t>Açıklamalı Türk Musıkisi Güfteleri</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>250</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786053423331</t>
+          <t>9786053423430</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık Treni</t>
+          <t>Ölüm Zirvesi</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786053423317</t>
+          <t>9786053423485</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Türk Yurtları Üzerine Notlar</t>
+          <t>Sözlü Gelenekte Yaşayan Battal Gazi</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786053423324</t>
+          <t>9786053423416</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Türkiye'nin Toplumsal Yapısı</t>
+          <t>Osmanlı'da Ramazan</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>370</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786053423300</t>
+          <t>9786053423454</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Türk Fıkra Kültürü</t>
+          <t>Uwe Timm'in Morenga Romanı Örneğinde Alman Edebiyatında Postkolonyalizm</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786053423201</t>
+          <t>9786053423409</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Aşka Adanmış Mektuplar</t>
+          <t>Tembel Tahtası</t>
         </is>
       </c>
       <c r="C1384" s="1">
         <v>115</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786053423232</t>
+          <t>9786053423393</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Adanalı Hayret Efendi</t>
+          <t>Neşeli Masallar - Masal Kuşu Serisi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>135</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786053423270</t>
+          <t>9786053423423</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sosyal ve Ekonomik Tarihi (2 Cilt Takım)</t>
+          <t>Edebiyat Dünyamızdan Hoş Sedalar 4</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>945</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786053423225</t>
+          <t>9786053423362</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Afrika İlişkileri</t>
+          <t>İşaret Taşları - Anayurttan Anadolu'ya</t>
         </is>
       </c>
       <c r="C1387" s="1">
         <v>305</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786053423249</t>
+          <t>9786053423379</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Feyzi Halıcı ve Yirminci Yüzyıl Aşıkları Üzerine Araştırmalar 1</t>
+          <t>İkindi Sancıları</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>255</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786053423294</t>
+          <t>9786053423348</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Kararsız Düşler</t>
+          <t>Kutü'l Amare Zaferi</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786053423287</t>
+          <t>9786053423331</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Hayatta ve Sınavlarda Başarıya Giden Yol</t>
+          <t>Ayrılık Treni</t>
         </is>
       </c>
       <c r="C1390" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786053423133</t>
+          <t>9786053423317</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Önce Gözler Konuşur</t>
+          <t>Türk Yurtları Üzerine Notlar</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786053423157</t>
+          <t>9786053423324</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Anzako - Çanakkale Savaşı'nın Acıları</t>
+          <t>Geçmişten Günümüze Türkiye'nin Toplumsal Yapısı</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>295</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786053423164</t>
+          <t>9786053423300</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Duyarlı Olmak</t>
+          <t>Türk Fıkra Kültürü</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786053423171</t>
+          <t>9786053423201</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Yazın Yağar Kar Başıma</t>
+          <t>Aşka Adanmış Mektuplar</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786053423218</t>
+          <t>9786053423232</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Buz Mavisi Sabahlar</t>
+          <t>Adanalı Hayret Efendi</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786053423140</t>
+          <t>9786053423270</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Yetenek Merkezli Eğitim</t>
+          <t>Osmanlı Sosyal ve Ekonomik Tarihi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>160</v>
+        <v>945</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786053423188</t>
+          <t>9786053423225</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Kirli Pusu</t>
+          <t>Türkiye Afrika İlişkileri</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>125</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786053423096</t>
+          <t>9786053423249</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürüne Giriş</t>
+          <t>Feyzi Halıcı ve Yirminci Yüzyıl Aşıkları Üzerine Araştırmalar 1</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>560</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786053422990</t>
+          <t>9786053423294</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin Razi'de Bilgi Teorisi</t>
+          <t>Kararsız Düşler</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>255</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786053423102</t>
+          <t>9786053423287</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimi Sana Bıraktım</t>
+          <t>Hayatta ve Sınavlarda Başarıya Giden Yol</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786053423126</t>
+          <t>9786053423133</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Aşık Edebiyatı ve Taşpınarlı Halk Şairleri</t>
+          <t>Önce Gözler Konuşur</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>380</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786053423065</t>
+          <t>9786053423157</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Şebinkarahisarlı Abdi'nin Erzurum Lehçesi Lügatı</t>
+          <t>Anzako - Çanakkale Savaşı'nın Acıları</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786053423041</t>
+          <t>9786053423164</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Vermektir</t>
+          <t>Duyarlı Olmak</t>
         </is>
       </c>
       <c r="C1403" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786053423072</t>
+          <t>9786053423171</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayatlar</t>
+          <t>Yazın Yağar Kar Başıma</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786053423089</t>
+          <t>9786053423218</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste</t>
+          <t>Buz Mavisi Sabahlar</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786053423027</t>
+          <t>9786053423140</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Düşüncesinin Kurani Temelleri</t>
+          <t>Yetenek Merkezli Eğitim</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786053423003</t>
+          <t>9786053423188</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Anlamlandırmak</t>
+          <t>Kirli Pusu</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786053423034</t>
+          <t>9786053423096</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Geşeng Ginle</t>
+          <t>Türk Kültürüne Giriş</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>190</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786053422969</t>
+          <t>9786053422990</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Bilge Hikayeler</t>
+          <t>Fahreddin Razi'de Bilgi Teorisi</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>305</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786053422914</t>
+          <t>9786053423102</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Bayburtlu Zihni</t>
+          <t>Yüreğimi Sana Bıraktım</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>215</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786053422983</t>
+          <t>9786053423126</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olmanın Yolları</t>
+          <t>Aşık Edebiyatı ve Taşpınarlı Halk Şairleri</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786053422976</t>
+          <t>9786053423065</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Nefha Şeyh Sadreddin Konevi Esintileri</t>
+          <t>Şebinkarahisarlı Abdi'nin Erzurum Lehçesi Lügatı</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>290</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786053422952</t>
+          <t>9786053423041</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Basra'dan Balkanlar'a Gezi Günlükleri</t>
+          <t>Sevmek Vermektir</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786053423010</t>
+          <t>9786053423072</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Şu İmam Hatipler</t>
+          <t>Kırık Hayatlar</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>485</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786053422877</t>
+          <t>9786053423089</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Baki Divan'ından Seçmeler</t>
+          <t>Rübab-ı Şikeste</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>295</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786053422884</t>
+          <t>9786053423027</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Bir Gece Toplantısı</t>
+          <t>Mevlana Düşüncesinin Kurani Temelleri</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>255</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786053422921</t>
+          <t>9786053423003</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>İki Dünya Bir Aile</t>
+          <t>Hayatı Anlamlandırmak</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>345</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786053422839</t>
+          <t>9786053423034</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Köy Hayatı</t>
+          <t>Geşeng Ginle</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786053422464</t>
+          <t>9786053422969</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Roman Çözümleme Yöntemi - Bütün Eserleri 22</t>
+          <t>Bilge Hikayeler</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>290</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786053422815</t>
+          <t>9786053422914</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Sebzi Divanı</t>
+          <t>Bayburtlu Zihni</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>450</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786053422891</t>
+          <t>9786053422983</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>İslam İnancında Şefaat</t>
+          <t>Mutlu Olmanın Yolları</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786053422853</t>
+          <t>9786053422976</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Türklük Biliminde Bir Ömür Prof. Dr. Tofiq Hacıyev Kitabı</t>
+          <t>Nefha Şeyh Sadreddin Konevi Esintileri</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>440</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786053422631</t>
+          <t>9786053422952</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Kayıp Kitabı Ulu Han Ata</t>
+          <t>Basra'dan Balkanlar'a Gezi Günlükleri</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>255</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786053422600</t>
+          <t>9786053423010</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Tebessüm ve Tefekkürün Beş Renkli Ustası</t>
+          <t>Şu İmam Hatipler</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>190</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786053422563</t>
+          <t>9786053422877</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Rumeli'de Hazan Mevsimi</t>
+          <t>Baki Divan'ından Seçmeler</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>370</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786053422723</t>
+          <t>9786053422884</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>İran’da Türkler ve Türkçe</t>
+          <t>Bir Gece Toplantısı</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>370</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786053422761</t>
+          <t>9786053422921</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Ozanoğlu</t>
+          <t>İki Dünya Bir Aile</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>255</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786053422730</t>
+          <t>9786053422839</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah (Orijinal Metin ve Günümüz Türkçesiyle)</t>
+          <t>Osmanlı'da Köy Hayatı</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786053422785</t>
+          <t>9786053422464</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Yönetim ve Liderlik Sırları</t>
+          <t>Roman Çözümleme Yöntemi - Bütün Eserleri 22</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786053422792</t>
+          <t>9786053422815</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Karınca Düşü</t>
+          <t>Sebzi Divanı</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786053422716</t>
+          <t>9786053422891</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Yitik Balta</t>
+          <t>İslam İnancında Şefaat</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>255</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786053422754</t>
+          <t>9786053422853</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar'ın Fransızca Kelimeleri</t>
+          <t>Türklük Biliminde Bir Ömür Prof. Dr. Tofiq Hacıyev Kitabı</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>295</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786053422778</t>
+          <t>9786053422631</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. İsmail Çetişli Hatıra Kitabı</t>
+          <t>Türk'ün Kayıp Kitabı Ulu Han Ata</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>440</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786053422808</t>
+          <t>9786053422600</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Kazanırken Eksilenler</t>
+          <t>Tebessüm ve Tefekkürün Beş Renkli Ustası</t>
         </is>
       </c>
       <c r="C1434" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786053422488</t>
+          <t>9786053422563</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Doğru Düşüncenin Engelleri</t>
+          <t>Rumeli'de Hazan Mevsimi</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>105</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786053420620</t>
+          <t>9786053422723</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Türk Manilerinden Seçmeler</t>
+          <t>İran’da Türkler ve Türkçe</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>75</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786053422822</t>
+          <t>9786053422761</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Türksav Türk Dünyası 25 Yıllığı</t>
+          <t>Ozanoğlu</t>
         </is>
       </c>
       <c r="C1437" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786053422617</t>
+          <t>9786053422730</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Samur ve Amber</t>
+          <t>Mai ve Siyah (Orijinal Metin ve Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786053422310</t>
+          <t>9786053422785</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Hayal İmparatorluğu</t>
+          <t>Hz. Muhammed'in Yönetim ve Liderlik Sırları</t>
         </is>
       </c>
       <c r="C1439" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786053422358</t>
+          <t>9786053422792</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Roman Sevdaları</t>
+          <t>Karınca Düşü</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786053422662</t>
+          <t>9786053422716</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Vakit Vuslat Diyor</t>
+          <t>Yitik Balta</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>150</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786053422341</t>
+          <t>9786053422754</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Eş Seçimi ve Evliliğe Hazırlık - Seninle Evlenebilir miyim?</t>
+          <t>Ahmet Hamdi Tanpınar'ın Fransızca Kelimeleri</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>230</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9789753382199</t>
+          <t>9786053422778</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Prof. Dr. İsmail Çetişli Hatıra Kitabı</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9789753384728</t>
+          <t>9786053422808</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Dilbilime Giriş</t>
+          <t>Kazanırken Eksilenler</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>255</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786053422471</t>
+          <t>9786053422488</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Gelenekten Moderne Değişim 1718-1898</t>
+          <t>Doğru Düşüncenin Engelleri</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>190</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786053422532</t>
+          <t>9786053420620</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Tasavvuf ve Tarikatlar</t>
+          <t>Türk Manilerinden Seçmeler</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>370</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786053422495</t>
+          <t>9786053422822</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Kebir</t>
+          <t>Türksav Türk Dünyası 25 Yıllığı</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>335</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786053422501</t>
+          <t>9786053422617</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Bilinci</t>
+          <t>Osmanlı'da Samur ve Amber</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786053422518</t>
+          <t>9786053422310</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam Yahya Efendi</t>
+          <t>Hayal İmparatorluğu</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786053422549</t>
+          <t>9786053422358</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Hasret Yürekler</t>
+          <t>Roman Sevdaları</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>255</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786053422587</t>
+          <t>9786053422662</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Gülnar</t>
+          <t>Vakit Vuslat Diyor</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786053422556</t>
+          <t>9786053422341</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>68 İkliminde Tipi</t>
+          <t>Eş Seçimi ve Evliliğe Hazırlık - Seninle Evlenebilir miyim?</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>305</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786053422457</t>
+          <t>9789753382199</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Destancılık Geleneği ve Destanlar</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>605</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786053422433</t>
+          <t>9789753384728</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Seninle Bin Yıl</t>
+          <t>Dilbilime Giriş</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>160</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786053422440</t>
+          <t>9786053422471</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Yarın Diye Diye</t>
+          <t>Türk Edebiyatında Gelenekten Moderne Değişim 1718-1898</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9789753385893</t>
+          <t>9786053422532</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Yirminci Yüzyıla Türk Dili Tarihi</t>
+          <t>Geçmişten Günümüze Tasavvuf ve Tarikatlar</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9789753388849</t>
+          <t>9786053422495</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Günümüze Türk Destanları</t>
+          <t>Divan-ı Kebir</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>250</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786053422266</t>
+          <t>9786053422501</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Türk-İslam Kültür ve Medeniyetinin Temelleri</t>
+          <t>Türkçe Bilinci</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>305</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>3990000028539</t>
+          <t>9786053422518</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Türk Derneği</t>
+          <t>Şeyhülislam Yahya Efendi</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9789753389501</t>
+          <t>9786053422549</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı</t>
+          <t>Hasret Yürekler</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>220</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9789753381888</t>
+          <t>9786053422587</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Geçidi Bekleyen Şehir</t>
+          <t>Gülnar</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786053420019</t>
+          <t>9786053422556</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli: Türkçe Divan</t>
+          <t>68 İkliminde Tipi</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>475</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9789753381086</t>
+          <t>9786053422457</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli</t>
+          <t>Türk Dünyası Destancılık Geleneği ve Destanlar</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>280</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9789753382113</t>
+          <t>9786053422433</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Divanı Şerhi</t>
+          <t>Seninle Bin Yıl</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>665</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9789753389839</t>
+          <t>9786053422440</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Furkani’nin Şiir Evreni Bağlamında Bir Monografi Denemesi</t>
+          <t>Yarın Diye Diye</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>400</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9789753384377</t>
+          <t>9789753385893</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Ağızları Bibliyografyası</t>
+          <t>Başlangıçtan Yirminci Yüzyıla Türk Dili Tarihi</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>305</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786053422327</t>
+          <t>9789753388849</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çözümleme Yöntemi - Bütün Eserleri 21</t>
+          <t>Başlangıcından Günümüze Türk Destanları</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>355</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786053422259</t>
+          <t>9786053422266</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>1. Dünya Savaşı'nın 100. Yıl ve Çanakkale 1915-2015</t>
+          <t>Türk-İslam Kültür ve Medeniyetinin Temelleri</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>105</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786053422211</t>
+          <t>3990000028539</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıl Türk Edebiyatı</t>
+          <t>Türk Derneği</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9789753382519</t>
+          <t>9789753389501</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Türk Bitiği</t>
+          <t>Yeni Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9789753389693</t>
+          <t>9789753381888</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilmecelerinin Şiirsel Yapısı</t>
+          <t>Geçidi Bekleyen Şehir</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>335</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786053420439</t>
+          <t>9786053420019</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Hayat</t>
+          <t>Fuzuli: Türkçe Divan</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786053426509</t>
+          <t>9789753381086</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tahlilleri 1</t>
+          <t>Fuzuli</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786055414115</t>
+          <t>9789753382113</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’tan Cumhuriyet’e Kadar Bizde Türk Edebiyatı Tarihleri</t>
+          <t>Fuzuli Divanı Şerhi</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>160</v>
+        <v>665</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9789753383820</t>
+          <t>9789753389839</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Tanzimatta Tiyatro Edebiyatı Tarihi</t>
+          <t>Furkani’nin Şiir Evreni Bağlamında Bir Monografi Denemesi</t>
         </is>
       </c>
       <c r="C1475" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786053422167</t>
+          <t>9789753384377</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimi Terimler Sözlüğü (Ciltli)</t>
+          <t>Türkiye Türkçesi Ağızları Bibliyografyası</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>505</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786053422334</t>
+          <t>9786053422327</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar için Yerel Yönetimlerde Basın ve Halkla İlişkiler Pratikleri</t>
+          <t>Şiir Çözümleme Yöntemi - Bütün Eserleri 21</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>125</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786053422273</t>
+          <t>9786053422259</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Halk Türküleri : Konu - İcra - Yapı - Anlam - İşlev</t>
+          <t>1. Dünya Savaşı'nın 100. Yıl ve Çanakkale 1915-2015</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>380</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786053422228</t>
+          <t>9786053422211</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilimine Katkılar 1</t>
+          <t>17. Yüzyıl Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>255</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786053422068</t>
+          <t>9789753382519</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'dan Kıbrıs'a Halk Kültürü Köprüsü</t>
+          <t>Türk Bitiği</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>335</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786053422112</t>
+          <t>9789753389693</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Mim</t>
+          <t>Türk Bilmecelerinin Şiirsel Yapısı</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>255</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786053422235</t>
+          <t>9786053420439</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Düşün Sağlıklı Yaşa Genç Kal Mutlu Ol</t>
+          <t>Çocuk ve Hayat</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786053422198</t>
+          <t>9786053426509</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>İbadetler, Allah'ın Müminlerle Buluşması</t>
+          <t>Şiir Tahlilleri 1</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>115</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786053422143</t>
+          <t>9786055414115</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Sure-i Yasin</t>
+          <t>Tanzimat’tan Cumhuriyet’e Kadar Bizde Türk Edebiyatı Tarihleri</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>255</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786053421825</t>
+          <t>9789753383820</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Son Sahne</t>
+          <t>Tanzimatta Tiyatro Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>85</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786053422129</t>
+          <t>9786053422167</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Bir Tebessüm Bağışla</t>
+          <t>Türklük Bilimi Terimler Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>125</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786055413460</t>
+          <t>9786053422334</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Geriye Hüzün Kalır</t>
+          <t>Yeni Başlayanlar için Yerel Yönetimlerde Basın ve Halkla İlişkiler Pratikleri</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9789753381185</t>
+          <t>9786053422273</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Geleneğin Dünyası Yeniliğin Ufukları</t>
+          <t>Halk Türküleri : Konu - İcra - Yapı - Anlam - İşlev</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9789753389631</t>
+          <t>9786053422228</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Gel Dedin Geldim İşte</t>
+          <t>Edebiyat Bilimine Katkılar 1</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>135</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786053422075</t>
+          <t>9786053422068</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatında Hammamiyyeler</t>
+          <t>Anadolu'dan Kıbrıs'a Halk Kültürü Köprüsü</t>
         </is>
       </c>
       <c r="C1490" s="1">
         <v>335</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786053422372</t>
+          <t>9786053422112</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Memleketimden Hikayeler</t>
+          <t>Mim</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786053422365</t>
+          <t>9786053422235</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Şiir Burcu</t>
+          <t>Olumlu Düşün Sağlıklı Yaşa Genç Kal Mutlu Ol</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786053422044</t>
+          <t>9786053422198</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Yazıları</t>
+          <t>İbadetler, Allah'ın Müminlerle Buluşması</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786053422280</t>
+          <t>9786053422143</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkologları ve Türk Diline Emek Verenler - 2</t>
+          <t>Sure-i Yasin</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>605</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786053422297</t>
+          <t>9786053421825</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Dil Bilgisi ve Anlam Bilgisi Çözümlemeleri</t>
+          <t>Son Sahne</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>370</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786053421870</t>
+          <t>9786053422129</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Alıntılar Sözlüğü (Ciltli)</t>
+          <t>Bir Tebessüm Bağışla</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>1220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786053422136</t>
+          <t>9786055413460</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmeyi Öğrenmede Alternatif Yaklaşımlar</t>
+          <t>Geriye Hüzün Kalır</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>230</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786053422099</t>
+          <t>9789753381185</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Gaspıralı İsmail ve Türkçede Birlik</t>
+          <t>Geleneğin Dünyası Yeniliğin Ufukları</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>165</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786053422105</t>
+          <t>9789753389631</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Özbek Şiiri</t>
+          <t>Gel Dedin Geldim İşte</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>255</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786053422037</t>
+          <t>9786053422075</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Ayakların Dili</t>
+          <t>Klasik Türk Edebiyatında Hammamiyyeler</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>135</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786053422006</t>
+          <t>9786053422372</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın Kahramanı</t>
+          <t>Memleketimden Hikayeler</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786053421054</t>
+          <t>9786053422365</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Gelenekçilerle Yenilikçilerin Türkçe- Osmanlıca ve Arapça Tartışması</t>
+          <t>Şiir Burcu</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>440</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786053422013</t>
+          <t>9786053422044</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Gece Yarısı Yazıları</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9789753383271</t>
+          <t>9786053422280</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>İnsan Manzaraları</t>
+          <t>Türkiye Türkologları ve Türk Diline Emek Verenler - 2</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>105</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786053422051</t>
+          <t>9786053422297</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Şiirinde Ekim Devrimi</t>
+          <t>Dil Bilgisi ve Anlam Bilgisi Çözümlemeleri</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>215</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786053421979</t>
+          <t>9786053421870</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Ömrü</t>
+          <t>Türkçenin Alıntılar Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>135</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786053421504</t>
+          <t>9786053422136</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Zamirler Dilbilimsel Bir Yaklaşım</t>
+          <t>Öğrenmeyi Öğrenmede Alternatif Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786053421658</t>
+          <t>9786053422099</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Şiir Dünyamız</t>
+          <t>Gaspıralı İsmail ve Türkçede Birlik</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>450</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786053421931</t>
+          <t>9786053422105</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Efendimiz</t>
+          <t>Çağdaş Özbek Şiiri</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>370</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786053421863</t>
+          <t>9786053422037</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Zeka</t>
+          <t>Ayakların Dili</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786053421993</t>
+          <t>9786053422006</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Kadimi Baba (Ali Rıza Öge)</t>
+          <t>Çağımızın Kahramanı</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786053421917</t>
+          <t>9786053421054</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Misli Divanı</t>
+          <t>Gelenekçilerle Yenilikçilerin Türkçe- Osmanlıca ve Arapça Tartışması</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>335</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786053421986</t>
+          <t>9786053422013</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Süveyda'ya Mektuplar</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786053421665</t>
+          <t>9789753383271</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Sorulara Cevaplar 1</t>
+          <t>İnsan Manzaraları</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>230</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786053421788</t>
+          <t>9786053422051</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Türk Lehçelerinde İsimden İsim Yapma Ekleri</t>
+          <t>Kırgız Şiirinde Ekim Devrimi</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786053421672</t>
+          <t>9786053421979</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Efkar Meclisi</t>
+          <t>Kelebek Ömrü</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>255</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786053421894</t>
+          <t>9786053421504</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Son Turnalar</t>
+          <t>Zamirler Dilbilimsel Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786053420651</t>
+          <t>9786053421658</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Şiir Dünyamız</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786053420774</t>
+          <t>9786053421931</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Terazisinde Vahidettin</t>
+          <t>Sevgili Efendimiz</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>165</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786053421856</t>
+          <t>9786053421863</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Alperenlerin Davası</t>
+          <t>Akıllı Zeka</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786053421771</t>
+          <t>9786053421993</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Hayal İklimine Yelken Açan Şair : Ali Mümtaz Arolat</t>
+          <t>Kadimi Baba (Ali Rıza Öge)</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786053421726</t>
+          <t>9786053421917</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Mithat Efendi'nin Romancılığı</t>
+          <t>Misli Divanı</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>380</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786053421719</t>
+          <t>9786053421986</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Allah Resulü</t>
+          <t>Süveyda'ya Mektuplar</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786053421757</t>
+          <t>9786053421665</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Mekan</t>
+          <t>Sorulara Cevaplar 1</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>485</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9789753383769</t>
+          <t>9786053421788</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyette Tiyatro Edebiyatı Tarihi</t>
+          <t>Tarihi Türk Lehçelerinde İsimden İsim Yapma Ekleri</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>305</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9789753388825</t>
+          <t>9786053421672</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Dönemi Türk Edebiyatı</t>
+          <t>Efkar Meclisi</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>550</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786053421948</t>
+          <t>9786053421894</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Yılankayasında Aşk Efilya</t>
+          <t>Son Turnalar</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>370</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786053421962</t>
+          <t>9786053420651</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıla Damgasını Vuran Önder Atatürk</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>305</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786053421740</t>
+          <t>9786053420774</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Klasik Şiirimiz (14. ve 15. yy. Divanlarına Göre)</t>
+          <t>Tarihin Terazisinde Vahidettin</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>450</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786053421702</t>
+          <t>9786053421856</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Acemi Cambaz</t>
+          <t>Alperenlerin Davası</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786053421061</t>
+          <t>9786053421771</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Mithat Anlatılarında Kimlik İnşası ve Modernizm</t>
+          <t>Hayal İklimine Yelken Açan Şair : Ali Mümtaz Arolat</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786053421573</t>
+          <t>9786053421726</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>M Problemi A Teoremi</t>
+          <t>Ahmet Mithat Efendi'nin Romancılığı</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786053421597</t>
+          <t>9786053421719</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Roman Sanatının Ele Alınışı</t>
+          <t>Kur'an-ı Kerim'de Allah Resulü</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786053421528</t>
+          <t>9786053421757</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Türk Lehçelerinde Ünlüler</t>
+          <t>Şiir ve Mekan</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>255</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786053422570</t>
+          <t>9789753383769</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Haşim</t>
+          <t>2. Meşrutiyette Tiyatro Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>215</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786053420903</t>
+          <t>9789753388825</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Gül-i Tebrizi</t>
+          <t>2. Meşrutiyet Dönemi Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9789753383998</t>
+          <t>9786053421948</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Yüz Akı</t>
+          <t>Yılankayasında Aşk Efilya</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>70</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9789753383974</t>
+          <t>9786053421962</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Vire</t>
+          <t>Yüzyıla Damgasını Vuran Önder Atatürk</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>70</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9789753383967</t>
+          <t>9786053421740</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Topuz</t>
+          <t>Tasavvuf ve Klasik Şiirimiz (14. ve 15. yy. Divanlarına Göre)</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>70</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9789753389983</t>
+          <t>9786053421702</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Sarılmak</t>
+          <t>Acemi Cambaz</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>255</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786053420606</t>
+          <t>9786053421061</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Billur Köşk Masalları</t>
+          <t>Ahmet Mithat Anlatılarında Kimlik İnşası ve Modernizm</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>120</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786053420576</t>
+          <t>9786053421573</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeler</t>
+          <t>M Problemi A Teoremi</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>65</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786053420729</t>
+          <t>9786053421597</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Anton Çehov Hikayeler</t>
+          <t>Türk Romanında Roman Sanatının Ele Alınışı</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>110</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786053421498</t>
+          <t>9786053421528</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Operasyonu</t>
+          <t>Tarihi Türk Lehçelerinde Ünlüler</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>305</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9789753385695</t>
+          <t>9786053422570</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık The Clean Kid</t>
+          <t>Ahmet Haşim</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>70</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9789753385688</t>
+          <t>9786053420903</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık The Careful Kid</t>
+          <t>Gül-i Tebrizi</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786053421467</t>
+          <t>9789753383998</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Gölgeler</t>
+          <t>Yüz Akı</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>125</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786053421474</t>
+          <t>9789753383974</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Gülperi Hanım ve Güldeste-i Hatırat</t>
+          <t>Vire</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786053421436</t>
+          <t>9789753383967</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve İman Köprüsü Mevlana</t>
+          <t>Topuz</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>135</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786053420866</t>
+          <t>9789753389983</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Azim Şirvani'nin Gazelleri</t>
+          <t>Sarılmak</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>305</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786053420804</t>
+          <t>9786053420606</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan'da Saka Türk'ü Üç Filozof</t>
+          <t>Billur Köşk Masalları</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>305</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786053420712</t>
+          <t>9786053420576</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Ömrümüz Gurbet</t>
+          <t>Tekerlemeler</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>335</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9789753384766</t>
+          <t>9786053420729</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Kültüründe Memoratlar ve Halk İnançları</t>
+          <t>Anton Çehov Hikayeler</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>380</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9789753384704</t>
+          <t>9786053421498</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Edebiyatı El Kitabı</t>
+          <t>Gökkuşağı Operasyonu</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>600</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9789753389020</t>
+          <t>9789753385695</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Şinasi Hisar’ın Romanlarında Özel Yabancılaşma</t>
+          <t>Kibarcık The Clean Kid</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>240</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9789753388276</t>
+          <t>9789753385688</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>2BA Beden Beyin Akımı</t>
+          <t>Kibarcık The Careful Kid</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>215</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786053422594</t>
+          <t>9786053421467</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizden İlginç Rüyalar</t>
+          <t>Yalnız Gölgeler</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786053421115</t>
+          <t>9786053421474</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk - Kıskançlık Tos</t>
+          <t>Gülperi Hanım ve Güldeste-i Hatırat</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786053421443</t>
+          <t>9786053421436</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Renan Müdafaanamesi</t>
+          <t>Kültür ve İman Köprüsü Mevlana</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>165</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786053421269</t>
+          <t>9786053420866</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Aşk Çıkrığı</t>
+          <t>Seyyid Azim Şirvani'nin Gazelleri</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>135</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786053421429</t>
+          <t>9786053420804</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Biraz Kül Biraz Duman</t>
+          <t>Yunanistan'da Saka Türk'ü Üç Filozof</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>160</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786053421252</t>
+          <t>9786053420712</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz Hz. Muhammed Aleyhisselam'ın 40 Duası - 40 Hadisi</t>
+          <t>Ömrümüz Gurbet</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>190</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786053421412</t>
+          <t>9789753384766</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den 800 Beyit</t>
+          <t>Türk Halk Kültüründe Memoratlar ve Halk İnançları</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786053421283</t>
+          <t>9789753384704</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Bayezit ve Topal Timur</t>
+          <t>Türk Halk Edebiyatı El Kitabı</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786053421320</t>
+          <t>9789753389020</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızın Zirvesindekiler Namık Kemal</t>
+          <t>Abdülhak Şinasi Hisar’ın Romanlarında Özel Yabancılaşma</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786053421313</t>
+          <t>9789753388276</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamit Tarhan</t>
+          <t>2BA Beden Beyin Akımı</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>295</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786053421351</t>
+          <t>9786053422594</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Milli Kültür Davası</t>
+          <t>Tarihimizden İlginç Rüyalar</t>
         </is>
       </c>
       <c r="C1567" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786053421368</t>
+          <t>9786053421115</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Türk - İslam Medeniyeti</t>
+          <t>Perili Köşk - Kıskançlık Tos</t>
         </is>
       </c>
       <c r="C1568" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786053421276</t>
+          <t>9786053421443</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Halit Ziya Uşaklıgil'in Öykülerinde Yapı ve İzlek</t>
+          <t>Renan Müdafaanamesi</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>255</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786053421375</t>
+          <t>9786053421269</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Tahsin Nahit Ahmet Vefa ve Şiirleri</t>
+          <t>Aşk Çıkrığı</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786053421382</t>
+          <t>9786053421429</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig Grameri</t>
+          <t>Biraz Kül Biraz Duman</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786053420637</t>
+          <t>9786053421252</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları</t>
+          <t>Efendimiz Hz. Muhammed Aleyhisselam'ın 40 Duası - 40 Hadisi</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>65</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786053420491</t>
+          <t>9786053421412</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Dilde Birlik</t>
+          <t>Mesnevi'den 800 Beyit</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786053421399</t>
+          <t>9786053421283</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Psikolojisi</t>
+          <t>Yıldırım Bayezit ve Topal Timur</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>280</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786053421405</t>
+          <t>9786053421320</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Eğitimi</t>
+          <t>Edebiyatımızın Zirvesindekiler Namık Kemal</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786053421153</t>
+          <t>9786053421313</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Yazılı Dilleri 4 Kuzeydoğu Grubu</t>
+          <t>Abdülhak Hamit Tarhan</t>
         </is>
       </c>
       <c r="C1576" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786053421160</t>
+          <t>9786053421351</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Ali Çelik Armağanı (Ciltli)</t>
+          <t>Milli Kültür Davası</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786053421085</t>
+          <t>9786053421368</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'nın İlk Hocası Seyyid Burhaneddin</t>
+          <t>Türk - İslam Medeniyeti</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786053420675</t>
+          <t>9786053421276</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Ayşe Teymüri Divanı</t>
+          <t>Halit Ziya Uşaklıgil'in Öykülerinde Yapı ve İzlek</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786053421221</t>
+          <t>9786053421375</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Koyu Gri Seneler - 78 Kuşağı Romanı</t>
+          <t>Tahsin Nahit Ahmet Vefa ve Şiirleri</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>305</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786053421337</t>
+          <t>9786053421382</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Hicaz Yaprakları</t>
+          <t>Kutadgu Bilig Grameri</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786053421207</t>
+          <t>9786053420637</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Yunus Dede'den Nasihatler</t>
+          <t>Türk Masalları</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>105</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786053421344</t>
+          <t>9786053420491</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Dinimi Öğreniyorum</t>
+          <t>Dilde Birlik</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786053421306</t>
+          <t>9786053421399</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Besmele Yazıları</t>
+          <t>Yetişkin Psikolojisi</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>215</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786053421238</t>
+          <t>9786053421405</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Şahsenem</t>
+          <t>Yetişkin Eğitimi</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786053423973</t>
+          <t>9786053421153</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan Mısralar El Kitabı (Ciltli)</t>
+          <t>Çağdaş Türk Yazılı Dilleri 4 Kuzeydoğu Grubu</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>760</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786053421849</t>
+          <t>9786053421160</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Necesen Yahşisan Mı</t>
+          <t>Prof. Dr. Ali Çelik Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786053421214</t>
+          <t>9786053421085</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık Bilinci</t>
+          <t>Mevlana'nın İlk Hocası Seyyid Burhaneddin</t>
         </is>
       </c>
       <c r="C1588" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9789753389525</t>
+          <t>9786053420675</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesine Giriş</t>
+          <t>Ayşe Teymüri Divanı</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786053422693</t>
+          <t>9786053421221</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Gül Olacaksın</t>
+          <t>Koyu Gri Seneler - 78 Kuşağı Romanı</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>115</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786053422709</t>
+          <t>9786053421337</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Cemre</t>
+          <t>Hicaz Yaprakları</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786053422686</t>
+          <t>9786053421207</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünden Notlar</t>
+          <t>Yunus Dede'den Nasihatler</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786053421122</t>
+          <t>9786053421344</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Yazı Dilleri 1 Güneybatı / Oğuz Grubu</t>
+          <t>Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>305</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786053421139</t>
+          <t>9786053421306</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Yazı Dilleri 2 Güneydoğu / Karluk Grubu</t>
+          <t>Besmele Yazıları</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786053421108</t>
+          <t>9786053421238</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Ökçeler</t>
+          <t>Şahsenem</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>180</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786053421146</t>
+          <t>9786053423973</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Yazı Dilleri 3 Kuzeybatı / Kıpçak Grubu</t>
+          <t>Unutulmayan Mısralar El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>605</v>
+        <v>760</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786053421030</t>
+          <t>9786053421849</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Gaspıralı İsmail</t>
+          <t>Necesen Yahşisan Mı</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786053420736</t>
+          <t>9786053421214</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinin Öncüleri</t>
+          <t>Farkındalık Bilinci</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>165</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9789753387484</t>
+          <t>9789753389525</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Günümüze Örnekleriyle Türk Şiiri</t>
+          <t>Osmanlı Türkçesine Giriş</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>650</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786053421078</t>
+          <t>9786053422693</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Balerin</t>
+          <t>Gül Olacaksın</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9789753387217</t>
+          <t>9786053422709</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Gülnihal</t>
+          <t>Yüreğimdeki Cemre</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9789753388498</t>
+          <t>9786053422686</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Yeryüzünden Notlar</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9789757568254</t>
+          <t>9786053421122</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Gül Ahmet</t>
+          <t>Çağdaş Türk Yazı Dilleri 1 Güneybatı / Oğuz Grubu</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>70</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9789753381178</t>
+          <t>9786053421139</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Ümid ve Aşk</t>
+          <t>Çağdaş Türk Yazı Dilleri 2 Güneydoğu / Karluk Grubu</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>305</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9789753382250</t>
+          <t>9786053421108</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Konuşmalar Mülakat-Sohbet-Anket-Açık Oturum</t>
+          <t>Yüksek Ökçeler</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>255</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786055413903</t>
+          <t>9786053421146</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Konuşma Sanatı</t>
+          <t>Çağdaş Türk Yazı Dilleri 3 Kuzeybatı / Kıpçak Grubu</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>220</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786053382317</t>
+          <t>9786053421030</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri Divanı</t>
+          <t>Gaspıralı İsmail</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>335</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9789753383332</t>
+          <t>9786053420736</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Nev’i Divanı’nın Tahlili</t>
+          <t>Türk Tarihinin Öncüleri</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786053420224</t>
+          <t>9789753387484</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Yuvadan Uçurulanlar</t>
+          <t>Başlangıcından Günümüze Örnekleriyle Türk Şiiri</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>125</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9789753384230</t>
+          <t>9786053421078</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ekonomi-Politik Kriz ve Piyasa Ekonomisine Geçiş</t>
+          <t>Balerin</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9789753384773</t>
+          <t>9789753387217</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Edebiyat Toplulukları</t>
+          <t>Gülnihal</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>285</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9789753382540</t>
+          <t>9789753388498</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Aşık Tarzı Şiir Geleneği ve Rüya Motifi</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9789753388207</t>
+          <t>9789757568254</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Edebiyatı</t>
+          <t>Gül Ahmet</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>605</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786053420170</t>
+          <t>9789753381178</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Tahsin Yücel’in Romanlarında Bireyin Dramı, Yapı ve İroni</t>
+          <t>Korku ve Ümid ve Aşk</t>
         </is>
       </c>
       <c r="C1614" s="1">
         <v>305</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9789753387507</t>
+          <t>9789753382250</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Nefs-i Emmare</t>
+          <t>Konuşmalar Mülakat-Sohbet-Anket-Açık Oturum</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>230</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9789753381581</t>
+          <t>9786055413903</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Nef’i Hayatı, Sanatı, Eserleri</t>
+          <t>Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9789757568896</t>
+          <t>9786053382317</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Nedim’in Divan Şiirine Getirdiği Yenilikler</t>
+          <t>Niyazi-i Mısri Divanı</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>175</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9789753386708</t>
+          <t>9789753383332</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Necati Bey - Hayatı Sanatı Eserleri</t>
+          <t>Nev’i Divanı’nın Tahlili</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9789753387170</t>
+          <t>9786053420224</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
+          <t>Yuvadan Uçurulanlar</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9789753389808</t>
+          <t>9789753384230</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Hayal Şehirlerin İzinde</t>
+          <t>Türkiye’de Ekonomi-Politik Kriz ve Piyasa Ekonomisine Geçiş</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>335</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9789753387477</t>
+          <t>9789753384773</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Hayal Şehirler</t>
+          <t>Türkiye’de Edebiyat Toplulukları</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>255</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786055413873</t>
+          <t>9789753382540</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Har-ı Bülbül</t>
+          <t>Türkiye’de Aşık Tarzı Şiir Geleneği ve Rüya Motifi</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>115</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9789753382397</t>
+          <t>9789753388207</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>Hançerli Hanım Hikaye-i Garibesi</t>
+          <t>Tanzimat Edebiyatı</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>105</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9789753382908</t>
+          <t>9786053420170</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi Kuramları ve Araştırma Yöntemleri Tarihine Giriş</t>
+          <t>Tahsin Yücel’in Romanlarında Bireyin Dramı, Yapı ve İroni</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>585</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9789753384957</t>
+          <t>9789753387507</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Getir Heybemi Al Semerini</t>
+          <t>Nefs-i Emmare</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9789753384940</t>
+          <t>9789753381581</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Ortası</t>
+          <t>Nef’i Hayatı, Sanatı, Eserleri</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9789753384933</t>
+          <t>9789757568896</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Kimin İçi Yanıyor</t>
+          <t>Nedim’in Divan Şiirine Getirdiği Yenilikler</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>70</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9789753384926</t>
+          <t>9789753386708</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>İpe Un Sermek</t>
+          <t>Necati Bey - Hayatı Sanatı Eserleri</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9789753384919</t>
+          <t>9789753387170</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Düşeceğimi Bildin</t>
+          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>70</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9789753384902</t>
+          <t>9789753389808</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Ye Kürküm Ye</t>
+          <t>Hayal Şehirlerin İzinde</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>70</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9789753384896</t>
+          <t>9789753387477</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Tarifi Bende</t>
+          <t>Hayal Şehirler</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>70</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9789753384889</t>
+          <t>9786055413873</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Mektup</t>
+          <t>Har-ı Bülbül</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>70</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786053420781</t>
+          <t>9789753382397</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğretimi</t>
+          <t>Hançerli Hanım Hikaye-i Garibesi</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>255</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9789753385671</t>
+          <t>9789753382908</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık The Sharing Kid</t>
+          <t>Halkbilimi Kuramları ve Araştırma Yöntemleri Tarihine Giriş</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>70</v>
+        <v>585</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9789753385664</t>
+          <t>9789753384957</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık A Kid Of Example</t>
+          <t>Getir Heybemi Al Semerini</t>
         </is>
       </c>
       <c r="C1635" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9789753385657</t>
+          <t>9789753384940</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık Animal Lover</t>
+          <t>Dünyanın Ortası</t>
         </is>
       </c>
       <c r="C1636" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9789753385633</t>
+          <t>9789753384933</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık The Sturdy Kid</t>
+          <t>Kimin İçi Yanıyor</t>
         </is>
       </c>
       <c r="C1637" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9789753385640</t>
+          <t>9789753384926</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık The Honest Kid</t>
+          <t>İpe Un Sermek</t>
         </is>
       </c>
       <c r="C1638" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9789753385626</t>
+          <t>9789753384919</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık The Hardworking Kid</t>
+          <t>Düşeceğimi Bildin</t>
         </is>
       </c>
       <c r="C1639" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9789753385619</t>
+          <t>9789753384902</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık The Friendly Kid</t>
+          <t>Ye Kürküm Ye</t>
         </is>
       </c>
       <c r="C1640" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9789753385602</t>
+          <t>9789753384896</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Kibarcık I Love My Mother</t>
+          <t>Tarifi Bende</t>
         </is>
       </c>
       <c r="C1641" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9789753384964</t>
+          <t>9789753384889</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Kazan Öldü</t>
+          <t>Mektup</t>
         </is>
       </c>
       <c r="C1642" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9789753384971</t>
+          <t>9786053420781</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Horoz Da Lazım</t>
+          <t>Yabancı Dil Olarak Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>70</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786053421023</t>
+          <t>9789753385671</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram-ı Veli</t>
+          <t>Kibarcık The Sharing Kid</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786053420941</t>
+          <t>9789753385664</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal Beyatlı</t>
+          <t>Kibarcık A Kid Of Example</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>240</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786053420880</t>
+          <t>9789753385657</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Edebi Şahsiyeti</t>
+          <t>Kibarcık Animal Lover</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>190</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786053420972</t>
+          <t>9789753385633</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatro Eserleri 1 Tanzimat Dönemi</t>
+          <t>Kibarcık The Sturdy Kid</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786053420989</t>
+          <t>9789753385640</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatro Eserleri 2 Tanzimat Dönemi</t>
+          <t>Kibarcık The Honest Kid</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786053420996</t>
+          <t>9789753385626</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatro Eserleri 3 Tanzimat Dönemi</t>
+          <t>Kibarcık The Hardworking Kid</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786053421009</t>
+          <t>9789753385619</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatro Eserleri 4 Tanzimat Dönemi</t>
+          <t>Kibarcık The Friendly Kid</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786053421016</t>
+          <t>9789753385602</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatro Eserleri 5 Tanzimat Dönemi</t>
+          <t>Kibarcık I Love My Mother</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>115</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786053420897</t>
+          <t>9789753384964</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Mahşerin Galibi</t>
+          <t>Kazan Öldü</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786053420934</t>
+          <t>9789753384971</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Abdurrahman Güzel Armağanı (Ciltli)</t>
+          <t>Horoz Da Lazım</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9799753386165</t>
+          <t>9786053421023</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Saatleri Sonsuzluğa Kurdum</t>
+          <t>Hacı Bayram-ı Veli</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786053420668</t>
+          <t>9786053420941</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Hisar’da Kültür ve Sanat Konuşmaları</t>
+          <t>Yahya Kemal Beyatlı</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9786053420682</t>
+          <t>9786053420880</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilmecelerinden Seçmeler</t>
+          <t>Hayatı Edebi Şahsiyeti</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>65</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786053420873</t>
+          <t>9786053420972</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Edebiyatı Tarihi 1-2</t>
+          <t>Türk Tiyatro Eserleri 1 Tanzimat Dönemi</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786053420835</t>
+          <t>9786053420989</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Latife Tekin'in Romancılığı</t>
+          <t>Türk Tiyatro Eserleri 2 Tanzimat Dönemi</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9789753383202</t>
+          <t>9786053420996</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Bitmedik Ot Dibinde Doğmadıcak Bir Göcen Şerh-i Nazım-ı Ahmed</t>
+          <t>Türk Tiyatro Eserleri 3 Tanzimat Dönemi</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786055413163</t>
+          <t>9786053421009</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Birinci Mecliste Malatya Milletvekilleri ve Siyasi Faaliyetleri</t>
+          <t>Türk Tiyatro Eserleri 4 Tanzimat Dönemi</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786053420316</t>
+          <t>9786053421016</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Bir Şair, Bir Antigonist Tavır: Edip Cansever</t>
+          <t>Türk Tiyatro Eserleri 5 Tanzimat Dönemi</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>505</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9786053422082</t>
+          <t>9786053420897</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
+          <t>Mahşerin Galibi</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>745</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786053422174</t>
+          <t>9786053420934</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Ata-Ul-Haq Qasmi'den Hikayeler - Güler Misin Ağlar Mısın</t>
+          <t>Prof. Dr. Abdurrahman Güzel Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786053420699</t>
+          <t>9799753386165</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Yaratma</t>
+          <t>Saatleri Sonsuzluğa Kurdum</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9789753383929</t>
+          <t>9786053420668</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Hisar’da Kültür ve Sanat Konuşmaları</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>70</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9789753383943</t>
+          <t>9786053420682</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Türk Bilmecelerinden Seçmeler</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9786053420583</t>
+          <t>9786053420873</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat</t>
+          <t>Azerbaycan Edebiyatı Tarihi 1-2</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786053420798</t>
+          <t>9786053420835</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Medler ve Türkler</t>
+          <t>Latife Tekin'in Romancılığı</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>705</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786053420910</t>
+          <t>9789753383202</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Barbaros’un Günlüğü</t>
+          <t>Bitmedik Ot Dibinde Doğmadıcak Bir Göcen Şerh-i Nazım-ı Ahmed</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>255</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9789753383905</t>
+          <t>9786055413163</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>And</t>
+          <t>Birinci Mecliste Malatya Milletvekilleri ve Siyasi Faaliyetleri</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>70</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9789753383950</t>
+          <t>9786053420316</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Bir Şair, Bir Antigonist Tavır: Edip Cansever</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>70</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9789753383912</t>
+          <t>9786053422082</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>70</v>
+        <v>745</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9786053420545</t>
+          <t>9786053422174</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>İncir Çekirdeğinde Aşk</t>
+          <t>Ata-Ul-Haq Qasmi'den Hikayeler - Güler Misin Ağlar Mısın</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9789753383936</t>
+          <t>9786053420699</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Ferman</t>
+          <t>Yaratma</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786053420590</t>
+          <t>9789753383929</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9789753384056</t>
+          <t>9789753383943</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>145</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9789753389440</t>
+          <t>9786053420583</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Turan Oflazoğlu Oyunları</t>
+          <t>Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>450</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9789753384612</t>
+          <t>9786053420798</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri 2</t>
+          <t>Medler ve Türkler</t>
         </is>
       </c>
       <c r="C1678" s="1">
-        <v>75</v>
+        <v>705</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9789753383981</t>
+          <t>9786053420910</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Ökçeler</t>
+          <t>Barbaros’un Günlüğü</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>70</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9786053420750</t>
+          <t>9789753383905</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Yazma Sanatı</t>
+          <t>And</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>295</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786053420828</t>
+          <t>9789753383950</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Delilik</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>335</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
+          <t>9789753383912</t>
+        </is>
+      </c>
+      <c r="B1682" s="1" t="inlineStr">
+        <is>
+          <t>Diyet</t>
+        </is>
+      </c>
+      <c r="C1682" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1683" spans="1:3">
+      <c r="A1683" s="1" t="inlineStr">
+        <is>
+          <t>9786053420545</t>
+        </is>
+      </c>
+      <c r="B1683" s="1" t="inlineStr">
+        <is>
+          <t>İncir Çekirdeğinde Aşk</t>
+        </is>
+      </c>
+      <c r="C1683" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1684" spans="1:3">
+      <c r="A1684" s="1" t="inlineStr">
+        <is>
+          <t>9789753383936</t>
+        </is>
+      </c>
+      <c r="B1684" s="1" t="inlineStr">
+        <is>
+          <t>Ferman</t>
+        </is>
+      </c>
+      <c r="C1684" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1685" spans="1:3">
+      <c r="A1685" s="1" t="inlineStr">
+        <is>
+          <t>9786053420590</t>
+        </is>
+      </c>
+      <c r="B1685" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan Masalları</t>
+        </is>
+      </c>
+      <c r="C1685" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1686" spans="1:3">
+      <c r="A1686" s="1" t="inlineStr">
+        <is>
+          <t>9789753384056</t>
+        </is>
+      </c>
+      <c r="B1686" s="1" t="inlineStr">
+        <is>
+          <t>Gülistan</t>
+        </is>
+      </c>
+      <c r="C1686" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1687" spans="1:3">
+      <c r="A1687" s="1" t="inlineStr">
+        <is>
+          <t>9789753389440</t>
+        </is>
+      </c>
+      <c r="B1687" s="1" t="inlineStr">
+        <is>
+          <t>Turan Oflazoğlu Oyunları</t>
+        </is>
+      </c>
+      <c r="C1687" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1688" spans="1:3">
+      <c r="A1688" s="1" t="inlineStr">
+        <is>
+          <t>9789753384612</t>
+        </is>
+      </c>
+      <c r="B1688" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut Hikayeleri 2</t>
+        </is>
+      </c>
+      <c r="C1688" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1689" spans="1:3">
+      <c r="A1689" s="1" t="inlineStr">
+        <is>
+          <t>9789753383981</t>
+        </is>
+      </c>
+      <c r="B1689" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Ökçeler</t>
+        </is>
+      </c>
+      <c r="C1689" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1690" spans="1:3">
+      <c r="A1690" s="1" t="inlineStr">
+        <is>
+          <t>9786053420750</t>
+        </is>
+      </c>
+      <c r="B1690" s="1" t="inlineStr">
+        <is>
+          <t>Yazma Sanatı</t>
+        </is>
+      </c>
+      <c r="C1690" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1691" spans="1:3">
+      <c r="A1691" s="1" t="inlineStr">
+        <is>
+          <t>9786053420828</t>
+        </is>
+      </c>
+      <c r="B1691" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat ve Delilik</t>
+        </is>
+      </c>
+      <c r="C1691" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="1692" spans="1:3">
+      <c r="A1692" s="1" t="inlineStr">
+        <is>
           <t>9786053420613</t>
         </is>
       </c>
-      <c r="B1682" s="1" t="inlineStr">
+      <c r="B1692" s="1" t="inlineStr">
         <is>
           <t>Türk Atasözlerinden Seçmeler</t>
         </is>
       </c>
-      <c r="C1682" s="1">
+      <c r="C1692" s="1">
         <v>110</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>