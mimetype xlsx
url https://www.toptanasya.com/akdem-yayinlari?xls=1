--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,4525 +85,4630 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259399294</t>
+          <t>9786057336217</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Miftah Al-Adab Al-Arabi</t>
+          <t>Anahtar A2 Ders Kitabı + Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259682686</t>
+          <t>9786057336224</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Arapçanın Ürdün Lehçesi</t>
+          <t>Anahtar B1 Ders Kitabı + Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259424866</t>
+          <t>9786057336255</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Zeynep'in Hikayeleri</t>
+          <t>Anahtar A1 Ders Kitabı + Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052385234</t>
+          <t>9786057336231</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kompozisyon Çalışma Defteri</t>
+          <t>Anahtar B2 Ders Kitabı + Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054535705</t>
+          <t>9786057336248</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mitahu’l-Arabiyye (Arapça Öğretim Seti - Giriş Kitabı)</t>
+          <t>Anahtar C1 Ders Kitabı + Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259682655</t>
+          <t>9786259399287</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Konuşmayan Kalmasın!</t>
+          <t>Taraik Ta‘limi’l-Luğati’l-Arabiyye li’n-Natikine Biğayriha</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259580081</t>
+          <t>9786259380902</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gazze 2 - Hainler Filistin’i Tehdit Ediyor</t>
+          <t>İngilizce Temel Konuşma</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259496658</t>
+          <t>9786259399294</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Eyseru’ş-Şerh Ala Metni'n-Nesefi</t>
+          <t>Miftah Al-Adab Al-Arabi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259682600</t>
+          <t>9786259682686</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>On Askı</t>
+          <t>Arapçanın Ürdün Lehçesi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259580074</t>
+          <t>9786259424866</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Başladığı Yer Beyrut</t>
+          <t>Zeynep'in Hikayeleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054535934</t>
+          <t>9786052385234</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Başarının Anahtarı</t>
+          <t>Arapça Kompozisyon Çalışma Defteri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>70</v>
+        <v>500</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054535125</t>
+          <t>9786054535705</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>101 Hikmetli Söz</t>
+          <t>Mitahu’l-Arabiyye (Arapça Öğretim Seti - Giriş Kitabı)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052385395</t>
+          <t>9786259682655</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Arapça Soru Bankası 4</t>
+          <t>Türkçe Konuşmayan Kalmasın!</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052385197</t>
+          <t>9786259580081</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Arapça Soru Bankası 3</t>
+          <t>Gazze 2 - Hainler Filistin’i Tehdit Ediyor</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259682631</t>
+          <t>9786259496658</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Siretu’l-Hulefâi’r-Râşidîn (Mutavassıt) Dört Halifenin Hayatı</t>
+          <t>Eyseru’ş-Şerh Ala Metni'n-Nesefi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259682617</t>
+          <t>9786259682600</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İstraticiyyat ve Taraik ve Esalib fi Ta‘lîmi’l-Luğati’l-Arabiyye – Arapça Öğretiminde Stratejiler, Yaklaşımlar ve Yöntemler</t>
+          <t>On Askı</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052385524</t>
+          <t>9786259580074</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>YKS 10. Sınıf Arapça Soru Bankası</t>
+          <t>Her Şeyin Başladığı Yer Beyrut</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259580067</t>
+          <t>9786054535934</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Seyahat Edebiyatı</t>
+          <t>Başarının Anahtarı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259580043</t>
+          <t>9786054535125</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kavramdan Pratiğe Yeniden Çeviri</t>
+          <t>101 Hikmetli Söz</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259528489</t>
+          <t>9786052385395</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Nasıl Denir?</t>
+          <t>Arapça Soru Bankası 4</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>600</v>
+        <v>110</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259580012</t>
+          <t>9786052385197</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gazze 1 - Es Senevatu’l-Ula li’l-İhtilal</t>
+          <t>Arapça Soru Bankası 3</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259528465</t>
+          <t>9786259682631</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Muhtarat mine'l-Kıssati'l-Arabiyyeti'l-Kasira (Arap Kısa Öykülerinden Seçmeler)</t>
+          <t>Siretu’l-Hulefâi’r-Râşidîn (Mutavassıt) Dört Halifenin Hayatı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259528472</t>
+          <t>9786259682617</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Günümüze Arap Edebiyatı Tarihi</t>
+          <t>İstraticiyyat ve Taraik ve Esalib fi Ta‘lîmi’l-Luğati’l-Arabiyye – Arapça Öğretiminde Stratejiler, Yaklaşımlar ve Yöntemler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259805344</t>
+          <t>9786052385524</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Miftah Al-Qawaid</t>
+          <t>YKS 10. Sınıf Arapça Soru Bankası</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259580029</t>
+          <t>9786259580067</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Siretu’l-Hulefai’r-Raşidin (Mubtedi)</t>
+          <t>Endülüs Seyahat Edebiyatı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259528434</t>
+          <t>9786259580043</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Modern Arap Dilbilimi</t>
+          <t>Kavramdan Pratiğe Yeniden Çeviri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>500</v>
+        <v>425</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057147578</t>
+          <t>9786259528489</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mecnûn Divanı</t>
+          <t>Arapçada Nasıl Denir?</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>360</v>
+        <v>600</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259424828</t>
+          <t>9786259580012</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Irak Romancılığı ve Fuad et-Tekerli'nin Romanları</t>
+          <t>Gazze 1 - Es Senevatu’l-Ula li’l-İhtilal</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259528441</t>
+          <t>9786259528465</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mısır’da Kısa Öykü (Dün ve Bugün)</t>
+          <t>Muhtarat mine'l-Kıssati'l-Arabiyyeti'l-Kasira (Arap Kısa Öykülerinden Seçmeler)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259528496</t>
+          <t>9786259528472</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Arapça İmla ve İnşa (Kompozisyon)</t>
+          <t>Başlangıcından Günümüze Arap Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054535319</t>
+          <t>9786259805344</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Arapça YDS - Yökdil Sınavları Hazırlık Seti 1 Paragraf Soruları (Okuma Parçaları)</t>
+          <t>Miftah Al-Qawaid</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259496610</t>
+          <t>9786259580029</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Öğrenenler İçin Hz. Muhammed’in Hayatı</t>
+          <t>Siretu’l-Hulefai’r-Raşidin (Mubtedi)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259528458</t>
+          <t>9786259528434</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Common Verbs in Turkish 2</t>
+          <t>Modern Arap Dilbilimi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259528410</t>
+          <t>9786057147578</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Common Verbs in Turkish 1</t>
+          <t>Mecnûn Divanı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259898124</t>
+          <t>9786259424828</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Nusus Muhtara mine'l-Edebi'l-Arabiyyi'l-Kadim</t>
+          <t>Irak Romancılığı ve Fuad et-Tekerli'nin Romanları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054535637</t>
+          <t>9786259528441</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Zeynep'in Hikayeleri</t>
+          <t>Mısır’da Kısa Öykü (Dün ve Bugün)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057753106</t>
+          <t>9786259528496</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>El-Melik Ve’l-Bulbul (Kral İle Bülbül)</t>
+          <t>Arapça İmla ve İnşa (Kompozisyon)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056194504</t>
+          <t>9786054535319</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Görsel Arapça</t>
+          <t>Arapça YDS - Yökdil Sınavları Hazırlık Seti 1 Paragraf Soruları (Okuma Parçaları)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052385326</t>
+          <t>9786259496610</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Silsiletü'l-Lisan Arapça Eğitim Seti Kaynaklı Arapça Soru Bankası 1</t>
+          <t>Arapça-Türkçe Öğrenenler İçin Hz. Muhammed’in Hayatı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057753632</t>
+          <t>9786259528458</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Müteradifler</t>
+          <t>Common Verbs in Turkish 2</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054535897</t>
+          <t>9786259528410</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Arapça Açıklamalı Türkçe Okuma Metinleri</t>
+          <t>Common Verbs in Turkish 1</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052385081</t>
+          <t>9786259898124</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yazılı Anlatım (Kompozisyon)</t>
+          <t>Nusus Muhtara mine'l-Edebi'l-Arabiyyi'l-Kadim</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052385777</t>
+          <t>9786054535637</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Leyla Ve’z-Zi’b (Kırmızı Başlıklı Kız) - Sindrella - Prensesler Serisi</t>
+          <t>Zeynep'in Hikayeleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052385760</t>
+          <t>9786057753106</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Fetatu’l-Huzama (Parmak Kız) - Prensesler Serisi</t>
+          <t>El-Melik Ve’l-Bulbul (Kral İle Bülbül)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052385722</t>
+          <t>9786056194504</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>El-Emiru’-d-Difda (Kurbağa Prens) - Prensesler Serisi</t>
+          <t>Görsel Arapça</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052385746</t>
+          <t>9786052385326</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Beyazu’s-Selc (Pamuk Prenses) - Prensesler Serisi</t>
+          <t>Silsiletü'l-Lisan Arapça Eğitim Seti Kaynaklı Arapça Soru Bankası 1</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052385784</t>
+          <t>9786057753632</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sahibetu’ş-Şa’ri’t-Tavîl (Rapunzel) - Prensesler Serisi</t>
+          <t>Kur'an'da Müteradifler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052385753</t>
+          <t>9786054535897</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Cemile ve’l-Vahş (Güzel ve Çirkin) - Prensesler Serisi</t>
+          <t>Yabancılar İçin Arapça Açıklamalı Türkçe Okuma Metinleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052385739</t>
+          <t>9786052385081</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Alis Fi Biladi’l-Acaib (Alice Harikalar Ülkesinde) - Prensesler Serisi</t>
+          <t>Arapça Yazılı Anlatım (Kompozisyon)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>60</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052385692</t>
+          <t>9786052385777</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Senderilla (Sindrella) - Prensesler Serisi</t>
+          <t>Leyla Ve’z-Zi’b (Kırmızı Başlıklı Kız) - Sindrella - Prensesler Serisi</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052385173</t>
+          <t>9786052385760</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Arapça Soru Bankası 1</t>
+          <t>Fetatu’l-Huzama (Parmak Kız) - Prensesler Serisi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057753113</t>
+          <t>9786052385722</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Es-Semeketul'l-Hamra - Kırmızı Balık</t>
+          <t>El-Emiru’-d-Difda (Kurbağa Prens) - Prensesler Serisi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259805313</t>
+          <t>9786052385746</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Miftah Al-Qawaid Sarf 2</t>
+          <t>Beyazu’s-Selc (Pamuk Prenses) - Prensesler Serisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259528403</t>
+          <t>9786052385784</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Kalıp İfadeler</t>
+          <t>Sahibetu’ş-Şa’ri’t-Tavîl (Rapunzel) - Prensesler Serisi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259496627</t>
+          <t>9786052385753</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Eyseru'l-Usul ila Mustalahi'l-Hadis</t>
+          <t>Cemile ve’l-Vahş (Güzel ve Çirkin) - Prensesler Serisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259496641</t>
+          <t>9786052385739</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>El-Muktadab fi Tarihi Lisani'l-Arab</t>
+          <t>Alis Fi Biladi’l-Acaib (Alice Harikalar Ülkesinde) - Prensesler Serisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>275</v>
+        <v>60</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259496634</t>
+          <t>9786052385692</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>el-Arabiyye min Kelamillah</t>
+          <t>Senderilla (Sindrella) - Prensesler Serisi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259496696</t>
+          <t>9786052385173</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İbranice Öğreniyorum 3</t>
+          <t>Arapça Soru Bankası 1</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>1000</v>
+        <v>65</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259496665</t>
+          <t>9786057753113</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İbranice Öğreniyorum 1</t>
+          <t>Es-Semeketul'l-Hamra - Kırmızı Balık</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259496672</t>
+          <t>9786259805313</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İbranice Öğreniyorum 2</t>
+          <t>Miftah Al-Qawaid Sarf 2</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259496689</t>
+          <t>9786259528403</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İbranice Öğreniyorum 4</t>
+          <t>İspanyolca Kalıp İfadeler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259805320</t>
+          <t>9786259496627</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Miftah Al-Qawaid Nahw 1 (Syntax 1)</t>
+          <t>Eyseru'l-Usul ila Mustalahi'l-Hadis</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259805306</t>
+          <t>9786259496641</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Miftah Al-Qawaid Sarf 1 (Morphology 1)</t>
+          <t>El-Muktadab fi Tarihi Lisani'l-Arab</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054535106</t>
+          <t>9786259496634</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>El-Melik Ve'l-Bulbul (Kral İle Bülbül)</t>
+          <t>el-Arabiyye min Kelamillah</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259898155</t>
+          <t>9786259496696</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Tömer Denemeleri</t>
+          <t>İbranice Öğreniyorum 3</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>220</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258439199</t>
+          <t>9786259496665</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gramatica Turca</t>
+          <t>İbranice Öğreniyorum 1</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>1560</v>
+        <v>900</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057268549</t>
+          <t>9786259496672</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Tematik Sözlük (Arapça-Türkçe Örnekli)</t>
+          <t>İbranice Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052385210</t>
+          <t>9786259496689</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çeviri Eleştirisi</t>
+          <t>İbranice Öğreniyorum 4</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>170</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057753410</t>
+          <t>9786259805320</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>YDS Arapça 10 Özgün YÖKDİL - YKS Deneme Sınavı</t>
+          <t>Miftah Al-Qawaid Nahw 1 (Syntax 1)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052385319</t>
+          <t>9786259805306</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Arapça YDS (e-YDS)-Yökdil Sınavları Hazırlık Seti 1</t>
+          <t>Miftah Al-Qawaid Sarf 1 (Morphology 1)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052385449</t>
+          <t>9786054535106</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Arapça YKS Hazırlık Soru Bankası</t>
+          <t>El-Melik Ve'l-Bulbul (Kral İle Bülbül)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>285</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052385067</t>
+          <t>9786259898155</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Merhaba A-1-2 Ders Kitabı + Çalışma Kitabı</t>
+          <t>Yabancılar İçin Tömer Denemeleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259881799</t>
+          <t>9786258439199</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>En-Nakdu'l-Edebi Edebi Tenkit / Literary Criticism</t>
+          <t>Gramatica Turca</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259898179</t>
+          <t>9786057268549</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Buhus Fi Talimil Arabiyye Linnatıkıne Bi Ğayriha</t>
+          <t>Tematik Sözlük (Arapça-Türkçe Örnekli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057147509</t>
+          <t>9786052385210</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İstraticiyyat Talimil Luğatil Arabiyye Luğaten Saniye Fi'l-Asri'r-Rakmi</t>
+          <t>Şiir Çeviri Eleştirisi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259898131</t>
+          <t>9786057753410</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Nusus Muhtara Min Al-Adab Al-Arabi Al-Hadis</t>
+          <t>YDS Arapça 10 Özgün YÖKDİL - YKS Deneme Sınavı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259424804</t>
+          <t>9786052385319</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Oyna ve Öğren (İlab ve Teallem)</t>
+          <t>Arapça YDS (e-YDS)-Yökdil Sınavları Hazırlık Seti 1</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257622165</t>
+          <t>9786052385449</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatından Manzum Klasik Metinler ve Tercümeleri</t>
+          <t>Arapça YKS Hazırlık Soru Bankası</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259424859</t>
+          <t>9786052385067</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ürdün Dil Kampı Kitapçığı - Arapça</t>
+          <t>Türkçeye Merhaba A-1-2 Ders Kitabı + Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>285</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057753038</t>
+          <t>9786259881799</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Teysiru’s-Sirati’n-Nebeviyye (Arapça Kolay Siyer) Orta Seviye</t>
+          <t>En-Nakdu'l-Edebi Edebi Tenkit / Literary Criticism</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057753007</t>
+          <t>9786259898179</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Teysiru’s-Sirati’n-Nebeviyye (Arapça Kolay Siyer) Başlangıç Seviye</t>
+          <t>Buhus Fi Talimil Arabiyye Linnatıkıne Bi Ğayriha</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>285</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259424842</t>
+          <t>9786057147509</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yarışmaları Soru Bankası - 2</t>
+          <t>İstraticiyyat Talimil Luğatil Arabiyye Luğaten Saniye Fi'l-Asri'r-Rakmi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>285</v>
+        <v>400</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259424811</t>
+          <t>9786259898131</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Arapça Öğretimi</t>
+          <t>Nusus Muhtara Min Al-Adab Al-Arabi Al-Hadis</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>375</v>
+        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258439311</t>
+          <t>9786259424804</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Arapça Hızlı Okuma</t>
+          <t>Oyna ve Öğren (İlab ve Teallem)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>375</v>
+        <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052385531</t>
+          <t>9786257622165</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>YKS 11. Sınıf Soru Bankası</t>
+          <t>Arap Edebiyatından Manzum Klasik Metinler ve Tercümeleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052385494</t>
+          <t>9786259424859</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Teysiru’s-Sirati’n-Nebeviyye (Arapça Kolay Siyer) İleri Seviye</t>
+          <t>Ürdün Dil Kampı Kitapçığı - Arapça</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>285</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057268501</t>
+          <t>9786057753038</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Arapça Çözümlü Deneme Testleri</t>
+          <t>Teysiru’s-Sirati’n-Nebeviyye (Arapça Kolay Siyer) Orta Seviye</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057147592</t>
+          <t>9786057753007</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Arapça Grameri Referans Kitabı</t>
+          <t>Teysiru’s-Sirati’n-Nebeviyye (Arapça Kolay Siyer) Başlangıç Seviye</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052385616</t>
+          <t>9786259424842</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>12. Sınıf İmam Hatip Liseleri İçin Soru Bankası</t>
+          <t>Arapça Yarışmaları Soru Bankası - 2</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052385425</t>
+          <t>9786259424811</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Arapça YKS Hazırlık 9. Sınıf Arapça Soru Bankası</t>
+          <t>Yabancı Dil Olarak Arapça Öğretimi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052385432</t>
+          <t>9786258439311</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Modern Metinlerle Arapça Dil Sınavlarına Hazırlık 1</t>
+          <t>Arapça Hızlı Okuma</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786056194597</t>
+          <t>9786052385531</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinde İlk Siyasi Hareketler</t>
+          <t>YKS 11. Sınıf Soru Bankası</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786056194573</t>
+          <t>9786052385494</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Yeminleri</t>
+          <t>Teysiru’s-Sirati’n-Nebeviyye (Arapça Kolay Siyer) İleri Seviye</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057753151</t>
+          <t>9786057268501</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Domino Oyunu</t>
+          <t>Arapça Çözümlü Deneme Testleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057753168</t>
+          <t>9786057147592</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Domino Oyunu</t>
+          <t>Arapça Grameri Referans Kitabı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054535965</t>
+          <t>9786052385616</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ceren ve Arkadaşları (6 Kitap)</t>
+          <t>12. Sınıf İmam Hatip Liseleri İçin Soru Bankası</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>285</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057753618</t>
+          <t>9786052385425</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarla Kelime Öğretimi</t>
+          <t>Adım Adım Arapça YKS Hazırlık 9. Sınıf Arapça Soru Bankası</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052385555</t>
+          <t>9786052385432</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Arapça YDS - Yökdil - YKS Sınavları Hazırlık Seti 2</t>
+          <t>Modern Metinlerle Arapça Dil Sınavlarına Hazırlık 1</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052385630</t>
+          <t>9786056194597</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Arapça Çeviri Kılavuzu</t>
+          <t>İslam Tarihinde İlk Siyasi Hareketler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054535538</t>
+          <t>9786056194573</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Günlük Okul Arapçası</t>
+          <t>Hz. Peygamber’in Yeminleri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054535392</t>
+          <t>9786057753151</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dil Bilgisi Soru Bankası</t>
+          <t>Domino Oyunu</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054535484</t>
+          <t>9786057753168</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Arapça Zıtlarla 1001 Cümle</t>
+          <t>Domino Oyunu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054535767</t>
+          <t>9786054535965</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Günlük Konuşma Kalıpları</t>
+          <t>Ceren ve Arkadaşları (6 Kitap)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052385098</t>
+          <t>9786057753618</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Merhaba A2-1 Ders Kitabı + Çalışma Kitabı</t>
+          <t>Oyunlarla Kelime Öğretimi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052385050</t>
+          <t>9786052385555</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Merhaba- A1-1 Student's Book - Work Book (2 Kitap Takım)</t>
+          <t>Arapça YDS YÖKDİL Sınavları Hazırlık Set Kitapları 2</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786056194535</t>
+          <t>9786052385630</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Benimle Arapça Konuş</t>
+          <t>Arapça Çeviri Kılavuzu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>90</v>
+        <v>400</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054535071</t>
+          <t>9786054535538</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>1001 Arapça Kelime</t>
+          <t>Günlük Okul Arapçası</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>325</v>
+        <v>220</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052385920</t>
+          <t>9786054535392</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Arapça YDS (e-YDS)-Yökdil Sınavları Hazırlık Seti 3</t>
+          <t>Arapça Dil Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054535729</t>
+          <t>9786054535484</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Arapça Cümle ve Kelime Bilgisi Soru Bankası</t>
+          <t>Arapça Zıtlarla 1001 Cümle</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052385982</t>
+          <t>9786054535767</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Arapça YDS (e-YDS)-Yökdil Sınavları Hazırlık Seti 4</t>
+          <t>Arapçada Günlük Konuşma Kalıpları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>600</v>
+        <v>170</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259898100</t>
+          <t>9786052385098</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Miftah Al Huruf</t>
+          <t>Türkçeye Merhaba A2-1 Ders Kitabı + Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057147547</t>
+          <t>9786052385050</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Media Arabic</t>
+          <t>Türkçeye Merhaba- A1-1 Student's Book - Work Book (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057147561</t>
+          <t>9786056194535</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Vahdatu'l-Kiyas</t>
+          <t>Benimle Arapça Konuş</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>285</v>
+        <v>120</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057268556</t>
+          <t>9786054535071</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Misk Oyun Kitabı</t>
+          <t>1001 Arapça Kelime</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057147554</t>
+          <t>9786052385920</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Misk 4</t>
+          <t>YDS - YÖKDİL - YKS Sınavları Hazırlık Seti 3 Çeviri ve Diyalog Tamamlama Soruları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057268594</t>
+          <t>9786054535729</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Misk 3</t>
+          <t>Arapça Cümle ve Kelime Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057268587</t>
+          <t>9786052385982</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Misk 2</t>
+          <t>Arapça YDS (e-YDS)-Yökdil Sınavları Hazırlık Seti 4</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057268570</t>
+          <t>9786259898100</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Misk 1</t>
+          <t>Miftah Al Huruf</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259898162</t>
+          <t>9786057147547</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Arap Dili ve Edebiyatı - Akademik Çalışmalar Bibliyografyası</t>
+          <t>Media Arabic</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257622691</t>
+          <t>9786057147561</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Safedi Hayatı, Eserleri ve Gavamızu's-Sıhah'ı</t>
+          <t>Vahdatu'l-Kiyas</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>325</v>
+        <v>285</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057268532</t>
+          <t>9786057268556</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ghawamid al-Sihah</t>
+          <t>Misk Oyun Kitabı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786259898148</t>
+          <t>9786057147554</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>El-Kıssa fi Talimi’l-Luğati'l-Arabiyye</t>
+          <t>Misk 4</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>285</v>
+        <v>450</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786259898117</t>
+          <t>9786057268594</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Arapçanın Mısır Lehçesi</t>
+          <t>Misk 3</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052385128</t>
+          <t>9786057268587</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğretim Metotları</t>
+          <t>Misk 2</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054535804</t>
+          <t>9786057268570</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dinlediğini Anlama Soru Bankası (Ciltli)</t>
+          <t>Misk 1</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054535545</t>
+          <t>9786259898162</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Arapçayı Öğrenenler İçin Kolay Dilbilgisi 2</t>
+          <t>Türkiye Arap Dili ve Edebiyatı - Akademik Çalışmalar Bibliyografyası</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054535408</t>
+          <t>9786257622691</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Arapçayı Öğrenenler İçin Kolay Dilbilgisi 1</t>
+          <t>Safedi Hayatı, Eserleri ve Gavamızu's-Sıhah'ı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789960986111</t>
+          <t>9786057268532</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Teallem El-Arabiyye 1-1 Bölüm</t>
+          <t>Ghawamid al-Sihah</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057147530</t>
+          <t>9786259898148</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ensaku'l-Luğa ve'l-Hitabu'l-Arabi (Dilin Formları ve Edebi Söylem)</t>
+          <t>El-Kıssa fi Talimi’l-Luğati'l-Arabiyye</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>450</v>
+        <v>285</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057147516</t>
+          <t>9786259898117</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kısas Mine'l Mesnevi (Mesnevi'den Hikayeler)</t>
+          <t>Arapçanın Mısır Lehçesi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057147523</t>
+          <t>9786052385128</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Anlamsal Fonksiyonlarına Göre Arapçada Edatlar ve Bağlaçlar</t>
+          <t>Arapça Öğretim Metotları</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257622684</t>
+          <t>9786054535804</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Eş ve Zıt Anlamlarıyla Arapçada Yaygın Fiiller</t>
+          <t>Arapça Dinlediğini Anlama Soru Bankası (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258439151</t>
+          <t>9786054535545</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Dini Hikayelerle Arapça / Arabic Funny Stories With Useful Exercises</t>
+          <t>Arapçayı Öğrenenler İçin Kolay Dilbilgisi 2</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057753175</t>
+          <t>9786054535408</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tercümeli Arapça Hikayeler - 3</t>
+          <t>Arapçayı Öğrenenler İçin Kolay Dilbilgisi 1</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257622752</t>
+          <t>9789960986111</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ed - Durûsu’l-Arabiyye 3-4</t>
+          <t>Teallem El-Arabiyye 1-1 Bölüm</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>325</v>
+        <v>600</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057753243</t>
+          <t>9786057147530</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Miftahu'l Arabiyye İleri Orta Seviye</t>
+          <t>Ensaku'l-Luğa ve'l-Hitabu'l-Arabi (Dilin Formları ve Edebi Söylem)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057753212</t>
+          <t>9786057147516</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Miftahu'l Arabiyye Orta Seviye</t>
+          <t>Kısas Mine'l Mesnevi (Mesnevi'den Hikayeler)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057753144</t>
+          <t>9786057147523</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Dilbilim Sözlüğü</t>
+          <t>Anlamsal Fonksiyonlarına Göre Arapçada Edatlar ve Bağlaçlar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257622233</t>
+          <t>9786257622684</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Temel Fiiller</t>
+          <t>Eş ve Zıt Anlamlarıyla Arapçada Yaygın Fiiller</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257622448</t>
+          <t>9786258439151</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Arapça Muafiyet Sınavlarına Hazırlık Soru Bankası 2</t>
+          <t>Dini Hikayelerle Arapça / Arabic Funny Stories With Useful Exercises</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257622462</t>
+          <t>9786057753175</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Dilin Derin Devleti Deyimler</t>
+          <t>Tercümeli Arapça Hikayeler - 3</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257622837</t>
+          <t>9786257622752</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>El-Kefaetu'l-Luğaviyye - Nemazicuha ve Uturuha</t>
+          <t>Ed - Durûsu’l-Arabiyye 3-4</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>285</v>
+        <v>325</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257622196</t>
+          <t>9786057753243</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Arapça Kapsamlı Sözlük (Ciltli)</t>
+          <t>Miftahu'l Arabiyye İleri Orta Seviye</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>1300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052385951</t>
+          <t>9786057753212</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Evde Tek Başıma</t>
+          <t>Miftahu'l Arabiyye Orta Seviye</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257622745</t>
+          <t>9786057753144</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Arapça Modern Metinler</t>
+          <t>Dilbilim Sözlüğü</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257622707</t>
+          <t>9786257622233</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İş ve Ticaret Dünyası İçin Arapça (El-Arabiyye Li-Ağrâd Ticâriyye ve Sinâiyye)</t>
+          <t>Arapçada Temel Fiiller</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257622455</t>
+          <t>9786257622448</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Arapça Muafiyet Sınavlarına Hazırlık Soru Bankası 1</t>
+          <t>Arapça Muafiyet Sınavlarına Hazırlık Soru Bankası 2</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052385159</t>
+          <t>9786257622462</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Türklere Arapça Öğretim Yöntem ve Teknikleri</t>
+          <t>Dilin Derin Devleti Deyimler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057753090</t>
+          <t>9786257622837</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Miftahu'l - Arabiyye Orta Seviye (Konuşma ve Dinleme 3)</t>
+          <t>El-Kefaetu'l-Luğaviyye - Nemazicuha ve Uturuha</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>500</v>
+        <v>285</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052385845</t>
+          <t>9786257622196</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yaygın Eşdizimleriyle Arapçada Anahtar Fiiller</t>
+          <t>Türkçe-Arapça Kapsamlı Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>375</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052385838</t>
+          <t>9786052385951</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Let’s Learn Arabic - Heyya İle’l-Arabiyye</t>
+          <t>Evde Tek Başıma</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052385821</t>
+          <t>9786257622745</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Miftahu’l-Arabiyye Başlangıç Seviyesi (Konuşma - Dinleme 1)</t>
+          <t>Sorularla Arapça Modern Metinler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052385807</t>
+          <t>9786257622707</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kolay Deyimler</t>
+          <t>İş ve Ticaret Dünyası İçin Arapça (El-Arabiyye Li-Ağrâd Ticâriyye ve Sinâiyye)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052385340</t>
+          <t>9786257622455</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Arapça Dilbilgisi - Başlangıç Seviyesi</t>
+          <t>Arapça Muafiyet Sınavlarına Hazırlık Soru Bankası 1</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>285</v>
+        <v>450</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052385401</t>
+          <t>9786052385159</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Arapçayı Öğrenenler İçin Kolay Sarf Bilgisi</t>
+          <t>Türklere Arapça Öğretim Yöntem ve Teknikleri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052385111</t>
+          <t>9786057753090</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Arapçayı Öğrenenler İçin Kolay İmla</t>
+          <t>Miftahu'l - Arabiyye Orta Seviye (Konuşma ve Dinleme 3)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054535712</t>
+          <t>9786052385845</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Ortaokulları İçin Arapça Etkinlik Kitabı 6. Sınıf</t>
+          <t>Yaygın Eşdizimleriyle Arapçada Anahtar Fiiller</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054535583</t>
+          <t>9786052385838</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Arapçanın Lehçeleri 1</t>
+          <t>Let’s Learn Arabic - Heyya İle’l-Arabiyye</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054535651</t>
+          <t>9786052385821</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hadislerden İsimlerle 1001 Cümle</t>
+          <t>Miftahu’l-Arabiyye Başlangıç Seviyesi (Konuşma - Dinleme 1)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054535675</t>
+          <t>9786052385807</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'den Fiillerle 1001 Cümle</t>
+          <t>Arapça Kolay Deyimler</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054535699</t>
+          <t>9786052385340</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'den Sıfatlarla 1001 Cümle</t>
+          <t>Adım Adım Arapça Dilbilgisi - Başlangıç Seviyesi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054535682</t>
+          <t>9786052385401</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'den İsimlerle 1001 Cümle</t>
+          <t>Arapçayı Öğrenenler İçin Kolay Sarf Bilgisi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054535620</t>
+          <t>9786052385111</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Temel Sağlık Arapçası</t>
+          <t>Arapçayı Öğrenenler İçin Kolay İmla</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054535576</t>
+          <t>9786054535712</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Sıkça Kullanılan Harf-i Cerrli Deyimsel Filler</t>
+          <t>İmam Hatip Ortaokulları İçin Arapça Etkinlik Kitabı 6. Sınıf</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054535859</t>
+          <t>9786054535583</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Arapça Türkçe Künye Sözlüğü</t>
+          <t>Arapçanın Lehçeleri 1</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054535781</t>
+          <t>9786054535651</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Arapça Türkçe Temel Sözlük</t>
+          <t>Hadislerden İsimlerle 1001 Cümle</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052385333</t>
+          <t>9786054535675</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Tercümeli Arapça Hikayeler 2</t>
+          <t>Kur'an-ı Kerim'den Fiillerle 1001 Cümle</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052385623</t>
+          <t>9786054535699</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Arapça Modern Metinler ve Çözümlemeleri</t>
+          <t>Kur'an-ı Kerim'den Sıfatlarla 1001 Cümle</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>425</v>
+        <v>150</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054535811</t>
+          <t>9786054535682</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Arapça 5. Sınıf Etkinlik Kitabı</t>
+          <t>Kur'an-ı Kerim'den İsimlerle 1001 Cümle</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054535750</t>
+          <t>9786054535620</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Sık Kullanılan Tabirler</t>
+          <t>Temel Sağlık Arapçası</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054535958</t>
+          <t>9786054535576</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Akdem 7. Sınıf İmam Hatip Ortaokulları İçin Arapça Etkinlik Kitabı</t>
+          <t>Arapçada Sıkça Kullanılan Harf-i Cerrli Deyimsel Filler</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052385548</t>
+          <t>9786054535859</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Arapça Konuşma Kaygısı</t>
+          <t>Arapça Türkçe Künye Sözlüğü</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054535507</t>
+          <t>9786054535781</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Akdem Arapça - Arapça Sözlük</t>
+          <t>Arapça Türkçe Temel Sözlük</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054535552</t>
+          <t>9786052385333</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Fıkralarla Arapça</t>
+          <t>Tercümeli Arapça Hikayeler 2</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054535446</t>
+          <t>9786052385623</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Terimler Sözlüğü (Ciltli)</t>
+          <t>Arapça Modern Metinler ve Çözümlemeleri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054535453</t>
+          <t>9786054535811</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umrede Arapça Konuşma Rehberi</t>
+          <t>Arapça 5. Sınıf Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054535774</t>
+          <t>9786054535750</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Miftahu’l-Arabiyye Arapça Öğretim Seti - (Başlangıç Seviyesi 1)</t>
+          <t>Arapçada Sık Kullanılan Tabirler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054535835</t>
+          <t>9786054535958</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yabancılara Arapça Öğretimi İçin Arapça Öğretim Rehberi</t>
+          <t>Akdem 7. Sınıf İmam Hatip Ortaokulları İçin Arapça Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054535996</t>
+          <t>9786052385548</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Arapça Tercüme Teknikleri</t>
+          <t>Arapça Konuşma Kaygısı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052385227</t>
+          <t>9786054535507</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Mardin Arapça Diyalekti</t>
+          <t>Akdem Arapça - Arapça Sözlük</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057753472</t>
+          <t>9786054535552</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>El-Muhtar</t>
+          <t>Fıkralarla Arapça</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052385944</t>
+          <t>9786054535446</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Standards Of Arabic Language Elements For Non-Arabic Speakers</t>
+          <t>Arapça-Türkçe Terimler Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052385852</t>
+          <t>9786054535453</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Herkes için Türkçe Pratik - Turkish Practice for All</t>
+          <t>Hac ve Umrede Arapça Konuşma Rehberi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054535866</t>
+          <t>9786054535774</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Arapça- Türkçe Çeviri Yapanlar İçin Türkçede Fiilimsiler</t>
+          <t>Miftahu’l-Arabiyye Arapça Öğretim Seti - (Başlangıç Seviyesi 1)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>285</v>
+        <v>500</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786054535736</t>
+          <t>9786054535835</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Resimli Sözlük</t>
+          <t>Yabancılara Arapça Öğretimi İçin Arapça Öğretim Rehberi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>300</v>
+        <v>285</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054535415</t>
+          <t>9786054535996</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Zamanlar</t>
+          <t>Türkçe Arapça Tercüme Teknikleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054535521</t>
+          <t>9786052385227</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Türkçe</t>
+          <t>Mardin Arapça Diyalekti</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054535798</t>
+          <t>9786057753472</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Zamanlar Tablosu (Akordeon Broşür)</t>
+          <t>El-Muhtar</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052385104</t>
+          <t>9786052385944</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Merhaba A2-2 Ders Kitabı + Çalışma Kitabı</t>
+          <t>Standards Of Arabic Language Elements For Non-Arabic Speakers</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>400</v>
+        <v>285</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052385074</t>
+          <t>9786052385852</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Yabancı Dil Olarak Öğretimi</t>
+          <t>Herkes için Türkçe Pratik - Turkish Practice for All</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057268518</t>
+          <t>9786054535866</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Eyseru’l-Fıkh Nuru’l-İzah</t>
+          <t>Arapça- Türkçe Çeviri Yapanlar İçin Türkçede Fiilimsiler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057147585</t>
+          <t>9786054535736</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Araştırma ve İnceleme Metotları</t>
+          <t>Resimli Sözlük</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054535224</t>
+          <t>9786054535415</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Araplar İçin Türkçe Konuşma Konuşma Kılavuzu</t>
+          <t>Türkçede Zamanlar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054535361</t>
+          <t>9786054535521</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dilbilgisi</t>
+          <t>Merhaba Türkçe</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052385289</t>
+          <t>9786054535798</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Yaygın Sıfatlar</t>
+          <t>Türkçede Zamanlar Tablosu (Akordeon Broşür)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052385272</t>
+          <t>9786052385104</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Yaygın Fiiller 2</t>
+          <t>Türkçeye Merhaba A2-2 Ders Kitabı + Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>60</v>
+        <v>400</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052385357</t>
+          <t>9786052385074</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yazma ve Okumaya Giriş</t>
+          <t>Türkçenin Yabancı Dil Olarak Öğretimi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257622189</t>
+          <t>9786057268518</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar El Kamusu’l Muhit Tercümesi (Kamus-ı Okyanus) (Ciltli)</t>
+          <t>Eyseru’l-Fıkh Nuru’l-İzah</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>1500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057392572</t>
+          <t>9786057147585</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Çevirinin Estetik Boyutu</t>
+          <t>Araştırma ve İnceleme Metotları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>325</v>
+        <v>285</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057753021</t>
+          <t>9786054535224</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Modern Arap Edebiyatından Seçmeler - El-Edebu’l-Arabiyyu’l-Muasir</t>
+          <t>Araplar İçin Türkçe Konuşma Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054535354</t>
+          <t>9786054535361</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>40 Hikaye ile Arapça</t>
+          <t>Arapça Dilbilgisi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054535460</t>
+          <t>9786052385289</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Basın Arapçası</t>
+          <t>Arapçada Yaygın Sıfatlar</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057753465</t>
+          <t>9786052385272</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>El-Hivaru’l-Meftuh Bi’l-luğati’l-Arabiyye li’n-Natikine Biğayriha</t>
+          <t>Arapçada Yaygın Fiiller 2</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057753489</t>
+          <t>9786052385357</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Örneklerle Uygulamalı Belge Çevirisi</t>
+          <t>Arapça Yazma ve Okumaya Giriş</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057753229</t>
+          <t>9786257622189</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Arapça İmla ve Kompozisyon</t>
+          <t>Muhtasar El Kamusu’l Muhit Tercümesi (Kamus-ı Okyanus) (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>180</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257622226</t>
+          <t>9786057392572</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Istraticiyyatu Talimi'l-Lugati'l-Arabiyye Li't-Talebeti'l-Etrak</t>
+          <t>Çevirinin Estetik Boyutu</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057753755</t>
+          <t>9786057753021</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Miftahu'l Arabiyye Giriş Seviyesi (İngilizce)</t>
+          <t>Modern Arap Edebiyatından Seçmeler - El-Edebu’l-Arabiyyu’l-Muasir</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057753496</t>
+          <t>9786054535354</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Geçitteki Asma</t>
+          <t>40 Hikaye ile Arapça</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052385463</t>
+          <t>9786054535460</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Arapça 1</t>
+          <t>Uygulamalı Basın Arapçası</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057753441</t>
+          <t>9786057753465</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Et-Tabiru’l-Kitabi</t>
+          <t>El-Hivaru’l-Meftuh Bi’l-luğati’l-Arabiyye li’n-Natikine Biğayriha</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054535668</t>
+          <t>9786057753489</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hadislerden Sıfatlarla 1001 Cümle</t>
+          <t>Arapça-Türkçe Örneklerle Uygulamalı Belge Çevirisi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052385371</t>
+          <t>9786057753229</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Arapça Türkçe Ortak Kelimeler</t>
+          <t>Arapça İmla ve Kompozisyon</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052385043</t>
+          <t>9786257622226</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Tekellem Ve Teallem et-Türkiyye</t>
+          <t>Istraticiyyatu Talimi'l-Lugati'l-Arabiyye Li't-Talebeti'l-Etrak</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054535514</t>
+          <t>9786057753755</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarla ve Etkinliklerle Arapça Öğretimi</t>
+          <t>Miftahu'l Arabiyye Giriş Seviyesi (İngilizce)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057753427</t>
+          <t>9786057753496</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Miftahu'l Arabiyye İleri Orta Seviye (Konuşma ve Dinleme)</t>
+          <t>Geçitteki Asma</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052385142</t>
+          <t>9786052385463</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Alıştırmalarla Arapça Sarf</t>
+          <t>Eğlenceli Arapça 1</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>285</v>
+        <v>150</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052385258</t>
+          <t>9786057753441</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Yaygın Fiiller 1</t>
+          <t>Et-Tabiru’l-Kitabi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>60</v>
+        <v>220</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052385609</t>
+          <t>9786054535668</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Sayılar</t>
+          <t>Hadislerden Sıfatlarla 1001 Cümle</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054535743</t>
+          <t>9786052385371</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Arapça</t>
+          <t>Arapça Türkçe Ortak Kelimeler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052385791</t>
+          <t>9786052385043</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Miftah Al-Arabiyya Alt Orta Seviyesi (Okuma ve Yazma)</t>
+          <t>Tekellem Ve Teallem et-Türkiyye</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052385203</t>
+          <t>9786054535514</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Arapça Kelime El Sözlüğü (Ciltli)</t>
+          <t>Oyunlarla ve Etkinliklerle Arapça Öğretimi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>285</v>
+        <v>170</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052385906</t>
+          <t>9786057753427</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Yaygın Filler Kelime Çarkları 2</t>
+          <t>Miftahu'l Arabiyye İleri Orta Seviye (Konuşma ve Dinleme)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>60</v>
+        <v>500</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052385913</t>
+          <t>9786052385142</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Yaygın Fiiller Kelime Çarkları 1</t>
+          <t>Alıştırmalarla Arapça Sarf</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>60</v>
+        <v>285</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057753182</t>
+          <t>9786052385258</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Arapça YDS - YÖKDİL - YKS Kelimeleri Sözlüğü</t>
+          <t>Arapçada Yaygın Fiiller 1</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052385685</t>
+          <t>9786052385609</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Dirasat Fi’l-Lehecati’l-Arabiyyeti’l-Mahkiyye Fi Turkiya - Studıes On Arabıc Dıalects Spoken In Turkey</t>
+          <t>Arapçada Sayılar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052385654</t>
+          <t>9786054535743</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Arapça Dil Becerilerinin Öğretimi</t>
+          <t>Hikayelerle Arapça</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052385418</t>
+          <t>9786052385791</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Alfabetik Telaffuzlu Sözlük</t>
+          <t>Miftah Al-Arabiyya Alt Orta Seviyesi (Okuma ve Yazma)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052385579</t>
+          <t>9786052385203</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>1001 Örnek Cümle İle Arapçada İrab</t>
+          <t>Türkçe Arapça Kelime El Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257622806</t>
+          <t>9786052385906</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Nahive Edatları Sözlüğü</t>
+          <t>Türkçede Yaygın Filler Kelime Çarkları 2</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>285</v>
+        <v>60</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257622783</t>
+          <t>9786052385913</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Göç Edebiyatı - Doğu’yu Batı’ya Taşıyanlar</t>
+          <t>Türkçede Yaygın Fiiller Kelime Çarkları 1</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257622219</t>
+          <t>9786057753182</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Modern Kuveyt Edebiyatı</t>
+          <t>Arapça YDS - YÖKDİL - YKS Kelimeleri Sözlüğü</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>325</v>
+        <v>600</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257622578</t>
+          <t>9786052385685</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Tohumlar</t>
+          <t>Dirasat Fi’l-Lehecati’l-Arabiyyeti’l-Mahkiyye Fi Turkiya - Studıes On Arabıc Dıalects Spoken In Turkey</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257622202</t>
+          <t>9786052385654</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Modern Suriye Edebiyatı (1800-1918)</t>
+          <t>Kuramdan Uygulamaya Arapça Dil Becerilerinin Öğretimi</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257622769</t>
+          <t>9786052385418</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ed-Durusu’l-Arabiyye 1-2</t>
+          <t>Alfabetik Telaffuzlu Sözlük</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257622172</t>
+          <t>9786052385579</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>El-Arabiyye bi’l-Enaşid (Şarkılarla Arapça)</t>
+          <t>1001 Örnek Cümle İle Arapçada İrab</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057753250</t>
+          <t>9786257622806</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>101 Soruda Arap Dili ve Edebiyatı</t>
+          <t>Nahive Edatları Sözlüğü</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257622035</t>
+          <t>9786257622783</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Funun en-Nesr el-Arabi'abra’l-Usur</t>
+          <t>Göç Edebiyatı - Doğu’yu Batı’ya Taşıyanlar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052385180</t>
+          <t>9786257622219</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Miftahu'l Arabiyye Başlangıç Seviyesi (Okuma ve Yazma)</t>
+          <t>Modern Kuveyt Edebiyatı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>500</v>
+        <v>325</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057753434</t>
+          <t>9786257622578</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Funun eş-Şi'r el-'Arabi Abra'l-Usur</t>
+          <t>Tohumlar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057753137</t>
+          <t>9786257622202</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Modern Cezayir Edebiyatı</t>
+          <t>Modern Suriye Edebiyatı (1800-1918)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057753120</t>
+          <t>9786257622769</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Modern Cezayir Öyküsü</t>
+          <t>Ed-Durusu’l-Arabiyye 1-2</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057753083</t>
+          <t>9786257622172</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Necip Mahfuz’un Sembolik Romanları</t>
+          <t>El-Arabiyye bi’l-Enaşid (Şarkılarla Arapça)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057753205</t>
+          <t>9786057753250</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Modern Arap Şiirinde Alay ve Sosyal Eleştiri - Halementişi</t>
+          <t>101 Soruda Arap Dili ve Edebiyatı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057753076</t>
+          <t>9786257622035</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Çevirileriyle Arapça Seçme Hikayeler 3. Kitap</t>
+          <t>Funun en-Nesr el-Arabi'abra’l-Usur</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052385265</t>
+          <t>9786052385180</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kolay Temel Dini Bilgiler</t>
+          <t>Miftahu'l Arabiyye Başlangıç Seviyesi (Okuma ve Yazma)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>285</v>
+        <v>500</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052385036</t>
+          <t>9786057753434</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Tekellem ve Teallem et-Türkiyye</t>
+          <t>Funun eş-Şi'r el-'Arabi Abra'l-Usur</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052385470</t>
+          <t>9786057753137</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Arapça 2</t>
+          <t>Modern Cezayir Edebiyatı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052385487</t>
+          <t>9786057753120</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Arapça 3</t>
+          <t>Modern Cezayir Öyküsü</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052385975</t>
+          <t>9786057753083</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Direniş Şiirleri Anatolojisi Suriye</t>
+          <t>Necip Mahfuz’un Sembolik Romanları</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052385876</t>
+          <t>9786057753205</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Yedi Askı - Arap Edebiyatının Harikaları</t>
+          <t>Modern Arap Şiirinde Alay ve Sosyal Eleştiri - Halementişi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052385999</t>
+          <t>9786057753076</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>El-Arabiyyetu Li’t-Tevasul (İletişim İçin Arapça)</t>
+          <t>Türkçe Çevirileriyle Arapça Seçme Hikayeler 3. Kitap</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057753014</t>
+          <t>9786052385265</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Metinler ve Uygulamalar (Mutun ve Tatbikat)</t>
+          <t>Kolay Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057753045</t>
+          <t>9786052385036</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Takribul Belagat Arabiye</t>
+          <t>Tekellem ve Teallem et-Türkiyye</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>285</v>
+        <v>400</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052385968</t>
+          <t>9786052385470</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>El-Arabiyye Li’l-Ağradi’d-Diniyye-Arapça Dini Metinler</t>
+          <t>Eğlenceli Arapça 2</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052385937</t>
+          <t>9786052385487</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Tarih Yorumu</t>
+          <t>Eğlenceli Arapça 3</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052385890</t>
+          <t>9786052385975</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğrenenler İçin Hikayelerle 40 Hadis</t>
+          <t>Direniş Şiirleri Anatolojisi Suriye</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052385883</t>
+          <t>9786052385876</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Arap İslam Edebiyatı Manzum Münacat Antolojisi</t>
+          <t>Yedi Askı - Arap Edebiyatının Harikaları</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052385869</t>
+          <t>9786052385999</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Modern Arap Edebiyatı Şiir Seçkisi</t>
+          <t>El-Arabiyyetu Li’t-Tevasul (İletişim İçin Arapça)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052385708</t>
+          <t>9786057753014</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Dirilişi</t>
+          <t>Metinler ve Uygulamalar (Mutun ve Tatbikat)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052385678</t>
+          <t>9786057753045</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalarla Arapça - Arabic Crosswords</t>
+          <t>Takribul Belagat Arabiye</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>170</v>
+        <v>285</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052385814</t>
+          <t>9786052385968</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>El-Arabiyye Li’l-Ağradi’d-Diniyye-Arapça Dini Metinler</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054535422</t>
+          <t>9786052385937</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Hadislerden Fiillerle 1001 Cümle</t>
+          <t>İslam'ın Tarih Yorumu</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052385661</t>
+          <t>9786052385890</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Dava Adamı Olmak</t>
+          <t>Arapça Öğrenenler İçin Hikayelerle 40 Hadis</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052385500</t>
+          <t>9786052385883</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Sanatının Esasları</t>
+          <t>Arap İslam Edebiyatı Manzum Münacat Antolojisi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054535842</t>
+          <t>9786052385869</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>2. Uluslararası Arapça Öğretimini Geliştirme Sempozyumu</t>
+          <t>Modern Arap Edebiyatı Şiir Seçkisi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>325</v>
+        <v>170</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052385517</t>
+          <t>9786052385708</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Konuşulan Arap Diyalektleri</t>
+          <t>İslam Medeniyetinin Dirilişi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052385562</t>
+          <t>9786052385678</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Çevirileriyle Arapça Seçme Hikayeler 2. Kitap</t>
+          <t>Bulmacalarla Arapça - Arabic Crosswords</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052385456</t>
+          <t>9786052385814</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Behcet ve Mesrur ve Makrur Romanı Bir Ahiret Hikayesi</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054535378</t>
+          <t>9786054535422</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aile Arapça Hikaye Serisi 3. Kur (4 Kitap Takım)</t>
+          <t>Hadislerden Fiillerle 1001 Cümle</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052385364</t>
+          <t>9786052385661</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Seçme Hikâyeler</t>
+          <t>Dava Adamı Olmak</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052385241</t>
+          <t>9786052385500</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Hayatı</t>
+          <t>Çeviri Sanatının Esasları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052385135</t>
+          <t>9786054535842</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Arapça Hikayeler</t>
+          <t>2. Uluslararası Arapça Öğretimini Geliştirme Sempozyumu</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052385166</t>
+          <t>9786052385517</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Dili Arapça İle Hz. Muhammed ( S.A.S)'in Hayatı</t>
+          <t>Türkiye'de Konuşulan Arap Diyalektleri</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052385012</t>
+          <t>9786052385562</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Medya Arapçası</t>
+          <t>Türkçe Çevirileriyle Arapça Seçme Hikayeler 2. Kitap</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054535989</t>
+          <t>9786052385456</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Çevirileriyle Arapça Kısa Öyküler</t>
+          <t>Ahmet Behcet ve Mesrur ve Makrur Romanı Bir Ahiret Hikayesi</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054535972</t>
+          <t>9786054535378</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Mutlu Aile Arapça Hikaye Serisi 3. Kur (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054535828</t>
+          <t>9786052385364</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Tercümeli Arapça Hikayeler 1</t>
+          <t>Arapça-Türkçe Seçme Hikâyeler</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786054535644</t>
+          <t>9786052385241</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Terimleriyle 1001 Cümle</t>
+          <t>Peygamberlerin Hayatı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054535613</t>
+          <t>9786052385135</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İslam Tıp Tarihi (Ciltli)</t>
+          <t>Hayatın İçinden Arapça Hikayeler</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786054535347</t>
+          <t>9786052385166</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aile Türkçe Öğrenenler İçin Hikaye Seti 1. Seviye A1</t>
+          <t>Vahyin Dili Arapça İle Hz. Muhammed ( S.A.S)'in Hayatı</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786054535156</t>
+          <t>9786052385012</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Arapça Fiillerle 1001 Cümle</t>
+          <t>Siyaset ve Medya Arapçası</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054535026</t>
+          <t>9786054535989</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Tekellem - 1</t>
+          <t>Türkçe Çevirileriyle Arapça Kısa Öyküler</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786054535286</t>
+          <t>9786054535972</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Akdem Cep Sözlük (Ciltli)</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786054535101</t>
+          <t>9786054535828</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Mısır'da Kanunlaştırma Hareketleri</t>
+          <t>Tercümeli Arapça Hikayeler 1</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786054535309</t>
+          <t>9786054535644</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Arapça Soru Bankası</t>
+          <t>Sosyal Medya Terimleriyle 1001 Cümle</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>285</v>
+        <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786054535323</t>
+          <t>9786054535613</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yarışmaları Etkinlik Metinleri (2010-2014)</t>
+          <t>İslam Tıp Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786054535194</t>
+          <t>9786054535347</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Resimli Sözlük (Arapça-Türkçe) (Ciltli)</t>
+          <t>Mutlu Aile Türkçe Öğrenenler İçin Hikaye Seti 1. Seviye A1</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786054535293</t>
+          <t>9786054535156</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinin Kuruluş Tarihi (1299-1481)</t>
+          <t>Arapça Fiillerle 1001 Cümle</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786054535132</t>
+          <t>9786054535026</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liselerinde Arapça Öğretimi Sempozyumu</t>
+          <t>Tekellem - 1</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786056194566</t>
+          <t>9786054535286</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadisle Müslüman Şahsiyet</t>
+          <t>Akdem Cep Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786054535279</t>
+          <t>9786054535101</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Arapçayı Öğreten Kitap</t>
+          <t>Mısır'da Kanunlaştırma Hareketleri</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786054535330</t>
+          <t>9786054535309</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Abbasi Devletinde Türk Kumandanları</t>
+          <t>Arapça Soru Bankası</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786054535040</t>
+          <t>9786054535323</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Tekellem - 2</t>
+          <t>Arapça Yarışmaları Etkinlik Metinleri (2010-2014)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054535088</t>
+          <t>9786054535194</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Tekellem - 3</t>
+          <t>Resimli Sözlük (Arapça-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786054535170</t>
+          <t>9786054535293</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aile Arapça Hikaye Serisi 2. Kur (4 Kitap Takım)</t>
+          <t>Osmanlı Devletinin Kuruluş Tarihi (1299-1481)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054535255</t>
+          <t>9786054535132</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Akdem Arapça Hikayeler (5 Kitap Takım)</t>
+          <t>İmam Hatip Liselerinde Arapça Öğretimi Sempozyumu</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786054535200</t>
+          <t>9786056194566</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yazı Defteri</t>
+          <t>Kırk Hadisle Müslüman Şahsiyet</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9799752888080</t>
+          <t>9786054535279</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>History of Islamic Medicine (Ciltli)</t>
+          <t>Arapçayı Öğreten Kitap</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>3000</v>
+        <v>650</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
+          <t>9786054535330</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Abbasi Devletinde Türk Kumandanları</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786054535040</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Tekellem - 2</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786054535088</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Tekellem - 3</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786054535170</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Aile Arapça Hikaye Serisi 2. Kur (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786054535255</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Akdem Arapça Hikayeler (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786054535200</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Yazı Defteri</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9799752888080</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>History of Islamic Medicine (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
           <t>9786054535477</t>
         </is>
       </c>
-      <c r="B300" s="1" t="inlineStr">
+      <c r="B307" s="1" t="inlineStr">
         <is>
           <t>Seyahat ve Rivayetleriyle Hanım Sahabiler</t>
         </is>
       </c>
-      <c r="C300" s="1">
+      <c r="C307" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>