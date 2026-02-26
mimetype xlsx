--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,4630 +85,4675 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057336217</t>
+          <t>9786259328607</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Anahtar A2 Ders Kitabı + Çalışma Kitabı</t>
+          <t>Orta ve İleri Seviye Arapça Tematik Metinler 1</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>600</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057336224</t>
+          <t>9786058260269</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Anahtar B1 Ders Kitabı + Çalışma Kitabı</t>
+          <t>Ebced 2. Seviye Ders ve Çalışma Kitabı ( 2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057336255</t>
+          <t>9786058134645</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Anahtar A1 Ders Kitabı + Çalışma Kitabı</t>
+          <t>Ebced 1. Seviye Ders ve Çalışma Kitabı (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057336231</t>
+          <t>9786057336217</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Anahtar B2 Ders Kitabı + Çalışma Kitabı</t>
+          <t>Anahtar A2 Ders Kitabı + Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057336248</t>
+          <t>9786057336224</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Anahtar C1 Ders Kitabı + Çalışma Kitabı</t>
+          <t>Anahtar B1 Ders Kitabı + Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259399287</t>
+          <t>9786057336255</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Taraik Ta‘limi’l-Luğati’l-Arabiyye li’n-Natikine Biğayriha</t>
+          <t>Anahtar A1 Ders Kitabı + Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259380902</t>
+          <t>9786057336231</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Temel Konuşma</t>
+          <t>Anahtar B2 Ders Kitabı + Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259399294</t>
+          <t>9786057336248</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Miftah Al-Adab Al-Arabi</t>
+          <t>Anahtar C1 Ders Kitabı + Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259682686</t>
+          <t>9786259399287</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Arapçanın Ürdün Lehçesi</t>
+          <t>Taraik Ta‘limi’l-Luğati’l-Arabiyye li’n-Natikine Biğayriha</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259424866</t>
+          <t>9786259380902</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Zeynep'in Hikayeleri</t>
+          <t>İngilizce Temel Konuşma</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052385234</t>
+          <t>9786259399294</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kompozisyon Çalışma Defteri</t>
+          <t>Miftah Al-Adab Al-Arabi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054535705</t>
+          <t>9786259682686</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mitahu’l-Arabiyye (Arapça Öğretim Seti - Giriş Kitabı)</t>
+          <t>Arapçanın Ürdün Lehçesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259682655</t>
+          <t>9786259424866</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Konuşmayan Kalmasın!</t>
+          <t>Zeynep'in Hikayeleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259580081</t>
+          <t>9786052385234</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gazze 2 - Hainler Filistin’i Tehdit Ediyor</t>
+          <t>Arapça Kompozisyon Çalışma Defteri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259496658</t>
+          <t>9786054535705</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Eyseru’ş-Şerh Ala Metni'n-Nesefi</t>
+          <t>Mitahu’l-Arabiyye (Arapça Öğretim Seti - Giriş Kitabı)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259682600</t>
+          <t>9786259682655</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>On Askı</t>
+          <t>Türkçe Konuşmayan Kalmasın!</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259580074</t>
+          <t>9786259580081</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Başladığı Yer Beyrut</t>
+          <t>Gazze 2 - Hainler Filistin’i Tehdit Ediyor</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054535934</t>
+          <t>9786259496658</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Başarının Anahtarı</t>
+          <t>Eyseru’ş-Şerh Ala Metni'n-Nesefi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054535125</t>
+          <t>9786259682600</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>101 Hikmetli Söz</t>
+          <t>On Askı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052385395</t>
+          <t>9786259580074</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Arapça Soru Bankası 4</t>
+          <t>Her Şeyin Başladığı Yer Beyrut</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052385197</t>
+          <t>9786054535934</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Arapça Soru Bankası 3</t>
+          <t>Başarının Anahtarı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>110</v>
+        <v>70</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259682631</t>
+          <t>9786054535125</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Siretu’l-Hulefâi’r-Râşidîn (Mutavassıt) Dört Halifenin Hayatı</t>
+          <t>101 Hikmetli Söz</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259682617</t>
+          <t>9786052385395</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İstraticiyyat ve Taraik ve Esalib fi Ta‘lîmi’l-Luğati’l-Arabiyye – Arapça Öğretiminde Stratejiler, Yaklaşımlar ve Yöntemler</t>
+          <t>Arapça Soru Bankası 4</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052385524</t>
+          <t>9786052385197</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>YKS 10. Sınıf Arapça Soru Bankası</t>
+          <t>Arapça Soru Bankası 3</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259580067</t>
+          <t>9786259682631</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Seyahat Edebiyatı</t>
+          <t>Siretu’l-Hulefâi’r-Râşidîn (Mutavassıt) Dört Halifenin Hayatı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259580043</t>
+          <t>9786259682617</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kavramdan Pratiğe Yeniden Çeviri</t>
+          <t>İstraticiyyat ve Taraik ve Esalib fi Ta‘lîmi’l-Luğati’l-Arabiyye – Arapça Öğretiminde Stratejiler, Yaklaşımlar ve Yöntemler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>425</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259528489</t>
+          <t>9786052385524</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Nasıl Denir?</t>
+          <t>YKS 10. Sınıf Arapça Soru Bankası</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259580012</t>
+          <t>9786259580067</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gazze 1 - Es Senevatu’l-Ula li’l-İhtilal</t>
+          <t>Endülüs Seyahat Edebiyatı</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259528465</t>
+          <t>9786259580043</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Muhtarat mine'l-Kıssati'l-Arabiyyeti'l-Kasira (Arap Kısa Öykülerinden Seçmeler)</t>
+          <t>Kavramdan Pratiğe Yeniden Çeviri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259528472</t>
+          <t>9786259528489</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Günümüze Arap Edebiyatı Tarihi</t>
+          <t>Arapçada Nasıl Denir?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259805344</t>
+          <t>9786259580012</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Miftah Al-Qawaid</t>
+          <t>Gazze 1 - Es Senevatu’l-Ula li’l-İhtilal</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259580029</t>
+          <t>9786259528465</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Siretu’l-Hulefai’r-Raşidin (Mubtedi)</t>
+          <t>Muhtarat mine'l-Kıssati'l-Arabiyyeti'l-Kasira (Arap Kısa Öykülerinden Seçmeler)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259528434</t>
+          <t>9786259528472</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Modern Arap Dilbilimi</t>
+          <t>Başlangıcından Günümüze Arap Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057147578</t>
+          <t>9786259805344</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mecnûn Divanı</t>
+          <t>Miftah Al-Qawaid</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259424828</t>
+          <t>9786259580029</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Irak Romancılığı ve Fuad et-Tekerli'nin Romanları</t>
+          <t>Siretu’l-Hulefai’r-Raşidin (Mubtedi)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259528441</t>
+          <t>9786259528434</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mısır’da Kısa Öykü (Dün ve Bugün)</t>
+          <t>Modern Arap Dilbilimi</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259528496</t>
+          <t>9786057147578</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Arapça İmla ve İnşa (Kompozisyon)</t>
+          <t>Mecnûn Divanı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054535319</t>
+          <t>9786259424828</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Arapça YDS - Yökdil Sınavları Hazırlık Seti 1 Paragraf Soruları (Okuma Parçaları)</t>
+          <t>Irak Romancılığı ve Fuad et-Tekerli'nin Romanları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259496610</t>
+          <t>9786259528441</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Öğrenenler İçin Hz. Muhammed’in Hayatı</t>
+          <t>Mısır’da Kısa Öykü (Dün ve Bugün)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259528458</t>
+          <t>9786259528496</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Common Verbs in Turkish 2</t>
+          <t>Arapça İmla ve İnşa (Kompozisyon)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259528410</t>
+          <t>9786054535319</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Common Verbs in Turkish 1</t>
+          <t>Arapça YDS - Yökdil Sınavları Hazırlık Seti 1 Paragraf Soruları (Okuma Parçaları)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259898124</t>
+          <t>9786259496610</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Nusus Muhtara mine'l-Edebi'l-Arabiyyi'l-Kadim</t>
+          <t>Arapça-Türkçe Öğrenenler İçin Hz. Muhammed’in Hayatı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054535637</t>
+          <t>9786259528458</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Zeynep'in Hikayeleri</t>
+          <t>Common Verbs in Turkish 2</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057753106</t>
+          <t>9786259528410</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>El-Melik Ve’l-Bulbul (Kral İle Bülbül)</t>
+          <t>Common Verbs in Turkish 1</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056194504</t>
+          <t>9786259898124</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Görsel Arapça</t>
+          <t>Nusus Muhtara mine'l-Edebi'l-Arabiyyi'l-Kadim</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052385326</t>
+          <t>9786054535637</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Silsiletü'l-Lisan Arapça Eğitim Seti Kaynaklı Arapça Soru Bankası 1</t>
+          <t>Zeynep'in Hikayeleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057753632</t>
+          <t>9786057753106</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Müteradifler</t>
+          <t>El-Melik Ve’l-Bulbul (Kral İle Bülbül)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054535897</t>
+          <t>9786056194504</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Arapça Açıklamalı Türkçe Okuma Metinleri</t>
+          <t>Görsel Arapça</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052385081</t>
+          <t>9786052385326</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yazılı Anlatım (Kompozisyon)</t>
+          <t>Silsiletü'l-Lisan Arapça Eğitim Seti Kaynaklı Arapça Soru Bankası 1</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052385777</t>
+          <t>9786057753632</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Leyla Ve’z-Zi’b (Kırmızı Başlıklı Kız) - Sindrella - Prensesler Serisi</t>
+          <t>Kur'an'da Müteradifler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052385760</t>
+          <t>9786054535897</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Fetatu’l-Huzama (Parmak Kız) - Prensesler Serisi</t>
+          <t>Yabancılar İçin Arapça Açıklamalı Türkçe Okuma Metinleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052385722</t>
+          <t>9786052385081</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>El-Emiru’-d-Difda (Kurbağa Prens) - Prensesler Serisi</t>
+          <t>Arapça Yazılı Anlatım (Kompozisyon)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>60</v>
+        <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052385746</t>
+          <t>9786052385777</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Beyazu’s-Selc (Pamuk Prenses) - Prensesler Serisi</t>
+          <t>Leyla Ve’z-Zi’b (Kırmızı Başlıklı Kız) - Sindrella - Prensesler Serisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052385784</t>
+          <t>9786052385760</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sahibetu’ş-Şa’ri’t-Tavîl (Rapunzel) - Prensesler Serisi</t>
+          <t>Fetatu’l-Huzama (Parmak Kız) - Prensesler Serisi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052385753</t>
+          <t>9786052385722</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Cemile ve’l-Vahş (Güzel ve Çirkin) - Prensesler Serisi</t>
+          <t>El-Emiru’-d-Difda (Kurbağa Prens) - Prensesler Serisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052385739</t>
+          <t>9786052385746</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Alis Fi Biladi’l-Acaib (Alice Harikalar Ülkesinde) - Prensesler Serisi</t>
+          <t>Beyazu’s-Selc (Pamuk Prenses) - Prensesler Serisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052385692</t>
+          <t>9786052385784</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Senderilla (Sindrella) - Prensesler Serisi</t>
+          <t>Sahibetu’ş-Şa’ri’t-Tavîl (Rapunzel) - Prensesler Serisi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052385173</t>
+          <t>9786052385753</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Arapça Soru Bankası 1</t>
+          <t>Cemile ve’l-Vahş (Güzel ve Çirkin) - Prensesler Serisi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057753113</t>
+          <t>9786052385739</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Es-Semeketul'l-Hamra - Kırmızı Balık</t>
+          <t>Alis Fi Biladi’l-Acaib (Alice Harikalar Ülkesinde) - Prensesler Serisi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259805313</t>
+          <t>9786052385692</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Miftah Al-Qawaid Sarf 2</t>
+          <t>Senderilla (Sindrella) - Prensesler Serisi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>500</v>
+        <v>80</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259528403</t>
+          <t>9786052385173</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Kalıp İfadeler</t>
+          <t>Arapça Soru Bankası 1</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259496627</t>
+          <t>9786057753113</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Eyseru'l-Usul ila Mustalahi'l-Hadis</t>
+          <t>Es-Semeketul'l-Hamra - Kırmızı Balık</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259496641</t>
+          <t>9786259805313</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>El-Muktadab fi Tarihi Lisani'l-Arab</t>
+          <t>Miftah Al-Qawaid Sarf 2</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>275</v>
+        <v>550</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259496634</t>
+          <t>9786259528403</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>el-Arabiyye min Kelamillah</t>
+          <t>İspanyolca Kalıp İfadeler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259496696</t>
+          <t>9786259496627</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İbranice Öğreniyorum 3</t>
+          <t>Eyseru'l-Usul ila Mustalahi'l-Hadis</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259496665</t>
+          <t>9786259496641</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İbranice Öğreniyorum 1</t>
+          <t>El-Muktadab fi Tarihi Lisani'l-Arab</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259496672</t>
+          <t>9786259496634</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İbranice Öğreniyorum 2</t>
+          <t>el-Arabiyye min Kelamillah</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259496689</t>
+          <t>9786259496696</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İbranice Öğreniyorum 4</t>
+          <t>İbranice Öğreniyorum 3</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259805320</t>
+          <t>9786259496665</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Miftah Al-Qawaid Nahw 1 (Syntax 1)</t>
+          <t>İbranice Öğreniyorum 1</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>500</v>
+        <v>900</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259805306</t>
+          <t>9786259496672</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Miftah Al-Qawaid Sarf 1 (Morphology 1)</t>
+          <t>İbranice Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054535106</t>
+          <t>9786259496689</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>El-Melik Ve'l-Bulbul (Kral İle Bülbül)</t>
+          <t>İbranice Öğreniyorum 4</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259898155</t>
+          <t>9786259805320</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Tömer Denemeleri</t>
+          <t>Miftah Al-Qawaid Nahw 1 (Syntax 1)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258439199</t>
+          <t>9786259805306</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gramatica Turca</t>
+          <t>Miftah Al-Qawaid Sarf 1 (Morphology 1)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>1560</v>
+        <v>550</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057268549</t>
+          <t>9786054535106</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Tematik Sözlük (Arapça-Türkçe Örnekli)</t>
+          <t>El-Melik Ve'l-Bulbul (Kral İle Bülbül)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052385210</t>
+          <t>9786259898155</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çeviri Eleştirisi</t>
+          <t>Yabancılar İçin Tömer Denemeleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057753410</t>
+          <t>9786258439199</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>YDS Arapça 10 Özgün YÖKDİL - YKS Deneme Sınavı</t>
+          <t>Gramatica Turca</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>375</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052385319</t>
+          <t>9786057268549</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Arapça YDS (e-YDS)-Yökdil Sınavları Hazırlık Seti 1</t>
+          <t>Tematik Sözlük (Arapça-Türkçe Örnekli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052385449</t>
+          <t>9786052385210</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Arapça YKS Hazırlık Soru Bankası</t>
+          <t>Şiir Çeviri Eleştirisi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052385067</t>
+          <t>9786057753410</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Merhaba A-1-2 Ders Kitabı + Çalışma Kitabı</t>
+          <t>YDS Arapça 10 Özgün YÖKDİL - YKS Deneme Sınavı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259881799</t>
+          <t>9786052385319</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>En-Nakdu'l-Edebi Edebi Tenkit / Literary Criticism</t>
+          <t>Arapça YDS (e-YDS)-Yökdil Sınavları Hazırlık Seti 1</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259898179</t>
+          <t>9786052385449</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Buhus Fi Talimil Arabiyye Linnatıkıne Bi Ğayriha</t>
+          <t>Arapça YKS Hazırlık Soru Bankası</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>285</v>
+        <v>375</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057147509</t>
+          <t>9786052385067</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İstraticiyyat Talimil Luğatil Arabiyye Luğaten Saniye Fi'l-Asri'r-Rakmi</t>
+          <t>Türkçeye Merhaba A-1-2 Ders Kitabı + Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259898131</t>
+          <t>9786259881799</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Nusus Muhtara Min Al-Adab Al-Arabi Al-Hadis</t>
+          <t>En-Nakdu'l-Edebi Edebi Tenkit / Literary Criticism</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259424804</t>
+          <t>9786259898179</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Oyna ve Öğren (İlab ve Teallem)</t>
+          <t>Buhus Fi Talimil Arabiyye Linnatıkıne Bi Ğayriha</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>120</v>
+        <v>375</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257622165</t>
+          <t>9786057147509</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatından Manzum Klasik Metinler ve Tercümeleri</t>
+          <t>İstraticiyyat Talimil Luğatil Arabiyye Luğaten Saniye Fi'l-Asri'r-Rakmi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259424859</t>
+          <t>9786259898131</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ürdün Dil Kampı Kitapçığı - Arapça</t>
+          <t>Nusus Muhtara Min Al-Adab Al-Arabi Al-Hadis</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057753038</t>
+          <t>9786259424804</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Teysiru’s-Sirati’n-Nebeviyye (Arapça Kolay Siyer) Orta Seviye</t>
+          <t>Oyna ve Öğren (İlab ve Teallem)</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057753007</t>
+          <t>9786257622165</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Teysiru’s-Sirati’n-Nebeviyye (Arapça Kolay Siyer) Başlangıç Seviye</t>
+          <t>Arap Edebiyatından Manzum Klasik Metinler ve Tercümeleri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259424842</t>
+          <t>9786259424859</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yarışmaları Soru Bankası - 2</t>
+          <t>Ürdün Dil Kampı Kitapçığı - Arapça</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259424811</t>
+          <t>9786057753038</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Arapça Öğretimi</t>
+          <t>Teysiru’s-Sirati’n-Nebeviyye (Arapça Kolay Siyer) Orta Seviye</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258439311</t>
+          <t>9786057753007</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Arapça Hızlı Okuma</t>
+          <t>Teysiru’s-Sirati’n-Nebeviyye (Arapça Kolay Siyer) Başlangıç Seviye</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052385531</t>
+          <t>9786259424842</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>YKS 11. Sınıf Soru Bankası</t>
+          <t>Arapça Yarışmaları Soru Bankası - 2</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>285</v>
+        <v>400</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052385494</t>
+          <t>9786259424811</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Teysiru’s-Sirati’n-Nebeviyye (Arapça Kolay Siyer) İleri Seviye</t>
+          <t>Yabancı Dil Olarak Arapça Öğretimi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057268501</t>
+          <t>9786258439311</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Arapça Çözümlü Deneme Testleri</t>
+          <t>Arapça Hızlı Okuma</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>750</v>
+        <v>375</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057147592</t>
+          <t>9786052385531</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Arapça Grameri Referans Kitabı</t>
+          <t>YKS 11. Sınıf Soru Bankası</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>750</v>
+        <v>285</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052385616</t>
+          <t>9786052385494</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>12. Sınıf İmam Hatip Liseleri İçin Soru Bankası</t>
+          <t>Teysiru’s-Sirati’n-Nebeviyye (Arapça Kolay Siyer) İleri Seviye</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052385425</t>
+          <t>9786057268501</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Arapça YKS Hazırlık 9. Sınıf Arapça Soru Bankası</t>
+          <t>Arapça Çözümlü Deneme Testleri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>220</v>
+        <v>800</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052385432</t>
+          <t>9786057147592</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Modern Metinlerle Arapça Dil Sınavlarına Hazırlık 1</t>
+          <t>Arapça Grameri Referans Kitabı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786056194597</t>
+          <t>9786052385616</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinde İlk Siyasi Hareketler</t>
+          <t>12. Sınıf İmam Hatip Liseleri İçin Soru Bankası</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056194573</t>
+          <t>9786052385425</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Yeminleri</t>
+          <t>Adım Adım Arapça YKS Hazırlık 9. Sınıf Arapça Soru Bankası</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057753151</t>
+          <t>9786052385432</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Domino Oyunu</t>
+          <t>Modern Metinlerle Arapça Dil Sınavlarına Hazırlık 1</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057753168</t>
+          <t>9786056194597</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Domino Oyunu</t>
+          <t>İslam Tarihinde İlk Siyasi Hareketler</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054535965</t>
+          <t>9786056194573</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ceren ve Arkadaşları (6 Kitap)</t>
+          <t>Hz. Peygamber’in Yeminleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057753618</t>
+          <t>9786057753151</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarla Kelime Öğretimi</t>
+          <t>Domino Oyunu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052385555</t>
+          <t>9786057753168</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Arapça YDS YÖKDİL Sınavları Hazırlık Set Kitapları 2</t>
+          <t>Domino Oyunu</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052385630</t>
+          <t>9786054535965</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Arapça Çeviri Kılavuzu</t>
+          <t>Ceren ve Arkadaşları (6 Kitap)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054535538</t>
+          <t>9786057753618</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Günlük Okul Arapçası</t>
+          <t>Oyunlarla Kelime Öğretimi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054535392</t>
+          <t>9786052385555</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dil Bilgisi Soru Bankası</t>
+          <t>Arapça YDS YÖKDİL Sınavları Hazırlık Set Kitapları 2</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054535484</t>
+          <t>9786052385630</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Arapça Zıtlarla 1001 Cümle</t>
+          <t>Arapça Çeviri Kılavuzu</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054535767</t>
+          <t>9786054535538</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Günlük Konuşma Kalıpları</t>
+          <t>Günlük Okul Arapçası</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052385098</t>
+          <t>9786054535392</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Merhaba A2-1 Ders Kitabı + Çalışma Kitabı</t>
+          <t>Arapça Dil Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052385050</t>
+          <t>9786054535484</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Merhaba- A1-1 Student's Book - Work Book (2 Kitap Takım)</t>
+          <t>Arapça Zıtlarla 1001 Cümle</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786056194535</t>
+          <t>9786054535767</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Benimle Arapça Konuş</t>
+          <t>Arapçada Günlük Konuşma Kalıpları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054535071</t>
+          <t>9786052385098</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>1001 Arapça Kelime</t>
+          <t>Türkçeye Merhaba A2-1 Ders Kitabı + Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052385920</t>
+          <t>9786052385050</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>YDS - YÖKDİL - YKS Sınavları Hazırlık Seti 3 Çeviri ve Diyalog Tamamlama Soruları</t>
+          <t>Türkçeye Merhaba- A1-1 Student's Book - Work Book (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054535729</t>
+          <t>9786056194535</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Arapça Cümle ve Kelime Bilgisi Soru Bankası</t>
+          <t>Benimle Arapça Konuş</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052385982</t>
+          <t>9786054535071</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Arapça YDS (e-YDS)-Yökdil Sınavları Hazırlık Seti 4</t>
+          <t>1001 Arapça Kelime</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>600</v>
+        <v>325</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259898100</t>
+          <t>9786052385920</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Miftah Al Huruf</t>
+          <t>YDS - YÖKDİL - YKS Sınavları Hazırlık Seti 3 Çeviri ve Diyalog Tamamlama Soruları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057147547</t>
+          <t>9786054535729</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Media Arabic</t>
+          <t>Arapça Cümle ve Kelime Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057147561</t>
+          <t>9786052385982</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Vahdatu'l-Kiyas</t>
+          <t>Arapça YDS (e-YDS)-Yökdil Sınavları Hazırlık Seti 4</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>285</v>
+        <v>750</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057268556</t>
+          <t>9786259898100</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Misk Oyun Kitabı</t>
+          <t>Miftah Al Huruf</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057147554</t>
+          <t>9786057147547</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Misk 4</t>
+          <t>Media Arabic</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057268594</t>
+          <t>9786057147561</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Misk 3</t>
+          <t>Vahdatu'l-Kiyas</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057268587</t>
+          <t>9786057268556</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Misk 2</t>
+          <t>Misk Oyun Kitabı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057268570</t>
+          <t>9786057147554</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Misk 1</t>
+          <t>Misk 4</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786259898162</t>
+          <t>9786057268594</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Arap Dili ve Edebiyatı - Akademik Çalışmalar Bibliyografyası</t>
+          <t>Misk 3</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257622691</t>
+          <t>9786057268587</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Safedi Hayatı, Eserleri ve Gavamızu's-Sıhah'ı</t>
+          <t>Misk 2</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057268532</t>
+          <t>9786057268570</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ghawamid al-Sihah</t>
+          <t>Misk 1</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786259898148</t>
+          <t>9786259898162</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>El-Kıssa fi Talimi’l-Luğati'l-Arabiyye</t>
+          <t>Türkiye Arap Dili ve Edebiyatı - Akademik Çalışmalar Bibliyografyası</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>285</v>
+        <v>400</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786259898117</t>
+          <t>9786257622691</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Arapçanın Mısır Lehçesi</t>
+          <t>Safedi Hayatı, Eserleri ve Gavamızu's-Sıhah'ı</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052385128</t>
+          <t>9786057268532</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğretim Metotları</t>
+          <t>Ghawamid al-Sihah</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054535804</t>
+          <t>9786259898148</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dinlediğini Anlama Soru Bankası (Ciltli)</t>
+          <t>El-Kıssa fi Talimi’l-Luğati'l-Arabiyye</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>285</v>
+        <v>375</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054535545</t>
+          <t>9786259898117</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Arapçayı Öğrenenler İçin Kolay Dilbilgisi 2</t>
+          <t>Arapçanın Mısır Lehçesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054535408</t>
+          <t>9786052385128</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Arapçayı Öğrenenler İçin Kolay Dilbilgisi 1</t>
+          <t>Arapça Öğretim Metotları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789960986111</t>
+          <t>9786054535804</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Teallem El-Arabiyye 1-1 Bölüm</t>
+          <t>Arapça Dinlediğini Anlama Soru Bankası (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057147530</t>
+          <t>9786054535545</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ensaku'l-Luğa ve'l-Hitabu'l-Arabi (Dilin Formları ve Edebi Söylem)</t>
+          <t>Arapçayı Öğrenenler İçin Kolay Dilbilgisi 2</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057147516</t>
+          <t>9786054535408</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kısas Mine'l Mesnevi (Mesnevi'den Hikayeler)</t>
+          <t>Arapçayı Öğrenenler İçin Kolay Dilbilgisi 1</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057147523</t>
+          <t>9789960986111</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Anlamsal Fonksiyonlarına Göre Arapçada Edatlar ve Bağlaçlar</t>
+          <t>Teallem El-Arabiyye 1-1 Bölüm</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257622684</t>
+          <t>9786057147530</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Eş ve Zıt Anlamlarıyla Arapçada Yaygın Fiiller</t>
+          <t>Ensaku'l-Luğa ve'l-Hitabu'l-Arabi (Dilin Formları ve Edebi Söylem)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258439151</t>
+          <t>9786057147516</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Dini Hikayelerle Arapça / Arabic Funny Stories With Useful Exercises</t>
+          <t>Kısas Mine'l Mesnevi (Mesnevi'den Hikayeler)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057753175</t>
+          <t>9786057147523</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Tercümeli Arapça Hikayeler - 3</t>
+          <t>Anlamsal Fonksiyonlarına Göre Arapçada Edatlar ve Bağlaçlar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257622752</t>
+          <t>9786257622684</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ed - Durûsu’l-Arabiyye 3-4</t>
+          <t>Eş ve Zıt Anlamlarıyla Arapçada Yaygın Fiiller</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057753243</t>
+          <t>9786258439151</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Miftahu'l Arabiyye İleri Orta Seviye</t>
+          <t>Dini Hikayelerle Arapça / Arabic Funny Stories With Useful Exercises</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057753212</t>
+          <t>9786057753175</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Miftahu'l Arabiyye Orta Seviye</t>
+          <t>Tercümeli Arapça Hikayeler - 3</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057753144</t>
+          <t>9786257622752</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Dilbilim Sözlüğü</t>
+          <t>Ed - Durûsu’l-Arabiyye 3-4</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257622233</t>
+          <t>9786057753243</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Temel Fiiller</t>
+          <t>Miftahu'l Arabiyye İleri Orta Seviye</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257622448</t>
+          <t>9786057753212</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Arapça Muafiyet Sınavlarına Hazırlık Soru Bankası 2</t>
+          <t>Miftahu'l Arabiyye Orta Seviye</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257622462</t>
+          <t>9786057753144</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Dilin Derin Devleti Deyimler</t>
+          <t>Dilbilim Sözlüğü</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257622837</t>
+          <t>9786257622233</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>El-Kefaetu'l-Luğaviyye - Nemazicuha ve Uturuha</t>
+          <t>Arapçada Temel Fiiller</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257622196</t>
+          <t>9786257622448</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Arapça Kapsamlı Sözlük (Ciltli)</t>
+          <t>Arapça Muafiyet Sınavlarına Hazırlık Soru Bankası 2</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>1300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052385951</t>
+          <t>9786257622462</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Evde Tek Başıma</t>
+          <t>Dilin Derin Devleti Deyimler</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257622745</t>
+          <t>9786257622837</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Arapça Modern Metinler</t>
+          <t>El-Kefaetu'l-Luğaviyye - Nemazicuha ve Uturuha</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257622707</t>
+          <t>9786257622196</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İş ve Ticaret Dünyası İçin Arapça (El-Arabiyye Li-Ağrâd Ticâriyye ve Sinâiyye)</t>
+          <t>Türkçe-Arapça Kapsamlı Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>285</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257622455</t>
+          <t>9786052385951</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Arapça Muafiyet Sınavlarına Hazırlık Soru Bankası 1</t>
+          <t>Evde Tek Başıma</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052385159</t>
+          <t>9786257622745</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Türklere Arapça Öğretim Yöntem ve Teknikleri</t>
+          <t>Sorularla Arapça Modern Metinler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>285</v>
+        <v>450</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057753090</t>
+          <t>9786257622707</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Miftahu'l - Arabiyye Orta Seviye (Konuşma ve Dinleme 3)</t>
+          <t>İş ve Ticaret Dünyası İçin Arapça (El-Arabiyye Li-Ağrâd Ticâriyye ve Sinâiyye)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052385845</t>
+          <t>9786257622455</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yaygın Eşdizimleriyle Arapçada Anahtar Fiiller</t>
+          <t>Arapça Muafiyet Sınavlarına Hazırlık Soru Bankası 1</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052385838</t>
+          <t>9786052385159</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Let’s Learn Arabic - Heyya İle’l-Arabiyye</t>
+          <t>Türklere Arapça Öğretim Yöntem ve Teknikleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052385821</t>
+          <t>9786057753090</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Miftahu’l-Arabiyye Başlangıç Seviyesi (Konuşma - Dinleme 1)</t>
+          <t>Miftahu'l - Arabiyye Orta Seviye (Konuşma ve Dinleme 3)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052385807</t>
+          <t>9786052385845</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kolay Deyimler</t>
+          <t>Yaygın Eşdizimleriyle Arapçada Anahtar Fiiller</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052385340</t>
+          <t>9786052385838</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Arapça Dilbilgisi - Başlangıç Seviyesi</t>
+          <t>Let’s Learn Arabic - Heyya İle’l-Arabiyye</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>285</v>
+        <v>550</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052385401</t>
+          <t>9786052385821</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Arapçayı Öğrenenler İçin Kolay Sarf Bilgisi</t>
+          <t>Miftahu’l-Arabiyye Başlangıç Seviyesi (Konuşma - Dinleme 1)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052385111</t>
+          <t>9786052385807</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Arapçayı Öğrenenler İçin Kolay İmla</t>
+          <t>Arapça Kolay Deyimler</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054535712</t>
+          <t>9786052385340</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Ortaokulları İçin Arapça Etkinlik Kitabı 6. Sınıf</t>
+          <t>Adım Adım Arapça Dilbilgisi - Başlangıç Seviyesi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054535583</t>
+          <t>9786052385401</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Arapçanın Lehçeleri 1</t>
+          <t>Arapçayı Öğrenenler İçin Kolay Sarf Bilgisi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054535651</t>
+          <t>9786052385111</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hadislerden İsimlerle 1001 Cümle</t>
+          <t>Arapçayı Öğrenenler İçin Kolay İmla</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054535675</t>
+          <t>9786054535712</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'den Fiillerle 1001 Cümle</t>
+          <t>İmam Hatip Ortaokulları İçin Arapça Etkinlik Kitabı 6. Sınıf</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054535699</t>
+          <t>9786054535583</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'den Sıfatlarla 1001 Cümle</t>
+          <t>Arapçanın Lehçeleri 1</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054535682</t>
+          <t>9786054535651</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'den İsimlerle 1001 Cümle</t>
+          <t>Hadislerden İsimlerle 1001 Cümle</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054535620</t>
+          <t>9786054535675</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Temel Sağlık Arapçası</t>
+          <t>Kur'an-ı Kerim'den Fiillerle 1001 Cümle</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054535576</t>
+          <t>9786054535699</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Sıkça Kullanılan Harf-i Cerrli Deyimsel Filler</t>
+          <t>Kur'an-ı Kerim'den Sıfatlarla 1001 Cümle</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054535859</t>
+          <t>9786054535682</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Arapça Türkçe Künye Sözlüğü</t>
+          <t>Kur'an-ı Kerim'den İsimlerle 1001 Cümle</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054535781</t>
+          <t>9786054535620</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Arapça Türkçe Temel Sözlük</t>
+          <t>Temel Sağlık Arapçası</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052385333</t>
+          <t>9786054535576</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Tercümeli Arapça Hikayeler 2</t>
+          <t>Arapçada Sıkça Kullanılan Harf-i Cerrli Deyimsel Filler</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052385623</t>
+          <t>9786054535859</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Arapça Modern Metinler ve Çözümlemeleri</t>
+          <t>Arapça Türkçe Künye Sözlüğü</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054535811</t>
+          <t>9786054535781</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Arapça 5. Sınıf Etkinlik Kitabı</t>
+          <t>Arapça Türkçe Temel Sözlük</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054535750</t>
+          <t>9786052385333</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Sık Kullanılan Tabirler</t>
+          <t>Tercümeli Arapça Hikayeler 2</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054535958</t>
+          <t>9786052385623</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Akdem 7. Sınıf İmam Hatip Ortaokulları İçin Arapça Etkinlik Kitabı</t>
+          <t>Arapça Modern Metinler ve Çözümlemeleri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052385548</t>
+          <t>9786054535811</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Arapça Konuşma Kaygısı</t>
+          <t>Arapça 5. Sınıf Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054535507</t>
+          <t>9786054535750</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Akdem Arapça - Arapça Sözlük</t>
+          <t>Arapçada Sık Kullanılan Tabirler</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786054535552</t>
+          <t>9786054535958</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Fıkralarla Arapça</t>
+          <t>Akdem 7. Sınıf İmam Hatip Ortaokulları İçin Arapça Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054535446</t>
+          <t>9786052385548</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Terimler Sözlüğü (Ciltli)</t>
+          <t>Arapça Konuşma Kaygısı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054535453</t>
+          <t>9786054535507</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umrede Arapça Konuşma Rehberi</t>
+          <t>Akdem Arapça - Arapça Sözlük</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054535774</t>
+          <t>9786054535552</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Miftahu’l-Arabiyye Arapça Öğretim Seti - (Başlangıç Seviyesi 1)</t>
+          <t>Fıkralarla Arapça</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786054535835</t>
+          <t>9786054535446</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Yabancılara Arapça Öğretimi İçin Arapça Öğretim Rehberi</t>
+          <t>Arapça-Türkçe Terimler Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054535996</t>
+          <t>9786054535453</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Arapça Tercüme Teknikleri</t>
+          <t>Hac ve Umrede Arapça Konuşma Rehberi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>285</v>
+        <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052385227</t>
+          <t>9786054535774</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Mardin Arapça Diyalekti</t>
+          <t>Miftahu’l-Arabiyye Arapça Öğretim Seti - (Başlangıç Seviyesi 1)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057753472</t>
+          <t>9786054535835</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>El-Muhtar</t>
+          <t>Yabancılara Arapça Öğretimi İçin Arapça Öğretim Rehberi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052385944</t>
+          <t>9786054535996</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Standards Of Arabic Language Elements For Non-Arabic Speakers</t>
+          <t>Türkçe Arapça Tercüme Teknikleri</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052385852</t>
+          <t>9786052385227</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Herkes için Türkçe Pratik - Turkish Practice for All</t>
+          <t>Mardin Arapça Diyalekti</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054535866</t>
+          <t>9786057753472</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Arapça- Türkçe Çeviri Yapanlar İçin Türkçede Fiilimsiler</t>
+          <t>El-Muhtar</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>285</v>
+        <v>400</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054535736</t>
+          <t>9786052385944</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Resimli Sözlük</t>
+          <t>Standards Of Arabic Language Elements For Non-Arabic Speakers</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054535415</t>
+          <t>9786052385852</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Zamanlar</t>
+          <t>Herkes için Türkçe Pratik - Turkish Practice for All</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054535521</t>
+          <t>9786054535866</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Türkçe</t>
+          <t>Arapça- Türkçe Çeviri Yapanlar İçin Türkçede Fiilimsiler</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054535798</t>
+          <t>9786054535736</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Zamanlar Tablosu (Akordeon Broşür)</t>
+          <t>Resimli Sözlük</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052385104</t>
+          <t>9786054535415</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Merhaba A2-2 Ders Kitabı + Çalışma Kitabı</t>
+          <t>Türkçede Zamanlar</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052385074</t>
+          <t>9786054535521</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Yabancı Dil Olarak Öğretimi</t>
+          <t>Merhaba Türkçe</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057268518</t>
+          <t>9786054535798</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Eyseru’l-Fıkh Nuru’l-İzah</t>
+          <t>Türkçede Zamanlar Tablosu (Akordeon Broşür)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057147585</t>
+          <t>9786052385104</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Araştırma ve İnceleme Metotları</t>
+          <t>Türkçeye Merhaba A2-2 Ders Kitabı + Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>285</v>
+        <v>500</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054535224</t>
+          <t>9786052385074</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Araplar İçin Türkçe Konuşma Konuşma Kılavuzu</t>
+          <t>Türkçenin Yabancı Dil Olarak Öğretimi</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054535361</t>
+          <t>9786057268518</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dilbilgisi</t>
+          <t>Eyseru’l-Fıkh Nuru’l-İzah</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052385289</t>
+          <t>9786057147585</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Yaygın Sıfatlar</t>
+          <t>Araştırma ve İnceleme Metotları</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052385272</t>
+          <t>9786054535224</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Yaygın Fiiller 2</t>
+          <t>Araplar İçin Türkçe Konuşma Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052385357</t>
+          <t>9786054535361</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yazma ve Okumaya Giriş</t>
+          <t>Arapça Dilbilgisi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>325</v>
+        <v>650</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257622189</t>
+          <t>9786052385289</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar El Kamusu’l Muhit Tercümesi (Kamus-ı Okyanus) (Ciltli)</t>
+          <t>Arapçada Yaygın Sıfatlar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>1500</v>
+        <v>80</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057392572</t>
+          <t>9786052385272</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Çevirinin Estetik Boyutu</t>
+          <t>Arapçada Yaygın Fiiller 2</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>325</v>
+        <v>80</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057753021</t>
+          <t>9786052385357</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Modern Arap Edebiyatından Seçmeler - El-Edebu’l-Arabiyyu’l-Muasir</t>
+          <t>Arapça Yazma ve Okumaya Giriş</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054535354</t>
+          <t>9786257622189</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>40 Hikaye ile Arapça</t>
+          <t>Muhtasar El Kamusu’l Muhit Tercümesi (Kamus-ı Okyanus) (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>375</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054535460</t>
+          <t>9786057392572</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Basın Arapçası</t>
+          <t>Çevirinin Estetik Boyutu</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057753465</t>
+          <t>9786057753021</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>El-Hivaru’l-Meftuh Bi’l-luğati’l-Arabiyye li’n-Natikine Biğayriha</t>
+          <t>Modern Arap Edebiyatından Seçmeler - El-Edebu’l-Arabiyyu’l-Muasir</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057753489</t>
+          <t>9786054535354</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Örneklerle Uygulamalı Belge Çevirisi</t>
+          <t>40 Hikaye ile Arapça</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057753229</t>
+          <t>9786054535460</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Arapça İmla ve Kompozisyon</t>
+          <t>Uygulamalı Basın Arapçası</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257622226</t>
+          <t>9786057753465</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Istraticiyyatu Talimi'l-Lugati'l-Arabiyye Li't-Talebeti'l-Etrak</t>
+          <t>El-Hivaru’l-Meftuh Bi’l-luğati’l-Arabiyye li’n-Natikine Biğayriha</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057753755</t>
+          <t>9786057753489</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Miftahu'l Arabiyye Giriş Seviyesi (İngilizce)</t>
+          <t>Arapça-Türkçe Örneklerle Uygulamalı Belge Çevirisi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057753496</t>
+          <t>9786057753229</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Geçitteki Asma</t>
+          <t>Arapça İmla ve Kompozisyon</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052385463</t>
+          <t>9786257622226</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Arapça 1</t>
+          <t>Istraticiyyatu Talimi'l-Lugati'l-Arabiyye Li't-Talebeti'l-Etrak</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057753441</t>
+          <t>9786057753755</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Et-Tabiru’l-Kitabi</t>
+          <t>Miftahu'l Arabiyye Giriş Seviyesi (İngilizce)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054535668</t>
+          <t>9786057753496</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Hadislerden Sıfatlarla 1001 Cümle</t>
+          <t>Geçitteki Asma</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052385371</t>
+          <t>9786052385463</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Arapça Türkçe Ortak Kelimeler</t>
+          <t>Eğlenceli Arapça 1</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052385043</t>
+          <t>9786057753441</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Tekellem Ve Teallem et-Türkiyye</t>
+          <t>Et-Tabiru’l-Kitabi</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054535514</t>
+          <t>9786054535668</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarla ve Etkinliklerle Arapça Öğretimi</t>
+          <t>Hadislerden Sıfatlarla 1001 Cümle</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057753427</t>
+          <t>9786052385371</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Miftahu'l Arabiyye İleri Orta Seviye (Konuşma ve Dinleme)</t>
+          <t>Arapça Türkçe Ortak Kelimeler</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052385142</t>
+          <t>9786052385043</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Alıştırmalarla Arapça Sarf</t>
+          <t>Tekellem Ve Teallem et-Türkiyye</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052385258</t>
+          <t>9786054535514</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Yaygın Fiiller 1</t>
+          <t>Oyunlarla ve Etkinliklerle Arapça Öğretimi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052385609</t>
+          <t>9786057753427</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Sayılar</t>
+          <t>Miftahu'l Arabiyye İleri Orta Seviye (Konuşma ve Dinleme)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054535743</t>
+          <t>9786052385142</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Arapça</t>
+          <t>Alıştırmalarla Arapça Sarf</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052385791</t>
+          <t>9786052385258</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Miftah Al-Arabiyya Alt Orta Seviyesi (Okuma ve Yazma)</t>
+          <t>Arapçada Yaygın Fiiller 1</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>500</v>
+        <v>80</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052385203</t>
+          <t>9786052385609</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Arapça Kelime El Sözlüğü (Ciltli)</t>
+          <t>Arapçada Sayılar</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052385906</t>
+          <t>9786054535743</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Yaygın Filler Kelime Çarkları 2</t>
+          <t>Hikayelerle Arapça</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052385913</t>
+          <t>9786052385791</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Yaygın Fiiller Kelime Çarkları 1</t>
+          <t>Miftah Al-Arabiyya Alt Orta Seviyesi (Okuma ve Yazma)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>60</v>
+        <v>550</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057753182</t>
+          <t>9786052385203</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Arapça YDS - YÖKDİL - YKS Kelimeleri Sözlüğü</t>
+          <t>Türkçe Arapça Kelime El Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>600</v>
+        <v>375</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052385685</t>
+          <t>9786052385906</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Dirasat Fi’l-Lehecati’l-Arabiyyeti’l-Mahkiyye Fi Turkiya - Studıes On Arabıc Dıalects Spoken In Turkey</t>
+          <t>Türkçede Yaygın Filler Kelime Çarkları 2</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786052385654</t>
+          <t>9786052385913</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Arapça Dil Becerilerinin Öğretimi</t>
+          <t>Türkçede Yaygın Fiiller Kelime Çarkları 1</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>285</v>
+        <v>80</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052385418</t>
+          <t>9786057753182</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Alfabetik Telaffuzlu Sözlük</t>
+          <t>Arapça YDS - YÖKDİL - YKS Kelimeleri Sözlüğü</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052385579</t>
+          <t>9786052385685</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>1001 Örnek Cümle İle Arapçada İrab</t>
+          <t>Dirasat Fi’l-Lehecati’l-Arabiyyeti’l-Mahkiyye Fi Turkiya - Studıes On Arabıc Dıalects Spoken In Turkey</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257622806</t>
+          <t>9786052385654</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Nahive Edatları Sözlüğü</t>
+          <t>Kuramdan Uygulamaya Arapça Dil Becerilerinin Öğretimi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257622783</t>
+          <t>9786052385418</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Göç Edebiyatı - Doğu’yu Batı’ya Taşıyanlar</t>
+          <t>Alfabetik Telaffuzlu Sözlük</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257622219</t>
+          <t>9786052385579</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Modern Kuveyt Edebiyatı</t>
+          <t>1001 Örnek Cümle İle Arapçada İrab</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257622578</t>
+          <t>9786257622806</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Tohumlar</t>
+          <t>Nahive Edatları Sözlüğü</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257622202</t>
+          <t>9786257622783</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Modern Suriye Edebiyatı (1800-1918)</t>
+          <t>Göç Edebiyatı - Doğu’yu Batı’ya Taşıyanlar</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>285</v>
+        <v>450</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257622769</t>
+          <t>9786257622219</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ed-Durusu’l-Arabiyye 1-2</t>
+          <t>Modern Kuveyt Edebiyatı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>285</v>
+        <v>450</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257622172</t>
+          <t>9786257622578</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>El-Arabiyye bi’l-Enaşid (Şarkılarla Arapça)</t>
+          <t>Tohumlar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057753250</t>
+          <t>9786257622202</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>101 Soruda Arap Dili ve Edebiyatı</t>
+          <t>Modern Suriye Edebiyatı (1800-1918)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257622035</t>
+          <t>9786257622769</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Funun en-Nesr el-Arabi'abra’l-Usur</t>
+          <t>Ed-Durusu’l-Arabiyye 1-2</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052385180</t>
+          <t>9786257622172</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Miftahu'l Arabiyye Başlangıç Seviyesi (Okuma ve Yazma)</t>
+          <t>El-Arabiyye bi’l-Enaşid (Şarkılarla Arapça)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057753434</t>
+          <t>9786057753250</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Funun eş-Şi'r el-'Arabi Abra'l-Usur</t>
+          <t>101 Soruda Arap Dili ve Edebiyatı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057753137</t>
+          <t>9786257622035</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Modern Cezayir Edebiyatı</t>
+          <t>Funun en-Nesr el-Arabi'abra’l-Usur</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057753120</t>
+          <t>9786052385180</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Modern Cezayir Öyküsü</t>
+          <t>Miftahu'l Arabiyye Başlangıç Seviyesi (Okuma ve Yazma)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>285</v>
+        <v>550</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057753083</t>
+          <t>9786057753434</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Necip Mahfuz’un Sembolik Romanları</t>
+          <t>Funun eş-Şi'r el-'Arabi Abra'l-Usur</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057753205</t>
+          <t>9786057753137</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Modern Arap Şiirinde Alay ve Sosyal Eleştiri - Halementişi</t>
+          <t>Modern Cezayir Edebiyatı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057753076</t>
+          <t>9786057753120</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Çevirileriyle Arapça Seçme Hikayeler 3. Kitap</t>
+          <t>Modern Cezayir Öyküsü</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052385265</t>
+          <t>9786057753083</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kolay Temel Dini Bilgiler</t>
+          <t>Necip Mahfuz’un Sembolik Romanları</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>285</v>
+        <v>375</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052385036</t>
+          <t>9786057753205</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Tekellem ve Teallem et-Türkiyye</t>
+          <t>Modern Arap Şiirinde Alay ve Sosyal Eleştiri - Halementişi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052385470</t>
+          <t>9786057753076</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Arapça 2</t>
+          <t>Türkçe Çevirileriyle Arapça Seçme Hikayeler 3. Kitap</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052385487</t>
+          <t>9786052385265</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Arapça 3</t>
+          <t>Kolay Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052385975</t>
+          <t>9786052385036</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Direniş Şiirleri Anatolojisi Suriye</t>
+          <t>Tekellem ve Teallem et-Türkiyye</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052385876</t>
+          <t>9786052385470</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Yedi Askı - Arap Edebiyatının Harikaları</t>
+          <t>Eğlenceli Arapça 2</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052385999</t>
+          <t>9786052385487</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>El-Arabiyyetu Li’t-Tevasul (İletişim İçin Arapça)</t>
+          <t>Eğlenceli Arapça 3</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057753014</t>
+          <t>9786052385975</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Metinler ve Uygulamalar (Mutun ve Tatbikat)</t>
+          <t>Direniş Şiirleri Anatolojisi Suriye</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057753045</t>
+          <t>9786052385876</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Takribul Belagat Arabiye</t>
+          <t>Yedi Askı - Arap Edebiyatının Harikaları</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052385968</t>
+          <t>9786052385999</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>El-Arabiyye Li’l-Ağradi’d-Diniyye-Arapça Dini Metinler</t>
+          <t>El-Arabiyyetu Li’t-Tevasul (İletişim İçin Arapça)</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052385937</t>
+          <t>9786057753014</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Tarih Yorumu</t>
+          <t>Metinler ve Uygulamalar (Mutun ve Tatbikat)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052385890</t>
+          <t>9786057753045</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğrenenler İçin Hikayelerle 40 Hadis</t>
+          <t>Takribul Belagat Arabiye</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052385883</t>
+          <t>9786052385968</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Arap İslam Edebiyatı Manzum Münacat Antolojisi</t>
+          <t>El-Arabiyye Li’l-Ağradi’d-Diniyye-Arapça Dini Metinler</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>285</v>
+        <v>550</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052385869</t>
+          <t>9786052385937</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Modern Arap Edebiyatı Şiir Seçkisi</t>
+          <t>İslam'ın Tarih Yorumu</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052385708</t>
+          <t>9786052385890</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Dirilişi</t>
+          <t>Arapça Öğrenenler İçin Hikayelerle 40 Hadis</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052385678</t>
+          <t>9786052385883</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalarla Arapça - Arabic Crosswords</t>
+          <t>Arap İslam Edebiyatı Manzum Münacat Antolojisi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052385814</t>
+          <t>9786052385869</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Modern Arap Edebiyatı Şiir Seçkisi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054535422</t>
+          <t>9786052385708</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Hadislerden Fiillerle 1001 Cümle</t>
+          <t>İslam Medeniyetinin Dirilişi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052385661</t>
+          <t>9786052385678</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Dava Adamı Olmak</t>
+          <t>Bulmacalarla Arapça - Arabic Crosswords</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052385500</t>
+          <t>9786052385814</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Sanatının Esasları</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054535842</t>
+          <t>9786054535422</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>2. Uluslararası Arapça Öğretimini Geliştirme Sempozyumu</t>
+          <t>Hadislerden Fiillerle 1001 Cümle</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052385517</t>
+          <t>9786052385661</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Konuşulan Arap Diyalektleri</t>
+          <t>Dava Adamı Olmak</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052385562</t>
+          <t>9786052385500</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Çevirileriyle Arapça Seçme Hikayeler 2. Kitap</t>
+          <t>Çeviri Sanatının Esasları</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052385456</t>
+          <t>9786054535842</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Behcet ve Mesrur ve Makrur Romanı Bir Ahiret Hikayesi</t>
+          <t>2. Uluslararası Arapça Öğretimini Geliştirme Sempozyumu</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054535378</t>
+          <t>9786052385517</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aile Arapça Hikaye Serisi 3. Kur (4 Kitap Takım)</t>
+          <t>Türkiye'de Konuşulan Arap Diyalektleri</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052385364</t>
+          <t>9786052385562</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Seçme Hikâyeler</t>
+          <t>Türkçe Çevirileriyle Arapça Seçme Hikayeler 2. Kitap</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052385241</t>
+          <t>9786052385456</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Hayatı</t>
+          <t>Ahmet Behcet ve Mesrur ve Makrur Romanı Bir Ahiret Hikayesi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052385135</t>
+          <t>9786054535378</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Arapça Hikayeler</t>
+          <t>Mutlu Aile Arapça Hikaye Serisi 3. Kur (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052385166</t>
+          <t>9786052385364</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Dili Arapça İle Hz. Muhammed ( S.A.S)'in Hayatı</t>
+          <t>Arapça-Türkçe Seçme Hikâyeler</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>285</v>
+        <v>400</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786052385012</t>
+          <t>9786052385241</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Medya Arapçası</t>
+          <t>Peygamberlerin Hayatı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054535989</t>
+          <t>9786052385135</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Çevirileriyle Arapça Kısa Öyküler</t>
+          <t>Hayatın İçinden Arapça Hikayeler</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786054535972</t>
+          <t>9786052385166</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Vahyin Dili Arapça İle Hz. Muhammed ( S.A.S)'in Hayatı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786054535828</t>
+          <t>9786052385012</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Tercümeli Arapça Hikayeler 1</t>
+          <t>Siyaset ve Medya Arapçası</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786054535644</t>
+          <t>9786054535989</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Terimleriyle 1001 Cümle</t>
+          <t>Türkçe Çevirileriyle Arapça Kısa Öyküler</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786054535613</t>
+          <t>9786054535972</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>İslam Tıp Tarihi (Ciltli)</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786054535347</t>
+          <t>9786054535828</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aile Türkçe Öğrenenler İçin Hikaye Seti 1. Seviye A1</t>
+          <t>Tercümeli Arapça Hikayeler 1</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786054535156</t>
+          <t>9786054535644</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Arapça Fiillerle 1001 Cümle</t>
+          <t>Sosyal Medya Terimleriyle 1001 Cümle</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786054535026</t>
+          <t>9786054535613</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Tekellem - 1</t>
+          <t>İslam Tıp Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786054535286</t>
+          <t>9786054535347</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Akdem Cep Sözlük (Ciltli)</t>
+          <t>Mutlu Aile Türkçe Öğrenenler İçin Hikaye Seti 1. Seviye A1</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>285</v>
+        <v>325</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786054535101</t>
+          <t>9786054535156</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Mısır'da Kanunlaştırma Hareketleri</t>
+          <t>Arapça Fiillerle 1001 Cümle</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786054535309</t>
+          <t>9786054535026</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Arapça Soru Bankası</t>
+          <t>Tekellem - 1</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>285</v>
+        <v>500</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786054535323</t>
+          <t>9786054535286</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yarışmaları Etkinlik Metinleri (2010-2014)</t>
+          <t>Akdem Cep Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054535194</t>
+          <t>9786054535101</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Resimli Sözlük (Arapça-Türkçe) (Ciltli)</t>
+          <t>Mısır'da Kanunlaştırma Hareketleri</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786054535293</t>
+          <t>9786054535309</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinin Kuruluş Tarihi (1299-1481)</t>
+          <t>Arapça Soru Bankası</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054535132</t>
+          <t>9786054535323</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liselerinde Arapça Öğretimi Sempozyumu</t>
+          <t>Arapça Yarışmaları Etkinlik Metinleri (2010-2014)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786056194566</t>
+          <t>9786054535194</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadisle Müslüman Şahsiyet</t>
+          <t>Resimli Sözlük (Arapça-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786054535279</t>
+          <t>9786054535293</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Arapçayı Öğreten Kitap</t>
+          <t>Osmanlı Devletinin Kuruluş Tarihi (1299-1481)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786054535330</t>
+          <t>9786054535132</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Abbasi Devletinde Türk Kumandanları</t>
+          <t>İmam Hatip Liselerinde Arapça Öğretimi Sempozyumu</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786054535040</t>
+          <t>9786056194566</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Tekellem - 2</t>
+          <t>Kırk Hadisle Müslüman Şahsiyet</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786054535088</t>
+          <t>9786054535279</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Tekellem - 3</t>
+          <t>Arapçayı Öğreten Kitap</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786054535170</t>
+          <t>9786054535330</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aile Arapça Hikaye Serisi 2. Kur (4 Kitap Takım)</t>
+          <t>Abbasi Devletinde Türk Kumandanları</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786054535255</t>
+          <t>9786054535040</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Akdem Arapça Hikayeler (5 Kitap Takım)</t>
+          <t>Tekellem - 2</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786054535200</t>
+          <t>9786054535088</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yazı Defteri</t>
+          <t>Tekellem - 3</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9799752888080</t>
+          <t>9786054535170</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>History of Islamic Medicine (Ciltli)</t>
+          <t>Mutlu Aile Arapça Hikaye Serisi 2. Kur (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>3000</v>
+        <v>325</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
+          <t>9786054535255</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Akdem Arapça Hikayeler (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786054535200</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Yazı Defteri</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9799752888080</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>History of Islamic Medicine (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
           <t>9786054535477</t>
         </is>
       </c>
-      <c r="B307" s="1" t="inlineStr">
+      <c r="B310" s="1" t="inlineStr">
         <is>
           <t>Seyahat ve Rivayetleriyle Hanım Sahabiler</t>
         </is>
       </c>
-      <c r="C307" s="1">
+      <c r="C310" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>