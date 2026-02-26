--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -94,586 +94,586 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786057237774</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Hayvanlar Konuşuyor</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>530</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>3990000050877</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Mutlu Hikayeler Serisi Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786051594453</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Kayıp Kuşlar - Mutlu Hikayeler Serisi 1</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786051594460</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Kendini Beğenen Kelebek - Mutlu Hikayeler Serisi 4</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786051594446</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Karınca İle Arı - Mutlu Hikayeler Serisi 3</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786057237743</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>İlk Kitaplarım Serisi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>305</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786057237736</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Afrika’da Bir Su Kuyusu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786057237729</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Yeşil Başlı Batanın Maceraları Serisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>310</v>
+        <v>455</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786057128492</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Bizim Arı ve Arkadaşlarının Maceraları Serisi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>455</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786057128478</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Furkan Erdemler Serisi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>455</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786057237705</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Meyveler Konuşuyor Serisi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>600</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786057237712</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Pırpır Kelebek Serisi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>455</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786057128461</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Sümeyye Erdemler Serisi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>455</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786057128485</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Dört Mevsim Serisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>455</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786057128416</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Tıfıl Toynak Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>420</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786057128454</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Aile Dizisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786057128423</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Meyveler Dizisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786057128430</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Meslekler Dizisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786057128447</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Hayvanlar Dizisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786057128409</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Sevimli Tosbiş Serisi - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>600</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786056953583</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Sebzeler Konuşuyor Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>600</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786057826350</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Ayşe ile Süslünün Maceraları (5 Kitap)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>455</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786056953576</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Bir İyilik Hikayesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>405</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786056953569</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Kaplumbağanın Hayali (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>405</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786056953507</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Minik Mirket (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>405</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786051594750</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Sebzeler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786051594774</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Rakamlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786051594804</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Çiçekler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786051594767</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Harfler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786051594729</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Hayvanlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786051594781</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Taşıtlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786051594743</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Oyuncaklar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786051594736</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Meyveler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786051594798</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Yapılar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786051594477</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Küçük Balık - Mutlu Hikayeler Serisi 5</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786051594439</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Kartalın Öfkesi - Mutlu Hikayeler Serisi 2</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>90</v>
+        <v>165</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786051594811</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Şekiller - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>