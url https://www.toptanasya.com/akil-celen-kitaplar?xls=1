--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,7630 +85,7705 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256446717</t>
+          <t>9786256446700</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kokulu Çiçekler Zarafetle Açar 5</t>
+          <t>Witch Hat Atelier - Cadı Şapkası Atölyesi 5</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256446328</t>
+          <t>9786256446397</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Slime Olarak Reenkarne Olduğum Zaman 7. Cilt</t>
+          <t>Mashle 6</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256446960</t>
+          <t>9786256446649</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Füreya</t>
+          <t>Blue Box - Mavi Kutu 2</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>195</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256446915</t>
+          <t>9786256446335</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Turuncu Kitap - Üç Farklı Zorluk Seviyesi 159 Bulmaca</t>
+          <t>Slime Olarak Reenkarne Olduğum Zaman Cilt 8</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052382882</t>
+          <t>9786256446274</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Küresel Isınma</t>
+          <t>Your Lie in April – Nisan Yalanı 7</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>420</v>
+        <v>195</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052382097</t>
+          <t>9786256446717</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Lejyon - 1</t>
+          <t>Güzel Kokulu Çiçekler Zarafetle Açar 5</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>45</v>
+        <v>195</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052382264</t>
+          <t>9786256446328</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Evren</t>
+          <t>Slime Olarak Reenkarne Olduğum Zaman 7. Cilt</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059800426</t>
+          <t>9786256446960</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Semitizm ve Anti-Semitizm</t>
+          <t>Füreya</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>40.9</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059800969</t>
+          <t>9786256446915</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Yahudiler</t>
+          <t>Sudoku Turuncu Kitap - Üç Farklı Zorluk Seviyesi 159 Bulmaca</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>34.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055381813</t>
+          <t>9786052382882</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Satış Sanatında Ustalık Sırları</t>
+          <t>Küresel Isınma</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>30</v>
+        <v>420</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053419174</t>
+          <t>9786052382097</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>English 100 Machines – İngilizce 100 Kelime</t>
+          <t>Lejyon - 1</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256446076</t>
+          <t>9786052382264</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Medalist – Madalya Peşinde 3</t>
+          <t>Evren</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256446236</t>
+          <t>9786059800426</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Witch Hat Atelier – Cadı Şapkası Atölyesi 3</t>
+          <t>Semitizm ve Anti-Semitizm</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>195</v>
+        <v>40.9</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256446038</t>
+          <t>9786059800969</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kokulu Çiçekler Zarafetle Açar Cilt 3</t>
+          <t>İslam Dünyasında Yahudiler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>195</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052382820</t>
+          <t>9786055381813</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Lejyon</t>
+          <t>Çizgilerle Satış Sanatında Ustalık Sırları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055069179</t>
+          <t>9786053419174</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Vücut Antrenmanı Anatomisi</t>
+          <t>English 100 Machines – İngilizce 100 Kelime</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>470</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055381820</t>
+          <t>9786256446076</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Savaş Sanatı</t>
+          <t>Medalist – Madalya Peşinde 3</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052382004</t>
+          <t>9786256446236</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Einstein Evreninde Zaman Yolculuk Olasılığı</t>
+          <t>Witch Hat Atelier – Cadı Şapkası Atölyesi 3</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059800365</t>
+          <t>9786256446038</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kararlarını Vermek</t>
+          <t>Güzel Kokulu Çiçekler Zarafetle Açar Cilt 3</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055381691</t>
+          <t>9786052382820</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yüzme</t>
+          <t>Lejyon</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>470</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055069629</t>
+          <t>9786055069179</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu Tarihi</t>
+          <t>Vücut Antrenmanı Anatomisi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>550</v>
+        <v>470</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055069773</t>
+          <t>9786055381820</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Matematiği</t>
+          <t>Çizgilerle Savaş Sanatı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052382974</t>
+          <t>9786052382004</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Matem Bantları - Sissoylu 6</t>
+          <t>Einstein Evreninde Zaman Yolculuk Olasılığı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256446540</t>
+          <t>9786059800365</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>One - Punch Man Tek Yumruk – Cilt 28</t>
+          <t>Kendi Kararlarını Vermek</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256446632</t>
+          <t>9786055381691</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Blue Box – Mavi Kutu 1</t>
+          <t>Yüzme</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256446427</t>
+          <t>9786055069629</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sudoku – Üç Farklı Zorluk Seviyesi 147 Bulmaca</t>
+          <t>Orta Doğu Tarihi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256446083</t>
+          <t>9786055069773</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Medalist – Madalya Peşinde 4</t>
+          <t>Yaşamın Matematiği</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>195</v>
+        <v>390</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256446267</t>
+          <t>9786052382974</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Your Lie in April – Nisan Yalanı 6</t>
+          <t>Sissoylu - Matem Bantları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>195</v>
+        <v>420</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256446502</t>
+          <t>9786256446540</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Horimiya</t>
+          <t>One - Punch Man Tek Yumruk – Cilt 28</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256446380</t>
+          <t>9786256446632</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mashle 5</t>
+          <t>Blue Box – Mavi Kutu 1</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256446243</t>
+          <t>9786256446427</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Witch Hat Atelier – Cadı Şapkası Atölyesi 4</t>
+          <t>Sudoku – Üç Farklı Zorluk Seviyesi 147 Bulmaca</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257586931</t>
+          <t>9786256446083</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Fire Force Alev Gücü 7. Cilt</t>
+          <t>Medalist – Madalya Peşinde 4</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256446533</t>
+          <t>9786256446267</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Tek Yumruk 27</t>
+          <t>Your Lie in April – Nisan Yalanı 6</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256446298</t>
+          <t>9786256446502</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kaybedilenin Gölgesi</t>
+          <t>Horimiya</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>475</v>
+        <v>195</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256446687</t>
+          <t>9786256446380</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Felsefeyi Anlamak</t>
+          <t>Mashle 5</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>420</v>
+        <v>195</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256446595</t>
+          <t>9786256446243</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Sarmaşıklar</t>
+          <t>Witch Hat Atelier – Cadı Şapkası Atölyesi 4</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>400</v>
+        <v>195</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256446045</t>
+          <t>9786257586931</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kokulu Çiçekler Zarafetle Açar 4</t>
+          <t>Fire Force Alev Gücü 7. Cilt</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256446311</t>
+          <t>9786256446533</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Slime Olarak Reenkarne Olduğum Zaman 6. Cilt</t>
+          <t>One-Punch Man - Tek Yumruk 27</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256446625</t>
+          <t>9786256446298</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Kaybedilenin Gölgesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>475</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256446373</t>
+          <t>9786256446687</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mashle 4</t>
+          <t>Felsefeyi Anlamak</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>195</v>
+        <v>420</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256446496</t>
+          <t>9786256446595</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan ile Miyamurakun 13</t>
+          <t>Zehirli Sarmaşıklar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052382646</t>
+          <t>9786256446045</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Özgüven</t>
+          <t>Güzel Kokulu Çiçekler Zarafetle Açar 4</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059800457</t>
+          <t>9786256446311</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Beynimiz Neyse Biz Oyuz</t>
+          <t>Slime Olarak Reenkarne Olduğum Zaman 6. Cilt</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055069315</t>
+          <t>9786256446625</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ankara City Guide</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055381202</t>
+          <t>9786256446373</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Proje</t>
+          <t>Mashle 4</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>230</v>
+        <v>195</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257586191</t>
+          <t>9786256446496</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sissoylu: Kanun Alaşımı</t>
+          <t>Horimiya Horisan ile Miyamurakun 13</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257586252</t>
+          <t>9786052382646</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Museviler</t>
+          <t>Gençler İçin Özgüven</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052382080</t>
+          <t>9786059800457</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kapanı</t>
+          <t>Beynimiz Neyse Biz Oyuz</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>280</v>
+        <v>375</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256446618</t>
+          <t>9786055069315</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mayalar</t>
+          <t>Ankara City Guide</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256446601</t>
+          <t>9786055381202</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mısır ve Mısırlılar</t>
+          <t>Proje</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257586320</t>
+          <t>9786257586191</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Evrimi</t>
+          <t>Sissoylu - Kanun Alaşımı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256446571</t>
+          <t>9786257586252</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sümer ve Sümerler</t>
+          <t>İslam Dünyasında Museviler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256446588</t>
+          <t>9786052382080</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Düşünceleri Yöneterek Kendi Kendine Terapi</t>
+          <t>Rüya Kapanı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256446304</t>
+          <t>9786256446618</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Slime Olarak Reenkarne Olduğum Zaman 5</t>
+          <t>Mayalar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>195</v>
+        <v>310</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256446250</t>
+          <t>9786256446601</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Your Lie in April -Nisan Yalanı 5</t>
+          <t>Mısır ve Mısırlılar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>195</v>
+        <v>340</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257586757</t>
+          <t>9786257586320</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>One Punch Man - Tek Yumruk 26</t>
+          <t>İnsanın Evrimi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257586986</t>
+          <t>9786256446571</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Horimiya 12</t>
+          <t>Sümer ve Sümerler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256446366</t>
+          <t>9786256446588</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mashle 3</t>
+          <t>Düşünceleri Yöneterek Kendi Kendine Terapi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059800624</t>
+          <t>9786256446304</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 8</t>
+          <t>Slime Olarak Reenkarne Olduğum Zaman 5</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256446564</t>
+          <t>9786256446250</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Troya</t>
+          <t>Your Lie in April -Nisan Yalanı 5</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256446472</t>
+          <t>9786257586757</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Frederic Chopin ve 101 Seçme Mektup</t>
+          <t>One Punch Man - Tek Yumruk 26</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>260</v>
+        <v>195</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257586924</t>
+          <t>9786257586986</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Fire Force - Alev Gücü 6. Cilt</t>
+          <t>Horimiya 12</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059800303</t>
+          <t>9786256446366</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Alcatraz Kötü Kütüphanecilere Karşı</t>
+          <t>Mashle 3</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>80</v>
+        <v>195</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055069070</t>
+          <t>9786059800624</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>A Game Of Thrones: Taht Oyunları 3. Cilt</t>
+          <t>One-Punch Man - Cilt 8</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>42</v>
+        <v>195</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055381905</t>
+          <t>9786256446564</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Apple : Müşteriyi Tutku ile Bağlamanın Sırları</t>
+          <t>Resimlerle Troya</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>31</v>
+        <v>175</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055069261</t>
+          <t>9786256446472</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Empati Çağı</t>
+          <t>Frederic Chopin ve 101 Seçme Mektup</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>43</v>
+        <v>260</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059800976</t>
+          <t>9786257586924</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilmek Yolculuğu ve Ezoterik Bakış</t>
+          <t>Fire Force - Alev Gücü 6. Cilt</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>32.5</v>
+        <v>195</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055069513</t>
+          <t>9786059800303</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Buz ve Ateşin Dünyası</t>
+          <t>Alcatraz Kötü Kütüphanecilere Karşı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055381639</t>
+          <t>9786055069070</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Düşüncenin Kısa Tarihi</t>
+          <t>A Game Of Thrones: Taht Oyunları 3. Cilt</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>470</v>
+        <v>42</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052382479</t>
+          <t>9786055381905</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Parlayan Sözler</t>
+          <t>Apple : Müşteriyi Tutku ile Bağlamanın Sırları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>78</v>
+        <v>31</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059800693</t>
+          <t>9786055069261</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin 55 Altın Kuralı</t>
+          <t>Empati Çağı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>17.9</v>
+        <v>43</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055381554</t>
+          <t>9786059800976</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Düne Kadar Dünya</t>
+          <t>Kendini Bilmek Yolculuğu ve Ezoterik Bakış</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>69.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052382493</t>
+          <t>9786055069513</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kralların Yolu</t>
+          <t>Buz ve Ateşin Dünyası</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>63</v>
+        <v>175</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055381325</t>
+          <t>9786055381639</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kızıma Bir Yağmur Bulmalıyım</t>
+          <t>Bilimsel Düşüncenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>11.5</v>
+        <v>470</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055069636</t>
+          <t>9786052382479</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Hakkında Bilmeniz Gereken Her Şey</t>
+          <t>Parlayan Sözler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>18.9</v>
+        <v>78</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055069551</t>
+          <t>9786059800693</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Opera Kitabı</t>
+          <t>Öğretmenin 55 Altın Kuralı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>300</v>
+        <v>17.9</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055381837</t>
+          <t>9786055381554</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Büyük Düşün ve Büyük Ol</t>
+          <t>Düne Kadar Dünya</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>13.9</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055381103</t>
+          <t>9786052382493</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Benim İçin Öl</t>
+          <t>Kralların Yolu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>36.5</v>
+        <v>63</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055381592</t>
+          <t>9786055381325</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>A Game Of Thrones: Taht Oyunları 1. Cilt</t>
+          <t>Kızıma Bir Yağmur Bulmalıyım</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>42</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055381134</t>
+          <t>9786055069636</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Koltuk: Çizgilerle Psikoterapi</t>
+          <t>Felsefe Hakkında Bilmeniz Gereken Her Şey</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>13.9</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055381110</t>
+          <t>9786055069551</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Altında Bir Yıl</t>
+          <t>Opera Kitabı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>26</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052382042</t>
+          <t>9786055381837</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Olumlu Disiplin Öğretmen Rehberi</t>
+          <t>Çizgilerle Büyük Düşün ve Büyük Ol</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>90</v>
+        <v>13.9</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052382349</t>
+          <t>9786055381103</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Oathbringer</t>
+          <t>Benim İçin Öl</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>65</v>
+        <v>36.5</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256446069</t>
+          <t>9786055381592</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Medalist - Madalya Peşinde 2</t>
+          <t>A Game Of Thrones: Taht Oyunları 1. Cilt</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>195</v>
+        <v>42</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055381257</t>
+          <t>9786055381134</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bir Savaşçının Günlüğü</t>
+          <t>Koltuk: Çizgilerle Psikoterapi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>37.5</v>
+        <v>13.9</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055069438</t>
+          <t>9786055381110</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sissoylu: Kanun Alaşımı</t>
+          <t>Yıldızlar Altında Bir Yıl</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>55</v>
+        <v>26</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256446403</t>
+          <t>9786052382042</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>A'dan Z'ye Olumlu Disiplin Öğretmen Rehberi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256446106</t>
+          <t>9786052382349</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kaguya-Sama - Aşk Savaştır 2</t>
+          <t>Oathbringer</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>195</v>
+        <v>65</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257586795</t>
+          <t>9786256446069</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bastille Kötü Kütüphanecilere Karşı</t>
+          <t>Medalist - Madalya Peşinde 2</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256446359</t>
+          <t>9786055381257</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mashle 2</t>
+          <t>Bir Savaşçının Günlüğü</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>195</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055069810</t>
+          <t>9786055069438</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Taciz</t>
+          <t>Sissoylu - Kanun Alaşımı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>55</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055381752</t>
+          <t>9786256446403</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Teneke Trampet</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>500</v>
+        <v>80</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256446021</t>
+          <t>9786256446106</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kokulu Çiçekler Zarafetle Açar Cilt 2</t>
+          <t>Kaguya-Sama - Aşk Savaştır 2</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257586740</t>
+          <t>9786257586795</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Tek Yumruk 25</t>
+          <t>Bastille Kötü Kütüphanecilere Karşı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257586979</t>
+          <t>9786256446359</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan ile Miyamurakun 11. Cilt</t>
+          <t>Mashle 2</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256446229</t>
+          <t>9786055069810</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Witch Hat Atelier - Cadı Şapkası Atölyesi 2</t>
+          <t>Psikolojik Taciz</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055381585</t>
+          <t>9786055381752</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Modern Türkiye'ye Bir Ulusun İnşası</t>
+          <t>Teneke Trampet</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055381271</t>
+          <t>9786256446021</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kavala’da Son Türk</t>
+          <t>Güzel Kokulu Çiçekler Zarafetle Açar Cilt 2</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>240</v>
+        <v>195</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055069049</t>
+          <t>9786257586740</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Castro</t>
+          <t>One-Punch Man - Tek Yumruk 25</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256446113</t>
+          <t>9786257586979</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kaguya-Sama – Aşk Savaştır 3</t>
+          <t>Horimiya Horisan ile Miyamurakun 11. Cilt</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055069094</t>
+          <t>9786256446229</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 4</t>
+          <t>Witch Hat Atelier - Cadı Şapkası Atölyesi 2</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256446175</t>
+          <t>9786055381585</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Savaşı</t>
+          <t>Osmanlı'dan Modern Türkiye'ye Bir Ulusun İnşası</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055381417</t>
+          <t>9786055381271</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 3</t>
+          <t>Kavala’da Son Türk</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055381059</t>
+          <t>9786055069049</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 4</t>
+          <t>Castro</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256446441</t>
+          <t>9786256446113</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Çoğunluğun İradesi</t>
+          <t>Kaguya-Sama – Aşk Savaştır 3</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>520</v>
+        <v>195</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055381042</t>
+          <t>9786055069094</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 3</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 4</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055381127</t>
+          <t>9786256446175</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 6</t>
+          <t>Dünyalar Savaşı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256446137</t>
+          <t>9786055381417</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kaguya-Sama – Aşk Savaştır 5</t>
+          <t>Vampire Knight - Vampir Şövalye 3</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256446120</t>
+          <t>9786055381059</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kaguya-Sama – Aşk Savaştır 4</t>
+          <t>Death Note - Ölüm Defteri 4</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055381189</t>
+          <t>9786256446441</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 8</t>
+          <t>Çoğunluğun İradesi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>195</v>
+        <v>520</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256446168</t>
+          <t>9786055381042</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bir Head-Hunter’ın Anıları</t>
+          <t>Death Note - Ölüm Defteri 3</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059800440</t>
+          <t>9786055381127</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Özgüven</t>
+          <t>Death Note - Ölüm Defteri 6</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>420</v>
+        <v>195</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055381882</t>
+          <t>9786256446137</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>A Game Of Thrones: Taht Oyunları 2. Cilt</t>
+          <t>Kaguya-Sama – Aşk Savaştır 5</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>600</v>
+        <v>195</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257586290</t>
+          <t>9786256446120</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yönetimin Kuralları - Başarılı Bir Yönetici Olmanın Yolları</t>
+          <t>Kaguya-Sama – Aşk Savaştır 4</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257586856</t>
+          <t>9786055381189</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Cilt 13</t>
+          <t>Death Note - Ölüm Defteri 8</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257586894</t>
+          <t>9786256446168</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Shaman King – Şaman Kral 11</t>
+          <t>Bir Head-Hunter’ın Anıları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257586863</t>
+          <t>9786059800440</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Rosario+Vampire - Tılsımlı Kolye ve Vampir Sezon 2 Cilt 14</t>
+          <t>Özgüven</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>195</v>
+        <v>420</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052382929</t>
+          <t>9786055381882</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan 1453'e İslam Tarihi - Din ve Toplum</t>
+          <t>A Game Of Thrones: Taht Oyunları 2. Cilt</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>440</v>
+        <v>600</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257586849</t>
+          <t>9786257586290</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Sezon:2 12</t>
+          <t>Yönetimin Kuralları - Başarılı Bir Yönetici Olmanın Yolları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256446410</t>
+          <t>9786257586856</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Şerefe Sanat-Sanatçılar ve Bilinmeyen Hayatları Kokteyller ve Tarifleri</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Cilt 13</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>900</v>
+        <v>195</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257586887</t>
+          <t>9786257586894</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Shaman King – Şaman Kral 10</t>
+          <t>Shaman King – Şaman Kral 11</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257586566</t>
+          <t>9786257586863</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Slime Olarak Reenkarne Olduğum Zaman</t>
+          <t>Rosario+Vampire - Tılsımlı Kolye ve Vampir Sezon 2 Cilt 14</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256446014</t>
+          <t>9786052382929</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kokulu Çiçekler Zarafetle Açar Cilt 1</t>
+          <t>Başlangıçtan 1453'e İslam Tarihi - Din ve Toplum</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>195</v>
+        <v>440</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257586917</t>
+          <t>9786257586849</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Fire Force - Alev Gücü 5</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Sezon:2 12</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257586962</t>
+          <t>9786256446410</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan ile Miyamurakun 10. Cilt</t>
+          <t>Şerefe Sanat-Sanatçılar ve Bilinmeyen Hayatları Kokteyller ve Tarifleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>195</v>
+        <v>900</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257586726</t>
+          <t>9786257586887</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>One Punch Man - Tek Yumruk 23</t>
+          <t>Shaman King – Şaman Kral 10</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256446212</t>
+          <t>9786257586566</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Witch Hat Atelier – Cadı Şapkası Atölyesi 1</t>
+          <t>Slime Olarak Reenkarne Olduğum Zaman</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257586528</t>
+          <t>9786256446014</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Your Lie in April – Nisan Yalanı 4</t>
+          <t>Güzel Kokulu Çiçekler Zarafetle Açar Cilt 1</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256446342</t>
+          <t>9786257586917</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Mashle 1</t>
+          <t>Fire Force - Alev Gücü 5</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257586733</t>
+          <t>9786257586962</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>One Punch Man - Tek Yumruk 24</t>
+          <t>Horimiya Horisan ile Miyamurakun 10. Cilt</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256446052</t>
+          <t>9786257586726</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Medalist – Madalya Peşinde 1</t>
+          <t>One Punch Man - Tek Yumruk 23</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256446090</t>
+          <t>9786256446212</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kaguya-Sama – Aşk Savaştır 1</t>
+          <t>Witch Hat Atelier – Cadı Şapkası Atölyesi 1</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257586993</t>
+          <t>9786257586528</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>A.T.A. Ahıska - Trakya - Ankara</t>
+          <t>Your Lie in April – Nisan Yalanı 4</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256446007</t>
+          <t>9786256446342</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tek Yol Çağdaşlık</t>
+          <t>Mashle 1</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>240</v>
+        <v>195</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257586832</t>
+          <t>9786257586733</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Sezon: 2 11</t>
+          <t>One Punch Man - Tek Yumruk 24</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257586870</t>
+          <t>9786256446052</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Shaman King - Şaman Kral 9</t>
+          <t>Medalist – Madalya Peşinde 1</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257586955</t>
+          <t>9786256446090</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan ile Miyamurakun 09</t>
+          <t>Kaguya-Sama – Aşk Savaştır 1</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257586672</t>
+          <t>9786257586993</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Sezon: 2 10</t>
+          <t>A.T.A. Ahıska - Trakya - Ankara</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257586511</t>
+          <t>9786256446007</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Your Lie in April - Nisan Yalanı 3</t>
+          <t>Tek Yol Çağdaşlık</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052382875</t>
+          <t>9786257586832</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın ve Canlılığın Evrimi</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Sezon: 2 11</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>450</v>
+        <v>195</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257586559</t>
+          <t>9786257586870</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Slime Olarak Reenkarne Olduğum Zaman</t>
+          <t>Shaman King - Şaman Kral 9</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257586627</t>
+          <t>9786257586955</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Fire Force Alev Gücü 4. Cilt</t>
+          <t>Horimiya Horisan ile Miyamurakun 09</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257586825</t>
+          <t>9786257586672</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Death Note Short Stories</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Sezon: 2 10</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257586665</t>
+          <t>9786257586511</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Rosario &amp; Vampire Sezon 2 Cilt 9- Tılsımlı Kolye ve Vampir Sezon 2 Cilt 9</t>
+          <t>Your Lie in April - Nisan Yalanı 3</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257586504</t>
+          <t>9786052382875</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Your Lie in April – Nisan Yalanı 2</t>
+          <t>Dünyanın ve Canlılığın Evrimi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257586702</t>
+          <t>9786257586559</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan ile Miyamurakun 08</t>
+          <t>Slime Olarak Reenkarne Olduğum Zaman</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257586429</t>
+          <t>9786257586627</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Rosario Vampire 08</t>
+          <t>Fire Force Alev Gücü 4. Cilt</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257586498</t>
+          <t>9786257586825</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Your Lie in April - Nisan Yalanı 1</t>
+          <t>Death Note Short Stories</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257586542</t>
+          <t>9786257586665</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Slime Olarak Reenkarne Olduğum Zaman 2. Cilt</t>
+          <t>Rosario &amp; Vampire Sezon 2 Cilt 9- Tılsımlı Kolye ve Vampir Sezon 2 Cilt 9</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257586450</t>
+          <t>9786257586504</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Shaman King - Şaman Kral 8. Cilt</t>
+          <t>Your Lie in April – Nisan Yalanı 2</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257586474</t>
+          <t>9786257586702</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Böyle Gitmez</t>
+          <t>Horimiya Horisan ile Miyamurakun 08</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>270</v>
+        <v>195</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257586764</t>
+          <t>9786257586429</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Türk Toplumunda Kültür Çatışması: Dil ve Eğitim</t>
+          <t>Rosario Vampire 08</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>330</v>
+        <v>195</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257586481</t>
+          <t>9786257586498</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Vitamin</t>
+          <t>Your Lie in April - Nisan Yalanı 1</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257586641</t>
+          <t>9786257586542</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Fire Force Alev Gücü 3. Cilt</t>
+          <t>Slime Olarak Reenkarne Olduğum Zaman 2. Cilt</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257586719</t>
+          <t>9786257586450</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Tek Yumruk 22</t>
+          <t>Shaman King - Şaman Kral 8. Cilt</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257586696</t>
+          <t>9786257586474</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan ile Miyamurakun 07</t>
+          <t>Böyle Gitmez</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257586689</t>
+          <t>9786257586764</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan ile Miyamurakun 06</t>
+          <t>Dünden Bugüne Türk Toplumunda Kültür Çatışması: Dil ve Eğitim</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059479493</t>
+          <t>9786257586481</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Goblin Slayer - Goblin Avcısı 3</t>
+          <t>Vitamin</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257586443</t>
+          <t>9786257586641</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Shaman King 07</t>
+          <t>Fire Force Alev Gücü 3. Cilt</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257586634</t>
+          <t>9786257586719</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Fire Force Alev Gücü 2. Cilt</t>
+          <t>One-Punch Man - Tek Yumruk 22</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257586658</t>
+          <t>9786257586696</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sissoylu 7: Kayıp Metal</t>
+          <t>Horimiya Horisan ile Miyamurakun 07</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>450</v>
+        <v>195</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257586467</t>
+          <t>9786257586689</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan ile Miyamurakun 05</t>
+          <t>Horimiya Horisan ile Miyamurakun 06</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257586535</t>
+          <t>9786059479493</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Slime Olarak Reenkarne Olduğum Zaman 1. Cilt</t>
+          <t>Goblin Slayer - Goblin Avcısı 3</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>260</v>
+        <v>195</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257586610</t>
+          <t>9786257586443</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Fire Force Alev Gücü 1. Cilt</t>
+          <t>Shaman King 07</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257586412</t>
+          <t>9786257586634</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Rosario ve Vampire Sezon 2 Cilt 7 - Tılsımlı Kolye ve Vampir Sezon 2 Cilt 7</t>
+          <t>Fire Force Alev Gücü 2. Cilt</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257586368</t>
+          <t>9786257586658</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>One Punch Man - Tek Yumruk 21</t>
+          <t>Sissoylu - Kayıp Metal</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257586245</t>
+          <t>9786257586467</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hititler ve Hitit Çağında Anadolu</t>
+          <t>Horimiya Horisan ile Miyamurakun 05</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257586436</t>
+          <t>9786257586535</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Shaman King - Şaman Kral 6. Cilt</t>
+          <t>Slime Olarak Reenkarne Olduğum Zaman 1. Cilt</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257586344</t>
+          <t>9786257586610</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>One Punch Man 19 - Tek Yumruk 19</t>
+          <t>Fire Force Alev Gücü 1. Cilt</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257586351</t>
+          <t>9786257586412</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>One Punch Man - Tek Yumruk 20</t>
+          <t>Rosario ve Vampire Sezon 2 Cilt 7 - Tılsımlı Kolye ve Vampir Sezon 2 Cilt 7</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257586405</t>
+          <t>9786257586368</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Horimiya - Horisan ile Miyamurakun 4. Cilt</t>
+          <t>One Punch Man - Tek Yumruk 21</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257586283</t>
+          <t>9786257586245</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Başarılı Olmak İçin İş Hayatının Kuralları</t>
+          <t>Hititler ve Hitit Çağında Anadolu</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257586009</t>
+          <t>9786257586436</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Şafakparesi</t>
+          <t>Shaman King - Şaman Kral 6. Cilt</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>270</v>
+        <v>195</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257586153</t>
+          <t>9786257586344</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Shaman King - Şaman Kral 5. Cilt</t>
+          <t>One Punch Man 19 - Tek Yumruk 19</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257586214</t>
+          <t>9786257586351</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Sezon 2 Cilt 6</t>
+          <t>One Punch Man - Tek Yumruk 20</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257586108</t>
+          <t>9786257586405</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Limit Cilt 6</t>
+          <t>Horimiya - Horisan ile Miyamurakun 4. Cilt</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257586399</t>
+          <t>9786257586283</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan İle Miyamurakun 3. Cilt</t>
+          <t>İş Hayatında Başarılı Olmak İçin İş Hayatının Kuralları</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257586375</t>
+          <t>9786257586009</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Taşlara Kazınan Bilgelik Hazzı - Likya’da Oinoandalı Diogenes</t>
+          <t>Şafakparesi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257586092</t>
+          <t>9786257586153</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Limit 5. Cilt</t>
+          <t>Shaman King - Şaman Kral 5. Cilt</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257586382</t>
+          <t>9786257586214</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Horimiya - Horisan ile Miyamurakun Cilt 2</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Sezon 2 Cilt 6</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257586177</t>
+          <t>9786257586108</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ustaca Yaşam</t>
+          <t>Limit Cilt 6</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257586146</t>
+          <t>9786257586399</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Shaman King</t>
+          <t>Horimiya Horisan İle Miyamurakun 3. Cilt</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052382653</t>
+          <t>9786257586375</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Özgüven El Kitabı</t>
+          <t>Taşlara Kazınan Bilgelik Hazzı - Likya’da Oinoandalı Diogenes</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257586269</t>
+          <t>9786257586092</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Diyet</t>
+          <t>Limit 5. Cilt</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>420</v>
+        <v>195</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052382981</t>
+          <t>9786257586382</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Rosario &amp; Vampire Sezon 2 (Cilt 5)</t>
+          <t>Horimiya - Horisan ile Miyamurakun Cilt 2</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257586160</t>
+          <t>9786257586177</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Tek Yumruk 18</t>
+          <t>Ustaca Yaşam</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059479394</t>
+          <t>9786257586146</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Seraph of the End - Kıyamet Meleği 18</t>
+          <t>Shaman King</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257586085</t>
+          <t>9786052382653</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Limit 4</t>
+          <t>Gençler İçin Özgüven El Kitabı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257586337</t>
+          <t>9786257586269</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan ile Miyamurakun</t>
+          <t>Her Yönüyle Diyet</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>195</v>
+        <v>420</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052382905</t>
+          <t>9786052382981</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Parlayan Sözler - Fırtınaışığı Arşivi İkinci Roman Cilt 1</t>
+          <t>Rosario &amp; Vampire Sezon 2 (Cilt 5)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>550</v>
+        <v>195</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052382912</t>
+          <t>9786257586160</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Parlayan Sözler - Fırtınaışığı Arşivi İkinci Roman Cilt 2</t>
+          <t>One-Punch Man - Tek Yumruk 18</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>450</v>
+        <v>195</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257586207</t>
+          <t>9786059479394</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Alcatraz Kötü Kütüphanecilere Karşı</t>
+          <t>Seraph of the End - Kıyamet Meleği 18</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257586030</t>
+          <t>9786257586085</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Savaş Ritmi - Fırtınaışığı Arşivi Dördüncü Roman 2. Cilt</t>
+          <t>Limit 4</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>570</v>
+        <v>195</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257586023</t>
+          <t>9786257586337</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Savaş Ritmi - Fırtınaışığı Arşivi Dördüncü Roman 1. Cilt</t>
+          <t>Horimiya Horisan ile Miyamurakun</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>510</v>
+        <v>195</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257586078</t>
+          <t>9786052382905</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Limit 3. Cilt</t>
+          <t>Parlayan Sözler - Fırtınaışığı Arşivi İkinci Roman 1. Cilt</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>195</v>
+        <v>550</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257586139</t>
+          <t>9786052382912</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Shaman King 3. Cilt - Şaman Kral</t>
+          <t>Parlayan Sözler - Fırtınaışığı Arşivi İkinci Roman 2. Cilt</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257586184</t>
+          <t>9786257586207</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bir Aydının Günlüğü: Gözaltında 170 Gün - Turhan Dilligil</t>
+          <t>Alcatraz Kötü Kütüphanecilere Karşı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257586238</t>
+          <t>9786257586030</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın İktisat Teorisi - Kapital’i Anlamak</t>
+          <t>Savaş Ritmi - Fırtınaışığı Arşivi Dördüncü Roman 2. Cilt</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>270</v>
+        <v>570</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052382684</t>
+          <t>9786257586023</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Arcanum</t>
+          <t>Savaş Ritmi - Fırtınaışığı Arşivi Dördüncü Roman 1. Cilt</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>495</v>
+        <v>510</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257586122</t>
+          <t>9786257586078</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Shaman King 2. Cilt - Şaman Kral</t>
+          <t>Limit 3. Cilt</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052382707</t>
+          <t>9786257586139</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Umut</t>
+          <t>Shaman King 3. Cilt - Şaman Kral</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257586061</t>
+          <t>9786257586184</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Limit 02</t>
+          <t>Bir Aydının Günlüğü: Gözaltında 170 Gün - Turhan Dilligil</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052382998</t>
+          <t>9786257586238</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>One Punch Man 17</t>
+          <t>Marx’ın İktisat Teorisi - Kapital’i Anlamak</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257586115</t>
+          <t>9786052382684</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Shaman King - Şaman Kral</t>
+          <t>Sınırsız Arcanum</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>195</v>
+        <v>495</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257586054</t>
+          <t>9786257586122</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Limit 1. Cilt</t>
+          <t>Shaman King 2. Cilt - Şaman Kral</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052382509</t>
+          <t>9786052382707</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Umut</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052382967</t>
+          <t>9786257586061</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Eğitim - Seçim Kurtarmak Mı ? Nesil Kurtarmak Mı ?</t>
+          <t>Limit 02</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>330</v>
+        <v>195</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052382943</t>
+          <t>9786052382998</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Oathbringer 1. Cilt</t>
+          <t>One Punch Man 17</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>520</v>
+        <v>195</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052382950</t>
+          <t>9786257586115</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Oathbringer 2. Cilt</t>
+          <t>Shaman King - Şaman Kral</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>595</v>
+        <v>195</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052382844</t>
+          <t>9786257586054</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ra - Gözcüler</t>
+          <t>Limit 1. Cilt</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052382851</t>
+          <t>9786052382509</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Kulübü - Simurg Efsanesi</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052382677</t>
+          <t>9786052382967</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 16</t>
+          <t>Eğitim - Seçim Kurtarmak Mı ? Nesil Kurtarmak Mı ?</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052382530</t>
+          <t>9786052382943</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hititler</t>
+          <t>Oathbringer - Fırtınaışığı Arşivi Üçüncü Roman 1. Cilt</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>370</v>
+        <v>520</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052382745</t>
+          <t>9786052382950</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Canlılığın Oluşum Öyküsünde Renklerin Dansı</t>
+          <t>Oathbringer - Fırtınaışığı Arşivi Üçüncü Roman 2. Cilt</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>275</v>
+        <v>595</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052382868</t>
+          <t>9786052382844</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Çocukları</t>
+          <t>Ra - Gözcüler</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052382714</t>
+          <t>9786052382851</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Bilim Toplumunda Bilgiyi Kime Nasıl Vermeli</t>
+          <t>Cesaret Kulübü - Simurg Efsanesi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>280</v>
+        <v>125</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052382554</t>
+          <t>9786052382677</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Öğretmenler İçin El Kitabı</t>
+          <t>One-Punch Man - Cilt 16</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>420</v>
+        <v>195</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052382189</t>
+          <t>9786052382530</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Bin Dokuz Yüz Seksen Dört</t>
+          <t>Hititler</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>275</v>
+        <v>370</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052382172</t>
+          <t>9786052382745</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Canlılığın Oluşum Öyküsünde Renklerin Dansı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052382806</t>
+          <t>9786052382868</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kralların Yolu - Fırtınaışığı Arşivi Birinci Roman 2. Cilt</t>
+          <t>Evrenin Çocukları</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052382790</t>
+          <t>9786052382714</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kralların Yolu - Fırtınaışığı Arşivi Birinci Roman 1. Cilt</t>
+          <t>Bilim Toplumunda Bilgiyi Kime Nasıl Vermeli</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>490</v>
+        <v>280</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052382691</t>
+          <t>9786052382554</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz’in Çocukları</t>
+          <t>Her Yönüyle Öğretmenler İçin El Kitabı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052382721</t>
+          <t>9786052382189</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tasarım – Evrimsel Tasarım</t>
+          <t>Bin Dokuz Yüz Seksen Dört</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052382738</t>
+          <t>9786052382172</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Öyküler</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059800532</t>
+          <t>9786052382806</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İslam</t>
+          <t>Kralların Yolu - Fırtınaışığı Arşivi Birinci Roman 2. Cilt</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052382417</t>
+          <t>9786052382790</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Şarap</t>
+          <t>Kralların Yolu - Fırtınaışığı Arşivi Birinci Roman 1. Cilt</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>420</v>
+        <v>490</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052382615</t>
+          <t>9786052382691</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İnanç Sistemleri ve Kendini Bilmek</t>
+          <t>İsimsiz’in Çocukları</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052382608</t>
+          <t>9786052382721</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Uyku Uykusuzluk ve Rüyalar</t>
+          <t>Akıllı Tasarım – Evrimsel Tasarım</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052382592</t>
+          <t>9786052382738</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Son Şövalye</t>
+          <t>Yaşanmış Öyküler</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>530</v>
+        <v>150</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052382431</t>
+          <t>9786059800532</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 15</t>
+          <t>İslam</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052382585</t>
+          <t>9786052382417</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yapracık Yollarında Kurt Yesin Beni</t>
+          <t>Her Yönüyle Şarap</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>345</v>
+        <v>420</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052382578</t>
+          <t>9786052382615</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Ölüm</t>
+          <t>İnanç Sistemleri ve Kendini Bilmek</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>460</v>
+        <v>275</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786052382424</t>
+          <t>9786052382608</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 14</t>
+          <t>Uyku Uykusuzluk ve Rüyalar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052382486</t>
+          <t>9786052382592</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Siz de Buluş Yapabilirsiniz</t>
+          <t>Son Şövalye</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>290</v>
+        <v>530</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052382547</t>
+          <t>9786052382431</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Satranç</t>
+          <t>One-Punch Man - Cilt 15</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>420</v>
+        <v>195</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059800419</t>
+          <t>9786052382585</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Avrupa’yı Keşfi</t>
+          <t>Yapracık Yollarında Kurt Yesin Beni</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>360</v>
+        <v>345</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786052382400</t>
+          <t>9786052382578</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Anlatamadım Mı?</t>
+          <t>Mürekkep Ölüm</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052382516</t>
+          <t>9786052382424</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Lejyon - Yitik Suretler</t>
+          <t>One-Punch Man - Cilt 14</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052382448</t>
+          <t>9786052382486</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Leonardo’nun Defterleri</t>
+          <t>Siz de Buluş Yapabilirsiniz</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>600</v>
+        <v>290</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052382523</t>
+          <t>9786052382547</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Köpek Eğitimi</t>
+          <t>Her Yönüyle Satranç</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052382455</t>
+          <t>9786059800419</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Müslümanların Avrupa’yı Keşfi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052382394</t>
+          <t>9786052382400</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Kulübü</t>
+          <t>Anlatamadım Mı?</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>165</v>
+        <v>320</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052382387</t>
+          <t>9786052382516</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Lejyon - Yitik Suretler</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052382363</t>
+          <t>9786052382448</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Leonardo’nun Defterleri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052382356</t>
+          <t>9786052382523</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Her Yönüyle Köpek Eğitimi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052382370</t>
+          <t>9786052382455</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052382295</t>
+          <t>9786052382394</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 13</t>
+          <t>Cesaret Kulübü</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>195</v>
+        <v>165</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059800389</t>
+          <t>9786052382387</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Zenginliğin Kuralları</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052382318</t>
+          <t>9786052382363</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Pilates</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052382301</t>
+          <t>9786052382356</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Roman Yazmak</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052382288</t>
+          <t>9786052382370</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Patikler</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052382165</t>
+          <t>9786052382295</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Uyanmak Yok</t>
+          <t>One-Punch Man - Cilt 13</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052382325</t>
+          <t>9786059800389</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Yoga</t>
+          <t>Zenginliğin Kuralları</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059800396</t>
+          <t>9786052382318</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Kuralları</t>
+          <t>Her Yönüyle Pilates</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059800358</t>
+          <t>9786052382301</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Yaşam İçin Akılcı İyimserlik</t>
+          <t>Her Yönüyle Roman Yazmak</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>275</v>
+        <v>420</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052382202</t>
+          <t>9786052382288</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Nazi Kampları</t>
+          <t>Kırmızı Patikler</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052382271</t>
+          <t>9786052382165</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Emin Özdemir Güncesi</t>
+          <t>Uyanmak Yok</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059800402</t>
+          <t>9786052382325</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kuralları</t>
+          <t>Her Yönüyle Yoga</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052382240</t>
+          <t>9786059800396</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Dair Denemeler</t>
+          <t>Sevginin Kuralları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052382752</t>
+          <t>9786059800358</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Savaşkıran</t>
+          <t>Mutlu Bir Yaşam İçin Akılcı İyimserlik</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>440</v>
+        <v>275</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052382073</t>
+          <t>9786052382202</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Assassin’s Creed 2. Cilt - Komplolar / Gökkuşağı Projesi</t>
+          <t>Nazi Kampları</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052382066</t>
+          <t>9786052382271</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Assassin’s Creed 1. Cilt  - Komplolar / Çan Projesi</t>
+          <t>Emin Özdemir Güncesi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059800778</t>
+          <t>9786059800402</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar: Kültürel Tarih</t>
+          <t>Yaşamın Kuralları</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786055069766</t>
+          <t>9786052382240</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçi Bilim Teorisi</t>
+          <t>Yaşama Dair Denemeler</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052382257</t>
+          <t>9786052382752</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Karanlığa :Başkaldırı</t>
+          <t>Savaşkıran</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>134</v>
+        <v>440</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786055069056</t>
+          <t>9786052382073</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Şarap Kursu</t>
+          <t>Assassin’s Creed 2. Cilt - Komplolar / Gökkuşağı Projesi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059800341</t>
+          <t>9786052382066</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Alcatraz 5 - Kara Yetenek</t>
+          <t>Assassin’s Creed 1. Cilt  - Komplolar / Çan Projesi</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052382219</t>
+          <t>9786059800778</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kafka</t>
+          <t>Osmanlılar: Kültürel Tarih</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059800327</t>
+          <t>9786055069766</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Alcatraz 3 - Kristalya Şövalyeleri</t>
+          <t>Gerçekçi Bilim Teorisi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059800334</t>
+          <t>9786052382257</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Alcatraz 4 - Kırık Mercek</t>
+          <t>Karanlığa :Başkaldırı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>160</v>
+        <v>134</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052382837</t>
+          <t>9786055069056</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Sissoylu 5 - Benliğin Gölgeleri</t>
+          <t>Hızlı Şarap Kursu</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059800174</t>
+          <t>9786059800341</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Kuvvet Antrenmanı Anatomisi</t>
+          <t>Alcatraz 5 - Kara Yetenek</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>470</v>
+        <v>150</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786055069599</t>
+          <t>9786052382219</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear</t>
+          <t>Kafka</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786055069605</t>
+          <t>9786059800327</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>Alcatraz 3 - Kristalya Şövalyeleri</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059800815</t>
+          <t>9786059800334</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Acemi Yazarın Not Defteri</t>
+          <t>Alcatraz 4 - Kırık Mercek</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059800181</t>
+          <t>9786052382837</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Gövde Antrenmanı Anatomisi</t>
+          <t>Sissoylu - Benliğin Gölgeleri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>470</v>
+        <v>300</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059800198</t>
+          <t>9786059800174</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar İçin Egzersiz Anatomisi</t>
+          <t>Adım Adım Kuvvet Antrenmanı Anatomisi</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>470</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059800204</t>
+          <t>9786055069599</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>50 Yaş ve Üzeri İçin Egzersiz Anatomisi</t>
+          <t>Kral Lear</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>470</v>
+        <v>240</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055069827</t>
+          <t>9786055069605</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ekonomide Eksen Kaymaları Şok!</t>
+          <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052382196</t>
+          <t>9786059800815</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sanat ve Resim Üzerine</t>
+          <t>Acemi Yazarın Not Defteri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059800310</t>
+          <t>9786059800181</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Alcatraz Kötü Kütüphanecilere Karşı 2 - Katibin Kemikleri</t>
+          <t>Adım Adım Gövde Antrenmanı Anatomisi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052382103</t>
+          <t>9786059800198</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Lejyon 2 - Kayıp Cesedin Peşinde</t>
+          <t>Kadınlar İçin Egzersiz Anatomisi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>250</v>
+        <v>470</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059800846</t>
+          <t>9786059800204</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kum - 1</t>
+          <t>50 Yaş ve Üzeri İçin Egzersiz Anatomisi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>300</v>
+        <v>470</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052382035</t>
+          <t>9786055069827</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 12</t>
+          <t>Ekonomide Eksen Kaymaları Şok!</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>195</v>
+        <v>440</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052382141</t>
+          <t>9786052382196</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Demirel’in Objektifinden Sinemamızın 200 Yüzü</t>
+          <t>Türkiye’de Sanat ve Resim Üzerine</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059800655</t>
+          <t>9786059800310</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Alcatraz Kötü Kütüphanecilere Karşı 2 - Katibin Kemikleri</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059800662</t>
+          <t>9786052382103</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Lejyon - Kayıp Cesedin Peşinde</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059800679</t>
+          <t>9786059800846</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>Beyaz Kum - 1</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059800273</t>
+          <t>9786052382035</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Konfüçyüs Anlatıyor</t>
+          <t>One-Punch Man - Cilt 12</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>105</v>
+        <v>195</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052382028</t>
+          <t>9786052382141</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 11</t>
+          <t>İbrahim Demirel’in Objektifinden Sinemamızın 200 Yüzü</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>195</v>
+        <v>750</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059800891</t>
+          <t>9786059800655</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ressamlar: Goya</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059800907</t>
+          <t>9786059800662</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ressamlar: Toulouse Lautrec</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059800884</t>
+          <t>9786059800679</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ressamlar: Leonardo da Vinci</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052382127</t>
+          <t>9786059800273</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Diken Zihninize Batabilir!</t>
+          <t>Konfüçyüs Anlatıyor</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>290</v>
+        <v>105</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052382158</t>
+          <t>9786052382028</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Dilin Öte Yakası</t>
+          <t>One-Punch Man - Cilt 11</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>260</v>
+        <v>195</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052382110</t>
+          <t>9786059800891</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Anadilin Toprağında</t>
+          <t>Büyük Ressamlar: Goya</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786055069384</t>
+          <t>9786059800907</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kriz: Parasal ve Mali Reform Önerileri</t>
+          <t>Büyük Ressamlar: Toulouse Lautrec</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059800525</t>
+          <t>9786059800884</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu'da Irk Kavramı ve Kölelik</t>
+          <t>Büyük Ressamlar: Leonardo da Vinci</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052382134</t>
+          <t>9786052382127</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Umutla...</t>
+          <t>Diken Zihninize Batabilir!</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786055381714</t>
+          <t>9786052382158</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Sporda Başarı ve Dayanıklılık için Kuvvet ve Fitness Antrenmanı Anatomisi</t>
+          <t>Dilin Öte Yakası</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>470</v>
+        <v>260</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059800280</t>
+          <t>9786052382110</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Anadilin Toprağında</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>75</v>
+        <v>230</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059800761</t>
+          <t>9786055069384</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Paris'in Işığı</t>
+          <t>Küresel Kriz: Parasal ve Mali Reform Önerileri</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059800297</t>
+          <t>9786059800525</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Orta Doğu'da Irk Kavramı ve Kölelik</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052382011</t>
+          <t>9786052382134</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Ahırkapılı Modigliani</t>
+          <t>Umutla...</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059800990</t>
+          <t>9786055381714</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kendi Sözleriyle Einstein</t>
+          <t>Sporda Başarı ve Dayanıklılık için Kuvvet ve Fitness Antrenmanı Anatomisi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>150</v>
+        <v>470</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059800495</t>
+          <t>9786059800280</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir - Sezon 2 Cilt 4</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>195</v>
+        <v>75</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059800648</t>
+          <t>9786059800761</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 10</t>
+          <t>Paris'in Işığı</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>195</v>
+        <v>310</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059800266</t>
+          <t>9786059800297</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059800167</t>
+          <t>9786052382011</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsan</t>
+          <t>Ahırkapılı Modigliani</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059800877</t>
+          <t>9786059800990</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Armut Ağacına Mektup</t>
+          <t>Kendi Sözleriyle Einstein</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059800631</t>
+          <t>9786059800495</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 9</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir - Sezon 2 Cilt 4</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059800754</t>
+          <t>9786059800648</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Düştüm Uzun İnce Bir Yola</t>
+          <t>One-Punch Man - Cilt 10</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059800983</t>
+          <t>9786059800266</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Giderken</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059800488</t>
+          <t>9786059800167</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir - Sezon 2 Cilt 3</t>
+          <t>Bir İnsan</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>195</v>
+        <v>500</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059800785</t>
+          <t>9786059800877</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs</t>
+          <t>Armut Ağacına Mektup</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059800617</t>
+          <t>9786059800631</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 7</t>
+          <t>One-Punch Man - Cilt 9</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059800945</t>
+          <t>9786059800754</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Göğüne Sığmayan Bulut</t>
+          <t>Düştüm Uzun İnce Bir Yola</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059800501</t>
+          <t>9786059800983</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>İnanç ve İktidar: Orta Doğu’da Din ve Siyaset</t>
+          <t>Giderken</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059800952</t>
+          <t>9786059800488</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Yürek</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir - Sezon 2 Cilt 3</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>430</v>
+        <v>195</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059800600</t>
+          <t>9786059800785</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 6</t>
+          <t>Steve Jobs</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059800471</t>
+          <t>9786059800617</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir - Sezon 2 Cilt 2</t>
+          <t>One-Punch Man - Cilt 7</t>
         </is>
       </c>
       <c r="C322" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059800594</t>
+          <t>9786059800945</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 5</t>
+          <t>Göğüne Sığmayan Bulut</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>195</v>
+        <v>360</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059800938</t>
+          <t>9786059800501</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>nFit 365 Günlük Sağlık Ajandası</t>
+          <t>İnanç ve İktidar: Orta Doğu’da Din ve Siyaset</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059800921</t>
+          <t>9786059800952</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Gri Şehirdeki Kadın</t>
+          <t>Mürekkep Yürek</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059800587</t>
+          <t>9786059800600</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 4</t>
+          <t>One-Punch Man - Cilt 6</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059800518</t>
+          <t>9786059800471</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Batı</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir - Sezon 2 Cilt 2</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786055381721</t>
+          <t>9786059800594</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar İçin Kuvvet ve Fitness Antrenmanı Anatomisi</t>
+          <t>One-Punch Man - Cilt 5</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>470</v>
+        <v>195</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059800860</t>
+          <t>9786059800938</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kaptan</t>
+          <t>nFit 365 Günlük Sağlık Ajandası</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059800716</t>
+          <t>9786059800921</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>En İyiye Saygı: Muhammed Ali</t>
+          <t>Gri Şehirdeki Kadın</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059800464</t>
+          <t>9786059800587</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir - Sezon 2 Cilt 1</t>
+          <t>One-Punch Man - Cilt 4</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059800853</t>
+          <t>9786059800518</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kardelen</t>
+          <t>İslam ve Batı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786055381936</t>
+          <t>9786055381721</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Mass Effect - Entrika</t>
+          <t>Kadınlar İçin Kuvvet ve Fitness Antrenmanı Anatomisi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>230</v>
+        <v>470</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059800570</t>
+          <t>9786059800860</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man Cilt 3: Tek Yumruk</t>
+          <t>Kaptan</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059800914</t>
+          <t>9786059800716</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Musa'nın Sırrı - Ana Tanrıça'nın Yolunda</t>
+          <t>En İyiye Saygı: Muhammed Ali</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>140</v>
+        <v>310</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786055069742</t>
+          <t>9786059800464</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Tekeli</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir - Sezon 2 Cilt 1</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059800020</t>
+          <t>9786059800853</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 25</t>
+          <t>Kardelen</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059800556</t>
+          <t>9786055381936</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man Cilt 1: Tek Yumruk</t>
+          <t>Mass Effect - Entrika</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059800792</t>
+          <t>9786059800570</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Katya'nın Hayırsız Oğlu</t>
+          <t>One-Punch Man Cilt 3: Tek Yumruk</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059800563</t>
+          <t>9786059800914</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 2</t>
+          <t>Musa'nın Sırrı - Ana Tanrıça'nın Yolunda</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059800372</t>
+          <t>9786055069742</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Özgüven</t>
+          <t>Yeni Medya Tekeli</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059800044</t>
+          <t>9786059800020</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 27</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 25</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059800723</t>
+          <t>9786059800556</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>İnceden Günceye</t>
+          <t>One-Punch Man Cilt 1: Tek Yumruk</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>630</v>
+        <v>195</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786055381677</t>
+          <t>9786059800792</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Köpek Eğitiminde Günlük Yaşamı Kolaylaştıran 11 Komut</t>
+          <t>Talihsiz Katya'nın Hayırsız Oğlu</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059800037</t>
+          <t>9786059800563</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 26</t>
+          <t>One-Punch Man - Cilt 2</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059800013</t>
+          <t>9786059800372</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 24</t>
+          <t>Özgüven</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786055381851</t>
+          <t>9786059800044</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Coğrafyası</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 27</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786055069896</t>
+          <t>9786059800723</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Başlangıca Kadar</t>
+          <t>İnceden Günceye</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>260</v>
+        <v>630</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059800709</t>
+          <t>9786055381677</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İlyada</t>
+          <t>Köpek Eğitiminde Günlük Yaşamı Kolaylaştıran 11 Komut</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059800006</t>
+          <t>9786059800037</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 23</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 26</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786055069797</t>
+          <t>9786059800013</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Ege</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 24</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>330</v>
+        <v>195</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059800686</t>
+          <t>9786055381851</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Ahlakın Coğrafyası</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>125</v>
+        <v>280</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257586306</t>
+          <t>9786055069896</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Gençlerde Hayat Başarısı İçin Özgüven</t>
+          <t>Başlangıca Kadar</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786055069995</t>
+          <t>9786059800709</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 22</t>
+          <t>İlyada</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>195</v>
+        <v>440</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786055069988</t>
+          <t>9786059800006</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 21</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 23</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786055381653</t>
+          <t>9786055069797</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Fısıldayan Kafatası</t>
+          <t>Ege</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786055069971</t>
+          <t>9786059800686</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 20</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059800129</t>
+          <t>9786257586306</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 19</t>
+          <t>Gençlerde Hayat Başarısı İçin Özgüven</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059800433</t>
+          <t>9786055069995</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Balo</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 22</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059800242</t>
+          <t>9786055069988</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Devrim</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 21</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786055069643</t>
+          <t>9786055381653</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Pandora’nın Kutusu</t>
+          <t>Fısıldayan Kafatası</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>154</v>
+        <v>350</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786055381615</t>
+          <t>9786055069971</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>L - Dünyayı Değiştir 1</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 20</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786055069940</t>
+          <t>9786059800129</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 17</t>
+          <t>Vampire Knight - Vampir Şövalye 19</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786055069759</t>
+          <t>9786059800433</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Bir Başka Defter - Los Angeles BB Cinayetleri</t>
+          <t>Maskeli Balo</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786055069339</t>
+          <t>9786059800242</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Bangkok Hilton Günlüğü</t>
+          <t>Kod Adı Devrim</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786055069889</t>
+          <t>9786055069643</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Sondan Sonra</t>
+          <t>Pandora’nın Kutusu</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>260</v>
+        <v>154</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786055381660</t>
+          <t>9786055381615</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Haykıran Merdiven</t>
+          <t>L - Dünyayı Değiştir 1</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>310</v>
+        <v>275</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786055381547</t>
+          <t>9786055069940</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 16</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 17</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055381363</t>
+          <t>9786055069759</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Phoenix Dosyaları 5 - Atık</t>
+          <t>Death Note - Bir Başka Defter - Los Angeles BB Cinayetleri</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>230</v>
+        <v>195</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059800099</t>
+          <t>9786055069339</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 9</t>
+          <t>Bangkok Hilton Günlüğü</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059800075</t>
+          <t>9786055069889</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Rosario Vampire - Tılsımlı Kolye ve Vampir 10</t>
+          <t>Sondan Sonra</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059800228</t>
+          <t>9786055381660</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>All You Need Is Kill - Öldür Yeter - 2</t>
+          <t>Haykıran Merdiven</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>195</v>
+        <v>310</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059800235</t>
+          <t>9786055381547</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Dünyası</t>
+          <t>Vampire Knight - Vampir Şövalye 16</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>155</v>
+        <v>195</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052382561</t>
+          <t>9786055381363</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Sissoylu 2 - Kuşatma</t>
+          <t>Phoenix Dosyaları 5 - Atık</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>675</v>
+        <v>230</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786055381981</t>
+          <t>9786059800099</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kütle - İlk Madde Bilim Tarihinin En Büyük Avı</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 9</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786055381769</t>
+          <t>9786059800075</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Vahideddin - Mustafa Kemal Ekseninde Milli Mücadele</t>
+          <t>Rosario Vampire - Tılsımlı Kolye ve Vampir 10</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>550</v>
+        <v>195</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786055381530</t>
+          <t>9786059800228</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 15</t>
+          <t>All You Need Is Kill - Öldür Yeter - 2</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786055069933</t>
+          <t>9786059800235</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Metal Simyacı 16</t>
+          <t>İnsanların Dünyası</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>195</v>
+        <v>155</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786055381394</t>
+          <t>9786052382561</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 1</t>
+          <t>Sissoylu - Kuşatma</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>195</v>
+        <v>675</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055069926</t>
+          <t>9786055381981</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 15</t>
+          <t>Kütle - İlk Madde Bilim Tarihinin En Büyük Avı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059800082</t>
+          <t>9786055381769</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 8</t>
+          <t>Vahideddin - Mustafa Kemal Ekseninde Milli Mücadele</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>195</v>
+        <v>550</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786055069254</t>
+          <t>9786055381530</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Glee William McKinley Lisesi Yıllığı</t>
+          <t>Vampire Knight - Vampir Şövalye 15</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786055381523</t>
+          <t>9786055069933</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 14</t>
+          <t>Fullmetal Alchemist - Metal Simyacı 16</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059800150</t>
+          <t>9786055381394</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Beyin - Dehanın Nörobilimi</t>
+          <t>Vampire Knight - Vampir Şövalye 1</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059800136</t>
+          <t>9786055069926</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Erospa</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 15</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786055069919</t>
+          <t>9786059800082</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 14</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 8</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786055381929</t>
+          <t>9786055069254</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Mass Effect - İntikam</t>
+          <t>Glee William McKinley Lisesi Yıllığı</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059800211</t>
+          <t>9786055381523</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>All You Need Is Kill - Öldür Yeter 1</t>
+          <t>Vampire Knight - Vampir Şövalye 14</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786055381349</t>
+          <t>9786059800150</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Phoenix Dosyaları 4 - Yeraltı</t>
+          <t>Yaratıcı Beyin - Dehanın Nörobilimi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786055381356</t>
+          <t>9786059800136</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Phoenix Dosyaları 3 : Mutasyon</t>
+          <t>Erospa</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786055069872</t>
+          <t>9786055069919</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 14</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059800068</t>
+          <t>9786055381929</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 7</t>
+          <t>Mass Effect - İntikam</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786055069834</t>
+          <t>9786059800211</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Yitik Zamanın Yolcuları</t>
+          <t>All You Need Is Kill - Öldür Yeter 1</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059800143</t>
+          <t>9786055381349</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Dictionary: İngilizce - Türkçe / Türkçe - İngilizce</t>
+          <t>Phoenix Dosyaları 4 - Yeraltı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059800051</t>
+          <t>9786055381356</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 6</t>
+          <t>Phoenix Dosyaları 3 : Mutasyon</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786055069902</t>
+          <t>9786055069872</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 13</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786055381509</t>
+          <t>9786059800068</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 12</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 7</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786055069087</t>
+          <t>9786055069834</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>A Game of Thrones - Taht Oyunları 4. Cilt</t>
+          <t>Yitik Zamanın Yolcuları</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055381516</t>
+          <t>9786059800143</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 13</t>
+          <t>Dictionary: İngilizce - Türkçe / Türkçe - İngilizce</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786055069841</t>
+          <t>9786059800051</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 5</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 6</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786055069247</t>
+          <t>9786055069902</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Assassin's Creed 6. Cilt / Leila</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 13</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055069674</t>
+          <t>9786055381509</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Davranış</t>
+          <t>Vampire Knight - Vampir Şövalye 12</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786055069476</t>
+          <t>9786055069087</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Esnetme Hareketleri Anatomisi</t>
+          <t>A Game of Thrones - Taht Oyunları 4. Cilt</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>470</v>
+        <v>600</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786055069308</t>
+          <t>9786055381516</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Başarılı Küçük İşletmesi</t>
+          <t>Vampire Knight - Vampir Şövalye 13</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055069858</t>
+          <t>9786055069841</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 5</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786052382462</t>
+          <t>9786055069247</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Sissoylu - Son İmparatorluk 1</t>
+          <t>Assassin's Creed 6. Cilt / Leila</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>560</v>
+        <v>150</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786055069698</t>
+          <t>9786055069674</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 12</t>
+          <t>Güvenli Davranış</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786055069612</t>
+          <t>9786055069476</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Metal Simyacı 11</t>
+          <t>Esnetme Hareketleri Anatomisi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786055069582</t>
+          <t>9786055069308</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 4</t>
+          <t>Dünyanın En Başarılı Küçük İşletmesi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786055069018</t>
+          <t>9786055069858</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Makedonya</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055069285</t>
+          <t>9786052382462</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Devrimi</t>
+          <t>Sissoylu - Son İmparatorluk</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>420</v>
+        <v>560</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055381776</t>
+          <t>9786055069698</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Mass Effect - Keşif</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 12</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>330</v>
+        <v>195</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055069162</t>
+          <t>9786055069612</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Assassin’s Creed 4. Cilt: Hawk</t>
+          <t>Fullmetal Alchemist - Metal Simyacı 11</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055069575</t>
+          <t>9786055069582</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Einstein Saatleri : Poincare Haritaları</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 4</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055381608</t>
+          <t>9786055069018</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Buluşlar</t>
+          <t>Makedonya</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055069353</t>
+          <t>9786055069285</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Eleftherios Venizelos</t>
+          <t>Sevgi Devrimi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055381844</t>
+          <t>9786055381776</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Prens</t>
+          <t>Mass Effect - Keşif</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055069667</t>
+          <t>9786055069162</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Kuantum : Tanrı'nın Nefesi mi? Aklın Sesi mi? Neyin Nesi?</t>
+          <t>Assassin’s Creed 4. Cilt: Hawk</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055069483</t>
+          <t>9786055069575</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Masaj Anatomisi</t>
+          <t>Einstein Saatleri : Poincare Haritaları</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>470</v>
+        <v>395</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786055069681</t>
+          <t>9786055381608</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Hayatından Yirmi Dört Saat</t>
+          <t>Muhteşem Buluşlar</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>75</v>
+        <v>260</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055069193</t>
+          <t>9786055069353</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Assassin’s Creed 5. Cilt: El Cakr</t>
+          <t>Eleftherios Venizelos</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055069650</t>
+          <t>9786055381844</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Zırvalar ve Arkalarındaki Gerçekler</t>
+          <t>Çizgilerle Prens</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055381912</t>
+          <t>9786055069667</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Mass Effect: Yükseliş</t>
+          <t>Kuantum : Tanrı'nın Nefesi mi? Aklın Sesi mi? Neyin Nesi?</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786052382332</t>
+          <t>9786055069483</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Klasik Mitoloji</t>
+          <t>Masaj Anatomisi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>420</v>
+        <v>470</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786052382769</t>
+          <t>9786055069681</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Elantris</t>
+          <t>Bir Kadının Hayatından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>475</v>
+        <v>75</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055069322</t>
+          <t>9786055069193</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Kelin Üç Hali</t>
+          <t>Assassin’s Creed 5. Cilt: El Cakr</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055069414</t>
+          <t>9786055069650</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisi - Kahramanlar, Tanrılar ve Canavarlar</t>
+          <t>Zırvalar ve Arkalarındaki Gerçekler</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786055069407</t>
+          <t>9786055381912</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Olimpiyatlar ve İlginç Tarihi</t>
+          <t>Mass Effect: Yükseliş</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786055069421</t>
+          <t>9786052382332</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kelt Mitolojisi</t>
+          <t>Her Yönüyle Klasik Mitoloji</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257586313</t>
+          <t>9786052382769</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Eski Mısır</t>
+          <t>Elantris</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>200</v>
+        <v>475</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786055069032</t>
+          <t>9786055069322</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 3</t>
+          <t>Kelin Üç Hali</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786055381486</t>
+          <t>9786055069414</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 10</t>
+          <t>Yunan Mitolojisi - Kahramanlar, Tanrılar ve Canavarlar</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786055381561</t>
+          <t>9786055069407</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Olimpiyatlar ve İlginç Tarihi</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786055069360</t>
+          <t>9786055069421</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağının Gölgesi</t>
+          <t>Kelt Mitolojisi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055381974</t>
+          <t>9786257586313</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 10</t>
+          <t>Eski Mısır</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055381745</t>
+          <t>9786055069032</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Glee - Yaz Tatili</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 3</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786059800105</t>
+          <t>9786055381486</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 17</t>
+          <t>Vampire Knight - Vampir Şövalye 10</t>
         </is>
       </c>
       <c r="C437" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055381899</t>
+          <t>9786055381561</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz Anatomisi</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>470</v>
+        <v>75</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786055069490</t>
+          <t>9786055069360</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Stardoll El Kitabı - Şöhret, Moda ve Arkadaşlık</t>
+          <t>Gökkuşağının Gölgesi</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786055069506</t>
+          <t>9786055381974</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 3</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 10</t>
         </is>
       </c>
       <c r="C440" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786052382813</t>
+          <t>9786055381745</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Çağların Kahramanı - Sissoylu 3</t>
+          <t>Glee - Yaz Tatili</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>525</v>
+        <v>300</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786055381424</t>
+          <t>9786059800105</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 4</t>
+          <t>Vampire Knight - Vampir Şövalye 17</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786055381479</t>
+          <t>9786055381899</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 9</t>
+          <t>Egzersiz Anatomisi</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786055381967</t>
+          <t>9786055069490</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 9</t>
+          <t>Stardoll El Kitabı - Şöhret, Moda ve Arkadaşlık</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786055069155</t>
+          <t>9786055069506</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Assassin’s Creed 3. Cilt - Accipiter</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 3</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786055069063</t>
+          <t>9786052382813</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Pilates Anatomisi</t>
+          <t>Sissoylu - Çağların Kahramanı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>470</v>
+        <v>525</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786055069124</t>
+          <t>9786055381424</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Yoga Anatomisi</t>
+          <t>Vampire Knight - Vampir Şövalye 4</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>470</v>
+        <v>195</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786055381684</t>
+          <t>9786055381479</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet</t>
+          <t>Vampire Knight - Vampir Şövalye 9</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>470</v>
+        <v>195</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786055381455</t>
+          <t>9786055381967</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 7</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 9</t>
         </is>
       </c>
       <c r="C449" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055381943</t>
+          <t>9786055069155</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 7</t>
+          <t>Assassin’s Creed 3. Cilt - Accipiter</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786055381875</t>
+          <t>9786055069063</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Glee - Öğrenci Değişimi</t>
+          <t>Pilates Anatomisi</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055381493</t>
+          <t>9786055069124</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 11</t>
+          <t>Yoga Anatomisi</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786055069117</t>
+          <t>9786055381684</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 1</t>
+          <t>Bisiklet</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786055069209</t>
+          <t>9786055381455</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Kuvvet Antrenmanı Anatomisi</t>
+          <t>Vampire Knight - Vampir Şövalye 7</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>470</v>
+        <v>195</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786055069148</t>
+          <t>9786055381943</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Assassin's Creed 2 Cilt - Aquilus</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 7</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786055069544</t>
+          <t>9786055381875</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Teknolojide Boğulan Liderlere Oksijen</t>
+          <t>Glee - Öğrenci Değişimi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786055069186</t>
+          <t>9786055381493</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Kas Geliştirme Anatomisi</t>
+          <t>Vampire Knight - Vampir Şövalye 11</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>470</v>
+        <v>195</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786055069278</t>
+          <t>9786055069117</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 13</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 1</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786059800259</t>
+          <t>9786055069209</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Bir Kere Daha Öl</t>
+          <t>Kuvvet Antrenmanı Anatomisi</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>100</v>
+        <v>470</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786055069292</t>
+          <t>9786055069148</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Huzur</t>
+          <t>Assassin's Creed 2 Cilt - Aquilus</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786055381462</t>
+          <t>9786055069544</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 8</t>
+          <t>Teknolojide Boğulan Liderlere Oksijen</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786059800112</t>
+          <t>9786055069186</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 18</t>
+          <t>Kas Geliştirme Anatomisi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786055069957</t>
+          <t>9786055069278</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 18</t>
+          <t>Death Note - Ölüm Defteri 13</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786055069377</t>
+          <t>9786059800259</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Çin Hükmettiğinde Dünyayı Neler Bekliyor?</t>
+          <t>Bir Kere Daha Öl</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>670</v>
+        <v>100</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786055069964</t>
+          <t>9786055069292</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 19</t>
+          <t>Huzur</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786055069865</t>
+          <t>9786055381462</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Vampire Knight - Vampir Şövalye 8</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>80</v>
+        <v>195</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786055381370</t>
+          <t>9786059800112</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Phoenix Dosyaları 2</t>
+          <t>Vampire Knight - Vampir Şövalye 18</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786055381950</t>
+          <t>9786055069957</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 8</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 18</t>
         </is>
       </c>
       <c r="C468" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786055381646</t>
+          <t>9786055069377</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Glee - Başlangıç</t>
+          <t>Çin Hükmettiğinde Dünyayı Neler Bekliyor?</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>175</v>
+        <v>670</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786055381448</t>
+          <t>9786055069964</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 6</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 19</t>
         </is>
       </c>
       <c r="C470" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786055069230</t>
+          <t>9786055069865</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Onun İçin Öl</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786055069223</t>
+          <t>9786055381370</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 6</t>
+          <t>Phoenix Dosyaları 2</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786055381806</t>
+          <t>9786055381950</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Uzun Kuyruk</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 8</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786055381707</t>
+          <t>9786055381646</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Koşu</t>
+          <t>Glee - Başlangıç</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>470</v>
+        <v>175</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786055069216</t>
+          <t>9786055381448</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 5</t>
+          <t>Vampire Knight - Vampir Şövalye 6</t>
         </is>
       </c>
       <c r="C475" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786055381073</t>
+          <t>9786055069230</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Nuh Tufanı</t>
+          <t>Onun İçin Öl</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786055069346</t>
+          <t>9786055069223</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 2</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 6</t>
         </is>
       </c>
       <c r="C477" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786055381141</t>
+          <t>9786055381806</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Cariyenin Kızı</t>
+          <t>Çizgilerle Uzun Kuyruk</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>425</v>
+        <v>150</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786055381264</t>
+          <t>9786055381707</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 12</t>
+          <t>Koşu</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786055381226</t>
+          <t>9786055069216</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 10</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 5</t>
         </is>
       </c>
       <c r="C480" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786055381004</t>
+          <t>9786055381073</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Yettin Canıma, Zıbar Artık! (Ciltli)</t>
+          <t>Nuh Tufanı</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786055381431</t>
+          <t>9786055069346</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 5</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 2</t>
         </is>
       </c>
       <c r="C482" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786055069131</t>
+          <t>9786055381141</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Assassin's Creed 1 - Desmond</t>
+          <t>Cariyenin Kızı</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786055381578</t>
+          <t>9786055381264</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Gurme Pencereler</t>
+          <t>Death Note - Ölüm Defteri 12</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786055381158</t>
+          <t>9786055381226</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Umut Hep Vardı</t>
+          <t>Death Note - Ölüm Defteri 10</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>450</v>
+        <v>195</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786055381066</t>
+          <t>9786055381004</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>T.S.Spivet’in Seçme Eserleri</t>
+          <t>Yettin Canıma, Zıbar Artık! (Ciltli)</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786055381219</t>
+          <t>9786055381431</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 9</t>
+          <t>Vampire Knight - Vampir Şövalye 5</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786055381080</t>
+          <t>9786055069131</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 5</t>
+          <t>Assassin's Creed 1 - Desmond</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786055381035</t>
+          <t>9786055381578</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 2</t>
+          <t>Yaşamdan Gurme Pencereler</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786055381028</t>
+          <t>9786055381158</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 1</t>
+          <t>Umut Hep Vardı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786055381097</t>
+          <t>9786055381066</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu</t>
+          <t>T.S.Spivet’in Seçme Eserleri</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786055381196</t>
+          <t>9786055381219</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Şifresi</t>
+          <t>Death Note - Ölüm Defteri 9</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786052382776</t>
+          <t>9786055381080</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Son Sırrı</t>
+          <t>Death Note - Ölüm Defteri 5</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786055381318</t>
+          <t>9786055381035</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Bilim ve Teknoloji</t>
+          <t>Death Note - Ölüm Defteri 2</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>370</v>
+        <v>195</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786055381738</t>
+          <t>9786055381028</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Mersin Mutfağı</t>
+          <t>Death Note - Ölüm Defteri 1</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786055381172</t>
+          <t>9786055381097</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 7</t>
+          <t>Gelibolu</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>195</v>
+        <v>420</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786055381240</t>
+          <t>9786055381196</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 11</t>
+          <t>Geleceğin Şifresi</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786055381288</t>
+          <t>9786052382776</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Ben Ölene Kadar</t>
+          <t>Einstein’ın Son Sırrı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257586276</t>
+          <t>9786055381318</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Bale Kitabı</t>
+          <t>Dünya Tarihinde Bilim ve Teknoloji</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786055381165</t>
+          <t>9786055381738</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Akıl Hırsızı</t>
+          <t>Dünden Bugüne Mersin Mutfağı</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786055381400</t>
+          <t>9786055381172</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 2</t>
+          <t>Death Note - Ölüm Defteri 7</t>
         </is>
       </c>
       <c r="C501" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786055381332</t>
+          <t>9786055381240</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Phoenix Dosyaları 1</t>
+          <t>Death Note - Ölüm Defteri 11</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>260</v>
+        <v>195</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786055381783</t>
+          <t>9786055381288</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Kapa Çeneni, Söylenmeyi Bırak &amp; Harekete Geç</t>
+          <t>Ben Ölene Kadar</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786055381790</t>
+          <t>9786257586276</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Üstün Başarı</t>
+          <t>Bale Kitabı</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786055069025</t>
+          <t>9786055381165</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 2</t>
+          <t>Akıl Hırsızı</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786055069001</t>
+          <t>9786055381400</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 1</t>
+          <t>Vampire Knight - Vampir Şövalye 2</t>
         </is>
       </c>
       <c r="C506" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
+          <t>9786055381332</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Phoenix Dosyaları 1</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786055381783</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Kapa Çeneni, Söylenmeyi Bırak &amp; Harekete Geç</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786055381790</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Üstün Başarı</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786055069025</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Fullmetal Alchemist - Çelik Simyacı 2</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786055069001</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Fullmetal Alchemist - Çelik Simyacı 1</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
           <t>9786055381622</t>
         </is>
       </c>
-      <c r="B507" s="1" t="inlineStr">
+      <c r="B512" s="1" t="inlineStr">
         <is>
           <t>Ölmem Gerekirse</t>
         </is>
       </c>
-      <c r="C507" s="1">
+      <c r="C512" s="1">
         <v>320</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>