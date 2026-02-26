--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,7705 +85,7795 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256446700</t>
+          <t>9786256446656</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Witch Hat Atelier - Cadı Şapkası Atölyesi 5</t>
+          <t>Blue Box - Mavi Kutu 3</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256446397</t>
+          <t>9786256446557</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mashle 6</t>
+          <t>One-Punch Man - Tek Yumruk 29</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256446649</t>
+          <t>9786255760067</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Blue Box - Mavi Kutu 2</t>
+          <t>Sudoku Yeşil Kitap - Üç Farklı Zorluk Seviyesi 159 Bulmaca</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256446335</t>
+          <t>9786256446519</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Slime Olarak Reenkarne Olduğum Zaman Cilt 8</t>
+          <t>Horimiya Horisan ile Miyamurakun 15</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256446274</t>
+          <t>9786256446922</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Your Lie in April – Nisan Yalanı 7</t>
+          <t>90+ Spor Güldüren Anılar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256446717</t>
+          <t>9786257586948</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kokulu Çiçekler Zarafetle Açar 5</t>
+          <t>Fire Force - Alev Gücü 8. Cilt</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256446328</t>
+          <t>9786256446700</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Slime Olarak Reenkarne Olduğum Zaman 7. Cilt</t>
+          <t>Witch Hat Atelier - Cadı Şapkası Atölyesi 5</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256446960</t>
+          <t>9786256446397</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Füreya</t>
+          <t>Mashle 6</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256446915</t>
+          <t>9786256446649</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Turuncu Kitap - Üç Farklı Zorluk Seviyesi 159 Bulmaca</t>
+          <t>Blue Box - Mavi Kutu 2</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052382882</t>
+          <t>9786256446335</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Küresel Isınma</t>
+          <t>Slime Olarak Reenkarne Olduğum Zaman Cilt 8</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052382097</t>
+          <t>9786256446274</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Lejyon - 1</t>
+          <t>Your Lie in April – Nisan Yalanı 7</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>45</v>
+        <v>230</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052382264</t>
+          <t>9786256446717</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Evren</t>
+          <t>Güzel Kokulu Çiçekler Zarafetle Açar 5</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059800426</t>
+          <t>9786256446328</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Semitizm ve Anti-Semitizm</t>
+          <t>Slime Olarak Reenkarne Olduğum Zaman 7. Cilt</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>40.9</v>
+        <v>230</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059800969</t>
+          <t>9786256446960</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Yahudiler</t>
+          <t>Füreya</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>34.5</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055381813</t>
+          <t>9786256446915</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Satış Sanatında Ustalık Sırları</t>
+          <t>Sudoku Turuncu Kitap - Üç Farklı Zorluk Seviyesi 159 Bulmaca</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>30</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053419174</t>
+          <t>9786052382882</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>English 100 Machines – İngilizce 100 Kelime</t>
+          <t>Küresel Isınma</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>100</v>
+        <v>420</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256446076</t>
+          <t>9786052382097</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Medalist – Madalya Peşinde 3</t>
+          <t>Lejyon - 1</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>195</v>
+        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256446236</t>
+          <t>9786052382264</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Witch Hat Atelier – Cadı Şapkası Atölyesi 3</t>
+          <t>Evren</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256446038</t>
+          <t>9786059800426</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kokulu Çiçekler Zarafetle Açar Cilt 3</t>
+          <t>Semitizm ve Anti-Semitizm</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>195</v>
+        <v>40.9</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052382820</t>
+          <t>9786059800969</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Lejyon</t>
+          <t>İslam Dünyasında Yahudiler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055069179</t>
+          <t>9786055381813</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Vücut Antrenmanı Anatomisi</t>
+          <t>Çizgilerle Satış Sanatında Ustalık Sırları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>470</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055381820</t>
+          <t>9786053419174</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Savaş Sanatı</t>
+          <t>English 100 Machines – İngilizce 100 Kelime</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052382004</t>
+          <t>9786256446076</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Einstein Evreninde Zaman Yolculuk Olasılığı</t>
+          <t>Medalist – Madalya Peşinde 3</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059800365</t>
+          <t>9786256446236</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kararlarını Vermek</t>
+          <t>Witch Hat Atelier – Cadı Şapkası Atölyesi 3</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055381691</t>
+          <t>9786256446038</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yüzme</t>
+          <t>Güzel Kokulu Çiçekler Zarafetle Açar Cilt 3</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>470</v>
+        <v>230</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055069629</t>
+          <t>9786052382820</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu Tarihi</t>
+          <t>Lejyon</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>550</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055069773</t>
+          <t>9786055069179</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Matematiği</t>
+          <t>Vücut Antrenmanı Anatomisi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>390</v>
+        <v>470</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052382974</t>
+          <t>9786055381820</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sissoylu - Matem Bantları</t>
+          <t>Çizgilerle Savaş Sanatı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256446540</t>
+          <t>9786052382004</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>One - Punch Man Tek Yumruk – Cilt 28</t>
+          <t>Einstein Evreninde Zaman Yolculuk Olasılığı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256446632</t>
+          <t>9786059800365</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Blue Box – Mavi Kutu 1</t>
+          <t>Kendi Kararlarını Vermek</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256446427</t>
+          <t>9786055381691</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sudoku – Üç Farklı Zorluk Seviyesi 147 Bulmaca</t>
+          <t>Yüzme</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>470</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256446083</t>
+          <t>9786055069629</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Medalist – Madalya Peşinde 4</t>
+          <t>Orta Doğu Tarihi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>195</v>
+        <v>550</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256446267</t>
+          <t>9786055069773</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Your Lie in April – Nisan Yalanı 6</t>
+          <t>Yaşamın Matematiği</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>195</v>
+        <v>390</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256446502</t>
+          <t>9786052382974</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Horimiya</t>
+          <t>Sissoylu - Matem Bantları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>195</v>
+        <v>420</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256446380</t>
+          <t>9786256446540</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mashle 5</t>
+          <t>One - Punch Man Tek Yumruk – Cilt 28</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256446243</t>
+          <t>9786256446632</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Witch Hat Atelier – Cadı Şapkası Atölyesi 4</t>
+          <t>Blue Box – Mavi Kutu 1</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257586931</t>
+          <t>9786256446427</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Fire Force Alev Gücü 7. Cilt</t>
+          <t>Sudoku – Üç Farklı Zorluk Seviyesi 147 Bulmaca</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256446533</t>
+          <t>9786256446083</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Tek Yumruk 27</t>
+          <t>Medalist – Madalya Peşinde 4</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256446298</t>
+          <t>9786256446267</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kaybedilenin Gölgesi</t>
+          <t>Your Lie in April – Nisan Yalanı 6</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>475</v>
+        <v>230</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256446687</t>
+          <t>9786256446502</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Felsefeyi Anlamak</t>
+          <t>Horimiya</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256446595</t>
+          <t>9786256446380</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Sarmaşıklar</t>
+          <t>Mashle 5</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256446045</t>
+          <t>9786256446243</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kokulu Çiçekler Zarafetle Açar 4</t>
+          <t>Witch Hat Atelier – Cadı Şapkası Atölyesi 4</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256446311</t>
+          <t>9786257586931</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Slime Olarak Reenkarne Olduğum Zaman 6. Cilt</t>
+          <t>Fire Force Alev Gücü 7. Cilt</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256446625</t>
+          <t>9786256446533</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>One-Punch Man - Tek Yumruk 27</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256446373</t>
+          <t>9786256446298</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mashle 4</t>
+          <t>Kaybedilenin Gölgesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256446496</t>
+          <t>9786256446687</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan ile Miyamurakun 13</t>
+          <t>Felsefeyi Anlamak</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>195</v>
+        <v>420</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052382646</t>
+          <t>9786256446595</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Özgüven</t>
+          <t>Zehirli Sarmaşıklar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059800457</t>
+          <t>9786256446045</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Beynimiz Neyse Biz Oyuz</t>
+          <t>Güzel Kokulu Çiçekler Zarafetle Açar 4</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>375</v>
+        <v>230</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055069315</t>
+          <t>9786256446311</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ankara City Guide</t>
+          <t>Slime Olarak Reenkarne Olduğum Zaman 6. Cilt</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055381202</t>
+          <t>9786256446625</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Proje</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257586191</t>
+          <t>9786256446373</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sissoylu - Kanun Alaşımı</t>
+          <t>Mashle 4</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>325</v>
+        <v>230</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257586252</t>
+          <t>9786256446496</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Museviler</t>
+          <t>Horimiya Horisan ile Miyamurakun 13</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052382080</t>
+          <t>9786052382646</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kapanı</t>
+          <t>Gençler İçin Özgüven</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256446618</t>
+          <t>9786059800457</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mayalar</t>
+          <t>Beynimiz Neyse Biz Oyuz</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>310</v>
+        <v>375</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256446601</t>
+          <t>9786055069315</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mısır ve Mısırlılar</t>
+          <t>Ankara City Guide</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257586320</t>
+          <t>9786055381202</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Evrimi</t>
+          <t>Proje</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256446571</t>
+          <t>9786257586191</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sümer ve Sümerler</t>
+          <t>Sissoylu - Kanun Alaşımı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>330</v>
+        <v>325</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256446588</t>
+          <t>9786257586252</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Düşünceleri Yöneterek Kendi Kendine Terapi</t>
+          <t>İslam Dünyasında Museviler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256446304</t>
+          <t>9786052382080</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Slime Olarak Reenkarne Olduğum Zaman 5</t>
+          <t>Rüya Kapanı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256446250</t>
+          <t>9786256446618</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Your Lie in April -Nisan Yalanı 5</t>
+          <t>Mayalar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>195</v>
+        <v>310</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257586757</t>
+          <t>9786256446601</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>One Punch Man - Tek Yumruk 26</t>
+          <t>Mısır ve Mısırlılar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>195</v>
+        <v>340</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257586986</t>
+          <t>9786257586320</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Horimiya 12</t>
+          <t>İnsanın Evrimi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256446366</t>
+          <t>9786256446571</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mashle 3</t>
+          <t>Sümer ve Sümerler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059800624</t>
+          <t>9786256446588</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 8</t>
+          <t>Düşünceleri Yöneterek Kendi Kendine Terapi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256446564</t>
+          <t>9786256446304</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Troya</t>
+          <t>Slime Olarak Reenkarne Olduğum Zaman 5</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256446472</t>
+          <t>9786256446250</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Frederic Chopin ve 101 Seçme Mektup</t>
+          <t>Your Lie in April -Nisan Yalanı 5</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257586924</t>
+          <t>9786257586757</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Fire Force - Alev Gücü 6. Cilt</t>
+          <t>One Punch Man - Tek Yumruk 26</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059800303</t>
+          <t>9786257586986</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Alcatraz Kötü Kütüphanecilere Karşı</t>
+          <t>Horimiya 12</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055069070</t>
+          <t>9786256446366</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>A Game Of Thrones: Taht Oyunları 3. Cilt</t>
+          <t>Mashle 3</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>42</v>
+        <v>230</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055381905</t>
+          <t>9786059800624</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Apple : Müşteriyi Tutku ile Bağlamanın Sırları</t>
+          <t>One-Punch Man - Cilt 8</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>31</v>
+        <v>230</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055069261</t>
+          <t>9786256446564</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Empati Çağı</t>
+          <t>Resimlerle Troya</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>43</v>
+        <v>175</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059800976</t>
+          <t>9786256446472</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilmek Yolculuğu ve Ezoterik Bakış</t>
+          <t>Frederic Chopin ve 101 Seçme Mektup</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>32.5</v>
+        <v>260</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055069513</t>
+          <t>9786257586924</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Buz ve Ateşin Dünyası</t>
+          <t>Fire Force - Alev Gücü 6. Cilt</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055381639</t>
+          <t>9786059800303</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Düşüncenin Kısa Tarihi</t>
+          <t>Alcatraz Kötü Kütüphanecilere Karşı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>470</v>
+        <v>80</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052382479</t>
+          <t>9786055069070</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Parlayan Sözler</t>
+          <t>A Game Of Thrones: Taht Oyunları 3. Cilt</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>78</v>
+        <v>42</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059800693</t>
+          <t>9786055381905</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin 55 Altın Kuralı</t>
+          <t>Apple : Müşteriyi Tutku ile Bağlamanın Sırları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>17.9</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055381554</t>
+          <t>9786055069261</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Düne Kadar Dünya</t>
+          <t>Empati Çağı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>69.5</v>
+        <v>230</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052382493</t>
+          <t>9786059800976</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kralların Yolu</t>
+          <t>Kendini Bilmek Yolculuğu ve Ezoterik Bakış</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>63</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055381325</t>
+          <t>9786055069513</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kızıma Bir Yağmur Bulmalıyım</t>
+          <t>Buz ve Ateşin Dünyası</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>11.5</v>
+        <v>175</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055069636</t>
+          <t>9786055381639</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Hakkında Bilmeniz Gereken Her Şey</t>
+          <t>Bilimsel Düşüncenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>18.9</v>
+        <v>470</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055069551</t>
+          <t>9786052382479</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Opera Kitabı</t>
+          <t>Parlayan Sözler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>300</v>
+        <v>78</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055381837</t>
+          <t>9786059800693</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Büyük Düşün ve Büyük Ol</t>
+          <t>Öğretmenin 55 Altın Kuralı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>13.9</v>
+        <v>17.9</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055381103</t>
+          <t>9786055381554</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Benim İçin Öl</t>
+          <t>Düne Kadar Dünya</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>36.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055381592</t>
+          <t>9786052382493</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>A Game Of Thrones: Taht Oyunları 1. Cilt</t>
+          <t>Kralların Yolu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>42</v>
+        <v>63</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055381134</t>
+          <t>9786055381325</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Koltuk: Çizgilerle Psikoterapi</t>
+          <t>Kızıma Bir Yağmur Bulmalıyım</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>13.9</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055381110</t>
+          <t>9786055069636</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Altında Bir Yıl</t>
+          <t>Felsefe Hakkında Bilmeniz Gereken Her Şey</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>26</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052382042</t>
+          <t>9786055069551</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Olumlu Disiplin Öğretmen Rehberi</t>
+          <t>Opera Kitabı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052382349</t>
+          <t>9786055381837</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Oathbringer</t>
+          <t>Çizgilerle Büyük Düşün ve Büyük Ol</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256446069</t>
+          <t>9786055381103</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Medalist - Madalya Peşinde 2</t>
+          <t>Benim İçin Öl</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055381257</t>
+          <t>9786055381592</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bir Savaşçının Günlüğü</t>
+          <t>A Game Of Thrones: Taht Oyunları 1. Cilt</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>37.5</v>
+        <v>42</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055069438</t>
+          <t>9786055381134</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sissoylu - Kanun Alaşımı</t>
+          <t>Koltuk: Çizgilerle Psikoterapi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>55</v>
+        <v>13.9</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256446403</t>
+          <t>9786055381110</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Yıldızlar Altında Bir Yıl</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>80</v>
+        <v>26</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256446106</t>
+          <t>9786052382042</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kaguya-Sama - Aşk Savaştır 2</t>
+          <t>A'dan Z'ye Olumlu Disiplin Öğretmen Rehberi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257586795</t>
+          <t>9786052382349</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bastille Kötü Kütüphanecilere Karşı</t>
+          <t>Oathbringer</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>65</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256446359</t>
+          <t>9786256446069</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mashle 2</t>
+          <t>Medalist - Madalya Peşinde 2</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055069810</t>
+          <t>9786055381257</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Taciz</t>
+          <t>Bir Savaşçının Günlüğü</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055381752</t>
+          <t>9786055069438</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Teneke Trampet</t>
+          <t>Sissoylu - Kanun Alaşımı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>500</v>
+        <v>55</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256446021</t>
+          <t>9786256446403</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kokulu Çiçekler Zarafetle Açar Cilt 2</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>195</v>
+        <v>80</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257586740</t>
+          <t>9786256446106</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Tek Yumruk 25</t>
+          <t>Kaguya-Sama - Aşk Savaştır 2</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257586979</t>
+          <t>9786257586795</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan ile Miyamurakun 11. Cilt</t>
+          <t>Bastille Kötü Kütüphanecilere Karşı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256446229</t>
+          <t>9786256446359</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Witch Hat Atelier - Cadı Şapkası Atölyesi 2</t>
+          <t>Mashle 2</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055381585</t>
+          <t>9786055069810</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Modern Türkiye'ye Bir Ulusun İnşası</t>
+          <t>Psikolojik Taciz</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055381271</t>
+          <t>9786055381752</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kavala’da Son Türk</t>
+          <t>Teneke Trampet</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055069049</t>
+          <t>9786256446021</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Castro</t>
+          <t>Güzel Kokulu Çiçekler Zarafetle Açar Cilt 2</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256446113</t>
+          <t>9786257586740</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kaguya-Sama – Aşk Savaştır 3</t>
+          <t>One-Punch Man - Tek Yumruk 25</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055069094</t>
+          <t>9786257586979</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 4</t>
+          <t>Horimiya Horisan ile Miyamurakun 11. Cilt</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256446175</t>
+          <t>9786256446229</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Savaşı</t>
+          <t>Witch Hat Atelier - Cadı Şapkası Atölyesi 2</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055381417</t>
+          <t>9786055381585</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 3</t>
+          <t>Osmanlı'dan Modern Türkiye'ye Bir Ulusun İnşası</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>195</v>
+        <v>500</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055381059</t>
+          <t>9786055381271</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 4</t>
+          <t>Kavala’da Son Türk</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256446441</t>
+          <t>9786055069049</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çoğunluğun İradesi</t>
+          <t>Castro</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>520</v>
+        <v>450</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055381042</t>
+          <t>9786256446113</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 3</t>
+          <t>Kaguya-Sama – Aşk Savaştır 3</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055381127</t>
+          <t>9786055069094</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 6</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 4</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256446137</t>
+          <t>9786256446175</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kaguya-Sama – Aşk Savaştır 5</t>
+          <t>Dünyalar Savaşı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256446120</t>
+          <t>9786055381417</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kaguya-Sama – Aşk Savaştır 4</t>
+          <t>Vampire Knight - Vampir Şövalye 3</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055381189</t>
+          <t>9786055381059</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 8</t>
+          <t>Death Note - Ölüm Defteri 4</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256446168</t>
+          <t>9786256446441</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bir Head-Hunter’ın Anıları</t>
+          <t>Çoğunluğun İradesi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>275</v>
+        <v>520</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059800440</t>
+          <t>9786055381042</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Özgüven</t>
+          <t>Death Note - Ölüm Defteri 3</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055381882</t>
+          <t>9786055381127</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>A Game Of Thrones: Taht Oyunları 2. Cilt</t>
+          <t>Death Note - Ölüm Defteri 6</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257586290</t>
+          <t>9786256446137</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yönetimin Kuralları - Başarılı Bir Yönetici Olmanın Yolları</t>
+          <t>Kaguya-Sama – Aşk Savaştır 5</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257586856</t>
+          <t>9786256446120</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Cilt 13</t>
+          <t>Kaguya-Sama – Aşk Savaştır 4</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257586894</t>
+          <t>9786055381189</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Shaman King – Şaman Kral 11</t>
+          <t>Death Note - Ölüm Defteri 8</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257586863</t>
+          <t>9786256446168</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Rosario+Vampire - Tılsımlı Kolye ve Vampir Sezon 2 Cilt 14</t>
+          <t>Bir Head-Hunter’ın Anıları</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052382929</t>
+          <t>9786059800440</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan 1453'e İslam Tarihi - Din ve Toplum</t>
+          <t>Özgüven</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>440</v>
+        <v>420</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257586849</t>
+          <t>9786055381882</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Sezon:2 12</t>
+          <t>A Game Of Thrones: Taht Oyunları 2. Cilt</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>195</v>
+        <v>700</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256446410</t>
+          <t>9786257586290</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Şerefe Sanat-Sanatçılar ve Bilinmeyen Hayatları Kokteyller ve Tarifleri</t>
+          <t>Yönetimin Kuralları - Başarılı Bir Yönetici Olmanın Yolları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257586887</t>
+          <t>9786257586856</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Shaman King – Şaman Kral 10</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Cilt 13</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257586566</t>
+          <t>9786257586894</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Slime Olarak Reenkarne Olduğum Zaman</t>
+          <t>Shaman King – Şaman Kral 11</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256446014</t>
+          <t>9786257586863</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kokulu Çiçekler Zarafetle Açar Cilt 1</t>
+          <t>Rosario+Vampire - Tılsımlı Kolye ve Vampir Sezon 2 Cilt 14</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257586917</t>
+          <t>9786052382929</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Fire Force - Alev Gücü 5</t>
+          <t>Başlangıçtan 1453'e İslam Tarihi - Din ve Toplum</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>195</v>
+        <v>440</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257586962</t>
+          <t>9786257586849</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan ile Miyamurakun 10. Cilt</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Sezon:2 12</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257586726</t>
+          <t>9786256446410</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>One Punch Man - Tek Yumruk 23</t>
+          <t>Şerefe Sanat-Sanatçılar ve Bilinmeyen Hayatları Kokteyller ve Tarifleri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>195</v>
+        <v>900</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256446212</t>
+          <t>9786257586887</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Witch Hat Atelier – Cadı Şapkası Atölyesi 1</t>
+          <t>Shaman King – Şaman Kral 10</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257586528</t>
+          <t>9786257586566</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Your Lie in April – Nisan Yalanı 4</t>
+          <t>Slime Olarak Reenkarne Olduğum Zaman</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256446342</t>
+          <t>9786256446014</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Mashle 1</t>
+          <t>Güzel Kokulu Çiçekler Zarafetle Açar Cilt 1</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257586733</t>
+          <t>9786257586917</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>One Punch Man - Tek Yumruk 24</t>
+          <t>Fire Force - Alev Gücü 5</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256446052</t>
+          <t>9786257586962</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Medalist – Madalya Peşinde 1</t>
+          <t>Horimiya Horisan ile Miyamurakun 10. Cilt</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256446090</t>
+          <t>9786257586726</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kaguya-Sama – Aşk Savaştır 1</t>
+          <t>One Punch Man - Tek Yumruk 23</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257586993</t>
+          <t>9786256446212</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>A.T.A. Ahıska - Trakya - Ankara</t>
+          <t>Witch Hat Atelier – Cadı Şapkası Atölyesi 1</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256446007</t>
+          <t>9786257586528</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Tek Yol Çağdaşlık</t>
+          <t>Your Lie in April – Nisan Yalanı 4</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257586832</t>
+          <t>9786256446342</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Sezon: 2 11</t>
+          <t>Mashle 1</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257586870</t>
+          <t>9786257586733</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Shaman King - Şaman Kral 9</t>
+          <t>One Punch Man - Tek Yumruk 24</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257586955</t>
+          <t>9786256446052</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan ile Miyamurakun 09</t>
+          <t>Medalist – Madalya Peşinde 1</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257586672</t>
+          <t>9786256446090</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Sezon: 2 10</t>
+          <t>Kaguya-Sama – Aşk Savaştır 1</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257586511</t>
+          <t>9786257586993</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Your Lie in April - Nisan Yalanı 3</t>
+          <t>A.T.A. Ahıska - Trakya - Ankara</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052382875</t>
+          <t>9786256446007</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın ve Canlılığın Evrimi</t>
+          <t>Tek Yol Çağdaşlık</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257586559</t>
+          <t>9786257586832</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Slime Olarak Reenkarne Olduğum Zaman</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Sezon: 2 11</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257586627</t>
+          <t>9786257586870</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Fire Force Alev Gücü 4. Cilt</t>
+          <t>Shaman King - Şaman Kral 9</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257586825</t>
+          <t>9786257586955</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Death Note Short Stories</t>
+          <t>Horimiya Horisan ile Miyamurakun 09</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257586665</t>
+          <t>9786257586672</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Rosario &amp; Vampire Sezon 2 Cilt 9- Tılsımlı Kolye ve Vampir Sezon 2 Cilt 9</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Sezon: 2 10</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257586504</t>
+          <t>9786257586511</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Your Lie in April – Nisan Yalanı 2</t>
+          <t>Your Lie in April - Nisan Yalanı 3</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257586702</t>
+          <t>9786052382875</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan ile Miyamurakun 08</t>
+          <t>Dünyanın ve Canlılığın Evrimi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257586429</t>
+          <t>9786257586559</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Rosario Vampire 08</t>
+          <t>Slime Olarak Reenkarne Olduğum Zaman</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257586498</t>
+          <t>9786257586627</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Your Lie in April - Nisan Yalanı 1</t>
+          <t>Fire Force Alev Gücü 4. Cilt</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257586542</t>
+          <t>9786257586825</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Slime Olarak Reenkarne Olduğum Zaman 2. Cilt</t>
+          <t>Death Note Short Stories</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257586450</t>
+          <t>9786257586665</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Shaman King - Şaman Kral 8. Cilt</t>
+          <t>Rosario &amp; Vampire Sezon 2 Cilt 9- Tılsımlı Kolye ve Vampir Sezon 2 Cilt 9</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257586474</t>
+          <t>9786257586504</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Böyle Gitmez</t>
+          <t>Your Lie in April – Nisan Yalanı 2</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257586764</t>
+          <t>9786257586702</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Türk Toplumunda Kültür Çatışması: Dil ve Eğitim</t>
+          <t>Horimiya Horisan ile Miyamurakun 08</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257586481</t>
+          <t>9786257586429</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Vitamin</t>
+          <t>Rosario Vampire 08</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257586641</t>
+          <t>9786257586498</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Fire Force Alev Gücü 3. Cilt</t>
+          <t>Your Lie in April - Nisan Yalanı 1</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257586719</t>
+          <t>9786257586542</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Tek Yumruk 22</t>
+          <t>Slime Olarak Reenkarne Olduğum Zaman 2. Cilt</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257586696</t>
+          <t>9786257586450</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan ile Miyamurakun 07</t>
+          <t>Shaman King - Şaman Kral 8. Cilt</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257586689</t>
+          <t>9786257586474</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan ile Miyamurakun 06</t>
+          <t>Böyle Gitmez</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059479493</t>
+          <t>9786257586764</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Goblin Slayer - Goblin Avcısı 3</t>
+          <t>Dünden Bugüne Türk Toplumunda Kültür Çatışması: Dil ve Eğitim</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257586443</t>
+          <t>9786257586481</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Shaman King 07</t>
+          <t>Vitamin</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257586634</t>
+          <t>9786257586641</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Fire Force Alev Gücü 2. Cilt</t>
+          <t>Fire Force Alev Gücü 3. Cilt</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257586658</t>
+          <t>9786257586719</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sissoylu - Kayıp Metal</t>
+          <t>One-Punch Man - Tek Yumruk 22</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257586467</t>
+          <t>9786257586696</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan ile Miyamurakun 05</t>
+          <t>Horimiya Horisan ile Miyamurakun 07</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257586535</t>
+          <t>9786257586689</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Slime Olarak Reenkarne Olduğum Zaman 1. Cilt</t>
+          <t>Horimiya Horisan ile Miyamurakun 06</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257586610</t>
+          <t>9786059479493</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Fire Force Alev Gücü 1. Cilt</t>
+          <t>Goblin Slayer - Goblin Avcısı 3</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257586412</t>
+          <t>9786257586443</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Rosario ve Vampire Sezon 2 Cilt 7 - Tılsımlı Kolye ve Vampir Sezon 2 Cilt 7</t>
+          <t>Shaman King 07</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257586368</t>
+          <t>9786257586634</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>One Punch Man - Tek Yumruk 21</t>
+          <t>Fire Force Alev Gücü 2. Cilt</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257586245</t>
+          <t>9786257586658</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hititler ve Hitit Çağında Anadolu</t>
+          <t>Sissoylu - Kayıp Metal</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257586436</t>
+          <t>9786257586467</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Shaman King - Şaman Kral 6. Cilt</t>
+          <t>Horimiya Horisan ile Miyamurakun 05</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257586344</t>
+          <t>9786257586535</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>One Punch Man 19 - Tek Yumruk 19</t>
+          <t>Slime Olarak Reenkarne Olduğum Zaman 1. Cilt</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257586351</t>
+          <t>9786257586610</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>One Punch Man - Tek Yumruk 20</t>
+          <t>Fire Force Alev Gücü 1. Cilt</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257586405</t>
+          <t>9786257586412</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Horimiya - Horisan ile Miyamurakun 4. Cilt</t>
+          <t>Rosario ve Vampire Sezon 2 Cilt 7 - Tılsımlı Kolye ve Vampir Sezon 2 Cilt 7</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257586283</t>
+          <t>9786257586368</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Başarılı Olmak İçin İş Hayatının Kuralları</t>
+          <t>One Punch Man - Tek Yumruk 21</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257586009</t>
+          <t>9786257586245</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Şafakparesi</t>
+          <t>Hititler ve Hitit Çağında Anadolu</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257586153</t>
+          <t>9786257586436</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Shaman King - Şaman Kral 5. Cilt</t>
+          <t>Shaman King - Şaman Kral 6. Cilt</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257586214</t>
+          <t>9786257586344</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Sezon 2 Cilt 6</t>
+          <t>One Punch Man 19 - Tek Yumruk 19</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257586108</t>
+          <t>9786257586351</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Limit Cilt 6</t>
+          <t>One Punch Man - Tek Yumruk 20</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257586399</t>
+          <t>9786257586405</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan İle Miyamurakun 3. Cilt</t>
+          <t>Horimiya - Horisan ile Miyamurakun 4. Cilt</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257586375</t>
+          <t>9786257586283</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Taşlara Kazınan Bilgelik Hazzı - Likya’da Oinoandalı Diogenes</t>
+          <t>İş Hayatında Başarılı Olmak İçin İş Hayatının Kuralları</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257586092</t>
+          <t>9786257586009</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Limit 5. Cilt</t>
+          <t>Şafakparesi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257586382</t>
+          <t>9786257586153</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Horimiya - Horisan ile Miyamurakun Cilt 2</t>
+          <t>Shaman King - Şaman Kral 5. Cilt</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257586177</t>
+          <t>9786257586214</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ustaca Yaşam</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir Sezon 2 Cilt 6</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>375</v>
+        <v>230</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257586146</t>
+          <t>9786257586108</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Shaman King</t>
+          <t>Limit Cilt 6</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052382653</t>
+          <t>9786257586399</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Özgüven El Kitabı</t>
+          <t>Horimiya Horisan İle Miyamurakun 3. Cilt</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257586269</t>
+          <t>9786257586375</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Diyet</t>
+          <t>Taşlara Kazınan Bilgelik Hazzı - Likya’da Oinoandalı Diogenes</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052382981</t>
+          <t>9786257586092</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Rosario &amp; Vampire Sezon 2 (Cilt 5)</t>
+          <t>Limit 5. Cilt</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257586160</t>
+          <t>9786257586382</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Tek Yumruk 18</t>
+          <t>Horimiya - Horisan ile Miyamurakun Cilt 2</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059479394</t>
+          <t>9786257586177</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Seraph of the End - Kıyamet Meleği 18</t>
+          <t>Ustaca Yaşam</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257586085</t>
+          <t>9786257586146</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Limit 4</t>
+          <t>Shaman King</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257586337</t>
+          <t>9786052382653</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Horimiya Horisan ile Miyamurakun</t>
+          <t>Gençler İçin Özgüven El Kitabı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052382905</t>
+          <t>9786257586269</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Parlayan Sözler - Fırtınaışığı Arşivi İkinci Roman 1. Cilt</t>
+          <t>Her Yönüyle Diyet</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>550</v>
+        <v>420</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052382912</t>
+          <t>9786052382981</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Parlayan Sözler - Fırtınaışığı Arşivi İkinci Roman 2. Cilt</t>
+          <t>Rosario &amp; Vampire Sezon 2 (Cilt 5)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257586207</t>
+          <t>9786257586160</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Alcatraz Kötü Kütüphanecilere Karşı</t>
+          <t>One-Punch Man - Tek Yumruk 18</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257586030</t>
+          <t>9786059479394</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Savaş Ritmi - Fırtınaışığı Arşivi Dördüncü Roman 2. Cilt</t>
+          <t>Seraph of the End - Kıyamet Meleği 18</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>570</v>
+        <v>230</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257586023</t>
+          <t>9786257586085</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Savaş Ritmi - Fırtınaışığı Arşivi Dördüncü Roman 1. Cilt</t>
+          <t>Limit 4</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>510</v>
+        <v>230</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257586078</t>
+          <t>9786257586337</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Limit 3. Cilt</t>
+          <t>Horimiya Horisan ile Miyamurakun</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257586139</t>
+          <t>9786052382905</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Shaman King 3. Cilt - Şaman Kral</t>
+          <t>Parlayan Sözler - Fırtınaışığı Arşivi İkinci Roman 1. Cilt</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>195</v>
+        <v>550</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257586184</t>
+          <t>9786052382912</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bir Aydının Günlüğü: Gözaltında 170 Gün - Turhan Dilligil</t>
+          <t>Parlayan Sözler - Fırtınaışığı Arşivi İkinci Roman 2. Cilt</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257586238</t>
+          <t>9786257586207</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın İktisat Teorisi - Kapital’i Anlamak</t>
+          <t>Alcatraz Kötü Kütüphanecilere Karşı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052382684</t>
+          <t>9786257586030</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Arcanum</t>
+          <t>Savaş Ritmi - Fırtınaışığı Arşivi Dördüncü Roman 2. Cilt</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>495</v>
+        <v>570</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257586122</t>
+          <t>9786257586023</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Shaman King 2. Cilt - Şaman Kral</t>
+          <t>Savaş Ritmi - Fırtınaışığı Arşivi Dördüncü Roman 1. Cilt</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>195</v>
+        <v>510</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052382707</t>
+          <t>9786257586078</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Umut</t>
+          <t>Limit 3. Cilt</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257586061</t>
+          <t>9786257586139</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Limit 02</t>
+          <t>Shaman King 3. Cilt - Şaman Kral</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052382998</t>
+          <t>9786257586184</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>One Punch Man 17</t>
+          <t>Bir Aydının Günlüğü: Gözaltında 170 Gün - Turhan Dilligil</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257586115</t>
+          <t>9786257586238</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Shaman King - Şaman Kral</t>
+          <t>Marx’ın İktisat Teorisi - Kapital’i Anlamak</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257586054</t>
+          <t>9786052382684</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Limit 1. Cilt</t>
+          <t>Sınırsız Arcanum</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>195</v>
+        <v>495</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052382509</t>
+          <t>9786257586122</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Shaman King 2. Cilt - Şaman Kral</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052382967</t>
+          <t>9786052382707</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Eğitim - Seçim Kurtarmak Mı ? Nesil Kurtarmak Mı ?</t>
+          <t>Umut</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052382943</t>
+          <t>9786257586061</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Oathbringer - Fırtınaışığı Arşivi Üçüncü Roman 1. Cilt</t>
+          <t>Limit 02</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>520</v>
+        <v>230</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052382950</t>
+          <t>9786052382998</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Oathbringer - Fırtınaışığı Arşivi Üçüncü Roman 2. Cilt</t>
+          <t>One Punch Man 17</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>595</v>
+        <v>230</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052382844</t>
+          <t>9786257586115</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ra - Gözcüler</t>
+          <t>Shaman King - Şaman Kral</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052382851</t>
+          <t>9786257586054</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Kulübü - Simurg Efsanesi</t>
+          <t>Limit 1. Cilt</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052382677</t>
+          <t>9786052382509</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 16</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052382530</t>
+          <t>9786052382967</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Hititler</t>
+          <t>Eğitim - Seçim Kurtarmak Mı ? Nesil Kurtarmak Mı ?</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>370</v>
+        <v>330</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052382745</t>
+          <t>9786052382943</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Canlılığın Oluşum Öyküsünde Renklerin Dansı</t>
+          <t>Oathbringer - Fırtınaışığı Arşivi Üçüncü Roman 1. Cilt</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>275</v>
+        <v>520</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052382868</t>
+          <t>9786052382950</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Çocukları</t>
+          <t>Oathbringer - Fırtınaışığı Arşivi Üçüncü Roman 2. Cilt</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>320</v>
+        <v>595</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052382714</t>
+          <t>9786052382844</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Bilim Toplumunda Bilgiyi Kime Nasıl Vermeli</t>
+          <t>Ra - Gözcüler</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052382554</t>
+          <t>9786052382851</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Öğretmenler İçin El Kitabı</t>
+          <t>Cesaret Kulübü - Simurg Efsanesi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>420</v>
+        <v>125</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052382189</t>
+          <t>9786052382677</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Bin Dokuz Yüz Seksen Dört</t>
+          <t>One-Punch Man - Cilt 16</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052382172</t>
+          <t>9786052382530</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Hititler</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>100</v>
+        <v>370</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052382806</t>
+          <t>9786052382745</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kralların Yolu - Fırtınaışığı Arşivi Birinci Roman 2. Cilt</t>
+          <t>Canlılığın Oluşum Öyküsünde Renklerin Dansı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>440</v>
+        <v>275</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052382790</t>
+          <t>9786052382868</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kralların Yolu - Fırtınaışığı Arşivi Birinci Roman 1. Cilt</t>
+          <t>Evrenin Çocukları</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052382691</t>
+          <t>9786052382714</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz’in Çocukları</t>
+          <t>Bilim Toplumunda Bilgiyi Kime Nasıl Vermeli</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052382721</t>
+          <t>9786052382554</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tasarım – Evrimsel Tasarım</t>
+          <t>Her Yönüyle Öğretmenler İçin El Kitabı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052382738</t>
+          <t>9786052382189</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Öyküler</t>
+          <t>Bin Dokuz Yüz Seksen Dört</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059800532</t>
+          <t>9786052382172</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İslam</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052382417</t>
+          <t>9786052382806</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Şarap</t>
+          <t>Kralların Yolu - Fırtınaışığı Arşivi Birinci Roman 2. Cilt</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052382615</t>
+          <t>9786052382790</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İnanç Sistemleri ve Kendini Bilmek</t>
+          <t>Kralların Yolu - Fırtınaışığı Arşivi Birinci Roman 1. Cilt</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>275</v>
+        <v>490</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786052382608</t>
+          <t>9786052382691</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Uyku Uykusuzluk ve Rüyalar</t>
+          <t>İsimsiz’in Çocukları</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052382592</t>
+          <t>9786052382721</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Son Şövalye</t>
+          <t>Akıllı Tasarım – Evrimsel Tasarım</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>530</v>
+        <v>150</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052382431</t>
+          <t>9786052382738</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 15</t>
+          <t>Yaşanmış Öyküler</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052382585</t>
+          <t>9786059800532</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Yapracık Yollarında Kurt Yesin Beni</t>
+          <t>İslam</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>345</v>
+        <v>280</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786052382578</t>
+          <t>9786052382417</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Ölüm</t>
+          <t>Her Yönüyle Şarap</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>460</v>
+        <v>420</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052382424</t>
+          <t>9786052382615</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 14</t>
+          <t>İnanç Sistemleri ve Kendini Bilmek</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052382486</t>
+          <t>9786052382608</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Siz de Buluş Yapabilirsiniz</t>
+          <t>Uyku Uykusuzluk ve Rüyalar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>290</v>
+        <v>175</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052382547</t>
+          <t>9786052382592</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Satranç</t>
+          <t>Son Şövalye</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>420</v>
+        <v>530</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059800419</t>
+          <t>9786052382431</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Avrupa’yı Keşfi</t>
+          <t>One-Punch Man - Cilt 15</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052382400</t>
+          <t>9786052382585</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Anlatamadım Mı?</t>
+          <t>Yapracık Yollarında Kurt Yesin Beni</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>320</v>
+        <v>345</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052382516</t>
+          <t>9786052382578</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Lejyon - Yitik Suretler</t>
+          <t>Mürekkep Ölüm</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>110</v>
+        <v>460</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052382448</t>
+          <t>9786052382424</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Leonardo’nun Defterleri</t>
+          <t>One-Punch Man - Cilt 14</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052382523</t>
+          <t>9786052382486</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Köpek Eğitimi</t>
+          <t>Siz de Buluş Yapabilirsiniz</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052382455</t>
+          <t>9786052382547</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Her Yönüyle Satranç</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052382394</t>
+          <t>9786059800419</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Kulübü</t>
+          <t>Müslümanların Avrupa’yı Keşfi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>165</v>
+        <v>360</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052382387</t>
+          <t>9786052382400</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Anlatamadım Mı?</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052382363</t>
+          <t>9786052382516</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Lejyon - Yitik Suretler</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052382356</t>
+          <t>9786052382448</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Leonardo’nun Defterleri</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052382370</t>
+          <t>9786052382523</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Her Yönüyle Köpek Eğitimi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>225</v>
+        <v>420</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052382295</t>
+          <t>9786052382455</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 13</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>195</v>
+        <v>310</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059800389</t>
+          <t>9786052382394</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Zenginliğin Kuralları</t>
+          <t>Cesaret Kulübü</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052382318</t>
+          <t>9786052382387</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Pilates</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>420</v>
+        <v>130</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052382301</t>
+          <t>9786052382363</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Roman Yazmak</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052382288</t>
+          <t>9786052382356</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Patikler</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052382165</t>
+          <t>9786052382370</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Uyanmak Yok</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052382325</t>
+          <t>9786052382295</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Yoga</t>
+          <t>One-Punch Man - Cilt 13</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059800396</t>
+          <t>9786059800389</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Kuralları</t>
+          <t>Zenginliğin Kuralları</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059800358</t>
+          <t>9786052382318</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Yaşam İçin Akılcı İyimserlik</t>
+          <t>Her Yönüyle Pilates</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>275</v>
+        <v>420</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052382202</t>
+          <t>9786052382301</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Nazi Kampları</t>
+          <t>Her Yönüyle Roman Yazmak</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052382271</t>
+          <t>9786052382288</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Emin Özdemir Güncesi</t>
+          <t>Kırmızı Patikler</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059800402</t>
+          <t>9786052382165</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kuralları</t>
+          <t>Uyanmak Yok</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052382240</t>
+          <t>9786052382325</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Dair Denemeler</t>
+          <t>Her Yönüyle Yoga</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052382752</t>
+          <t>9786059800396</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Savaşkıran</t>
+          <t>Sevginin Kuralları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052382073</t>
+          <t>9786059800358</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Assassin’s Creed 2. Cilt - Komplolar / Gökkuşağı Projesi</t>
+          <t>Mutlu Bir Yaşam İçin Akılcı İyimserlik</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052382066</t>
+          <t>9786052382202</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Assassin’s Creed 1. Cilt  - Komplolar / Çan Projesi</t>
+          <t>Nazi Kampları</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059800778</t>
+          <t>9786052382271</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar: Kültürel Tarih</t>
+          <t>Emin Özdemir Güncesi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>380</v>
+        <v>100</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786055069766</t>
+          <t>9786059800402</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçi Bilim Teorisi</t>
+          <t>Yaşamın Kuralları</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052382257</t>
+          <t>9786052382240</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Karanlığa :Başkaldırı</t>
+          <t>Yaşama Dair Denemeler</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>134</v>
+        <v>290</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786055069056</t>
+          <t>9786052382752</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Şarap Kursu</t>
+          <t>Savaşkıran</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>275</v>
+        <v>440</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059800341</t>
+          <t>9786052382073</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Alcatraz 5 - Kara Yetenek</t>
+          <t>Assassin’s Creed 2. Cilt - Komplolar / Gökkuşağı Projesi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052382219</t>
+          <t>9786052382066</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kafka</t>
+          <t>Assassin’s Creed 1. Cilt  - Komplolar / Çan Projesi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059800327</t>
+          <t>9786059800778</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Alcatraz 3 - Kristalya Şövalyeleri</t>
+          <t>Osmanlılar: Kültürel Tarih</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059800334</t>
+          <t>9786055069766</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Alcatraz 4 - Kırık Mercek</t>
+          <t>Gerçekçi Bilim Teorisi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052382837</t>
+          <t>9786052382257</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Sissoylu - Benliğin Gölgeleri</t>
+          <t>Karanlığa :Başkaldırı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>300</v>
+        <v>134</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059800174</t>
+          <t>9786055069056</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Kuvvet Antrenmanı Anatomisi</t>
+          <t>Hızlı Şarap Kursu</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>470</v>
+        <v>275</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786055069599</t>
+          <t>9786059800341</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear</t>
+          <t>Alcatraz 5 - Kara Yetenek</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055069605</t>
+          <t>9786052382219</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>Kafka</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059800815</t>
+          <t>9786059800327</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Acemi Yazarın Not Defteri</t>
+          <t>Alcatraz 3 - Kristalya Şövalyeleri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059800181</t>
+          <t>9786059800334</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Gövde Antrenmanı Anatomisi</t>
+          <t>Alcatraz 4 - Kırık Mercek</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>470</v>
+        <v>160</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059800198</t>
+          <t>9786052382837</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar İçin Egzersiz Anatomisi</t>
+          <t>Sissoylu - Benliğin Gölgeleri</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>470</v>
+        <v>300</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059800204</t>
+          <t>9786059800174</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>50 Yaş ve Üzeri İçin Egzersiz Anatomisi</t>
+          <t>Adım Adım Kuvvet Antrenmanı Anatomisi</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>470</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786055069827</t>
+          <t>9786055069599</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Ekonomide Eksen Kaymaları Şok!</t>
+          <t>Kral Lear</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052382196</t>
+          <t>9786055069605</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sanat ve Resim Üzerine</t>
+          <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059800310</t>
+          <t>9786059800815</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Alcatraz Kötü Kütüphanecilere Karşı 2 - Katibin Kemikleri</t>
+          <t>Acemi Yazarın Not Defteri</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052382103</t>
+          <t>9786059800181</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Lejyon - Kayıp Cesedin Peşinde</t>
+          <t>Adım Adım Gövde Antrenmanı Anatomisi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>250</v>
+        <v>470</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059800846</t>
+          <t>9786059800198</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kum - 1</t>
+          <t>Kadınlar İçin Egzersiz Anatomisi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>300</v>
+        <v>470</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052382035</t>
+          <t>9786059800204</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 12</t>
+          <t>50 Yaş ve Üzeri İçin Egzersiz Anatomisi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052382141</t>
+          <t>9786055069827</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Demirel’in Objektifinden Sinemamızın 200 Yüzü</t>
+          <t>Ekonomide Eksen Kaymaları Şok!</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>750</v>
+        <v>440</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059800655</t>
+          <t>9786052382196</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Türkiye’de Sanat ve Resim Üzerine</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059800662</t>
+          <t>9786059800310</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Alcatraz Kötü Kütüphanecilere Karşı 2 - Katibin Kemikleri</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059800679</t>
+          <t>9786052382103</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>Lejyon - Kayıp Cesedin Peşinde</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059800273</t>
+          <t>9786059800846</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Konfüçyüs Anlatıyor</t>
+          <t>Beyaz Kum - 1</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>105</v>
+        <v>360</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052382028</t>
+          <t>9786052382035</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 11</t>
+          <t>One-Punch Man - Cilt 12</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059800891</t>
+          <t>9786052382141</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ressamlar: Goya</t>
+          <t>İbrahim Demirel’in Objektifinden Sinemamızın 200 Yüzü</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059800907</t>
+          <t>9786059800655</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ressamlar: Toulouse Lautrec</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059800884</t>
+          <t>9786059800662</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ressamlar: Leonardo da Vinci</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052382127</t>
+          <t>9786059800679</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Diken Zihninize Batabilir!</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052382158</t>
+          <t>9786059800273</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Dilin Öte Yakası</t>
+          <t>Konfüçyüs Anlatıyor</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>260</v>
+        <v>105</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052382110</t>
+          <t>9786052382028</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Anadilin Toprağında</t>
+          <t>One-Punch Man - Cilt 11</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786055069384</t>
+          <t>9786059800891</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kriz: Parasal ve Mali Reform Önerileri</t>
+          <t>Büyük Ressamlar: Goya</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059800525</t>
+          <t>9786059800907</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu'da Irk Kavramı ve Kölelik</t>
+          <t>Büyük Ressamlar: Toulouse Lautrec</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052382134</t>
+          <t>9786059800884</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Umutla...</t>
+          <t>Büyük Ressamlar: Leonardo da Vinci</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786055381714</t>
+          <t>9786052382127</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Sporda Başarı ve Dayanıklılık için Kuvvet ve Fitness Antrenmanı Anatomisi</t>
+          <t>Diken Zihninize Batabilir!</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>470</v>
+        <v>290</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059800280</t>
+          <t>9786052382158</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Dilin Öte Yakası</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>75</v>
+        <v>260</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059800761</t>
+          <t>9786052382110</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Paris'in Işığı</t>
+          <t>Anadilin Toprağında</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059800297</t>
+          <t>9786055069384</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Küresel Kriz: Parasal ve Mali Reform Önerileri</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052382011</t>
+          <t>9786059800525</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Ahırkapılı Modigliani</t>
+          <t>Orta Doğu'da Irk Kavramı ve Kölelik</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059800990</t>
+          <t>9786052382134</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kendi Sözleriyle Einstein</t>
+          <t>Umutla...</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059800495</t>
+          <t>9786055381714</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir - Sezon 2 Cilt 4</t>
+          <t>Sporda Başarı ve Dayanıklılık için Kuvvet ve Fitness Antrenmanı Anatomisi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059800648</t>
+          <t>9786059800280</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 10</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>195</v>
+        <v>75</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059800266</t>
+          <t>9786059800761</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Paris'in Işığı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>80</v>
+        <v>310</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059800167</t>
+          <t>9786059800297</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsan</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059800877</t>
+          <t>9786052382011</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Armut Ağacına Mektup</t>
+          <t>Ahırkapılı Modigliani</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059800631</t>
+          <t>9786059800990</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 9</t>
+          <t>Kendi Sözleriyle Einstein</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059800754</t>
+          <t>9786059800495</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Düştüm Uzun İnce Bir Yola</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir - Sezon 2 Cilt 4</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059800983</t>
+          <t>9786059800648</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Giderken</t>
+          <t>One-Punch Man - Cilt 10</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059800488</t>
+          <t>9786059800266</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir - Sezon 2 Cilt 3</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>195</v>
+        <v>80</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059800785</t>
+          <t>9786059800167</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs</t>
+          <t>Bir İnsan</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059800617</t>
+          <t>9786059800877</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 7</t>
+          <t>Armut Ağacına Mektup</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059800945</t>
+          <t>9786059800631</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Göğüne Sığmayan Bulut</t>
+          <t>One-Punch Man - Cilt 9</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059800501</t>
+          <t>9786059800754</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>İnanç ve İktidar: Orta Doğu’da Din ve Siyaset</t>
+          <t>Düştüm Uzun İnce Bir Yola</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059800952</t>
+          <t>9786059800983</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Yürek</t>
+          <t>Giderken</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059800600</t>
+          <t>9786059800488</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 6</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir - Sezon 2 Cilt 3</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059800471</t>
+          <t>9786059800785</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir - Sezon 2 Cilt 2</t>
+          <t>Steve Jobs</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059800594</t>
+          <t>9786059800617</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 5</t>
+          <t>One-Punch Man - Cilt 7</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059800938</t>
+          <t>9786059800945</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>nFit 365 Günlük Sağlık Ajandası</t>
+          <t>Göğüne Sığmayan Bulut</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059800921</t>
+          <t>9786059800501</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Gri Şehirdeki Kadın</t>
+          <t>İnanç ve İktidar: Orta Doğu’da Din ve Siyaset</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059800587</t>
+          <t>9786059800952</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 4</t>
+          <t>Mürekkep Yürek</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>195</v>
+        <v>430</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059800518</t>
+          <t>9786059800600</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Batı</t>
+          <t>One-Punch Man - Cilt 6</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786055381721</t>
+          <t>9786059800471</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar İçin Kuvvet ve Fitness Antrenmanı Anatomisi</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir - Sezon 2 Cilt 2</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>470</v>
+        <v>230</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059800860</t>
+          <t>9786059800594</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kaptan</t>
+          <t>One-Punch Man - Cilt 5</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059800716</t>
+          <t>9786059800938</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>En İyiye Saygı: Muhammed Ali</t>
+          <t>nFit 365 Günlük Sağlık Ajandası</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059800464</t>
+          <t>9786059800921</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir - Sezon 2 Cilt 1</t>
+          <t>Gri Şehirdeki Kadın</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059800853</t>
+          <t>9786059800587</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kardelen</t>
+          <t>One-Punch Man - Cilt 4</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786055381936</t>
+          <t>9786059800518</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Mass Effect - Entrika</t>
+          <t>İslam ve Batı</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059800570</t>
+          <t>9786055381721</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man Cilt 3: Tek Yumruk</t>
+          <t>Kadınlar İçin Kuvvet ve Fitness Antrenmanı Anatomisi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059800914</t>
+          <t>9786059800860</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Musa'nın Sırrı - Ana Tanrıça'nın Yolunda</t>
+          <t>Kaptan</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786055069742</t>
+          <t>9786059800716</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Tekeli</t>
+          <t>En İyiye Saygı: Muhammed Ali</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059800020</t>
+          <t>9786059800464</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 25</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir - Sezon 2 Cilt 1</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059800556</t>
+          <t>9786059800853</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man Cilt 1: Tek Yumruk</t>
+          <t>Kardelen</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059800792</t>
+          <t>9786055381936</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Katya'nın Hayırsız Oğlu</t>
+          <t>Mass Effect - Entrika</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059800563</t>
+          <t>9786059800570</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>One-Punch Man - Cilt 2</t>
+          <t>One-Punch Man Cilt 3: Tek Yumruk</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059800372</t>
+          <t>9786059800914</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Özgüven</t>
+          <t>Musa'nın Sırrı - Ana Tanrıça'nın Yolunda</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059800044</t>
+          <t>9786055069742</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 27</t>
+          <t>Yeni Medya Tekeli</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059800723</t>
+          <t>9786059800020</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>İnceden Günceye</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 25</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>630</v>
+        <v>230</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786055381677</t>
+          <t>9786059800556</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Köpek Eğitiminde Günlük Yaşamı Kolaylaştıran 11 Komut</t>
+          <t>One-Punch Man Cilt 1: Tek Yumruk</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059800037</t>
+          <t>9786059800792</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 26</t>
+          <t>Talihsiz Katya'nın Hayırsız Oğlu</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059800013</t>
+          <t>9786059800563</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 24</t>
+          <t>One-Punch Man - Cilt 2</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786055381851</t>
+          <t>9786059800372</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Coğrafyası</t>
+          <t>Özgüven</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786055069896</t>
+          <t>9786059800044</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Başlangıca Kadar</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 27</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059800709</t>
+          <t>9786059800723</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>İlyada</t>
+          <t>İnceden Günceye</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>440</v>
+        <v>630</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059800006</t>
+          <t>9786055381677</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 23</t>
+          <t>Köpek Eğitiminde Günlük Yaşamı Kolaylaştıran 11 Komut</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786055069797</t>
+          <t>9786059800037</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Ege</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 26</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059800686</t>
+          <t>9786059800013</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 24</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257586306</t>
+          <t>9786055381851</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Gençlerde Hayat Başarısı İçin Özgüven</t>
+          <t>Ahlakın Coğrafyası</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786055069995</t>
+          <t>9786055069896</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 22</t>
+          <t>Başlangıca Kadar</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786055069988</t>
+          <t>9786059800709</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 21</t>
+          <t>İlyada</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>195</v>
+        <v>440</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786055381653</t>
+          <t>9786059800006</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Fısıldayan Kafatası</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 23</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786055069971</t>
+          <t>9786055069797</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 20</t>
+          <t>Ege</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059800129</t>
+          <t>9786059800686</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 19</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059800433</t>
+          <t>9786257586306</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Balo</t>
+          <t>Gençlerde Hayat Başarısı İçin Özgüven</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059800242</t>
+          <t>9786055069995</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Devrim</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 22</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786055069643</t>
+          <t>9786055069988</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Pandora’nın Kutusu</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 21</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>154</v>
+        <v>230</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786055381615</t>
+          <t>9786055381653</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>L - Dünyayı Değiştir 1</t>
+          <t>Fısıldayan Kafatası</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786055069940</t>
+          <t>9786055069971</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 17</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 20</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055069759</t>
+          <t>9786059800129</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Bir Başka Defter - Los Angeles BB Cinayetleri</t>
+          <t>Vampire Knight - Vampir Şövalye 19</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786055069339</t>
+          <t>9786059800433</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Bangkok Hilton Günlüğü</t>
+          <t>Maskeli Balo</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786055069889</t>
+          <t>9786059800242</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Sondan Sonra</t>
+          <t>Kod Adı Devrim</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055381660</t>
+          <t>9786055069643</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Haykıran Merdiven</t>
+          <t>Pandora’nın Kutusu</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>310</v>
+        <v>154</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786055381547</t>
+          <t>9786055381615</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 16</t>
+          <t>L - Dünyayı Değiştir 1</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786055381363</t>
+          <t>9786055069940</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Phoenix Dosyaları 5 - Atık</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 17</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059800099</t>
+          <t>9786055069759</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 9</t>
+          <t>Death Note - Bir Başka Defter - Los Angeles BB Cinayetleri</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059800075</t>
+          <t>9786055069339</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Rosario Vampire - Tılsımlı Kolye ve Vampir 10</t>
+          <t>Bangkok Hilton Günlüğü</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059800228</t>
+          <t>9786055069889</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>All You Need Is Kill - Öldür Yeter - 2</t>
+          <t>Sondan Sonra</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059800235</t>
+          <t>9786055381660</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Dünyası</t>
+          <t>Haykıran Merdiven</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>155</v>
+        <v>310</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052382561</t>
+          <t>9786055381547</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Sissoylu - Kuşatma</t>
+          <t>Vampire Knight - Vampir Şövalye 16</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>675</v>
+        <v>230</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055381981</t>
+          <t>9786055381363</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kütle - İlk Madde Bilim Tarihinin En Büyük Avı</t>
+          <t>Phoenix Dosyaları 5 - Atık</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786055381769</t>
+          <t>9786059800099</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Vahideddin - Mustafa Kemal Ekseninde Milli Mücadele</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 9</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>550</v>
+        <v>230</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786055381530</t>
+          <t>9786059800075</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 15</t>
+          <t>Rosario Vampire - Tılsımlı Kolye ve Vampir 10</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786055069933</t>
+          <t>9786059800228</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Metal Simyacı 16</t>
+          <t>All You Need Is Kill - Öldür Yeter - 2</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786055381394</t>
+          <t>9786059800235</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 1</t>
+          <t>İnsanların Dünyası</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>195</v>
+        <v>155</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786055069926</t>
+          <t>9786052382561</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 15</t>
+          <t>Sissoylu - Kuşatma</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>195</v>
+        <v>675</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059800082</t>
+          <t>9786055381981</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 8</t>
+          <t>Kütle - İlk Madde Bilim Tarihinin En Büyük Avı</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786055069254</t>
+          <t>9786055381769</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Glee William McKinley Lisesi Yıllığı</t>
+          <t>Vahideddin - Mustafa Kemal Ekseninde Milli Mücadele</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786055381523</t>
+          <t>9786055381530</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 14</t>
+          <t>Vampire Knight - Vampir Şövalye 15</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059800150</t>
+          <t>9786055069933</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Beyin - Dehanın Nörobilimi</t>
+          <t>Fullmetal Alchemist - Metal Simyacı 16</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059800136</t>
+          <t>9786055381394</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Erospa</t>
+          <t>Vampire Knight - Vampir Şövalye 1</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786055069919</t>
+          <t>9786055069926</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 14</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 15</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786055381929</t>
+          <t>9786059800082</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Mass Effect - İntikam</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 8</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059800211</t>
+          <t>9786055069254</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>All You Need Is Kill - Öldür Yeter 1</t>
+          <t>Glee William McKinley Lisesi Yıllığı</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786055381349</t>
+          <t>9786055381523</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Phoenix Dosyaları 4 - Yeraltı</t>
+          <t>Vampire Knight - Vampir Şövalye 14</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786055381356</t>
+          <t>9786059800150</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Phoenix Dosyaları 3 : Mutasyon</t>
+          <t>Yaratıcı Beyin - Dehanın Nörobilimi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786055069872</t>
+          <t>9786059800136</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Erospa</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059800068</t>
+          <t>9786055069919</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 7</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 14</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786055069834</t>
+          <t>9786055381929</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Yitik Zamanın Yolcuları</t>
+          <t>Mass Effect - İntikam</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059800143</t>
+          <t>9786059800211</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Dictionary: İngilizce - Türkçe / Türkçe - İngilizce</t>
+          <t>All You Need Is Kill - Öldür Yeter 1</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059800051</t>
+          <t>9786055381349</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 6</t>
+          <t>Phoenix Dosyaları 4 - Yeraltı</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786055069902</t>
+          <t>9786055381356</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 13</t>
+          <t>Phoenix Dosyaları 3 : Mutasyon</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055381509</t>
+          <t>9786055069872</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 12</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786055069087</t>
+          <t>9786059800068</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>A Game of Thrones - Taht Oyunları 4. Cilt</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 7</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786055381516</t>
+          <t>9786055069834</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 13</t>
+          <t>Yitik Zamanın Yolcuları</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055069841</t>
+          <t>9786059800143</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 5</t>
+          <t>Dictionary: İngilizce - Türkçe / Türkçe - İngilizce</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786055069247</t>
+          <t>9786059800051</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Assassin's Creed 6. Cilt / Leila</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 6</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786055069674</t>
+          <t>9786055069902</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Davranış</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 13</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786055069476</t>
+          <t>9786055381509</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Esnetme Hareketleri Anatomisi</t>
+          <t>Vampire Knight - Vampir Şövalye 12</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>470</v>
+        <v>230</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786055069308</t>
+          <t>9786055069087</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Başarılı Küçük İşletmesi</t>
+          <t>A Game of Thrones - Taht Oyunları 4. Cilt</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786055069858</t>
+          <t>9786055381516</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Vampire Knight - Vampir Şövalye 13</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786052382462</t>
+          <t>9786055069841</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Sissoylu - Son İmparatorluk</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 5</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>560</v>
+        <v>230</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055069698</t>
+          <t>9786055069247</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 12</t>
+          <t>Assassin's Creed 6. Cilt / Leila</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055069612</t>
+          <t>9786055069674</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Metal Simyacı 11</t>
+          <t>Güvenli Davranış</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055069582</t>
+          <t>9786055069476</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 4</t>
+          <t>Esnetme Hareketleri Anatomisi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055069018</t>
+          <t>9786055069308</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Makedonya</t>
+          <t>Dünyanın En Başarılı Küçük İşletmesi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055069285</t>
+          <t>9786055069858</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Devrimi</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055381776</t>
+          <t>9786052382462</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Mass Effect - Keşif</t>
+          <t>Sissoylu - Son İmparatorluk</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>330</v>
+        <v>560</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055069162</t>
+          <t>9786055069698</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Assassin’s Creed 4. Cilt: Hawk</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 12</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055069575</t>
+          <t>9786055069612</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Einstein Saatleri : Poincare Haritaları</t>
+          <t>Fullmetal Alchemist - Metal Simyacı 11</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>395</v>
+        <v>230</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786055381608</t>
+          <t>9786055069582</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Buluşlar</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 4</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055069353</t>
+          <t>9786055069018</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Eleftherios Venizelos</t>
+          <t>Makedonya</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055381844</t>
+          <t>9786055069285</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Prens</t>
+          <t>Sevgi Devrimi</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055069667</t>
+          <t>9786055381776</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Kuantum : Tanrı'nın Nefesi mi? Aklın Sesi mi? Neyin Nesi?</t>
+          <t>Mass Effect - Keşif</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055069483</t>
+          <t>9786055069162</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Masaj Anatomisi</t>
+          <t>Assassin’s Creed 4. Cilt: Hawk</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>470</v>
+        <v>190</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055069681</t>
+          <t>9786055069575</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Hayatından Yirmi Dört Saat</t>
+          <t>Einstein Saatleri : Poincare Haritaları</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>75</v>
+        <v>395</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055069193</t>
+          <t>9786055381608</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Assassin’s Creed 5. Cilt: El Cakr</t>
+          <t>Muhteşem Buluşlar</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055069650</t>
+          <t>9786055069353</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Zırvalar ve Arkalarındaki Gerçekler</t>
+          <t>Eleftherios Venizelos</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786055381912</t>
+          <t>9786055381844</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Mass Effect: Yükseliş</t>
+          <t>Çizgilerle Prens</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786052382332</t>
+          <t>9786055069667</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Klasik Mitoloji</t>
+          <t>Kuantum : Tanrı'nın Nefesi mi? Aklın Sesi mi? Neyin Nesi?</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786052382769</t>
+          <t>9786055069483</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Elantris</t>
+          <t>Masaj Anatomisi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>475</v>
+        <v>470</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786055069322</t>
+          <t>9786055069681</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Kelin Üç Hali</t>
+          <t>Bir Kadının Hayatından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>170</v>
+        <v>75</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786055069414</t>
+          <t>9786055069193</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisi - Kahramanlar, Tanrılar ve Canavarlar</t>
+          <t>Assassin’s Creed 5. Cilt: El Cakr</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786055069407</t>
+          <t>9786055069650</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Olimpiyatlar ve İlginç Tarihi</t>
+          <t>Zırvalar ve Arkalarındaki Gerçekler</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786055069421</t>
+          <t>9786055381912</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kelt Mitolojisi</t>
+          <t>Mass Effect: Yükseliş</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257586313</t>
+          <t>9786052382332</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Eski Mısır</t>
+          <t>Her Yönüyle Klasik Mitoloji</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055069032</t>
+          <t>9786052382769</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 3</t>
+          <t>Elantris</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786055381486</t>
+          <t>9786055069322</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 10</t>
+          <t>Kelin Üç Hali</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055381561</t>
+          <t>9786055069414</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Yunan Mitolojisi - Kahramanlar, Tanrılar ve Canavarlar</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786055069360</t>
+          <t>9786055069407</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağının Gölgesi</t>
+          <t>Olimpiyatlar ve İlginç Tarihi</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786055381974</t>
+          <t>9786055069421</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 10</t>
+          <t>Kelt Mitolojisi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786055381745</t>
+          <t>9786257586313</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Glee - Yaz Tatili</t>
+          <t>Eski Mısır</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059800105</t>
+          <t>9786055069032</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 17</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 3</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786055381899</t>
+          <t>9786055381486</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz Anatomisi</t>
+          <t>Vampire Knight - Vampir Şövalye 10</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>470</v>
+        <v>230</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786055069490</t>
+          <t>9786055381561</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Stardoll El Kitabı - Şöhret, Moda ve Arkadaşlık</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>130</v>
+        <v>70</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786055069506</t>
+          <t>9786055069360</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 3</t>
+          <t>Gökkuşağının Gölgesi</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786052382813</t>
+          <t>9786055381974</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Sissoylu - Çağların Kahramanı</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 10</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>525</v>
+        <v>230</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786055381424</t>
+          <t>9786055381745</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 4</t>
+          <t>Glee - Yaz Tatili</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786055381479</t>
+          <t>9786059800105</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 9</t>
+          <t>Vampire Knight - Vampir Şövalye 17</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786055381967</t>
+          <t>9786055381899</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 9</t>
+          <t>Egzersiz Anatomisi</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055069155</t>
+          <t>9786055069490</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Assassin’s Creed 3. Cilt - Accipiter</t>
+          <t>Stardoll El Kitabı - Şöhret, Moda ve Arkadaşlık</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786055069063</t>
+          <t>9786055069506</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Pilates Anatomisi</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 3</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>470</v>
+        <v>230</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055069124</t>
+          <t>9786052382813</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Yoga Anatomisi</t>
+          <t>Sissoylu - Çağların Kahramanı</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>470</v>
+        <v>525</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786055381684</t>
+          <t>9786055381424</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet</t>
+          <t>Vampire Knight - Vampir Şövalye 4</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>470</v>
+        <v>230</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786055381455</t>
+          <t>9786055381479</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 7</t>
+          <t>Vampire Knight - Vampir Şövalye 9</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786055381943</t>
+          <t>9786055381967</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 7</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 9</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786055381875</t>
+          <t>9786055069155</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Glee - Öğrenci Değişimi</t>
+          <t>Assassin’s Creed 3. Cilt - Accipiter</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786055381493</t>
+          <t>9786055069063</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 11</t>
+          <t>Pilates Anatomisi</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786055069117</t>
+          <t>9786055069124</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 1</t>
+          <t>Yoga Anatomisi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786055069209</t>
+          <t>9786055381684</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Kuvvet Antrenmanı Anatomisi</t>
+          <t>Bisiklet</t>
         </is>
       </c>
       <c r="C459" s="1">
         <v>470</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786055069148</t>
+          <t>9786055381455</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Assassin's Creed 2 Cilt - Aquilus</t>
+          <t>Vampire Knight - Vampir Şövalye 7</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786055069544</t>
+          <t>9786055381943</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Teknolojide Boğulan Liderlere Oksijen</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 7</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786055069186</t>
+          <t>9786055381875</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kas Geliştirme Anatomisi</t>
+          <t>Glee - Öğrenci Değişimi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>470</v>
+        <v>320</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786055069278</t>
+          <t>9786055381493</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 13</t>
+          <t>Vampire Knight - Vampir Şövalye 11</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786059800259</t>
+          <t>9786055069117</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Bir Kere Daha Öl</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 1</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786055069292</t>
+          <t>9786055069209</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Huzur</t>
+          <t>Kuvvet Antrenmanı Anatomisi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>170</v>
+        <v>470</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786055381462</t>
+          <t>9786055069148</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 8</t>
+          <t>Assassin's Creed 2 Cilt - Aquilus</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786059800112</t>
+          <t>9786055069544</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 18</t>
+          <t>Teknolojide Boğulan Liderlere Oksijen</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786055069957</t>
+          <t>9786055069186</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 18</t>
+          <t>Kas Geliştirme Anatomisi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786055069377</t>
+          <t>9786055069278</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Çin Hükmettiğinde Dünyayı Neler Bekliyor?</t>
+          <t>Death Note - Ölüm Defteri 13</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>670</v>
+        <v>410</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786055069964</t>
+          <t>9786059800259</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 19</t>
+          <t>Bir Kere Daha Öl</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786055069865</t>
+          <t>9786055069292</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Huzur</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786055381370</t>
+          <t>9786055381462</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Phoenix Dosyaları 2</t>
+          <t>Vampire Knight - Vampir Şövalye 8</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786055381950</t>
+          <t>9786059800112</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 8</t>
+          <t>Vampire Knight - Vampir Şövalye 18</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786055381646</t>
+          <t>9786055069957</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Glee - Başlangıç</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 18</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786055381448</t>
+          <t>9786055069377</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 6</t>
+          <t>Çin Hükmettiğinde Dünyayı Neler Bekliyor?</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>195</v>
+        <v>670</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786055069230</t>
+          <t>9786055069964</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Onun İçin Öl</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 19</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786055069223</t>
+          <t>9786055069865</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 6</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>195</v>
+        <v>80</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786055381806</t>
+          <t>9786055381370</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Uzun Kuyruk</t>
+          <t>Phoenix Dosyaları 2</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786055381707</t>
+          <t>9786055381950</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Koşu</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 8</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>470</v>
+        <v>230</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786055069216</t>
+          <t>9786055381646</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 5</t>
+          <t>Glee - Başlangıç</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786055381073</t>
+          <t>9786055381448</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Nuh Tufanı</t>
+          <t>Vampire Knight - Vampir Şövalye 6</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786055069346</t>
+          <t>9786055069230</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 2</t>
+          <t>Onun İçin Öl</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>195</v>
+        <v>90</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786055381141</t>
+          <t>9786055069223</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Cariyenin Kızı</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 6</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>425</v>
+        <v>230</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786055381264</t>
+          <t>9786055381806</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 12</t>
+          <t>Çizgilerle Uzun Kuyruk</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786055381226</t>
+          <t>9786055381707</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 10</t>
+          <t>Koşu</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786055381004</t>
+          <t>9786055069216</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Yettin Canıma, Zıbar Artık! (Ciltli)</t>
+          <t>Fullmetal Alchemist - Çelik Simyacı 5</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786055381431</t>
+          <t>9786055381073</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 5</t>
+          <t>Nuh Tufanı</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786055069131</t>
+          <t>9786055069346</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Assassin's Creed 1 - Desmond</t>
+          <t>Rosario + Vampire - Tılsımlı Kolye ve Vampir 2</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786055381578</t>
+          <t>9786055381141</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Gurme Pencereler</t>
+          <t>Cariyenin Kızı</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786055381158</t>
+          <t>9786055381264</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Umut Hep Vardı</t>
+          <t>Death Note - Ölüm Defteri 12</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786055381066</t>
+          <t>9786055381226</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>T.S.Spivet’in Seçme Eserleri</t>
+          <t>Death Note - Ölüm Defteri 10</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786055381219</t>
+          <t>9786055381004</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 9</t>
+          <t>Yettin Canıma, Zıbar Artık! (Ciltli)</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786055381080</t>
+          <t>9786055381431</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 5</t>
+          <t>Vampire Knight - Vampir Şövalye 5</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786055381035</t>
+          <t>9786055069131</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 2</t>
+          <t>Assassin's Creed 1 - Desmond</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786055381028</t>
+          <t>9786055381578</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 1</t>
+          <t>Yaşamdan Gurme Pencereler</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786055381097</t>
+          <t>9786055381158</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu</t>
+          <t>Umut Hep Vardı</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786055381196</t>
+          <t>9786055381066</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Şifresi</t>
+          <t>T.S.Spivet’in Seçme Eserleri</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786052382776</t>
+          <t>9786055381219</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Son Sırrı</t>
+          <t>Death Note - Ölüm Defteri 9</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786055381318</t>
+          <t>9786055381080</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Bilim ve Teknoloji</t>
+          <t>Death Note - Ölüm Defteri 5</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786055381738</t>
+          <t>9786055381035</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Mersin Mutfağı</t>
+          <t>Death Note - Ölüm Defteri 2</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786055381172</t>
+          <t>9786055381028</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 7</t>
+          <t>Death Note - Ölüm Defteri 1</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786055381240</t>
+          <t>9786055381097</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Death Note - Ölüm Defteri 11</t>
+          <t>Gelibolu</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>195</v>
+        <v>420</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786055381288</t>
+          <t>9786055381196</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Ben Ölene Kadar</t>
+          <t>Geleceğin Şifresi</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257586276</t>
+          <t>9786052382776</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Bale Kitabı</t>
+          <t>Einstein’ın Son Sırrı</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786055381165</t>
+          <t>9786055381318</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Akıl Hırsızı</t>
+          <t>Dünya Tarihinde Bilim ve Teknoloji</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786055381400</t>
+          <t>9786055381738</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Vampire Knight - Vampir Şövalye 2</t>
+          <t>Dünden Bugüne Mersin Mutfağı</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786055381332</t>
+          <t>9786055381172</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Phoenix Dosyaları 1</t>
+          <t>Death Note - Ölüm Defteri 7</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786055381783</t>
+          <t>9786055381240</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Kapa Çeneni, Söylenmeyi Bırak &amp; Harekete Geç</t>
+          <t>Death Note - Ölüm Defteri 11</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786055381790</t>
+          <t>9786055381288</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Üstün Başarı</t>
+          <t>Ben Ölene Kadar</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786055069025</t>
+          <t>9786257586276</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 2</t>
+          <t>Bale Kitabı</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786055069001</t>
+          <t>9786055381165</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Fullmetal Alchemist - Çelik Simyacı 1</t>
+          <t>Akıl Hırsızı</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
+          <t>9786055381400</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Vampire Knight - Vampir Şövalye 2</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786055381332</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Phoenix Dosyaları 1</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786055381783</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Kapa Çeneni, Söylenmeyi Bırak &amp; Harekete Geç</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786055381790</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Üstün Başarı</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786055069025</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Fullmetal Alchemist - Çelik Simyacı 2</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786055069001</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Fullmetal Alchemist - Çelik Simyacı 1</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
           <t>9786055381622</t>
         </is>
       </c>
-      <c r="B512" s="1" t="inlineStr">
+      <c r="B518" s="1" t="inlineStr">
         <is>
           <t>Ölmem Gerekirse</t>
         </is>
       </c>
-      <c r="C512" s="1">
+      <c r="C518" s="1">
         <v>320</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>