--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -124,51 +124,51 @@
         <is>
           <t>9786055069445</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Sissoylu 1: Son İmparatorluk</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786256446144</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Kaguya-Sama 6</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>0</v>
+        <v>195</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786256446465</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>The Virtue Of None</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786256446199</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>