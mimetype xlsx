--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -124,51 +124,51 @@
         <is>
           <t>9786055069445</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Sissoylu 1: Son İmparatorluk</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786256446144</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Kaguya-Sama 6</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786256446465</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>The Virtue Of None</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786256446199</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
@@ -199,51 +199,51 @@
         <is>
           <t>9786256446458</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>The Strength Of The Few</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786256446205</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Daha Sonra Belirlenecek</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>0</v>
+        <v>230</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786052382776X</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Einstein'ın Son Sırrı</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>97860523827769987897989</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
@@ -259,46 +259,46 @@
         <is>
           <t>9786257586900</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Shaman King - Şaman Kral 12</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786257586221</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Orta Doğu'da Çatışma Ve Önyargı: Semitizm Ve Anti-Semitizm</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>