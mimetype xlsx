--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,745 +85,820 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259868165</t>
+          <t>9786259868196</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’ün Kahramanları</t>
+          <t>Aksa ve Sahra Kutlu Fetih'te</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259868111</t>
+          <t>9786057069092</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kabe Yapboz (Eğitici, Eğlendirici ve Zeka Geliştirici)</t>
+          <t>Benim Adım Sahra</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259868158</t>
+          <t>9786259384511</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’ün Kahramanları</t>
+          <t>Çocuklar İçin Cüz Kitabı 1</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057226396</t>
+          <t>9786259384528</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dini Değerler Eğitimi - Petek Petek Şifam Var</t>
+          <t>Çocuklar İçin Cüz Kitabı 2</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057069008</t>
+          <t>9786259724850</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hikayelerle Sahabe Hayatı-3 (14 Kitaplık Set)</t>
+          <t>Balık Şuşi'nin Macereları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>560</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057226389</t>
+          <t>9786259868165</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dini Değerler Eğitimi - Şükür Yolculuğu</t>
+          <t>Kudüs’ün Kahramanları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057226372</t>
+          <t>9786259868111</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hikâyelerle “Nurdan Hikâyeler Seti”</t>
+          <t>Kabe Yapboz (Eğitici, Eğlendirici ve Zeka Geliştirici)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057226358</t>
+          <t>9786259868158</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Karpuz Masalları / Peygamber Kıssaları 1</t>
+          <t>Kudüs’ün Kahramanları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057226365</t>
+          <t>9786057226396</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Kıssaları</t>
+          <t>Çocuklar İçin Dini Değerler Eğitimi - Petek Petek Şifam Var</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056614804</t>
+          <t>9786057069008</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dinimi Öğreniyorum Seti (22 Kitap Takım)</t>
+          <t>Çocuklar İçin Hikayelerle Sahabe Hayatı-3 (14 Kitaplık Set)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>450</v>
+        <v>560</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9780737934908</t>
+          <t>9786057226389</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Elif-Ba Eşleştirme Kartları</t>
+          <t>Çocuklar İçin Dini Değerler Eğitimi - Şükür Yolculuğu</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057152534</t>
+          <t>9786057226372</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mahzun Ümmet Mazlum Kudüs</t>
+          <t>Çocuklar İçin Hikâyelerle “Nurdan Hikâyeler Seti”</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>35</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057069085</t>
+          <t>9786057226358</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Lik ve Pik Mescid-i Aksa’da</t>
+          <t>Karpuz Masalları / Peygamber Kıssaları 1</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>28</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057069078</t>
+          <t>9786057226365</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Aksa</t>
+          <t>Peygamber Kıssaları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056614880</t>
+          <t>9786056614804</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Hikaye ve Boyama Seti - 11 Kitap</t>
+          <t>Çocuklar İçin Dinimi Öğreniyorum Seti (22 Kitap Takım)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>8682015044105</t>
+          <t>9780737934908</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Boyama Seti (4 Kitap Takım)</t>
+          <t>Çocuklar İçin Elif-Ba Eşleştirme Kartları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057012685</t>
+          <t>9786057152534</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bir Bulut Hikayesi</t>
+          <t>Mahzun Ümmet Mazlum Kudüs</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>22</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789758954988</t>
+          <t>9786057069085</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>1. ve 2. Sınıflar İçin Şirin Eğitim Seti (14 Kitap + 4 Yapboz)</t>
+          <t>Lik ve Pik Mescid-i Aksa’da</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>97</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056614873</t>
+          <t>9786057069078</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sevgili Peygamberimiz’in (S.A.V) Hayat Serisi - 1</t>
+          <t>Benim Adım Aksa</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>45</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786050643619</t>
+          <t>9786056614880</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Eğitici ve Eğlendirici Kudüs Yapbozu</t>
+          <t>Kudüs Hikaye ve Boyama Seti - 11 Kitap</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>45</v>
+        <v>110</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259774084</t>
+          <t>8682015044105</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boyama Kitabı-1</t>
+          <t>Eğitici Boyama Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>140</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259724805</t>
+          <t>9786057012685</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boyama Kitabı-3</t>
+          <t>Bir Bulut Hikayesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>140</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259774091</t>
+          <t>9789758954988</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boyama Kitabı-2</t>
+          <t>1. ve 2. Sınıflar İçin Şirin Eğitim Seti (14 Kitap + 4 Yapboz)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>140</v>
+        <v>97</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259868110</t>
+          <t>9786056614873</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Ramazanın Renkli Ritmi</t>
+          <t>Çocuklar İçin Sevgili Peygamberimiz’in (S.A.V) Hayat Serisi - 1</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>140</v>
+        <v>45</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259774077</t>
+          <t>9786050643619</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Aksa Pisi ve Ben</t>
+          <t>Çocuklar İçin Eğitici ve Eğlendirici Kudüs Yapbozu</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259868172</t>
+          <t>9786259774084</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’ün Kahramanları/Arapça</t>
+          <t>Çocuklar İçin Boyama Kitabı-1</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259868112</t>
+          <t>9786259724805</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mescid-i Nebevi Yapboz (Eğitici, Eğlendirici ve Zeka Geliştirici)</t>
+          <t>Çocuklar İçin Boyama Kitabı-3</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259868113</t>
+          <t>9786259774091</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Eğitici ve Eğlendirici Kudüs Yapbozu</t>
+          <t>Çocuklar İçin Boyama Kitabı-2</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259868141</t>
+          <t>9786259868110</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Aksa Kuşu</t>
+          <t>Etkinliklerle Ramazanın Renkli Ritmi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259868134</t>
+          <t>9786259774077</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Zeynep'in Kudüs Gezisi</t>
+          <t>Aksa Pisi ve Ben</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259868127</t>
+          <t>9786259868172</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Aksa ve Sahra Kudüs’te</t>
+          <t>Kudüs’ün Kahramanları/Arapça</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057152596</t>
+          <t>9786259868112</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sahabe Hayatı-1</t>
+          <t>Mescid-i Nebevi Yapboz (Eğitici, Eğlendirici ve Zeka Geliştirici)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>7379349099550</t>
+          <t>9786259868113</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Eğitici ve Eğlendirici Elif-Ba Yapbozu</t>
+          <t>Çocuklar İçin Eğitici ve Eğlendirici Kudüs Yapbozu</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057226303</t>
+          <t>9786259868141</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Çocuklar İçin Medine Dönemi (10 Kitap Takım)</t>
+          <t>Aksa Kuşu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057152589</t>
+          <t>9786259868134</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Çocuklar İçin Mekke Dönemi (10 Kitap Takım)</t>
+          <t>Zeynep'in Kudüs Gezisi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057226341</t>
+          <t>9786259868127</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Adı Geçen Hayvanları Boyuyorum</t>
+          <t>Aksa ve Sahra Kudüs’te</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057226334</t>
+          <t>9786057152596</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Adı Geçen Meyveleri Boyuyorum</t>
+          <t>Çocuklar İçin Sahabe Hayatı-1</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057226310</t>
+          <t>7379349099550</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezi - Çocuklar için Değerler Eğitimi</t>
+          <t>Eğitici ve Eğlendirici Elif-Ba Yapbozu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057226327</t>
+          <t>9786057226303</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Adı Geçen Peygamberlerin Mesleklerini Boyuyorum</t>
+          <t>Hikayelerle Çocuklar İçin Medine Dönemi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057152565</t>
+          <t>9786057152589</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler ve Oyunlarla Elif-Ba Öğreniyorum</t>
+          <t>Hikayelerle Çocuklar İçin Mekke Dönemi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057152541</t>
+          <t>9786057226341</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Roman Diliyle 7'den 70'e Herkes İçin Hz. Ebubekir</t>
+          <t>Kur'an'da Adı Geçen Hayvanları Boyuyorum</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057152558</t>
+          <t>9786057226334</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Seçkin Sahabelerin Hayatı Gökteki Yıldızlar</t>
+          <t>Kur'an'da Adı Geçen Meyveleri Boyuyorum</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057152527</t>
+          <t>9786057226310</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>7'den 70'e Herkes İçin Medine Dönemi</t>
+          <t>Dünyanın Merkezi - Çocuklar için Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057152510</t>
+          <t>9786057226327</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>7'den 70'e Herkes İçin Mekke Dönemi</t>
+          <t>Kur'an'da Adı Geçen Peygamberlerin Mesleklerini Boyuyorum</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057069047</t>
+          <t>9786057152565</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Çocuklar İçin Sahabe Hayatı 2 Set (10 Kitap Takım)</t>
+          <t>Hikayeler ve Oyunlarla Elif-Ba Öğreniyorum</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057012616</t>
+          <t>9786057152541</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hikayelerle Dört Halife Hayatı Seti (10 Kitap Takım)</t>
+          <t>Roman Diliyle 7'den 70'e Herkes İçin Hz. Ebubekir</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
+          <t>9786057152558</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Seçkin Sahabelerin Hayatı Gökteki Yıldızlar</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786057152527</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>7'den 70'e Herkes İçin Medine Dönemi</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786057152510</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>7'den 70'e Herkes İçin Mekke Dönemi</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786057069047</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle Çocuklar İçin Sahabe Hayatı 2 Set (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786057012616</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Hikayelerle Dört Halife Hayatı Seti (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
           <t>9786056614842</t>
         </is>
       </c>
-      <c r="B48" s="1" t="inlineStr">
+      <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin Değerler Eğitimi Seti (10 Kitap Takım)</t>
         </is>
       </c>
-      <c r="C48" s="1">
+      <c r="C53" s="1">
         <v>700</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>