--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,820 +85,850 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259868196</t>
+          <t>9786259384559</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Aksa ve Sahra Kutlu Fetih'te</t>
+          <t>Ne Güzelsin Ramazan</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057069092</t>
+          <t>9786259384566</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Sahra</t>
+          <t>Üç Mescid Maceram Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259384511</t>
+          <t>9786259868196</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Cüz Kitabı 1</t>
+          <t>Aksa ve Sahra Kutlu Fetih'te</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259384528</t>
+          <t>9786057069092</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Cüz Kitabı 2</t>
+          <t>Benim Adım Sahra</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259724850</t>
+          <t>9786259384511</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Balık Şuşi'nin Macereları</t>
+          <t>Çocuklar İçin Cüz Kitabı 1</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259868165</t>
+          <t>9786259384528</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’ün Kahramanları</t>
+          <t>Çocuklar İçin Cüz Kitabı 2</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259868111</t>
+          <t>9786259724850</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kabe Yapboz (Eğitici, Eğlendirici ve Zeka Geliştirici)</t>
+          <t>Balık Şuşi'nin Macereları</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259868158</t>
+          <t>9786259868165</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Kudüs’ün Kahramanları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057226396</t>
+          <t>9786259868111</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dini Değerler Eğitimi - Petek Petek Şifam Var</t>
+          <t>Kabe Yapboz (Eğitici, Eğlendirici ve Zeka Geliştirici)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057069008</t>
+          <t>9786259868158</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hikayelerle Sahabe Hayatı-3 (14 Kitaplık Set)</t>
+          <t>Kudüs’ün Kahramanları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>560</v>
+        <v>230</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057226389</t>
+          <t>9786057226396</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dini Değerler Eğitimi - Şükür Yolculuğu</t>
+          <t>Çocuklar İçin Dini Değerler Eğitimi - Petek Petek Şifam Var</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057226372</t>
+          <t>9786057069008</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hikâyelerle “Nurdan Hikâyeler Seti”</t>
+          <t>Çocuklar İçin Hikayelerle Sahabe Hayatı-3 (14 Kitaplık Set)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>560</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057226358</t>
+          <t>9786057226389</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Karpuz Masalları / Peygamber Kıssaları 1</t>
+          <t>Çocuklar İçin Dini Değerler Eğitimi - Şükür Yolculuğu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057226365</t>
+          <t>9786057226372</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Kıssaları</t>
+          <t>Çocuklar İçin Hikâyelerle “Nurdan Hikâyeler Seti”</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056614804</t>
+          <t>9786057226358</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dinimi Öğreniyorum Seti (22 Kitap Takım)</t>
+          <t>Karpuz Masalları / Peygamber Kıssaları 1</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9780737934908</t>
+          <t>9786057226365</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Elif-Ba Eşleştirme Kartları</t>
+          <t>Peygamber Kıssaları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057152534</t>
+          <t>9786056614804</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mahzun Ümmet Mazlum Kudüs</t>
+          <t>Çocuklar İçin Dinimi Öğreniyorum Seti (22 Kitap Takım)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>35</v>
+        <v>450</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057069085</t>
+          <t>9780737934908</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Lik ve Pik Mescid-i Aksa’da</t>
+          <t>Çocuklar İçin Elif-Ba Eşleştirme Kartları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>28</v>
+        <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057069078</t>
+          <t>9786057152534</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Aksa</t>
+          <t>Mahzun Ümmet Mazlum Kudüs</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>35</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056614880</t>
+          <t>9786057069085</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Hikaye ve Boyama Seti - 11 Kitap</t>
+          <t>Lik ve Pik Mescid-i Aksa’da</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>110</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>8682015044105</t>
+          <t>9786057069078</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Boyama Seti (4 Kitap Takım)</t>
+          <t>Benim Adım Aksa</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>20</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057012685</t>
+          <t>9786056614880</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir Bulut Hikayesi</t>
+          <t>Kudüs Hikaye ve Boyama Seti - 11 Kitap</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>22</v>
+        <v>110</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789758954988</t>
+          <t>8682015044105</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>1. ve 2. Sınıflar İçin Şirin Eğitim Seti (14 Kitap + 4 Yapboz)</t>
+          <t>Eğitici Boyama Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>97</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056614873</t>
+          <t>9786057012685</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sevgili Peygamberimiz’in (S.A.V) Hayat Serisi - 1</t>
+          <t>Bir Bulut Hikayesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>45</v>
+        <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050643619</t>
+          <t>9789758954988</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Eğitici ve Eğlendirici Kudüs Yapbozu</t>
+          <t>1. ve 2. Sınıflar İçin Şirin Eğitim Seti (14 Kitap + 4 Yapboz)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>45</v>
+        <v>97</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259774084</t>
+          <t>9786056614873</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boyama Kitabı-1</t>
+          <t>Çocuklar İçin Sevgili Peygamberimiz’in (S.A.V) Hayat Serisi - 1</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>140</v>
+        <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259724805</t>
+          <t>9786050643619</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boyama Kitabı-3</t>
+          <t>Çocuklar İçin Eğitici ve Eğlendirici Kudüs Yapbozu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>140</v>
+        <v>45</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259774091</t>
+          <t>9786259774084</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boyama Kitabı-2</t>
+          <t>Çocuklar İçin Boyama Kitabı-1</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>140</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259868110</t>
+          <t>9786259724805</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Ramazanın Renkli Ritmi</t>
+          <t>Çocuklar İçin Boyama Kitabı-3</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259774077</t>
+          <t>9786259774091</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Aksa Pisi ve Ben</t>
+          <t>Çocuklar İçin Boyama Kitabı-2</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259868172</t>
+          <t>9786259868110</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’ün Kahramanları/Arapça</t>
+          <t>Etkinliklerle Ramazanın Renkli Ritmi</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259868112</t>
+          <t>9786259774077</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mescid-i Nebevi Yapboz (Eğitici, Eğlendirici ve Zeka Geliştirici)</t>
+          <t>Aksa Pisi ve Ben</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259868113</t>
+          <t>9786259868172</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Eğitici ve Eğlendirici Kudüs Yapbozu</t>
+          <t>Kudüs’ün Kahramanları/Arapça</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259868141</t>
+          <t>9786259868112</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Aksa Kuşu</t>
+          <t>Mescid-i Nebevi Yapboz (Eğitici, Eğlendirici ve Zeka Geliştirici)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259868134</t>
+          <t>9786259868113</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Zeynep'in Kudüs Gezisi</t>
+          <t>Çocuklar İçin Eğitici ve Eğlendirici Kudüs Yapbozu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259868127</t>
+          <t>9786259868141</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Aksa ve Sahra Kudüs’te</t>
+          <t>Aksa Kuşu</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057152596</t>
+          <t>9786259868134</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sahabe Hayatı-1</t>
+          <t>Zeynep'in Kudüs Gezisi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>7379349099550</t>
+          <t>9786259868127</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Eğitici ve Eğlendirici Elif-Ba Yapbozu</t>
+          <t>Aksa ve Sahra Kudüs’te</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057226303</t>
+          <t>9786057152596</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Çocuklar İçin Medine Dönemi (10 Kitap Takım)</t>
+          <t>Çocuklar İçin Sahabe Hayatı-1</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057152589</t>
+          <t>7379349099550</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Çocuklar İçin Mekke Dönemi (10 Kitap Takım)</t>
+          <t>Eğitici ve Eğlendirici Elif-Ba Yapbozu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057226341</t>
+          <t>9786057226303</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Adı Geçen Hayvanları Boyuyorum</t>
+          <t>Hikayelerle Çocuklar İçin Medine Dönemi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057226334</t>
+          <t>9786057152589</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Adı Geçen Meyveleri Boyuyorum</t>
+          <t>Hikayelerle Çocuklar İçin Mekke Dönemi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057226310</t>
+          <t>9786057226341</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezi - Çocuklar için Değerler Eğitimi</t>
+          <t>Kur'an'da Adı Geçen Hayvanları Boyuyorum</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>60</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057226327</t>
+          <t>9786057226334</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Adı Geçen Peygamberlerin Mesleklerini Boyuyorum</t>
+          <t>Kur'an'da Adı Geçen Meyveleri Boyuyorum</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057152565</t>
+          <t>9786057226310</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler ve Oyunlarla Elif-Ba Öğreniyorum</t>
+          <t>Dünyanın Merkezi - Çocuklar için Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057152541</t>
+          <t>9786057226327</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Roman Diliyle 7'den 70'e Herkes İçin Hz. Ebubekir</t>
+          <t>Kur'an'da Adı Geçen Peygamberlerin Mesleklerini Boyuyorum</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057152558</t>
+          <t>9786057152565</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Seçkin Sahabelerin Hayatı Gökteki Yıldızlar</t>
+          <t>Hikayeler ve Oyunlarla Elif-Ba Öğreniyorum</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057152527</t>
+          <t>9786057152541</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>7'den 70'e Herkes İçin Medine Dönemi</t>
+          <t>Roman Diliyle 7'den 70'e Herkes İçin Hz. Ebubekir</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057152510</t>
+          <t>9786057152558</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>7'den 70'e Herkes İçin Mekke Dönemi</t>
+          <t>Seçkin Sahabelerin Hayatı Gökteki Yıldızlar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057069047</t>
+          <t>9786057152527</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Çocuklar İçin Sahabe Hayatı 2 Set (10 Kitap Takım)</t>
+          <t>7'den 70'e Herkes İçin Medine Dönemi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057012616</t>
+          <t>9786057152510</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hikayelerle Dört Halife Hayatı Seti (10 Kitap Takım)</t>
+          <t>7'den 70'e Herkes İçin Mekke Dönemi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
+          <t>9786057069047</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle Çocuklar İçin Sahabe Hayatı 2 Set (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786057012616</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Hikayelerle Dört Halife Hayatı Seti (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
           <t>9786056614842</t>
         </is>
       </c>
-      <c r="B53" s="1" t="inlineStr">
+      <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin Değerler Eğitimi Seti (10 Kitap Takım)</t>
         </is>
       </c>
-      <c r="C53" s="1">
+      <c r="C55" s="1">
         <v>700</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>