--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,1330 +85,2905 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789753246002</t>
+          <t>9789753120029</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Hep Gülmeli</t>
+          <t>Önüm Arkam Sobe Dinozor Ebe</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753120272</t>
+          <t>3990000025908</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Herkül Efsanevi Gezginci - Hırsızlar Kralı</t>
+          <t>Goosebumps Akıllı Arkadaşım</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789753121453</t>
+          <t>3990000025907</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tam Tam</t>
+          <t>Goosebumps Balkabaklarının Saldırısı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789082635607</t>
+          <t>3990000027182</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Maratoncu Dostumuz Tavşan Nasıl Bakılır? Nasıl Oynanır?</t>
+          <t>Mini'nin Serüvenleri 11 - Mini Küçük Anne (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9799082635521</t>
+          <t>9789758263479</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Dostumuz Balık Nasıl Beslenir? Nasıl Bakılır?</t>
+          <t>Garfield Tatil Bitti</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753124562</t>
+          <t>9789758263455</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Yolunda Türkiye İçin</t>
+          <t>Garfield Tatilden Sevgiler Senden Uzakta Bir Yerden Sevgilerle...</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>50</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753120449</t>
+          <t>9789758263042</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ablanla İyi Geçinmenin Yolları / Ablanla İyi Geçinmenin Yolları</t>
+          <t>Matematik Oyunları 3 Modellerle</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789753223577</t>
+          <t>9789753134378</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mitterrand'ın Dünyaları : Elysee Saray'ında 1981-1995 (Ciltli)</t>
+          <t>Küçük Ayşegül Kaybolan Köpek</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1500</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753131834</t>
+          <t>9789753133371</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Az Sonra Son Darbe</t>
+          <t>Barış</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753112611</t>
+          <t>3990000027212</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere Kedi Şiirleri Mırname</t>
+          <t>Hayvanlar Nereye Gitti?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>685</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753245975</t>
+          <t>3990000042507</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Karmakarışık Masal</t>
+          <t>Canavarlar Nerede Saklanıyor?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>375</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753121316</t>
+          <t>9789758263899</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Haremde Bir İtalyan (Ciltli)</t>
+          <t>Sıfırı Tüketmek</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753117098</t>
+          <t>9789753120432</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Cin Ali Cadaloz Cadı'ya Karşı Türkçe / ingilizce</t>
+          <t>Babanla İyi Geçinmenin Yolları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>35</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753121088</t>
+          <t>9789753120425</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Hayalet</t>
+          <t>Annenle İyi Geçinmenin Yolları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>2782755444145</t>
+          <t>9789753125437</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Araştırma Dizisi - 3 (12 Kitap Takım) (Ciltli)</t>
+          <t>Paul ve Suzi'nin Günlüğü</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>1350</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753121057</t>
+          <t>9789758263882</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Zeyna Savaş Tanrıçası 3 Zeyna İz Peşinde Avcı Kadın ve Sfenks</t>
+          <t>Kedinin Gözü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>40</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753133531</t>
+          <t>3990000040366</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İnsan Dünyanın Mikrobudur (Ciltli)</t>
+          <t>Garfield En Büyük Ben</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>40</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753120302</t>
+          <t>9789758263271</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Herkül Çıkartmalı Boyama Kitabı</t>
+          <t>Goosebumps Kurt Çocuk</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753120265</t>
+          <t>9789753120586</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Herkül Efsanevi Gezginci - Yeraltı Şehri</t>
+          <t>Goosebumps Zamanda Yolculuk Tik! Tak! Sen Öldün!</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753120548</t>
+          <t>9789758263264</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Darwin'in Kara Kutusu (Ciltli)</t>
+          <t>Goosebumps Mutfaktaki Canlı Sünger</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>125</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753121071</t>
+          <t>9789753132992</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Zeyna Savaş Tanrıçası 5 - Savaşı Kim Kazanacak? Avcı Kadın ve Sfenks</t>
+          <t>Atatürk'e Suikastler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>25</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789758263257</t>
+          <t>9789753131599</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Zeyna Savaş Tanrıçası - Prenses Tehlikede</t>
+          <t>21. Yüzyılda Din Faşizmi (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789758263240</t>
+          <t>9789758263851</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Zeyna Savaş Tanrıçası : Amazonlar Kraliçesi</t>
+          <t>Cam Kent</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753130516</t>
+          <t>9789753115803</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yazılmamış Tarihimiz Seçmeler 3</t>
+          <t>Cehennem Yolu</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>175</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789750312625</t>
+          <t>9789753125352</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yazılmamış Tarihimiz  Seçmeler 1</t>
+          <t>Ekrandan Çıkan Köpekbalığı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>175</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753025607</t>
+          <t>9789753116015</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tommiks - 3 Apaçilerle Savaş (Ciltli)</t>
+          <t>Kafam Allak Bullak</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>40</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789758263844</t>
+          <t>9789758263905</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Perdita Durango</t>
+          <t>Yalnız Bir Sinek</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753115391</t>
+          <t>9789753115711</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Ünlü Yahudisi</t>
+          <t>Bir Yalancıyla Birkaç Gün</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>400</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789758263684</t>
+          <t>9789753120760</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Anahtarsız Kafesler</t>
+          <t>Mevlana ve Mevlevilik (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>450</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789758263608</t>
+          <t>9789753136983</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ege'de Kurtuluş Savaşı Başlarken</t>
+          <t>Minik Arı İle Manolya Ağacı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>750</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789759263042</t>
+          <t>9789753136396</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Matematik Oyunları 1 Şekillerle</t>
+          <t>Tavus Kuşu ile Sincap</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789753055550</t>
+          <t>9789753137799</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tarih Dizisi 10'lu Set (Ciltli)</t>
+          <t>Küçük Kırmızı Balık ve Açgözlü Kedi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>8250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753120319</t>
+          <t>9789753136471</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Herkül Boyama Kitabı</t>
+          <t>Kirpiyi Kim Kovdu?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>2789758263049</t>
+          <t>9789753121156</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Matematik Oyunları - 4 Kitap Takım</t>
+          <t>Kedilerden Nefret Edenlerin Kitabı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1000</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789753121064</t>
+          <t>9789753115988</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Zeyna Savaş Tanrıçası 4 Sfenks’in Tuzağı Avcı Kadın ve Sfenks</t>
+          <t>Hayat Çok Zor</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753111652</t>
+          <t>9789758263875</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Edirne’den Viyana Kapılarına Kadar Türklerden Kalan (Ciltli)</t>
+          <t>Birinci Kasap Savaşı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>750</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753121040</t>
+          <t>9789758263868</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Zeyna Savaş Tanrıçası 2 Gabriella’nın Başına Gelenler Avcı Kadın ve Sfenks</t>
+          <t>Kasabanın Delisi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789785448001</t>
+          <t>3990000025395</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tarih Araştırma Seti 1 (10 Kitap Takım) (Ciltli)</t>
+          <t>Goosebumps Ürperti Dizisi (6 Kitap)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>8250</v>
+        <v>92.59</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789758263041</t>
+          <t>9789758263974</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Matematik Oyunları 4 Bulmacalarla</t>
+          <t>Kar'a Çocuklara Şarkılar (1 Kitap + 1 CD)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753100137</t>
+          <t>9789753111203</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kültür Araştırma ve Eğitim Seti (17 Kitap)</t>
+          <t>Aksoy Kainatın Sırları ve Sanat Seti (3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>8250</v>
+        <v>231.48</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>3990000025407</t>
+          <t>3990000025408</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tarih Dizisi 1 - 8 Kitap Takım (Ciltli)</t>
+          <t>Çizgi Roman Karikatür Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>6750</v>
+        <v>236.11</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789758263936</t>
+          <t>3990000025406</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Küçük Oyuncu Binbir Çeşit Rol! Kılıktan Kılığa! Ve Gösteri Başlıyor!</t>
+          <t>Tarih ve Araştırma Dizisi - 2 (8 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>675</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753140157</t>
+          <t>3990000025405</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mad - Başarılı Bir Köpek Olmanın Yolları</t>
+          <t>Tarih ve Araştırma Dizisi - 1 (10 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>675</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753145114</t>
+          <t>3990000025404</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yerli Leylek Büyük Gece Özel Gösteri (Ciltli)</t>
+          <t>Maxi Çocuk ve Firuzan Gürbüz Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>750</v>
+        <v>101.85</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789758263028</t>
+          <t>3990000026167</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Sıradışı Aşklar</t>
+          <t>Eşekli Kütüphaneci</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>450</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753116442</t>
+          <t>9789758263493</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yasaklanan Aşk</t>
+          <t>Temeşvarlı Osman Ağa'nın Anıları (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>500</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753243346</t>
+          <t>9789758263790</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yarim Nereyi Mesken Tuttun</t>
+          <t>Mini'nin Serüvenleri 6 - Mini Maskeli Baloda (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753117258</t>
+          <t>9789758263752</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Türk Atinası (Ciltli)</t>
+          <t>Mini'nin Serüvenleri 7 - Kayakta Başına Gelenler (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>750</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>3990000002158</t>
+          <t>9789758263813</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Şişmanlığın Kitabı</t>
+          <t>Mini'nin Serüvenleri 4 - En Büyük Mini (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>450</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753121132</t>
+          <t>9789758263776</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Patronunuzu Evire Çevire Çok Amaçlı Kullanmanın 99 Yolu!</t>
+          <t>Mini'nin Serüvenleri 8 - Dedektif Mini (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>400</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753132565</t>
+          <t>3990000005317</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ne Kadınlar</t>
+          <t>Mini’nin Serüvenleri 8 Kitaplık Süper Bir Dizi (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>500</v>
+        <v>162.04</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789758263707</t>
+          <t>9789753229012</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Turgut Reis Malta Kuşatması ve Son Sefer (Ciltli)</t>
+          <t>Milenyum 2000 Kehanetleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>750</v>
+        <v>35</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753245708</t>
+          <t>9789753120777</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerde Uyanmak</t>
+          <t>Leonardo Dicaprio Çağımızın Romeo’su</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9759788263220</t>
+          <t>9799082635798</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sahte Derviş (Ciltli)</t>
+          <t>Küçük Kuklacı İpler Senin Elinde! Yapalım, Oynatalım, Eğlenelim! Ve Gösteri Başlıyor!</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>750</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789753122177</t>
+          <t>9799082635958</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Bir Macar Konuk Prens Rakoczi ve Mikes’in Türkiye Mektupları (Ciltli)</t>
+          <t>Küçük Hokkabaz Merhaba Arkadaşlar! İşte Yeni Numaralarım! Ve Gösteri Başlıyor!</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>1000</v>
+        <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789758263043</t>
+          <t>9789758263929</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Matematik Oyunları 2 Ölçülerle</t>
+          <t>Küçük Akrobat Sallan Yuvarlan! Atla Zıpla Uç! Ve Gösteri Başlıyor!</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753115636</t>
+          <t>9789753121170</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Otomobille İlk Gezi Balkanlar 1908 (Ciltli)</t>
+          <t>Kurtuluşun "Kuvvacı" Din Adamları (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>750</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753120289</t>
+          <t>9789753127646</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Zeyna Savaş Tanrıçası Boyama ve Oyun Kitabı : Titan</t>
+          <t>Kinowa Yürüyen Gölge (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789750327995</t>
+          <t>9779771301555</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bir Neo-Levanten’in Hatıra Defterinden</t>
+          <t>Kinowa Saklı Vadi (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753123785</t>
+          <t>9789753122672</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sensin İnsan (Ciltli)</t>
+          <t>Kinowa İntikam Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>750</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789785448940</t>
+          <t>9789753025867</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Aksoy Kültür ve Sanat Seti (3 Kitap Takım) (Ciltli)</t>
+          <t>Kinowa - Uçurumun Esrarı (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>4500</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753120296</t>
+          <t>9779713021558</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Herkül Boyama ve Oyun Kitabı : Herkül Oyunları</t>
+          <t>Kinowa - Penna Rosa’nın Esrarı (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>3990000032010</t>
+          <t>9789753123457</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Herkül ve Zeyna Boyama Kitapları (4 Kitap Set)</t>
+          <t>Kinowa - Kinova’nın Dönüşü Özel Sayı: Çizer Yıldırım Örer (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>950</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789753120456</t>
+          <t>9789753130868</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ninenle İyi Geçinmenin Yolları (Ciltli)</t>
+          <t>Kinowa - Kızıl Şeytan (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753120791</t>
+          <t>9789753128889</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dilbert Mouse Kullanarak Nasıl Pazu Yaptım?</t>
+          <t>İyi Ünlüler, Kötü Ünlüler ve En Büyükler Nasıl Öldüler?</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789758263011</t>
+          <t>9789758263998</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Desteksiz Balıkçı Mavalları</t>
+          <t>Hazineyi Kim Bulacak? Bil, Bul, Oyna...</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>400</v>
+        <v>17.82</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789753120326</t>
+          <t>9789758263622</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Herkül Boyama ve Oyun Kitabı - Kahinin Gözleri</t>
+          <t>Haydi Yemek Yapalım Karıştır Tadına Bak Pişir</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789753245203</t>
+          <t>3990000026165</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri Ressamı Jean Baptiste Van Mour (Ciltli)</t>
+          <t>Haydi Resim Yapalım Düşün Tasarla Boya</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>1750</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789753116954</t>
+          <t>9789758263912</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Laik Cumhuriyet Karşısında Derviş Vahdetiler Cephesi - 31 Mart’ın 90. Yılında (Ciltli)</t>
+          <t>Haydi Oyuncak Yapalım - Modeller - El Kuklaları - Oyunlar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>1000</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789753127134</t>
+          <t>9789753123655</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kör Bakkalın Gözleri</t>
+          <t>Gestapo (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>350</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789753110167</t>
+          <t>9789753127226</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Komisar Lenin Mezarında Dönüyor Marks Çarpacak Seni</t>
+          <t>Gerçek Bir Kekemeden Kekemelik Öyküleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>500</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789758263967</t>
+          <t>9789758263462</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Johan Padan Amerika’yı Keşfediyor (Ciltli)</t>
+          <t>Garfield Doğum Günün Kutlu Olsun (Tamamı Renkli 30 Süper Kartpostal)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>750</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789753120333</t>
+          <t>9789753115049</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Herkül Boyama ve Oyun Kitabı Ejderhanın Ateşi</t>
+          <t>En Zengin 100 Amerikalı Benjamin Franklin’den Bill Gates’e kadar En Zengin Amerikalıların Sıralaması (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789753121149</t>
+          <t>9789753110242</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Bir Patron Teşekkür Etmez 4x4’lük Bir Patron Olmanın Yolları</t>
+          <t>En Büyük 100 Asker (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753127776</t>
+          <t>9789753121231</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’da Gündelik Hayat (Ciltli)</t>
+          <t>Dünya Devi Bill Gates’in Çok Özel Günlüğü</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>2000</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789758263677</t>
+          <t>9789753162807</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul Firkateyni Faciası (Ciltli)</t>
+          <t>Çok Affedersiniz Ama...</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>750</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789758263950</t>
+          <t>9789753233026</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ege’de Kurtuluş Savaşı Başlarken Hasan Tahsin (Ciltli)</t>
+          <t>Çerkez Ethem (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>750</v>
+        <v>75</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789758263004</t>
+          <t>9789753121286</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Duyulmamış Nankör Kedi Öyküleri</t>
+          <t>Bogie Denen Adam</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>400</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753120555</t>
+          <t>9789753117173</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dogbert’in Büyük İş Dünyası Kitabı</t>
+          <t>Bir Külkedisi Öyküsü Sindrella Sonsuza Kadar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789758263035</t>
+          <t>9789753131407</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Köpek Öyküleri</t>
+          <t>Baba’dan Fıkralar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>400</v>
+        <v>35</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753129992</t>
+          <t>9789758263516</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Gezgin Tinayre’nin Günlüğü (Ciltli)</t>
+          <t>Devlet-i Aliyye Teşrifatçıbaşısı Ahmet Ağa’nın Viyana Kuşatması Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>750</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789750320989</t>
+          <t>9799082635361</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bay Krumnagel</t>
+          <t>Afacan Dostumuz Kedi Nasıl Sevilir?</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>500</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789753143332</t>
+          <t>9789753121033</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ayı Eve Dönüyor</t>
+          <t>Zeyna Savaş Tanrıçası 1 Efsanevi Yolculuk Avcı Kadın ve Sfenks</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>750</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789753245623</t>
+          <t>9789753136044</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Yolunda Türkiye İçin Brüksel El Kitabı</t>
+          <t>Zenginlerin ve Ünlülerin Çocukları Onlara Ne Oldu?</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>450</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753123532</t>
+          <t>9789753283717</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mevsimi Hayvanlarda Seks</t>
+          <t>Yazılmamış Tarihimiz Seçmeler 2</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>550</v>
+        <v>35</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
+          <t>9789753120753</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe İbadet 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9771302042016</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Tommiks Silahşörlerin Dönüşü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>41.67</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9771302008971</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Teksas Zor Görev Sayı 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>41.67</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>3990000015270</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Teksas Nehirde Dehşet Sayı 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>41.67</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9759788263237</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Tarihte Türkler Araplar Hilafet Meselesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>41.67</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9789753112291</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Stephen Hawking’in Evreni Kainatın Sırları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789753233613</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>O Güzel İnsanlar</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789753244534</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Nükte Yergi ve Fıkralarıyla Atatürk</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>41.67</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789753121163</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789753124447</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Nostradamus 1999’un Kehanetleri</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789753121415</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Neruda’nın Postacısı</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9789758263219</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Nelere Gülerlerdi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>41.67</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9789753111669</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Ne Manyak Millet Olduk</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>3990000015254</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal Paşa ve İslam Dünyası Hilafet Hareketi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>69.44</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9789758263745</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Mini'nin Serüvenleri 3 - Mini'nin Cici Dedesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9789758263769</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Mini'nin Serüvenleri 5 - Mini'nin Armağanları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9789758263837</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Mini'nin Serüvenleri 9 - Mini Yaz Tatilinde (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789758263783</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Mini'nin Serüvenleri 2 -  Mini ve Sevimli Kedisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>3990000027181</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Mini'nin Serüvenleri 1 - Mini Okula Başlıyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9789771303121</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Kültür ve Sanat Seti (8 Cilt) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>8550</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9789753246002</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar Hep Gülmeli</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9789753120272</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Herkül Efsanevi Gezginci - Hırsızlar Kralı</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789753121453</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Tam Tam</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9789082635607</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Maratoncu Dostumuz Tavşan Nasıl Bakılır? Nasıl Oynanır?</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9799082635521</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Dostumuz Balık Nasıl Beslenir? Nasıl Bakılır?</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789753124562</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği Yolunda Türkiye İçin</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789753120449</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Ablanla İyi Geçinmenin Yolları / Ablanla İyi Geçinmenin Yolları</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9789753223577</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Mitterrand'ın Dünyaları : Elysee Saray'ında 1981-1995 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789753131834</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Az Sonra Son Darbe</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789753112611</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Büyüklere Kedi Şiirleri Mırname</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789753245975</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Karmakarışık Masal</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789753121316</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Haremde Bir İtalyan (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789753117098</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Cin Ali Cadaloz Cadı'ya Karşı Türkçe / ingilizce</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789753121088</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Aynadaki Hayalet</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>2782755444145</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Tarih ve Araştırma Dizisi - 3 (12 Kitap Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789753121057</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Zeyna Savaş Tanrıçası 3 Zeyna İz Peşinde Avcı Kadın ve Sfenks</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789753133531</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Dünyanın Mikrobudur (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9789753120302</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Herkül Çıkartmalı Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789753120265</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Herkül Efsanevi Gezginci - Yeraltı Şehri</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789753120548</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Darwin'in Kara Kutusu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789753121071</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Zeyna Savaş Tanrıçası 5 - Savaşı Kim Kazanacak? Avcı Kadın ve Sfenks</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789758263257</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Zeyna Savaş Tanrıçası - Prenses Tehlikede</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789758263240</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Zeyna Savaş Tanrıçası : Amazonlar Kraliçesi</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789753130516</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Yazılmamış Tarihimiz Seçmeler 3</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789750312625</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Yazılmamış Tarihimiz  Seçmeler 1</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9789753025607</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Tommiks - 3 Apaçilerle Savaş (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9789758263844</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Perdita Durango</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789753115391</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın En Ünlü Yahudisi</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789758263684</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Anahtarsız Kafesler</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9789758263608</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Ege'de Kurtuluş Savaşı Başlarken</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9789759263042</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Oyunları 1 Şekillerle</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9789753055550</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Dizisi 10'lu Set (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>8250</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9789753120319</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Herkül Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>2789758263049</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Oyunları - 4 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789753121064</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Zeyna Savaş Tanrıçası 4 Sfenks’in Tuzağı Avcı Kadın ve Sfenks</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9789753111652</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Edirne’den Viyana Kapılarına Kadar Türklerden Kalan (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9789753121040</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Zeyna Savaş Tanrıçası 2 Gabriella’nın Başına Gelenler Avcı Kadın ve Sfenks</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9789785448001</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Araştırma Seti 1 (10 Kitap Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>8250</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9789758263041</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Oyunları 4 Bulmacalarla</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9789753100137</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Araştırma ve Eğitim Seti (17 Kitap)</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>8250</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>3990000025407</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Dizisi 1 - 8 Kitap Takım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>6750</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9789758263936</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Oyuncu Binbir Çeşit Rol! Kılıktan Kılığa! Ve Gösteri Başlıyor!</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9789753140157</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Mad - Başarılı Bir Köpek Olmanın Yolları</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9789753145114</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Yerli Leylek Büyük Gece Özel Gösteri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9789758263028</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Yaşanmış Sıradışı Aşklar</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9789753116442</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Yasaklanan Aşk</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9789753243346</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Yarim Nereyi Mesken Tuttun</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9789753117258</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Türk Atinası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>3990000002158</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Şişmanlığın Kitabı</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9789753121132</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Patronunuzu Evire Çevire Çok Amaçlı Kullanmanın 99 Yolu!</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9789753132565</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Ne Kadınlar</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9789758263707</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Turgut Reis Malta Kuşatması ve Son Sefer (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9789753245708</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Sözcüklerde Uyanmak</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9759788263220</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Sahte Derviş (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9789753122177</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’da Bir Macar Konuk Prens Rakoczi ve Mikes’in Türkiye Mektupları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9789758263043</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Oyunları 2 Ölçülerle</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9789753115636</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Otomobille İlk Gezi Balkanlar 1908 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9789753120289</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Zeyna Savaş Tanrıçası Boyama ve Oyun Kitabı : Titan</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9789750327995</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Bir Neo-Levanten’in Hatıra Defterinden</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9789753123785</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Sensin İnsan (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9789785448940</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Aksoy Kültür ve Sanat Seti (3 Kitap Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>4500</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9789753120296</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Herkül Boyama ve Oyun Kitabı : Herkül Oyunları</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>3990000032010</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Herkül ve Zeyna Boyama Kitapları (4 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9789753120456</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Ninenle İyi Geçinmenin Yolları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9789753120791</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Dilbert Mouse Kullanarak Nasıl Pazu Yaptım?</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9789758263011</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Desteksiz Balıkçı Mavalları</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9789753120326</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Herkül Boyama ve Oyun Kitabı - Kahinin Gözleri</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9789753245203</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Lale Devri Ressamı Jean Baptiste Van Mour (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9789753116954</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Laik Cumhuriyet Karşısında Derviş Vahdetiler Cephesi - 31 Mart’ın 90. Yılında (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9789753127134</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Kör Bakkalın Gözleri</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9789753110167</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Komisar Lenin Mezarında Dönüyor Marks Çarpacak Seni</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9789758263967</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Johan Padan Amerika’yı Keşfediyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9789753120333</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Herkül Boyama ve Oyun Kitabı Ejderhanın Ateşi</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9789753121149</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Bir Patron Teşekkür Etmez 4x4’lük Bir Patron Olmanın Yolları</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9789753127776</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Eski İstanbul’da Gündelik Hayat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9789758263677</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Ertuğrul Firkateyni Faciası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9789758263950</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Ege’de Kurtuluş Savaşı Başlarken Hasan Tahsin (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9789758263004</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Duyulmamış Nankör Kedi Öyküleri</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9789753120555</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Dogbert’in Büyük İş Dünyası Kitabı</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789758263035</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Çılgın Köpek Öyküleri</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9789753129992</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadın Gezgin Tinayre’nin Günlüğü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9789750320989</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Bay Krumnagel</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9789753143332</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Ayı Eve Dönüyor</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789753245623</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği Yolunda Türkiye İçin Brüksel El Kitabı</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9789753123532</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Mevsimi Hayvanlarda Seks</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
           <t>9789753121019</t>
         </is>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B192" s="1" t="inlineStr">
         <is>
           <t>Arkadaşım Orhan Kemal ve Mektupları (Ciltli)</t>
         </is>
       </c>
-      <c r="C87" s="1">
+      <c r="C192" s="1">
         <v>1000</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>