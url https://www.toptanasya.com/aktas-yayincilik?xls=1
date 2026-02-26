--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,1240 +85,1255 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059325370</t>
+          <t>9786059325196</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Teistik Evrim Düşüncesinin Eleştirisi</t>
+          <t>Çok Kolay Öğreten Parmak Emsile</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059325585</t>
+          <t>9786059325370</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tarif-i Ayasofya</t>
+          <t>Teistik Evrim Düşüncesinin Eleştirisi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059325981</t>
+          <t>9786059325585</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kuran’dan İncelikler 1-2-3 Cilt Set</t>
+          <t>Tarif-i Ayasofya</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059325356</t>
+          <t>9786059325981</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Sevgili Peygamberimizin Hayatı ve Sahabe Dönemi 30 Kitap</t>
+          <t>Kuran’dan İncelikler 1-2-3 Cilt Set</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>40</v>
+        <v>750</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059325103</t>
+          <t>9786059325356</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ruha Dokunan Adam</t>
+          <t>Çocuklar için Sevgili Peygamberimizin Hayatı ve Sahabe Dönemi 30 Kitap</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>4440000001100</t>
+          <t>9786059325103</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hangi Söz - Ya Hayır Konuş ya da Sus</t>
+          <t>Ruha Dokunan Adam</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>4440000000503</t>
+          <t>4440000001100</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Haremeyn Notları</t>
+          <t>Hangi Söz - Ya Hayır Konuş ya da Sus</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9280000015674</t>
+          <t>4440000000503</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Kapanı - Bir Öğretmenin İtirafları</t>
+          <t>Haremeyn Notları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059325554</t>
+          <t>9280000015674</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar - 8 Seçkin Sahabe Hayatı</t>
+          <t>Eğitim Kapanı - Bir Öğretmenin İtirafları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059325431</t>
+          <t>9786059325554</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sevgili Peygamberimizin Hayatı Serisi Seti - 10 Kitap Takım</t>
+          <t>Gökteki Yıldızlar - 8 Seçkin Sahabe Hayatı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059325677</t>
+          <t>9786059325431</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Sahabe Hayatları Seti - 10 Kitap Takım</t>
+          <t>Çocuklar İçin Sevgili Peygamberimizin Hayatı Serisi Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059325172</t>
+          <t>9786059325677</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerim Eğlenerek Öğreniyorum</t>
+          <t>Çocuklar için Sahabe Hayatları Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059325158</t>
+          <t>9786059325172</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Harflerim Eğlenerek Öğreniyorum</t>
+          <t>Çizgilerim Eğlenerek Öğreniyorum</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786058156005</t>
+          <t>9786059325158</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis Resimli ve Boyamalı</t>
+          <t>Harflerim Eğlenerek Öğreniyorum</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059325028</t>
+          <t>9786058156005</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Helaller ve Haramlar - 2 Cilt Takım (Ciltli)</t>
+          <t>40 Hadis Resimli ve Boyamalı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>1000</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059325493</t>
+          <t>9786059325028</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İ'rabul Kur'an-ı Kerim Orta Boy (Ciltli)</t>
+          <t>Helaller ve Haramlar - 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>600</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059325127</t>
+          <t>9786059325493</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kavramlarım Eğlenerek Öğreniyorum</t>
+          <t>İ'rabul Kur'an-ı Kerim Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059325134</t>
+          <t>9786059325127</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Halidiyye</t>
+          <t>Kavramlarım Eğlenerek Öğreniyorum</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059325059</t>
+          <t>9786059325134</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ben Namaz Kılmıyorum Ama Kalbim Temiz Diyenlere</t>
+          <t>Risale-i Halidiyye</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059325608</t>
+          <t>9786059325059</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Nazar Sihir Büyü ve Vesveselerden Korunma Yolları</t>
+          <t>Ben Namaz Kılmıyorum Ama Kalbim Temiz Diyenlere</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059325752</t>
+          <t>9786059325608</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı Medine Dönemi Seti - 10 Kitap Takım</t>
+          <t>Nazar Sihir Büyü ve Vesveselerden Korunma Yolları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059325240</t>
+          <t>9786059325752</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Risalei Halidiyye ve Risalei Kudsiyye Metinleri - Arapça Osmanlıca (Ciltli)</t>
+          <t>Peygamberimizin Hayatı Medine Dönemi Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059325738</t>
+          <t>9786059325240</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Beyan Arapça Seti - 10 Cilt Takım (Ciltli)</t>
+          <t>Risalei Halidiyye ve Risalei Kudsiyye Metinleri - Arapça Osmanlıca (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>7500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059325486</t>
+          <t>9786059325738</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Akaidim Eğlenerek Öğreniyorum</t>
+          <t>Ruhul Beyan Arapça Seti - 10 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>260</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059325523</t>
+          <t>9786059325486</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Fıkıhım Eğlenerek Öğreniyorum</t>
+          <t>Sevimli Akaidim Eğlenerek Öğreniyorum</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059325165</t>
+          <t>9786059325523</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Matematik Eğlenerek Öğreniyorum</t>
+          <t>Sevimli Fıkıhım Eğlenerek Öğreniyorum</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059325189</t>
+          <t>9786059325165</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Şifa Kaynağı Mukaddes Sırlar Dua ve Bilgi Hazinesi (Ciltli)</t>
+          <t>Sevimli Matematik Eğlenerek Öğreniyorum</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>600</v>
+        <v>260</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059815656</t>
+          <t>9786059325189</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Siracu'l Müttekin Tercümesi Kelime Manalı - İzahlı (Ciltli)</t>
+          <t>Şifa Kaynağı Mukaddes Sırlar Dua ve Bilgi Hazinesi (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>1000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059325219</t>
+          <t>9786059815656</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Siyerim Eğlenerek Öğreniyorum</t>
+          <t>Siracu'l Müttekin Tercümesi Kelime Manalı - İzahlı (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059325592</t>
+          <t>9786059325219</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sorulu Cevaplı Siyer-i Nebi ve Hulefa-i Raşidin Tarihi</t>
+          <t>Siyerim Eğlenerek Öğreniyorum</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059325684</t>
+          <t>9786059325592</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Lal Durağı</t>
+          <t>Sorulu Cevaplı Siyer-i Nebi ve Hulefa-i Raşidin Tarihi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059325578</t>
+          <t>9786059325684</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İkinin İkincisi Hz. Ebubekir</t>
+          <t>Lal Durağı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059325646</t>
+          <t>9786059325578</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>El-Lübab fi Şerhi'l Kitab (Ciltli)</t>
+          <t>İkinin İkincisi Hz. Ebubekir</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>850</v>
+        <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059325479</t>
+          <t>9786059325646</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Değerlerim Eğlenerek Öğreniyorum</t>
+          <t>El-Lübab fi Şerhi'l Kitab (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>450</v>
+        <v>850</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059325936</t>
+          <t>9786059325479</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Alemlerin Sultanı Peygamber Efendimiz</t>
+          <t>Ahlaki Değerlerim Eğlenerek Öğreniyorum</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059325516</t>
+          <t>9786059325936</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Eğlenerek Öğreniyorum Okul Öncesi Eğitim Seti</t>
+          <t>Alemlerin Sultanı Peygamber Efendimiz</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>2500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059325271</t>
+          <t>9786059325516</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Faaliyet Kitabım</t>
+          <t>Eğlenerek Öğreniyorum Okul Öncesi Eğitim Seti</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>450</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059325622</t>
+          <t>9786059325271</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kuran'dan İncelikler 2. Cilt</t>
+          <t>Değerler Eğitimi Faaliyet Kitabım</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059325547</t>
+          <t>9786059325622</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kuran'dan İncelikler 1</t>
+          <t>Kuran'dan İncelikler 2. Cilt</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059325257</t>
+          <t>9786059325547</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sualli Cevaplı Mülteka'l Ebhur (Ciltli)</t>
+          <t>Kuran'dan İncelikler 1</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059325943</t>
+          <t>9786059325257</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Zehirle Aşk Yaşanmaz</t>
+          <t>Sualli Cevaplı Mülteka'l Ebhur (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059325295</t>
+          <t>9786059325943</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şifa Hazinesi</t>
+          <t>Zehirle Aşk Yaşanmaz</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056783937</t>
+          <t>9786059325295</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Resimli Dört Dilli Sözlük</t>
+          <t>Şifa Hazinesi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059325868</t>
+          <t>9786056783937</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sünnet Şi'arımız Olmalıdır</t>
+          <t>Resimli Dört Dilli Sözlük</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059325745</t>
+          <t>9786059325868</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sorulu - Cevaplı Muhtasar Temel Dini Bilgiler</t>
+          <t>Sünnet Şi'arımız Olmalıdır</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059325905</t>
+          <t>9786059325745</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikli Şafii Çocuk İlmihali</t>
+          <t>Sorulu - Cevaplı Muhtasar Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059325837</t>
+          <t>9786059325905</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikli Çocuk İlmihali</t>
+          <t>Etkinlikli Şafii Çocuk İlmihali</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059325899</t>
+          <t>9786059325837</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz</t>
+          <t>Etkinlikli Çocuk İlmihali</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059325875</t>
+          <t>9786059325899</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Soykırımın Tanıkları</t>
+          <t>Dilsiz</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059325844</t>
+          <t>9786059325875</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kurtaran Münazara</t>
+          <t>Soykırımın Tanıkları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059325363</t>
+          <t>9786059325844</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdülhamid Han Etuğrul Fırkateyni 2</t>
+          <t>Hayat Kurtaran Münazara</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059325202</t>
+          <t>9786059325363</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Faaliyetim Eğlenerek Öğreniyorum</t>
+          <t>Sultan II. Abdülhamid Han Etuğrul Fırkateyni 2</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059325509</t>
+          <t>9786059325202</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Fatih Grand Turco Ebü'l Feth</t>
+          <t>Faaliyetim Eğlenerek Öğreniyorum</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059325394</t>
+          <t>9786059325509</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Gülname - Kırk Hadisin Şiircesi</t>
+          <t>Fatih Grand Turco Ebü'l Feth</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059325813</t>
+          <t>9786059325394</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dil Belası</t>
+          <t>Gülname - Kırk Hadisin Şiircesi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059325639</t>
+          <t>9786059325813</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hadisler ve Ayetlerle Livata ve Eşcinselliğin Haramlığı</t>
+          <t>Dil Belası</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059325707</t>
+          <t>9786059325639</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Davamız - 1. Cilt</t>
+          <t>Hadisler ve Ayetlerle Livata ve Eşcinselliğin Haramlığı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059325301</t>
+          <t>9786059325707</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hanımlara Mahsus Özel Haller</t>
+          <t>Davamız - 1. Cilt</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059325097</t>
+          <t>9786059325301</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Cüzümü Seviyorum</t>
+          <t>Hanımlara Mahsus Özel Haller</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059325462</t>
+          <t>9786059325097</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Hocası</t>
+          <t>Cüzümü Seviyorum</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059325660</t>
+          <t>9786059325462</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Cinlerin Baronu Azazil</t>
+          <t>Cumhuriyet Hocası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059325615</t>
+          <t>9786059325660</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Anısına - Tevafuk</t>
+          <t>Cinlerin Baronu Azazil</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059325141</t>
+          <t>9786059325615</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v) Zamanında Medya</t>
+          <t>15 Temmuz Anısına - Tevafuk</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059325035</t>
+          <t>9786059325141</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Faiz'in Yeri</t>
+          <t>Hz. Muhammed (s.a.v) Zamanında Medya</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059325042</t>
+          <t>9786059325035</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İstiklal'de Sahneden İsmailağa'da Secdeye</t>
+          <t>İslam'da Faiz'in Yeri</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059325790</t>
+          <t>9786059325042</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi İmam Gazali (Ciltli)</t>
+          <t>İstiklal'de Sahneden İsmailağa'da Secdeye</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059325806</t>
+          <t>9786059325790</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'dan İncelikler 3. Cilt</t>
+          <t>Kalplerin Keşfi İmam Gazali (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059325820</t>
+          <t>9786059325806</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Büyük Dualar</t>
+          <t>Kur'an'dan İncelikler 3. Cilt</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059325455</t>
+          <t>9786059325820</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kürsü Gönüldür Kürsüden Vaazlar</t>
+          <t>Küçüklere Büyük Dualar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059325776</t>
+          <t>9786059325455</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Düşen Notlar Seti - 3 Kitap Takım</t>
+          <t>Kürsü Gönüldür Kürsüden Vaazlar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059325417</t>
+          <t>9786059325776</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tatlı mı Tatlı Hikayeler Seti - 10 Kitap Takım</t>
+          <t>Tarihe Düşen Notlar Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059325714</t>
+          <t>9786059325417</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ebu Zer El Gıffari - Yalnız Sahabi</t>
+          <t>Tatlı mı Tatlı Hikayeler Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059325448</t>
+          <t>9786059325714</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hadis Usulü Teysiru Mustalahi'l - Hadis</t>
+          <t>Ebu Zer El Gıffari - Yalnız Sahabi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059325226</t>
+          <t>9786059325448</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Nutk-i Sahih</t>
+          <t>Yeni Hadis Usulü Teysiru Mustalahi'l - Hadis</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059325233</t>
+          <t>9786059325226</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Nutk-i Sahih - Harfi İle Alakalı Tartışmalar Üzerine</t>
+          <t>Nutk-i Sahih</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059325769</t>
+          <t>9786059325233</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Gözünden Kadınlar</t>
+          <t>Nutk-i Sahih - Harfi İle Alakalı Tartışmalar Üzerine</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059325400</t>
+          <t>9786059325769</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Siracul Müttekin Arapça</t>
+          <t>Peygamberlerin Gözünden Kadınlar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059325691</t>
+          <t>9786059325400</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sorulu Cevaplı Günümüz Fetvalarıyla Fıtır - Zekat - Öşür - Oruç - İtikaf</t>
+          <t>Siracul Müttekin Arapça</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059325721</t>
+          <t>9786059325691</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdülhamid Han - Hamidiye Tabyaları</t>
+          <t>Sorulu Cevaplı Günümüz Fetvalarıyla Fıtır - Zekat - Öşür - Oruç - İtikaf</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
+          <t>9786059325721</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Sultan II. Abdülhamid Han - Hamidiye Tabyaları</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
           <t>9786059325011</t>
         </is>
       </c>
-      <c r="B81" s="1" t="inlineStr">
+      <c r="B82" s="1" t="inlineStr">
         <is>
           <t>İslamda Giyim Kuşam ve Tesettür</t>
         </is>
       </c>
-      <c r="C81" s="1">
+      <c r="C82" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>