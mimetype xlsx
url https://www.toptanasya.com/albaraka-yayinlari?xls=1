--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,3760 +85,3805 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255615268</t>
+          <t>9786255615275</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Ufku</t>
+          <t>İspanyol Engizisyonu Hakkında 7 Efsane</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255615251</t>
+          <t>9786255615299</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Çalışma ve İrade</t>
+          <t>İslam'da Tanrı ve Mantık</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255615244</t>
+          <t>9786255615305</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatride Kişiler Arası İlişkiler Teorisi</t>
+          <t>Allah ve Resulüne Hicret Yolunda Muhacirin Azığı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255615145</t>
+          <t>9786255615268</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Niyet Hadisinin İki Şerhi</t>
+          <t>Medeniyet Ufku</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255615152</t>
+          <t>9786255615251</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Özgürleştiren Kahkaha</t>
+          <t>Entelektüel Çalışma ve İrade</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255615176</t>
+          <t>9786255615244</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Suresindeki Beyani Işıltılar ve İlave Sorular</t>
+          <t>Psikiyatride Kişiler Arası İlişkiler Teorisi</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255615169</t>
+          <t>9786255615145</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Zambak: Savaşın Masumları</t>
+          <t>Niyet Hadisinin İki Şerhi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054137039</t>
+          <t>9786255615152</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>MEANİ İLMİ (Kur'ân Işığında Belagat Dersleri)</t>
+          <t>Özgürleştiren Kahkaha</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257312271</t>
+          <t>9786255615176</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Düşüncesinin Evrimi</t>
+          <t>İbrahim Suresindeki Beyani Işıltılar ve İlave Sorular</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>425</v>
+        <v>275</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257312332</t>
+          <t>9786255615169</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Uçurumdan Geçmek</t>
+          <t>Kızıl Zambak: Savaşın Masumları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056510656</t>
+          <t>9786054137039</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Nasıl Büyüdü?</t>
+          <t>MEANİ İLMİ (Kur'ân Işığında Belagat Dersleri)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254434969</t>
+          <t>9786257312271</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Lorandolar ve Tubiniler</t>
+          <t>Yönetim Düşüncesinin Evrimi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257312462</t>
+          <t>9786257312332</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tevazu</t>
+          <t>Uçurumdan Geçmek</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257312059</t>
+          <t>9786056510656</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bilinçdışının Keşfi</t>
+          <t>Tırtıl Nasıl Büyüdü?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255615138</t>
+          <t>9786254434969</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi ve Toplum: Topluluklar</t>
+          <t>Lorandolar ve Tubiniler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255615091</t>
+          <t>9786257312462</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ceditçilik ve Kadimcilik Geriliminde Arayışlar: Rusya Müslümanları ve Kimlik Sorunu (1904-1916)</t>
+          <t>Tevazu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255615107</t>
+          <t>9786257312059</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Rusya’ya Yolculuk: Kırım, Kafkasya, Gürcistan</t>
+          <t>Bilinçdışının Keşfi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054137022</t>
+          <t>9786255615138</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar İstanbul</t>
+          <t>Ekonomi ve Toplum: Topluluklar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054137770</t>
+          <t>9786255615091</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Etimolojik Keşifler</t>
+          <t>Ceditçilik ve Kadimcilik Geriliminde Arayışlar: Rusya Müslümanları ve Kimlik Sorunu (1904-1916)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>235</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054137626</t>
+          <t>9786255615107</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hat Levhalarımız Ne Diyor? (40 Levha 40 Yorum -2)</t>
+          <t>Rusya’ya Yolculuk: Kırım, Kafkasya, Gürcistan</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054137916</t>
+          <t>9786054137022</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>G. W. Leıbnız İle Samuel Clarke Mektuplaşması</t>
+          <t>Bir Zamanlar İstanbul</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054137763</t>
+          <t>9786054137770</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kölelik Kapitalizm ve Sanayi Devrimi</t>
+          <t>Etimolojik Keşifler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255615084</t>
+          <t>9786054137626</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerin Hikmetleri</t>
+          <t>Hat Levhalarımız Ne Diyor? (40 Levha 40 Yorum -2)</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255615077</t>
+          <t>9786054137916</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mutezile Kelamında Acı</t>
+          <t>G. W. Leıbnız İle Samuel Clarke Mektuplaşması</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054137367</t>
+          <t>9786054137763</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Adalet Nedir?</t>
+          <t>Kölelik Kapitalizm ve Sanayi Devrimi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054137152</t>
+          <t>9786255615084</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Art Nouveau’su</t>
+          <t>İbadetlerin Hikmetleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257312769</t>
+          <t>9786255615077</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem İslam Sanatı</t>
+          <t>Mutezile Kelamında Acı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257312004</t>
+          <t>9786054137367</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hilye-i Hakani - Kazasker Mustafa İ­zzet Efendi Hattıyla</t>
+          <t>Adalet Nedir?</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>495</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056980817</t>
+          <t>9786054137152</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Nezaketle Yönetme Sanatı</t>
+          <t>İstanbul Art Nouveau’su</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255615121</t>
+          <t>9786257312769</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tütsü İle Tedavi (Ciltli)</t>
+          <t>Erken Dönem İslam Sanatı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>490</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255615060</t>
+          <t>9786257312004</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>7 Tıp Sisteminde Birincil Kaynaklara Göre: Tütsü ile Tedavi</t>
+          <t>Hilye-i Hakani - Kazasker Mustafa İ­zzet Efendi Hattıyla</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>400</v>
+        <v>495</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054137930</t>
+          <t>9786056980817</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Protestan Etiği ve Kapitalizmin Ruhu</t>
+          <t>Nezaketle Yönetme Sanatı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255615039</t>
+          <t>9786255615121</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum! Öyleyse Bir Ruhum Var</t>
+          <t>Tütsü İle Tedavi (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255615022</t>
+          <t>9786255615060</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şarihin Görünmezliği - Zekeriyya el-Ensari ve İslami Şerhlerin Söylemi</t>
+          <t>7 Tıp Sisteminde Birincil Kaynaklara Göre: Tütsü ile Tedavi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255615053</t>
+          <t>9786054137930</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Ebeler</t>
+          <t>Protestan Etiği ve Kapitalizmin Ruhu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255615046</t>
+          <t>9786255615039</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ravzatu's-Safa'ya Göre Moğollar (1155-1259)</t>
+          <t>Düşünüyorum! Öyleyse Bir Ruhum Var</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255615008</t>
+          <t>9786255615022</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Teizmin Fiziği</t>
+          <t>Şarihin Görünmezliği - Zekeriyya el-Ensari ve İslami Şerhlerin Söylemi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255615015</t>
+          <t>9786255615053</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kur'ani Tabirler</t>
+          <t>Müslüman Ebeler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054137954</t>
+          <t>9786255615046</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Şarkta ve Garpta Askerlik</t>
+          <t>Ravzatu's-Safa'ya Göre Moğollar (1155-1259)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054137855</t>
+          <t>9786255615008</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji ve Ruh</t>
+          <t>Teizmin Fiziği</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054137640</t>
+          <t>9786255615015</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet'in ve Dini Hükümlerin Güzellikleri</t>
+          <t>Kur'ani Tabirler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054137985</t>
+          <t>9786054137954</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Şarkta ve Garpta Askerlik</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054137978</t>
+          <t>9786054137855</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bakara Suresi Eşliğinde Kur'an Dil Bilgisi-2</t>
+          <t>Psikoloji ve Ruh</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054137961</t>
+          <t>9786054137640</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Analitik Felsefeye Giriş Sisler Dağılırken</t>
+          <t>İslamiyet'in ve Dini Hükümlerin Güzellikleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054137947</t>
+          <t>9786054137985</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bakara Suresi Eşliğinde Kur'an Dilbilgisi 1</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054137923</t>
+          <t>9786054137978</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dış Borçları Nasıl Yapılandırıldı?</t>
+          <t>Bakara Suresi Eşliğinde Kur'an Dil Bilgisi-2</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054137886</t>
+          <t>9786054137961</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kralın Dönüşü</t>
+          <t>Analitik Felsefeye Giriş Sisler Dağılırken</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>360</v>
+        <v>295</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257312639</t>
+          <t>9786054137947</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Modernite, Çoğulculuk ve Anlam Krizi</t>
+          <t>Bakara Suresi Eşliğinde Kur'an Dilbilgisi 1</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054137503</t>
+          <t>9786054137923</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernizminin Klasikçileri</t>
+          <t>Osmanlı Dış Borçları Nasıl Yapılandırıldı?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054137589</t>
+          <t>9786054137886</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kur’ân Işığında Belagat Dersleri Beyan İlmi</t>
+          <t>Kralın Dönüşü</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>225</v>
+        <v>360</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054137909</t>
+          <t>9786257312639</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Gelişmemiş Toplumlarda Zihinsel İşlevler</t>
+          <t>Modernite, Çoğulculuk ve Anlam Krizi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054137893</t>
+          <t>9786054137503</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kur’ân Işığında Belagat Dersleri Bedi İlmi</t>
+          <t>Türk Modernizminin Klasikçileri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054137220</t>
+          <t>9786054137589</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kudüs: Vahiyle Kutsanan Şehir (Ciltli)</t>
+          <t>Kur’ân Işığında Belagat Dersleri Beyan İlmi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>590</v>
+        <v>225</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257312479</t>
+          <t>9786054137909</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Zihin</t>
+          <t>Gelişmemiş Toplumlarda Zihinsel İşlevler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257312431</t>
+          <t>9786054137893</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Suçlu İnsan</t>
+          <t>Kur’ân Işığında Belagat Dersleri Bedi İlmi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257312349</t>
+          <t>9786054137220</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel-Davranışçı Terapi Felsefesi</t>
+          <t>Kudüs: Vahiyle Kutsanan Şehir (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>590</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054137831</t>
+          <t>9786257312479</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Abidler Yolu : Yedi Geçit</t>
+          <t>Zihin</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054137879</t>
+          <t>9786257312431</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Varoluş</t>
+          <t>Suçlu İnsan</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054137862</t>
+          <t>9786257312349</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İlkel Zihniyet</t>
+          <t>Bilişsel-Davranışçı Terapi Felsefesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>425</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054137756</t>
+          <t>9786054137831</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Amel, Ahlak ve Saadet Mizanü’l-Amel</t>
+          <t>Abidler Yolu : Yedi Geçit</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054137695</t>
+          <t>9786054137879</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl Kendi ̇si ̇ Olur?</t>
+          <t>Varoluş</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>450</v>
+        <v>370</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054137732</t>
+          <t>9786054137862</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Belagata Kur’an Merkezli Arapça Dersleri 3 Kur’an’ı Anlayarak Okuma Rehberi Uygulama Kitabı</t>
+          <t>İlkel Zihniyet</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>370</v>
+        <v>425</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054137718</t>
+          <t>9786054137756</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Galenos’a Orta Şerhler</t>
+          <t>Amel, Ahlak ve Saadet Mizanü’l-Amel</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786254137749</t>
+          <t>9786054137695</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>40 Levha 40 Yorum</t>
+          <t>İnsan Nasıl Kendi ̇si ̇ Olur?</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054137701</t>
+          <t>9786054137732</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Anlatıbilim</t>
+          <t>Başlangıçtan Belagata Kur’an Merkezli Arapça Dersleri 3 Kur’an’ı Anlayarak Okuma Rehberi Uygulama Kitabı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>275</v>
+        <v>370</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054137725</t>
+          <t>9786054137718</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Devrim</t>
+          <t>Galenos’a Orta Şerhler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786254434952</t>
+          <t>9786254137749</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Demir Kuş</t>
+          <t>40 Levha 40 Yorum</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786058034006</t>
+          <t>9786054137701</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kitabü'l-Kesb: İslam İktisadında Helal Kazanç</t>
+          <t>Anlatıbilim</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054137657</t>
+          <t>9786054137725</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gazzali ve Modern Evrim Paradigması</t>
+          <t>Dördüncü Devrim</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054137688</t>
+          <t>9786254434952</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlayarak Okuma Rehberi</t>
+          <t>Demir Kuş</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054137671</t>
+          <t>9786058034006</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Merkezindeki Türkçe Kelimeler 1</t>
+          <t>Kitabü'l-Kesb: İslam İktisadında Helal Kazanç</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054137664</t>
+          <t>9786054137657</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Meşruiyet Krizi</t>
+          <t>Gazzali ve Modern Evrim Paradigması</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786254434938</t>
+          <t>9786054137688</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Umudun Anatomisi</t>
+          <t>Kur'an'ı Anlayarak Okuma Rehberi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054137572</t>
+          <t>9786054137671</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Liderlikte Nezaket</t>
+          <t>Kur'an'ın Merkezindeki Türkçe Kelimeler 1</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054137596</t>
+          <t>9786054137664</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gücü Devletleri</t>
+          <t>Meşruiyet Krizi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054137565</t>
+          <t>9786254434938</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Paranın Sosyal Yaşamı</t>
+          <t>Umudun Anatomisi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054137558</t>
+          <t>9786054137572</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Barış İçin Savaş</t>
+          <t>Liderlikte Nezaket</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>395</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057493101</t>
+          <t>9786054137596</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İslam'ı Düşünmek</t>
+          <t>Deniz Gücü Devletleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786058034099</t>
+          <t>9786054137565</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Makul Yönetici</t>
+          <t>Paranın Sosyal Yaşamı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054137541</t>
+          <t>9786054137558</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Görsel Algı - Yaratıcı Gözün Psikolojisi</t>
+          <t>Barış İçin Savaş</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>490</v>
+        <v>395</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054137534</t>
+          <t>9786057493101</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Haritası</t>
+          <t>İslam'ı Düşünmek</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054137510</t>
+          <t>9786058034099</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Kurucuları</t>
+          <t>Makul Yönetici</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054137527</t>
+          <t>9786054137541</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim'deki Bütün Dua Ayetleri</t>
+          <t>Sanat ve Görsel Algı - Yaratıcı Gözün Psikolojisi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>98</v>
+        <v>490</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054137497</t>
+          <t>9786054137534</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ruh Sağlığı Irk ve Kültür</t>
+          <t>Ruhun Haritası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054137480</t>
+          <t>9786054137510</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalnızlık Güncesi</t>
+          <t>Sosyolojinin Kurucuları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054137459</t>
+          <t>9786054137527</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Çocukluğun Tarihi</t>
+          <t>Kuran-ı Kerim'deki Bütün Dua Ayetleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>265</v>
+        <v>98</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054137466</t>
+          <t>9786054137497</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Finans</t>
+          <t>Ruh Sağlığı Irk ve Kültür</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054137473</t>
+          <t>9786054137480</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinde Aristoteles ve Plotinos</t>
+          <t>Bir Yalnızlık Güncesi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054137435</t>
+          <t>9786054137459</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İslam Sanatı Çalışmalarının İnşası III - İslam Sanatı ve Ötesi</t>
+          <t>İslam’da Çocukluğun Tarihi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>450</v>
+        <v>265</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054137442</t>
+          <t>9786054137466</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İslam Sanatı Çalışmalarının İnşası IV - Kudüs</t>
+          <t>İslami Sosyal Finans</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054137428</t>
+          <t>9786054137473</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Alem Bir Kitap İçre</t>
+          <t>İslam Felsefesinde Aristoteles ve Plotinos</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054137374</t>
+          <t>9786054137435</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Başlangıcı</t>
+          <t>İslam Sanatı Çalışmalarının İnşası III - İslam Sanatı ve Ötesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>166</v>
+        <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054137350</t>
+          <t>9786054137442</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Mektupları 1877-1914</t>
+          <t>İslam Sanatı Çalışmalarının İnşası IV - Kudüs</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054137381</t>
+          <t>9786054137428</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Arayışında</t>
+          <t>Alem Bir Kitap İçre</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054137411</t>
+          <t>9786054137374</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Plotinos’un Felsefesi</t>
+          <t>Bilginin Başlangıcı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>166</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054137398</t>
+          <t>9786054137350</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar: Hayat, Siyaset ve Bilim</t>
+          <t>Seyahat Mektupları 1877-1914</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054137404</t>
+          <t>9786054137381</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Başlangıcı</t>
+          <t>Ruhun Arayışında</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054137343</t>
+          <t>9786054137411</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Tahsilin İlerletilmesi</t>
+          <t>Plotinos’un Felsefesi</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054137336</t>
+          <t>9786054137398</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bedenlenmiş Zihin: Bilişsel Bilim ve Uzak Doğu Geleneği</t>
+          <t>Mektuplar: Hayat, Siyaset ve Bilim</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054137329</t>
+          <t>9786054137404</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Asya Tarihi</t>
+          <t>Felsefenin Başlangıcı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>540</v>
+        <v>190</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054137312</t>
+          <t>9786054137343</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Anarşi: Doğu Hindistan Şirketi'nin Amansız Yükselişi</t>
+          <t>Tahsilin İlerletilmesi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054137299</t>
+          <t>9786054137336</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınında Lozan: Suphi Nuri İleri'nin Lozan Mektup ve Makaleleri</t>
+          <t>Bedenlenmiş Zihin: Bilişsel Bilim ve Uzak Doğu Geleneği</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>330</v>
+        <v>215</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054137305</t>
+          <t>9786054137329</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınında Lozan: Ahmet Cevdet'in Lozan Makaleleri</t>
+          <t>Asya Tarihi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>216</v>
+        <v>540</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054137275</t>
+          <t>9786054137312</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sürgünler: Küresel Ekonominin Acımasız ve Karmaşık Yapısı</t>
+          <t>Anarşi: Doğu Hindistan Şirketi'nin Amansız Yükselişi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054137244</t>
+          <t>9786054137299</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarih Yazıcılığı</t>
+          <t>Türk Basınında Lozan: Suphi Nuri İleri'nin Lozan Mektup ve Makaleleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054137268</t>
+          <t>9786054137305</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Heidegger</t>
+          <t>Türk Basınında Lozan: Ahmet Cevdet'in Lozan Makaleleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>230</v>
+        <v>216</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054137282</t>
+          <t>9786054137275</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Batı Basınında Lozan</t>
+          <t>Sürgünler: Küresel Ekonominin Acımasız ve Karmaşık Yapısı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054137251</t>
+          <t>9786054137244</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunanistan'da Rasyonel ve İrrasyonel</t>
+          <t>İslam Tarih Yazıcılığı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054137237</t>
+          <t>9786054137268</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Süheyl Ünver’in Defter-i Meşahirleri (Ciltli)</t>
+          <t>İslam Dünyasında Heidegger</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>510</v>
+        <v>230</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054137145</t>
+          <t>9786054137282</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Cennet Bankerleri: İslami Finansın Gizli Dünyası</t>
+          <t>Batı Basınında Lozan</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054137190</t>
+          <t>9786054137251</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Galenos Kitabı</t>
+          <t>Antik Yunanistan'da Rasyonel ve İrrasyonel</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054137206</t>
+          <t>9786054137237</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Geometrinin Kökeni</t>
+          <t>Süheyl Ünver’in Defter-i Meşahirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>510</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054137213</t>
+          <t>9786054137145</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Klasik - Sonrası Felsefenin Teşekkülü</t>
+          <t>Cennet Bankerleri: İslami Finansın Gizli Dünyası</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054137176</t>
+          <t>9786054137190</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kudüs: Vahiyle Kutsanan Şehir</t>
+          <t>Galenos Kitabı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>545</v>
+        <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054137183</t>
+          <t>9786054137206</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Duygulanımlarının ve Hatalarının Teşhis ve Tedavisi</t>
+          <t>Geometrinin Kökeni</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054137169</t>
+          <t>9786054137213</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Süheyl Ünver’in Defter-i Meşahirleri</t>
+          <t>İslam’da Klasik - Sonrası Felsefenin Teşekkülü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>525</v>
+        <v>340</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054137107</t>
+          <t>9786054137176</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bazen Düşlere Renkler Karışır</t>
+          <t>Kudüs: Vahiyle Kutsanan Şehir</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>174</v>
+        <v>545</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054137121</t>
+          <t>9786054137183</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’ın Başyapıtı: Türk Modernizminin Zirvesi: Huzur</t>
+          <t>Ruhun Duygulanımlarının ve Hatalarının Teşhis ve Tedavisi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054137114</t>
+          <t>9786054137169</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Politika Analizi: Etkili Sorun Çözmenin Sekiz Aşamalı Yolu</t>
+          <t>Süheyl Ünver’in Defter-i Meşahirleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>166</v>
+        <v>525</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054137138</t>
+          <t>9786054137107</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Mevlevilere Göre Mevlana ve Mesnevi Hakkında Doğru Bilinen Elli Yanlış</t>
+          <t>Bazen Düşlere Renkler Karışır</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>175</v>
+        <v>174</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054137060</t>
+          <t>9786054137121</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Evrimci Politik İktisat</t>
+          <t>Tanpınar’ın Başyapıtı: Türk Modernizminin Zirvesi: Huzur</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054137077</t>
+          <t>9786054137114</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Benim Ürkek Sesim</t>
+          <t>Politika Analizi: Etkili Sorun Çözmenin Sekiz Aşamalı Yolu</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>110</v>
+        <v>166</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054137084</t>
+          <t>9786054137138</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Benim Görünmez Evim</t>
+          <t>Mevlevilere Göre Mevlana ve Mesnevi Hakkında Doğru Bilinen Elli Yanlış</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054137091</t>
+          <t>9786054137060</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam</t>
+          <t>Evrimci Politik İktisat</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054137015</t>
+          <t>9786054137077</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Krizi</t>
+          <t>Benim Ürkek Sesim</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054137046</t>
+          <t>9786054137084</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Biyografisi</t>
+          <t>Benim Görünmez Evim</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054137053</t>
+          <t>9786054137091</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kitapları Yakmak: Bilgi Tarihi Saldırı Altında</t>
+          <t>Benim Babam</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054137008</t>
+          <t>9786054137015</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Kontrol Edilemezliği</t>
+          <t>Demokrasi Krizi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257312998</t>
+          <t>9786054137046</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerin Doğuşu</t>
+          <t>Yalnızlığın Biyografisi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257312974</t>
+          <t>9786054137053</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Ekonomi: Batı’da Paranın Teolojik Gücü</t>
+          <t>Kitapları Yakmak: Bilgi Tarihi Saldırı Altında</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257312967</t>
+          <t>9786054137008</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kriminoloji: Suç, Suçlu ve Ceza</t>
+          <t>Dünyanın Kontrol Edilemezliği</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257312950</t>
+          <t>9786257312998</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Güzellik Duyusu</t>
+          <t>Üniversitelerin Doğuşu</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257312943</t>
+          <t>9786257312974</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Destekleyici Koçluk - Hayat Boyu Öğrenim ve Değişim İçin</t>
+          <t>Kutsal Ekonomi: Batı’da Paranın Teolojik Gücü</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>196</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257312981</t>
+          <t>9786257312967</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Paranın Özelleştirilmesi</t>
+          <t>Kriminoloji: Suç, Suçlu ve Ceza</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257312936</t>
+          <t>9786257312950</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Platon'un Epistemolojisi</t>
+          <t>Güzellik Duyusu</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257312905</t>
+          <t>9786257312943</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kelam Kozmolojik Argümanı: Yeni Bir Değerlendirme</t>
+          <t>Destekleyici Koçluk - Hayat Boyu Öğrenim ve Değişim İçin</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257312868</t>
+          <t>9786257312981</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Galenos ve Platon'un Timaios'unun İslam Düşüncesindeki Alımlanışı</t>
+          <t>Paranın Özelleştirilmesi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257312882</t>
+          <t>9786257312936</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Doğal Yetiler Üzerine</t>
+          <t>Platon'un Epistemolojisi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257312912</t>
+          <t>9786257312905</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Kelam - Erken Dönem Matüridiliğinde Kelami Yaklaşımlar</t>
+          <t>Kelam Kozmolojik Argümanı: Yeni Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257312899</t>
+          <t>9786257312868</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Düşüncesinin Tarihi</t>
+          <t>Galenos ve Platon'un Timaios'unun İslam Düşüncesindeki Alımlanışı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257312875</t>
+          <t>9786257312882</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yabancılaşma ve Hızlanma - Geç Modern Zamansallığına Dair Bir Eleştirel Teori'ye Doğru</t>
+          <t>Doğal Yetiler Üzerine</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257312929</t>
+          <t>9786257312912</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Sanatçı</t>
+          <t>Bilinmeyen Kelam - Erken Dönem Matüridiliğinde Kelami Yaklaşımlar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257312813</t>
+          <t>9786257312899</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kurumlar ve Modern Ekonominin Gelişimi - Orta Çağ Ticaretinden Dersler</t>
+          <t>Yönetim Düşüncesinin Tarihi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257312851</t>
+          <t>9786257312875</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Acının Tarihi</t>
+          <t>Yabancılaşma ve Hızlanma - Geç Modern Zamansallığına Dair Bir Eleştirel Teori'ye Doğru</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257312806</t>
+          <t>9786257312929</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Makul Yönetici 2 - Tarihten Alınan Dersler</t>
+          <t>Sanat ve Sanatçı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257312844</t>
+          <t>9786257312813</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Alaturka: Türk Müziğinde Bir Üslup</t>
+          <t>Kurumlar ve Modern Ekonominin Gelişimi - Orta Çağ Ticaretinden Dersler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257312820</t>
+          <t>9786257312851</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Yaşam Dünyaları</t>
+          <t>Acının Tarihi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257312837</t>
+          <t>9786257312806</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bir Düzen Olarak Anarşi</t>
+          <t>Makul Yönetici 2 - Tarihten Alınan Dersler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257312738</t>
+          <t>9786257312844</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>XVII. Yüzyıl Dünyasında Venedik, Avusturya ve Türkler</t>
+          <t>Alaturka: Türk Müziğinde Bir Üslup</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257312745</t>
+          <t>9786257312820</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İyi ve Kötü Şeylerin Gayeleri Üzerine</t>
+          <t>İslam'ın Yaşam Dünyaları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257312783</t>
+          <t>9786257312837</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İslami Kalkınma İçin Bir Model</t>
+          <t>Bir Düzen Olarak Anarşi</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257312776</t>
+          <t>9786257312738</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İslami Görsel Kültür</t>
+          <t>XVII. Yüzyıl Dünyasında Venedik, Avusturya ve Türkler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>475</v>
+        <v>400</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257312790</t>
+          <t>9786257312745</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İslami Finansta Din Alimleri</t>
+          <t>İyi ve Kötü Şeylerin Gayeleri Üzerine</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257312714</t>
+          <t>9786257312783</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Hat ve Mimari</t>
+          <t>İslami Kalkınma İçin Bir Model</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257312677</t>
+          <t>9786257312776</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir? - Teistik Materyalizmin İmkânı</t>
+          <t>İslami Görsel Kültür</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>475</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257312684</t>
+          <t>9786257312790</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Benlik - Bireysellik, Yaşam ve Ölüme Dair Antik ve Modern Görüşler</t>
+          <t>İslami Finansta Din Alimleri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257312721</t>
+          <t>9786257312714</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Nedir?</t>
+          <t>İslam Dünyasında Hat ve Mimari</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257312660</t>
+          <t>9786257312677</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Dünyası</t>
+          <t>İnsan Nedir? - Teistik Materyalizmin İmkânı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257312691</t>
+          <t>9786257312684</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Rus İktisadi Düşünce Tarihi</t>
+          <t>Benlik - Bireysellik, Yaşam ve Ölüme Dair Antik ve Modern Görüşler</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257312653</t>
+          <t>9786257312721</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizin Kara Kitabı</t>
+          <t>Aydınlanma Nedir?</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057493156</t>
+          <t>9786257312660</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku ve Finansı</t>
+          <t>Sessizliğin Dünyası</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257312707</t>
+          <t>9786257312691</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Semeretü'l-Hikme - Geometriye Giriş</t>
+          <t>Rus İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257312608</t>
+          <t>9786257312653</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>R.D. Laing ve Anti-Psikiyatrinin Yolları</t>
+          <t>Psikanalizin Kara Kitabı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>145</v>
+        <v>320</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257312615</t>
+          <t>9786057493156</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Melekleri Ürkütmek</t>
+          <t>İslam Hukuku ve Finansı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257312646</t>
+          <t>9786257312707</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Doğal Teoloji Olarak Politik Ekonomi &amp; Smith, Malthus ve Takipçileri</t>
+          <t>Semeretü'l-Hikme - Geometriye Giriş</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257312622</t>
+          <t>9786257312608</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Benlik ve Ötekiler</t>
+          <t>R.D. Laing ve Anti-Psikiyatrinin Yolları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257312585</t>
+          <t>9786257312615</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Roma'dan İslam'a</t>
+          <t>Melekleri Ürkütmek</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257312592</t>
+          <t>9786257312646</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Din ve Piyasa Ahlakı</t>
+          <t>Doğal Teoloji Olarak Politik Ekonomi &amp; Smith, Malthus ve Takipçileri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>224</v>
+        <v>175</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257312578</t>
+          <t>9786257312622</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Platon’un Kozmolojisi</t>
+          <t>Benlik ve Ötekiler</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257312523</t>
+          <t>9786257312585</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd ve İbn Rüşdcülük</t>
+          <t>Roma'dan İslam'a</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257312561</t>
+          <t>9786257312592</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Tekdüzeleşmesi</t>
+          <t>Din ve Piyasa Ahlakı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>200</v>
+        <v>224</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257312516</t>
+          <t>9786257312578</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Delaletu’l-Hairin</t>
+          <t>Platon’un Kozmolojisi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257312554</t>
+          <t>9786257312523</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Anlatı İktisadı</t>
+          <t>İbn Rüşd ve İbn Rüşdcülük</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257312547</t>
+          <t>9786257312561</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Nefs ve Akıl risalesi</t>
+          <t>Dünyanın Tekdüzeleşmesi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257312530</t>
+          <t>9786257312516</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Keşifler Çağında Hint-İran Seyahatleri</t>
+          <t>Delaletu’l-Hairin</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257312509</t>
+          <t>9786257312554</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İbn Tufeyl’in Modern Batı Düşüncesi Üzerindeki Etkisi</t>
+          <t>Anlatı İktisadı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257312486</t>
+          <t>9786257312547</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Devlet Aklı</t>
+          <t>Nefs ve Akıl risalesi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>320</v>
+        <v>165</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257312455</t>
+          <t>9786257312530</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Şirketi İçten Değiştirmek</t>
+          <t>Keşifler Çağında Hint-İran Seyahatleri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257312370</t>
+          <t>9786257312509</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Ayetlerinin Çözümlenmesi</t>
+          <t>İbn Tufeyl’in Modern Batı Düşüncesi Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>450</v>
+        <v>175</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257312448</t>
+          <t>9786257312486</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz'in Dile Gelişi</t>
+          <t>Devlet Aklı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257312424</t>
+          <t>9786257312455</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ticarete Giriş: Tacirler ve Ticari Mallar</t>
+          <t>Şirketi İçten Değiştirmek</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257312394</t>
+          <t>9786257312370</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Siyasetname: İslami Bir Devlet İdaresi Teorisi</t>
+          <t>Tanrı’nın Ayetlerinin Çözümlenmesi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257312363</t>
+          <t>9786257312448</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Tüccar Sermayesi ve İslam</t>
+          <t>Dilsiz'in Dile Gelişi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257312417</t>
+          <t>9786257312424</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kurumları Verimli Kılma Sanatı</t>
+          <t>Ticarete Giriş: Tacirler ve Ticari Mallar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257312400</t>
+          <t>9786257312394</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Liderlik ve Amaç</t>
+          <t>Siyasetname: İslami Bir Devlet İdaresi Teorisi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257312387</t>
+          <t>9786257312363</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık Çağı – Kötü Alışkanlıklar Nasıl Büyük Bir Sektöre Dönüştü?</t>
+          <t>Tüccar Sermayesi ve İslam</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257312356</t>
+          <t>9786257312417</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Dünyada Medeniyet Tartışmaları</t>
+          <t>Kurumları Verimli Kılma Sanatı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>274</v>
+        <v>120</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257312080</t>
+          <t>9786257312400</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Finansta Risk Paylaşımı</t>
+          <t>Liderlik ve Amaç</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>224</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257312301</t>
+          <t>9786257312387</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Şarlman, Hz. Muhammed ve Kapitalizmin Arap Kökenleri</t>
+          <t>Bağımlılık Çağı – Kötü Alışkanlıklar Nasıl Büyük Bir Sektöre Dönüştü?</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257312325</t>
+          <t>9786257312356</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Antik Çin’de İktisadi Düşünce Tarihi</t>
+          <t>Müslüman Dünyada Medeniyet Tartışmaları</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>225</v>
+        <v>274</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257312318</t>
+          <t>9786257312080</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Copernicusçu İlk Astronomi Metinleri</t>
+          <t>Finansta Risk Paylaşımı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>115</v>
+        <v>224</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257312219</t>
+          <t>9786257312301</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Modern İş Yerinde İslam</t>
+          <t>Şarlman, Hz. Muhammed ve Kapitalizmin Arap Kökenleri</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257312189</t>
+          <t>9786257312325</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Din ve Finans</t>
+          <t>Antik Çin’de İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257312295</t>
+          <t>9786257312318</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Beş Kilometre</t>
+          <t>Copernicusçu İlk Astronomi Metinleri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>95</v>
+        <v>115</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257312202</t>
+          <t>9786257312219</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İdareli Olma Sanatı</t>
+          <t>Modern İş Yerinde İslam</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257312172</t>
+          <t>9786257312189</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Borcun Ötesinde: Küresel Finansta İslami Deneyimler</t>
+          <t>Din ve Finans</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257312158</t>
+          <t>9786257312295</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Makasıdü’ş-Şeria Sosyoekonomik Gelişme Endeksine Doğru</t>
+          <t>Beş Kilometre</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>295</v>
+        <v>95</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257312196</t>
+          <t>9786257312202</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyona Dair İslami Perspektifler</t>
+          <t>İdareli Olma Sanatı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257312165</t>
+          <t>9786257312172</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze İktisadi Meselelerimiz</t>
+          <t>Borcun Ötesinde: Küresel Finansta İslami Deneyimler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257312233</t>
+          <t>9786257312158</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Tanburi Cemil Bey’in Peşrev Besteleme Tekniği</t>
+          <t>Makasıdü’ş-Şeria Sosyoekonomik Gelişme Endeksine Doğru</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257312226</t>
+          <t>9786257312196</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Stoa Felsefesinin Kuruluş Fragmanları</t>
+          <t>Yönetim ve Organizasyona Dair İslami Perspektifler</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257312240</t>
+          <t>9786257312165</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif’in Musiki Dünyası</t>
+          <t>Osmanlı’dan Günümüze İktisadi Meselelerimiz</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257312264</t>
+          <t>9786257312233</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Dedem Korkut Der Ki</t>
+          <t>Tanburi Cemil Bey’in Peşrev Besteleme Tekniği</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257312257</t>
+          <t>9786257312226</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Hikayeler</t>
+          <t>Stoa Felsefesinin Kuruluş Fragmanları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>144</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257312288</t>
+          <t>9786257312240</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Spinoza ve Stoacılar</t>
+          <t>Mehmet Akif’in Musiki Dünyası</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257312127</t>
+          <t>9786257312264</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İslam’da İş Ahlakı</t>
+          <t>Dedem Korkut Der Ki</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257312110</t>
+          <t>9786257312257</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Türk Halısı - 21. Yüzyıl Sanatının Bir Müjdecisi</t>
+          <t>Mesnevi’den Hikayeler</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>350</v>
+        <v>144</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257312141</t>
+          <t>9786257312288</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Politik Ekonomi ve Modern Sosyal Teori</t>
+          <t>Spinoza ve Stoacılar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257312134</t>
+          <t>9786257312127</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İslami Finans Endüstrisinde Yaratıcı Şer’i Uygunluğun Analizi</t>
+          <t>İslam’da İş Ahlakı</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257312073</t>
+          <t>9786257312110</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Fintech ve İslami Finans</t>
+          <t>Erken Dönem Türk Halısı - 21. Yüzyıl Sanatının Bir Müjdecisi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257312103</t>
+          <t>9786257312141</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Japon İktisadi Düşünce Tarihi</t>
+          <t>Politik Ekonomi ve Modern Sosyal Teori</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257312042</t>
+          <t>9786257312134</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Muhayyel Gelecekler</t>
+          <t>İslami Finans Endüstrisinde Yaratıcı Şer’i Uygunluğun Analizi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>242</v>
+        <v>230</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257312097</t>
+          <t>9786257312073</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Fes İslam Şehri</t>
+          <t>Fintech ve İslami Finans</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057493194</t>
+          <t>9786257312103</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Seyyahların Aynasında İstanbul</t>
+          <t>Japon İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786254434945</t>
+          <t>9786257312042</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Lalezar-ı Süheyli</t>
+          <t>Muhayyel Gelecekler</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>390</v>
+        <v>242</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257312035</t>
+          <t>9786257312097</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Yapısökümü</t>
+          <t>Fes İslam Şehri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257312028</t>
+          <t>9786057493194</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Beklenmeyeni Yönetmek</t>
+          <t>Seyyahların Aynasında İstanbul</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257312011</t>
+          <t>9786254434945</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Analiz</t>
+          <t>Lalezar-ı Süheyli</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>295</v>
+        <v>390</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057493170</t>
+          <t>9786257312035</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Hocam Mustafa Düzgünman (1920-1990)</t>
+          <t>Tarihin Yapısökümü</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057493187</t>
+          <t>9786257312028</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Dinden Felsefeye</t>
+          <t>Beklenmeyeni Yönetmek</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057493163</t>
+          <t>9786257312011</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da İktisadi Düşünce Tarihi</t>
+          <t>Ekonomik Analiz</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057493132</t>
+          <t>9786057493170</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>16. Yüzyılda Osmanlı’da Paranın Değer Kaybı ve Timurtaşi’nin Nükud Risalesi</t>
+          <t>Hocam Mustafa Düzgünman (1920-1990)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786050654523</t>
+          <t>9786057493187</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklenen Girişim</t>
+          <t>Dinden Felsefeye</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786254434983</t>
+          <t>9786057493163</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya ve Yeni Finans</t>
+          <t>Osmanlı’da İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>115</v>
+        <v>200</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057493118</t>
+          <t>9786057493132</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Galileo Hapiste</t>
+          <t>16. Yüzyılda Osmanlı’da Paranın Değer Kaybı ve Timurtaşi’nin Nükud Risalesi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786254434990</t>
+          <t>9786050654523</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Başarmaya Mecburdum</t>
+          <t>Çiçeklenen Girişim</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>95</v>
+        <v>175</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786050654509</t>
+          <t>9786254434983</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sermaye ve Risk Paylaşımı</t>
+          <t>Yeni Dünya ve Yeni Finans</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>200</v>
+        <v>115</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786050654516</t>
+          <t>9786057493118</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Dünya İktisadi Düşünce Tarihi</t>
+          <t>Galileo Hapiste</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786254434976</t>
+          <t>9786254434990</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Stoacılığın İslam Düşüncesi Üzerindeki Etkisi</t>
+          <t>Başarmaya Mecburdum</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>200</v>
+        <v>95</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786056980893</t>
+          <t>9786050654509</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Erken Döneminde İktisadi Sistem</t>
+          <t>Sosyal Sermaye ve Risk Paylaşımı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786056980879</t>
+          <t>9786050654516</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İslami Finansta Finansal İnovasyon ve Mühendislik</t>
+          <t>Dünya İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786050654547</t>
+          <t>9786254434976</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Bot Hikayesi</t>
+          <t>Stoacılığın İslam Düşüncesi Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>116</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786050654530</t>
+          <t>9786056980893</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bazen Düşlere Mürekkep Bulaşır (Ciltli)</t>
+          <t>İslam'ın Erken Döneminde İktisadi Sistem</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>174</v>
+        <v>225</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786056980886</t>
+          <t>9786056980879</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İslami Finansta Risk Yönetimi</t>
+          <t>İslami Finansta Finansal İnovasyon ve Mühendislik</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786056980862</t>
+          <t>9786050654547</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İslam Ticaret Hukuku</t>
+          <t>Bot Hikayesi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>225</v>
+        <v>116</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786056980848</t>
+          <t>9786050654530</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam Fetvaları Işığında Osmanlı’da İktisadi Hayat</t>
+          <t>Bazen Düşlere Mürekkep Bulaşır (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>250</v>
+        <v>174</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786056980855</t>
+          <t>9786056980886</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Hayırseverlik ve İnsan Güvenliği</t>
+          <t>İslami Finansta Risk Yönetimi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786058034075</t>
+          <t>9786056980862</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yankılanan Liderlik</t>
+          <t>İslam Ticaret Hukuku</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786058034037</t>
+          <t>9786056980848</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İş Yerinde Merhamet</t>
+          <t>Şeyhülislam Fetvaları Işığında Osmanlı’da İktisadi Hayat</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786056980800</t>
+          <t>9786056980855</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İktisadi ve Fıkhi Yönleriyle Para Üretimi</t>
+          <t>Hayırseverlik ve İnsan Güvenliği</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786058034020</t>
+          <t>9786058034075</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Analizi Metametodoloji ve Metodoloji</t>
+          <t>Yankılanan Liderlik</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786058034068</t>
+          <t>9786058034037</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kitabü'l-Haraç</t>
+          <t>İş Yerinde Merhamet</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786058034082</t>
+          <t>9786056980800</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İslam Kurumları Tarihi</t>
+          <t>İktisadi ve Fıkhi Yönleriyle Para Üretimi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786058034051</t>
+          <t>9786058034020</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ İslam Dünyasında Ortaklık ve Kar</t>
+          <t>Medeniyet Analizi Metametodoloji ve Metodoloji</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786056980824</t>
+          <t>9786058034068</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İslami Mikrofinans</t>
+          <t>Kitabü'l-Haraç</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>255</v>
+        <v>250</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786058034013</t>
+          <t>9786058034082</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>İslami Finansın Küresel Önderleri</t>
+          <t>İslam Kurumları Tarihi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786058034044</t>
+          <t>9786058034051</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Finans ve İyi Toplum</t>
+          <t>Orta Çağ İslam Dünyasında Ortaklık ve Kar</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
+          <t>9786056980824</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>İslami Mikrofinans</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786058034013</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>İslami Finansın Küresel Önderleri</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786058034044</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Finans ve İyi Toplum</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
           <t>9786056980831</t>
         </is>
       </c>
-      <c r="B249" s="1" t="inlineStr">
+      <c r="B252" s="1" t="inlineStr">
         <is>
           <t>Finansın Sosyal Etkisi ve Gücü</t>
         </is>
       </c>
-      <c r="C249" s="1">
+      <c r="C252" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>