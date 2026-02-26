--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,3805 +85,4165 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255615275</t>
+          <t>9786255615480</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İspanyol Engizisyonu Hakkında 7 Efsane</t>
+          <t>Kelimelerin Ardındaki Hikmet</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255615299</t>
+          <t>9786255615503</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Tanrı ve Mantık</t>
+          <t>Kur'an Ayetlerine Beyani Dokunuşlar</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255615305</t>
+          <t>9786255615473</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Allah ve Resulüne Hicret Yolunda Muhacirin Azığı</t>
+          <t>Ekonomi ve Toplum: Dini Topluluklar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255615268</t>
+          <t>9786255615442</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Ufku</t>
+          <t>Suçlunun Psikolojisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255615251</t>
+          <t>9786255615459</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Çalışma ve İrade</t>
+          <t>Altın Zincirler</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255615244</t>
+          <t>9786255615237</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatride Kişiler Arası İlişkiler Teorisi</t>
+          <t>Yaşayan Endülüs İspanya</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>275</v>
+        <v>650</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255615145</t>
+          <t>9786255615411</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Niyet Hadisinin İki Şerhi</t>
+          <t>Çayırkuşunun Feragati</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255615152</t>
+          <t>9786255615435</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Özgürleştiren Kahkaha</t>
+          <t>Büyük Düşün Sınırları Zorla</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255615176</t>
+          <t>9786255615428</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Suresindeki Beyani Işıltılar ve İlave Sorular</t>
+          <t>Jungcu Psikolojide Zamansallık, Suçluluk ve Kötülük Problemi</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255615169</t>
+          <t>9786255615398</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Zambak: Savaşın Masumları</t>
+          <t>İspanya'da Mağrip Kültürü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054137039</t>
+          <t>9786255615329</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>MEANİ İLMİ (Kur'ân Işığında Belagat Dersleri)</t>
+          <t>Küresel Konut Krizi</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257312271</t>
+          <t>9786054137824</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Düşüncesinin Evrimi</t>
+          <t>Bilgi, Dostluk ve Sevgi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>425</v>
+        <v>195</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257312332</t>
+          <t>9786058548121</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Uçurumdan Geçmek</t>
+          <t>Endülüs (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>175</v>
+        <v>780</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056510656</t>
+          <t>9786255615343</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Nasıl Büyüdü?</t>
+          <t>Hükümlerin Gerekçelendirilmesi - İslam Hukukunda Talil Problemi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254434969</t>
+          <t>9786255615374</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Lorandolar ve Tubiniler</t>
+          <t>Meşkin Efendisi Hasan Çelebi ile Nehir Söyleşi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257312462</t>
+          <t>9786255615312</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tevazu</t>
+          <t>Sanata Seyirci Olmak</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257312059</t>
+          <t>9786255615404</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bilinçdışının Keşfi</t>
+          <t>Yaşayan İspanya Endülüs</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>700</v>
+        <v>375</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255615138</t>
+          <t>9786255615350</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi ve Toplum: Topluluklar</t>
+          <t>Sembolik Liberalizme Karşı: Diyalojik Sosyoloji İçin Bir Savunma</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255615091</t>
+          <t>9786255615381</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ceditçilik ve Kadimcilik Geriliminde Arayışlar: Rusya Müslümanları ve Kimlik Sorunu (1904-1916)</t>
+          <t>Müslümanlarda Tarihyazımı</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255615107</t>
+          <t>9786255615282</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Rusya’ya Yolculuk: Kırım, Kafkasya, Gürcistan</t>
+          <t>Müminin Silahı Dua</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054137022</t>
+          <t>9786255615336</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar İstanbul</t>
+          <t>Dinin Kırk Esası</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>600</v>
+        <v>275</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054137770</t>
+          <t>9786255615367</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Etimolojik Keşifler</t>
+          <t>Eksik Olanın Farkındalığı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054137626</t>
+          <t>9786056510625</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hat Levhalarımız Ne Diyor? (40 Levha 40 Yorum -2)</t>
+          <t>Yerelden Küresele Marka Yolculuğu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054137916</t>
+          <t>9786257312493</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>G. W. Leıbnız İle Samuel Clarke Mektuplaşması</t>
+          <t>Analitik Felsefe Nedir?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054137763</t>
+          <t>9786255615275</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kölelik Kapitalizm ve Sanayi Devrimi</t>
+          <t>İspanyol Engizisyonu Hakkında 7 Efsane</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255615084</t>
+          <t>9786255615299</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerin Hikmetleri</t>
+          <t>İslam'da Tanrı ve Mantık</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255615077</t>
+          <t>9786255615305</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mutezile Kelamında Acı</t>
+          <t>Allah ve Resulüne Hicret Yolunda Muhacirin Azığı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054137367</t>
+          <t>9786255615268</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Adalet Nedir?</t>
+          <t>Medeniyet Ufku</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054137152</t>
+          <t>9786255615251</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Art Nouveau’su</t>
+          <t>Entelektüel Çalışma ve İrade</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257312769</t>
+          <t>9786255615244</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem İslam Sanatı</t>
+          <t>Psikiyatride Kişiler Arası İlişkiler Teorisi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257312004</t>
+          <t>9786255615145</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hilye-i Hakani - Kazasker Mustafa İ­zzet Efendi Hattıyla</t>
+          <t>Niyet Hadisinin İki Şerhi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>495</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056980817</t>
+          <t>9786255615152</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Nezaketle Yönetme Sanatı</t>
+          <t>Özgürleştiren Kahkaha</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255615121</t>
+          <t>9786255615176</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tütsü İle Tedavi (Ciltli)</t>
+          <t>İbrahim Suresindeki Beyani Işıltılar ve İlave Sorular</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>490</v>
+        <v>275</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255615060</t>
+          <t>9786255615169</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>7 Tıp Sisteminde Birincil Kaynaklara Göre: Tütsü ile Tedavi</t>
+          <t>Kızıl Zambak: Savaşın Masumları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054137930</t>
+          <t>9786054137039</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Protestan Etiği ve Kapitalizmin Ruhu</t>
+          <t>MEANİ İLMİ (Kur'ân Işığında Belagat Dersleri)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255615039</t>
+          <t>9786257312271</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum! Öyleyse Bir Ruhum Var</t>
+          <t>Yönetim Düşüncesinin Evrimi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>425</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255615022</t>
+          <t>9786257312332</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Şarihin Görünmezliği - Zekeriyya el-Ensari ve İslami Şerhlerin Söylemi</t>
+          <t>Uçurumdan Geçmek</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255615053</t>
+          <t>9786056510656</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Ebeler</t>
+          <t>Tırtıl Nasıl Büyüdü?</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255615046</t>
+          <t>9786254434969</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ravzatu's-Safa'ya Göre Moğollar (1155-1259)</t>
+          <t>Lorandolar ve Tubiniler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255615008</t>
+          <t>9786257312462</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Teizmin Fiziği</t>
+          <t>Tevazu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255615015</t>
+          <t>9786257312059</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kur'ani Tabirler</t>
+          <t>Bilinçdışının Keşfi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054137954</t>
+          <t>9786255615138</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şarkta ve Garpta Askerlik</t>
+          <t>Ekonomi ve Toplum: Topluluklar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054137855</t>
+          <t>9786255615091</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji ve Ruh</t>
+          <t>Ceditçilik ve Kadimcilik Geriliminde Arayışlar: Rusya Müslümanları ve Kimlik Sorunu (1904-1916)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054137640</t>
+          <t>9786255615107</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet'in ve Dini Hükümlerin Güzellikleri</t>
+          <t>Rusya’ya Yolculuk: Kırım, Kafkasya, Gürcistan</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054137985</t>
+          <t>9786054137022</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Bir Zamanlar İstanbul</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>950</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054137978</t>
+          <t>9786054137770</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bakara Suresi Eşliğinde Kur'an Dil Bilgisi-2</t>
+          <t>Etimolojik Keşifler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>400</v>
+        <v>235</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054137961</t>
+          <t>9786054137626</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Analitik Felsefeye Giriş Sisler Dağılırken</t>
+          <t>Hat Levhalarımız Ne Diyor? (40 Levha 40 Yorum -2)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054137947</t>
+          <t>9786054137916</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bakara Suresi Eşliğinde Kur'an Dilbilgisi 1</t>
+          <t>G. W. Leıbnız İle Samuel Clarke Mektuplaşması</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054137923</t>
+          <t>9786054137763</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dış Borçları Nasıl Yapılandırıldı?</t>
+          <t>Kölelik Kapitalizm ve Sanayi Devrimi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054137886</t>
+          <t>9786255615084</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kralın Dönüşü</t>
+          <t>İbadetlerin Hikmetleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257312639</t>
+          <t>9786255615077</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Modernite, Çoğulculuk ve Anlam Krizi</t>
+          <t>Mutezile Kelamında Acı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054137503</t>
+          <t>9786054137367</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernizminin Klasikçileri</t>
+          <t>Adalet Nedir?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054137589</t>
+          <t>9786054137152</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kur’ân Işığında Belagat Dersleri Beyan İlmi</t>
+          <t>İstanbul Art Nouveau’su</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054137909</t>
+          <t>9786257312769</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Gelişmemiş Toplumlarda Zihinsel İşlevler</t>
+          <t>Erken Dönem İslam Sanatı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054137893</t>
+          <t>9786257312004</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kur’ân Işığında Belagat Dersleri Bedi İlmi</t>
+          <t>Hilye-i Hakani - Kazasker Mustafa İ­zzet Efendi Hattıyla</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054137220</t>
+          <t>9786056980817</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kudüs: Vahiyle Kutsanan Şehir (Ciltli)</t>
+          <t>Nezaketle Yönetme Sanatı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>590</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257312479</t>
+          <t>9786255615121</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Zihin</t>
+          <t>Tütsü İle Tedavi (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>225</v>
+        <v>490</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257312431</t>
+          <t>9786255615060</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Suçlu İnsan</t>
+          <t>7 Tıp Sisteminde Birincil Kaynaklara Göre: Tütsü ile Tedavi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257312349</t>
+          <t>9786054137930</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel-Davranışçı Terapi Felsefesi</t>
+          <t>Protestan Etiği ve Kapitalizmin Ruhu</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054137831</t>
+          <t>9786255615039</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Abidler Yolu : Yedi Geçit</t>
+          <t>Düşünüyorum! Öyleyse Bir Ruhum Var</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054137879</t>
+          <t>9786255615022</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Varoluş</t>
+          <t>Şarihin Görünmezliği - Zekeriyya el-Ensari ve İslami Şerhlerin Söylemi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>370</v>
+        <v>325</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054137862</t>
+          <t>9786255615053</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İlkel Zihniyet</t>
+          <t>Müslüman Ebeler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054137756</t>
+          <t>9786255615046</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Amel, Ahlak ve Saadet Mizanü’l-Amel</t>
+          <t>Ravzatu's-Safa'ya Göre Moğollar (1155-1259)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054137695</t>
+          <t>9786255615008</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl Kendi ̇si ̇ Olur?</t>
+          <t>Teizmin Fiziği</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054137732</t>
+          <t>9786255615015</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Belagata Kur’an Merkezli Arapça Dersleri 3 Kur’an’ı Anlayarak Okuma Rehberi Uygulama Kitabı</t>
+          <t>Kur'ani Tabirler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054137718</t>
+          <t>9786054137954</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Galenos’a Orta Şerhler</t>
+          <t>Şarkta ve Garpta Askerlik</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786254137749</t>
+          <t>9786054137855</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>40 Levha 40 Yorum</t>
+          <t>Psikoloji ve Ruh</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054137701</t>
+          <t>9786054137640</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Anlatıbilim</t>
+          <t>İslamiyet'in ve Dini Hükümlerin Güzellikleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054137725</t>
+          <t>9786054137985</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Devrim</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786254434952</t>
+          <t>9786054137978</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Demir Kuş</t>
+          <t>Bakara Suresi Eşliğinde Kur'an Dil Bilgisi-2</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058034006</t>
+          <t>9786054137961</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kitabü'l-Kesb: İslam İktisadında Helal Kazanç</t>
+          <t>Analitik Felsefeye Giriş Sisler Dağılırken</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054137657</t>
+          <t>9786054137947</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Gazzali ve Modern Evrim Paradigması</t>
+          <t>Bakara Suresi Eşliğinde Kur'an Dilbilgisi 1</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054137688</t>
+          <t>9786054137923</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlayarak Okuma Rehberi</t>
+          <t>Osmanlı Dış Borçları Nasıl Yapılandırıldı?</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054137671</t>
+          <t>9786054137886</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Merkezindeki Türkçe Kelimeler 1</t>
+          <t>Kralın Dönüşü</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054137664</t>
+          <t>9786257312639</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Meşruiyet Krizi</t>
+          <t>Modernite, Çoğulculuk ve Anlam Krizi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786254434938</t>
+          <t>9786054137503</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Umudun Anatomisi</t>
+          <t>Türk Modernizminin Klasikçileri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054137572</t>
+          <t>9786054137589</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Liderlikte Nezaket</t>
+          <t>Kur’ân Işığında Belagat Dersleri Beyan İlmi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054137596</t>
+          <t>9786054137909</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gücü Devletleri</t>
+          <t>Gelişmemiş Toplumlarda Zihinsel İşlevler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054137565</t>
+          <t>9786054137893</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Paranın Sosyal Yaşamı</t>
+          <t>Kur’ân Işığında Belagat Dersleri Bedi İlmi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054137558</t>
+          <t>9786054137220</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Barış İçin Savaş</t>
+          <t>Kudüs: Vahiyle Kutsanan Şehir (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>395</v>
+        <v>650</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057493101</t>
+          <t>9786257312479</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İslam'ı Düşünmek</t>
+          <t>Zihin</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058034099</t>
+          <t>9786257312431</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Makul Yönetici</t>
+          <t>Suçlu İnsan</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054137541</t>
+          <t>9786257312349</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Görsel Algı - Yaratıcı Gözün Psikolojisi</t>
+          <t>Bilişsel-Davranışçı Terapi Felsefesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>490</v>
+        <v>325</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054137534</t>
+          <t>9786054137831</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Haritası</t>
+          <t>Abidler Yolu : Yedi Geçit</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054137510</t>
+          <t>9786054137879</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Kurucuları</t>
+          <t>Varoluş</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054137527</t>
+          <t>9786054137862</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim'deki Bütün Dua Ayetleri</t>
+          <t>İlkel Zihniyet</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>98</v>
+        <v>475</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054137497</t>
+          <t>9786054137756</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ruh Sağlığı Irk ve Kültür</t>
+          <t>Amel, Ahlak ve Saadet Mizanü’l-Amel</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054137480</t>
+          <t>9786054137695</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalnızlık Güncesi</t>
+          <t>İnsan Nasıl Kendi ̇si ̇ Olur?</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054137459</t>
+          <t>9786054137732</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Çocukluğun Tarihi</t>
+          <t>Başlangıçtan Belagata Kur’an Merkezli Arapça Dersleri 3 Kur’an’ı Anlayarak Okuma Rehberi Uygulama Kitabı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054137466</t>
+          <t>9786054137718</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Finans</t>
+          <t>Galenos’a Orta Şerhler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054137473</t>
+          <t>9786254137749</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinde Aristoteles ve Plotinos</t>
+          <t>40 Levha 40 Yorum</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054137435</t>
+          <t>9786054137701</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İslam Sanatı Çalışmalarının İnşası III - İslam Sanatı ve Ötesi</t>
+          <t>Anlatıbilim</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054137442</t>
+          <t>9786054137725</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İslam Sanatı Çalışmalarının İnşası IV - Kudüs</t>
+          <t>Dördüncü Devrim</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054137428</t>
+          <t>9786254434952</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Alem Bir Kitap İçre</t>
+          <t>Demir Kuş</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054137374</t>
+          <t>9786058034006</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Başlangıcı</t>
+          <t>Kitabü'l-Kesb: İslam İktisadında Helal Kazanç</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>166</v>
+        <v>220</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054137350</t>
+          <t>9786054137657</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Mektupları 1877-1914</t>
+          <t>Gazzali ve Modern Evrim Paradigması</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054137381</t>
+          <t>9786054137688</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Arayışında</t>
+          <t>Kur'an'ı Anlayarak Okuma Rehberi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054137411</t>
+          <t>9786054137671</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Plotinos’un Felsefesi</t>
+          <t>Kur'an'ın Merkezindeki Türkçe Kelimeler 1</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054137398</t>
+          <t>9786054137664</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar: Hayat, Siyaset ve Bilim</t>
+          <t>Meşruiyet Krizi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054137404</t>
+          <t>9786254434938</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Başlangıcı</t>
+          <t>Umudun Anatomisi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054137343</t>
+          <t>9786054137572</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tahsilin İlerletilmesi</t>
+          <t>Liderlikte Nezaket</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054137336</t>
+          <t>9786054137596</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bedenlenmiş Zihin: Bilişsel Bilim ve Uzak Doğu Geleneği</t>
+          <t>Deniz Gücü Devletleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>215</v>
+        <v>400</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054137329</t>
+          <t>9786054137565</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Asya Tarihi</t>
+          <t>Paranın Sosyal Yaşamı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>540</v>
+        <v>450</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054137312</t>
+          <t>9786054137558</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Anarşi: Doğu Hindistan Şirketi'nin Amansız Yükselişi</t>
+          <t>Barış İçin Savaş</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054137299</t>
+          <t>9786057493101</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınında Lozan: Suphi Nuri İleri'nin Lozan Mektup ve Makaleleri</t>
+          <t>İslam'ı Düşünmek</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>330</v>
+        <v>175</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054137305</t>
+          <t>9786058034099</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınında Lozan: Ahmet Cevdet'in Lozan Makaleleri</t>
+          <t>Makul Yönetici</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>216</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054137275</t>
+          <t>9786054137541</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sürgünler: Küresel Ekonominin Acımasız ve Karmaşık Yapısı</t>
+          <t>Sanat ve Görsel Algı - Yaratıcı Gözün Psikolojisi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>525</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054137244</t>
+          <t>9786054137534</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarih Yazıcılığı</t>
+          <t>Ruhun Haritası</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054137268</t>
+          <t>9786054137510</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Heidegger</t>
+          <t>Sosyolojinin Kurucuları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054137282</t>
+          <t>9786054137527</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Batı Basınında Lozan</t>
+          <t>Kuran-ı Kerim'deki Bütün Dua Ayetleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>310</v>
+        <v>125</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054137251</t>
+          <t>9786054137497</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunanistan'da Rasyonel ve İrrasyonel</t>
+          <t>Ruh Sağlığı Irk ve Kültür</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054137237</t>
+          <t>9786054137480</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Süheyl Ünver’in Defter-i Meşahirleri (Ciltli)</t>
+          <t>Bir Yalnızlık Güncesi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>510</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054137145</t>
+          <t>9786054137459</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Cennet Bankerleri: İslami Finansın Gizli Dünyası</t>
+          <t>İslam’da Çocukluğun Tarihi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054137190</t>
+          <t>9786054137466</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Galenos Kitabı</t>
+          <t>İslami Sosyal Finans</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054137206</t>
+          <t>9786054137473</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Geometrinin Kökeni</t>
+          <t>İslam Felsefesinde Aristoteles ve Plotinos</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054137213</t>
+          <t>9786054137435</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Klasik - Sonrası Felsefenin Teşekkülü</t>
+          <t>İslam Sanatı Çalışmalarının İnşası III - İslam Sanatı ve Ötesi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>340</v>
+        <v>475</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054137176</t>
+          <t>9786054137442</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kudüs: Vahiyle Kutsanan Şehir</t>
+          <t>İslam Sanatı Çalışmalarının İnşası IV - Kudüs</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>545</v>
+        <v>375</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054137183</t>
+          <t>9786054137428</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Duygulanımlarının ve Hatalarının Teşhis ve Tedavisi</t>
+          <t>Alem Bir Kitap İçre</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054137169</t>
+          <t>9786054137374</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Süheyl Ünver’in Defter-i Meşahirleri</t>
+          <t>Bilginin Başlangıcı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>525</v>
+        <v>175</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054137107</t>
+          <t>9786054137350</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bazen Düşlere Renkler Karışır</t>
+          <t>Seyahat Mektupları 1877-1914</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>174</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054137121</t>
+          <t>9786054137381</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’ın Başyapıtı: Türk Modernizminin Zirvesi: Huzur</t>
+          <t>Ruhun Arayışında</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054137114</t>
+          <t>9786054137411</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Politika Analizi: Etkili Sorun Çözmenin Sekiz Aşamalı Yolu</t>
+          <t>Plotinos’un Felsefesi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>166</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054137138</t>
+          <t>9786054137398</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Mevlevilere Göre Mevlana ve Mesnevi Hakkında Doğru Bilinen Elli Yanlış</t>
+          <t>Mektuplar: Hayat, Siyaset ve Bilim</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054137060</t>
+          <t>9786054137404</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Evrimci Politik İktisat</t>
+          <t>Felsefenin Başlangıcı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054137077</t>
+          <t>9786054137343</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Benim Ürkek Sesim</t>
+          <t>Tahsilin İlerletilmesi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054137084</t>
+          <t>9786054137336</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Benim Görünmez Evim</t>
+          <t>Bedenlenmiş Zihin: Bilişsel Bilim ve Uzak Doğu Geleneği</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054137091</t>
+          <t>9786054137329</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam</t>
+          <t>Asya Tarihi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>110</v>
+        <v>700</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054137015</t>
+          <t>9786054137312</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Krizi</t>
+          <t>Anarşi: Doğu Hindistan Şirketi'nin Amansız Yükselişi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054137046</t>
+          <t>9786054137299</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Biyografisi</t>
+          <t>Türk Basınında Lozan: Suphi Nuri İleri'nin Lozan Mektup ve Makaleleri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054137053</t>
+          <t>9786054137305</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kitapları Yakmak: Bilgi Tarihi Saldırı Altında</t>
+          <t>Türk Basınında Lozan: Ahmet Cevdet'in Lozan Makaleleri</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054137008</t>
+          <t>9786054137275</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Kontrol Edilemezliği</t>
+          <t>Sürgünler: Küresel Ekonominin Acımasız ve Karmaşık Yapısı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257312998</t>
+          <t>9786054137244</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerin Doğuşu</t>
+          <t>İslam Tarih Yazıcılığı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257312974</t>
+          <t>9786054137268</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Ekonomi: Batı’da Paranın Teolojik Gücü</t>
+          <t>İslam Dünyasında Heidegger</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>196</v>
+        <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257312967</t>
+          <t>9786054137282</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kriminoloji: Suç, Suçlu ve Ceza</t>
+          <t>Batı Basınında Lozan</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257312950</t>
+          <t>9786054137251</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Güzellik Duyusu</t>
+          <t>Antik Yunanistan'da Rasyonel ve İrrasyonel</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257312943</t>
+          <t>9786054137237</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Destekleyici Koçluk - Hayat Boyu Öğrenim ve Değişim İçin</t>
+          <t>Süheyl Ünver’in Defter-i Meşahirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>510</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257312981</t>
+          <t>9786054137145</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Paranın Özelleştirilmesi</t>
+          <t>Cennet Bankerleri: İslami Finansın Gizli Dünyası</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257312936</t>
+          <t>9786054137190</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Platon'un Epistemolojisi</t>
+          <t>Galenos Kitabı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257312905</t>
+          <t>9786054137206</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kelam Kozmolojik Argümanı: Yeni Bir Değerlendirme</t>
+          <t>Geometrinin Kökeni</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257312868</t>
+          <t>9786054137213</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Galenos ve Platon'un Timaios'unun İslam Düşüncesindeki Alımlanışı</t>
+          <t>İslam’da Klasik - Sonrası Felsefenin Teşekkülü</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257312882</t>
+          <t>9786054137176</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Doğal Yetiler Üzerine</t>
+          <t>Kudüs: Vahiyle Kutsanan Şehir</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>150</v>
+        <v>545</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257312912</t>
+          <t>9786054137183</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Kelam - Erken Dönem Matüridiliğinde Kelami Yaklaşımlar</t>
+          <t>Ruhun Duygulanımlarının ve Hatalarının Teşhis ve Tedavisi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257312899</t>
+          <t>9786054137169</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Düşüncesinin Tarihi</t>
+          <t>Süheyl Ünver’in Defter-i Meşahirleri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>300</v>
+        <v>525</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257312875</t>
+          <t>9786054137107</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yabancılaşma ve Hızlanma - Geç Modern Zamansallığına Dair Bir Eleştirel Teori'ye Doğru</t>
+          <t>Bazen Düşlere Renkler Karışır</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>140</v>
+        <v>174</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257312929</t>
+          <t>9786054137121</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Sanatçı</t>
+          <t>Tanpınar’ın Başyapıtı: Türk Modernizminin Zirvesi: Huzur</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257312813</t>
+          <t>9786054137114</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kurumlar ve Modern Ekonominin Gelişimi - Orta Çağ Ticaretinden Dersler</t>
+          <t>Politika Analizi: Etkili Sorun Çözmenin Sekiz Aşamalı Yolu</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257312851</t>
+          <t>9786054137138</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Acının Tarihi</t>
+          <t>Mevlevilere Göre Mevlana ve Mesnevi Hakkında Doğru Bilinen Elli Yanlış</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257312806</t>
+          <t>9786054137060</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Makul Yönetici 2 - Tarihten Alınan Dersler</t>
+          <t>Evrimci Politik İktisat</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257312844</t>
+          <t>9786054137077</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Alaturka: Türk Müziğinde Bir Üslup</t>
+          <t>Benim Ürkek Sesim</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257312820</t>
+          <t>9786054137084</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Yaşam Dünyaları</t>
+          <t>Benim Görünmez Evim</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257312837</t>
+          <t>9786054137091</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bir Düzen Olarak Anarşi</t>
+          <t>Benim Babam</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257312738</t>
+          <t>9786054137015</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>XVII. Yüzyıl Dünyasında Venedik, Avusturya ve Türkler</t>
+          <t>Demokrasi Krizi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257312745</t>
+          <t>9786054137046</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İyi ve Kötü Şeylerin Gayeleri Üzerine</t>
+          <t>Yalnızlığın Biyografisi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257312783</t>
+          <t>9786054137053</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İslami Kalkınma İçin Bir Model</t>
+          <t>Kitapları Yakmak: Bilgi Tarihi Saldırı Altında</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257312776</t>
+          <t>9786054137008</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İslami Görsel Kültür</t>
+          <t>Dünyanın Kontrol Edilemezliği</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>475</v>
+        <v>175</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257312790</t>
+          <t>9786257312998</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İslami Finansta Din Alimleri</t>
+          <t>Üniversitelerin Doğuşu</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257312714</t>
+          <t>9786257312974</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Hat ve Mimari</t>
+          <t>Kutsal Ekonomi: Batı’da Paranın Teolojik Gücü</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257312677</t>
+          <t>9786257312967</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir? - Teistik Materyalizmin İmkânı</t>
+          <t>Kriminoloji: Suç, Suçlu ve Ceza</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257312684</t>
+          <t>9786257312950</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Benlik - Bireysellik, Yaşam ve Ölüme Dair Antik ve Modern Görüşler</t>
+          <t>Güzellik Duyusu</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257312721</t>
+          <t>9786257312943</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Nedir?</t>
+          <t>Destekleyici Koçluk - Hayat Boyu Öğrenim ve Değişim İçin</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257312660</t>
+          <t>9786257312981</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Dünyası</t>
+          <t>Paranın Özelleştirilmesi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257312691</t>
+          <t>9786257312936</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Rus İktisadi Düşünce Tarihi</t>
+          <t>Platon'un Epistemolojisi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257312653</t>
+          <t>9786257312905</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizin Kara Kitabı</t>
+          <t>Kelam Kozmolojik Argümanı: Yeni Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057493156</t>
+          <t>9786257312868</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku ve Finansı</t>
+          <t>Galenos ve Platon'un Timaios'unun İslam Düşüncesindeki Alımlanışı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257312707</t>
+          <t>9786257312882</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Semeretü'l-Hikme - Geometriye Giriş</t>
+          <t>Doğal Yetiler Üzerine</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257312608</t>
+          <t>9786257312912</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>R.D. Laing ve Anti-Psikiyatrinin Yolları</t>
+          <t>Bilinmeyen Kelam - Erken Dönem Matüridiliğinde Kelami Yaklaşımlar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>145</v>
+        <v>450</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257312615</t>
+          <t>9786257312899</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Melekleri Ürkütmek</t>
+          <t>Yönetim Düşüncesinin Tarihi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257312646</t>
+          <t>9786257312875</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Doğal Teoloji Olarak Politik Ekonomi &amp; Smith, Malthus ve Takipçileri</t>
+          <t>Yabancılaşma ve Hızlanma - Geç Modern Zamansallığına Dair Bir Eleştirel Teori'ye Doğru</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257312622</t>
+          <t>9786257312929</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Benlik ve Ötekiler</t>
+          <t>Sanat ve Sanatçı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257312585</t>
+          <t>9786257312813</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Roma'dan İslam'a</t>
+          <t>Kurumlar ve Modern Ekonominin Gelişimi - Orta Çağ Ticaretinden Dersler</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257312592</t>
+          <t>9786257312851</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Din ve Piyasa Ahlakı</t>
+          <t>Acının Tarihi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>224</v>
+        <v>300</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257312578</t>
+          <t>9786257312806</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Platon’un Kozmolojisi</t>
+          <t>Makul Yönetici 2 - Tarihten Alınan Dersler</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257312523</t>
+          <t>9786257312844</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd ve İbn Rüşdcülük</t>
+          <t>Alaturka: Türk Müziğinde Bir Üslup</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257312561</t>
+          <t>9786257312820</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Tekdüzeleşmesi</t>
+          <t>İslam'ın Yaşam Dünyaları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257312516</t>
+          <t>9786257312837</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Delaletu’l-Hairin</t>
+          <t>Bir Düzen Olarak Anarşi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257312554</t>
+          <t>9786257312738</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Anlatı İktisadı</t>
+          <t>XVII. Yüzyıl Dünyasında Venedik, Avusturya ve Türkler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257312547</t>
+          <t>9786257312745</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Nefs ve Akıl risalesi</t>
+          <t>İyi ve Kötü Şeylerin Gayeleri Üzerine</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257312530</t>
+          <t>9786257312783</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Keşifler Çağında Hint-İran Seyahatleri</t>
+          <t>İslami Kalkınma İçin Bir Model</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257312509</t>
+          <t>9786257312776</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İbn Tufeyl’in Modern Batı Düşüncesi Üzerindeki Etkisi</t>
+          <t>İslami Görsel Kültür</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257312486</t>
+          <t>9786257312790</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Devlet Aklı</t>
+          <t>İslami Finansta Din Alimleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>320</v>
+        <v>225</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257312455</t>
+          <t>9786257312714</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Şirketi İçten Değiştirmek</t>
+          <t>İslam Dünyasında Hat ve Mimari</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>195</v>
+        <v>650</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257312370</t>
+          <t>9786257312677</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Ayetlerinin Çözümlenmesi</t>
+          <t>İnsan Nedir? - Teistik Materyalizmin İmkânı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257312448</t>
+          <t>9786257312684</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz'in Dile Gelişi</t>
+          <t>Benlik - Bireysellik, Yaşam ve Ölüme Dair Antik ve Modern Görüşler</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257312424</t>
+          <t>9786257312721</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ticarete Giriş: Tacirler ve Ticari Mallar</t>
+          <t>Aydınlanma Nedir?</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257312394</t>
+          <t>9786257312660</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Siyasetname: İslami Bir Devlet İdaresi Teorisi</t>
+          <t>Sessizliğin Dünyası</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257312363</t>
+          <t>9786257312691</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Tüccar Sermayesi ve İslam</t>
+          <t>Rus İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257312417</t>
+          <t>9786257312653</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kurumları Verimli Kılma Sanatı</t>
+          <t>Psikanalizin Kara Kitabı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257312400</t>
+          <t>9786057493156</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Liderlik ve Amaç</t>
+          <t>İslam Hukuku ve Finansı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257312387</t>
+          <t>9786257312707</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık Çağı – Kötü Alışkanlıklar Nasıl Büyük Bir Sektöre Dönüştü?</t>
+          <t>Semeretü'l-Hikme - Geometriye Giriş</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257312356</t>
+          <t>9786257312608</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Dünyada Medeniyet Tartışmaları</t>
+          <t>R.D. Laing ve Anti-Psikiyatrinin Yolları</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>274</v>
+        <v>200</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257312080</t>
+          <t>9786257312615</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Finansta Risk Paylaşımı</t>
+          <t>Melekleri Ürkütmek</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>224</v>
+        <v>300</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257312301</t>
+          <t>9786257312646</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Şarlman, Hz. Muhammed ve Kapitalizmin Arap Kökenleri</t>
+          <t>Doğal Teoloji Olarak Politik Ekonomi &amp; Smith, Malthus ve Takipçileri</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257312325</t>
+          <t>9786257312622</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Antik Çin’de İktisadi Düşünce Tarihi</t>
+          <t>Benlik ve Ötekiler</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257312318</t>
+          <t>9786257312585</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Copernicusçu İlk Astronomi Metinleri</t>
+          <t>Roma'dan İslam'a</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>115</v>
+        <v>400</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257312219</t>
+          <t>9786257312592</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Modern İş Yerinde İslam</t>
+          <t>Din ve Piyasa Ahlakı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>225</v>
+        <v>224</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257312189</t>
+          <t>9786257312578</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Din ve Finans</t>
+          <t>Platon’un Kozmolojisi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257312295</t>
+          <t>9786257312523</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Beş Kilometre</t>
+          <t>İbn Rüşd ve İbn Rüşdcülük</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>95</v>
+        <v>300</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257312202</t>
+          <t>9786257312561</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İdareli Olma Sanatı</t>
+          <t>Dünyanın Tekdüzeleşmesi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257312172</t>
+          <t>9786257312516</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Borcun Ötesinde: Küresel Finansta İslami Deneyimler</t>
+          <t>Delaletu’l-Hairin</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257312158</t>
+          <t>9786257312554</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Makasıdü’ş-Şeria Sosyoekonomik Gelişme Endeksine Doğru</t>
+          <t>Anlatı İktisadı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257312196</t>
+          <t>9786257312547</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyona Dair İslami Perspektifler</t>
+          <t>Nefs ve Akıl risalesi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257312165</t>
+          <t>9786257312530</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze İktisadi Meselelerimiz</t>
+          <t>Keşifler Çağında Hint-İran Seyahatleri</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257312233</t>
+          <t>9786257312509</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Tanburi Cemil Bey’in Peşrev Besteleme Tekniği</t>
+          <t>İbn Tufeyl’in Modern Batı Düşüncesi Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257312226</t>
+          <t>9786257312486</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Stoa Felsefesinin Kuruluş Fragmanları</t>
+          <t>Devlet Aklı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257312240</t>
+          <t>9786257312455</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif’in Musiki Dünyası</t>
+          <t>Şirketi İçten Değiştirmek</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257312264</t>
+          <t>9786257312370</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Dedem Korkut Der Ki</t>
+          <t>Tanrı’nın Ayetlerinin Çözümlenmesi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257312257</t>
+          <t>9786257312448</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Hikayeler</t>
+          <t>Dilsiz'in Dile Gelişi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>144</v>
+        <v>110</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257312288</t>
+          <t>9786257312424</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Spinoza ve Stoacılar</t>
+          <t>Ticarete Giriş: Tacirler ve Ticari Mallar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257312127</t>
+          <t>9786257312394</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İslam’da İş Ahlakı</t>
+          <t>Siyasetname: İslami Bir Devlet İdaresi Teorisi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257312110</t>
+          <t>9786257312363</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Türk Halısı - 21. Yüzyıl Sanatının Bir Müjdecisi</t>
+          <t>Tüccar Sermayesi ve İslam</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257312141</t>
+          <t>9786257312417</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Politik Ekonomi ve Modern Sosyal Teori</t>
+          <t>Kurumları Verimli Kılma Sanatı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257312134</t>
+          <t>9786257312400</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>İslami Finans Endüstrisinde Yaratıcı Şer’i Uygunluğun Analizi</t>
+          <t>Liderlik ve Amaç</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257312073</t>
+          <t>9786257312387</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Fintech ve İslami Finans</t>
+          <t>Bağımlılık Çağı – Kötü Alışkanlıklar Nasıl Büyük Bir Sektöre Dönüştü?</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257312103</t>
+          <t>9786257312356</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Japon İktisadi Düşünce Tarihi</t>
+          <t>Müslüman Dünyada Medeniyet Tartışmaları</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>200</v>
+        <v>274</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257312042</t>
+          <t>9786257312080</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Muhayyel Gelecekler</t>
+          <t>Finansta Risk Paylaşımı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>242</v>
+        <v>224</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257312097</t>
+          <t>9786257312301</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Fes İslam Şehri</t>
+          <t>Şarlman, Hz. Muhammed ve Kapitalizmin Arap Kökenleri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057493194</t>
+          <t>9786257312325</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Seyyahların Aynasında İstanbul</t>
+          <t>Antik Çin’de İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>420</v>
+        <v>225</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786254434945</t>
+          <t>9786257312318</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Lalezar-ı Süheyli</t>
+          <t>Copernicusçu İlk Astronomi Metinleri</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257312035</t>
+          <t>9786257312219</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Yapısökümü</t>
+          <t>Modern İş Yerinde İslam</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257312028</t>
+          <t>9786257312189</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Beklenmeyeni Yönetmek</t>
+          <t>Din ve Finans</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257312011</t>
+          <t>9786257312295</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Analiz</t>
+          <t>Beş Kilometre</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>295</v>
+        <v>95</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057493170</t>
+          <t>9786257312202</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Hocam Mustafa Düzgünman (1920-1990)</t>
+          <t>İdareli Olma Sanatı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057493187</t>
+          <t>9786257312172</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Dinden Felsefeye</t>
+          <t>Borcun Ötesinde: Küresel Finansta İslami Deneyimler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057493163</t>
+          <t>9786257312158</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da İktisadi Düşünce Tarihi</t>
+          <t>Makasıdü’ş-Şeria Sosyoekonomik Gelişme Endeksine Doğru</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057493132</t>
+          <t>9786257312196</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>16. Yüzyılda Osmanlı’da Paranın Değer Kaybı ve Timurtaşi’nin Nükud Risalesi</t>
+          <t>Yönetim ve Organizasyona Dair İslami Perspektifler</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786050654523</t>
+          <t>9786257312165</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklenen Girişim</t>
+          <t>Osmanlı’dan Günümüze İktisadi Meselelerimiz</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786254434983</t>
+          <t>9786257312233</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya ve Yeni Finans</t>
+          <t>Tanburi Cemil Bey’in Peşrev Besteleme Tekniği</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057493118</t>
+          <t>9786257312226</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Galileo Hapiste</t>
+          <t>Stoa Felsefesinin Kuruluş Fragmanları</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786254434990</t>
+          <t>9786257312240</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Başarmaya Mecburdum</t>
+          <t>Mehmet Akif’in Musiki Dünyası</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786050654509</t>
+          <t>9786257312264</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sermaye ve Risk Paylaşımı</t>
+          <t>Dedem Korkut Der Ki</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786050654516</t>
+          <t>9786257312257</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Dünya İktisadi Düşünce Tarihi</t>
+          <t>Mesnevi’den Hikayeler</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786254434976</t>
+          <t>9786257312288</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Stoacılığın İslam Düşüncesi Üzerindeki Etkisi</t>
+          <t>Spinoza ve Stoacılar</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786056980893</t>
+          <t>9786257312127</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Erken Döneminde İktisadi Sistem</t>
+          <t>İslam’da İş Ahlakı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786056980879</t>
+          <t>9786257312110</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İslami Finansta Finansal İnovasyon ve Mühendislik</t>
+          <t>Erken Dönem Türk Halısı - 21. Yüzyıl Sanatının Bir Müjdecisi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786050654547</t>
+          <t>9786257312141</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bot Hikayesi</t>
+          <t>Politik Ekonomi ve Modern Sosyal Teori</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786050654530</t>
+          <t>9786257312134</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bazen Düşlere Mürekkep Bulaşır (Ciltli)</t>
+          <t>İslami Finans Endüstrisinde Yaratıcı Şer’i Uygunluğun Analizi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>174</v>
+        <v>230</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786056980886</t>
+          <t>9786257312073</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İslami Finansta Risk Yönetimi</t>
+          <t>Fintech ve İslami Finans</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786056980862</t>
+          <t>9786257312103</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İslam Ticaret Hukuku</t>
+          <t>Japon İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786056980848</t>
+          <t>9786257312042</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam Fetvaları Işığında Osmanlı’da İktisadi Hayat</t>
+          <t>Muhayyel Gelecekler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>250</v>
+        <v>242</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786056980855</t>
+          <t>9786257312097</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hayırseverlik ve İnsan Güvenliği</t>
+          <t>Fes İslam Şehri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786058034075</t>
+          <t>9786057493194</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Yankılanan Liderlik</t>
+          <t>Seyyahların Aynasında İstanbul</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786058034037</t>
+          <t>9786254434945</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>İş Yerinde Merhamet</t>
+          <t>Lalezar-ı Süheyli</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786056980800</t>
+          <t>9786257312035</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İktisadi ve Fıkhi Yönleriyle Para Üretimi</t>
+          <t>Tarihin Yapısökümü</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786058034020</t>
+          <t>9786257312028</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Analizi Metametodoloji ve Metodoloji</t>
+          <t>Beklenmeyeni Yönetmek</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786058034068</t>
+          <t>9786257312011</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kitabü'l-Haraç</t>
+          <t>Ekonomik Analiz</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786058034082</t>
+          <t>9786057493170</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>İslam Kurumları Tarihi</t>
+          <t>Hocam Mustafa Düzgünman (1920-1990)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786058034051</t>
+          <t>9786057493187</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ İslam Dünyasında Ortaklık ve Kar</t>
+          <t>Dinden Felsefeye</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786056980824</t>
+          <t>9786057493163</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İslami Mikrofinans</t>
+          <t>Osmanlı’da İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>255</v>
+        <v>200</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786058034013</t>
+          <t>9786057493132</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İslami Finansın Küresel Önderleri</t>
+          <t>16. Yüzyılda Osmanlı’da Paranın Değer Kaybı ve Timurtaşi’nin Nükud Risalesi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786058034044</t>
+          <t>9786050654523</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Finans ve İyi Toplum</t>
+          <t>Çiçeklenen Girişim</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>260</v>
+        <v>175</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
+          <t>9786254434983</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Dünya ve Yeni Finans</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786057493118</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Galileo Hapiste</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786254434990</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Başarmaya Mecburdum</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786050654509</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Sermaye ve Risk Paylaşımı</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786050654516</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Dünya İktisadi Düşünce Tarihi</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786254434976</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Stoacılığın İslam Düşüncesi Üzerindeki Etkisi</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786056980893</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>İslam'ın Erken Döneminde İktisadi Sistem</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786056980879</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>İslami Finansta Finansal İnovasyon ve Mühendislik</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786050654547</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Bot Hikayesi</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786050654530</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Bazen Düşlere Mürekkep Bulaşır (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786056980886</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>İslami Finansta Risk Yönetimi</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786056980862</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ticaret Hukuku</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786056980848</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Şeyhülislam Fetvaları Işığında Osmanlı’da İktisadi Hayat</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786056980855</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Hayırseverlik ve İnsan Güvenliği</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786058034075</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Yankılanan Liderlik</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786058034037</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>İş Yerinde Merhamet</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786056980800</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>İktisadi ve Fıkhi Yönleriyle Para Üretimi</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786058034020</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Medeniyet Analizi Metametodoloji ve Metodoloji</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786058034068</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Kitabü'l-Haraç</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786058034082</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>İslam Kurumları Tarihi</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786058034051</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Orta Çağ İslam Dünyasında Ortaklık ve Kar</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786056980824</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>İslami Mikrofinans</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786058034013</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>İslami Finansın Küresel Önderleri</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786058034044</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Finans ve İyi Toplum</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
           <t>9786056980831</t>
         </is>
       </c>
-      <c r="B252" s="1" t="inlineStr">
+      <c r="B276" s="1" t="inlineStr">
         <is>
           <t>Finansın Sosyal Etkisi ve Gücü</t>
         </is>
       </c>
-      <c r="C252" s="1">
+      <c r="C276" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>