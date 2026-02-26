--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,1165 +85,1555 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052393505</t>
+          <t>9786052393512</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dilek Kıyısı</t>
+          <t>Yabanın Çocukları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>294</v>
+        <v>460</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052393499</t>
+          <t>9786052393529</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığında Satori</t>
+          <t>Von Anfang an trug ich anstelle meines Herzens einen Apfel</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>130</v>
+        <v>520</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052393451</t>
+          <t>9786052393482</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bahçede Hayatlar: Permakültür İlkeleriyle Şehir Bahçıvanlığı</t>
+          <t>Tavşan Huzura Erdi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>268</v>
+        <v>740</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052393383</t>
+          <t>9786052393017</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tohumların Hamileri</t>
+          <t>Bir Gece... Bir Tren</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>234</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052393376</t>
+          <t>9771305705037</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Duygulanım Kuramları</t>
+          <t>Pasaj Edebiyat Eleştiri Dergisi Sayı: 3</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>548</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052393369</t>
+          <t>9771305705013</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Tükettikleri</t>
+          <t>Pasaj Edebiyat Eleştiri Dergisi Sayı: 1</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>194</v>
+        <v>11.88</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052393352</t>
+          <t>9789944494274</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tirza</t>
+          <t>Yalnız Kuşun Erdemleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>378</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052393345</t>
+          <t>9771305705020</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Zengin Oldu</t>
+          <t>Pasaj Edebiyat Eleştiri Dergisi Sayı: 2</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>398</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052393185</t>
+          <t>9789944494953</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Bahar</t>
+          <t>Nach Den Ummarmungen</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>228</v>
+        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052393161</t>
+          <t>9789944494380</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tarafgir Sayılar</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>262</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052393147</t>
+          <t>9789944494069</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ceset Toplayıcı</t>
+          <t>Yalnızlığın 17 Türü</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>224</v>
+        <v>138</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052393154</t>
+          <t>9789944494557</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İkonlar (Ciltli)</t>
+          <t>Yahudi Mesih</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>466</v>
+        <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052393130</t>
+          <t>9789944494649</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İkonlar</t>
+          <t>Tirza</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>316</v>
+        <v>126</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052393123</t>
+          <t>9786052393468</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvanlar için Kocakarı İlmi - Bahçıvanın Büyüsü</t>
+          <t>Tavşan Kaç</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>258</v>
+        <v>420</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789944494984</t>
+          <t>9786052393475</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Komünist Enternasyonalin İlk Beş Yılı</t>
+          <t>Tavşan Dibe Vurdu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>686</v>
+        <v>490</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052393116</t>
+          <t>9789944494120</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>On İkinci Nota</t>
+          <t>Sonny Boy</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>198</v>
+        <v>142</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052393109</t>
+          <t>9771305705044</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Takımyıldızlar</t>
+          <t>Pasaj Edebiyat Eleştiri Dergisi Sayı: 4-5</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>218</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052393086</t>
+          <t>9789944494397</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kırık Ayna</t>
+          <t>Öğlen Kadını</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>346</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789944494991</t>
+          <t>9789944494113</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kum Saati Fabrikası</t>
+          <t>Netame</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>238</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052393079</t>
+          <t>9789944494298</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kısa Hayat</t>
+          <t>Konuşmalar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>346</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052393048</t>
+          <t>9789944494359</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kıyı ve Kabuklar</t>
+          <t>Haksız Tahrik Bir Sergi Kitabı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>110</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052393024</t>
+          <t>9789944494021</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Aztek Çiçeği</t>
+          <t>Centuria Yüz Küçük Irmak Roman</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>178</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052393000</t>
+          <t>9789944494687</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kör Noktanın Rengi</t>
+          <t>Buradayız</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>128</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789944494960</t>
+          <t>9789944494182</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Videonun Eylemi</t>
+          <t>Baykuş Felsefe Yazıları Dergisi Sayı: 6</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>168</v>
+        <v>146</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944494946</t>
+          <t>9771307949200</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çıplaklıklar</t>
+          <t>Baykuş Felsefe Yazıları Dergisi Sayı: 2</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>224</v>
+        <v>13.86</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789944494977</t>
+          <t>9771307949002</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Resmetmek</t>
+          <t>Baykuş Felsefe Yazıları Dergisi Sayı: 1</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>258</v>
+        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789944494915</t>
+          <t>9786052393505</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Uçucu Kül</t>
+          <t>Dilek Kıyısı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>264</v>
+        <v>340</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789944494892</t>
+          <t>9786052393499</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Güvercinler Gittiğinde</t>
+          <t>Ay Işığında Satori</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>248</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000049985</t>
+          <t>9786052393451</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yokoluş Serüveni</t>
+          <t>Bahçede Hayatlar: Permakültür İlkeleriyle Şehir Bahçıvanlığı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>110</v>
+        <v>310</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789944494847</t>
+          <t>9786052393383</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İlk Işık</t>
+          <t>Tohumların Hamileri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789944494632</t>
+          <t>9786052393376</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tersane</t>
+          <t>Duygulanım Kuramları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>248</v>
+        <v>660</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789944494878</t>
+          <t>9786052393369</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya'da Gaudi'nin İzinde</t>
+          <t>Ateşin Tükettikleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>218</v>
+        <v>230</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789944494854</t>
+          <t>9786052393352</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'dan Bağdat'a</t>
+          <t>Tirza</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>198</v>
+        <v>480</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789944494861</t>
+          <t>9786052393345</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Pilot ile Küçük Prens</t>
+          <t>Tavşan Zengin Oldu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>198</v>
+        <v>640</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789944494830</t>
+          <t>9786052393185</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ermeniler</t>
+          <t>Ölüm ve Bahar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>448</v>
+        <v>280</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789944494816</t>
+          <t>9786052393161</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İtiraf Ediyorum</t>
+          <t>Tarafgir Sayılar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>696</v>
+        <v>320</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789944494809</t>
+          <t>9786052393147</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ya Sonra - 17 Gelecek Öyküsü</t>
+          <t>Ceset Toplayıcı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>168</v>
+        <v>280</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944494823</t>
+          <t>9786052393154</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ev-cilik</t>
+          <t>İkonlar (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>128</v>
+        <v>520</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789944494908</t>
+          <t>9786052393130</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kız Koşucu</t>
+          <t>İkonlar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>218</v>
+        <v>360</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789944494939</t>
+          <t>9786052393123</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kader</t>
+          <t>Bahçıvanlar için Kocakarı İlmi - Bahçıvanın Büyüsü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>248</v>
+        <v>340</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789944494922</t>
+          <t>9789944494984</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Europa</t>
+          <t>Komünist Enternasyonalin İlk Beş Yılı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>262</v>
+        <v>890</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3990000069459</t>
+          <t>9786052393116</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Atlasın Bir Ucunda</t>
+          <t>On İkinci Nota</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789944494779</t>
+          <t>9786052393109</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Kaybolmak</t>
+          <t>Karanlık Takımyıldızlar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>168</v>
+        <v>280</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944494762</t>
+          <t>9786052393086</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Herhangi Bir Gün</t>
+          <t>Kırık Ayna</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>144</v>
+        <v>420</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944494786</t>
+          <t>9789944494991</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ada Evinde Bir Gece Uyumadan Önce - Psychogeography</t>
+          <t>Kum Saati Fabrikası</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>158</v>
+        <v>280</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052393031</t>
+          <t>9786052393079</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Meclisi</t>
+          <t>Kısa Hayat</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>648</v>
+        <v>380</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944494601</t>
+          <t>9786052393048</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>17 Haziran</t>
+          <t>Kıyı ve Kabuklar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944494137</t>
+          <t>9786052393024</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk Nereye</t>
+          <t>Aztek Çiçeği</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>94</v>
+        <v>220</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789944494090</t>
+          <t>9786052393000</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yastığın Soğuk Yüzü</t>
+          <t>Kör Noktanın Rengi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>138</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944494595</t>
+          <t>9789944494960</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Durmadı</t>
+          <t>Videonun Eylemi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>168</v>
+        <v>260</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789944494144</t>
+          <t>9789944494946</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ürkmüş Bir At</t>
+          <t>Çıplaklıklar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>168</v>
+        <v>280</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052393062</t>
+          <t>9789944494977</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Umut Burnundan Dolaşarak: Ömer Uluç ile Söyleşiler</t>
+          <t>Ölümü Resmetmek</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>486</v>
+        <v>340</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944494106</t>
+          <t>9789944494915</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Timurlenk Ölmeli</t>
+          <t>Uçucu Kül</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>128</v>
+        <v>360</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789944494250</t>
+          <t>9789944494892</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Terörist</t>
+          <t>Güvercinler Gittiğinde</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>168</v>
+        <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944494011</t>
+          <t>3990000049985</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Akrabalık</t>
+          <t>Yokoluş Serüveni</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>138</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944494038</t>
+          <t>9789944494847</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Rüya Arızaları</t>
+          <t>İlk Işık</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>104</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789944494564</t>
+          <t>9789944494632</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo: Bir Paralel Kitap</t>
+          <t>Tersane</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>198</v>
+        <v>320</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9771305705068</t>
+          <t>9789944494878</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Pasaj Edebiyat Eleştiri Dergisi Sayı: 6</t>
+          <t>Kapadokya'da Gaudi'nin İzinde</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>74</v>
+        <v>280</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944494618</t>
+          <t>9789944494854</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Maviliğin Sonunda</t>
+          <t>İstanbul'dan Bağdat'a</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>168</v>
+        <v>340</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944494212</t>
+          <t>9789944494861</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Köşk</t>
+          <t>Pilot ile Küçük Prens</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>138</v>
+        <v>260</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944494540</t>
+          <t>9789944494830</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Köpekbalığı Metinleri</t>
+          <t>Ermeniler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>318</v>
+        <v>640</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944494625</t>
+          <t>9789944494816</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kelliğimin Hikayesi</t>
+          <t>İtiraf Ediyorum</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>186</v>
+        <v>890</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789944494656</t>
+          <t>9789944494809</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İliğine Kadar</t>
+          <t>Ya Sonra - 17 Gelecek Öyküsü</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>198</v>
+        <v>260</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789944494571</t>
+          <t>9789944494823</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın İki Ucu</t>
+          <t>Ev-cilik</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>128</v>
+        <v>170</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9771307949279</t>
+          <t>9789944494908</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Baykuş Felsefe Yazıları Dergisi Sayı: 7</t>
+          <t>Kız Koşucu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>146</v>
+        <v>280</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9771307949064</t>
+          <t>9789944494939</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Baykuş Felsefe Yazıları Dergisi Sayı: 5</t>
+          <t>Kader</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>146</v>
+        <v>280</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9771307949248</t>
+          <t>9789944494922</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Baykuş Felsefe Yazıları Dergisi Sayı: 4</t>
+          <t>Europa</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>146</v>
+        <v>320</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9771307949309</t>
+          <t>3990000069459</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Baykuş Felsefe Yazıları Dergisi Sayı: 3</t>
+          <t>Atlasın Bir Ucunda</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>146</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789944494373</t>
+          <t>9789944494779</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Animal Triste</t>
+          <t>Ormanda Kaybolmak</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>218</v>
+        <v>240</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944494052</t>
+          <t>9789944494762</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Alman Terbiyesi</t>
+          <t>Herhangi Bir Gün</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>128</v>
+        <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944494007</t>
+          <t>9789944494786</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İhanete Uğrayan Devrim</t>
+          <t>Ada Evinde Bir Gece Uyumadan Önce - Psychogeography</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>468</v>
+        <v>158</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789944494335</t>
+          <t>9786052393031</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Şumanların Gelini</t>
+          <t>Kuşlar Meclisi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>218</v>
+        <v>740</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944494755</t>
+          <t>9789944494601</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Başlangıç</t>
+          <t>17 Haziran</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944494748</t>
+          <t>9789944494137</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hastalıksız Adam</t>
+          <t>Yolculuk Nereye</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>198</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
+          <t>9789944494090</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Yastığın Soğuk Yüzü</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9789944494595</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Yağmur Durmadı</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9789944494144</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Ürkmüş Bir At</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786052393062</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Umut Burnundan Dolaşarak: Ömer Uluç ile Söyleşiler</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9789944494106</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Timurlenk Ölmeli</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9789944494250</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Terörist</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9789944494011</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Tehlikeli Akrabalık</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9789944494038</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Rüya Arızaları</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9789944494564</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo: Bir Paralel Kitap</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9771305705068</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Pasaj Edebiyat Eleştiri Dergisi Sayı: 6</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9789944494618</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Maviliğin Sonunda</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9789944494212</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Köşk</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9789944494540</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Köpekbalığı Metinleri</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9789944494625</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Kelliğimin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9789944494656</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>İliğine Kadar</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789944494571</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın İki Ucu</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9771307949279</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Baykuş Felsefe Yazıları Dergisi Sayı: 7</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9771307949064</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Baykuş Felsefe Yazıları Dergisi Sayı: 5</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9771307949248</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Baykuş Felsefe Yazıları Dergisi Sayı: 4</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9771307949309</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Baykuş Felsefe Yazıları Dergisi Sayı: 3</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789944494373</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Animal Triste</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789944494052</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Alman Terbiyesi</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9789944494007</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>İhanete Uğrayan Devrim</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9789944494335</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Şumanların Gelini</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789944494755</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Acayip Bir Başlangıç</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9789944494748</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Hastalıksız Adam</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
           <t>9789944494670</t>
         </is>
       </c>
-      <c r="B76" s="1" t="inlineStr">
+      <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Akordeoncunun Oğlu</t>
         </is>
       </c>
-      <c r="C76" s="1">
-        <v>248</v>
+      <c r="C102" s="1">
+        <v>360</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>