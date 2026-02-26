--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -124,106 +124,106 @@
         <is>
           <t>9789752533080</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Soli ve Fadi ile Piyano Öğreniyorum - 1</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9789758770267</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Bağlama Metodu - 1 : Pozisyonlarla Uzun Sap</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9799752530323</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Klasik Gitar Metodu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>288</v>
+        <v>330</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9789758770502</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Bağlama Metodu - 1</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>365</v>
+        <v>420</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9789759327007</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Türk Müziğinde Çokseslilik Uygulamaları ve İlerici Armonisi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>255</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9789752531543</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Türk Musiki - Müzik Devrimi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>255</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>