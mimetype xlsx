--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,490 +85,1735 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789757766798</t>
+          <t>9786054088614</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Nefesiyle Isınanlar (Ciltli)</t>
+          <t>Dertleri Dert Edindim</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789757766681</t>
+          <t>9789759814519</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Garip ile Senem</t>
+          <t>Sultanların Şiirleri Şiirin Sultanları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054088164</t>
+          <t>9786054088409</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sürmene Nüfus Defteri (Ciltli)</t>
+          <t>Urvet-ül Vüska Muhammed Ma'süm</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>700</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054088713</t>
+          <t>9789757766339</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Laikmisin Müslüman mı Karar Ver</t>
+          <t>Almanca Tuba Dizisi (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054088706</t>
+          <t>9789757766773</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hançerlenen İslam</t>
+          <t>Çağları İçinde Türk Destanları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054088690</t>
+          <t>9789757766148</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Köprüsü - Meçhul Kahramanın Bulgaristan'dan Kaçış Öyküsü</t>
+          <t>Güneşin Doğduğu Yer</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>100</v>
+        <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054088683</t>
+          <t>3990000017589</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Almanya'ya Düşen Yolum - Hitlerin Tercümanının Macerası</t>
+          <t>Esma'ül Hüsna Fazilet ve Esrarı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054088676</t>
+          <t>3990000017588</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç Yargılamaları</t>
+          <t>Şifa Duaları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>50</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789757766957</t>
+          <t>9789757766551</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Bedeni ve Zihni Gelişimi</t>
+          <t>Gönül Cemresi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789757766933</t>
+          <t>9789757766094</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Cin Sihir Büyü</t>
+          <t>Ağlayan Seccade</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>50</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789757766698</t>
+          <t>9789757766131</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Arzu ile Kanber</t>
+          <t>Gülcan'ın Günlüğü</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789757766711</t>
+          <t>9789757766018</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>Sihirsiz Kaval</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>170</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789757766728</t>
+          <t>9789757766049</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Altın Çocuklar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>170</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054088652</t>
+          <t>9280000005842</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Die Teufelsbrücke</t>
+          <t>Sıkıntıları Gideren Rızık Kapılarını Açan Hacet Duaları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054088669</t>
+          <t>9786054088379</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Der Genozıd Im 20. und 21. Jahrhundert (Soykırım 20. ve 21. Yüzyıllar)</t>
+          <t>Ahmed Ziyaeddin Gümüşhanevi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789757766810</t>
+          <t>9789757766348</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Düş Bedestanı</t>
+          <t>Emre Dizisi (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054088645</t>
+          <t>9789757766259</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Buzlu Puslu Anılar</t>
+          <t>Tuba Dizisi (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>190</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054574612</t>
+          <t>9789757766216</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Der Byzantinische Geist Der Imperial-Intrigen (2 Cilt Takım)</t>
+          <t>Uzaydan Gelen Çocuk</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054088492</t>
+          <t>9789757766070</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Die Grosse Aufklarung</t>
+          <t>Nisan Tomurcukları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054088485</t>
+          <t>9789757766063</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gestatten Ich Bin Das Ottomanische Reichsarchiv</t>
+          <t>Ninemin Beşiği</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>3</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054088607</t>
+          <t>9789757766193</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Dil</t>
+          <t>Koçlar ve Kağnılar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054088508</t>
+          <t>9789757766117</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi Ekseninde Birey Suç ve Toplum</t>
+          <t>Tuna Boyları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>3</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054088263</t>
+          <t>9789757766124</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Polislik</t>
+          <t>Çatlayan Çınar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054088010</t>
+          <t>9789757766186</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Kıbrıs Barış Harekatı ve Perde Arkası</t>
+          <t>Karapençe</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>170</v>
+        <v>3</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054088355</t>
+          <t>9789757766056</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Silinen Zafer Kut’ul Amare</t>
+          <t>Vur Kelepçeyi!..</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>280</v>
+        <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9280000005804</t>
+          <t>9789757766025</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan Sevdalar Seti (7 Kitap)</t>
+          <t>Hasret Penceresi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>850</v>
+        <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054088720</t>
+          <t>9789757766001</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Neva Teli</t>
+          <t>Cennet Çocukları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>3</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789757766704</t>
+          <t>9789757766087</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Elif ile Mahmut</t>
+          <t>Altın Kanatlı Böcek</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>170</v>
+        <v>3</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789757766926</t>
+          <t>9280000009444</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kur’an Dili</t>
+          <t>Erkekler De Ağlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>60</v>
+        <v>3</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
+          <t>3990000016100</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Çantası Seti (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786054088089</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Akif İle Safahat Sahilinde</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786054088249</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Hal ile Kırk Yıl</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>2890000003396</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Yasin-i Şerif Tebareke Amme</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>3990000012293</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Şarkıcı Kurbağa</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9280000009598</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Sena Dizisi Renkli Resimli Masallar ve Hikayeler (10 Kitap Takım Kutulu) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>3990000012300</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Papatya Kız (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>3990000012307</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Kedi</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>3990000012289</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Karabaş Köpek</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>3990000012308</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>İpek Kelebek</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9789757766674</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Hurşit ile Mihrimah</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9789757766902</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Hazreti Muhammed’i Sevmek, Anlamak ve O’nu Yaşamak (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9789757766568</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Gençlerimiz İçin Peygamberler Tarihi (10 Kitap Takım Kutulu)</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9789757766801</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Camda Sinek Ezmek</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>3990000012292</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Boz Serçe</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9789757766179</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Çocukken De Büyüktüler</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9789757766032</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Kafesteki Çiçek</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786054088638</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Doğa - İnsan - Dava</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>3990000012282</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Sakız Çiğneyen Serçe (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9789757766534</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Ferman</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9789757766755</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Ezan Çiçeği (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9789757766844</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Eskimeyen Arkadaşlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>3990000012305</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Çilli Horoz</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>3990000012309</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Güvercin</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786054088034</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Belgeler Konuşuyor</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9789757766667</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Asuman ile Zeycan</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>3990000012291</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Alaca Keçi</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786054088041</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Ak ve Kara</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9789757766964</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Akif ile Kemal’e Ermek</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789757766836</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Masal Bahçesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789757766940</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Kurban</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>3990000052219</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>La İlahe İllallah</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786054088530</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Hac Rehberi</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786054088540</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>İmam-I A’zam Ebu Hanife</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>3990000012294</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Ördek</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>3990000012295</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Yağmur Çocuk (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789757766747</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Uçan Simitler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>3990000012304</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Tonton Tavşan</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>3990000012298</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Tekerlekli Kaplumbağa (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9789757766860</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Solmayan Çiçek (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786054088270</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Sarıkamış Harekatı ve 91. Alay</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786054088393</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>1937-2017 Yılları Arasında Türkiye'yi Aydınlatanlar</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786054088324</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Dış Politikası ve Ortadoğu</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>3990000030823</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Emre Kore Savaşında</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>1.35</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>3990000030822</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Emre Hayat Savaşında</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>3990000030821</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Tavus Kuşu</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>1.35</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>3990000030820</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Kokulu Karaca</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>1.35</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>3990000030819</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Hacı Leylek</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>1.35</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>3990000030818</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Gelin Bohçası</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>1.35</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>3990000030817</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Esra'nın Emaneti</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>1.35</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>3990000030816</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Esra ile Nene Hatun</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>1.35</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>3990000030807</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenin Öğütleri</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>1.35</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>3990000030826</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Emre Kurtuluş Savaşında</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>1.35</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>3990000030824</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Emre Kıbrıs Savaşında</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>1.35</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9789757766798</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Nefesiyle Isınanlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9789757766681</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Garip ile Senem</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786054088164</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Sürmene Nüfus Defteri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786054088713</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Laikmisin Müslüman mı Karar Ver</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786054088706</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Hançerlenen İslam</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786054088690</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Şeytan Köprüsü - Meçhul Kahramanın Bulgaristan'dan Kaçış Öyküsü</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786054088683</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Almanya'ya Düşen Yolum - Hitlerin Tercümanının Macerası</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786054088676</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Sezai Karakoç Yargılamaları</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789757766957</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Bedeni ve Zihni Gelişimi</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789757766933</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Cin Sihir Büyü</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789757766698</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Arzu ile Kanber</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789757766711</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Leyla ile Mecnun</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789757766728</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Kerem ile Aslı</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786054088652</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Die Teufelsbrücke</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786054088669</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Der Genozıd Im 20. und 21. Jahrhundert (Soykırım 20. ve 21. Yüzyıllar)</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789757766810</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Düş Bedestanı</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786054088645</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Buzlu Puslu Anılar</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786054574612</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Der Byzantinische Geist Der Imperial-Intrigen (2 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786054088492</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Die Grosse Aufklarung</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786054088485</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Gestatten Ich Bin Das Ottomanische Reichsarchiv</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786054088607</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'da Dil</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786054088508</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Din Eğitimi Ekseninde Birey Suç ve Toplum</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786054088263</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Demokratik Polislik</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786054088010</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen Yönleriyle Kıbrıs Barış Harekatı ve Perde Arkası</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786054088355</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Tarihten Silinen Zafer Kut’ul Amare</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9280000005804</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Unutulmayan Sevdalar Seti (7 Kitap)</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786054088720</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Neva Teli</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789757766704</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Elif ile Mahmut</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789757766926</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Tecvidli Kur’an Dili</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
           <t>9786054088102</t>
         </is>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B114" s="1" t="inlineStr">
         <is>
           <t>İslam ve Siyaset</t>
         </is>
       </c>
-      <c r="C31" s="1">
+      <c r="C114" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>