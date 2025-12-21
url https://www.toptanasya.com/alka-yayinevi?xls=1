--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -424,81 +424,81 @@
         <is>
           <t>9786057128164</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Düşündüklerim İnandıklarım</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786057128140</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Temurkapı’nın Gizemi - Kutay’ın Maceraları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>75</v>
+        <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786057451798</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Asker ve Şair</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786057451750</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Dalında Bir Düş Gördüm</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786057451767</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Artı Bir Farkla</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786057451774</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>