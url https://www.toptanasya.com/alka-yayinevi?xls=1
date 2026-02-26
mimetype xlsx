--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,715 +85,790 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057128157</t>
+          <t>9786259894478</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Güneş Fadime ve Aynalı</t>
+          <t>Bilgelik Okumaları - II: Orta Çağ'dan 19. Yüzyıla</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>460</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057451781</t>
+          <t>9786057310187</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Türk Yazısı</t>
+          <t>Midgard Sagası: Kanlı Vadi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786050618594</t>
+          <t>9786057310156</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Çağlayanı Atsız</t>
+          <t>Kafdağı'nın Türküsü Elmas Yıldırım 1. Cilt</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786050618563</t>
+          <t>9786057310163</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Oğuznamecilik Geleneği ve Andalıp Oğuznamesi</t>
+          <t>Kafdağı'nın Türküsü Elmas Yıldırım 2. Cilt</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786050691528</t>
+          <t>9786057310194</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Gemi</t>
+          <t>Büyük Taarruz Destanı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259525440</t>
+          <t>9786057128157</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>1920’li Yıllarda Sovyet Aydınlarının Türkiye’ye Bakışı</t>
+          <t>Güneş Fadime ve Aynalı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259894485</t>
+          <t>9786057451781</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dilek</t>
+          <t>Türk Yazısı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057451743</t>
+          <t>9786050618594</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Atsız’ın Adsız Yoldaşı Nejdet Sançar</t>
+          <t>Türkçülüğün Çağlayanı Atsız</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>510</v>
+        <v>320</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259894461</t>
+          <t>9786050618563</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Harşet'in Meşalesi Vasfi Mahir Kocatürk</t>
+          <t>Oğuznamecilik Geleneği ve Andalıp Oğuznamesi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>470</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058603141</t>
+          <t>9786050691528</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Trabzon Havacılık Tarihinin Gizemli Sayfaları</t>
+          <t>Kağıt Gemi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058603134</t>
+          <t>9786259525440</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Kazma</t>
+          <t>1920’li Yıllarda Sovyet Aydınlarının Türkiye’ye Bakışı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057128195</t>
+          <t>9786259894485</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sorgu</t>
+          <t>Dilek</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057128188</t>
+          <t>9786057451743</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ve Sen Şimdi Tarih Oldun</t>
+          <t>Atsız’ın Adsız Yoldaşı Nejdet Sançar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>75</v>
+        <v>510</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057128133</t>
+          <t>9786259894461</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kabus</t>
+          <t>Harşet'in Meşalesi Vasfi Mahir Kocatürk</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>470</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050691504</t>
+          <t>9786058603141</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Klivaj</t>
+          <t>Trabzon Havacılık Tarihinin Gizemli Sayfaları</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259894447</t>
+          <t>9786058603134</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Teymur Ateşli Stalingrad Cehenneminde Bir SS Türk Subayı</t>
+          <t>Gümüş Kazma</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259894454</t>
+          <t>9786057128195</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sisler Ardındaki İhtilal</t>
+          <t>Sorgu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259894430</t>
+          <t>9786057128188</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Efkar Sayfası</t>
+          <t>Ve Sen Şimdi Tarih Oldun</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057310170</t>
+          <t>9786057128133</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsiz Düşler</t>
+          <t>Kabus</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057310118</t>
+          <t>9786050691504</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yakarış</t>
+          <t>Klivaj</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057310101</t>
+          <t>9786259894447</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İnsan Fabrikası</t>
+          <t>Mustafa Teymur Ateşli Stalingrad Cehenneminde Bir SS Türk Subayı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057128164</t>
+          <t>9786259894454</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Düşündüklerim İnandıklarım</t>
+          <t>Sisler Ardındaki İhtilal</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057128140</t>
+          <t>9786259894430</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Temurkapı’nın Gizemi - Kutay’ın Maceraları</t>
+          <t>Efkar Sayfası</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057451798</t>
+          <t>9786057310170</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Asker ve Şair</t>
+          <t>Mevsimsiz Düşler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057451750</t>
+          <t>9786057310118</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dalında Bir Düş Gördüm</t>
+          <t>Yakarış</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057451767</t>
+          <t>9786057310101</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Artı Bir Farkla</t>
+          <t>İnsan Fabrikası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057451774</t>
+          <t>9786057128164</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Aydınları</t>
+          <t>Düşündüklerim İnandıklarım</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786050691573</t>
+          <t>9786057128140</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kırkıncı Kapı</t>
+          <t>Temurkapı’nın Gizemi - Kutay’ın Maceraları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050691542</t>
+          <t>9786057451798</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hüzünsüz Çıplaktır Aşk</t>
+          <t>Asker ve Şair</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786050691566</t>
+          <t>9786057451750</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar Albümü</t>
+          <t>Dalında Bir Düş Gördüm</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786050691580</t>
+          <t>9786057451767</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Havada Kar Sesi Var</t>
+          <t>Artı Bir Farkla</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050691559</t>
+          <t>9786057451774</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Düş</t>
+          <t>Azerbaycan Aydınları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786050618501</t>
+          <t>9786050691573</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tene Düşerse</t>
+          <t>Kırkıncı Kapı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050691597</t>
+          <t>9786050691542</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Esenlik Muştusu</t>
+          <t>Hüzünsüz Çıplaktır Aşk</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050618556</t>
+          <t>9786050691566</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Vakfıkebir ve Yöresi Ağızları</t>
+          <t>Hatıralar Albümü</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057451712</t>
+          <t>9786050691580</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Eski ve Bugünkü Yenisey Dili</t>
+          <t>Havada Kar Sesi Var</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057451705</t>
+          <t>9786050691559</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Rıza Nur - Şiirleri ve Türk Şiiri Hakkında Mütalaaları</t>
+          <t>Bir Avuç Düş</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057451729</t>
+          <t>9786050618501</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizme Karşı Ötüken Yazıları</t>
+          <t>Aşk Tene Düşerse</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786050618532</t>
+          <t>9786050691597</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Necip Asım Yazıksız – Hayatı ve Eserleri</t>
+          <t>Esenlik Muştusu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786050618570</t>
+          <t>9786050618556</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Vakfıkebir ve Yöresi Ağızları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>370</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057451736</t>
+          <t>9786057451712</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Nadir Bir Yaşam</t>
+          <t>Eski ve Bugünkü Yenisey Dili</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786050691535</t>
+          <t>9786057451705</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hayrani Ilgar - Hayatı ve Eserleri</t>
+          <t>Rıza Nur - Şiirleri ve Türk Şiiri Hakkında Mütalaaları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786050618549</t>
+          <t>9786057451729</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Okumaları</t>
+          <t>Emperyalizme Karşı Ötüken Yazıları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786050618525</t>
+          <t>9786050618532</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Divanü Lügat-it-Türk'e Göre Türk Ahlakı</t>
+          <t>Necip Asım Yazıksız – Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
+          <t>9786050618570</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786057451736</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Nadir Bir Yaşam</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786050691535</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Hayrani Ilgar - Hayatı ve Eserleri</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786050618549</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Bilgelik Okumaları</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786050618525</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Divanü Lügat-it-Türk'e Göre Türk Ahlakı</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
           <t>9786050691511</t>
         </is>
       </c>
-      <c r="B46" s="1" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Doğu Türkistan’dan Haber Var</t>
         </is>
       </c>
-      <c r="C46" s="1">
-        <v>150</v>
+      <c r="C51" s="1">
+        <v>230</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>