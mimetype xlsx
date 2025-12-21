--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -739,51 +739,51 @@
         <is>
           <t>9786059674041</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>İnsan Vücudu</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786059674270</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Duygularımız ve Davranışlarımız - Vermem, Hepsi Benim!</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786054984329</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Larousse Ansiklopedim Çiftlikte</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786059674584</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
@@ -859,51 +859,51 @@
         <is>
           <t>9786054984794</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Hayvanların Yapısı ve Sınıflandırılması</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786057718105</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Çıkartmalarla İngilizce 1000 Kelime (500 Çıkartma)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786059674157</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Madde ve Maddenin Değişimleri - Gençler İçin Çizgilerle Bilim</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786059674171</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
@@ -3184,51 +3184,51 @@
         <is>
           <t>9786054984053</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
           <t>Çupi - Banyo Yapıyor</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
           <t>9786054984039</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
           <t>Çıkartmalarla Kelime Öğreniyorum - İspanyolca</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
           <t>9786054984114</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
           <t>Bulmacalar Kitabı - Çılgın Evren</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
           <t>9786054984138</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
@@ -3289,46 +3289,46 @@
         <is>
           <t>9786054984084</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
           <t>Çupi - Giyiniyor</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
           <t>9786054984022</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
           <t>Çıkartmalarla Kelime Öğreniyorum - Fransızca</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>