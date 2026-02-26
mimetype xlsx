--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,3250 +85,3295 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057718181</t>
+          <t>9786057718228</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kütle Çekim Kuvveti ve Yer Çekimi Kuvveti - Gençler İçin Çizgilerle Bilim</t>
+          <t>Kalıtım ve Özellikler – Gençler İçin Çizgilerle Bilim</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057718204</t>
+          <t>9786057718235</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sinir Sistemi - Gençler İçin Çizgilerle Bilim</t>
+          <t>Kas ve İskelet Sistemleri – Gençler İçin Çizgilerle Bilim</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057718198</t>
+          <t>9786057718211</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Işık - Gençler İçin Çizgilerle Bilim</t>
+          <t>Dolaşım Sistemi - Gençler İçin Çizgilerle Bilim</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054984015</t>
+          <t>9786057718181</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Kelime Öğreniyorum - Almanca</t>
+          <t>Kütle Çekim Kuvveti ve Yer Çekimi Kuvveti - Gençler İçin Çizgilerle Bilim</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054984008</t>
+          <t>9786057718204</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Kelime Öğreniyorum - İngilizce</t>
+          <t>Sinir Sistemi - Gençler İçin Çizgilerle Bilim</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>17.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054984343</t>
+          <t>9786057718198</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Anaokulu Matematik - Giriş</t>
+          <t>Işık - Gençler İçin Çizgilerle Bilim</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054984305</t>
+          <t>9786054984015</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Larousse Ansiklopedim Hayvanlar</t>
+          <t>Çıkartmalarla Kelime Öğreniyorum - Almanca</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059674317</t>
+          <t>9786054984008</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kendime İyi Bakıyorum - Sağlıklı Besleniyorum</t>
+          <t>Çıkartmalarla Kelime Öğreniyorum - İngilizce</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>110</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054984565</t>
+          <t>9786054984343</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler - Hoş Geldin İlkbahar</t>
+          <t>Anaokulu Matematik - Giriş</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054984220</t>
+          <t>9786054984305</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Uzay Hakkında 100 Gerçek</t>
+          <t>Larousse Ansiklopedim Hayvanlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059674140</t>
+          <t>9786059674317</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Larousse Ansiklopedim Nasıl?</t>
+          <t>Kendime İyi Bakıyorum - Sağlıklı Besleniyorum</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054984879</t>
+          <t>9786054984565</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Larousse Ansiklopedim - Yavru Hayvanlar</t>
+          <t>Mevsimler - Hoş Geldin İlkbahar</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054984893</t>
+          <t>9786054984220</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Larousse Ansiklopedim - Mevsimler</t>
+          <t>Uzay Hakkında 100 Gerçek</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054984817</t>
+          <t>9786059674140</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Larousse Ansiklopedim - Bahçede</t>
+          <t>Larousse Ansiklopedim Nasıl?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057718068</t>
+          <t>9786054984879</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tavşan ile Kaplumbağa - Minikler İçin Ünlü Eserler</t>
+          <t>Larousse Ansiklopedim - Yavru Hayvanlar</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059674249</t>
+          <t>9786054984893</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Duygularımız ve Davranışlarımız - Ben Yapmadım!</t>
+          <t>Larousse Ansiklopedim - Mevsimler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057718174</t>
+          <t>9786054984817</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Matematikte Çarpma – Gençler İçin Çizgilerle Bilim</t>
+          <t>Larousse Ansiklopedim - Bahçede</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054984961</t>
+          <t>9786057718068</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Davranışları - Gençler İçin Çizgilerle Bilim</t>
+          <t>Tavşan ile Kaplumbağa - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059674263</t>
+          <t>9786059674249</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Döngüleri - Bilime İlk Adım</t>
+          <t>Duygularımız ve Davranışlarımız - Ben Yapmadım!</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054984268</t>
+          <t>9786057718174</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dinazorlar</t>
+          <t>Matematikte Çarpma – Gençler İçin Çizgilerle Bilim</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054984732</t>
+          <t>9786054984961</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar</t>
+          <t>Hayvan Davranışları - Gençler İçin Çizgilerle Bilim</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054984176</t>
+          <t>9786059674263</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kızlar için İlk Çıkartmalı Etkinlikler</t>
+          <t>Yaşam Döngüleri - Bilime İlk Adım</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054984169</t>
+          <t>9786054984268</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Oğlanlar için İlk Çıkartmalı Etkinlikler</t>
+          <t>Dinazorlar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054984282</t>
+          <t>9786054984732</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Larousse Ansiklopedim Dinozorlar</t>
+          <t>Hayvanlar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054984312</t>
+          <t>9786054984176</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Larousse Ansiklopedim - İnşaatta</t>
+          <t>Kızlar için İlk Çıkartmalı Etkinlikler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054984923</t>
+          <t>9786054984169</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler</t>
+          <t>Oğlanlar için İlk Çıkartmalı Etkinlikler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059674614</t>
+          <t>9786054984282</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Duygularımız - Larousse Ansiklopedim (Çıkartmalı)</t>
+          <t>Larousse Ansiklopedim Dinozorlar</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059674386</t>
+          <t>9786054984312</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Rubi Çok Kaba Davranıyor</t>
+          <t>Larousse Ansiklopedim - İnşaatta</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054984589</t>
+          <t>9786054984923</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler - Hoş Geldin Kış</t>
+          <t>Bitkiler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059674003</t>
+          <t>9786059674614</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Doktor'dan Korkulmaz ki…</t>
+          <t>Duygularımız - Larousse Ansiklopedim (Çıkartmalı)</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059674089</t>
+          <t>9786059674386</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar</t>
+          <t>Rubi Çok Kaba Davranıyor</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054984442</t>
+          <t>9786054984589</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gezegenimiz Dünya</t>
+          <t>Mevsimler - Hoş Geldin Kış</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054984428</t>
+          <t>9786059674003</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İlk Gerçekler - Vücudum</t>
+          <t>Doktor'dan Korkulmaz ki…</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054984886</t>
+          <t>9786059674089</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Larousse Ansiklopedim - Gezegenimiz Dünya</t>
+          <t>Dinozorlar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054984824</t>
+          <t>9786054984442</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Larousse Ansiklopedim - Denizde</t>
+          <t>Gezegenimiz Dünya</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054984848</t>
+          <t>9786054984428</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Larousse Ansiklopedim - İtfaiyeciler</t>
+          <t>İlk Gerçekler - Vücudum</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054984862</t>
+          <t>9786054984886</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Larousse Ansiklopedim - Taşıtlar</t>
+          <t>Larousse Ansiklopedim - Gezegenimiz Dünya</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054984800</t>
+          <t>9786054984824</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Larousse Ansiklopedim - Anaokulunda</t>
+          <t>Larousse Ansiklopedim - Denizde</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054984657</t>
+          <t>9786054984848</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Colins Güneş Sistemi: Çıkartma Kitabı</t>
+          <t>Larousse Ansiklopedim - İtfaiyeciler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054984077</t>
+          <t>9786054984862</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çupi - Doğum Günü Partisi</t>
+          <t>Larousse Ansiklopedim - Taşıtlar</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054984046</t>
+          <t>9786054984800</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Çupi - Bahçede</t>
+          <t>Larousse Ansiklopedim - Anaokulunda</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054984060</t>
+          <t>9786054984657</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Çupi - Okula Başlıyor</t>
+          <t>Colins Güneş Sistemi: Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059674041</t>
+          <t>9786054984077</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu</t>
+          <t>Çupi - Doğum Günü Partisi</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059674270</t>
+          <t>9786054984046</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Duygularımız ve Davranışlarımız - Vermem, Hepsi Benim!</t>
+          <t>Çupi - Bahçede</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054984329</t>
+          <t>9786054984060</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Larousse Ansiklopedim Çiftlikte</t>
+          <t>Çupi - Okula Başlıyor</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059674584</t>
+          <t>9786059674041</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Milo Hep Kazanmak İstiyor</t>
+          <t>İnsan Vücudu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054984336</t>
+          <t>9786059674270</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Anaokulu Matematik - Yetkinlik</t>
+          <t>Duygularımız ve Davranışlarımız - Vermem, Hepsi Benim!</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057718075</t>
+          <t>9786054984329</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Aslan ile Fare - Minikler İçin Ünlü Eserler</t>
+          <t>Larousse Ansiklopedim Çiftlikte</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054984527</t>
+          <t>9786059674584</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tohumlar - Renk Renk Çiçekler</t>
+          <t>Milo Hep Kazanmak İstiyor</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057718167</t>
+          <t>9786054984336</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Matematikte Sayılar – Gençler İçin Çizgilerle Bilim</t>
+          <t>Anaokulu Matematik - Yetkinlik</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054984794</t>
+          <t>9786057718075</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Yapısı ve Sınıflandırılması</t>
+          <t>Aslan ile Fare - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057718105</t>
+          <t>9786054984527</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla İngilizce 1000 Kelime (500 Çıkartma)</t>
+          <t>Küçük Tohumlar - Renk Renk Çiçekler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059674157</t>
+          <t>9786057718167</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Madde ve Maddenin Değişimleri - Gençler İçin Çizgilerle Bilim</t>
+          <t>Matematikte Sayılar – Gençler İçin Çizgilerle Bilim</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059674171</t>
+          <t>9786054984794</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Manyetizma – Gençler İçin Çizgilerle Bilim</t>
+          <t>Hayvanların Yapısı ve Sınıflandırılması</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059674164</t>
+          <t>9786057718105</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Minikler</t>
+          <t>Çıkartmalarla İngilizce 1000 Kelime (500 Çıkartma)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059674522</t>
+          <t>9786059674157</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Elektrik - Gençler İçin Çizgilerle Bilim</t>
+          <t>Madde ve Maddenin Değişimleri - Gençler İçin Çizgilerle Bilim</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054984787</t>
+          <t>9786059674171</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bitki ve Hayvanlarda Adaptasyon - Gençler İçin Çizgilerle Bilim</t>
+          <t>Manyetizma – Gençler İçin Çizgilerle Bilim</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059674423</t>
+          <t>9786059674164</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Enerji</t>
+          <t>İyi Geceler Minikler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059674430</t>
+          <t>9786059674522</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Yaşam Döngüleri</t>
+          <t>Elektrik - Gençler İçin Çizgilerle Bilim</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059674515</t>
+          <t>9786054984787</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Bitki ve Hayvanlarda Adaptasyon - Gençler İçin Çizgilerle Bilim</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059674508</t>
+          <t>9786059674423</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hastalıkla Savaş</t>
+          <t>Enerji</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059674485</t>
+          <t>9786059674430</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hücre Döngüsü - Gençler İçin Çizgilerle Bilim</t>
+          <t>Hayvanların Yaşam Döngüleri</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059674416</t>
+          <t>9786059674515</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Yaşam Döngüleri - Gençler İçin Çizgilerle Bilim</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059674492</t>
+          <t>9786059674508</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kuvvet ve Hareket - Gençler İçin Çizgilerle Bilim</t>
+          <t>Hastalıkla Savaş</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059674409</t>
+          <t>9786059674485</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Madde ve Özellikleri - Gençler İçin Çizgilerle Bilim</t>
+          <t>Hücre Döngüsü - Gençler İçin Çizgilerle Bilim</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059674331</t>
+          <t>9786059674416</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kendime İyi Bakıyorum - Temizliğe Özen Gösteriyorum</t>
+          <t>Bitkilerin Yaşam Döngüleri - Gençler İçin Çizgilerle Bilim</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054984350</t>
+          <t>9786059674492</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Anaokulu Matematik - Çalışmalar</t>
+          <t>Kuvvet ve Hareket - Gençler İçin Çizgilerle Bilim</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057718044</t>
+          <t>9786059674409</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Prens - Minikler İçin Ünlü Eserler</t>
+          <t>Madde ve Özellikleri - Gençler İçin Çizgilerle Bilim</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059674935</t>
+          <t>9786059674331</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Üç Akıllı Keçi - Minikler İçin Ünlü Eserler</t>
+          <t>Kendime İyi Bakıyorum - Temizliğe Özen Gösteriyorum</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057718082</t>
+          <t>9786054984350</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tarla Faresi ile Şehir Faresi - Minikler İçin Ünlü Eserler</t>
+          <t>Anaokulu Matematik - Çalışmalar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059674973</t>
+          <t>9786057718044</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Leoparın Benekleri Nasıl Oluştu? - Minikler İçin Ünlü Eserler</t>
+          <t>Kurbağa Prens - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059674980</t>
+          <t>9786059674935</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Gergedanın Buruşuk Derisi - Minikler İçin Ünlü Eserler</t>
+          <t>Üç Akıllı Keçi - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059674966</t>
+          <t>9786057718082</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Devenin Hörgücü - Minikler İçin Ünlü Eserler</t>
+          <t>Tarla Faresi ile Şehir Faresi - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057718013</t>
+          <t>9786059674973</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Filin Hortumu - Minikler İçin Ünlü Eserler</t>
+          <t>Leoparın Benekleri Nasıl Oluştu? - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059674959</t>
+          <t>9786059674980</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Cüceler ve Ayakkabıcı - Minikler İçin Ünlü Eserler</t>
+          <t>Gergedanın Buruşuk Derisi - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057718037</t>
+          <t>9786059674966</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Karlar Kraliçesi - Minikler İçin Ünlü Eserler</t>
+          <t>Devenin Hörgücü - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059674928</t>
+          <t>9786057718013</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi - Minikler İçin Ünlü Eserler</t>
+          <t>Filin Hortumu - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059674898</t>
+          <t>9786059674959</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Goldilocks ve Üç Ayı - Minikler İçin Ünlü Eserler</t>
+          <t>Cüceler ve Ayakkabıcı - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057718020</t>
+          <t>9786057718037</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Fındıkkıran - Minikler İçin Ünlü Eserler</t>
+          <t>Karlar Kraliçesi - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059674904</t>
+          <t>9786059674928</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız - Minikler İçin Ünlü Eserler</t>
+          <t>Çizmeli Kedi - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057718051</t>
+          <t>9786059674898</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu - Minikler İçin Ünlü Eserler</t>
+          <t>Goldilocks ve Üç Ayı - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059674997</t>
+          <t>9786057718020</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Obur Balina - Minikler İçin Ünlü Eserler</t>
+          <t>Fındıkkıran - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057718006</t>
+          <t>9786059674904</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Böceği ile Karınca - Minikler İçin Ünlü Eserler</t>
+          <t>Kırmızı Başlıklı Kız - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059674942</t>
+          <t>9786057718051</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Jack ve Fasulye Sırığı - Minikler İçin Ünlü Eserler</t>
+          <t>Çirkin Ördek Yavrusu - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059674911</t>
+          <t>9786059674997</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin'in Sihirli Lambası - Minikler İçin Ünlü Eserler</t>
+          <t>Obur Balina - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059674683</t>
+          <t>9786057718006</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mevsimlerin Getirdiği Güzellik Öyküleri</t>
+          <t>Ağustos Böceği ile Karınca - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059674638</t>
+          <t>9786059674942</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Arthur ve Mila ile Her Şeyi Kendi Başımıza Yapsak</t>
+          <t>Jack ve Fasulye Sırığı - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059674645</t>
+          <t>9786059674911</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Arthur ve Mila ile Ortalığı Toplasak</t>
+          <t>Alaaddin'in Sihirli Lambası - Minikler İçin Ünlü Eserler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059674621</t>
+          <t>9786059674683</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Arthur ve Mila ile Konuşarak Anlaşsak</t>
+          <t>Mevsimlerin Getirdiği Güzellik Öyküleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059674652</t>
+          <t>9786059674638</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Arthur ve Mila ile Çevreyi Keşfetsek</t>
+          <t>Arthur ve Mila ile Her Şeyi Kendi Başımıza Yapsak</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059674058</t>
+          <t>9786059674645</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Evren</t>
+          <t>Arthur ve Mila ile Ortalığı Toplasak</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054984978</t>
+          <t>9786059674621</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tarih</t>
+          <t>Arthur ve Mila ile Konuşarak Anlaşsak</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054984985</t>
+          <t>9786059674652</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar ve Hayvanlar</t>
+          <t>Arthur ve Mila ile Çevreyi Keşfetsek</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059674768</t>
+          <t>9786059674058</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kral'ın Yeni Giysileri</t>
+          <t>Dünya ve Evren</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059674836</t>
+          <t>9786054984978</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin'in Sihirli Lambası</t>
+          <t>Tarih</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059674775</t>
+          <t>9786054984985</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Altın Yumurtlayan Tavuk</t>
+          <t>Dinozorlar ve Hayvanlar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059674737</t>
+          <t>9786059674768</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Kral'ın Yeni Giysileri</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059674867</t>
+          <t>9786059674836</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Alaaddin'in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059674690</t>
+          <t>9786059674775</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Karlar Kraliçesi</t>
+          <t>Altın Yumurtlayan Tavuk</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059674850</t>
+          <t>9786059674737</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hansel ve Gretel</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059674805</t>
+          <t>9786059674867</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Rumpelstiltskin</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059674720</t>
+          <t>9786059674690</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Yedi Cüceler</t>
+          <t>Karlar Kraliçesi</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059674874</t>
+          <t>9786059674850</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Hansel ve Gretel</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059674744</t>
+          <t>9786059674805</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı</t>
+          <t>Rumpelstiltskin</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059674713</t>
+          <t>9786059674720</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Bezelye Tanesi</t>
+          <t>Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059674843</t>
+          <t>9786059674874</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059674812</t>
+          <t>9786059674744</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Goldilocks ve Üç Ayı</t>
+          <t>Fareli Köyün Kavalcısı</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059674881</t>
+          <t>9786059674713</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu</t>
+          <t>Prenses ve Bezelye Tanesi</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059674782</t>
+          <t>9786059674843</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059674706</t>
+          <t>9786059674812</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları</t>
+          <t>Goldilocks ve Üç Ayı</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059674799</t>
+          <t>9786059674881</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Çirkin Ördek Yavrusu</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059674829</t>
+          <t>9786059674782</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi</t>
+          <t>Uyuyan Güzel</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059674751</t>
+          <t>9786059674706</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Güliver Küçük İnsanlar Ülkesinde</t>
+          <t>Bremen Mızıkacıları</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059674676</t>
+          <t>9786059674799</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Anaokulunu Keşfediyorum</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059674669</t>
+          <t>9786059674829</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İlk Hayvan Ansiklopedim</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059674133</t>
+          <t>9786059674751</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kardelen : Okula Gitme Hakkı</t>
+          <t>Güliver Küçük İnsanlar Ülkesinde</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059674300</t>
+          <t>9786059674676</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Vücudumuz ve Duyularımız - Bilime İlk Adım</t>
+          <t>Anaokulunu Keşfediyorum</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059674256</t>
+          <t>9786059674669</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Kalmak - Bilime İlk Adım</t>
+          <t>İlk Hayvan Ansiklopedim</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059674294</t>
+          <t>9786059674133</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Bilime İlk Adım</t>
+          <t>Kardelen : Okula Gitme Hakkı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059674225</t>
+          <t>9786059674300</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler - Bilime İlk Adım</t>
+          <t>Vücudumuz ve Duyularımız - Bilime İlk Adım</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059674348</t>
+          <t>9786059674256</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kendime İyi Bakıyorum - Dişlerimi Fırçalıyorum</t>
+          <t>Sağlıklı Kalmak - Bilime İlk Adım</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059674560</t>
+          <t>9786059674294</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Milo Okula Gidiyor</t>
+          <t>Hayvanlar - Bilime İlk Adım</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059674577</t>
+          <t>9786059674225</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Milo’nun Yemekhanede İlk Günü</t>
+          <t>Bitkiler - Bilime İlk Adım</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059674546</t>
+          <t>9786059674348</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Milo Çabuk Tuvalete!</t>
+          <t>Kendime İyi Bakıyorum - Dişlerimi Fırçalıyorum</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059674553</t>
+          <t>9786059674560</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Milo Beden Eğitiminde Şampiyon</t>
+          <t>Milo Okula Gidiyor</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059674539</t>
+          <t>9786059674577</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Larousse İlk Ansiklopedim - İlk Bebek Ansiklopedim</t>
+          <t>Milo’nun Yemekhanede İlk Günü</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059674287</t>
+          <t>9786059674546</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Duygularımız ve Davranışlarımız -Korkma, Derin Bir Nefes Al</t>
+          <t>Milo Çabuk Tuvalete!</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059674232</t>
+          <t>9786059674553</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Duygularımız ve Davranışlarımız - Neden Yapmayacakmışım?</t>
+          <t>Milo Beden Eğitiminde Şampiyon</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059674478</t>
+          <t>9786059674539</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Ormanı Hayvanları - İlk Sorular ve Cevaplarla</t>
+          <t>Larousse İlk Ansiklopedim - İlk Bebek Ansiklopedim</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059674454</t>
+          <t>9786059674287</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Köpekler ve Yavruları - İlk Sorular ve Cevaplarla</t>
+          <t>Duygularımız ve Davranışlarımız -Korkma, Derin Bir Nefes Al</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059674447</t>
+          <t>9786059674232</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kediler ve Yavruları - İlk Sorular ve Cevaplarla</t>
+          <t>Duygularımız ve Davranışlarımız - Neden Yapmayacakmışım?</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059674461</t>
+          <t>9786059674478</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesi Hayvanlar - İlk Sorular ve Cevaplarla</t>
+          <t>Yağmur Ormanı Hayvanları - İlk Sorular ve Cevaplarla</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059674607</t>
+          <t>9786059674454</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Yetenek Yarışması</t>
+          <t>Köpekler ve Yavruları - İlk Sorular ve Cevaplarla</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059674324</t>
+          <t>9786059674447</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kendime İyi Bakıyorum - Egzersiz Yapıyorum</t>
+          <t>Kediler ve Yavruları - İlk Sorular ve Cevaplarla</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057718112</t>
+          <t>9786059674461</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kendime İyi Bakıyorum - Temizliğe Özen Gösteriyorum</t>
+          <t>Tarih Öncesi Hayvanlar - İlk Sorular ve Cevaplarla</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059674379</t>
+          <t>9786059674607</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Noa Çok Gürültü Yapıyor</t>
+          <t>Ormanda Yetenek Yarışması</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059674355</t>
+          <t>9786059674324</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Jasmin Hiçbir Şeyi Beğenmiyor</t>
+          <t>Kendime İyi Bakıyorum - Egzersiz Yapıyorum</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059674362</t>
+          <t>9786057718112</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Bredi Emir Vermeyi Çok Seviyor</t>
+          <t>Kendime İyi Bakıyorum - Temizliğe Özen Gösteriyorum</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054984497</t>
+          <t>9786059674379</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Doğada Yaşam - Kendimizi Koruyalım</t>
+          <t>Noa Çok Gürültü Yapıyor</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786054984466</t>
+          <t>9786059674355</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Doğada Yaşam - Maceraya Atılalım</t>
+          <t>Jasmin Hiçbir Şeyi Beğenmiyor</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054984473</t>
+          <t>9786059674362</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Doğada Keşif Yapmak - Doğada Yaşam</t>
+          <t>Bredi Emir Vermeyi Çok Seviyor</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054984480</t>
+          <t>9786054984497</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Doğada Yaşam - İz Sürelim</t>
+          <t>Doğada Yaşam - Kendimizi Koruyalım</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054984503</t>
+          <t>9786054984466</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Şeker Tadında Öyküler</t>
+          <t>Doğada Yaşam - Maceraya Atılalım</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059674393</t>
+          <t>9786054984473</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Minik Kurbağa Öğretiyor - Uzay</t>
+          <t>Doğada Keşif Yapmak - Doğada Yaşam</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059674195</t>
+          <t>9786054984480</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Minik Kurbağa Öğretiyor - Dinozolar</t>
+          <t>Doğada Yaşam - İz Sürelim</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059674188</t>
+          <t>9786054984503</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Minik Kurbağa Öğretiyor - Büyük Makineler</t>
+          <t>Şeker Tadında Öyküler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059674201</t>
+          <t>9786059674393</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Minik Kurbağa Öğretiyor - Futbol</t>
+          <t>Minik Kurbağa Öğretiyor - Uzay</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059674218</t>
+          <t>9786059674195</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Minik Kurbağa Öğretiyor - Korsanlar</t>
+          <t>Minik Kurbağa Öğretiyor - Dinozolar</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054984459</t>
+          <t>9786059674188</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - İlk Olağanüstü Gerçekler</t>
+          <t>Minik Kurbağa Öğretiyor - Büyük Makineler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054984770</t>
+          <t>9786059674201</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Neden - Larousse Ansiklopedim</t>
+          <t>Minik Kurbağa Öğretiyor - Futbol</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054984763</t>
+          <t>9786059674218</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bilgiç Kedi Anlatıyor - Dünya</t>
+          <t>Minik Kurbağa Öğretiyor - Korsanlar</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786054984206</t>
+          <t>9786054984459</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Bilgiç Kedi Anlatıyor - Ay</t>
+          <t>Taşıtlar - İlk Olağanüstü Gerçekler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054984190</t>
+          <t>9786054984770</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bilgiç Kedi Anlatıyor - Gezegenler</t>
+          <t>Neden - Larousse Ansiklopedim</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054984183</t>
+          <t>9786054984763</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bilgiç Kedi Anlatıyor - Güneş</t>
+          <t>Bilgiç Kedi Anlatıyor - Dünya</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054984633</t>
+          <t>9786054984206</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Zehir</t>
+          <t>Bilgiç Kedi Anlatıyor - Ay</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054984626</t>
+          <t>9786054984190</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Büyüyorum</t>
+          <t>Bilgiç Kedi Anlatıyor - Gezegenler</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054984619</t>
+          <t>9786054984183</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İyi Besleniyorum</t>
+          <t>Bilgiç Kedi Anlatıyor - Güneş</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054984640</t>
+          <t>9786054984633</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Tatlı Rüyalar</t>
+          <t>Dikkat Zehir</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059674027</t>
+          <t>9786054984626</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Fırtına'dan Korkulmaz ki…</t>
+          <t>Büyüyorum</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059674010</t>
+          <t>9786054984619</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Canavar'dan Korkulmaz ki…</t>
+          <t>İyi Besleniyorum</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059674034</t>
+          <t>9786054984640</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Karanlık'tan Korkulmaz ki…</t>
+          <t>İyi Geceler Tatlı Rüyalar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054984251</t>
+          <t>9786059674027</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Şaşırtıcı İcatlar</t>
+          <t>Fırtına'dan Korkulmaz ki…</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054984275</t>
+          <t>9786059674010</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Minik Hayvanlar</t>
+          <t>Canavar'dan Korkulmaz ki…</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057718143</t>
+          <t>9786059674034</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İlk Sorular ve Cevaplarla: Hava</t>
+          <t>Karanlık'tan Korkulmaz ki…</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054984947</t>
+          <t>9786054984251</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu</t>
+          <t>Şaşırtıcı İcatlar</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054984954</t>
+          <t>9786054984275</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Okyanuslar ve Denizler</t>
+          <t>Minik Hayvanlar</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057718150</t>
+          <t>9786057718143</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İlk Sorular ve Cevaplarla: Balinalar ve Yunuslar</t>
+          <t>İlk Sorular ve Cevaplarla: Hava</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059674126</t>
+          <t>9786054984947</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Şekilleri</t>
+          <t>İnsan Vücudu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059674072</t>
+          <t>9786054984954</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar</t>
+          <t>Okyanuslar ve Denizler</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059674119</t>
+          <t>9786057718150</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Meslekler</t>
+          <t>İlk Sorular ve Cevaplarla: Balinalar ve Yunuslar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059674102</t>
+          <t>9786059674126</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yavru Hayvanlar</t>
+          <t>Yeryüzü Şekilleri</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059674096</t>
+          <t>9786059674072</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Yuvaları</t>
+          <t>Taşıtlar</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054984831</t>
+          <t>9786059674119</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Larousse Ansiklopedim - Görgü Kuralları</t>
+          <t>Meslekler</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054984855</t>
+          <t>9786059674102</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Larousse Ansiklopedim - Korsanlar</t>
+          <t>Yavru Hayvanlar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054984374</t>
+          <t>9786059674096</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses - Klasikler Çıkartmalarla Dizisi</t>
+          <t>Hayvan Yuvaları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054984367</t>
+          <t>9786054984831</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel - Klasikler Çıkartmalarla Dizisi</t>
+          <t>Larousse Ansiklopedim - Görgü Kuralları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054984909</t>
+          <t>9786054984855</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bambi - Klasikler Çıkartmalarla Dizisi</t>
+          <t>Larousse Ansiklopedim - Korsanlar</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054984381</t>
+          <t>9786054984374</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Orman Kitabı - Klasikler Çıkartmalarla Dizisi</t>
+          <t>Pamuk Prenses - Klasikler Çıkartmalarla Dizisi</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054984510</t>
+          <t>9786054984367</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüştürmeye Yardım Ediyorum Yeniden Kullanıyorum</t>
+          <t>Uyuyan Güzel - Klasikler Çıkartmalarla Dizisi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054984534</t>
+          <t>9786054984909</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Parkta Oynuyorum Temiz Tutuyorum</t>
+          <t>Bambi - Klasikler Çıkartmalarla Dizisi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786054984541</t>
+          <t>9786054984381</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Su Yaşamdır</t>
+          <t>Orman Kitabı - Klasikler Çıkartmalarla Dizisi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054984558</t>
+          <t>9786054984510</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler - Hoş Geldin Sonbahar</t>
+          <t>Geri Dönüştürmeye Yardım Ediyorum Yeniden Kullanıyorum</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054984572</t>
+          <t>9786054984534</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler - Hoş Geldin Yaz</t>
+          <t>Parkta Oynuyorum Temiz Tutuyorum</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054984749</t>
+          <t>9786054984541</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ben Albert Einstein</t>
+          <t>Su Yaşamdır</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786054984244</t>
+          <t>9786054984558</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bilim İnsanları Hakkında 100 Gerçek</t>
+          <t>Mevsimler - Hoş Geldin Sonbahar</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054984435</t>
+          <t>9786054984572</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hakkında 100 Gerçek</t>
+          <t>Mevsimler - Hoş Geldin Yaz</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054984596</t>
+          <t>9786054984749</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Altın Saçlı Kız ve 3 Ayı (Çıkartmalarla)</t>
+          <t>Ben Albert Einstein</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054984602</t>
+          <t>9786054984244</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız (Çıkartmalarla)</t>
+          <t>Bilim İnsanları Hakkında 100 Gerçek</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054984411</t>
+          <t>9786054984435</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Komik Kahramanlar Serisi : Dişi Ağrıyan Tavuk</t>
+          <t>Dünya Hakkında 100 Gerçek</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054984404</t>
+          <t>9786054984596</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Komik Kahramanlar Serisi : On Çocuklu Bir Baba</t>
+          <t>Altın Saçlı Kız ve 3 Ayı (Çıkartmalarla)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054984398</t>
+          <t>9786054984602</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Komik Kahramanlar Serisi : Görünmek İsteyen Küçük Hayalet</t>
+          <t>Kırmızı Başlıklı Kız (Çıkartmalarla)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054984237</t>
+          <t>9786054984411</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Bilim Hakkında 100 Gerçek</t>
+          <t>Komik Kahramanlar Serisi : Dişi Ağrıyan Tavuk</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054984756</t>
+          <t>9786054984404</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Ben... Cengiz Han</t>
+          <t>Komik Kahramanlar Serisi : On Çocuklu Bir Baba</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054984671</t>
+          <t>9786054984398</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Öyküler - Haydi Küçük Fil</t>
+          <t>Komik Kahramanlar Serisi : Görünmek İsteyen Küçük Hayalet</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054984664</t>
+          <t>9786054984237</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Öyküler - Seni Seviyorum Küçük Ayı</t>
+          <t>Bilim Hakkında 100 Gerçek</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054984688</t>
+          <t>9786054984756</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Öyküler - Cesaret Küçük Kedi</t>
+          <t>Ben... Cengiz Han</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054984152</t>
+          <t>9786054984671</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Resimli Sözlük Dünyamız</t>
+          <t>Eğitici Öyküler - Haydi Küçük Fil</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054984145</t>
+          <t>9786054984664</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Resimli Sözlük - Dinozorlar ve Tarih Öncesi Yaşam</t>
+          <t>Eğitici Öyküler - Seni Seviyorum Küçük Ayı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057718136</t>
+          <t>9786054984688</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İlk Sorular ve Cevaplarla: Dinozorlar</t>
+          <t>Eğitici Öyküler - Cesaret Küçük Kedi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054984701</t>
+          <t>9786054984152</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bilim (Ciltli)</t>
+          <t>Resimli Sözlük Dünyamız</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054984695</t>
+          <t>9786054984145</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Gezegenimiz</t>
+          <t>Resimli Sözlük - Dinozorlar ve Tarih Öncesi Yaşam</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057718129</t>
+          <t>9786057718136</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İlk Sorular ve Cevaplarla Hayvanlar</t>
+          <t>İlk Sorular ve Cevaplarla: Dinozorlar</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054984725</t>
+          <t>9786054984701</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Uzay</t>
+          <t>Bilim (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054984299</t>
+          <t>9786054984695</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Larousse Ansiklopedim Doktorda</t>
+          <t>Gezegenimiz</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054984213</t>
+          <t>9786057718129</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Resimli Sözlük Bilim</t>
+          <t>İlk Sorular ve Cevaplarla Hayvanlar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054984053</t>
+          <t>9786054984725</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Çupi - Banyo Yapıyor</t>
+          <t>Uzay</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054984039</t>
+          <t>9786054984299</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Kelime Öğreniyorum - İspanyolca</t>
+          <t>Larousse Ansiklopedim Doktorda</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054984114</t>
+          <t>9786054984213</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalar Kitabı - Çılgın Evren</t>
+          <t>Resimli Sözlük Bilim</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054984138</t>
+          <t>9786054984053</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalar Kitabı - Çılgın Su Altı Dünyası</t>
+          <t>Çupi - Banyo Yapıyor</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054984107</t>
+          <t>9786054984039</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalar Kitabı - Dinozorlar Dünyası</t>
+          <t>Çıkartmalarla Kelime Öğreniyorum - İspanyolca</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054984121</t>
+          <t>9786054984114</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalar Kitabı - Ejderhalar Dünyası</t>
+          <t>Bulmacalar Kitabı - Çılgın Evren</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054984091</t>
+          <t>9786054984138</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalar Kitabı - Hortlaklar Dünyası</t>
+          <t>Bulmacalar Kitabı - Çılgın Su Altı Dünyası</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054984084</t>
+          <t>9786054984107</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Çupi - Giyiniyor</t>
+          <t>Bulmacalar Kitabı - Dinozorlar Dünyası</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
+          <t>9786054984121</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Bulmacalar Kitabı - Ejderhalar Dünyası</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786054984091</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Bulmacalar Kitabı - Hortlaklar Dünyası</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786054984084</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Çupi - Giyiniyor</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
           <t>9786054984022</t>
         </is>
       </c>
-      <c r="B215" s="1" t="inlineStr">
+      <c r="B218" s="1" t="inlineStr">
         <is>
           <t>Çıkartmalarla Kelime Öğreniyorum - Fransızca</t>
         </is>
       </c>
-      <c r="C215" s="1">
+      <c r="C218" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>