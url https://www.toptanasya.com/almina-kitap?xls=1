--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,1435 +85,1615 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259610771</t>
+          <t>9786259267975</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Parla ile Banniş Parkta</t>
+          <t>Sessiz Umutlar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259610795</t>
+          <t>9786259267999</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşa Yolculuk</t>
+          <t>Künye</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259610788</t>
+          <t>9786259267982</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Tarım</t>
+          <t>Ölümü Öldürmek</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259610764</t>
+          <t>9786259267968</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İran Yılları ve Anılarda Kalanlar</t>
+          <t>İstanbul Aşığı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259610757</t>
+          <t>9786259610733</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sadece Yaşamak</t>
+          <t>Sessiz Yankılar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057171816</t>
+          <t>9786259610740</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dıdar (Kosova’dan Istanbul’a)</t>
+          <t>Nargin</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259582689</t>
+          <t>9786259610719</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçme (Bab'ın Öyküsü)</t>
+          <t>Hüznün Zamanı Kayıp</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259582672</t>
+          <t>9786259267951</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ümran Solgun Çiçek</t>
+          <t>Akrep</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259582641</t>
+          <t>9786259267937</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Vedalar da Bir Nasiptir</t>
+          <t>Ay'ın Çocukları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259610702</t>
+          <t>9786259267944</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sefine - Tarassut Yazıları</t>
+          <t>Neden Güçlü Durman Gerekiyor?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259582634</t>
+          <t>9786259267920</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mavinin Kıyısında</t>
+          <t>Yalınayak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259582627</t>
+          <t>9786259267906</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gıda Sanayinde Zirai Hammadde Üretimi ve Tedariki</t>
+          <t>Hakkını Helal Et Yiğidim</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259582610</t>
+          <t>9786259610771</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Silan</t>
+          <t>Parla ile Banniş Parkta</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259751399</t>
+          <t>9786259610795</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu’da Balalayka Sesleri (1910-1923)</t>
+          <t>Kurtuluşa Yolculuk</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259751382</t>
+          <t>9786259610788</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ayvalık Delisi</t>
+          <t>Herkes İçin Tarım</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259751375</t>
+          <t>9786259610764</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu Değirmeni / Mankıbeleri – Hikayeleri – Yaşanmış Olayları - Anlatılanlarıyla</t>
+          <t>İran Yılları ve Anılarda Kalanlar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259751368</t>
+          <t>9786259610757</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sava Bulutları</t>
+          <t>Sadece Yaşamak</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259751351</t>
+          <t>9786057171816</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'nin Kültür Dostları</t>
+          <t>Dıdar (Kosova’dan Istanbul’a)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259751344</t>
+          <t>9786259582689</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mucize Bir Yaşam</t>
+          <t>Asla Vazgeçme (Bab'ın Öyküsü)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259751337</t>
+          <t>9786259582672</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Anka‘nın Doğuşu</t>
+          <t>Ümran Solgun Çiçek</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259751320</t>
+          <t>9786259582641</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Şıp</t>
+          <t>Vedalar da Bir Nasiptir</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259795492</t>
+          <t>9786259610702</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hücre</t>
+          <t>Sefine - Tarassut Yazıları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259751313</t>
+          <t>9786259582634</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Şiirlerle Gülümse</t>
+          <t>Mavinin Kıyısında</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259751306</t>
+          <t>9786259582627</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Gönül Hanem Virane</t>
+          <t>Gıda Sanayinde Zirai Hammadde Üretimi ve Tedariki</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259795485</t>
+          <t>9786259582610</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dimitri'nin Kızlar 2- Kala-i Sultaniye / Renköy</t>
+          <t>Silan</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>650</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259795478</t>
+          <t>9786259751399</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dimitri'nin Kızlar 1- Kala-i Sultaniye</t>
+          <t>Gelibolu’da Balalayka Sesleri (1910-1923)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>650</v>
+        <v>370</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057396341</t>
+          <t>9786259751382</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mali Hamal</t>
+          <t>Ayvalık Delisi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259871851</t>
+          <t>9786259751375</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki Dilek Dile</t>
+          <t>Gelibolu Değirmeni / Mankıbeleri – Hikayeleri – Yaşanmış Olayları - Anlatılanlarıyla</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057249852</t>
+          <t>9786259751368</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Direnenler (Çanakkale 1915)</t>
+          <t>Sava Bulutları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057171818</t>
+          <t>9786259751351</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dıdar (Kosova’dan İstanbul’a)</t>
+          <t>Çanakkale'nin Kültür Dostları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259795461</t>
+          <t>9786259751344</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Üşürsem Üzülme</t>
+          <t>Mucize Bir Yaşam</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259795454</t>
+          <t>9786259751337</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tartıcı</t>
+          <t>Anka‘nın Doğuşu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259795447</t>
+          <t>9786259751320</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ailede Duygusal Okuryazarlık</t>
+          <t>Şıp</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259795430</t>
+          <t>9786259795492</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yas</t>
+          <t>Hücre</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259795409</t>
+          <t>9786259751313</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Köşetaşlarım</t>
+          <t>Gönülden Dile Şiirlerle Gülümse</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259795423</t>
+          <t>9786259751306</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ben, Sen ve Biz</t>
+          <t>Gönülden Dile Gönül Hanem Virane</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259795416</t>
+          <t>9786259795485</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kedi Konağı</t>
+          <t>Dimitri'nin Kızlar 2- Kala-i Sultaniye / Renköy</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>270</v>
+        <v>650</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259825472</t>
+          <t>9786259795478</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Nacakçı'dan Mecidiye'ye</t>
+          <t>Dimitri'nin Kızlar 1- Kala-i Sultaniye</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259825489</t>
+          <t>9786057396341</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Üç Aylar ve Kandil Geceleri</t>
+          <t>Mali Hamal</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257995409</t>
+          <t>9786259871851</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Köşetaşlarım</t>
+          <t>Yeter ki Dilek Dile</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259825403</t>
+          <t>9786057249852</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Baba</t>
+          <t>Direnenler (Çanakkale 1915)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259825496</t>
+          <t>9786057171818</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözlük</t>
+          <t>Dıdar (Kosova’dan İstanbul’a)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>650</v>
+        <v>190</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259825441</t>
+          <t>9786259795461</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Kazanı</t>
+          <t>Üşürsem Üzülme</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259825465</t>
+          <t>9786259795454</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Hasan</t>
+          <t>Tartıcı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259825434</t>
+          <t>9786259795447</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Özel Dokunuşlarla Zirai Üretimde 50 Yıl</t>
+          <t>Ailede Duygusal Okuryazarlık</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259825458</t>
+          <t>9786259795430</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'nin Kültür Kuşları</t>
+          <t>Yas</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259871820</t>
+          <t>9786259795409</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Müddet Sevdası Pür</t>
+          <t>Dünden Bugüne Köşetaşlarım</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259451473</t>
+          <t>9786259795423</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ruhunda Hayatın Algısı</t>
+          <t>Ben, Sen ve Biz</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259451497</t>
+          <t>9786259795416</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Seyran-i</t>
+          <t>Kedi Konağı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259451480</t>
+          <t>9786259825472</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>13 Kadın 13 Öykü</t>
+          <t>Nacakçı'dan Mecidiye'ye</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259825427</t>
+          <t>9786259825489</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Aslanlı Paşa - Cezayirli Gazi Hasan Paşa</t>
+          <t>Üç Aylar ve Kandil Geceleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259825410</t>
+          <t>9786257995409</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kayra Renkli Kanatların Peşinde - Türkiye'nin Kuşları (Renkli Resimli 6+Yaş)</t>
+          <t>Köşetaşlarım</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259451466</t>
+          <t>9786259825403</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Cesur Karga ve Arkadaşları - Mutlu Orman Macerası-1 (Renkli Resimli 6+Yaş)</t>
+          <t>Baba</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259451435</t>
+          <t>9786259825496</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ruhların Laneti (Çanakkale İçinde Vurdular Beni)</t>
+          <t>Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>260</v>
+        <v>650</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259451442</t>
+          <t>9786259825441</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Nijerya Bataklığı</t>
+          <t>Demokrasi Kazanı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259451428</t>
+          <t>9786259825465</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Şiirsiler II</t>
+          <t>Sessiz Hasan</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259451459</t>
+          <t>9786259825434</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kuzenim</t>
+          <t>Özel Dokunuşlarla Zirai Üretimde 50 Yıl</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259451404</t>
+          <t>9786259825458</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hayal Okyanusu</t>
+          <t>Çanakkale'nin Kültür Kuşları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259451411</t>
+          <t>9786259871820</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ayaz Ata İle Süper Çocuklar (Renkli Resimli)</t>
+          <t>Aşk-ı Müddet Sevdası Pür</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259871844</t>
+          <t>9786259451473</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam</t>
+          <t>Zamanın Ruhunda Hayatın Algısı</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259871875</t>
+          <t>9786259451497</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'de İz Bırakan Kadınlarımız</t>
+          <t>Seyran-i</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259871899</t>
+          <t>9786259451480</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kazdağları</t>
+          <t>13 Kadın 13 Öykü</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259871882</t>
+          <t>9786259825427</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mali Hamal - Bir Mali Müşavirin Kaleminden</t>
+          <t>Aslanlı Paşa - Cezayirli Gazi Hasan Paşa</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259871813</t>
+          <t>9786259825410</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Suyun Şırıltısında Anadolu</t>
+          <t>Kayra Renkli Kanatların Peşinde - Türkiye'nin Kuşları (Renkli Resimli 6+Yaş)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259871868</t>
+          <t>9786259451466</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon Motivasyon Örgütsel Bağlılık</t>
+          <t>Cesur Karga ve Arkadaşları - Mutlu Orman Macerası-1 (Renkli Resimli 6+Yaş)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259871837</t>
+          <t>9786259451435</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yemek İşi Çocuk İşi</t>
+          <t>Ruhların Laneti (Çanakkale İçinde Vurdular Beni)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259871806</t>
+          <t>9786259451442</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Zeki Ama Çalışmıyor</t>
+          <t>Nijerya Bataklığı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9787597874023</t>
+          <t>9786259451428</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kara Bahtım - Elif Kız</t>
+          <t>Şiirsiler II</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057249883</t>
+          <t>9786259451459</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Zıpır İle Kıpır</t>
+          <t>Kuzenim</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057249845</t>
+          <t>9786259451404</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Düşler Konsun Umuduna</t>
+          <t>Hayal Okyanusu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057249869</t>
+          <t>9786259451411</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>The King Of Sur</t>
+          <t>Ayaz Ata İle Süper Çocuklar (Renkli Resimli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057249838</t>
+          <t>9786259871844</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz Yürek 2</t>
+          <t>Benim Dünyam</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057249821</t>
+          <t>9786259871875</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dilsız Yürek 1</t>
+          <t>Çanakkale'de İz Bırakan Kadınlarımız</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057249814</t>
+          <t>9786259871899</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Duyulmayan Çığlık</t>
+          <t>Kazdağları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057396389</t>
+          <t>9786259871882</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yüreğinize Dokunacagım</t>
+          <t>Mali Hamal - Bir Mali Müşavirin Kaleminden</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057396396</t>
+          <t>9786259871813</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Korku Ormanı</t>
+          <t>Suyun Şırıltısında Anadolu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057171887</t>
+          <t>9786259871868</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İçin Dışına Çevrilsin</t>
+          <t>İnovasyon Motivasyon Örgütsel Bağlılık</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057171894</t>
+          <t>9786259871837</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İyilik Kumbarası</t>
+          <t>Yemek İşi Çocuk İşi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057249807</t>
+          <t>9786259871806</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Zaferin Manevi Kahramanları</t>
+          <t>Çocuğum Zeki Ama Çalışmıyor</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057171856</t>
+          <t>9787597874023</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Soymak Kolay Üretmekten</t>
+          <t>Kara Bahtım - Elif Kız</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057171870</t>
+          <t>9786057249883</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bir Rehberin Türkiye Anıları</t>
+          <t>Zıpır İle Kıpır</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057171849</t>
+          <t>9786057249845</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İmbat Rüzgarı</t>
+          <t>Sonsuz Düşler Konsun Umuduna</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057171863</t>
+          <t>9786057249869</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Cinayet 1</t>
+          <t>The King Of Sur</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057396365</t>
+          <t>9786057249838</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bilge İnsan</t>
+          <t>Dilsiz Yürek 2</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057171832</t>
+          <t>9786057249821</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Eylül Şafağında Prapos</t>
+          <t>Dilsız Yürek 1</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057171825</t>
+          <t>9786057249814</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kelebeklerin Çırpınışı</t>
+          <t>Duyulmayan Çığlık</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057171801</t>
+          <t>9786057396389</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Döngü (Bir 18 Mart Destanı)</t>
+          <t>Yüreğinize Dokunacagım</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057396358</t>
+          <t>9786057396396</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Altın Kalpli Gülce</t>
+          <t>Korku Ormanı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057396372</t>
+          <t>9786057171887</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>İçin Dışına Çevrilsin</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057396334</t>
+          <t>9786057171894</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Karabaş'ın Öcü</t>
+          <t>İyilik Kumbarası</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057396327</t>
+          <t>9786057249807</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ölü Aşklar Derneği</t>
+          <t>Zaferin Manevi Kahramanları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057396310</t>
+          <t>9786057171856</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Melike Aşk Yeşerince 1870</t>
+          <t>Soymak Kolay Üretmekten</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
+          <t>9786057171870</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Bir Rehberin Türkiye Anıları</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786057171849</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>İmbat Rüzgarı</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786057171863</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Ruhsal Cinayet 1</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786057396365</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Bilge İnsan</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786057171832</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Eylül Şafağında Prapos</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786057171825</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Kelebeklerin Çırpınışı</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786057171801</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuz Döngü (Bir 18 Mart Destanı)</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786057396358</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Altın Kalpli Gülce</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786057396372</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Sır</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786057396334</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Karabaş'ın Öcü</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786057396327</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Aşklar Derneği</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786057396310</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Melike Aşk Yeşerince 1870</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
           <t>9786057396303</t>
         </is>
       </c>
-      <c r="B94" s="1" t="inlineStr">
+      <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Benim Karım Bir Çocuk</t>
         </is>
       </c>
-      <c r="C94" s="1">
+      <c r="C106" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>