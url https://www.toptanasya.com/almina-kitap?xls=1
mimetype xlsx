--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,1615 +85,1720 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259267975</t>
+          <t>9786259297040</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Umutlar</t>
+          <t>Bir Baba Bir Oğul Bir Jandarma</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259267999</t>
+          <t>9786259297033</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Künye</t>
+          <t>Kirel Ur Nirel - Kan ve Ruhun Öyküsü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259267982</t>
+          <t>9786259297057</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Öldürmek</t>
+          <t>Karanlık Mucize</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259267968</t>
+          <t>9786259297002</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Aşığı</t>
+          <t>Teneke Trampet Şatafat</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259610733</t>
+          <t>9786259267033</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Yankılar</t>
+          <t>Kırel Ur Nirel</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259610740</t>
+          <t>9786259297026</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Nargin</t>
+          <t>Kendine İyi Bak</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259610719</t>
+          <t>9786259297019</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Zamanı Kayıp</t>
+          <t>Kalbin Bildiği Yol</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259267951</t>
+          <t>9786259267975</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Akrep</t>
+          <t>Sessiz Umutlar</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259267937</t>
+          <t>9786259267999</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ay'ın Çocukları</t>
+          <t>Künye</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259267944</t>
+          <t>9786259267982</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Neden Güçlü Durman Gerekiyor?</t>
+          <t>Ölümü Öldürmek</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259267920</t>
+          <t>9786259267968</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak</t>
+          <t>İstanbul Aşığı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259267906</t>
+          <t>9786259610733</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hakkını Helal Et Yiğidim</t>
+          <t>Sessiz Yankılar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259610771</t>
+          <t>9786259610740</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Parla ile Banniş Parkta</t>
+          <t>Nargin</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259610795</t>
+          <t>9786259610719</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşa Yolculuk</t>
+          <t>Hüznün Zamanı Kayıp</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259610788</t>
+          <t>9786259267951</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Tarım</t>
+          <t>Akrep</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259610764</t>
+          <t>9786259267937</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İran Yılları ve Anılarda Kalanlar</t>
+          <t>Ay'ın Çocukları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259610757</t>
+          <t>9786259267944</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sadece Yaşamak</t>
+          <t>Neden Güçlü Durman Gerekiyor?</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057171816</t>
+          <t>9786259267920</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dıdar (Kosova’dan Istanbul’a)</t>
+          <t>Yalınayak</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259582689</t>
+          <t>9786259267906</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçme (Bab'ın Öyküsü)</t>
+          <t>Hakkını Helal Et Yiğidim</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259582672</t>
+          <t>9786259610771</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ümran Solgun Çiçek</t>
+          <t>Parla ile Banniş Parkta</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259582641</t>
+          <t>9786259610795</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Vedalar da Bir Nasiptir</t>
+          <t>Kurtuluşa Yolculuk</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259610702</t>
+          <t>9786259610788</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sefine - Tarassut Yazıları</t>
+          <t>Herkes İçin Tarım</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259582634</t>
+          <t>9786259610764</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mavinin Kıyısında</t>
+          <t>İran Yılları ve Anılarda Kalanlar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259582627</t>
+          <t>9786259610757</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gıda Sanayinde Zirai Hammadde Üretimi ve Tedariki</t>
+          <t>Sadece Yaşamak</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259582610</t>
+          <t>9786057171816</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Silan</t>
+          <t>Dıdar (Kosova’dan Istanbul’a)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259751399</t>
+          <t>9786259582689</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu’da Balalayka Sesleri (1910-1923)</t>
+          <t>Asla Vazgeçme (Bab'ın Öyküsü)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259751382</t>
+          <t>9786259582672</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ayvalık Delisi</t>
+          <t>Ümran Solgun Çiçek</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259751375</t>
+          <t>9786259582641</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu Değirmeni / Mankıbeleri – Hikayeleri – Yaşanmış Olayları - Anlatılanlarıyla</t>
+          <t>Vedalar da Bir Nasiptir</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259751368</t>
+          <t>9786259610702</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sava Bulutları</t>
+          <t>Sefine - Tarassut Yazıları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259751351</t>
+          <t>9786259582634</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'nin Kültür Dostları</t>
+          <t>Mavinin Kıyısında</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259751344</t>
+          <t>9786259582627</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mucize Bir Yaşam</t>
+          <t>Gıda Sanayinde Zirai Hammadde Üretimi ve Tedariki</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259751337</t>
+          <t>9786259582610</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Anka‘nın Doğuşu</t>
+          <t>Silan</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259751320</t>
+          <t>9786259751399</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Şıp</t>
+          <t>Gelibolu’da Balalayka Sesleri (1910-1923)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259795492</t>
+          <t>9786259751382</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hücre</t>
+          <t>Ayvalık Delisi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259751313</t>
+          <t>9786259751375</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Şiirlerle Gülümse</t>
+          <t>Gelibolu Değirmeni / Mankıbeleri – Hikayeleri – Yaşanmış Olayları - Anlatılanlarıyla</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259751306</t>
+          <t>9786259751368</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Gönül Hanem Virane</t>
+          <t>Sava Bulutları</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259795485</t>
+          <t>9786259751351</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dimitri'nin Kızlar 2- Kala-i Sultaniye / Renköy</t>
+          <t>Çanakkale'nin Kültür Dostları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259795478</t>
+          <t>9786259751344</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dimitri'nin Kızlar 1- Kala-i Sultaniye</t>
+          <t>Mucize Bir Yaşam</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>650</v>
+        <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057396341</t>
+          <t>9786259751337</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mali Hamal</t>
+          <t>Anka‘nın Doğuşu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259871851</t>
+          <t>9786259751320</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki Dilek Dile</t>
+          <t>Şıp</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057249852</t>
+          <t>9786259795492</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Direnenler (Çanakkale 1915)</t>
+          <t>Hücre</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057171818</t>
+          <t>9786259751313</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dıdar (Kosova’dan İstanbul’a)</t>
+          <t>Gönülden Dile Şiirlerle Gülümse</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259795461</t>
+          <t>9786259751306</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Üşürsem Üzülme</t>
+          <t>Gönülden Dile Gönül Hanem Virane</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259795454</t>
+          <t>9786259795485</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tartıcı</t>
+          <t>Dimitri'nin Kızlar 2- Kala-i Sultaniye / Renköy</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>260</v>
+        <v>650</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259795447</t>
+          <t>9786259795478</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ailede Duygusal Okuryazarlık</t>
+          <t>Dimitri'nin Kızlar 1- Kala-i Sultaniye</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259795430</t>
+          <t>9786057396341</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yas</t>
+          <t>Mali Hamal</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259795409</t>
+          <t>9786259871851</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Köşetaşlarım</t>
+          <t>Yeter ki Dilek Dile</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259795423</t>
+          <t>9786057249852</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ben, Sen ve Biz</t>
+          <t>Direnenler (Çanakkale 1915)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259795416</t>
+          <t>9786057171818</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kedi Konağı</t>
+          <t>Dıdar (Kosova’dan İstanbul’a)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259825472</t>
+          <t>9786259795461</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Nacakçı'dan Mecidiye'ye</t>
+          <t>Üşürsem Üzülme</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259825489</t>
+          <t>9786259795454</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Üç Aylar ve Kandil Geceleri</t>
+          <t>Tartıcı</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257995409</t>
+          <t>9786259795447</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Köşetaşlarım</t>
+          <t>Ailede Duygusal Okuryazarlık</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259825403</t>
+          <t>9786259795430</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Baba</t>
+          <t>Yas</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259825496</t>
+          <t>9786259795409</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözlük</t>
+          <t>Dünden Bugüne Köşetaşlarım</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>650</v>
+        <v>270</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259825441</t>
+          <t>9786259795423</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Kazanı</t>
+          <t>Ben, Sen ve Biz</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259825465</t>
+          <t>9786259795416</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Hasan</t>
+          <t>Kedi Konağı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259825434</t>
+          <t>9786259825472</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Özel Dokunuşlarla Zirai Üretimde 50 Yıl</t>
+          <t>Nacakçı'dan Mecidiye'ye</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259825458</t>
+          <t>9786259825489</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'nin Kültür Kuşları</t>
+          <t>Üç Aylar ve Kandil Geceleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259871820</t>
+          <t>9786257995409</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Müddet Sevdası Pür</t>
+          <t>Köşetaşlarım</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259451473</t>
+          <t>9786259825403</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ruhunda Hayatın Algısı</t>
+          <t>Baba</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259451497</t>
+          <t>9786259825496</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Seyran-i</t>
+          <t>Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259451480</t>
+          <t>9786259825441</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>13 Kadın 13 Öykü</t>
+          <t>Demokrasi Kazanı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259825427</t>
+          <t>9786259825465</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Aslanlı Paşa - Cezayirli Gazi Hasan Paşa</t>
+          <t>Sessiz Hasan</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259825410</t>
+          <t>9786259825434</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kayra Renkli Kanatların Peşinde - Türkiye'nin Kuşları (Renkli Resimli 6+Yaş)</t>
+          <t>Özel Dokunuşlarla Zirai Üretimde 50 Yıl</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259451466</t>
+          <t>9786259825458</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Cesur Karga ve Arkadaşları - Mutlu Orman Macerası-1 (Renkli Resimli 6+Yaş)</t>
+          <t>Çanakkale'nin Kültür Kuşları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259451435</t>
+          <t>9786259871820</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ruhların Laneti (Çanakkale İçinde Vurdular Beni)</t>
+          <t>Aşk-ı Müddet Sevdası Pür</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259451442</t>
+          <t>9786259451473</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Nijerya Bataklığı</t>
+          <t>Zamanın Ruhunda Hayatın Algısı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259451428</t>
+          <t>9786259451497</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Şiirsiler II</t>
+          <t>Seyran-i</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259451459</t>
+          <t>9786259451480</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kuzenim</t>
+          <t>13 Kadın 13 Öykü</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259451404</t>
+          <t>9786259825427</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hayal Okyanusu</t>
+          <t>Aslanlı Paşa - Cezayirli Gazi Hasan Paşa</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259451411</t>
+          <t>9786259825410</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ayaz Ata İle Süper Çocuklar (Renkli Resimli)</t>
+          <t>Kayra Renkli Kanatların Peşinde - Türkiye'nin Kuşları (Renkli Resimli 6+Yaş)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259871844</t>
+          <t>9786259451466</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam</t>
+          <t>Cesur Karga ve Arkadaşları - Mutlu Orman Macerası-1 (Renkli Resimli 6+Yaş)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259871875</t>
+          <t>9786259451435</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'de İz Bırakan Kadınlarımız</t>
+          <t>Ruhların Laneti (Çanakkale İçinde Vurdular Beni)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259871899</t>
+          <t>9786259451442</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kazdağları</t>
+          <t>Nijerya Bataklığı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259871882</t>
+          <t>9786259451428</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mali Hamal - Bir Mali Müşavirin Kaleminden</t>
+          <t>Şiirsiler II</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259871813</t>
+          <t>9786259451459</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Suyun Şırıltısında Anadolu</t>
+          <t>Kuzenim</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259871868</t>
+          <t>9786259451404</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon Motivasyon Örgütsel Bağlılık</t>
+          <t>Hayal Okyanusu</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259871837</t>
+          <t>9786259451411</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yemek İşi Çocuk İşi</t>
+          <t>Ayaz Ata İle Süper Çocuklar (Renkli Resimli)</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259871806</t>
+          <t>9786259871844</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Zeki Ama Çalışmıyor</t>
+          <t>Benim Dünyam</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9787597874023</t>
+          <t>9786259871875</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kara Bahtım - Elif Kız</t>
+          <t>Çanakkale'de İz Bırakan Kadınlarımız</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057249883</t>
+          <t>9786259871899</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Zıpır İle Kıpır</t>
+          <t>Kazdağları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057249845</t>
+          <t>9786259871882</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Düşler Konsun Umuduna</t>
+          <t>Mali Hamal - Bir Mali Müşavirin Kaleminden</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057249869</t>
+          <t>9786259871813</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>The King Of Sur</t>
+          <t>Suyun Şırıltısında Anadolu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057249838</t>
+          <t>9786259871868</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz Yürek 2</t>
+          <t>İnovasyon Motivasyon Örgütsel Bağlılık</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057249821</t>
+          <t>9786259871837</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dilsız Yürek 1</t>
+          <t>Yemek İşi Çocuk İşi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057249814</t>
+          <t>9786259871806</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Duyulmayan Çığlık</t>
+          <t>Çocuğum Zeki Ama Çalışmıyor</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057396389</t>
+          <t>9787597874023</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yüreğinize Dokunacagım</t>
+          <t>Kara Bahtım - Elif Kız</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057396396</t>
+          <t>9786057249883</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Korku Ormanı</t>
+          <t>Zıpır İle Kıpır</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057171887</t>
+          <t>9786057249845</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İçin Dışına Çevrilsin</t>
+          <t>Sonsuz Düşler Konsun Umuduna</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057171894</t>
+          <t>9786057249869</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İyilik Kumbarası</t>
+          <t>The King Of Sur</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057249807</t>
+          <t>9786057249838</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Zaferin Manevi Kahramanları</t>
+          <t>Dilsiz Yürek 2</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057171856</t>
+          <t>9786057249821</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Soymak Kolay Üretmekten</t>
+          <t>Dilsız Yürek 1</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057171870</t>
+          <t>9786057249814</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bir Rehberin Türkiye Anıları</t>
+          <t>Duyulmayan Çığlık</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057171849</t>
+          <t>9786057396389</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İmbat Rüzgarı</t>
+          <t>Yüreğinize Dokunacagım</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057171863</t>
+          <t>9786057396396</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Cinayet 1</t>
+          <t>Korku Ormanı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057396365</t>
+          <t>9786057171887</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bilge İnsan</t>
+          <t>İçin Dışına Çevrilsin</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057171832</t>
+          <t>9786057171894</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Eylül Şafağında Prapos</t>
+          <t>İyilik Kumbarası</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057171825</t>
+          <t>9786057249807</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kelebeklerin Çırpınışı</t>
+          <t>Zaferin Manevi Kahramanları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057171801</t>
+          <t>9786057171856</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Döngü (Bir 18 Mart Destanı)</t>
+          <t>Soymak Kolay Üretmekten</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057396358</t>
+          <t>9786057171870</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Altın Kalpli Gülce</t>
+          <t>Bir Rehberin Türkiye Anıları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057396372</t>
+          <t>9786057171849</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>İmbat Rüzgarı</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057396334</t>
+          <t>9786057171863</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Karabaş'ın Öcü</t>
+          <t>Ruhsal Cinayet 1</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057396327</t>
+          <t>9786057396365</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ölü Aşklar Derneği</t>
+          <t>Bilge İnsan</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057396310</t>
+          <t>9786057171832</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Melike Aşk Yeşerince 1870</t>
+          <t>Eylül Şafağında Prapos</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
+          <t>9786057171825</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Kelebeklerin Çırpınışı</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786057171801</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuz Döngü (Bir 18 Mart Destanı)</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786057396358</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Altın Kalpli Gülce</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786057396372</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Sır</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786057396334</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Karabaş'ın Öcü</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786057396327</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Aşklar Derneği</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786057396310</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Melike Aşk Yeşerince 1870</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
           <t>9786057396303</t>
         </is>
       </c>
-      <c r="B106" s="1" t="inlineStr">
+      <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Benim Karım Bir Çocuk</t>
         </is>
       </c>
-      <c r="C106" s="1">
+      <c r="C113" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>