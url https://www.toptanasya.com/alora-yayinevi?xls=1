--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -100,120 +100,120 @@
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786259456379</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Güldür Güldür Mizah Serisi</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057319043</t>
+          <t>9786259742052</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Esrarengiz Kemer - Urartu Uygarlığı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057319012</t>
+          <t>9786259742014</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Kayıp Tablet - Sümer Uygarlığı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057319036</t>
+          <t>9786259742045</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Sihirli Alora - Babil Uygarlığı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057319005</t>
+          <t>9786259742021</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Hançerin Sırrı - Mısır Uygarlığı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057319029</t>
+          <t>9786259742038</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Güneş Testisi - Hitit Uygarlığı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786259456386</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>2025 Sırları ve Ezoterik Karma Astrolojisi</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786057223494</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
@@ -364,46 +364,46 @@
         <is>
           <t>9786057319067</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Noktalama İşaretlerinin Maceraları - Kutulu 9 Kitap</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786057319050</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Macera Dolu Uygarlıklar (8+ yaş) Serisi 5 Kitap + Değerlendirme</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>