--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,325 +85,430 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259456379</t>
+          <t>9786259456348</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Güldür Güldür Mizah Serisi</t>
+          <t>Deli Deli Tepeli</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>600</v>
+        <v>110</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259742052</t>
+          <t>9786259456355</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Kemer - Urartu Uygarlığı</t>
+          <t>Adamı Hasta Etme</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259742014</t>
+          <t>9786259456324</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Tablet - Sümer Uygarlığı</t>
+          <t>Başımın Belası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259742045</t>
+          <t>9786259456362</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Alora - Babil Uygarlığı</t>
+          <t>Kafana Göre Takıl</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259742021</t>
+          <t>9786259456331</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hançerin Sırrı - Mısır Uygarlığı</t>
+          <t>Paşa Gönlün Bilir</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259742038</t>
+          <t>9786057223463</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Güneş Testisi - Hitit Uygarlığı</t>
+          <t>Dikkat ve Görsel Algı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259456386</t>
+          <t>9786259390871</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>2025 Sırları ve Ezoterik Karma Astrolojisi</t>
+          <t>2026 Sırları ve Ezoterik Karma  Astrolojisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057223494</t>
+          <t>9786259456379</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Yetenek Matematik Bilişsel Beceri Serisi 4-5 Yaş</t>
+          <t>Güldür Güldür Mizah Serisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057223470</t>
+          <t>9786259742052</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Mantık Muhakeme</t>
+          <t>Esrarengiz Kemer - Urartu Uygarlığı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057223487</t>
+          <t>9786259742014</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Kavramalar</t>
+          <t>Kayıp Tablet - Sümer Uygarlığı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057223500</t>
+          <t>9786259742045</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Çalışmaları - İnce Motor Becerileri</t>
+          <t>Sihirli Alora - Babil Uygarlığı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057223562</t>
+          <t>9786259742021</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kuş Yastığı</t>
+          <t>Hançerin Sırrı - Mısır Uygarlığı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259456300</t>
+          <t>9786259742038</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya, Bilim Diliyle Allah'ı Anlatıyor</t>
+          <t>Güneş Testisi - Hitit Uygarlığı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>79</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057223210</t>
+          <t>9786259456386</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Pusulası Elinizde</t>
+          <t>2025 Sırları ve Ezoterik Karma Astrolojisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057223586</t>
+          <t>9786057223494</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Diş Sağlığı ve Bakım Serisi</t>
+          <t>Sayısal Yetenek Matematik Bilişsel Beceri Serisi 4-5 Yaş</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057223517</t>
+          <t>9786057223470</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Maraton - Sınav Yolculuğu</t>
+          <t>Dikkat ve Mantık Muhakeme</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057318985</t>
+          <t>9786057223487</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'i Tanıyalım - Kutulu 5 Kitap</t>
+          <t>Dikkat ve Kavramalar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>700</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057319067</t>
+          <t>9786057223500</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Noktalama İşaretlerinin Maceraları - Kutulu 9 Kitap</t>
+          <t>Çizgi Çalışmaları - İnce Motor Becerileri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
+          <t>9786057223562</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Kuş Yastığı</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786259456300</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya, Bilim Diliyle Allah'ı Anlatıyor</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786057223210</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın Pusulası Elinizde</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786057223586</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Diş Sağlığı ve Bakım Serisi</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786057223517</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Maraton - Sınav Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786057318985</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal'i Tanıyalım - Kutulu 5 Kitap</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786057319067</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Noktalama İşaretlerinin Maceraları - Kutulu 9 Kitap</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
           <t>9786057319050</t>
         </is>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Macera Dolu Uygarlıklar (8+ yaş) Serisi 5 Kitap + Değerlendirme</t>
         </is>
       </c>
-      <c r="C20" s="1">
+      <c r="C27" s="1">
         <v>750</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>