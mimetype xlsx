--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -2539,51 +2539,51 @@
         <is>
           <t>3990000005421</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Elmas Taht Elenium 1. Kitap</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>15.28</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
           <t>9786055532888</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Elmas Çağı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>250</v>
+        <v>645</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
           <t>3990000026410</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Elfler</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>6.39</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
           <t>9789752790667</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>