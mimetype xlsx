--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,1015 +85,1315 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255889089</t>
+          <t>9786258174793</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Listen for a Better World</t>
+          <t>Temel Mutfak Matematiği Çözümlü Sorularla Detaylı Anlatım, Deneme Soruları ve Excel Uygulamaları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255889041</t>
+          <t>9786258174472</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İşletme, Yönetim Tarihi ve Ahilik</t>
+          <t>Akılcı İlaç Kullanımı ve Hasta Odaklı Yaklaşım: Örnek Olgular</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>570</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052065778</t>
+          <t>9786258174274</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Türkiye-AB İlişkileri</t>
+          <t>Türkiye-İsrail Diplomatik İlişkilerinin Kuruluşu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258174458</t>
+          <t>9786052065914</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Bilimsel Araştırma, Teknoloji Geliştirme ve İnovasyon Serüveni</t>
+          <t>50 Soruda Romatizma - Hastalara Yönelik Bir Kitap</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052065976</t>
+          <t>9786258174120</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>The Politics of Punishment in the Late Ottoman Empire-Ottoman Prison And Prisoners</t>
+          <t>50 Soruda Gebelikte Ağız Ve Diş Sağlığı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>280</v>
+        <v>85</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258174397</t>
+          <t>9786258174069</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Türkiye - İran İlişkileri</t>
+          <t>50 Soruda Vücut Floramız - Mikroorganizmalarla Birlikteliğimiz</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052065792</t>
+          <t>9786258174083</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya Uygur Resim Sanatında Biçim ve Anlam</t>
+          <t>SAS, JCI, SKS Temelinde Sağlık Hizmetlerinde Kalite Yönetimi Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258174298</t>
+          <t>9786052065815</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yeni - Yeni Diplomasi</t>
+          <t>Kanser ve Radyoterapi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052065709</t>
+          <t>9786052065884</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Oral Mukoza Belirtilerinden Genel Sağlığa</t>
+          <t>50 Soruda Tıbbi Laboratuvar Teknikerliği</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>215</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052065112</t>
+          <t>9786052065921</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Teknolojik Gelişmeler ve Hayatımız</t>
+          <t>50 Soruda Optisyenlik</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052065501</t>
+          <t>9786052065761</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dijital Yönetim, Kırılma ve Yeni Bir Dünya Düzeni</t>
+          <t>50 Soruda Herkes İçin İlk Yardım</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>415</v>
+        <v>170</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258174953</t>
+          <t>9786052065679</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Toplumsal Cinsiyet ve Moda</t>
+          <t>Bölgesel Politika Balkanlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258174816</t>
+          <t>9786052065716</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>XV-XVI. Yüzyıl Holbein Tipi Uşak ve Bergama Halıları’na Avrupa Resim Sanatı Üzerinden Bir Yaklaşım</t>
+          <t>Tarihin Dönüşümü, Dönüşümün Tarihi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258174885</t>
+          <t>9786052065631</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Radyografi</t>
+          <t>Türkiye 20. Yüzyıla Veda Ederken: Doksanların Mirası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258174168</t>
+          <t>9786052065259</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Odyometri</t>
+          <t>Sağlıkta Halkla İlişkiler ve İletişim</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258174779</t>
+          <t>9786052065181</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İşgücü Piyasasında Gençler</t>
+          <t>50 Soruda Sürdürülebilir Kalkınma Hedefleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258174717</t>
+          <t>9786052065198</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında Dünden Bugüne Medeni Hukuk Alanındaki Gelişmeler Sempozyumu</t>
+          <t>Haberleşme Sistemleri Teknolojisi ve Mimarisi 1</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>650</v>
+        <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258174908</t>
+          <t>9786052065013</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Kadın Suretleri</t>
+          <t>Türkiyede ve Dünyada Çocuk Üniversitesi Uygulamaları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258174588</t>
+          <t>9786052065129</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Dental İmplantlar</t>
+          <t>Altın Yıllarım (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258174755</t>
+          <t>9786052065594</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Corporate Sustainability in the Age of Circular Economy</t>
+          <t>Bilime Genç Bakış</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>565</v>
+        <v>440</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258174861</t>
+          <t>9786255889089</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Türkiye-Afrika İlişkileri</t>
+          <t>Listen for a Better World</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258174724</t>
+          <t>9786255889041</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Obeziteyi Anlamak</t>
+          <t>İşletme, Yönetim Tarihi ve Ahilik</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>230</v>
+        <v>570</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258174618</t>
+          <t>9786052065778</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Bulaşıcı Hastalıklar</t>
+          <t>50 Soruda Türkiye-AB İlişkileri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258174663</t>
+          <t>9786258174458</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Depremin Hukuki Boyutu</t>
+          <t>Türkiye'nin Bilimsel Araştırma, Teknoloji Geliştirme ve İnovasyon Serüveni</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>330</v>
+        <v>620</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258174496</t>
+          <t>9786052065976</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Erken Çocukluk Çağı Çürüğü ve Tedavi Yaklaşımları</t>
+          <t>The Politics of Punishment in the Late Ottoman Empire-Ottoman Prison And Prisoners</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258174649</t>
+          <t>9786258174397</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında Türk Dış Politikası Yazıları</t>
+          <t>50 Soruda Türkiye - İran İlişkileri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>530</v>
+        <v>440</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258174380</t>
+          <t>9786052065792</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Küreselleşme</t>
+          <t>Orta Asya Uygur Resim Sanatında Biçim ve Anlam</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258174519</t>
+          <t>9786258174298</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Karantinadan Krize Pandeminin Küresel Etkileri</t>
+          <t>Yeni - Yeni Diplomasi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258174533</t>
+          <t>9786052065709</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Lozan Konferansı ve Barış Antlaşması</t>
+          <t>50 Soruda Oral Mukoza Belirtilerinden Genel Sağlığa</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>560</v>
+        <v>215</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258174564</t>
+          <t>9786052065112</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Meme Kanseri</t>
+          <t>50 Soruda Teknolojik Gelişmeler ve Hayatımız</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258174359</t>
+          <t>9786052065501</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İkinci/Yabancı Dil Öğretiminde Ölçme ve Değerlendirme</t>
+          <t>Dijital Yönetim, Kırılma ve Yeni Bir Dünya Düzeni</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258174434</t>
+          <t>9786258174953</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Leziz Diyet Mutfağı</t>
+          <t>50 Soruda Toplumsal Cinsiyet ve Moda</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258174335</t>
+          <t>9786258174816</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Diş Çürüğü</t>
+          <t>XV-XVI. Yüzyıl Holbein Tipi Uşak ve Bergama Halıları’na Avrupa Resim Sanatı Üzerinden Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258174229</t>
+          <t>9786258174885</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Beslenmeye Dair Merak Ettikleriniz</t>
+          <t>50 Soruda Radyografi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258174328</t>
+          <t>9786258174168</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Türk Sineması</t>
+          <t>50 Soruda Odyometri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258174182</t>
+          <t>9786258174779</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Gelişimi Destekleyici 50 Etkinlik (Psikomotor/Sosyal/Duygusal Gelişim) 3-6 Yaş</t>
+          <t>Türkiye İşgücü Piyasasında Gençler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258174243</t>
+          <t>9786258174717</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Kaygı</t>
+          <t>Cumhuriyetin 100. Yılında Dünden Bugüne Medeni Hukuk Alanındaki Gelişmeler Sempozyumu</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>260</v>
+        <v>650</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258174205</t>
+          <t>9786258174908</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Öncesi ve Sonrası İle Ameliyathane</t>
+          <t>Emeğin Kadın Suretleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>205</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258174038</t>
+          <t>9786258174588</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Renk</t>
+          <t>50 Soruda Dental İmplantlar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052065853</t>
+          <t>9786258174755</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Understanding Digital Transformation in International Politics and Economy</t>
+          <t>Corporate Sustainability in the Age of Circular Economy</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>565</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258174151</t>
+          <t>9786258174861</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Eğitimin Uluslararasılaşması ve Türkiye</t>
+          <t>50 Soruda Türkiye-Afrika İlişkileri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>380</v>
+        <v>490</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052065730</t>
+          <t>9786258174724</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerden Sinematografik Öykülemeye Anlatmanın Yolları</t>
+          <t>Sorularla Obeziteyi Anlamak</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258174014</t>
+          <t>9786258174618</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Türkiye’nin Göç Politikaları</t>
+          <t>50 Soruda Bulaşıcı Hastalıklar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>480</v>
+        <v>470</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052065549</t>
+          <t>9786258174663</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Kültürel Ekonomik Faktörler Etkisinde Tıp Anlayışının Tarihi Gelişimi ve Diş Hekimi Tarihi</t>
+          <t>Sorularla Depremin Hukuki Boyutu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052065839</t>
+          <t>9786258174496</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Boğazlar Rejimi</t>
+          <t>50 Soruda Erken Çocukluk Çağı Çürüğü ve Tedavi Yaklaşımları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052065907</t>
+          <t>9786258174649</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Fizyoterapi</t>
+          <t>Cumhuriyetin 100. Yılında Türk Dış Politikası Yazıları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>170</v>
+        <v>650</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052065525</t>
+          <t>9786258174380</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Tıbbi Görüntüleme Teknikleri</t>
+          <t>50 Soruda Küreselleşme</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052065266</t>
+          <t>9786258174519</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Romatolojide Doğru Tanı İçin Klinik ve Laboratuar Rehberi</t>
+          <t>Karantinadan Krize Pandeminin Küresel Etkileri</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052065280</t>
+          <t>9786258174533</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Aile Hukukunda Kadının Yasal Hakları</t>
+          <t>50 Soruda Lozan Konferansı ve Barış Antlaşması</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>590</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052065273</t>
+          <t>9786258174564</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Küresel İklim Değişikliği ve İnsanlar</t>
+          <t>50 Soruda Meme Kanseri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052065242</t>
+          <t>9786258174359</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Adli Antropoloji</t>
+          <t>İkinci/Yabancı Dil Öğretiminde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052065235</t>
+          <t>9786258174434</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yurttaşlığın Eşitsiz Yüzü - Eşit Yurttaşlık</t>
+          <t>Leziz Diyet Mutfağı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052065228</t>
+          <t>9786258174335</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Koah (Kronik Obstrüktif Akciğer Hastalığı)</t>
+          <t>50 Soruda Diş Çürüğü</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052065211</t>
+          <t>9786258174229</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Ağız ve Diş Sağlığı</t>
+          <t>50 Soruda Beslenmeye Dair Merak Ettikleriniz</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052065204</t>
+          <t>9786258174328</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Üst Yönetim Ekipleri</t>
+          <t>50 Soruda Türk Sineması</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052065167</t>
+          <t>9786258174182</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Popüler Kültür Nedir? Ne Değildir? (Ciltli)</t>
+          <t>Çocuklarda Gelişimi Destekleyici 50 Etkinlik (Psikomotor/Sosyal/Duygusal Gelişim) 3-6 Yaş</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>365</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052065174</t>
+          <t>9786258174243</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Diş Eti Sağlığı</t>
+          <t>50 Soruda Kaygı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052065136</t>
+          <t>9786258174205</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimde Tutundurma ve Strateji</t>
+          <t>50 Soruda Öncesi ve Sonrası İle Ameliyathane</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052065143</t>
+          <t>9786258174038</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Stratejik Yönetim ve Değişim Anlayışı</t>
+          <t>50 Soruda Renk</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>190</v>
+        <v>440</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052065099</t>
+          <t>9786052065853</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tıp Tarihimizde Askeri Sağlık Hizmetleri</t>
+          <t>Understanding Digital Transformation in International Politics and Economy</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052065105</t>
+          <t>9786258174151</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mum Işığında Yaşamak</t>
+          <t>50 Soruda Eğitimin Uluslararasılaşması ve Türkiye</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052065082</t>
+          <t>9786052065730</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>The Art Of Fikret Mualla: Moualla</t>
+          <t>Hikayelerden Sinematografik Öykülemeye Anlatmanın Yolları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052065044</t>
+          <t>9786258174014</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Patronun Ceo'su</t>
+          <t>50 Soruda Türkiye’nin Göç Politikaları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>530</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052065020</t>
+          <t>9786052065549</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Savaş</t>
+          <t>Sosyal Kültürel Ekonomik Faktörler Etkisinde Tıp Anlayışının Tarihi Gelişimi ve Diş Hekimi Tarihi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
+          <t>9786052065839</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>50 Soruda Boğazlar Rejimi</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786052065907</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>50 Soruda Fizyoterapi</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786052065525</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>50 Soruda Tıbbi Görüntüleme Teknikleri</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786052065266</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Romatolojide Doğru Tanı İçin Klinik ve Laboratuar Rehberi</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786052065280</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>50 Soruda Aile Hukukunda Kadının Yasal Hakları</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786052065273</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>50 Soruda Küresel İklim Değişikliği ve İnsanlar</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786052065242</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Adli Antropoloji</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786052065235</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Yurttaşlığın Eşitsiz Yüzü - Eşit Yurttaşlık</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786052065228</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>50 Soruda Koah (Kronik Obstrüktif Akciğer Hastalığı)</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786052065211</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>50 Soruda Ağız ve Diş Sağlığı</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786052065204</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Üst Yönetim Ekipleri</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786052065167</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Popüler Kültür Nedir? Ne Değildir? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786052065174</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>50 Soruda Diş Eti Sağlığı</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786052065136</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Yükseköğretimde Tutundurma ve Strateji</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786052065143</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>50 Soruda Stratejik Yönetim ve Değişim Anlayışı</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786052065099</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Tıp Tarihimizde Askeri Sağlık Hizmetleri</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786052065105</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Mum Işığında Yaşamak</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786052065082</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>The Art Of Fikret Mualla: Moualla</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786052065044</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Patronun Ceo'su</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786052065020</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Savaş</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
           <t>9786052065006</t>
         </is>
       </c>
-      <c r="B66" s="1" t="inlineStr">
+      <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Simple Introduction to Architecture</t>
         </is>
       </c>
-      <c r="C66" s="1">
-        <v>170</v>
+      <c r="C86" s="1">
+        <v>280</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>