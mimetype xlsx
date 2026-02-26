--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,3220 +85,3580 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258248678</t>
+          <t>9786257610605</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türk İşaret Dili (TİD) Akıllı Ders Defteri</t>
+          <t>Sürgünden İntihara Dr. Reşid Beyin Hatıraları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>690</v>
+        <v>60</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258248371</t>
+          <t>9786257610360</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>En Eski Türk Tarihi ve Ur, Su, Mo Adları</t>
+          <t>İlhanlılar Zamanında Tasavvuf</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1370</v>
+        <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258248661</t>
+          <t>9786257610544</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çin Tarihinin Kayıp Dönemi</t>
+          <t>Akrilik Reçineler ve Boyadaki Uygulamaları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>340</v>
+        <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258248654</t>
+          <t>9786257610520</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Nereye Gidiyorsunuz!: Kur’an’dan Evrensel Manifestolar</t>
+          <t>Duygular ve Düşünceler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258248531</t>
+          <t>9786052028971</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Tartışmaları</t>
+          <t>Kelam 4 - Sistematik Kelam Nübüvvet ve Ahiret</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>430</v>
+        <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057702425</t>
+          <t>3990002028308</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Kürt Dosyası</t>
+          <t>Atsız Armağanı Cilt: 2</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>680</v>
+        <v>22.68</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258248548</t>
+          <t>9786056648700</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine İbranice</t>
+          <t>Mehmet Feyzi Efendi'den Feyizler (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>630</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258248623</t>
+          <t>9786052028360</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Varto Mektubu</t>
+          <t>Tanıdığım Ünlü Türkçüler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>330</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258248630</t>
+          <t>9786052028810</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Oktay Sinanoğlu ve Türkçe - Matematik - Bilim - Gönül</t>
+          <t>Türkçe Sözcük Bilgisi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258248647</t>
+          <t>9786052028582</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Sözlüğü</t>
+          <t>Cimri Cemal</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>950</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257610797</t>
+          <t>9786052028698</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hal Erenler Halidir</t>
+          <t>Ömer'in Pişmanlığı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>730</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258248616</t>
+          <t>9786052028704</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çankırı</t>
+          <t>Şaka</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>270</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258248579</t>
+          <t>9786058366213</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Uygur Türk İmparatorluğu</t>
+          <t>Hasan Halveti'nin Süluki'l-Aşıkin'i</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258248586</t>
+          <t>9788065236541</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Derin Tarihi Tİ(R)K’lerden Türkiye Cumhuriyetine Türklüğün 5000 Yılı</t>
+          <t>Atsız Armağanı (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258248562</t>
+          <t>9786052028452</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çingiz Han’ın Türk Müşavirleri Sino-Turcica</t>
+          <t>Bozkırın Mefkuresi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>470</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258248555</t>
+          <t>9786056704802</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Türk Kültürünün Gelişme Çağları</t>
+          <t>YDS Farsça Soru Bankası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>690</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258248517</t>
+          <t>9786056600906</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yılan Bahçesinde Gül Koklamak</t>
+          <t>Türk Dili Tarihi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258248043</t>
+          <t>9786057702593</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hatırlatma Resitali</t>
+          <t>Mehmet Feyzi Efendi’den Hatıralar 2.Cilt</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>230</v>
+        <v>57.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258248159</t>
+          <t>9786057702333</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Harezmşahlar Devleti’nde İlmi Hayat</t>
+          <t>Türk Mitolojisi 2</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>590</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258248289</t>
+          <t>9786057702340</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Sofrasında Bir Başkurt -Abdülkadir İnan’ın Dil Devrimi Hatıraları</t>
+          <t>Türk Mitolojisi 1</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057702609</t>
+          <t>9786057702692</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Feyzi Efendi’den Feyizler - Tuzaklar ve Uyarılar</t>
+          <t>Hulviyyat - Candaroğlu İsmail Bey’den İbadet Tadında Tarifler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258248135</t>
+          <t>3990002028285</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi I-II. (Cilt Takım)</t>
+          <t>Atsız Armağanı 1</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>850</v>
+        <v>22.68</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257610377</t>
+          <t>9786057702289</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çobandan Mektuplar</t>
+          <t>Ardahanlı Ahmed Dursun Natıki - Divan</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257610629</t>
+          <t>9786258248708</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Güneş - Dil Teorisi Üzerine Ders Notları</t>
+          <t>Osmanlı Külliyesi’nin Sessiz Tanıkları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>230</v>
+        <v>680</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257610681</t>
+          <t>9786258248678</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ankaralı Bir Sahafın Hatıraları</t>
+          <t>Türk İşaret Dili (TİD) Akıllı Ders Defteri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>690</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257610568</t>
+          <t>9786258248371</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Bir Beyin İçin Zihinsel Etkilikler</t>
+          <t>En Eski Türk Tarihi ve Ur, Su, Mo Adları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>290</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257610421</t>
+          <t>9786258248661</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gök Türk İmparatorluğu</t>
+          <t>Çin Tarihinin Kayıp Dönemi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257610650</t>
+          <t>9786258248654</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Konuşuyoruz - 1</t>
+          <t>Nereye Gidiyorsunuz!: Kur’an’dan Evrensel Manifestolar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257610612</t>
+          <t>9786258248531</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Osman Tufan Paşa Hatıraları</t>
+          <t>Kimlik Tartışmaları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>310</v>
+        <v>430</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257610346</t>
+          <t>9786057702425</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mevlana - Zindandan Göklere Açılan Kapı</t>
+          <t>Her Yönüyle Kürt Dosyası</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>230</v>
+        <v>680</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057702968</t>
+          <t>9786258248548</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı Rüyalar</t>
+          <t>Kendi Kendine İbranice</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>270</v>
+        <v>630</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057702951</t>
+          <t>9786258248623</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Suları Islatamadım</t>
+          <t>Varto Mektubu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257610438</t>
+          <t>9786258248630</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahim Karakoç Bütün Eserleri</t>
+          <t>Prof. Dr. Oktay Sinanoğlu ve Türkçe - Matematik - Bilim - Gönül</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>3500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057702869</t>
+          <t>9786258248647</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gökçekimi</t>
+          <t>Hukuk Sözlüğü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>240</v>
+        <v>950</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057702883</t>
+          <t>9786257610797</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dosta Doğru</t>
+          <t>Hal Erenler Halidir</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>730</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057702852</t>
+          <t>9786258248616</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Mevsim</t>
+          <t>Çankırı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052028926</t>
+          <t>9786258248579</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Cümle Bi̇lgi̇si̇</t>
+          <t>Uygur Türk İmparatorluğu</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052028742</t>
+          <t>9786258248586</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Azerbaycan</t>
+          <t>Türklerin Derin Tarihi Tİ(R)K’lerden Türkiye Cumhuriyetine Türklüğün 5000 Yılı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052028292</t>
+          <t>9786258248562</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hitabet - Güzel ve Etkili Konuşma Sanatı</t>
+          <t>Çingiz Han’ın Türk Müşavirleri Sino-Turcica</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>330</v>
+        <v>470</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052028490</t>
+          <t>9786258248555</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşı Cevat Rifat Bey'in Günlüklerinde Filistin Cephesinde Nili Casusları</t>
+          <t>Dünden Bugüne Türk Kültürünün Gelişme Çağları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>220</v>
+        <v>690</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052028223</t>
+          <t>9786258248517</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğunun Kuruluşu</t>
+          <t>Yılan Bahçesinde Gül Koklamak</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056704833</t>
+          <t>9786258248043</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Keçi Yetiştiriciliği Hastalıkları ve Tedavileri</t>
+          <t>Hatırlatma Resitali</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052028315</t>
+          <t>9786258248159</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Farsça Kısa Hikayeler</t>
+          <t>Harezmşahlar Devleti’nde İlmi Hayat</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>310</v>
+        <v>590</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052028414</t>
+          <t>9786258248289</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sorun Çözme Terapisi</t>
+          <t>Atatürk’ün Sofrasında Bir Başkurt -Abdülkadir İnan’ın Dil Devrimi Hatıraları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056600999</t>
+          <t>9786057702609</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Türkoloji Ders Notları</t>
+          <t>Mehmet Feyzi Efendi’den Feyizler - Tuzaklar ve Uyarılar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056600975</t>
+          <t>9786258248135</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Dini Tarihi</t>
+          <t>Türk Tarihi I-II. (Cilt Takım)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056600968</t>
+          <t>9786257610377</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kitabe-i Gam</t>
+          <t>Çobandan Mektuplar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>310</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057702494</t>
+          <t>9786257610629</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ali Şükrü Bey Olayı</t>
+          <t>Güneş - Dil Teorisi Üzerine Ders Notları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257610094</t>
+          <t>9786257610681</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Halk Masalları (10 Cilt Takım)</t>
+          <t>Ankaralı Bir Sahafın Hatıraları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>6900</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257610193</t>
+          <t>9786257610568</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>5.000 Yıllık Sümer-Türkmen Bağları</t>
+          <t>Sağlıklı Bir Beyin İçin Zihinsel Etkilikler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057702562</t>
+          <t>9786257610421</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Diksiyon Etkili ve Güzel Konuşma Sanatı</t>
+          <t>Gök Türk İmparatorluğu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057702739</t>
+          <t>9786257610650</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hive Seyahatnamesi ve Tarihi Musavver</t>
+          <t>Türkçe Konuşuyoruz - 1</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057702470</t>
+          <t>9786257610612</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Adli Kolluk Kılavuzu</t>
+          <t>Osman Tufan Paşa Hatıraları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257610124</t>
+          <t>9786257610346</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mossad - Operasyonlarının Efendisi</t>
+          <t>Mevlana - Zindandan Göklere Açılan Kapı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057702296</t>
+          <t>9786057702968</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gönye ve Hilal</t>
+          <t>Yasaklı Rüyalar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057702708</t>
+          <t>9786057702951</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Araştırmaları</t>
+          <t>Suları Islatamadım</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786058070608</t>
+          <t>9786257610438</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Halil Menteşe'nin Anıları</t>
+          <t>Abdurrahim Karakoç Bütün Eserleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>240</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057702364</t>
+          <t>9786057702869</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Duygularınızı Keşfedin</t>
+          <t>Gökçekimi</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258248302</t>
+          <t>9786057702883</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Eski Asurca Dilbilgisi Kültepe Tabletinin Dili</t>
+          <t>Dosta Doğru</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>580</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258248012</t>
+          <t>9786057702852</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Akadca Dilbilgisi</t>
+          <t>Beşinci Mevsim</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>430</v>
+        <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257610445</t>
+          <t>9786052028926</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Akadca Büyük Sözlük</t>
+          <t>Türkçe Cümle Bi̇lgi̇si̇</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258248081</t>
+          <t>9786052028742</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hititçe Dilbilgisi</t>
+          <t>Kuzey Azerbaycan</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>410</v>
+        <v>240</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258248241</t>
+          <t>9786052028292</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hititçe Büyük Sözlük</t>
+          <t>Hitabet - Güzel ve Etkili Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258248005</t>
+          <t>9786052028490</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sümerce Dilbilgisi</t>
+          <t>Yüzbaşı Cevat Rifat Bey'in Günlüklerinde Filistin Cephesinde Nili Casusları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257610995</t>
+          <t>9786052028223</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Akadca-Türkçe Büyük Sözlük</t>
+          <t>Osmanlı İmparatorluğunun Kuruluşu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>430</v>
+        <v>320</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258248036</t>
+          <t>9786056704833</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Urartuca Dilbilgisi</t>
+          <t>Keçi Yetiştiriciliği Hastalıkları ve Tedavileri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258248029</t>
+          <t>9786052028315</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Sümerce Büyük Sözlük</t>
+          <t>Farsça Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>760</v>
+        <v>310</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258248500</t>
+          <t>9786052028414</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sümerce-Türkçe Büyük Sözlük I-II Cilt Takım</t>
+          <t>Sorun Çözme Terapisi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>940</v>
+        <v>360</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058366220</t>
+          <t>9786056600999</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Kişilik ve Özgüven Oluşturma</t>
+          <t>Türkoloji Ders Notları</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258248272</t>
+          <t>9786056600975</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Turova ve Saka Türkleri</t>
+          <t>Eski Türk Dini Tarihi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057702975</t>
+          <t>9786056600968</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Vur Emri</t>
+          <t>Kitabe-i Gam</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057702937</t>
+          <t>9786057702494</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kan Yazısı</t>
+          <t>Ali Şükrü Bey Olayı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057702876</t>
+          <t>9786257610094</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Akıl Karaya Vurdu</t>
+          <t>Anadolu Türk Halk Masalları (10 Cilt Takım)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>220</v>
+        <v>6900</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057702920</t>
+          <t>9786257610193</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gerdanlık 5</t>
+          <t>5.000 Yıllık Sümer-Türkmen Bağları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057702845</t>
+          <t>9786057702562</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Gerdanlık 4</t>
+          <t>Diksiyon Etkili ve Güzel Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057702890</t>
+          <t>9786057702739</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Gerdanlık 1</t>
+          <t>Hive Seyahatnamesi ve Tarihi Musavver</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052028278</t>
+          <t>9786057702470</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Geştalt Terapi Bütünleşmek ve Büyümek</t>
+          <t>Adli Kolluk Kılavuzu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786056600937</t>
+          <t>9786257610124</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kültür Değişmeleri</t>
+          <t>Mossad - Operasyonlarının Efendisi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057702357</t>
+          <t>9786057702296</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tarihte ve Bugün Şamanizm</t>
+          <t>Gönye ve Hilal</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257610674</t>
+          <t>9786057702708</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Millet ve Milliyetçilik</t>
+          <t>Türk Edebiyatı Araştırmaları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>190</v>
+        <v>410</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258248456</t>
+          <t>9786058070608</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hazırcevap İnsanlar</t>
+          <t>Halil Menteşe'nin Anıları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>430</v>
+        <v>240</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052028353</t>
+          <t>9786057702364</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ezbere İlişkilere Ezber Bozan Çözümler</t>
+          <t>Duygularınızı Keşfedin</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258248494</t>
+          <t>9786258248302</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Anılar Varsa Yarınlar Var</t>
+          <t>Eski Asurca Dilbilgisi Kültepe Tabletinin Dili</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>330</v>
+        <v>580</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258248487</t>
+          <t>9786258248012</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Şafakla Gelen Mektuplar</t>
+          <t>Akadca Dilbilgisi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>290</v>
+        <v>430</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258248463</t>
+          <t>9786257610445</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Uzunyayla'dan Türkistan'a Yavuz Bülent Bakiler</t>
+          <t>Türkçe-Akadca Büyük Sözlük</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>390</v>
+        <v>550</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258248333</t>
+          <t>9786258248081</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Atsız Armağanı I-II (2 Cilt)</t>
+          <t>Hititçe Dilbilgisi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>990</v>
+        <v>410</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258248128</t>
+          <t>9786258248241</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Samsatlı Lucianus</t>
+          <t>Hititçe Büyük Sözlük</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257610599</t>
+          <t>9786258248005</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İbn Hallikan’ın Selçuklu Biyografileri ve Çağdaş Simalar</t>
+          <t>Sümerce Dilbilgisi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257610407</t>
+          <t>9786257610995</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Harezmşahlar Döneminde Diplomasi ve Elçilik Faaliyetleri</t>
+          <t>Akadca-Türkçe Büyük Sözlük</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052028421</t>
+          <t>9786258248036</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Farsça YDS 5 Deneme</t>
+          <t>Urartuca Dilbilgisi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786056600920</t>
+          <t>9786258248029</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Türk Kavimleri</t>
+          <t>Türkçe-Sümerce Büyük Sözlük</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>210</v>
+        <v>760</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057702258</t>
+          <t>9786258248500</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Eli Cohen - Casus</t>
+          <t>Sümerce-Türkçe Büyük Sözlük I-II Cilt Takım</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>360</v>
+        <v>940</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258248142</t>
+          <t>9786058366220</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nin Diplomasi Tarihi Makaleler - 2</t>
+          <t>Etkinliklerle Kişilik ve Özgüven Oluşturma</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258248296</t>
+          <t>9786258248272</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Değerler Sorunu Felsefi Bakışla</t>
+          <t>Turova ve Saka Türkleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258248227</t>
+          <t>9786057702975</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Siretü'n-Nebi - Türk Dünyası'nın İlk Siyeri (Ciltli)</t>
+          <t>Vur Emri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>1850</v>
+        <v>320</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258248234</t>
+          <t>9786057702937</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Şakir Kesebir 1889 - 1966 Milli Mücadele ve İktisadi Kalkınmaya Adanmış Bir Ömür</t>
+          <t>Kan Yazısı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258248203</t>
+          <t>9786057702876</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sen Fesleğenleri Öldürdün</t>
+          <t>Akıl Karaya Vurdu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258248197</t>
+          <t>9786057702920</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Göç ve Göçmenler</t>
+          <t>Gerdanlık 5</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>720</v>
+        <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257610964</t>
+          <t>9786057702845</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Türkler - Türkçülüğün Tarihi - Türk Tarihinin Bizans Kaynakları</t>
+          <t>Gerdanlık 4</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257610988</t>
+          <t>9786057702890</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi Not Hülasaları - Türk İstilası Devrinde Macaristan Ve Avusturya’da Casuslar</t>
+          <t>Gerdanlık 1</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257610940</t>
+          <t>9786052028278</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Türk Sözünün Aslı - Eski Türklerde Para - Eski Türklerde Evcil Hayvanların Tarihçesi</t>
+          <t>Geştalt Terapi Bütünleşmek ve Büyümek</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257610957</t>
+          <t>9786056600937</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Oğuzlara Dair - Osmanlıların Aslına Dair - Peçenekler</t>
+          <t>Kültür Değişmeleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257610971</t>
+          <t>9786057702357</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Türk Efsaneleri - Prens Kalyanamkara Ve Papamkara Hikayesinin Uygurcası</t>
+          <t>Tarihte ve Bugün Şamanizm</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257610933</t>
+          <t>9786257610674</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Atilla Ve Oğulları - Hunlar</t>
+          <t>Millet ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258248074</t>
+          <t>9786258248456</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Türk Kağanı Yüce Oğuz’un Destanı</t>
+          <t>Hazırcevap İnsanlar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258248067</t>
+          <t>9786052028353</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kelam 3 - Sistematik Kelam İlahiyat</t>
+          <t>Ezbere İlişkilere Ezber Bozan Çözümler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258248050</t>
+          <t>9786258248494</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Abd Belgelerine Göre Atatürk’ün Ölümünün Perde Arkası</t>
+          <t>Anılar Varsa Yarınlar Var</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257610902</t>
+          <t>9786258248487</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Türk Çocuk Oyunları (10 Cilt Takım)</t>
+          <t>Şafakla Gelen Mektuplar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>6300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257610711</t>
+          <t>9786258248463</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kronolojik Olarak 250 Türk Büyüğü</t>
+          <t>Uzunyayla'dan Türkistan'a Yavuz Bülent Bakiler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>1200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257610636</t>
+          <t>9786258248333</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bolşevikleşme Sürecinde Ermeni-gürcü İlişkileri Ve Türkiye  1917-1921</t>
+          <t>Atsız Armağanı I-II (2 Cilt)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>420</v>
+        <v>990</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257610896</t>
+          <t>9786258248128</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağ’da Savaş Ve Diplomasi</t>
+          <t>Samsatlı Lucianus</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>490</v>
+        <v>310</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257610889</t>
+          <t>9786257610599</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İlk Çağ’dan Viyana Kongresi’ne Diplomasi</t>
+          <t>İbn Hallikan’ın Selçuklu Biyografileri ve Çağdaş Simalar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257610667</t>
+          <t>9786257610407</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Amerikan İç Savaşı El Kitabı</t>
+          <t>Harezmşahlar Döneminde Diplomasi ve Elçilik Faaliyetleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257610704</t>
+          <t>9786052028421</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Dili Olarak Türkçe - 2</t>
+          <t>Farsça YDS 5 Deneme</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257610643</t>
+          <t>9786056600920</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Turan Sultanı Timur</t>
+          <t>Türk Kavimleri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052028438</t>
+          <t>9786057702258</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İççekişler Coğrafyası</t>
+          <t>Eli Cohen - Casus</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057702685</t>
+          <t>9786258248142</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Türkçe Dil Bilgisi</t>
+          <t>Osmanlı Devleti'nin Diplomasi Tarihi Makaleler - 2</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057702326</t>
+          <t>9786258248296</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Balanced Scorecard (Dengeli Ölçüm Kartı)</t>
+          <t>Cumhuriyet ve Değerler Sorunu Felsefi Bakışla</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057702241</t>
+          <t>9786258248227</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Asya Türk Hun İmparatorluğu</t>
+          <t>Kitab-ı Siretü'n-Nebi - Türk Dünyası'nın İlk Siyeri (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>270</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057702647</t>
+          <t>9786258248234</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Anneleri ve Bebekleri (0-3 Yaş)</t>
+          <t>Mehmed Şakir Kesebir 1889 - 1966 Milli Mücadele ve İktisadi Kalkınmaya Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257610575</t>
+          <t>9786258248203</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Ayrıksı Tangosu</t>
+          <t>Sen Fesleğenleri Öldürdün</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257610582</t>
+          <t>9786258248197</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kıssadan Hisse Bilgelik Öyküleri</t>
+          <t>Türkiye'de Göç ve Göçmenler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>210</v>
+        <v>720</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257610339</t>
+          <t>9786257610964</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kaderle Savaşılmaz</t>
+          <t>Yeryüzünde Türkler - Türkçülüğün Tarihi - Türk Tarihinin Bizans Kaynakları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257610551</t>
+          <t>9786257610988</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Buhara Hanlığı Döneminden Cumhuriyete Türkiye Özbekistan İlişkileri ve Osman Kocaoğlu</t>
+          <t>Türk Tarihi Not Hülasaları - Türk İstilası Devrinde Macaristan Ve Avusturya’da Casuslar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257610537</t>
+          <t>9786257610940</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ka</t>
+          <t>Türk Sözünün Aslı - Eski Türklerde Para - Eski Türklerde Evcil Hayvanların Tarihçesi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257610179</t>
+          <t>9786257610957</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Koğuş Türkiye Koğuş Dünya</t>
+          <t>Oğuzlara Dair - Osmanlıların Aslına Dair - Peçenekler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257610155</t>
+          <t>9786257610971</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Onlar Diridirler</t>
+          <t>Türk Efsaneleri - Prens Kalyanamkara Ve Papamkara Hikayesinin Uygurcası</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257610162</t>
+          <t>9786257610933</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Mamak Mahpushanesi</t>
+          <t>Atilla Ve Oğulları - Hunlar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257610186</t>
+          <t>9786258248074</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Adım Yeşil</t>
+          <t>Türk Kağanı Yüce Oğuz’un Destanı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057702906</t>
+          <t>9786258248067</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gerdanlık 2</t>
+          <t>Kelam 3 - Sistematik Kelam İlahiyat</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057702913</t>
+          <t>9786258248050</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Gerdanlık 3</t>
+          <t>Abd Belgelerine Göre Atatürk’ün Ölümünün Perde Arkası</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057702944</t>
+          <t>9786257610902</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Parmak İzi</t>
+          <t>Geleneksel Türk Çocuk Oyunları (10 Cilt Takım)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>250</v>
+        <v>6300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257610513</t>
+          <t>9786257610711</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Sessizliği</t>
+          <t>Kronolojik Olarak 250 Türk Büyüğü</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>290</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257610391</t>
+          <t>9786257610636</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Irak’ta Türkçe Öğretiminin Tarihsel Gelişimi</t>
+          <t>Bolşevikleşme Sürecinde Ermeni-gürcü İlişkileri Ve Türkiye  1917-1921</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257610209</t>
+          <t>9786257610896</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Part Devleti - M.Ö.247-M.S.224</t>
+          <t>Modern Çağ’da Savaş Ve Diplomasi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257610353</t>
+          <t>9786257610889</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet - Mahşeri Yapılanma (Ciltli)</t>
+          <t>İlk Çağ’dan Viyana Kongresi’ne Diplomasi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>620</v>
+        <v>390</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257610216</t>
+          <t>9786257610667</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Deryasına Yolculuk</t>
+          <t>Amerikan İç Savaşı El Kitabı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257610131</t>
+          <t>9786257610704</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Nasturiler</t>
+          <t>Medeniyet Dili Olarak Türkçe - 2</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257610117</t>
+          <t>9786257610643</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İslam Öncesi Türk Tanrı İnancı</t>
+          <t>Turan Sultanı Timur</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057702838</t>
+          <t>9786052028438</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Nihat Keklik ve Hikmet Binası</t>
+          <t>İççekişler Coğrafyası</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057702722</t>
+          <t>9786057702685</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürü Araştırmaları</t>
+          <t>Üniversiteler İçin Türkçe Dil Bilgisi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>410</v>
+        <v>420</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057702715</t>
+          <t>9786057702326</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi Araştırmaları</t>
+          <t>Balanced Scorecard (Dengeli Ölçüm Kartı)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>410</v>
+        <v>450</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786058366282</t>
+          <t>9786057702241</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Farsça Okumaya Giriş</t>
+          <t>Asya Türk Hun İmparatorluğu</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057702500</t>
+          <t>9786057702647</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Çevirileriyle Farsça Öyküler</t>
+          <t>Günümüz Anneleri ve Bebekleri (0-3 Yaş)</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057702388</t>
+          <t>9786257610575</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Farsça Konuşalım - 1</t>
+          <t>Ruhun Ayrıksı Tangosu</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057702395</t>
+          <t>9786257610582</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Farsça Konuşalım - 2</t>
+          <t>Kıssadan Hisse Bilgelik Öyküleri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057702371</t>
+          <t>9786257610339</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Farsça Dilbilgisi - 1</t>
+          <t>Kaderle Savaşılmaz</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786058049703</t>
+          <t>9786257610551</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Farsça Atasözleri ve Deyimler</t>
+          <t>Buhara Hanlığı Döneminden Cumhuriyete Türkiye Özbekistan İlişkileri ve Osman Kocaoğlu</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057702777</t>
+          <t>9786257610537</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Tarih İlminin Usulü</t>
+          <t>Ka</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057702555</t>
+          <t>9786257610179</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’in Hikayelerinde Türk Kimliği ve Milliyetçi Söylem</t>
+          <t>Koğuş Türkiye Koğuş Dünya</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057702807</t>
+          <t>9786257610155</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Tartışmaları</t>
+          <t>Onlar Diridirler</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057702791</t>
+          <t>9786257610162</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nin Diplomasi Tarihi Makaleler-1</t>
+          <t>Mamak Mahpushanesi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057702432</t>
+          <t>9786257610186</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Doğu İlleri ve Varto Tarihi</t>
+          <t>Adım Yeşil</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057702517</t>
+          <t>9786057702906</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Şiir Diliyle Kur’an-ı Kerim Meali</t>
+          <t>Gerdanlık 2</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057702753</t>
+          <t>9786057702913</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İnce Hüzün Bakkalı</t>
+          <t>Gerdanlık 3</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057702746</t>
+          <t>9786057702944</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçuklu Devleti'nin Dağılışı</t>
+          <t>Parmak İzi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786058366275</t>
+          <t>9786257610513</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Sosyolojisi</t>
+          <t>Yıldızların Sessizliği</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057702623</t>
+          <t>9786257610391</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sümerler ve Sümer Dili</t>
+          <t>Irak’ta Türkçe Öğretiminin Tarihsel Gelişimi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057702524</t>
+          <t>9786257610209</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Asya Tarihine Giriş</t>
+          <t>Büyük Türk Part Devleti - M.Ö.247-M.S.224</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057702678</t>
+          <t>9786257610353</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları</t>
+          <t>Kıyamet - Mahşeri Yapılanma (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>410</v>
+        <v>620</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057702319</t>
+          <t>9786257610216</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisi (2 Cilt Takım)</t>
+          <t>Hikmet Deryasına Yolculuk</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>1300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057702630</t>
+          <t>9786257610131</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Babalar da Ağlar</t>
+          <t>Nasturiler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057702616</t>
+          <t>9786257610117</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Feyzi Efendi’den Hatıralar (Cilt Takım) (Ciltli)</t>
+          <t>İslam Öncesi Türk Tanrı İnancı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>810</v>
+        <v>370</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057702463</t>
+          <t>9786057702838</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Moğolların Teşkilat ve İdari Tarihi</t>
+          <t>Nihat Keklik ve Hikmet Binası</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057702456</t>
+          <t>9786057702722</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Harem</t>
+          <t>Türk Kültürü Araştırmaları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>280</v>
+        <v>410</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057702586</t>
+          <t>9786057702715</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Haşhaşi Tarikatı</t>
+          <t>Türk Tarihi Araştırmaları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057702579</t>
+          <t>9786058366282</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Soy Kütüğü</t>
+          <t>Farsça Okumaya Giriş</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057702227</t>
+          <t>9786057702500</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türklerinin Önderleri</t>
+          <t>Türkçe Çevirileriyle Farsça Öyküler</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057702531</t>
+          <t>9786057702388</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Tarih (1789 - 1939)</t>
+          <t>Farsça Konuşalım - 1</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>420</v>
+        <v>270</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057702449</t>
+          <t>9786057702395</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bir Ermeni Gencinin Hatıraları</t>
+          <t>Farsça Konuşalım - 2</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057702401</t>
+          <t>9786057702371</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Self - Determinasyon Ayrılma Girişimleri ve Kürtler</t>
+          <t>Farsça Dilbilgisi - 1</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052233689</t>
+          <t>9786058049703</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Dili Olarak Türkçe</t>
+          <t>Farsça Atasözleri ve Deyimler</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057702159</t>
+          <t>9786057702777</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Türk Hun İmparatorluğu</t>
+          <t>Tarih İlminin Usulü</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057702302</t>
+          <t>9786057702555</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bağışlanma Provaları</t>
+          <t>Ömer Seyfettin’in Hikayelerinde Türk Kimliği ve Milliyetçi Söylem</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057702272</t>
+          <t>9786057702807</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Tarihi</t>
+          <t>Medeniyet Tartışmaları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057702265</t>
+          <t>9786057702791</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Tanrı İle Kavga</t>
+          <t>Osmanlı Devleti’nin Diplomasi Tarihi Makaleler-1</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057702234</t>
+          <t>9786057702432</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Ses ve Biçim Bilgisi</t>
+          <t>Doğu İlleri ve Varto Tarihi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>310</v>
+        <v>390</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786058070615</t>
+          <t>9786057702517</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı’nda Filistin-Suriye Cephesinin Çöküşü</t>
+          <t>Şiir Diliyle Kur’an-ı Kerim Meali</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>240</v>
+        <v>490</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786058049796</t>
+          <t>9786057702753</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Tarihi</t>
+          <t>İnce Hüzün Bakkalı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>620</v>
+        <v>160</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052028322</t>
+          <t>9786057702746</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Mümtaz Turhan Bütün Eserleri</t>
+          <t>Türkiye Selçuklu Devleti'nin Dağılışı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052028865</t>
+          <t>9786058366275</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Nihal Atsız</t>
+          <t>Tüketim Sosyolojisi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>520</v>
+        <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052028834</t>
+          <t>9786057702623</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Türk Ocakları Umumi Katibi Dr. Fethi Erden'in Ocak Hatıraları</t>
+          <t>Sümerler ve Sümer Dili</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052028919</t>
+          <t>9786057702524</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Turkanlarda (Etrüsk) Tanrı, Ruh ve Ölüm</t>
+          <t>Asya Tarihine Giriş</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052028933</t>
+          <t>9786057702678</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Galata'da Yarım Şarkılar</t>
+          <t>Türk Dili Araştırmaları</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>150</v>
+        <v>410</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052028957</t>
+          <t>9786057702319</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Haziran Mezarlığı</t>
+          <t>Türk Mitolojisi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>180</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052028940</t>
+          <t>9786057702630</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Potkal</t>
+          <t>Babalar da Ağlar</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052028872</t>
+          <t>9786057702616</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değilsin Lohusa</t>
+          <t>Mehmet Feyzi Efendi’den Hatıralar (Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>290</v>
+        <v>810</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052028827</t>
+          <t>9786057702463</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi'nde İstanbul</t>
+          <t>Moğolların Teşkilat ve İdari Tarihi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>490</v>
+        <v>340</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052028889</t>
+          <t>9786057702456</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Süreç İçinde Karadeniz Bölgesi</t>
+          <t>Harem</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>480</v>
+        <v>280</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052028896</t>
+          <t>9786057702586</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Abdülhamid Şiirleri Antolojisi -1-2 (Ciltli)</t>
+          <t>Geçmişten Günümüze Haşhaşi Tarikatı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>990</v>
+        <v>310</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052028773</t>
+          <t>9786057702579</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Son Devresi (2 Cilt Takım) (Ciltli)</t>
+          <t>Türk'ün Soy Kütüğü</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>720</v>
+        <v>320</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052028797</t>
+          <t>9786057702227</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Diplomasi Tarihi</t>
+          <t>Azerbaycan Türklerinin Önderleri</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052028803</t>
+          <t>9786057702531</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiiri Poetikası</t>
+          <t>Siyasi Tarih (1789 - 1939)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052028506</t>
+          <t>9786057702449</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamit</t>
+          <t>Bir Ermeni Gencinin Hatıraları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052028513</t>
+          <t>9786057702401</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizin Karartılan Gerçekleri</t>
+          <t>Self - Determinasyon Ayrılma Girişimleri ve Kürtler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052028469</t>
+          <t>9786052233689</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Şarkı Bitti</t>
+          <t>Medeniyet Dili Olarak Türkçe</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052028520</t>
+          <t>9786057702159</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Feyzi Efendi’de Sünnet ve Milli Birlik Anlayışı</t>
+          <t>Avrupa Türk Hun İmparatorluğu</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052028445</t>
+          <t>9786057702302</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Arafta Bir Düşünür - Nurettin Topçu</t>
+          <t>Bağışlanma Provaları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052028407</t>
+          <t>9786057702272</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Cemil Meriç</t>
+          <t>Türk Dünyası Tarihi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052028391</t>
+          <t>9786057702265</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>23 - Lider Bir Şahsiyetin İnşası</t>
+          <t>Tanrı İle Kavga</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052028384</t>
+          <t>9786057702234</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Mavi Akşamlar</t>
+          <t>Türkçe Ses ve Biçim Bilgisi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052028377</t>
+          <t>9786058070615</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa'nın Reisi Süleyman Askeri Bey</t>
+          <t>Birinci Dünya Savaşı’nda Filistin-Suriye Cephesinin Çöküşü</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052028339</t>
+          <t>9786058049796</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Metruk</t>
+          <t>Azerbaycan Tarihi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>160</v>
+        <v>620</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786056600982</t>
+          <t>9786052028322</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Mümtaz Turhan Bütün Eserleri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>490</v>
+        <v>310</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786056704819</t>
+          <t>9786052028865</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz’un 15 Hikayesi</t>
+          <t>Hüseyin Nihal Atsız</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>290</v>
+        <v>520</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786058366299</t>
+          <t>9786052028834</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Efendi Kaptan</t>
+          <t>Türk Ocakları Umumi Katibi Dr. Fethi Erden'in Ocak Hatıraları</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786056600951</t>
+          <t>9786052028919</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Karaman'ın Ünlü Şahsiyetleri</t>
+          <t>Turkanlarda (Etrüsk) Tanrı, Ruh ve Ölüm</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>490</v>
+        <v>330</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786058366251</t>
+          <t>9786052028933</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Patrona İsyanı 1730</t>
+          <t>Galata'da Yarım Şarkılar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>590</v>
+        <v>150</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786058366244</t>
+          <t>9786052028957</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Son Söz Bizde Olmadı</t>
+          <t>Edebiyatın Haziran Mezarlığı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786058366268</t>
+          <t>9786052028940</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Üretim ve Tüketim Teorileri</t>
+          <t>Potkal</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786056600913</t>
+          <t>9786052028872</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kaşgarlı Mahmut</t>
+          <t>Yalnız Değilsin Lohusa</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
+          <t>9786052028827</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Çelebi Seyahatnamesi'nde İstanbul</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786052028889</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Tarihi Süreç İçinde Karadeniz Bölgesi</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786052028896</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 2. Abdülhamid Şiirleri Antolojisi -1-2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786052028773</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Evrenin Son Devresi (2 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786052028797</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Diplomasi Tarihi</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786052028803</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Divan Şiiri Poetikası</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786052028506</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>2. Abdülhamit</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786052028513</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Tarihimizin Karartılan Gerçekleri</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786052028469</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Şarkı Bitti</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786052028520</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Feyzi Efendi’de Sünnet ve Milli Birlik Anlayışı</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786052028445</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Arafta Bir Düşünür - Nurettin Topçu</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786052028407</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen Yönleriyle Cemil Meriç</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786052028391</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>23 - Lider Bir Şahsiyetin İnşası</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786052028384</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Akşamlar</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786052028377</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Teşkilat-ı Mahsusa'nın Reisi Süleyman Askeri Bey</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786052028339</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Metruk</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786056600982</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Hatıralar</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786056704819</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>15 Temmuz’un 15 Hikayesi</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786058366299</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Efendi Kaptan</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786056600951</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Karaman'ın Ünlü Şahsiyetleri</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786058366251</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Patrona İsyanı 1730</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786058366244</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Son Söz Bizde Olmadı</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786058366268</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Üretim ve Tüketim Teorileri</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786056600913</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Kaşgarlı Mahmut</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
           <t>9786056600944</t>
         </is>
       </c>
-      <c r="B213" s="1" t="inlineStr">
+      <c r="B237" s="1" t="inlineStr">
         <is>
           <t>Garplılaşmanın Neresindeyiz?</t>
         </is>
       </c>
-      <c r="C213" s="1">
+      <c r="C237" s="1">
         <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>