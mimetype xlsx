--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,55 +85,475 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
+          <t>9786051863795</t>
+        </is>
+      </c>
+      <c r="B2" s="1" t="inlineStr">
+        <is>
+          <t>Vahdet Milliyetçiliği</t>
+        </is>
+      </c>
+      <c r="C2" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3">
+      <c r="A3" s="1" t="inlineStr">
+        <is>
+          <t>9786053481249</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an-ı Kerim Meali</t>
+        </is>
+      </c>
+      <c r="C3" s="1">
+        <v>11.88</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9786055420932</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Yasin (Fihristli)</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>9786054335541</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Tam Namaz Hocası - Temel Dini Bilgiler</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786053481478</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber Efendimizin (s.a.v) Hanımları</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786053480624</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’nın Rüzgarıyla</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786054335466</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Hadis</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786055420949</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>41 Yasin Türkçe Okunuşları ve Açıklamaları (Fihristli)</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786054335480</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Tam Dua Kitabı</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786053487234</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Hanım Sahabiler</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>5.51</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786053487227</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Faziletli Dualar</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>5.51</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786053487210</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Erkek Sahabiler</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>5.51</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786053487173</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Dört Halife</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>5.51</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786053487203</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Cenneti Nasıl Kazanırım</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>5.51</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786053487197</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Besmele-i Şerif’in Sırları</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>5.51</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786053487180</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Allah Dostlarının Son Anları ve Son Sözleri</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>5.51</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786053485476</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Kaybolmayan Medeniyet Osmanlı</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786053482734</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Allah (c.c)’ın 99 İsmi Esma’ül Hüsna</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>5.51</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786053482246</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Rüya Yorumları</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786053489153</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu İman Hareketi</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786053487265</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber Duaları</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786053487241</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kendime Kur'an Okumayı Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786053487258</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kendime Namaz Kılmayı Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786053487289</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Şifalı Dualar</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786053487272</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Mucizeleri</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786051866055</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Türkler Nasıl Müslüman Oldu?</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786051868707</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber'in Hadislerinde Türkler 2</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786051868691</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber'in Hadislerinde Türkler 1</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
           <t>9786054335473</t>
         </is>
       </c>
-      <c r="B2" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Yunus Emre</t>
         </is>
       </c>
-      <c r="C2" s="1">
+      <c r="C30" s="1">
         <v>22</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>