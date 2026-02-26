--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -94,196 +94,196 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786056350818</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Tekne Mekaniği El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>900</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786056350825</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Sürdürülebilir Yelkencilik</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9789759842673</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Sürat Teknesini Daha İyi Kullanmak İçin 50 Öneri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>210</v>
+        <v>265</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9789759842635</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Kısa Mesafe Telsiz El Kitabı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>255</v>
+        <v>320</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786056350801</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Jim Saltonstall ile Yarışa Hazırlık</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9789759842604</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Amatör Denizci El Kitabı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>315</v>
+        <v>395</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786056350832</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Optimist</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786056350894</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Yelkenli ve Motorlu Yatçılık</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>375</v>
+        <v>470</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786056350870</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Yelkencinin Cep Kitabı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>265</v>
+        <v>335</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786056350863</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Tekne Bakımı El Kitabı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>370</v>
+        <v>465</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786056350849</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Hava Tahminini Geliştirmek İçin 50 Öneri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>285</v>
+        <v>360</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>