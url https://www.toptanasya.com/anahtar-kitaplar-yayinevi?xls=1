--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -94,1516 +94,1516 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9789757787150</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Beş Çember Kitabı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9789757787587</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Takım Yıldızların Gizemli Öyküleri</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9789758612970</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Dört Kapı Kırk Makam</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9789758612246</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Dost Mektupları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9789757787600</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Deli</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9789758612482</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Değişen Teknolojiler ve Habercilikte İstihbarat</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9789757787907</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Çiftlere 365 Soru</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9789757787662</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Büyükanneler Üstüne 365 Söz</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9789757787556</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Bir Damla Yaş ve Bir Gülümseyiş</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9789757787853</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Babalar Üstüne 365 Söz</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9789758612222</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Avrupa Birliği’nde Anayasa ve Anayasacılık</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9789757787945</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Aşk Mektupları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9789758612109</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Askerlik Sanatı</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9789758612956</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Antik Mermerler Amerika Kıyılarında Birleşik Devletler’de Klasik Arkeoloji</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9789757787846</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Anneler Üstüne 365 Söz</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9789757787914</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Altın Çiçeğin Gizi Klasik Çin’in Yaşam Kitabı</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9789758612307</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Alevilik ve Bektaşilik Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9789758612444</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>20. Yüzyılı Hazırlayan Düşünce</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9789758612406</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Ansiklopedik "İzm"ler Sözlüğü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9789758612192</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Zerdüştlük Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9789758612437</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Yorumlu İmam Cafer Buyruğu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9789758612550</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Yitik Savaş Sanatı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9789758612079</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Yine, Yeni, Yeniden, CHP</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9789758612680</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Yeni Medya Ve</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9789757787716</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Vadinin Perileri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9789758612574</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9789758612949</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Tasavvuf Sözlüğü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9789758612024</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Tanrı’nın Sağlık Bahçesi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9789757787365</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Sözler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9789758612321</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Soru Nasıl Sorulur?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9789758612031</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Sioux Efsaneleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9789758612567</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Simgeler Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>800</v>
+        <v>900</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9789757787631</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Sıradışı 365 Kadın</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9789757787686</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Sevgi ve Dostluk Üstüne 365 Söz</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9789758612277</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Savaş Hileleri : Strategemler 3</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9789757787235</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Prens</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786059989107</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Nasıl Bir Yerel Yönetim?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9789758612673</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Mobil Video Haber Servisleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9789758612543</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Methodos: Kuram ve Yöntem Kenarından</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9789757787563</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Peçeye İsyan</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9789758612536</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Medya ve Oryantalizm</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9789758612161</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Lazarus ve Sevgilisi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9789758612352</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Latin Amerika Yerlileri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9789758612116</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Küreselleşen Medya: İktidar ve Mücadele Alanı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9789758612345</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Şeytan Tasarımı Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9789758612390</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Şeyh Bedreddin ve Varidat</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9789757787624</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9789758612048</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Konfüçyüs’ün Bilgeliği</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9789757787655</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Kız Kardeşler Üstüne 365 Söz</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9789757787679</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Kız Çocuklar Üstüne 365 Söz</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9789757787969</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Kırık Kanatlar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9789757787877</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Kendimle Konuşmalar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9789758612369</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Kars Kitabı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9789758612628</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Kamu Diplomasisinde Medyanın Rolü ve Önemi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9789757787648</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Kadınların Erkekler Üstüne 365 Sözü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9789758612208</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>İstanbul’un Yönetimi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9789758612215</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>İstanbul’un "İslambol" On Yılı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9789757787228</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>İnsanoğlu İsa</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9789758612338</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Terakki Fikri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9789758612383</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>İletişim Yansımaları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9789758612512</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Hiçlik Defteri 2</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9789758612505</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Hiçlik Defteri 1</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9789758612154</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Umudun Yol Haritası Hızlı Büyüme Mümkün!</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9789757787792</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Hasat Zamanıdır Yaşlılık</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9789758612086</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Haberin Yol Haritası</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9789758612604</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Etkileşimli Televizyon</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9789757787358</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Ermişin Bahçesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9789758612666</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Ermiş</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9789757787730</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Dünya Tanrıları</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9789757787488</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Dünya Mirası İstanbul</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786059989176</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Osmanlılardan Cumhuriyete Elektrik</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786059989169</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Neden Önce İnsan?</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786059989138</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Eleştirel Düşünce ve Eğitimde Tiyatro</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786059989145</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Felsefe Notlarım</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786059989121</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Yazmasam Olmazdı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786059989084</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Atatürk’ün Ekonomi Devleti Vizyonu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786059989091</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Üç Tragedya</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786059989077</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Hiçlik ve Kuantum</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786059989060</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Suriyeli Sığınmacı Sorunu ve Basına Yansımalar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786059989046</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Hiçlik Defteri 9</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786059989039</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Hiçlik Defteri 8</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786059989022</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Hiçlik Defteri 7</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786059989053</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Eleştirel Medya Çalışmaları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9789757787709</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Sağlık Doğadan Gelir</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9789758612994</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>İkna Ekranları (Cd Ekiyle)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9789758612987</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Türk Modernleşmesinde Düşünsel Dönüşümler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9789757787617</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Haberci</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9789757787471</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Gezgin</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9786059989008</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Fikir Hayatımız - Mehmet Servet</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9789758612659</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Hiçlik Defteri 6</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9789758612642</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Hiçlik Defteri 5</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9789758612635</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Hiçlik Defteri 4</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9789758612529</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Hiçlik Defteri 3</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9789758612468</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Türkiye’nin Geleceği ve CHP</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9789758612581</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Türkiye’de SMS Haberciliği</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9789758612611</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Basın ve Sayısal Yayıncılık Teknolojileri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9789758612376</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Matematikte Bir Öncü Kerim Erim</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9789757787402</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Dünyanın Adsız Bilgeleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>9789758612475</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Ziya Gökalp'te Şarkiyatçılık</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>