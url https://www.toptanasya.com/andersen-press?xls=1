--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,550 +85,640 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9781849394161</t>
+          <t>9781839134548</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hippospotamus</t>
+          <t>Elmer Christmas Slipcase (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>455.43</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9781783446858</t>
+          <t>9781849394499</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hungry Babies</t>
+          <t>Flotsam</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>626.43</v>
+        <v>499</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9781783447558</t>
+          <t>9781783445295</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>I Want My Dad!</t>
+          <t>The Dragonsitter Detective</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>398.43</v>
+        <v>579</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9781839131790</t>
+          <t>9781783444595</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>One You</t>
+          <t>The Dragonsitter: Trick or Treat?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>740.43</v>
+        <v>579</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9781849393041</t>
+          <t>9781783443291</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>One World</t>
+          <t>The Dragonsitter To The Rescue</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>455.43</v>
+        <v>579</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9781839132391</t>
+          <t>9781783442973</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Loving Kindness</t>
+          <t>Dragonsitter Trouble: 2 books in 1</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>455.43</v>
+        <v>629</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9781839132469</t>
+          <t>9781849394161</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>The Duck Never Blinks</t>
+          <t>Hippospotamus</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>740.43</v>
+        <v>499</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9781839134050</t>
+          <t>9781783446858</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Cat and Dog</t>
+          <t>Hungry Babies</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>398.43</v>
+        <v>699</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9781849394475</t>
+          <t>9781783447558</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tuesday</t>
+          <t>I Want My Dad!</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>455.43</v>
+        <v>469</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9781839131301</t>
+          <t>9781839131790</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Who Makes An Ocean?</t>
+          <t>One You</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>740.43</v>
+        <v>839</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9781783445936</t>
+          <t>9781849393041</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Elmer and the Tune</t>
+          <t>One World</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>365.7</v>
+        <v>499</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9781783444557</t>
+          <t>9781839132391</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Elmer and the Race</t>
+          <t>Loving Kindness</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>365.7</v>
+        <v>499</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9781842709504</t>
+          <t>9781839132469</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Elmer and Wilbur</t>
+          <t>The Duck Never Blinks</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>365.7</v>
+        <v>839</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9781842707494</t>
+          <t>9781839134050</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Elmer and the Lost Teddy</t>
+          <t>Cat and Dog</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>365.7</v>
+        <v>469</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9781783449644</t>
+          <t>9781849394475</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Funniest Sports Joke Book Ever (Ciltli)</t>
+          <t>Tuesday</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>284.43</v>
+        <v>499</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9781839130328</t>
+          <t>9781839131301</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tiny Reindeer (Ciltli)</t>
+          <t>Who Makes An Ocean?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>740.43</v>
+        <v>839</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9781783447510</t>
+          <t>9781783445936</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ten Fat Sausages</t>
+          <t>Elmer and the Tune</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>455.43</v>
+        <v>365.7</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9781842707838</t>
+          <t>9781783444557</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Elmer in the Snow (Ciltli)</t>
+          <t>Elmer and the Race</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>393.3</v>
+        <v>365.7</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9781842707814</t>
+          <t>9781842709504</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Elmer and the Lost Teddy (Ciltli)</t>
+          <t>Elmer and Wilbur</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>393.3</v>
+        <v>365.7</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9781448188833</t>
+          <t>9781842707494</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Elmer and the Tune (Ciltli)</t>
+          <t>Elmer and the Lost Teddy</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>393.3</v>
+        <v>365.7</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9781842707166</t>
+          <t>9781783449644</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Elmer and the Rainbow (Ciltli)</t>
+          <t>Funniest Sports Joke Book Ever (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>393.3</v>
+        <v>359</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9781842709856</t>
+          <t>9781839130328</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Elmer's Special Day (Ciltli)</t>
+          <t>Tiny Reindeer (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>393.3</v>
+        <v>839</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9781849399388</t>
+          <t>9781783447510</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Elmer and Wilbur (Ciltli)</t>
+          <t>Ten Fat Sausages</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>393.3</v>
+        <v>499</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9781448188468</t>
+          <t>9781842707838</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Elmer and the Race (Ciltli)</t>
+          <t>Elmer in the Snow (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>393.3</v>
+        <v>439</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9781842707319</t>
+          <t>9781842707814</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Elmer (Ciltli)</t>
+          <t>Elmer and the Lost Teddy (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>393.3</v>
+        <v>439</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9781849394574</t>
+          <t>9781448188833</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Elmer and Super El (Ciltli)</t>
+          <t>Elmer and the Tune (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>393.3</v>
+        <v>439</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9781783441167</t>
+          <t>9781842707166</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mr Wuffles!</t>
+          <t>Elmer and the Rainbow (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>455.43</v>
+        <v>439</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9781849397131</t>
+          <t>9781842709856</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Look After Me</t>
+          <t>Elmer's Special Day (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>479</v>
+        <v>439</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9781783448340</t>
+          <t>9781849399388</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Lost For Words</t>
+          <t>Elmer and Wilbur (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>479</v>
+        <v>439</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9781406364439</t>
+          <t>9781448188468</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>The Boy Who Climbed Into The Moon</t>
+          <t>Elmer and the Race (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>433</v>
+        <v>439</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9781849397698</t>
+          <t>9781842707319</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>The Dragonsitter's Castle</t>
+          <t>Elmer (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>379</v>
+        <v>439</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9781783449279</t>
+          <t>9781849394574</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hope Jones Saves The World</t>
+          <t>Elmer and Super El (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>479</v>
+        <v>439</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9781783449613</t>
+          <t>9781783441167</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>First Light</t>
+          <t>Mr Wuffles!</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>524</v>
+        <v>499</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
+          <t>9781849397131</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Look After Me</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9781783448340</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Lost For Words</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9781406364439</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>The Boy Who Climbed Into The Moon</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9781849397698</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>The Dragonsitter's Castle</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9781783449279</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Hope Jones Saves The World</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9781783449613</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>First Light</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
           <t>9781783448326</t>
         </is>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B41" s="1" t="inlineStr">
         <is>
           <t>No Fixed Address</t>
         </is>
       </c>
-      <c r="C35" s="1">
-        <v>449</v>
+      <c r="C41" s="1">
+        <v>649</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>