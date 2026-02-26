--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -94,96 +94,96 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786259864150</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Deha Atatürk</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9999999000348</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Şaseli 5. Grup</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9999999000362</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Şaseli 7.Grup</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786259864143</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Mavi Gözlü Çocuk Mustafa Kemal</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786057921727</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Sanat Takvimi 2022 Duvar Takvimi</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786057921710</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>