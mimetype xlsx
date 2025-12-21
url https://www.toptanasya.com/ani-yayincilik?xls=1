--- v0 (2025-10-20)
+++ v1 (2025-12-21)
@@ -85,10900 +85,10930 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055214807</t>
+          <t>9786255525581</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+          <t>Koşullama ve Öğrenmenin Temelleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>378</v>
+        <v>360</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051706009</t>
+          <t>9786051706559</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel İspat ve Öğretimi</t>
+          <t>Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>386.4</v>
+        <v>306</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255525109</t>
+          <t>9786055214807</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı Formları</t>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>285.6</v>
+        <v>378</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255525321</t>
+          <t>9786051706009</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Perspektifinden Eğitime Giriş</t>
+          <t>Matematiksel İspat ve Öğretimi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>275</v>
+        <v>386.4</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255525345</t>
+          <t>9786255525109</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Dilbilim El Kitabı</t>
+          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı Formları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>275</v>
+        <v>285.6</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051709871</t>
+          <t>9786255525321</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Modern Liderlik Türleri ve Örgütsel İletişim</t>
+          <t>21. Yüzyıl Perspektifinden Eğitime Giriş</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>312</v>
+        <v>275</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051706030</t>
+          <t>9786255525345</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Öğretimi</t>
+          <t>Toplumsal Dilbilim El Kitabı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>396</v>
+        <v>275</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051709574</t>
+          <t>9786051709871</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Okulu</t>
+          <t>Modern Liderlik Türleri ve Örgütsel İletişim</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>468</v>
+        <v>312</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255525147</t>
+          <t>9786051706030</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teorisyenler 4</t>
+          <t>Sosyal Bilgiler Öğretimi</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>396</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255525086</t>
+          <t>9786051709574</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Suçun Sosyolojisi</t>
+          <t>Frankfurt Okulu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>219.6</v>
+        <v>468</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051709420</t>
+          <t>9786255525147</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Otistik Çocuklar için Davranışsal Eğitim Programı 1</t>
+          <t>Çağdaş Sosyal Teorisyenler 4</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>328.8</v>
+        <v>396</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051709796</t>
+          <t>9786255525086</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bebeklik Döneminde Gelişim ve Eğitim</t>
+          <t>Suçun Sosyolojisi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>342</v>
+        <v>219.6</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051709833</t>
+          <t>9786051709420</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma Temelli Disiplin</t>
+          <t>Otistik Çocuklar için Davranışsal Eğitim Programı 1</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>384</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051709161</t>
+          <t>9786051709796</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İlköğretimde Drama: Kuram ve Uygulama</t>
+          <t>Bebeklik Döneminde Gelişim ve Eğitim</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>212.4</v>
+        <v>342</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051706849</t>
+          <t>9786051709833</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Özel Öğretim Yöntemleri</t>
+          <t>Bağlanma Temelli Disiplin</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>270</v>
+        <v>384</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051707839</t>
+          <t>9786051709161</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Temelleri</t>
+          <t>İlköğretimde Drama: Kuram ve Uygulama</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>316.8</v>
+        <v>212.4</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051709598</t>
+          <t>9786051706849</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Program Değerlendirme: Süreçler - Yaklaşımlar ve Modeller</t>
+          <t>Özel Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>198</v>
+        <v>270</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051706368</t>
+          <t>9786051707839</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Oksford'un Öküzü</t>
+          <t>Eğitimin Temelleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>315.6</v>
+        <v>316.8</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255525239</t>
+          <t>9786051709598</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Öz Terapinin Getirdikleri</t>
+          <t>Eğitimde Program Değerlendirme: Süreçler - Yaklaşımlar ve Modeller</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>252</v>
+        <v>198</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051705712</t>
+          <t>9786051706368</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Handbook For Teaching Foreign Languages To Young Learners In Primary Schools</t>
+          <t>Oksford'un Öküzü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>351.6</v>
+        <v>315.6</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255525277</t>
+          <t>9786255525239</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aile Danışmanlığı Uygulamaları</t>
+          <t>Öz Terapinin Getirdikleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>334.8</v>
+        <v>252</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255525253</t>
+          <t>9786051705712</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+          <t>Handbook For Teaching Foreign Languages To Young Learners In Primary Schools</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>456</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051709697</t>
+          <t>9786255525277</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Sınıflar ve Yönetimi</t>
+          <t>Aile Danışmanlığı Uygulamaları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>702</v>
+        <v>334.8</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051709635</t>
+          <t>9786255525253</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Disipliner Okuryazarlıklar</t>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>381.6</v>
+        <v>456</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051704654</t>
+          <t>9786051709697</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Korkut'a Armağan Eğitimde 58 Yıl</t>
+          <t>Yeni Nesil Sınıflar ve Yönetimi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>576</v>
+        <v>702</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051709895</t>
+          <t>9786051709635</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Adli Dilbilim Sözlüğü</t>
+          <t>Disipliner Okuryazarlıklar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>168</v>
+        <v>381.6</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051709956</t>
+          <t>9786051704654</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kuram ve Uygulamada Sınıf Yönetimi</t>
+          <t>Hüseyin Korkut'a Armağan Eğitimde 58 Yıl</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>330</v>
+        <v>576</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051709970</t>
+          <t>9786051709895</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Kültür: Kültürel Bağlamlı Matematik Etkinlikleri</t>
+          <t>Adli Dilbilim Sözlüğü</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>264</v>
+        <v>168</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051709987</t>
+          <t>9786051709956</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgilerin Temelleri</t>
+          <t>Kuram ve Uygulamada Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>408</v>
+        <v>330</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051709444</t>
+          <t>9786051709970</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Otistik Çocuklar için Davranışsal Eğitim Programı 2</t>
+          <t>Matematik ve Kültür: Kültürel Bağlamlı Matematik Etkinlikleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>328.8</v>
+        <v>264</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259532943</t>
+          <t>9786051709987</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Matematik Eğitiminde Algoritma, Kodlama ve Programlama</t>
+          <t>Sosyal Bilgilerin Temelleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>288</v>
+        <v>408</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259771625</t>
+          <t>9786051709444</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırmalarda Tasarım ve Uygulama</t>
+          <t>Otistik Çocuklar için Davranışsal Eğitim Programı 2</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>312</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255525031</t>
+          <t>9786259532943</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Freud’un Sosyolojisi</t>
+          <t>Matematik Eğitiminde Algoritma, Kodlama ve Programlama</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>456</v>
+        <v>288</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255525000</t>
+          <t>9786259771625</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Endüstriyel Kimya</t>
+          <t>Nitel Araştırmalarda Tasarım ve Uygulama</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>696</v>
+        <v>312</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255525062</t>
+          <t>9786255525031</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Stratejik Güçler: Psikolojik Harp Tekniklerinin ve İstihbarat Servislerinin Eğitime Etkileri</t>
+          <t>Freud’un Sosyolojisi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>420</v>
+        <v>456</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259532981</t>
+          <t>9786255525000</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Etkili İletişim Becerileri</t>
+          <t>Endüstriyel Kimya</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>240</v>
+        <v>696</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259532929</t>
+          <t>9786255525062</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Altı Adımda Başarılı Literatür Tarama</t>
+          <t>Eğitimde Stratejik Güçler: Psikolojik Harp Tekniklerinin ve İstihbarat Servislerinin Eğitime Etkileri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>324</v>
+        <v>420</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255525116</t>
+          <t>9786259532981</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ölçme ve Değerlendirme</t>
+          <t>Eğitimde Etkili İletişim Becerileri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>328.8</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051709505</t>
+          <t>9786259532929</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Üstün Yetenekli Çocuğun Yaşam Üçgeni</t>
+          <t>Altı Adımda Başarılı Literatür Tarama</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>314.4</v>
+        <v>324</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051709611</t>
+          <t>9786255525116</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Psikolojisi</t>
+          <t>Eğitimde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>328.8</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051709543</t>
+          <t>9786051709505</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Hukuku ve Uygulamaları</t>
+          <t>Üstün Yetenekli Çocuğun Yaşam Üçgeni</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>360</v>
+        <v>314.4</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051709208</t>
+          <t>9786051709611</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetiminde Alan Araştırması Kılavuzu (EYAAK)</t>
+          <t>Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>324</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051709857</t>
+          <t>9786051709543</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Eleştirel Düşünme: Örnekler ve Uygulamalar</t>
+          <t>Eğitim Hukuku ve Uygulamaları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>192</v>
+        <v>360</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051709932</t>
+          <t>9786051709208</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ters Yüz Öğrenme Modeli</t>
+          <t>Eğitim Yönetiminde Alan Araştırması Kılavuzu (EYAAK)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>270</v>
+        <v>324</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051709369</t>
+          <t>9786051709857</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğretimi Sürecinde Ölçme ve Değerlendirme</t>
+          <t>Her Yönüyle Eleştirel Düşünme: Örnekler ve Uygulamalar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>192</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259771670</t>
+          <t>9786051709932</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Okul Yönetimi</t>
+          <t>Ters Yüz Öğrenme Modeli</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>288</v>
+        <v>270</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259771649</t>
+          <t>9786051709369</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Farklı Disiplinlerin Bakış Açılarından Kadın ve Suç Profilleri</t>
+          <t>Yabancı Dil Olarak Türkçe Öğretimi Sürecinde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051706979</t>
+          <t>9786259771670</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik ve Ergen Bireye Yaklaşım</t>
+          <t>Okul Yönetimi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>315</v>
+        <v>288</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051709406</t>
+          <t>9786259771649</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Aile Danışmanlığı</t>
+          <t>Farklı Disiplinlerin Bakış Açılarından Kadın ve Suç Profilleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>423.6</v>
+        <v>360</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051708515</t>
+          <t>9786051706979</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Ergenlik ve Ergen Bireye Yaklaşım</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>306</v>
+        <v>315</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051708171</t>
+          <t>9786051709406</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Uygulama Örnekleriyle Sınıf Yönetimi</t>
+          <t>Aile Danışmanlığı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>258</v>
+        <v>423.6</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051709703</t>
+          <t>9786051708515</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetiminde Yeni Yaklaşımlar</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>315.6</v>
+        <v>306</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051706733</t>
+          <t>9786051708171</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri ve Toplum Kalkınması</t>
+          <t>Uygulama Örnekleriyle Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>252</v>
+        <v>258</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051709918</t>
+          <t>9786051709703</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Estonya Eğitim Sistemi: Geleceğe Yolculuk</t>
+          <t>Eğitim Yönetiminde Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>324</v>
+        <v>315.6</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051709673</t>
+          <t>9786051706733</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemine Eleştirel Bir Bakış</t>
+          <t>Köy Enstitüleri ve Toplum Kalkınması</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>345.6</v>
+        <v>252</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051709529</t>
+          <t>9786051709918</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Yönetiminin Felsefi Temelleri</t>
+          <t>Estonya Eğitim Sistemi: Geleceğe Yolculuk</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>417.6</v>
+        <v>324</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051709772</t>
+          <t>9786051709673</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Eğitimciler için Yapay Zeka</t>
+          <t>Türk Eğitim Sistemine Eleştirel Bir Bakış</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>230.4</v>
+        <v>345.6</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051709727</t>
+          <t>9786051709529</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Okul Temelli Konsültasyon Eğitim Programı</t>
+          <t>Eğitim ve Yönetiminin Felsefi Temelleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>230.4</v>
+        <v>417.6</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051709802</t>
+          <t>9786051709772</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Yönetiminin Sosyal Temelleri</t>
+          <t>Eğitimciler için Yapay Zeka</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>518.4</v>
+        <v>230.4</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051709390</t>
+          <t>9786051709727</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Koşullama ve Öğrenmenin Temelleri</t>
+          <t>Okul Temelli Konsültasyon Eğitim Programı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>360</v>
+        <v>230.4</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051709086</t>
+          <t>9786051709802</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Son Değişikliklerle Okul Öncesi Eğitim Programı ve Etkinlik Yaşı</t>
+          <t>Eğitim ve Yönetiminin Sosyal Temelleri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>386.4</v>
+        <v>518.4</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051709147</t>
+          <t>9786051709390</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sosyolojisi</t>
+          <t>Koşullama ve Öğrenmenin Temelleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>344.4</v>
+        <v>360</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051709345</t>
+          <t>9786051709086</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>ChatGPT in Foreign Language Education and Translation Studies</t>
+          <t>Son Değişikliklerle Okul Öncesi Eğitim Programı ve Etkinlik Yaşı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>403.2</v>
+        <v>386.4</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051709321</t>
+          <t>9786051709147</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Öncesi Psikolojik Danışma</t>
+          <t>Eğitim Sosyolojisi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>315.6</v>
+        <v>344.4</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051709307</t>
+          <t>9786051709345</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemine Eleştirel Bir Bakış</t>
+          <t>ChatGPT in Foreign Language Education and Translation Studies</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>240</v>
+        <v>403.2</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051709239</t>
+          <t>9786051709321</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Otizm Spektrum Bozukluğuna Yönelik Kapsamlı Uygulamalar</t>
+          <t>Evlilik Öncesi Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>750</v>
+        <v>315.6</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051709284</t>
+          <t>9786051709307</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kapsayıcı Öğretmen El Kitabı</t>
+          <t>Türk Eğitim Sistemine Eleştirel Bir Bakış</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>398.4</v>
+        <v>240</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051703565</t>
+          <t>9786051709239</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel - Yaşantısal Teori Temelli Psiko - Eğitim Programı</t>
+          <t>Otizm Spektrum Bozukluğuna Yönelik Kapsamlı Uygulamalar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>165.6</v>
+        <v>750</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051708867</t>
+          <t>9786051709284</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sosyolojisi</t>
+          <t>Kapsayıcı Öğretmen El Kitabı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>375</v>
+        <v>398.4</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051708805</t>
+          <t>9786051703565</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sosyolojisi</t>
+          <t>Bilişsel - Yaşantısal Teori Temelli Psiko - Eğitim Programı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>226.8</v>
+        <v>165.6</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051708782</t>
+          <t>9786051708867</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teorisyenler-3</t>
+          <t>Eğitim Sosyolojisi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>396</v>
+        <v>375</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051708775</t>
+          <t>9786051708805</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Tarihi 4 - Hegel, Proudhon, Marx, Durkheim, Weber Ve Veblen'in Sosyal Teorileri</t>
+          <t>Çocuk Sosyolojisi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>414</v>
+        <v>226.8</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051708973</t>
+          <t>9786051708782</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Markalar Arası İş Birlikleri</t>
+          <t>Çağdaş Sosyal Teorisyenler-3</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>270</v>
+        <v>396</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051708959</t>
+          <t>9786051708775</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Grafik Dil ve Anlatım Biçimleri</t>
+          <t>Sosyoloji Tarihi 4 - Hegel, Proudhon, Marx, Durkheim, Weber Ve Veblen'in Sosyal Teorileri</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>414</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051708584</t>
+          <t>9786051708973</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kapsamlı Gelişimsel Rehberlik Programı</t>
+          <t>Markalar Arası İş Birlikleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>486</v>
+        <v>270</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051709185</t>
+          <t>9786051708959</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+          <t>Grafik Dil ve Anlatım Biçimleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>232</v>
+        <v>414</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051709062</t>
+          <t>9786051708584</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetiminde Çağdaş Yaklaşımlar</t>
+          <t>Kapsamlı Gelişimsel Rehberlik Programı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>396</v>
+        <v>486</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051708560</t>
+          <t>9786051709185</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Suçun Sosyolojisi</t>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>183</v>
+        <v>232</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051708997</t>
+          <t>9786051709062</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dil Öğretiminde Sözsüz İletişim Becerileri</t>
+          <t>Sınıf Yönetiminde Çağdaş Yaklaşımlar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>252</v>
+        <v>396</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051709222</t>
+          <t>9786051708560</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimde Program Geliştirme TED Üniversitesi Eğitim Fakültesi Örneği</t>
+          <t>Suçun Sosyolojisi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>288</v>
+        <v>183</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051709109</t>
+          <t>9786051708997</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler ile Bütünleştirilmiş STEM (S- STEM)</t>
+          <t>Dil Öğretiminde Sözsüz İletişim Becerileri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>342</v>
+        <v>252</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051709253</t>
+          <t>9786051709222</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’nin Sosyolojisi</t>
+          <t>Yükseköğretimde Program Geliştirme TED Üniversitesi Eğitim Fakültesi Örneği</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>324</v>
+        <v>288</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051705750</t>
+          <t>9786051709109</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı Formları</t>
+          <t>Sosyal Bilgiler ile Bütünleştirilmiş STEM (S- STEM)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>285.6</v>
+        <v>342</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051708881</t>
+          <t>9786051709253</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Ekonomisi Eleştirel Bir Yaklaşım</t>
+          <t>Nietzsche’nin Sosyolojisi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>288</v>
+        <v>324</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051708904</t>
+          <t>9786051705750</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Dersinde Doğal Afetler Konusu ile İlgili Uygulanabilir Etkinlik Örnekleri</t>
+          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı Formları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>270</v>
+        <v>285.6</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051708546</t>
+          <t>9786051708881</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Biyoçeşitlilik Eğitimi</t>
+          <t>Eğitim Ekonomisi Eleştirel Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>580.8</v>
+        <v>288</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051708669</t>
+          <t>9786051708904</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Veysel Sönmez'e Armağan</t>
+          <t>Sosyal Bilgiler Dersinde Doğal Afetler Konusu ile İlgili Uygulanabilir Etkinlik Örnekleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>405.6</v>
+        <v>270</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051708843</t>
+          <t>9786051708546</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Üst Düzey Düşünme Becerilerini Geliştirme Stratejileri</t>
+          <t>Biyoçeşitlilik Eğitimi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>522</v>
+        <v>580.8</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051708478</t>
+          <t>9786051708669</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>SPSS Kullanma Kılavuzu</t>
+          <t>Prof. Dr. Veysel Sönmez'e Armağan</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>558</v>
+        <v>405.6</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051706856</t>
+          <t>9786051708843</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Ölçekler -Kültürler Arası</t>
+          <t>Üst Düzey Düşünme Becerilerini Geliştirme Stratejileri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>396</v>
+        <v>522</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051707853</t>
+          <t>9786051708478</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Örnek Eğitim Durumlarıyla Türkçe Türk Dili ve Edebiyatı Öğretimi</t>
+          <t>SPSS Kullanma Kılavuzu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>237.6</v>
+        <v>558</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051705910</t>
+          <t>9786051706856</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Program Geliştirme Kavramlar Yaklaşımlar</t>
+          <t>Psikolojik Ölçekler -Kültürler Arası</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>328.8</v>
+        <v>396</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051708744</t>
+          <t>9786051707853</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Eril Eegemenlik Bağlamında Toplumsal Cinsiyet</t>
+          <t>Örnek Eğitim Durumlarıyla Türkçe Türk Dili ve Edebiyatı Öğretimi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>411</v>
+        <v>237.6</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051708829</t>
+          <t>9786051705910</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Okul Hukuku Düzenlemeler ve Uygulamalar</t>
+          <t>Eğitimde Program Geliştirme Kavramlar Yaklaşımlar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>993.6</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786051705811</t>
+          <t>9786051708744</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tez Nasıl Yazılır</t>
+          <t>Eril Eegemenlik Bağlamında Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>396</v>
+        <v>411</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786051708638</t>
+          <t>9786051708829</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Toplam Kalite Yönetimi ve Stratejik Planlama</t>
+          <t>Okul Hukuku Düzenlemeler ve Uygulamalar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>338.4</v>
+        <v>993.6</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786051707990</t>
+          <t>9786051705811</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Vaka ve Araştırma Örnekleriyle Psikolojik Danışma ve Rehberlikte Konsültasyon</t>
+          <t>Tez Nasıl Yazılır</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>284.4</v>
+        <v>396</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051708393</t>
+          <t>9786051708638</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Leon Festinger'in Bilişsel Uyumsuzluk Kuramı</t>
+          <t>Toplam Kalite Yönetimi ve Stratejik Planlama</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>262.8</v>
+        <v>338.4</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051708614</t>
+          <t>9786051707990</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Üzerine Siyasi Notlar</t>
+          <t>Vaka ve Araştırma Örnekleriyle Psikolojik Danışma ve Rehberlikte Konsültasyon</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>450</v>
+        <v>284.4</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786051708690</t>
+          <t>9786051708393</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İndividual Differences İn English Language Education: Teacher And Learner Motİvatİon</t>
+          <t>Leon Festinger'in Bilişsel Uyumsuzluk Kuramı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>594</v>
+        <v>262.8</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786051708331</t>
+          <t>9786051708614</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>SPSS İle Temel Veri Analizleri</t>
+          <t>Kıbrıs Üzerine Siyasi Notlar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>342</v>
+        <v>450</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786051708553</t>
+          <t>9786051708690</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Okulu</t>
+          <t>İndividual Differences İn English Language Education: Teacher And Learner Motİvatİon</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>325</v>
+        <v>594</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051707884</t>
+          <t>9786051708331</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ölçme ve Değerlendirme</t>
+          <t>SPSS İle Temel Veri Analizleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>279.6</v>
+        <v>342</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051708508</t>
+          <t>9786051708553</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Temel Psikoloji Modüler Bir Yaklaşım</t>
+          <t>Frankfurt Okulu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>384</v>
+        <v>325</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051707914</t>
+          <t>9786051707884</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri: Etkinlik ve Ders Planı Örnekleriyle Zenginleştirilmiş</t>
+          <t>Eğitimde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>348</v>
+        <v>279.6</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051707907</t>
+          <t>9786051708508</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Temel Psikoloji Modüler Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>384</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051708058</t>
+          <t>9786051707914</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bedene Yolculuk</t>
+          <t>Öğretim İlke ve Yöntemleri: Etkinlik ve Ders Planı Örnekleriyle Zenginleştirilmiş</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>306</v>
+        <v>348</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051705804</t>
+          <t>9786051707907</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tez Nasıl Yazılır</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>139</v>
+        <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786051707211</t>
+          <t>9786051708058</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri Ve Materyal Tasarımı</t>
+          <t>Bedene Yolculuk</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>298.8</v>
+        <v>306</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786051708034</t>
+          <t>9786051705804</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon Yönetimi Ve İnovatif Metaverse Devrimi</t>
+          <t>Tez Nasıl Yazılır</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>259</v>
+        <v>139</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786051707679</t>
+          <t>9786051707211</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bebeklikten Ergenliğe İyi Oluş Pozitif Düşünme Eğitimi</t>
+          <t>Öğretim Teknolojileri Ve Materyal Tasarımı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>352.8</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786051708317</t>
+          <t>9786051708034</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Modern Liderlik Türleri Ve Örgütsel İletişim</t>
+          <t>İnovasyon Yönetimi Ve İnovatif Metaverse Devrimi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>260</v>
+        <v>259</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051708294</t>
+          <t>9786051707679</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Okul Liderliğine Bütüncül Yaklaşım</t>
+          <t>Bebeklikten Ergenliğe İyi Oluş Pozitif Düşünme Eğitimi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>312</v>
+        <v>352.8</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786051708263</t>
+          <t>9786051708317</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Akademik Etik Ve Liyakat</t>
+          <t>Modern Liderlik Türleri Ve Örgütsel İletişim</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>406.8</v>
+        <v>260</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051707686</t>
+          <t>9786051708294</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İzmir’deki Suriyeli Sığınmacılar Sorunlar, Beklentiler Ve Çözüm Önerileri</t>
+          <t>Okul Liderliğine Bütüncül Yaklaşım</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>288</v>
+        <v>312</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786051705439</t>
+          <t>9786051708263</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Ölçekler: Kültürler Arası</t>
+          <t>Akademik Etik Ve Liyakat</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>220</v>
+        <v>406.8</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051706931</t>
+          <t>9786051707686</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Temelleri</t>
+          <t>İzmir’deki Suriyeli Sığınmacılar Sorunlar, Beklentiler Ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>220</v>
+        <v>288</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786051707723</t>
+          <t>9786051705439</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Klinik Denetim</t>
+          <t>Psikolojik Ölçekler: Kültürler Arası</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>406.8</v>
+        <v>220</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051708201</t>
+          <t>9786051706931</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimi Sürecinde Ölçme ve Değerlendirme</t>
+          <t>Eğitimin Temelleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>474</v>
+        <v>220</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051708133</t>
+          <t>9786051707723</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Kuramları ve İnsan Gelişimi</t>
+          <t>Eğitimde Klinik Denetim</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>474</v>
+        <v>406.8</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786051708096</t>
+          <t>9786051708201</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kapsayıcı Eğitim - Pedagoji, Teori ve Uygulama Perspektifleri</t>
+          <t>Türkçe Eğitimi Sürecinde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>351.6</v>
+        <v>474</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786051707945</t>
+          <t>9786051708133</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetimi</t>
+          <t>Psikoloji Kuramları ve İnsan Gelişimi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>315.6</v>
+        <v>474</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786051705316</t>
+          <t>9786051708096</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretimi</t>
+          <t>Kapsayıcı Eğitim - Pedagoji, Teori ve Uygulama Perspektifleri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>395</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786051707976</t>
+          <t>9786051707945</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>The Locality Conditions on Syntactic Displacement</t>
+          <t>Eğitim Yönetimi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>438</v>
+        <v>315.6</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786051707792</t>
+          <t>9786051705316</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Gölgesi Ve Roman</t>
+          <t>Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>342</v>
+        <v>395</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051707846</t>
+          <t>9786051707976</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Disipliner Okuryazarlıklar</t>
+          <t>The Locality Conditions on Syntactic Displacement</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>175</v>
+        <v>438</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786051707709</t>
+          <t>9786051707792</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kentleşen Alevilik Değişen Cem Ritüelleri Ve Müzik</t>
+          <t>İktidarın Gölgesi Ve Roman</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>207.6</v>
+        <v>342</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051707730</t>
+          <t>9786051707846</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Fen Öğretimi</t>
+          <t>Disipliner Okuryazarlıklar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>406.8</v>
+        <v>175</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051707266</t>
+          <t>9786051707709</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Dünya Araştırması</t>
+          <t>Kentleşen Alevilik Değişen Cem Ritüelleri Ve Müzik</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>642</v>
+        <v>207.6</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051707624</t>
+          <t>9786051707730</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bilgisi Öğretimi</t>
+          <t>Disiplinlerarası Fen Öğretimi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>432</v>
+        <v>406.8</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051707426</t>
+          <t>9786051707266</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Teknoloji Destekli Yeni Yönelimler</t>
+          <t>Gerçek Dünya Araştırması</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>378</v>
+        <v>642</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051707518</t>
+          <t>9786051707624</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Psikolojisi</t>
+          <t>Hayat Bilgisi Öğretimi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>351.6</v>
+        <v>432</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051707532</t>
+          <t>9786051707426</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teorisyenler 4</t>
+          <t>Eğitimde Teknoloji Destekli Yeni Yönelimler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>330</v>
+        <v>378</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051707471</t>
+          <t>9786051707518</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Program Dışı Etkinlikler ve Örnek Uygulamalar</t>
+          <t>Sağlık Psikolojisi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>324</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051707587</t>
+          <t>9786051707532</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kalkınma ve Eğitim</t>
+          <t>Çağdaş Sosyal Teorisyenler 4</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>378</v>
+        <v>330</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786051705644</t>
+          <t>9786051707471</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Giriş</t>
+          <t>Eğitimde Program Dışı Etkinlikler ve Örnek Uygulamalar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>342</v>
+        <v>324</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051707464</t>
+          <t>9786051707587</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Okuryazar Mıyım</t>
+          <t>Sürdürülebilir Kalkınma ve Eğitim</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>352.8</v>
+        <v>378</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786051707396</t>
+          <t>9786051705644</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel Akıl Yürütme</t>
+          <t>Eğitime Giriş</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>393.6</v>
+        <v>342</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051704449</t>
+          <t>9786051707464</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
+          <t>Okuryazar Mıyım</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>342</v>
+        <v>352.8</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051705309</t>
+          <t>9786051707396</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Bir Erken Okuryazarlık Becerisi: Fonolojik Farkındalık</t>
+          <t>Matematiksel Akıl Yürütme</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>240</v>
+        <v>393.6</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786051705200</t>
+          <t>9786051704449</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Nitel Veri Analizinde Adım Adım NVivo Kullanımı</t>
+          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>666</v>
+        <v>342</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786051706702</t>
+          <t>9786051705309</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Okul Öncesi Eğitimde Bir Erken Okuryazarlık Becerisi: Fonolojik Farkındalık</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>302.4</v>
+        <v>240</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786051706399</t>
+          <t>9786051705200</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Öncesi Psikolojik Danışma</t>
+          <t>Nitel Veri Analizinde Adım Adım NVivo Kullanımı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>315.6</v>
+        <v>666</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786051707358</t>
+          <t>9786051706702</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Diital Ortamlarda Okuduğunu Anlama Becerisini Geliştirme</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>277.5</v>
+        <v>302.4</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786051707372</t>
+          <t>9786051706399</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Biçimsel Anlambilim - Temel Kavramlar</t>
+          <t>Evlilik Öncesi Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>328.8</v>
+        <v>315.6</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789756376461</t>
+          <t>9786051707358</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hayat ve Sosyal Bilgiler Öğretimi Öğretmen Kılavuzu</t>
+          <t>Diital Ortamlarda Okuduğunu Anlama Becerisini Geliştirme</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>39.5</v>
+        <v>277.5</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051707334</t>
+          <t>9786051707372</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Eğitim</t>
+          <t>Biçimsel Anlambilim - Temel Kavramlar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>298.8</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786051707280</t>
+          <t>9789756376461</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Denetim</t>
+          <t>Hayat ve Sosyal Bilgiler Öğretimi Öğretmen Kılavuzu</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>417.6</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786051705484</t>
+          <t>9786051707334</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Türkiye’de Üniversite Olgusuna Yaklaşımlar</t>
+          <t>Sürdürülebilir Eğitim</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>357.6</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786051707181</t>
+          <t>9786051707280</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Üstün Yetenekli Çocuğun Yaşam Üçgeni</t>
+          <t>Eğitimde Denetim</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>314.4</v>
+        <v>417.6</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786051707242</t>
+          <t>9786051705484</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Boşanma Danışmanlığı Uygulamaları</t>
+          <t>Dünya ve Türkiye’de Üniversite Olgusuna Yaklaşımlar</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>312</v>
+        <v>357.6</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786051706962</t>
+          <t>9786051707181</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinden Liseye Matematikle Düşünen Sınıflar</t>
+          <t>Üstün Yetenekli Çocuğun Yaşam Üçgeni</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>406.8</v>
+        <v>314.4</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786051706917</t>
+          <t>9786051707242</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Dilbilim Diyalektoloji ve Ağızbilim Sözlüğü</t>
+          <t>Boşanma Danışmanlığı Uygulamaları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>501.6</v>
+        <v>312</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786051702360</t>
+          <t>9786051706962</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sosyolojisi</t>
+          <t>Okul Öncesinden Liseye Matematikle Düşünen Sınıflar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>55</v>
+        <v>406.8</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786051706696</t>
+          <t>9786051706917</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Toplumsal Dilbilim Diyalektoloji ve Ağızbilim Sözlüğü</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>315.6</v>
+        <v>501.6</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786051706948</t>
+          <t>9786051702360</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Hakkı</t>
+          <t>Eğitim Sosyolojisi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>306</v>
+        <v>55</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055214838</t>
+          <t>9786051706696</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Türkoloji için Dilbilim</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>351.6</v>
+        <v>315.6</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786051704616</t>
+          <t>9786051706948</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Meta-Thematic Analysis in Research Process</t>
+          <t>Eğitim Hakkı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>225.6</v>
+        <v>306</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786051706481</t>
+          <t>9786055214838</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İlkokulda Yabancı Dil Öğretimi</t>
+          <t>Türkoloji için Dilbilim</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>270</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786051708362</t>
+          <t>9786051704616</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Pozitif Düşünme ve Etkinlik Örnekleri</t>
+          <t>Meta-Thematic Analysis in Research Process</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>312</v>
+        <v>225.6</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786051704784</t>
+          <t>9786051706481</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Okul Yöneticiliğinden Entelektüel Liderliğe</t>
+          <t>İlkokulda Yabancı Dil Öğretimi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>225.6</v>
+        <v>270</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786051703299</t>
+          <t>9786051708362</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Programı</t>
+          <t>Okul Öncesi Eğitimde Pozitif Düşünme ve Etkinlik Örnekleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>270</v>
+        <v>312</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786051705903</t>
+          <t>9786051704784</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgilerde Dijital Dönüşümün Yansımaları</t>
+          <t>Okul Yöneticiliğinden Entelektüel Liderliğe</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>33</v>
+        <v>225.6</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786051705163</t>
+          <t>9786051703299</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Söylem, Anlam ve Çeviri Üzerine Disiplinlerarası Tartışmalar</t>
+          <t>Ortaokul Programı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>406.8</v>
+        <v>270</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786051705156</t>
+          <t>9786051705903</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>The Linguistics of English Language</t>
+          <t>Sosyal Bilgilerde Dijital Dönüşümün Yansımaları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>270</v>
+        <v>33</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786051706382</t>
+          <t>9786051705163</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>New Trends and Scientific Researches in Education</t>
+          <t>Söylem, Anlam ve Çeviri Üzerine Disiplinlerarası Tartışmalar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>324</v>
+        <v>406.8</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786051704920</t>
+          <t>9786051705156</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Lider-Üye Etkileşim Kuramı ve Bazı Çıktıları</t>
+          <t>The Linguistics of English Language</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>216</v>
+        <v>270</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786051706290</t>
+          <t>9786051706382</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Emerging Practices and Insights in Language Teaching and Language Teacher Education</t>
+          <t>New Trends and Scientific Researches in Education</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>328.8</v>
+        <v>324</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786051705262</t>
+          <t>9786051704920</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Felsefesi</t>
+          <t>Lider-Üye Etkileşim Kuramı ve Bazı Çıktıları</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>306</v>
+        <v>216</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786254093616</t>
+          <t>9786051706290</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilgileri ve Örnek Metinler</t>
+          <t>Emerging Practices and Insights in Language Teaching and Language Teacher Education</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>283.2</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786051706795</t>
+          <t>9786051705262</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşümde Türkçe Öğretimi</t>
+          <t>Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>344.4</v>
+        <v>306</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786051706986</t>
+          <t>9786254093616</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teorisyenler 3</t>
+          <t>Edebiyat Bilgileri ve Örnek Metinler</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>220</v>
+        <v>283.2</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786051706337</t>
+          <t>9786051706795</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Akademik Yazma: Bilimsel Metin Oluşturma Sürecine Genel Bir Bakış</t>
+          <t>Dijital Dönüşümde Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>306</v>
+        <v>344.4</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786051705453</t>
+          <t>9786051706986</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Adli Psikoloji</t>
+          <t>Çağdaş Sosyal Teorisyenler 3</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>324</v>
+        <v>220</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786051702520</t>
+          <t>9786051706337</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırmalar İçin Temellendirilmiş Kuram</t>
+          <t>Akademik Yazma: Bilimsel Metin Oluşturma Sürecine Genel Bir Bakış</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>342</v>
+        <v>306</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786051702483</t>
+          <t>9786051705453</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Annem Selma (1906-1991)</t>
+          <t>Adli Psikoloji</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>741.6</v>
+        <v>324</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786051702643</t>
+          <t>9786051702520</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yazma ve Eğitimi</t>
+          <t>Nitel Araştırmalar İçin Temellendirilmiş Kuram</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>351.6</v>
+        <v>342</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786051705064</t>
+          <t>9786051702483</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Çevre Eğitimi ve Sürdürülebilirlik</t>
+          <t>Annem Selma (1906-1991)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>306</v>
+        <v>741.6</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786051703220</t>
+          <t>9786051702643</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Articles On The Path Of Science</t>
+          <t>Yazma ve Eğitimi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>198</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786051703015</t>
+          <t>9786051705064</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Matematik Eğitiminde Teknolojik Yaklaşımlar</t>
+          <t>Erken Çocukluk Döneminde Çevre Eğitimi ve Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>640.8</v>
+        <v>306</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786051702568</t>
+          <t>9786051703220</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Seçim Kazanma Sanatı</t>
+          <t>Articles On The Path Of Science</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>320.4</v>
+        <v>198</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786051701721</t>
+          <t>9786051703015</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Davranış Bilimlerinde Tek-Denekli Araştırmalar</t>
+          <t>Fen ve Matematik Eğitiminde Teknolojik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>602.4</v>
+        <v>640.8</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786051702247</t>
+          <t>9786051702568</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Eğitsel Süreç ve Beden Dili</t>
+          <t>Seçim Kazanma Sanatı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>216</v>
+        <v>320.4</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786051701262</t>
+          <t>9786051701721</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Bir Erken Okuryazarlık Becerisi: Fonolojik Farkındalık</t>
+          <t>Eğitim ve Davranış Bilimlerinde Tek-Denekli Araştırmalar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>80</v>
+        <v>602.4</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786051702230</t>
+          <t>9786051702247</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Leon Festinger'in Bilişsel Uyumsuzluk Kuramı</t>
+          <t>Eğitsel Süreç ve Beden Dili</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>94</v>
+        <v>216</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786051702216</t>
+          <t>9786051701262</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sait Faik'in Hikayelerinde Başlıca Konular</t>
+          <t>Okul Öncesi Eğitimde Bir Erken Okuryazarlık Becerisi: Fonolojik Farkındalık</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>306</v>
+        <v>80</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051703121</t>
+          <t>9786051702230</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sosyolojisi</t>
+          <t>Leon Festinger'in Bilişsel Uyumsuzluk Kuramı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>342</v>
+        <v>94</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051703312</t>
+          <t>9786051702216</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Siber Zorbalık</t>
+          <t>Sait Faik'in Hikayelerinde Başlıca Konular</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>324</v>
+        <v>306</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786051703091</t>
+          <t>9786051703121</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Matematik Öğretiminin Temelleri İlkokul</t>
+          <t>Sağlık Sosyolojisi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>396</v>
+        <v>342</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786051702803</t>
+          <t>9786051703312</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Genellenebilirlik Kuramı ve Uygulaması</t>
+          <t>Siber Zorbalık</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>258</v>
+        <v>324</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786051702810</t>
+          <t>9786051703091</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Muhakeme Becerileri ile Düşünme Sanatı</t>
+          <t>Matematik Öğretiminin Temelleri İlkokul</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>298.8</v>
+        <v>396</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786051702681</t>
+          <t>9786051702803</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sorunlarda Güncel Tartışmalar</t>
+          <t>Genellenebilirlik Kuramı ve Uygulaması</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>360</v>
+        <v>258</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051702551</t>
+          <t>9786051702810</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle R Uygulamaları</t>
+          <t>Bilimsel Muhakeme Becerileri ile Düşünme Sanatı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>534</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051702650</t>
+          <t>9786051702681</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Edebiyat Eğitimi</t>
+          <t>Sosyal Sorunlarda Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>334.8</v>
+        <v>360</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786051702124</t>
+          <t>9786051702551</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Zorlanan Çocuklar İçin İlköğretim Matematik Öğretimi</t>
+          <t>Örneklerle R Uygulamaları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>351.6</v>
+        <v>534</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786051701851</t>
+          <t>9786051702650</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırmacılar İçin 30 Temel Beceri</t>
+          <t>Çocuklar İçin Edebiyat Eğitimi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>351.6</v>
+        <v>334.8</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786051702155</t>
+          <t>9786051702124</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Çocukların Eğitimi</t>
+          <t>Zorlanan Çocuklar İçin İlköğretim Matematik Öğretimi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>288</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051701943</t>
+          <t>9786051701851</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Gelişim Öğrenme ve Öğretim</t>
+          <t>Nitel Araştırmacılar İçin 30 Temel Beceri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>423.6</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786051701936</t>
+          <t>9786051702155</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Göçmen Çocukların Eğitimi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>271.2</v>
+        <v>288</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786051701752</t>
+          <t>9786051701943</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ölçme ve Değerlendirme</t>
+          <t>Gelişim Öğrenme ve Öğretim</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>137</v>
+        <v>423.6</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786051701837</t>
+          <t>9786051701936</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Önemli Noktalar</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>21</v>
+        <v>271.2</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786051701493</t>
+          <t>9786051701752</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>0-3 Yaş Çocuk Gelişimi - Gelişim Psikolojisinin Temel Esasları 1</t>
+          <t>Eğitimde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>198</v>
+        <v>137</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786051701400</t>
+          <t>9786051701837</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İlerici Armonisine Giriş</t>
+          <t>Çocuk Eğitiminde Önemli Noktalar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>207.6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786051701660</t>
+          <t>9786051701493</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Müzik Eğitimi</t>
+          <t>0-3 Yaş Çocuk Gelişimi - Gelişim Psikolojisinin Temel Esasları 1</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>249.6</v>
+        <v>198</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786051701929</t>
+          <t>9786051701400</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Klinik Danışmanlık Modeli</t>
+          <t>İlerici Armonisine Giriş</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>186</v>
+        <v>207.6</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786051701912</t>
+          <t>9786051701660</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ebeveyn Adayları İçin Evlilik Okulu</t>
+          <t>Okul Öncesi Müzik Eğitimi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>298.8</v>
+        <v>249.6</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786051702346</t>
+          <t>9786051701929</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>E-Stem - Stem Öğretmenleri için Çevre Konularına Yönelik Ortaokul Etkinlik Kitabı</t>
+          <t>Klinik Danışmanlık Modeli</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>270</v>
+        <v>186</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786051702537</t>
+          <t>9786051701912</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Edebiyatı Araştırmaları</t>
+          <t>Ebeveyn Adayları İçin Evlilik Okulu</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>396</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051702292</t>
+          <t>9786051702346</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Eğitimine Giriş</t>
+          <t>E-Stem - Stem Öğretmenleri için Çevre Konularına Yönelik Ortaokul Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>342</v>
+        <v>270</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786051701844</t>
+          <t>9786051702537</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Örnek Etkinliklerle Fen Eğitiminde Argümantasyon</t>
+          <t>Çağdaş Türk Edebiyatı Araştırmaları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>324</v>
+        <v>396</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051701448</t>
+          <t>9786051702292</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bedene Yolculuk</t>
+          <t>Erken Çocukluk Eğitimine Giriş</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>138</v>
+        <v>342</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786051702377</t>
+          <t>9786051701844</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Fen Eğitimi</t>
+          <t>Örnek Etkinliklerle Fen Eğitiminde Argümantasyon</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>378</v>
+        <v>324</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051700977</t>
+          <t>9786051701448</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Toplumu Değiştirebilir mi?</t>
+          <t>Bedene Yolculuk</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>56</v>
+        <v>138</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786051702223</t>
+          <t>9786051702377</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Öz Düzenleme</t>
+          <t>Erken Çocukluk Döneminde Fen Eğitimi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>216</v>
+        <v>378</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786051702193</t>
+          <t>9786051700977</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Geometri Öğretimi</t>
+          <t>Eğitim Toplumu Değiştirebilir mi?</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>298.8</v>
+        <v>56</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786051702261</t>
+          <t>9786051702223</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Özel Yetenekli Öğrenciler ve Eğitimleri</t>
+          <t>Erken Çocukluk Döneminde Öz Düzenleme</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>378</v>
+        <v>216</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786051702179</t>
+          <t>9786051702193</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinden Üniversiteye Kuram ve Uygulamada STEM Eğitimi</t>
+          <t>Dinamik Geometri Öğretimi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>468</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786051702001</t>
+          <t>9786051702261</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>An R Companion : A Compact Introduction for Social Scientists</t>
+          <t>Özel Yetenekli Öğrenciler ve Eğitimleri</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>204</v>
+        <v>378</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786051702032</t>
+          <t>9786051702179</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Sosyolojisi</t>
+          <t>Okul Öncesinden Üniversiteye Kuram ve Uygulamada STEM Eğitimi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>357.6</v>
+        <v>468</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051701967</t>
+          <t>9786051702001</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Gözlem ve Değerlendirme</t>
+          <t>An R Companion : A Compact Introduction for Social Scientists</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>432</v>
+        <v>204</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055213848</t>
+          <t>9786051702032</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Tarihi</t>
+          <t>Tüketim Sosyolojisi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>21.3</v>
+        <v>357.6</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055213749</t>
+          <t>9786051701967</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Edebiyat Çalışmaları</t>
+          <t>Erken Çocuklukta Gözlem ve Değerlendirme</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>252</v>
+        <v>432</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786051703336</t>
+          <t>9786055213848</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Örgütlerinde İnsan Kaynakları Yönetimi</t>
+          <t>Türk Eğitim Tarihi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>306</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055213756</t>
+          <t>9786055213749</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Akademide Yaşam Becerileri Eğitimi</t>
+          <t>Kuramdan Uygulamaya Edebiyat Çalışmaları</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>342</v>
+        <v>252</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786051703602</t>
+          <t>9786051703336</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Engellilik Sosyolojisi</t>
+          <t>Eğitim Örgütlerinde İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>306</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055213893</t>
+          <t>9786055213756</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Dil Edinimi</t>
+          <t>Akademide Yaşam Becerileri Eğitimi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>198</v>
+        <v>342</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>3990000016632</t>
+          <t>9786051703602</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı Seti (3 Kitap)</t>
+          <t>Engellilik Sosyolojisi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>79.63</v>
+        <v>306</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786051703541</t>
+          <t>9786055213893</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Gelişim ve Öğrenme Psikolojisi</t>
+          <t>Dil Edinimi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>328.8</v>
+        <v>198</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055213701</t>
+          <t>3990000016632</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Karma Yöntem Araştırmaları Tasarımı ve Yürütülmesi</t>
+          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>540</v>
+        <v>79.63</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786051702209</t>
+          <t>9786051703541</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Tez Nasıl Yazılır?</t>
+          <t>Gelişim ve Öğrenme Psikolojisi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>181</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055213404</t>
+          <t>9786055213701</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Çocuk Gelişimi</t>
+          <t>Karma Yöntem Araştırmaları Tasarımı ve Yürütülmesi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>324</v>
+        <v>540</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786051700595</t>
+          <t>9786051702209</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Türkoloji için Dilbilim</t>
+          <t>Tez Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>73</v>
+        <v>181</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055213343</t>
+          <t>9786055213404</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyolojinin Gelişimi ve Eğilimleri</t>
+          <t>Sürdürülebilir Çocuk Gelişimi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>334.8</v>
+        <v>324</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055213497</t>
+          <t>9786051700595</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Meta-Analize Giriş</t>
+          <t>Türkoloji için Dilbilim</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>378</v>
+        <v>73</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055213442</t>
+          <t>9786055213343</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Teknopedogojik Eğitime Dayalı Öğretim Teknolojileri Ve Metaryal Tasarımı</t>
+          <t>Türkiye’de Sosyolojinin Gelişimi ve Eğilimleri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>90</v>
+        <v>334.8</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055213381</t>
+          <t>9786055213497</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Çok Kültürlü Eğitime Giriş</t>
+          <t>Meta-Analize Giriş</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>49</v>
+        <v>378</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055213350</t>
+          <t>9786055213442</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Varoluş ve Roman</t>
+          <t>Teknopedogojik Eğitime Dayalı Öğretim Teknolojileri Ve Metaryal Tasarımı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>216</v>
+        <v>90</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786055213855</t>
+          <t>9786055213381</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Denetim ve Öğretimsel Liderlik</t>
+          <t>Çok Kültürlü Eğitime Giriş</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>85</v>
+        <v>49</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786055213800</t>
+          <t>9786055213350</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı 1</t>
+          <t>Varoluş ve Roman</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>228</v>
+        <v>216</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786055213817</t>
+          <t>9786055213855</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı 2</t>
+          <t>Denetim ve Öğretimsel Liderlik</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>228</v>
+        <v>85</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055213336</t>
+          <t>9786055213800</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Pedagojisi</t>
+          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı 1</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>294</v>
+        <v>228</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786051706672</t>
+          <t>9786055213817</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>SPSS ve LISREL ile Pratik Veri Analizi</t>
+          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı 2</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>290.4</v>
+        <v>228</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786055213305</t>
+          <t>9786055213336</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Otizm Spektrumu Hastalıkları ve Göz</t>
+          <t>Etkinlik Pedagojisi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>225.6</v>
+        <v>294</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055213732</t>
+          <t>9786051706672</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Göstergebilim ve Sosyoloji</t>
+          <t>SPSS ve LISREL ile Pratik Veri Analizi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>312</v>
+        <v>290.4</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055213725</t>
+          <t>9786055213305</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Çoğulculuk Çokkültürlü ve Çokdilli Eğitim</t>
+          <t>Otizm Spektrumu Hastalıkları ve Göz</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>180</v>
+        <v>225.6</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786055213244</t>
+          <t>9786055213732</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Toplumsal Temelleri</t>
+          <t>Göstergebilim ve Sosyoloji</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>298.8</v>
+        <v>312</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786051702131</t>
+          <t>9786055213725</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Yönetsel ve Eğitsel Araç Olarak Eğitim Kurumlarında Mizah</t>
+          <t>Çoğulculuk Çokkültürlü ve Çokdilli Eğitim</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>216</v>
+        <v>180</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786051701363</t>
+          <t>9786055213244</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Okul Yönetimi</t>
+          <t>Eğitimin Toplumsal Temelleri</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>315.6</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786051700021</t>
+          <t>9786051702131</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ilse Aichingers Die Grössere Hoffnung Als Auseinandersetzung Mit Der Vergangenheit</t>
+          <t>Yönetsel ve Eğitsel Araç Olarak Eğitim Kurumlarında Mizah</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>226.8</v>
+        <v>216</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786051704999</t>
+          <t>9786051701363</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Gelişim 1</t>
+          <t>Okul Yönetimi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>355.2</v>
+        <v>315.6</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786051701516</t>
+          <t>9786051700021</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>4 - 6 Yaş Çocuk Gelişimi</t>
+          <t>Ilse Aichingers Die Grössere Hoffnung Als Auseinandersetzung Mit Der Vergangenheit</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>240</v>
+        <v>226.8</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786051701813</t>
+          <t>9786051704999</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yönetim Becerileri ve Liderlik</t>
+          <t>Erken Çocukluk Döneminde Gelişim 1</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>338.4</v>
+        <v>355.2</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786051701806</t>
+          <t>9786051701516</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Teknoloji Entegrasyonunun Kuramsal Temelleri</t>
+          <t>4 - 6 Yaş Çocuk Gelişimi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>252</v>
+        <v>240</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051701615</t>
+          <t>9786051701813</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Eğitimsel ve Sosyal - Duygusal Bakış Açılarıyla Üstün Yetenekli Çocuklar</t>
+          <t>Türkiye'de Yönetim Becerileri ve Liderlik</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>315.6</v>
+        <v>338.4</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786051701622</t>
+          <t>9786051701806</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırmalarda Etik</t>
+          <t>Eğitimde Teknoloji Entegrasyonunun Kuramsal Temelleri</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>315.6</v>
+        <v>252</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051701523</t>
+          <t>9786051701615</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya Organik Kimya</t>
+          <t>Eğitimsel ve Sosyal - Duygusal Bakış Açılarıyla Üstün Yetenekli Çocuklar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>432</v>
+        <v>315.6</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051702698</t>
+          <t>9786051701622</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetiminde Yeni Yaklaşımlar</t>
+          <t>Nitel Araştırmalarda Etik</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>263</v>
+        <v>315.6</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786051700359</t>
+          <t>9786051701523</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Yelkenlisi Modeli</t>
+          <t>Genel Kimya Organik Kimya</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>270</v>
+        <v>432</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786051701165</t>
+          <t>9786051702698</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Söylemden Eleştirel Okumaya</t>
+          <t>Eğitim Yönetiminde Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>351.6</v>
+        <v>263</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786051702575</t>
+          <t>9786051700359</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ruşen Eşref - Tevfik Fikret: Hayatına Dair Hatıralar</t>
+          <t>Kariyer Yelkenlisi Modeli</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786051702513</t>
+          <t>9786051701165</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi</t>
+          <t>Eleştirel Söylemden Eleştirel Okumaya</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>204</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786051702544</t>
+          <t>9786051702575</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Çok Kültürlü Eğitim</t>
+          <t>Ruşen Eşref - Tevfik Fikret: Hayatına Dair Hatıralar</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>298.8</v>
+        <v>300</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786051702056</t>
+          <t>9786051702513</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetimi</t>
+          <t>Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>342</v>
+        <v>204</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786051701882</t>
+          <t>9786051702544</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yas Danışmanlığı</t>
+          <t>Çocuklar için Çok Kültürlü Eğitim</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>396</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786051702308</t>
+          <t>9786051702056</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Çocuklar</t>
+          <t>Eğitim Yönetimi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>378</v>
+        <v>342</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051702285</t>
+          <t>9786051701882</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Okuma Eğitimi</t>
+          <t>Yas Danışmanlığı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>306</v>
+        <v>396</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786051701585</t>
+          <t>9786051702308</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikoloji ve Aile Terapisi</t>
+          <t>Özel Gereksinimli Çocuklar</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>334.8</v>
+        <v>378</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786051703381</t>
+          <t>9786051702285</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Gelişim 2 (36-72 Ay)</t>
+          <t>Okuma Eğitimi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>342</v>
+        <v>306</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786051701950</t>
+          <t>9786051701585</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Etnografın El Kitabı</t>
+          <t>Pozitif Psikoloji ve Aile Terapisi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>225.6</v>
+        <v>334.8</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786051701486</t>
+          <t>9786051703381</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Eğitim</t>
+          <t>Erken Çocukluk Döneminde Gelişim 2 (36-72 Ay)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>306</v>
+        <v>342</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786051702391</t>
+          <t>9786051701950</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Aile</t>
+          <t>Etnografın El Kitabı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>396</v>
+        <v>225.6</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786051702469</t>
+          <t>9786051701486</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teorisyenler 1</t>
+          <t>Edebiyat ve Eğitim</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>342</v>
+        <v>306</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051702407</t>
+          <t>9786051702391</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenliğin Mesleki Değerleri ve Etik</t>
+          <t>Çocuk ve Aile</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>322.8</v>
+        <v>396</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786051702384</t>
+          <t>9786051702469</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel Modelleme Eğitimi</t>
+          <t>Çağdaş Sosyal Teorisyenler 1</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>88</v>
+        <v>342</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786051702254</t>
+          <t>9786051702407</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Türk Aydınlar Sosyolojisi</t>
+          <t>Öğretmenliğin Mesleki Değerleri ve Etik</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>162</v>
+        <v>322.8</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786051702100</t>
+          <t>9786051702384</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Etkili İnsan İlişkileri</t>
+          <t>Matematiksel Modelleme Eğitimi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>270</v>
+        <v>88</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051703510</t>
+          <t>9786051702254</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Algı Yönetimi</t>
+          <t>Türk Aydınlar Sosyolojisi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>324</v>
+        <v>162</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051702445</t>
+          <t>9786051702100</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Matematik Okuryazarlığı ve PISA</t>
+          <t>Örgütlerde Etkili İnsan İlişkileri</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>396</v>
+        <v>270</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051702315</t>
+          <t>9786051703510</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Özel Eğitimi El Kitabı</t>
+          <t>Sosyal Medya ve Algı Yönetimi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>630</v>
+        <v>324</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786051702049</t>
+          <t>9786051702445</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İki Flüt İçin</t>
+          <t>Matematik Okuryazarlığı ve PISA</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>270</v>
+        <v>396</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786051701998</t>
+          <t>9786051702315</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler İçin R'a Giriş</t>
+          <t>Erken Çocukluk Özel Eğitimi El Kitabı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>230.4</v>
+        <v>630</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786051701707</t>
+          <t>9786051702049</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Hafta Hafta Konuşma Eğitimi</t>
+          <t>İki Flüt İçin</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>328.8</v>
+        <v>270</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786051701608</t>
+          <t>9786051701998</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Araştırma Yöntemleri ve Metedolojileri</t>
+          <t>Sosyal Bilimler İçin R'a Giriş</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>522</v>
+        <v>230.4</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051701684</t>
+          <t>9786051701707</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Okul Yolu</t>
+          <t>Etkinliklerle Hafta Hafta Konuşma Eğitimi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>298.8</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051701417</t>
+          <t>9786051701608</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Örnek Eğitim Durumlarıyla Türkçe - Türk Dili ve Edebiyatı Öğretimi</t>
+          <t>Eğitimde Araştırma Yöntemleri ve Metedolojileri</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>120</v>
+        <v>522</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051701387</t>
+          <t>9786051701684</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Homofobiyle Baş Etme Grup Rehberliği Programı</t>
+          <t>Okul Yolu</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>198</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051701691</t>
+          <t>9786051701417</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Geometri Öğretimi ve Öğrenimi</t>
+          <t>Örnek Eğitim Durumlarıyla Türkçe - Türk Dili ve Edebiyatı Öğretimi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>342</v>
+        <v>120</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051703275</t>
+          <t>9786051701387</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Ortaokullarda Türkçe Öğretimi</t>
+          <t>Homofobiyle Baş Etme Grup Rehberliği Programı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>406.8</v>
+        <v>198</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786051700724</t>
+          <t>9786051701691</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Translation and Interpreting as Sustainable Services The Australian Experience</t>
+          <t>Geometri Öğretimi ve Öğrenimi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>270</v>
+        <v>342</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051702490</t>
+          <t>9786051703275</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi</t>
+          <t>İlk ve Ortaokullarda Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>297.6</v>
+        <v>406.8</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786051702070</t>
+          <t>9786051700724</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>İyi Öğretmen Doğru Okul</t>
+          <t>Translation and Interpreting as Sustainable Services The Australian Experience</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>216</v>
+        <v>270</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786051703107</t>
+          <t>9786051702490</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>SPSS İle Temel Veri Analizleri</t>
+          <t>Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>158</v>
+        <v>297.6</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786051701899</t>
+          <t>9786051702070</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya 2</t>
+          <t>İyi Öğretmen Doğru Okul</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>386.4</v>
+        <v>216</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786051701318</t>
+          <t>9786051703107</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Davranışçı Yaklaşıma Dayalı Grupla Psikolojik Danışma Uygulamaları ve Programları</t>
+          <t>SPSS İle Temel Veri Analizleri</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>198</v>
+        <v>158</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786051701325</t>
+          <t>9786051701899</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel - Yaşantısal Teori Temelli Psiko - Eğitim Programı</t>
+          <t>Genel Kimya 2</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>138</v>
+        <v>386.4</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051701141</t>
+          <t>9786051701318</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Nitel Araştırma Desenleri</t>
+          <t>Bilişsel Davranışçı Yaklaşıma Dayalı Grupla Psikolojik Danışma Uygulamaları ve Programları</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>228</v>
+        <v>198</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786051701066</t>
+          <t>9786051701325</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Bilişsel - Yaşantısal Teori Temelli Psiko - Eğitim Programı</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>110</v>
+        <v>138</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786051703084</t>
+          <t>9786051701141</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Programlarının Geliştirilmesinde İhtiyaç Analizi El Kitabı</t>
+          <t>Eğitimde Nitel Araştırma Desenleri</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>270</v>
+        <v>228</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786051703459</t>
+          <t>9786051701066</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Eğitim - Dünya Ülkelerinden Örneklerle</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>360</v>
+        <v>110</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786051701783</t>
+          <t>9786051703084</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Fark Yaratan Eğitim</t>
+          <t>Eğitim Programlarının Geliştirilmesinde İhtiyaç Analizi El Kitabı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>298.8</v>
+        <v>270</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786051701790</t>
+          <t>9786051703459</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Tarihi 4</t>
+          <t>Karşılaştırmalı Eğitim - Dünya Ülkelerinden Örneklerle</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>288</v>
+        <v>360</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786051701578</t>
+          <t>9786051701783</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Dilbilim Çeviribilim Yazıları</t>
+          <t>Fark Yaratan Eğitim</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>294</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786051700656</t>
+          <t>9786051701790</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Ekonomisi Eleştirel Bir Yaklaşım</t>
+          <t>Sosyoloji Tarihi 4</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>180</v>
+        <v>288</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786051702087</t>
+          <t>9786051701578</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Arduino İle Kodlama ve Mikrodenetleyici Uygulamalar (Renksiz Baskı)</t>
+          <t>Dilbilim Çeviribilim Yazıları</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>804</v>
+        <v>294</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786051700700</t>
+          <t>9786051700656</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Genetik</t>
+          <t>Eğitim Ekonomisi Eleştirel Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>351.6</v>
+        <v>180</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786051700366</t>
+          <t>9786051702087</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Dergilere Makale Nasıl Yazılır</t>
+          <t>Arduino İle Kodlama ve Mikrodenetleyici Uygulamalar (Renksiz Baskı)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>357.6</v>
+        <v>804</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786051701479</t>
+          <t>9786051700700</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırma Yöntemleri</t>
+          <t>Genetik</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>85</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786051705002</t>
+          <t>9786051700366</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırma</t>
+          <t>Bilimsel Dergilere Makale Nasıl Yazılır</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>414</v>
+        <v>357.6</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786051703305</t>
+          <t>9786051701479</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Öğretimi</t>
+          <t>Bilimsel Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>275</v>
+        <v>85</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786051700151</t>
+          <t>9786051705002</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Araştırma Yöntemleri: Desen ve Analiz</t>
+          <t>Nitel Araştırma</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>567.6</v>
+        <v>414</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786051700182</t>
+          <t>9786051703305</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Üstün Zekalı ve Yetenekli Öğrencilerin Bulunduğu Sınıflarda Karma Öğretim</t>
+          <t>Sosyal Bilgiler Öğretimi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786051701370</t>
+          <t>9786051700151</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
+          <t>Araştırma Yöntemleri: Desen ve Analiz</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>324</v>
+        <v>567.6</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786051701332</t>
+          <t>9786051700182</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Salyangozun İzinde</t>
+          <t>Üstün Zekalı ve Yetenekli Öğrencilerin Bulunduğu Sınıflarda Karma Öğretim</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>39</v>
+        <v>270</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786051700748</t>
+          <t>9786051701370</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlık Bilgisi</t>
+          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>342</v>
+        <v>324</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786051700342</t>
+          <t>9786051701332</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmenin Nörofizyolojisi Öğretimde Yeni Yaklaşımlar</t>
+          <t>Salyangozun İzinde</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>328.8</v>
+        <v>39</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786051700311</t>
+          <t>9786051700748</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Liderlik ve Okul Yönetimi</t>
+          <t>Vatandaşlık Bilgisi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>256.8</v>
+        <v>342</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786051700717</t>
+          <t>9786051700342</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>İntihar Sosyo - Psikolojik, Kültürel ve Ekonomik Bir Çözümleme</t>
+          <t>Öğrenmenin Nörofizyolojisi Öğretimde Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>328.8</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786051700397</t>
+          <t>9786051700311</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Edinç Araştırmaları</t>
+          <t>Liderlik ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>298.8</v>
+        <v>256.8</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786051700205</t>
+          <t>9786051700717</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitime Gereksinimi Olan Çoçuklara Özel Eğitim Programları Aileler ve Eğiticiler İçin El Kitabı</t>
+          <t>İntihar Sosyo - Psikolojik, Kültürel ve Ekonomik Bir Çözümleme</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>324</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786051700218</t>
+          <t>9786051700397</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Cümle Bilgisi</t>
+          <t>Çeviribilimde Edinç Araştırmaları</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>351.6</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786051705347</t>
+          <t>9786051700205</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Bireyle Psikolojik Danışma</t>
+          <t>Özel Eğitime Gereksinimi Olan Çoçuklara Özel Eğitim Programları Aileler ve Eğiticiler İçin El Kitabı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>360</v>
+        <v>324</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786051701745</t>
+          <t>9786051700218</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler İçin Temel İstatistik</t>
+          <t>Türkçe Cümle Bilgisi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>324</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789756956564</t>
+          <t>9786051705347</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
+          <t>Kuramdan Uygulamaya Bireyle Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>328.8</v>
+        <v>360</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786051700069</t>
+          <t>9786051701745</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>KPSS-ÖABT 2015 Hazırlık Matematik Öğretmenliği / 1. Kitap : Alan Eğitimi - Ortaöğretim</t>
+          <t>Sosyal Bilimler İçin Temel İstatistik</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>328.8</v>
+        <v>324</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786055213947</t>
+          <t>9789756956564</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Formasyon İçin Eğitimde Program Geliştirme</t>
+          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>225.6</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786051701714</t>
+          <t>9786051700069</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Formasyon İçin Öğretim İlke ve Yöntemleri</t>
+          <t>KPSS-ÖABT 2015 Hazırlık Matematik Öğretmenliği / 1. Kitap : Alan Eğitimi - Ortaöğretim</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>225.6</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786055213961</t>
+          <t>9786055213947</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Psikolojisi</t>
+          <t>Pedagojik Formasyon İçin Eğitimde Program Geliştirme</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>240</v>
+        <v>225.6</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786051700007</t>
+          <t>9786051701714</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Drama : Teorik Temelleri ve Uygulama Örnekleri</t>
+          <t>Pedagojik Formasyon İçin Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>298.8</v>
+        <v>225.6</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786055213954</t>
+          <t>9786055213961</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Gelişim Psikoloji</t>
+          <t>Öğrenme Psikolojisi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>225.6</v>
+        <v>240</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786055213992</t>
+          <t>9786051700007</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Eğitimde Drama : Teorik Temelleri ve Uygulama Örnekleri</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>396</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786055213862</t>
+          <t>9786055213954</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Linguistics for English Language Teaching Studies</t>
+          <t>Gelişim Psikoloji</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>324</v>
+        <v>225.6</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786051701554</t>
+          <t>9786055213992</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Max Weber'den Dwight Waldo'ya Kamu Yönetimi</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>432</v>
+        <v>396</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786051701530</t>
+          <t>9786055213862</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Elt Methodology</t>
+          <t>Linguistics for English Language Teaching Studies</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>345.6</v>
+        <v>324</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786055213268</t>
+          <t>9786051701554</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Mimarlık</t>
+          <t>Max Weber'den Dwight Waldo'ya Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>47</v>
+        <v>432</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786055213275</t>
+          <t>9786051701530</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Yabancı Dil Öğretimi</t>
+          <t>Elt Methodology</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>158.4</v>
+        <v>345.6</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786055213527</t>
+          <t>9786055213268</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Anadil Edinimi ve Yabancı Dil Öğrenim Kuralları</t>
+          <t>Çocuk ve Mimarlık</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>226.8</v>
+        <v>47</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786055213558</t>
+          <t>9786055213275</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi</t>
+          <t>Çocuklara Yabancı Dil Öğretimi</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>258</v>
+        <v>158.4</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786051702117</t>
+          <t>9786055213527</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>2018 İlkokul Programı 1-4 Sınıflar</t>
+          <t>Anadil Edinimi ve Yabancı Dil Öğrenim Kuralları</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>372</v>
+        <v>226.8</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786055213565</t>
+          <t>9786055213558</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Eylem Araştırması El Kitabı</t>
+          <t>Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>475.2</v>
+        <v>258</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789756376485</t>
+          <t>9786051702117</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Okulöncesi Eğitimi Öğretmen Adayları ve Öğretmenleri İçin Uygulama Kılavuzu</t>
+          <t>2018 İlkokul Programı 1-4 Sınıflar</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>312</v>
+        <v>372</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9756055213251</t>
+          <t>9786055213565</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Cavit Binbaşıoğlu’nun Türk Eğitim ve Kültür Hayatına Hizmetleri</t>
+          <t>Eylem Araştırması El Kitabı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>298.8</v>
+        <v>475.2</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786055213633</t>
+          <t>9789756376485</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Stres Yönetimi</t>
+          <t>Okulöncesi Eğitimi Öğretmen Adayları ve Öğretmenleri İçin Uygulama Kılavuzu</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>298.8</v>
+        <v>312</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786051702476</t>
+          <t>9756055213251</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Aile Danışmanlığı Uygulamaları</t>
+          <t>Cavit Binbaşıoğlu’nun Türk Eğitim ve Kültür Hayatına Hizmetleri</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>334.8</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786051706054</t>
+          <t>9786055213633</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya 3 Analitik Kimya</t>
+          <t>Stres Yönetimi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>328.8</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786051701264</t>
+          <t>9786051702476</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kuşaklar Çatışması</t>
+          <t>Aile Danışmanlığı Uygulamaları</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>202.8</v>
+        <v>334.8</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786051700106</t>
+          <t>9786051706054</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>KPSS-ÖABT Hazırlık Türk Dili ve Edebiyatı Öğretmenliği 25 Deneme</t>
+          <t>Genel Kimya 3 Analitik Kimya</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>285.6</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786051700090</t>
+          <t>9786051701264</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Kültür ve Toplum</t>
+          <t>Kuşaklar Çatışması</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>270</v>
+        <v>202.8</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786051700045</t>
+          <t>9786051700106</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Benlik Gelişimi Sürecinde Ayrışma Bireyleşme</t>
+          <t>KPSS-ÖABT Hazırlık Türk Dili ve Edebiyatı Öğretmenliği 25 Deneme</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>306</v>
+        <v>285.6</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786051700120</t>
+          <t>9786051700090</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Okulda Motivasyon</t>
+          <t>Gençlik Kültür ve Toplum</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>315.6</v>
+        <v>270</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786055213763</t>
+          <t>9786051700045</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Modern Fizik</t>
+          <t>Benlik Gelişimi Sürecinde Ayrışma Bireyleşme</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>285.6</v>
+        <v>306</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786055213572</t>
+          <t>9786051700120</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Neliği - Nilgün Çelebi ile Sosyoloji Sözcüğünün Soykütüğüne Uzanmak</t>
+          <t>Okulda Motivasyon</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>432</v>
+        <v>315.6</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786051701646</t>
+          <t>9786055213763</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Son Değişikliklerle Okul Öncesi Eğitimi Programı ve Etkinlik Kitabı</t>
+          <t>Modern Fizik</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>268</v>
+        <v>285.6</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786055213671</t>
+          <t>9786055213572</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sürecinde Ödev</t>
+          <t>Sosyolojinin Neliği - Nilgün Çelebi ile Sosyoloji Sözcüğünün Soykütüğüne Uzanmak</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>298.8</v>
+        <v>432</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786051700052</t>
+          <t>9786051701646</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>ÖABT 2015 KPSS - ÖABT Hazırlık Türk Dili ve Edebiyatı Öğretmenliği Konu Anlatımlı Soru Bankası / 1. Kitap - Alan Bilgisi</t>
+          <t>Son Değişikliklerle Okul Öncesi Eğitimi Programı ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>158</v>
+        <v>268</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786051700830</t>
+          <t>9786055213671</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Fen Bilimleri Öğretimi</t>
+          <t>Eğitim Sürecinde Ödev</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>351.6</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786055213930</t>
+          <t>9786051700052</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Öğretmenleri ve Adayları için Hayat Bilgisi Öğretimi</t>
+          <t>ÖABT 2015 KPSS - ÖABT Hazırlık Türk Dili ve Edebiyatı Öğretmenliği Konu Anlatımlı Soru Bankası / 1. Kitap - Alan Bilgisi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>300</v>
+        <v>158</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786055213510</t>
+          <t>9786051700830</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Bilge Anadan Saçmalıklar</t>
+          <t>Fen Bilimleri Öğretimi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>41</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786055213367</t>
+          <t>9786055213930</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Okul Psikolojik Danışmanları İçin El Kitabı</t>
+          <t>Sınıf Öğretmenleri ve Adayları için Hayat Bilgisi Öğretimi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>328.8</v>
+        <v>300</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786055213374</t>
+          <t>9786055213510</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Danışmanlar İçin Psiko-Eğitsel Gruplar</t>
+          <t>Bilge Anadan Saçmalıklar</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>342</v>
+        <v>41</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786051705972</t>
+          <t>9786055213367</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Örnekleriyle Eğitimde Program Değerlendirme</t>
+          <t>Okul Psikolojik Danışmanları İçin El Kitabı</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>333.6</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786051700458</t>
+          <t>9786055213374</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Psikolojik Danışmanlar İçin Psiko-Eğitsel Gruplar</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>72</v>
+        <v>342</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786051700557</t>
+          <t>9786051705972</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Evrim</t>
+          <t>Örnekleriyle Eğitimde Program Değerlendirme</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>328.8</v>
+        <v>333.6</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786051700434</t>
+          <t>9786051700458</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Hemşirelikte Öğretim ve Eğiticinin Rolü</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>535.2</v>
+        <v>72</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786051700588</t>
+          <t>9786051700557</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikoterapiye Giriş</t>
+          <t>Evrim</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>474</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786051702704</t>
+          <t>9786051700434</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Doğası Gelişimi ve Öğretimi</t>
+          <t>Hemşirelikte Öğretim ve Eğiticinin Rolü</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>378</v>
+        <v>535.2</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786051700564</t>
+          <t>9786051700588</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Üç Demet Şiir</t>
+          <t>Pozitif Psikoterapiye Giriş</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>295.2</v>
+        <v>474</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786051700328</t>
+          <t>9786051702704</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Eğitim ve Öğretimi Geliştiren Denetim</t>
+          <t>Bilimin Doğası Gelişimi ve Öğretimi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>386.4</v>
+        <v>378</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786051703251</t>
+          <t>9786051700564</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Yerli Sosyoloji</t>
+          <t>Üç Demet Şiir</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>396</v>
+        <v>295.2</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786051700427</t>
+          <t>9786051700328</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık, Ahlak ve Eğitim</t>
+          <t>Okullarda Eğitim ve Öğretimi Geliştiren Denetim</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>258</v>
+        <v>386.4</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786051700144</t>
+          <t>9786051703251</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Test Geliştirme ve Uyarlama Süreci : SPSS ve LISREL Uygulamaları</t>
+          <t>Yerli Sosyoloji</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>291.6</v>
+        <v>396</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055213435</t>
+          <t>9786051700427</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Okul 2.0</t>
+          <t>Uygarlık, Ahlak ve Eğitim</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>312</v>
+        <v>258</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786051702759</t>
+          <t>9786051700144</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Bütünleştirme</t>
+          <t>Psikolojik Test Geliştirme ve Uyarlama Süreci : SPSS ve LISREL Uygulamaları</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>328.8</v>
+        <v>291.6</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786051701059</t>
+          <t>9786055213435</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretiminde Etkinlikler</t>
+          <t>Okul 2.0</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>324</v>
+        <v>312</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786051700892</t>
+          <t>9786051702759</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Nitel Veri Analizinde Adım Adım NVivo Kullanımı</t>
+          <t>Özel Eğitimde Bütünleştirme</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>120</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786051700335</t>
+          <t>9786051701059</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Karma Yöntem Araştırmalarının Temelleri</t>
+          <t>Türkçe Öğretiminde Etkinlikler</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>576</v>
+        <v>324</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786051703282</t>
+          <t>9786051700892</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Tarihi 3</t>
+          <t>Nitel Veri Analizinde Adım Adım NVivo Kullanımı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>351.6</v>
+        <v>120</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786051700243</t>
+          <t>9786051700335</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlikte 50 Yıl</t>
+          <t>Karma Yöntem Araştırmalarının Temelleri</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>72</v>
+        <v>576</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786051700861</t>
+          <t>9786051703282</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Okuma Kültürü Nasıl Kazandırılır</t>
+          <t>Sosyoloji Tarihi 3</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>249.6</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055213688</t>
+          <t>9786051700243</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Sanal Düşler ve Özel Gerçekler</t>
+          <t>Öğretmenlikte 50 Yıl</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>394.8</v>
+        <v>72</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786055213664</t>
+          <t>9786051700861</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Eğitiminde Proje Yaklaşımı ve Uygulanmış Proje Örnekleri</t>
+          <t>Okuma Kültürü Nasıl Kazandırılır</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>285.6</v>
+        <v>249.6</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786051705613</t>
+          <t>9786055213688</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet Sosyolojisi</t>
+          <t>Sanal Düşler ve Özel Gerçekler</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>285.6</v>
+        <v>394.8</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786051701042</t>
+          <t>9786055213664</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Öğretimi</t>
+          <t>Erken Çocukluk Eğitiminde Proje Yaklaşımı ve Uygulanmış Proje Örnekleri</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>328.8</v>
+        <v>285.6</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786051701196</t>
+          <t>9786051705613</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kuram ve Uygulama Bağlamında Türkçe Öğretimi</t>
+          <t>Toplumsal Cinsiyet Sosyolojisi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>446.4</v>
+        <v>285.6</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786051701134</t>
+          <t>9786051701042</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Üstün Yetenekli Çocuklar Uzmanlar ve Aileler için El Kitabı</t>
+          <t>Sosyal Bilgiler Öğretimi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>403.2</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786051702599</t>
+          <t>9786051701196</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Oksford'un Öküzü</t>
+          <t>Kuram ve Uygulama Bağlamında Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>263</v>
+        <v>446.4</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786051701257</t>
+          <t>9786051701134</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya 1</t>
+          <t>Üstün Yetenekli Çocuklar Uzmanlar ve Aileler için El Kitabı</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>386.4</v>
+        <v>403.2</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786051701226</t>
+          <t>9786051702599</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Batı Barbarlığı 2</t>
+          <t>Oksford'un Öküzü</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>270</v>
+        <v>263</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786051701035</t>
+          <t>9786051701257</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Çok Boyutlu Bakış Açılarıyla Düşünme Eğitimi</t>
+          <t>Genel Kimya 1</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>414</v>
+        <v>386.4</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786051700908</t>
+          <t>9786051701226</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Ölçme Aracı Hazırlama</t>
+          <t>Batı Barbarlığı 2</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>342</v>
+        <v>270</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786051702971</t>
+          <t>9786051701035</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgilerin Temelleri</t>
+          <t>Okul Öncesinde Çok Boyutlu Bakış Açılarıyla Düşünme Eğitimi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>293</v>
+        <v>414</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786051703824</t>
+          <t>9786051700908</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İlkokulda Yabancı Dil Öğretimi</t>
+          <t>Sosyal Bilimlerde Ölçme Aracı Hazırlama</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>306</v>
+        <v>342</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786051701097</t>
+          <t>9786051702971</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Üretim Tabanlı Çalışmalar İçin Nitel Araştırma Yöntemleri</t>
+          <t>Sosyal Bilgilerin Temelleri</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>328.8</v>
+        <v>293</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786051700670</t>
+          <t>9786051703824</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğretimi Metodolojisi</t>
+          <t>İlkokulda Yabancı Dil Öğretimi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>312</v>
+        <v>306</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786051700960</t>
+          <t>9786051701097</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Edebiyat ve Eleştiri Kuramları</t>
+          <t>Eğitimde Üretim Tabanlı Çalışmalar İçin Nitel Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>240</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786051703046</t>
+          <t>9786051700670</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Yazma Öğretimi</t>
+          <t>Yabancı Dil Olarak Türkçe Öğretimi Metodolojisi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>378</v>
+        <v>312</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786051700991</t>
+          <t>9786051700960</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>SPSS Kullanma Kılavuzu</t>
+          <t>Günümüz Edebiyat ve Eleştiri Kuramları</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>388</v>
+        <v>240</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786051700939</t>
+          <t>9786051703046</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Gençlik Edebiyatı</t>
+          <t>İlk Okuma Yazma Öğretimi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>334.8</v>
+        <v>378</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786051700694</t>
+          <t>9786051700991</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Otizm</t>
+          <t>SPSS Kullanma Kılavuzu</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>344.4</v>
+        <v>388</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786051700649</t>
+          <t>9786051700939</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretimi</t>
+          <t>Çocuk ve Gençlik Edebiyatı</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>360</v>
+        <v>334.8</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786051701424</t>
+          <t>9786051700694</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kelime Bilgisi El Kitabı</t>
+          <t>100 Soruda Otizm</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>298.8</v>
+        <v>344.4</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786051700113</t>
+          <t>9786051700649</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Liderliği</t>
+          <t>Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>45</v>
+        <v>360</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786055213879</t>
+          <t>9786051701424</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Değerlere Duyarlı Eğitim - Teori, Araştırma ve Uygulama</t>
+          <t>Kelime Bilgisi El Kitabı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>207</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786051700175</t>
+          <t>9786051700113</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Formasyon İçin Ölçme ve Değerlendirme</t>
+          <t>Öğrenme Liderliği</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>225.6</v>
+        <v>45</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786051702834</t>
+          <t>9786055213879</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Eğitimine Giriş</t>
+          <t>Kültürel Değerlere Duyarlı Eğitim - Teori, Araştırma ve Uygulama</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>324</v>
+        <v>207</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786055213480</t>
+          <t>9786051700175</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>LİSREL 9.1 İle Yapısal Eşitlik Modellemesi</t>
+          <t>Pedagojik Formasyon İçin Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>48</v>
+        <v>225.6</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786055213503</t>
+          <t>9786051702834</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Bekir Onur'a Armağan</t>
+          <t>Sosyal Bilgiler Eğitimine Giriş</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>594</v>
+        <v>324</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786051705545</t>
+          <t>9786055213480</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Hissettiğin Her Şeye İnanma</t>
+          <t>LİSREL 9.1 İle Yapısal Eşitlik Modellemesi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>288</v>
+        <v>48</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786051705552</t>
+          <t>9786055213503</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İçin Küresel Ölçekte Öğretmen Yetiştirme Modeli</t>
+          <t>Prof. Dr. Bekir Onur'a Armağan</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>240</v>
+        <v>594</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786051704234</t>
+          <t>9786051705545</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kendi Hikayesini Yazan Okullar Okul Öz-Değerlendirme</t>
+          <t>Hissettiğin Her Şeye İnanma</t>
         </is>
       </c>
       <c r="C410" s="1">
         <v>288</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786051706092</t>
+          <t>9786051705552</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Planlama ve Geliştirme</t>
+          <t>Türkiye İçin Küresel Ölçekte Öğretmen Yetiştirme Modeli</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>315.6</v>
+        <v>240</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786051706269</t>
+          <t>9786051704234</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Kendi Hikayesini Yazan Okullar Okul Öz-Değerlendirme</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>142.8</v>
+        <v>288</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786051706276</t>
+          <t>9786051706092</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Kariyer Planlama ve Geliştirme</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>142.8</v>
+        <v>315.6</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786051704685</t>
+          <t>9786051706269</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Cma İle Meta Analiz Uygulamaları</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>330</v>
+        <v>142.8</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786051704135</t>
+          <t>9786051706276</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Değerlere Duyarlı Eğitim</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>288</v>
+        <v>142.8</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786051704180</t>
+          <t>9786051704685</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Ayrımcılığın Analizi</t>
+          <t>Cma İle Meta Analiz Uygulamaları</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>226.8</v>
+        <v>330</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786051704173</t>
+          <t>9786051704135</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Senaryolarla Desteklenmiş Fen Ve Teknoloji Uygulamaları</t>
+          <t>Kültürel Değerlere Duyarlı Eğitim</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>396</v>
+        <v>288</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786051703664</t>
+          <t>9786051704180</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Öğrenme Kitabı A2 / Learning Pack Of Turkish For Foreigners</t>
+          <t>Ayrımcılığın Analizi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>546</v>
+        <v>226.8</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786051705385</t>
+          <t>9786051704173</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Nitel Araştırma</t>
+          <t>Senaryolarla Desteklenmiş Fen Ve Teknoloji Uygulamaları</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>327.6</v>
+        <v>396</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786051701158</t>
+          <t>9786051703664</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Yabancı Dil Öğretimi</t>
+          <t>Yabancılar İçin Türkçe Öğrenme Kitabı A2 / Learning Pack Of Turkish For Foreigners</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>38</v>
+        <v>546</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055213299</t>
+          <t>9786051705385</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Yetiştirmenin Bugünü ve Geleceği: Sorunlar ve Çözüm Önerileri</t>
+          <t>100 Soruda Nitel Araştırma</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>294</v>
+        <v>327.6</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786051704265</t>
+          <t>9786051701158</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Araştırmacıları İçin SPSS Uygulamalı İstatistik</t>
+          <t>Çocuklara Yabancı Dil Öğretimi</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>342</v>
+        <v>38</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786051703794</t>
+          <t>9786055213299</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Eğitsel Veri Madenciliği ve Öğrenme Analitikleri</t>
+          <t>Öğretmen Yetiştirmenin Bugünü ve Geleceği: Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>403.2</v>
+        <v>294</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786051705026</t>
+          <t>9786051704265</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Döneminde Sınanan Dijital Vatandaşlık</t>
+          <t>Eğitim Araştırmacıları İçin SPSS Uygulamalı İstatistik</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>225.6</v>
+        <v>342</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786051706665</t>
+          <t>9786051703794</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım İlkokula Başlamak Okula Uyum ve Erken Okuryazarlık Eğitimi</t>
+          <t>Eğitsel Veri Madenciliği ve Öğrenme Analitikleri</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>270</v>
+        <v>403.2</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786051704708</t>
+          <t>9786051705026</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Analitik Bilim Felsefesi</t>
+          <t>Pandemi Döneminde Sınanan Dijital Vatandaşlık</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>226.8</v>
+        <v>225.6</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786051703770</t>
+          <t>9786051706665</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Eğitim İktisadı Disiplini</t>
+          <t>Adım Adım İlkokula Başlamak Okula Uyum ve Erken Okuryazarlık Eğitimi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>405.6</v>
+        <v>270</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786051703428</t>
+          <t>9786051704708</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Süreç ve Tür Odaklı Okuma ve Yazma Eğitimi</t>
+          <t>Analitik Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>342</v>
+        <v>226.8</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786051705491</t>
+          <t>9786051703770</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Politikaları</t>
+          <t>Türkiye'de Eğitim İktisadı Disiplini</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>468</v>
+        <v>405.6</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786051705958</t>
+          <t>9786051703428</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Siber Psikoloji</t>
+          <t>Süreç ve Tür Odaklı Okuma ve Yazma Eğitimi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>324</v>
+        <v>342</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786051704357</t>
+          <t>9786051705491</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel İspat ve Öğretimi</t>
+          <t>Eğitim Politikaları</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>386.4</v>
+        <v>468</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786051703893</t>
+          <t>9786051705958</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kodlama Öğretimi</t>
+          <t>Siber Psikoloji</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>328.8</v>
+        <v>324</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786051706184</t>
+          <t>9786051704357</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Örgütsel Davranış</t>
+          <t>Matematiksel İspat ve Öğretimi</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>396</v>
+        <v>386.4</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786051705514</t>
+          <t>9786051703893</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Anlambilimde Güncel Çalışmalar</t>
+          <t>Kodlama Öğretimi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>357.6</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786051704647</t>
+          <t>9786051706184</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Etik ve Eğitim</t>
+          <t>Eğitimde Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>270</v>
+        <v>396</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786051704548</t>
+          <t>9786051705514</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Hukukunda Çocuk Hakları ve Eğitimi</t>
+          <t>Anlambilimde Güncel Çalışmalar</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>506.4</v>
+        <v>357.6</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786054434015</t>
+          <t>9786051704647</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Araçları</t>
+          <t>Etik ve Eğitim</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>386.4</v>
+        <v>270</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786051702025</t>
+          <t>9786051704548</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Zalimler ve Mazlumlar</t>
+          <t>Eğitim Hukukunda Çocuk Hakları ve Eğitimi</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>288</v>
+        <v>506.4</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789756956755</t>
+          <t>9786054434015</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Yurttaşlık Bilinci</t>
+          <t>Zihnin Araçları</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>370.8</v>
+        <v>386.4</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786055213046</t>
+          <t>9786051702025</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde Çağdaş Yaklaşımlar</t>
+          <t>Zalimler ve Mazlumlar</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>396</v>
+        <v>288</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786054434640</t>
+          <t>9789756956755</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Yazılı ve Sözlü Anlatım</t>
+          <t>Yurttaşlık Bilinci</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>342</v>
+        <v>370.8</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786055213886</t>
+          <t>9786055213046</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Yapılandırmacı Yaklaşıma Göre Sınıf Yönetimi</t>
+          <t>Yönetimde Çağdaş Yaklaşımlar</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>46</v>
+        <v>396</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786054434657</t>
+          <t>9786054434640</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dönem Türk Politik Tarihi</t>
+          <t>Yazılı ve Sözlü Anlatım</t>
         </is>
       </c>
       <c r="C443" s="1">
         <v>342</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786051702667</t>
+          <t>9786055213886</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Yabancılara Türkçe Öğretimi</t>
+          <t>Yapılandırmacı Yaklaşıma Göre Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>342</v>
+        <v>46</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786051700786</t>
+          <t>9786054434657</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Öğrenme Kitabı / Learning Pack of Turkish for Foreigners</t>
+          <t>Yakın Dönem Türk Politik Tarihi</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>522</v>
+        <v>342</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786051705408</t>
+          <t>9786051702667</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Anne Babanın Eğitim Elkitabı</t>
+          <t>Yabancılara Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>256.8</v>
+        <v>342</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786051704456</t>
+          <t>9786051700786</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Hukuku</t>
+          <t>Yabancılar İçin Türkçe Öğrenme Kitabı / Learning Pack of Turkish for Foreigners</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>506.4</v>
+        <v>522</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786051704272</t>
+          <t>9786051705408</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Karakter Gelişimi ve Değer Eğitimi</t>
+          <t>Anne Babanın Eğitim Elkitabı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>240</v>
+        <v>256.8</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786051704906</t>
+          <t>9786051704456</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Fen Öğretim Programları</t>
+          <t>Eğitim Hukuku</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>342</v>
+        <v>506.4</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786051704487</t>
+          <t>9786051704272</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Tarihi 6</t>
+          <t>Hikayelerle Karakter Gelişimi ve Değer Eğitimi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>334.8</v>
+        <v>240</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786051705590</t>
+          <t>9786051704906</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Rol ve Toplumsal Yapı</t>
+          <t>Fen Öğretim Programları</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>306</v>
+        <v>342</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786051705378</t>
+          <t>9786051704487</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırmalarda Örnek Olay Yöntemi</t>
+          <t>Sosyoloji Tarihi 6</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>288</v>
+        <v>334.8</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786051706085</t>
+          <t>9786051705590</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Dinleme ve Eğitimi</t>
+          <t>Rol ve Toplumsal Yapı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>342</v>
+        <v>306</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786051706313</t>
+          <t>9786051705378</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Neşet Ertaş - Kentin Tezenesi</t>
+          <t>Nitel Araştırmalarda Örnek Olay Yöntemi</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>234</v>
+        <v>288</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786051700793</t>
+          <t>9786051706085</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+          <t>Dinleme ve Eğitimi</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>334.8</v>
+        <v>342</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786051704807</t>
+          <t>9786051706313</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+          <t>Neşet Ertaş - Kentin Tezenesi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>378</v>
+        <v>234</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786051703350</t>
+          <t>9786051700793</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Programı 5-8. Sınıflar Türkçe-Sosyal Bilgiler</t>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>270</v>
+        <v>334.8</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786051702964</t>
+          <t>9786051704807</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ölçme ve Değerlendirme</t>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>291.6</v>
+        <v>378</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786051702957</t>
+          <t>9786051703350</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım İlkokula Başlamak Okula Uyum ve Erken Okuryazarlık Eğitimi</t>
+          <t>Ortaokul Programı 5-8. Sınıflar Türkçe-Sosyal Bilgiler</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>50</v>
+        <v>270</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786051704524</t>
+          <t>9786051702964</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Boyu Öğrenme</t>
+          <t>Eğitimde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>150</v>
+        <v>291.6</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786051703497</t>
+          <t>9786051702957</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Yönetme Sanatı</t>
+          <t>Adım Adım İlkokula Başlamak Okula Uyum ve Erken Okuryazarlık Eğitimi</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>345.6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786051703114</t>
+          <t>9786051704524</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Arduino İle Robotik Uygulamalar</t>
+          <t>Yaşam Boyu Öğrenme</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>446.4</v>
+        <v>150</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786051703145</t>
+          <t>9786051703497</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Psikolojide Araştırma ve Değerlendirme</t>
+          <t>Yönetme Sanatı</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>612</v>
+        <v>345.6</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789756376430</t>
+          <t>9786051703114</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Öykü Demeti 1</t>
+          <t>Arduino İle Robotik Uygulamalar</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>204</v>
+        <v>446.4</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786051703176</t>
+          <t>9786051703145</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Örneklendirilmiş Bilimsel Araştırma Yöntemleri</t>
+          <t>Eğitim ve Psikolojide Araştırma ve Değerlendirme</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>396</v>
+        <v>612</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786051700601</t>
+          <t>9789756376430</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Örnek Olay Yöntemi ve Eğitimde Örnek Olaylar</t>
+          <t>Öykü Demeti 1</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>270</v>
+        <v>204</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786051705132</t>
+          <t>9786051703176</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Etik ve Öğretmenlik Mesleki Değerleri</t>
+          <t>Örneklendirilmiş Bilimsel Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>180</v>
+        <v>396</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786051704876</t>
+          <t>9786051700601</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sosyolojisinde Güncel ve Çeşitli Konular-1</t>
+          <t>Örnek Olay Yöntemi ve Eğitimde Örnek Olaylar</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>198</v>
+        <v>270</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786051704883</t>
+          <t>9786051705132</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>İlköğretimde Drama Kuram ve Uygulama</t>
+          <t>Eğitimde Etik ve Öğretmenlik Mesleki Değerleri</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>147</v>
+        <v>180</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786055214722</t>
+          <t>9786051704876</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Yöneticiler İçin Eğitimde Politika Geliştirme Ve Analiz</t>
+          <t>Eğitim Sosyolojisinde Güncel ve Çeşitli Konular-1</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>402</v>
+        <v>198</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786051704814</t>
+          <t>9786051704883</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>İkidillilik Ve Çokdillilik</t>
+          <t>İlköğretimde Drama Kuram ve Uygulama</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>262.8</v>
+        <v>147</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786051703633</t>
+          <t>9786055214722</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Matematik Eğitimi</t>
+          <t>Yöneticiler İçin Eğitimde Politika Geliştirme Ve Analiz</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>432</v>
+        <v>402</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786051703725</t>
+          <t>9786051704814</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Program Geliştirme</t>
+          <t>İkidillilik Ve Çokdillilik</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>315.6</v>
+        <v>262.8</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786051703466</t>
+          <t>9786051703633</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sosyolojisi</t>
+          <t>Erken Çocukluk Döneminde Matematik Eğitimi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>259.2</v>
+        <v>432</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786051703480</t>
+          <t>9786051703725</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>An Essential Guide For Listening And Pronunciation For Turkish Elt Students</t>
+          <t>Eğitimde Program Geliştirme</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>295.2</v>
+        <v>315.6</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786051707617</t>
+          <t>9786051703466</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Danışma ve Rehberlik</t>
+          <t>Eğitim Sosyolojisi</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>315.6</v>
+        <v>259.2</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786051703435</t>
+          <t>9786051703480</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Danışma ve Rehberlik</t>
+          <t>An Essential Guide For Listening And Pronunciation For Turkish Elt Students</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>324</v>
+        <v>295.2</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786051704050</t>
+          <t>9786051707617</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Program Geliştirmede Öğretmen Elkitabı</t>
+          <t>Psikolojik Danışma ve Rehberlik</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>357.6</v>
+        <v>315.6</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786051700199</t>
+          <t>9786051703435</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Pozitivizmin Erken Cumhuriyet Dönemine Etkisi</t>
+          <t>Psikolojik Danışma ve Rehberlik</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>342</v>
+        <v>324</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789756376379</t>
+          <t>9786051704050</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizm ve Edebiyat</t>
+          <t>Program Geliştirmede Öğretmen Elkitabı</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>55</v>
+        <v>357.6</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789756956717</t>
+          <t>9786051700199</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Ve Küresel Toplumda Eğitim</t>
+          <t>Pozitivizmin Erken Cumhuriyet Dönemine Etkisi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>6.48</v>
+        <v>342</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789756376225</t>
+          <t>9789756376379</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Özgünlüğün Sosyolojisi</t>
+          <t>Postmodernizm ve Edebiyat</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>270</v>
+        <v>55</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786054434831</t>
+          <t>9789756956717</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Özgün ve Yetkin Bir Sosyal Teorisyen Olarak Kemal Tahir</t>
+          <t>Postmodern Ve Küresel Toplumda Eğitim</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>351.6</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789756956069</t>
+          <t>9789756376225</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Özel Öğretim Yöntemleri</t>
+          <t>Özgünlüğün Sosyolojisi</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>188</v>
+        <v>270</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789756376447</t>
+          <t>9786054434831</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Öykü Demeti 2</t>
+          <t>Özgün ve Yetkin Bir Sosyal Teorisyen Olarak Kemal Tahir</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>204</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786054434794</t>
+          <t>9789756956069</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlik Mesleğine İlk Adım</t>
+          <t>Özel Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786051701738</t>
+          <t>9789756376447</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlerin Mesleki Gelişimi ve Denetimi</t>
+          <t>Öykü Demeti 2</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>324</v>
+        <v>204</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786054434428</t>
+          <t>9786054434794</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler ve Öğrenciler için Yaşayan Çocuk Oyunları</t>
+          <t>Öğretmenlik Mesleğine İlk Adım</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>46</v>
+        <v>198</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786054434749</t>
+          <t>9786051701738</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen ve Yönetici Yetiştirmede Mentorluk</t>
+          <t>Öğretmenlerin Mesleki Gelişimi ve Denetimi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>294</v>
+        <v>324</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789944474351</t>
+          <t>9786054434428</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
+          <t>Öğretmenler ve Öğrenciler için Yaşayan Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>207</v>
+        <v>46</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786051701349</t>
+          <t>9786054434749</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
+          <t>Öğretmen ve Yönetici Yetiştirmede Mentorluk</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>72</v>
+        <v>294</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786051704319</t>
+          <t>9789944474351</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Tasarımı</t>
+          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>342</v>
+        <v>207</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786051700489</t>
+          <t>9786051701349</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Tasarımı</t>
+          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>298.8</v>
+        <v>72</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786051701295</t>
+          <t>9786051704319</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Süreçleri ve Öğrenme Psikolojisi</t>
+          <t>Öğretim Tasarımı</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>380.4</v>
+        <v>342</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786051703053</t>
+          <t>9786051700489</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Öğretim Tasarımı</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>358.8</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786051700076</t>
+          <t>9786051701295</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Öğretim Süreçleri ve Öğrenme Psikolojisi</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>69</v>
+        <v>380.4</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786054434046</t>
+          <t>9786051703053</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
           <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>348</v>
+        <v>358.8</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786051702094</t>
+          <t>9786051700076</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme ve Bellek</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>507.6</v>
+        <v>69</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786054434473</t>
+          <t>9786054434046</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Öğretme Teknikleri ve Materyal Geliştirme</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>328.8</v>
+        <v>348</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789944474504</t>
+          <t>9786051702094</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Öğretme Kuramları ve Süreç Temelli Öğretim</t>
+          <t>Öğrenme ve Bellek</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>327</v>
+        <v>507.6</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786054434664</t>
+          <t>9786054434473</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Öğretme Kuram ve Yaklaşımları</t>
+          <t>Öğrenme Öğretme Teknikleri ve Materyal Geliştirme</t>
         </is>
       </c>
       <c r="C501" s="1">
         <v>328.8</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786055213985</t>
+          <t>9789944474504</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarla Kavram Eğitimi Etkinlik Örnekleri</t>
+          <t>Öğrenme Öğretme Kuramları ve Süreç Temelli Öğretim</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>312</v>
+        <v>327</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789944474665</t>
+          <t>9786054434664</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Oyun ve Etkinliklerle Coğrafya Öğretimi</t>
+          <t>Öğrenme Öğretme Kuram ve Yaklaşımları</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>256.8</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786054434619</t>
+          <t>9786055213985</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Fikir Dergiciliği ve Sosyolojiye Etkileri</t>
+          <t>Oyunlarla Kavram Eğitimi Etkinlik Örnekleri</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>396</v>
+        <v>312</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789944474115</t>
+          <t>9789944474665</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Acil Durum Yönetimi</t>
+          <t>Oyun ve Etkinliklerle Coğrafya Öğretimi</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>270</v>
+        <v>256.8</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789756956373</t>
+          <t>9786054434619</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Okulda Ruh Sağlığı</t>
+          <t>Osmanlı’dan Cumhuriyet’e Fikir Dergiciliği ve Sosyolojiye Etkileri</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>60</v>
+        <v>396</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786051704159</t>
+          <t>9789944474115</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Okul Temelli Önleyici Rehberlik ve Psikolojik Danışma</t>
+          <t>Okullarda Acil Durum Yönetimi</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786051701509</t>
+          <t>9789756956373</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Resim Eğitimi</t>
+          <t>Okulda Ruh Sağlığı</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>288</v>
+        <v>60</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786054434244</t>
+          <t>9786051704159</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Oyun ve Oyun Örnekleri</t>
+          <t>Okul Temelli Önleyici Rehberlik ve Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>258</v>
+        <v>360</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786054434381</t>
+          <t>9786051701509</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Beden Eğitimi ve Uygulamaları</t>
+          <t>Okul Öncesinde Resim Eğitimi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>240</v>
+        <v>288</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789944474931</t>
+          <t>9786054434244</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Özel Öğretim Yöntemleri</t>
+          <t>Okul Öncesinde Oyun ve Oyun Örnekleri</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>65</v>
+        <v>258</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786054434183</t>
+          <t>9786054434381</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Oyun ve Öğrenme</t>
+          <t>Okul Öncesinde Beden Eğitimi ve Uygulamaları</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>249.6</v>
+        <v>240</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786054434718</t>
+          <t>9789944474931</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitiminin İlke ve Yöntemleri</t>
+          <t>Okul Öncesinde Özel Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>285.6</v>
+        <v>65</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786055213626</t>
+          <t>9786054434183</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitime Giriş</t>
+          <t>Oyun ve Öğrenme</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>50</v>
+        <v>249.6</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786054434176</t>
+          <t>9786054434718</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitim Kurumlarında Eğitim Ortamı ve Donanım</t>
+          <t>Okul Öncesi Eğitiminin İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>270</v>
+        <v>285.6</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786054434169</t>
+          <t>9786055213626</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönemde Yaratıcılık ve Eğitimi</t>
+          <t>Okul Öncesi Eğitime Giriş</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>294</v>
+        <v>50</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786051700953</t>
+          <t>9786054434176</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönemde Fen ve Teknoloji Öğretimi</t>
+          <t>Okul Öncesi Eğitim Kurumlarında Eğitim Ortamı ve Donanım</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>378</v>
+        <v>270</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786051707174</t>
+          <t>9786054434169</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Okul Deneyimi ve Öğretmenlik Uygulaması</t>
+          <t>Okul Öncesi Dönemde Yaratıcılık ve Eğitimi</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>240</v>
+        <v>294</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786051705859</t>
+          <t>9786051700953</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Nvivo İle Nitel Veri Analizi</t>
+          <t>Okul Öncesi Dönemde Fen ve Teknoloji Öğretimi</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>446.4</v>
+        <v>378</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786054434480</t>
+          <t>9786051707174</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Niyazi Berkes’in Sosyoloji Anlayışı</t>
+          <t>Okul Deneyimi ve Öğretmenlik Uygulaması</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>259.2</v>
+        <v>240</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786054434992</t>
+          <t>9786051705859</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırmaya Giriş</t>
+          <t>Nvivo İle Nitel Veri Analizi</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>486</v>
+        <v>446.4</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789756376010</t>
+          <t>9786054434480</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Nicel - Nitel Araştırma Teknikleri</t>
+          <t>Niyazi Berkes’in Sosyoloji Anlayışı</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>21.3</v>
+        <v>259.2</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786054434800</t>
+          <t>9786054434992</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Motor Öğrenme ve Performans</t>
+          <t>Nitel Araştırmaya Giriş</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>990</v>
+        <v>486</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789944474344</t>
+          <t>9789756376010</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Metinlerarasılık ve Yazın Eğitimi</t>
+          <t>Nicel - Nitel Araştırma Teknikleri</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>32</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786051705095</t>
+          <t>9786054434800</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Mesleki Teleskop</t>
+          <t>Motor Öğrenme ve Performans</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>298.8</v>
+        <v>990</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786054434565</t>
+          <t>9789944474344</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Meslek Seçimi Mesleki Karar ve Mesleki Kararsızlık</t>
+          <t>Metinlerarasılık ve Yazın Eğitimi</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>41</v>
+        <v>32</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786055213312</t>
+          <t>9786051705095</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Sosyolojisi - Batı Sosyolojisini Yeniden Düşünmek Cilt 1</t>
+          <t>Mesleki Teleskop</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>351.6</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786054434985</t>
+          <t>9786054434565</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Ve Sosyal Bilimler</t>
+          <t>Meslek Seçimi Mesleki Karar ve Mesleki Kararsızlık</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>298.8</v>
+        <v>41</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789944474726</t>
+          <t>9786055213312</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Sosyolojisi</t>
+          <t>Marx’ın Sosyolojisi - Batı Sosyolojisini Yeniden Düşünmek Cilt 1</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>285.6</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786054434497</t>
+          <t>9786054434985</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Müzik Eğitiminde Yeni Yaklaşımlar</t>
+          <t>Küreselleşme Ve Sosyal Bilimler</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>312</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786051700618</t>
+          <t>9789944474726</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kuram ve Uygulamada Sınıf Yönetimi</t>
+          <t>Kurtuluş Savaşı Sosyolojisi</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>255</v>
+        <v>285.6</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786054434626</t>
+          <t>9786054434497</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitülerinden Kent Enstitülerine</t>
+          <t>Kuramdan Uygulamaya Müzik Eğitiminde Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>256.8</v>
+        <v>312</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786051702421</t>
+          <t>9786051700618</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri ve Toplum Kalkınması</t>
+          <t>Kuram ve Uygulamada Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>252</v>
+        <v>255</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786054434770</t>
+          <t>9786054434626</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Sorunsalı</t>
+          <t>Köy Enstitülerinden Kent Enstitülerine</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>22.22</v>
+        <v>256.8</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786051700816</t>
+          <t>9786051702421</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Kapsamlı Gelişimsel Rehberlik  Programı</t>
+          <t>Köy Enstitüleri ve Toplum Kalkınması</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>270</v>
+        <v>252</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789944474429</t>
+          <t>9786054434770</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>İzlenimden Düşünceye</t>
+          <t>Kimlik Sorunsalı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>186</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786051700915</t>
+          <t>9786051700816</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>İyilik Hali Çalışma Kitabı</t>
+          <t>Kapsamlı Gelişimsel Rehberlik  Programı</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>262.8</v>
+        <v>270</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786054434756</t>
+          <t>9789944474429</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>İşitme Güçlüğü Olan Çocuğuma Nasıl Yardımcı Olabilirim?</t>
+          <t>İzlenimden Düşünceye</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>442.8</v>
+        <v>186</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789756376423</t>
+          <t>9786051700915</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>İnternet ve Toplum</t>
+          <t>İyilik Hali Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>315.6</v>
+        <v>262.8</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786055213169</t>
+          <t>9786054434756</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>İnternet Bağımlılığı</t>
+          <t>İşitme Güçlüğü Olan Çocuğuma Nasıl Yardımcı Olabilirim?</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>65</v>
+        <v>442.8</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786054434817</t>
+          <t>9789756376423</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>İnanmanın Felsefesi</t>
+          <t>İnternet ve Toplum</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>34</v>
+        <v>315.6</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789756376164</t>
+          <t>9786055213169</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>İlköğretimde Beden Eğitimi ve Uygulamaları</t>
+          <t>İnternet Bağımlılığı</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>240</v>
+        <v>65</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786055213022</t>
+          <t>9786054434817</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>İlk - Ortaokullarda Beden Eğitimi Dersinde Ölçme ve Değerlendirme</t>
+          <t>İnanmanın Felsefesi</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>258</v>
+        <v>34</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789756376942</t>
+          <t>9789756376164</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Instructional Technologies and Material Design For Foreign Language Teaching</t>
+          <t>İlköğretimde Beden Eğitimi ve Uygulamaları</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>15.74</v>
+        <v>240</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789756376911</t>
+          <t>9786055213022</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Hegel ve Tarih Felsefesi</t>
+          <t>İlk - Ortaokullarda Beden Eğitimi Dersinde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C545" s="1">
         <v>258</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789944474825</t>
+          <t>9789756376942</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bilgisi Öğretimi ve Öğretmen Kılavuzu</t>
+          <t>Instructional Technologies and Material Design For Foreign Language Teaching</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>378</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786051703442</t>
+          <t>9789756376911</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Handbook For Teaching Foreign Languages to Young Learners in Primary Schools</t>
+          <t>Hegel ve Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>293</v>
+        <v>258</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789944474894</t>
+          <t>9789944474825</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Güncel Çevre Sorunlarıyla İlgili Eğitsel Etkinlikler</t>
+          <t>Hayat Bilgisi Öğretimi ve Öğretmen Kılavuzu</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>328.8</v>
+        <v>378</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786055213220</t>
+          <t>9786051703442</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Grafik Dil ve Anlatım Biçimleri</t>
+          <t>Handbook For Teaching Foreign Languages to Young Learners in Primary Schools</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>203</v>
+        <v>293</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9799944474053</t>
+          <t>9789944474894</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Genel Fizik Laboratuvarı 1-2 Deney Kitabı</t>
+          <t>Güncel Çevre Sorunlarıyla İlgili Eğitsel Etkinlikler</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>298.8</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786051702063</t>
+          <t>9786055213220</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Genel Biyoloji</t>
+          <t>Grafik Dil ve Anlatım Biçimleri</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>348</v>
+        <v>203</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786051701394</t>
+          <t>9799944474053</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Gelecekteki Olası Eğitim Sistemleri ve Bazı Araştırmalar</t>
+          <t>Genel Fizik Laboratuvarı 1-2 Deney Kitabı</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>360</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786051702322</t>
+          <t>9786051702063</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Okulu</t>
+          <t>Genel Biyoloji</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>325</v>
+        <v>348</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786054434459</t>
+          <t>9786051701394</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Fen Eğitiminde Özel Öğretim Yöntemleri 1-2</t>
+          <t>Gelecekteki Olası Eğitim Sistemleri ve Bazı Araştırmalar</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>315.6</v>
+        <v>360</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786051701219</t>
+          <t>9786051702322</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Fen Bilgisi Laboratuvar Deneyleri</t>
+          <t>Frankfurt Okulu</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>351.6</v>
+        <v>325</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786054434961</t>
+          <t>9786054434459</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Öncesi Psikolojik Danışma</t>
+          <t>Fen Eğitiminde Özel Öğretim Yöntemleri 1-2</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>70</v>
+        <v>315.6</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789944474900</t>
+          <t>9786051701219</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Sözcük Öğretimi</t>
+          <t>Fen Bilgisi Laboratuvar Deneyleri</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>37</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789944474559</t>
+          <t>9786054434961</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Temelli İlkokuma ve Yazma Öğretimi</t>
+          <t>Evlilik Öncesi Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>19.44</v>
+        <v>70</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786051703404</t>
+          <t>9789944474900</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Etkili Sınıf Yönetimi</t>
+          <t>Etkinliklerle Sözcük Öğretimi</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>270</v>
+        <v>37</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786054434084</t>
+          <t>9789944474559</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Pedagojiye Giriş</t>
+          <t>Etkinlik Temelli İlkokuma ve Yazma Öğretimi</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>35.19</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786055213237</t>
+          <t>9786051703404</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Pedagoji</t>
+          <t>Etkili Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>306</v>
+        <v>270</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786051705088</t>
+          <t>9786054434084</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Medya Okuryazarlığı</t>
+          <t>Eleştirel Pedagojiye Giriş</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>351.6</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786051702018</t>
+          <t>9786055213237</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünme Rehberi</t>
+          <t>Eleştirel Pedagoji</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>334.8</v>
+        <v>306</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789944474542</t>
+          <t>9786051705088</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Eğitsel Şiirler</t>
+          <t>Eleştirel Medya Okuryazarlığı</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>240</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786054434923</t>
+          <t>9786051702018</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Program Geliştirme Kavramlar Yaklaşımlar</t>
+          <t>Eleştirel Düşünme Rehberi</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>228</v>
+        <v>334.8</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786054434862</t>
+          <t>9789944474542</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Program Değerlendirme</t>
+          <t>Eğitsel Şiirler</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>207</v>
+        <v>240</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786051701288</t>
+          <t>9786054434923</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ölçme ve Değerlendirme</t>
+          <t>Eğitimde Program Geliştirme Kavramlar Yaklaşımlar</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>274</v>
+        <v>228</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789944474733</t>
+          <t>9786054434862</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yazı Teknikleri ve Öğretimi</t>
+          <t>Eğitimde Program Değerlendirme</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>315.6</v>
+        <v>207</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786051703411</t>
+          <t>9786051701288</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Etkili İletişim</t>
+          <t>Eğitimde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>324</v>
+        <v>274</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786054434190</t>
+          <t>9789944474733</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Teknolojisi</t>
+          <t>Güzel Yazı Teknikleri ve Öğretimi</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>342</v>
+        <v>315.6</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786051703473</t>
+          <t>9786051703411</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sosyolojisi</t>
+          <t>Eğitimde Etkili İletişim</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>239</v>
+        <v>324</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789944474856</t>
+          <t>9786054434190</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Psikolojisi</t>
+          <t>Eğitim Teknolojisi</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>314.4</v>
+        <v>342</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786051700250</t>
+          <t>9786051703473</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Psikolojisi</t>
+          <t>Eğitim Sosyolojisi</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>357.6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789944474122</t>
+          <t>9789944474856</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
           <t>Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>274</v>
+        <v>314.4</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786054434220</t>
+          <t>9786051700250</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Kurumlarında Risk Yönetimi</t>
+          <t>Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>270</v>
+        <v>357.6</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786051700779</t>
+          <t>9789944474122</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Kurumlarında Adli ve İdari Soruşturma</t>
+          <t>Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>396</v>
+        <v>274</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786051701561</t>
+          <t>9786054434220</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Felsefesi</t>
+          <t>Eğitim Kurumlarında Risk Yönetimi</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>279.6</v>
+        <v>270</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786051700571</t>
+          <t>9786051700779</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Fakülteleri için Genel Kimya</t>
+          <t>Eğitim Kurumlarında Adli ve İdari Soruşturma</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>492</v>
+        <v>396</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786051700533</t>
+          <t>9786051701561</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>255</v>
+        <v>279.6</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786051705828</t>
+          <t>9786051700571</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Eğitim Fakülteleri için Genel Kimya</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>288</v>
+        <v>492</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786051701639</t>
+          <t>9786051700533</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
           <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>298.8</v>
+        <v>255</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789756376669</t>
+          <t>9786051705828</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Psikoloji</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>417.6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786054434886</t>
+          <t>9786051701639</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilimi Cilt: 1</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C583" s="1">
         <v>298.8</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789756376249</t>
+          <t>9789756376669</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Örgütlerinde Dönüşümsel Liderlik</t>
+          <t>Edebiyat ve Psikoloji</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>12.04</v>
+        <v>417.6</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786054434930</t>
+          <t>9786054434886</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Doğa Eğitimi - Ders Dışı Öğretim Faaliyetlerine Örnek</t>
+          <t>Edebiyat Bilimi Cilt: 1</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>487.5</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789756376195</t>
+          <t>9789756376249</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Dizgeli Eğitim</t>
+          <t>Eğitim Örgütlerinde Dönüşümsel Liderlik</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>285.6</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786054434077</t>
+          <t>9786054434930</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sanatlar Eğitiminde Özel Öğretim Yöntemleri</t>
+          <t>Doğa Eğitimi - Ders Dışı Öğretim Faaliyetlerine Örnek</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>396</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786055213176</t>
+          <t>9789756376195</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Matematik Eğitiminde Teknolojik Pedagolojik Alan Bilgisi</t>
+          <t>Dizgeli Eğitim</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>306</v>
+        <v>285.6</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786051702414</t>
+          <t>9786054434077</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Edebiyat Öğretimi</t>
+          <t>Güzel Sanatlar Eğitiminde Özel Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>315.6</v>
+        <v>396</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786054434763</t>
+          <t>9786055213176</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Toplama Becerisini Geliştirici Etkinlikler - Okulöncesi</t>
+          <t>Fen ve Matematik Eğitiminde Teknolojik Pedagolojik Alan Bilgisi</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>328.8</v>
+        <v>306</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786054434350</t>
+          <t>9786051702414</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Toplama Becerisini Geliştirici Etkinlikler - İlköğretim 1. 2. 3. Sınıf</t>
+          <t>Dil ve Edebiyat Öğretimi</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>351.6</v>
+        <v>315.6</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789756956380</t>
+          <t>9786054434763</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Dış Göç ve Eğitim</t>
+          <t>Dikkat Toplama Becerisini Geliştirici Etkinlikler - Okulöncesi</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>220.8</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786055213206</t>
+          <t>9786054434350</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Daha Güncel Felsefe</t>
+          <t>Dikkat Toplama Becerisini Geliştirici Etkinlikler - İlköğretim 1. 2. 3. Sınıf</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>324</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786051704111</t>
+          <t>9789756956380</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Oyun</t>
+          <t>Dış Göç ve Eğitim</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>328.8</v>
+        <v>220.8</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786051703558</t>
+          <t>9786055213206</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergende Ruh Sağlığı</t>
+          <t>Daha Güncel Felsefe</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>360</v>
+        <v>324</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786054434824</t>
+          <t>9786051704111</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sosyolojisi</t>
+          <t>Çocuk ve Oyun</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>157</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786055213428</t>
+          <t>9786051703558</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı</t>
+          <t>Çocuk ve Ergende Ruh Sağlığı</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>378</v>
+        <v>360</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789756376812</t>
+          <t>9786054434824</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Çevre Bilimi</t>
+          <t>Çocuk Sosyolojisi</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>18.52</v>
+        <v>157</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789756376171</t>
+          <t>9786055213428</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Cümle ve Metin Bilgisi</t>
+          <t>Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>342</v>
+        <v>378</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786054434251</t>
+          <t>9789756376812</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
+          <t>Çevre Bilimi</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>396</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786054434855</t>
+          <t>9789756376171</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya Öğretiminde Çoklu Zeka</t>
+          <t>Cümle ve Metin Bilgisi</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>306</v>
+        <v>342</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789756376034</t>
+          <t>9786054434251</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Canlılar Bilimi</t>
+          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>25.93</v>
+        <v>396</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786055213329</t>
+          <t>9786054434855</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Burjuva Sosyolojisi  Batı Sosyolojisini Yeniden Düşünmek Cilt 2</t>
+          <t>Coğrafya Öğretiminde Çoklu Zeka</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>312</v>
+        <v>306</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789944474696</t>
+          <t>9789756376034</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Bizi Boşamayın</t>
+          <t>Canlılar Bilimi</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>52</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786054434411</t>
+          <t>9786055213329</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Uygulamaları 2</t>
+          <t>Burjuva Sosyolojisi  Batı Sosyolojisini Yeniden Düşünmek Cilt 2</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>258</v>
+        <v>312</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>3990000005205</t>
+          <t>9789944474696</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Birleştirilmiş Sınıflarda Öğretim</t>
+          <t>Bizi Boşamayın</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>12.96</v>
+        <v>52</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786051702766</t>
+          <t>9786054434411</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Birleştirilmiş Sınıflarda Öğretim</t>
+          <t>Biyoloji Uygulamaları 2</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>298.8</v>
+        <v>258</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786051702858</t>
+          <t>3990000005205</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi</t>
+          <t>Birleştirilmiş Sınıflarda Öğretim</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>328.8</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789756956194</t>
+          <t>9786051702766</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Destekli Eğitimde Uygulamalar</t>
+          <t>Birleştirilmiş Sınıflarda Öğretim</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>270</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789756956991</t>
+          <t>9786051702858</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Yönetimi</t>
+          <t>Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>12.04</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789944474405</t>
+          <t>9789756956194</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Baykan Sezer’in Sosyoloji Anlayışı</t>
+          <t>Bilgisayar Destekli Eğitimde Uygulamalar</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>351.6</v>
+        <v>270</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786054434978</t>
+          <t>9789756956991</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Batı Bataklığı</t>
+          <t>Bilgi Yönetimi</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>270</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786051702629</t>
+          <t>9789944474405</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Batı Barbarlığı 1</t>
+          <t>Baykan Sezer’in Sosyoloji Anlayışı</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>270</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786055213589</t>
+          <t>9786054434978</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze Türk Eğitim Tarihi</t>
+          <t>Batı Bataklığı</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>590.4</v>
+        <v>270</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789944474948</t>
+          <t>9786051702629</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Sosyolojisi</t>
+          <t>Batı Barbarlığı 1</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>243.6</v>
+        <v>270</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786051701462</t>
+          <t>9786055213589</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ü Doğru Anlamak</t>
+          <t>Başlangıçtan Günümüze Türk Eğitim Tarihi</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>522</v>
+        <v>590.4</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786054434633</t>
+          <t>9789944474948</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Eğitim Bilimleri</t>
+          <t>Aydınlanma Sosyolojisi</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>216</v>
+        <v>243.6</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789944474986</t>
+          <t>9786051701462</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
+          <t>Atatürk’ü Doğru Anlamak</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>225</v>
+        <v>522</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789944474375</t>
+          <t>9786054434633</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Anthony Giddens Sosyolojisi</t>
+          <t>Atatürk ve Eğitim Bilimleri</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>55</v>
+        <v>216</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789944474054</t>
+          <t>9789944474986</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Psikoloji Sözlüğü</t>
+          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>35</v>
+        <v>225</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786051700663</t>
+          <t>9789944474375</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Eğitim ve Psikoloji Sözlüğü (Ciltli)</t>
+          <t>Anthony Giddens Sosyolojisi</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>1260</v>
+        <v>55</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789944474108</t>
+          <t>9789944474054</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Desteği ve Başarı</t>
+          <t>Ansiklopedik Psikoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>249.6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786055213466</t>
+          <t>9786051700663</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Anlamdan Anlatıma Türkçemiz</t>
+          <t>Ansiklopedik Eğitim ve Psikoloji Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>475.2</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789756376256</t>
+          <t>9789944474108</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Andre Gide’i Mitlerle Okumak</t>
+          <t>Anne Baba Desteği ve Başarı</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>342</v>
+        <v>249.6</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789944474788</t>
+          <t>9786055213466</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Alman Dili ve Edebiyatı Üzerine</t>
+          <t>Anlamdan Anlatıma Türkçemiz</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>226.8</v>
+        <v>475.2</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786054434114</t>
+          <t>9789756376256</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Aktuelle Texte Lesen und Verstehen</t>
+          <t>Andre Gide’i Mitlerle Okumak</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>270</v>
+        <v>342</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786051703060</t>
+          <t>9789944474788</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Aile Eğitimi ve Erken Çocukluk Eğitiminde Aile Katılım Çalışmaları</t>
+          <t>Alman Dili ve Edebiyatı Üzerine</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>342</v>
+        <v>226.8</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786051706863</t>
+          <t>9786054434114</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Aile Danışmanlığı</t>
+          <t>Aktuelle Texte Lesen und Verstehen</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>353</v>
+        <v>270</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786051700878</t>
+          <t>9786051703060</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Sosyolojisi</t>
+          <t>Aile Eğitimi ve Erken Çocukluk Eğitiminde Aile Katılım Çalışmaları</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>328.8</v>
+        <v>342</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786051700137</t>
+          <t>9786051706863</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Aday Öğretmenler için Okul Deneyimi ve Öğretmenlik Uygulaması</t>
+          <t>Aile Danışmanlığı</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>286.8</v>
+        <v>353</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786051703183</t>
+          <t>9786051700878</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırma Yöntemleri</t>
+          <t>Ahlak Sosyolojisi</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>300</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786051706566</t>
+          <t>9786051700137</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırma Yöntemleri</t>
+          <t>Aday Öğretmenler için Okul Deneyimi ve Öğretmenlik Uygulaması</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>300</v>
+        <v>286.8</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789944474849</t>
+          <t>9786051703183</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Teknoloji Tarihi</t>
+          <t>Bilimsel Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>285.6</v>
+        <v>300</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789756956663</t>
+          <t>9786051706566</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Stratejik Planlama ve Toplam Kalite Yönetimi</t>
+          <t>Bilimsel Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>11.11</v>
+        <v>300</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786055213077</t>
+          <t>9789944474849</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Öğretiminde Öğretim Teknolojileri ve Materyal Tasarımı</t>
+          <t>Bilim ve Teknoloji Tarihi</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>348</v>
+        <v>285.6</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789944474313</t>
+          <t>9789756956663</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Eğitimi Bölümlerinde Edebiyat Öğretimi</t>
+          <t>Eğitimde Stratejik Planlama ve Toplam Kalite Yönetimi</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>312</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786054434534</t>
+          <t>9786055213077</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Wissen Und Können Ausgewahlte Schriften Zur Germanistik</t>
+          <t>Yabancı Dil Öğretiminde Öğretim Teknolojileri ve Materyal Tasarımı</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>259.2</v>
+        <v>348</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786051700731</t>
+          <t>9789944474313</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Üstün Zekalı Öğrencilerin Eğitimi ve Eğitsel Bilim Etkinlikleri</t>
+          <t>Yabancı Dil Eğitimi Bölümlerinde Edebiyat Öğretimi</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>328.8</v>
+        <v>312</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789756376959</t>
+          <t>9786054434534</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Türkiye Cumhuriyeti Tarihi</t>
+          <t>Wissen Und Können Ausgewahlte Schriften Zur Germanistik</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>270</v>
+        <v>259.2</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789756376577</t>
+          <t>9786051700731</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Üç Devrin Yol Ayrımında: Yakup Kadri Karaosmanoğlu</t>
+          <t>Üstün Zekalı Öğrencilerin Eğitimi ve Eğitsel Bilim Etkinlikleri</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>414</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786054434435</t>
+          <t>9789756376959</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Türkçe Öğretimi</t>
+          <t>Üniversiteler İçin Türkiye Cumhuriyeti Tarihi</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>378</v>
+        <v>270</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786051700274</t>
+          <t>9789756376577</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı İlkokuma Yazma Öğretimi</t>
+          <t>Üç Devrin Yol Ayrımında: Yakup Kadri Karaosmanoğlu</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>270</v>
+        <v>414</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789757936200</t>
+          <t>9786054434435</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Milli Eğitim Sisteminde Teftiş</t>
+          <t>Uygulamalı Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>18.52</v>
+        <v>378</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786051704388</t>
+          <t>9786051700274</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Almanca Karşılaştırmalı Temel Dilbilgisi</t>
+          <t>Uygulamalı İlkokuma Yazma Öğretimi</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>324</v>
+        <v>270</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786054434398</t>
+          <t>9789757936200</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretimi ve Tam Öğrenme</t>
+          <t>Türkiye Cumhuriyeti Milli Eğitim Sisteminde Teftiş</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>396</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789944474166</t>
+          <t>9786051704388</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Türkçe İkilemeler Sözlüğü</t>
+          <t>Türkçe-Almanca Karşılaştırmalı Temel Dilbilgisi</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>564</v>
+        <v>324</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789756376843</t>
+          <t>9786054434398</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi</t>
+          <t>Türkçe Öğretimi ve Tam Öğrenme</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>12.04</v>
+        <v>396</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786054434060</t>
+          <t>9789944474166</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili ve Kompozisyon Bilgisi</t>
+          <t>Türkçe İkilemeler Sözlüğü</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>324</v>
+        <v>564</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786051700526</t>
+          <t>9789756376843</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Bilimlere Giriş</t>
+          <t>Türk Eğitim Sistemi</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>270</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789944474832</t>
+          <t>9786054434060</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Toplumbilime Giriş</t>
+          <t>Türk Dili ve Kompozisyon Bilgisi</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>270</v>
+        <v>324</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789944474603</t>
+          <t>9786051700526</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Topluma Hizmet Uygulamaları</t>
+          <t>Toplumsal Bilimlere Giriş</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>312</v>
+        <v>270</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789756376232</t>
+          <t>9789944474832</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Toplumsal Sorunları</t>
+          <t>Toplumbilime Giriş</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>314.4</v>
+        <v>270</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786054434039</t>
+          <t>9789944474603</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Tipitop ve Arkadaşları ile Toprağı Tanıyoruz 1 - Öğretmen El Kitabı</t>
+          <t>Topluma Hizmet Uygulamaları</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>20.37</v>
+        <v>312</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789944474689</t>
+          <t>9789756376232</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Teaching Language Skills</t>
+          <t>Türkiye’nin Toplumsal Sorunları</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>324</v>
+        <v>314.4</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789756376928</t>
+          <t>9786054434039</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Halkevleri ve Halkodaları</t>
+          <t>Tipitop ve Arkadaşları ile Toprağı Tanıyoruz 1 - Öğretmen El Kitabı</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>270</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789944474177</t>
+          <t>9789944474689</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Toplum Bilim Yazıları</t>
+          <t>Teaching Language Skills</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>270</v>
+        <v>324</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786055213121</t>
+          <t>9789756376928</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Suriye, Filistin ve Batı Arabistan Eski Eserleri</t>
+          <t>Türkiye’de Halkevleri ve Halkodaları</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>57</v>
+        <v>270</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786051701240</t>
+          <t>9789944474177</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş</t>
+          <t>Toplum Bilim Yazıları</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>351.6</v>
+        <v>270</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786054434725</t>
+          <t>9786055213121</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş</t>
+          <t>Suriye, Filistin ve Batı Arabistan Eski Eserleri</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>270</v>
+        <v>57</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786055213459</t>
+          <t>9786051701240</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Kuramlarda Eğitim</t>
+          <t>Sosyolojiye Giriş</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>396</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789756956540</t>
+          <t>9786054434725</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Metodoloji Yazıları</t>
+          <t>Sosyolojiye Giriş</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>312</v>
+        <v>270</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786051703329</t>
+          <t>9786055213459</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Tarihi 2</t>
+          <t>Sosyolojik Kuramlarda Eğitim</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>348</v>
+        <v>396</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786051701677</t>
+          <t>9789756956540</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Tarihi 1</t>
+          <t>Sosyoloji ve Metodoloji Yazıları</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>450</v>
+        <v>312</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789944474818</t>
+          <t>9786051703329</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Öğretimi ve Öğretmen Kılavuzu</t>
+          <t>Sosyoloji Tarihi 2</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>432</v>
+        <v>348</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789944474511</t>
+          <t>9786051701677</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Son Değişikliklerle Okul Öncesi Eğitim Programı ve Öğretmen Kılavuzu</t>
+          <t>Sosyoloji Tarihi 1</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>20.37</v>
+        <v>450</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786054434121</t>
+          <t>9789944474818</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Son Değişikliklerle İlköğretim Programı</t>
+          <t>Sosyal Bilgiler Öğretimi ve Öğretmen Kılavuzu</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>38.89</v>
+        <v>432</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789944474887</t>
+          <t>9789944474511</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Coğrafya Açısından Türkiye’de Demiryolu Ulaşımı</t>
+          <t>Son Değişikliklerle Okul Öncesi Eğitim Programı ve Öğretmen Kılavuzu</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>60</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789756956281</t>
+          <t>9786054434121</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi ve Disiplini</t>
+          <t>Son Değişikliklerle İlköğretim Programı</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>12.96</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786055213060</t>
+          <t>9789944474887</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi</t>
+          <t>Siyasi Coğrafya Açısından Türkiye’de Demiryolu Ulaşımı</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>315</v>
+        <v>60</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786054434053</t>
+          <t>9789756956281</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi</t>
+          <t>Sınıf Yönetimi ve Disiplini</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>306</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786055213091</t>
+          <t>9786055213060</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Eğitimi</t>
+          <t>Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>270</v>
+        <v>315</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789944474450</t>
+          <t>9786054434053</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Sefaletin Sosyolojisi</t>
+          <t>Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>396</v>
+        <v>306</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786051700267</t>
+          <t>9786055213091</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öğretiminde Öğrenci Merkezli Yaklaşımlar</t>
+          <t>Sevgi Eğitimi</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>258</v>
+        <v>270</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786051707020</t>
+          <t>9789944474450</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimleri Yeniden Yapılandırmak</t>
+          <t>Sefaletin Sosyolojisi</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>234</v>
+        <v>396</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786051704289</t>
+          <t>9786051700267</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Sanat Eğitimi</t>
+          <t>Tarih Öğretiminde Öğrenci Merkezli Yaklaşımlar</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>396</v>
+        <v>258</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789756376072</t>
+          <t>9786051707020</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı İnsan İlişkileri</t>
+          <t>Sosyal Bilimleri Yeniden Yapılandırmak</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>270</v>
+        <v>234</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786054434213</t>
+          <t>9786051704289</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde İletişim</t>
+          <t>Sanat Eğitimi</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>198</v>
+        <v>396</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789944474979</t>
+          <t>9789756376072</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Roman ve Siyaset</t>
+          <t>Sağlıklı İnsan İlişkileri</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>298.8</v>
+        <v>270</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789756956359</t>
+          <t>9786054434213</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Rehberlik ve Psikolojik Danışma</t>
+          <t>Sağlık Hizmetlerinde İletişim</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>432</v>
+        <v>198</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786054434954</t>
+          <t>9789944474979</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Reggio Emilia Yaklaşımı ve Proje Yaklaşımı</t>
+          <t>Roman ve Siyaset</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>240</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786054434503</t>
+          <t>9789756956359</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Seçim Kanunları ve Siyasal Temsil</t>
+          <t>Rehberlik ve Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>348</v>
+        <v>432</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786051701981</t>
+          <t>9786054434954</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Sanat Sosyolojisi Giriş</t>
+          <t>Reggio Emilia Yaklaşımı ve Proje Yaklaşımı</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>324</v>
+        <v>240</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789944474207</t>
+          <t>9786054434503</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Notları</t>
+          <t>Seçim Kanunları ve Siyasal Temsil</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>74</v>
+        <v>348</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786055213138</t>
+          <t>9786051701981</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Nedir</t>
+          <t>Sanat Sosyolojisi Giriş</t>
         </is>
       </c>
       <c r="C684" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786051703756</t>
+          <t>9789944474207</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Hermeneutiğin Öyküsü</t>
+          <t>Sosyoloji Notları</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>240</v>
+        <v>74</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786051703244</t>
+          <t>9786055213138</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Meta - Tematik Analiz Örnek Uygulamalar</t>
+          <t>Sosyoloji Nedir</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>225.6</v>
+        <v>324</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786051703237</t>
+          <t>9786051703756</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Güçlüklerinde Değerlendirme ve Müdahale</t>
+          <t>Hermeneutiğin Öyküsü</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>234</v>
+        <v>240</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786051703169</t>
+          <t>9786051703244</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Matematik Öğretiminin Temelleri: Ortaokul</t>
+          <t>Meta - Tematik Analiz Örnek Uygulamalar</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>432</v>
+        <v>225.6</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786051702995</t>
+          <t>9786051703237</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Boyutlarıyla Otizm</t>
+          <t>Öğrenme Güçlüklerinde Değerlendirme ve Müdahale</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>279.6</v>
+        <v>234</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786051703022</t>
+          <t>9786051703169</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimin Yönetimi</t>
+          <t>Matematik Öğretiminin Temelleri: Ortaokul</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>324</v>
+        <v>432</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786051702605</t>
+          <t>9786051702995</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Bebeklik Döneminde Gelişim ve Eğitim</t>
+          <t>Sosyolojik Boyutlarıyla Otizm</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>285</v>
+        <v>279.6</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786051701875</t>
+          <t>9786051703022</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Yükseköğretimin Yönetimi</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>127</v>
+        <v>324</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786051702582</t>
+          <t>9786051702605</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgilerde Güncel Okumalar 1</t>
+          <t>Bebeklik Döneminde Gelişim ve Eğitim</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>302.4</v>
+        <v>285</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786051703190</t>
+          <t>9786051701875</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Singapur Eğitim Sistemi Zıtlıkların Gücü</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>328.8</v>
+        <v>127</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786051703206</t>
+          <t>9786051702582</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teorisyenler 2</t>
+          <t>Sosyal Bilgilerde Güncel Okumalar 1</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>414</v>
+        <v>302.4</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786051702780</t>
+          <t>9786051703190</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Ölçeklerin ve Diğer Ölçme Araçlarının Uyarlanması</t>
+          <t>Singapur Eğitim Sistemi Zıtlıkların Gücü</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>198</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786051702773</t>
+          <t>9786051703206</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Araştırma Nasıl Tasarlanır ve Raporlaştırılır</t>
+          <t>Çağdaş Sosyal Teorisyenler 2</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>507.6</v>
+        <v>414</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786051702797</t>
+          <t>9786051702780</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Nöro-Psikolojik Danışma</t>
+          <t>Ölçeklerin ve Diğer Ölçme Araçlarının Uyarlanması</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>380.4</v>
+        <v>198</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786051702940</t>
+          <t>9786051702773</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi</t>
+          <t>Araştırma Nasıl Tasarlanır ve Raporlaştırılır</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>270</v>
+        <v>507.6</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786051703343</t>
+          <t>9786051702797</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönemde Bütünleştirilmiş Fen ve Doğa Etkinlikleri 1</t>
+          <t>Nöro-Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>342</v>
+        <v>380.4</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786051703374</t>
+          <t>9786051702940</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi Farklı Ülkelerle Karşılaştırmalı</t>
+          <t>Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>288</v>
+        <v>270</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786051703367</t>
+          <t>9786051703343</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönemde Bütünleştirilmiş Fen ve Doğa Etkinlikleri 2</t>
+          <t>Okul Öncesi Dönemde Bütünleştirilmiş Fen ve Doğa Etkinlikleri 1</t>
         </is>
       </c>
       <c r="C702" s="1">
         <v>342</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786051703268</t>
+          <t>9786051703374</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde İstatistik</t>
+          <t>Türk Eğitim Sistemi Farklı Ülkelerle Karşılaştırmalı</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>290.4</v>
+        <v>288</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786051705873</t>
+          <t>9786051703367</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Karakter ve Değerler Eğitimi</t>
+          <t>Okul Öncesi Dönemde Bütünleştirilmiş Fen ve Doğa Etkinlikleri 2</t>
         </is>
       </c>
       <c r="C704" s="1">
         <v>342</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786051702988</t>
+          <t>9786051703268</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Uygulama Örnekleriyle Çokkültürlü Eğitim ve Değerler Eğitimi</t>
+          <t>Sosyal Bilimlerde İstatistik</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>243.6</v>
+        <v>290.4</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786051703008</t>
+          <t>9786051705873</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönemde Müzik Eğitimi</t>
+          <t>Karakter ve Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>288</v>
+        <v>342</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786051702889</t>
+          <t>9786051702988</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Örnekleriyle Gereksinim Analizi</t>
+          <t>Uygulama Örnekleriyle Çokkültürlü Eğitim ve Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>240</v>
+        <v>243.6</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786051702896</t>
+          <t>9786051703008</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Eğitim Programları ve Uygulamalar</t>
+          <t>Okul Öncesi Dönemde Müzik Eğitimi</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>351.6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786051702872</t>
+          <t>9786051702889</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Okul İklimi ve Kültürü</t>
+          <t>Eğitimde Örnekleriyle Gereksinim Analizi</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>249.6</v>
+        <v>240</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786051702902</t>
+          <t>9786051702896</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Dil Bilgisi Öğretimi</t>
+          <t>Erken Çocuklukta Eğitim Programları ve Uygulamalar</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>298.8</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786051702926</t>
+          <t>9786051702872</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Yetersizliği Olan Çocuğa Sahip Annelerin Sürekli Kaygı ve Uyum Düzeyleri</t>
+          <t>Okul İklimi ve Kültürü</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>162</v>
+        <v>249.6</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786051703398</t>
+          <t>9786051702902</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Romantik İlişkide İstismara Maruz Kalma</t>
+          <t>Dil Bilgisi Öğretimi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>162</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786051702841</t>
+          <t>9786051702926</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Çevre Eğitimi</t>
+          <t>Zihinsel Yetersizliği Olan Çocuğa Sahip Annelerin Sürekli Kaygı ve Uyum Düzeyleri</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>378</v>
+        <v>162</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786051700946</t>
+          <t>9786051703398</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle SPSS Örnekli Nonparametrik İstatistiksel Yöntemler</t>
+          <t>Romantik İlişkide İstismara Maruz Kalma</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>288</v>
+        <v>162</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786051702865</t>
+          <t>9786051702841</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri</t>
+          <t>Çevre Eğitimi</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>326.4</v>
+        <v>378</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786051702742</t>
+          <t>9786051700946</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Türkçe Ders Kitabı İncelemeleri</t>
+          <t>Bütün Yönleriyle SPSS Örnekli Nonparametrik İstatistiksel Yöntemler</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>258</v>
+        <v>288</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786051702735</t>
+          <t>9786051702865</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Fen Öğretiminde Yenilikçi Yaklaşımlar</t>
+          <t>Öğretim Teknolojileri</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>342</v>
+        <v>326.4</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786051702339</t>
+          <t>9786051702742</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukluk Eğitiminde Sınıf Yönetimi</t>
+          <t>Kuramdan Uygulamaya Türkçe Ders Kitabı İncelemeleri</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>315.6</v>
+        <v>258</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786051706245</t>
+          <t>9786051702735</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitim ve Kaynaştırma</t>
+          <t>Fen Öğretiminde Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>351.6</v>
+        <v>342</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786255525529</t>
+          <t>9786051702339</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve Aile Psikolojik Danışmanlığı</t>
+          <t>Erken Çocuklukluk Eğitiminde Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>350</v>
+        <v>315.6</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786051703923</t>
+          <t>9786051706245</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve Aile Psikolojik Danışmanlığı</t>
+          <t>Özel Eğitim ve Kaynaştırma</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>328.8</v>
+        <v>351.6</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786051700083</t>
+          <t>9786255525529</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+          <t>Evlilik ve Aile Psikolojik Danışmanlığı</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786259771694</t>
+          <t>9786051703923</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Okuma ve Eğitimi</t>
+          <t>Evlilik ve Aile Psikolojik Danışmanlığı</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>288</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786051701653</t>
+          <t>9786051700083</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Metindilbilim ve Türkçe Öğretimi</t>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>328.8</v>
+        <v>360</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
+          <t>9786259771694</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>Okuma ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9786051701653</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>Metindilbilim ve Türkçe Öğretimi</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>328.8</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
           <t>9786051703862</t>
         </is>
       </c>
-      <c r="B725" s="1" t="inlineStr">
+      <c r="B727" s="1" t="inlineStr">
         <is>
           <t>Sosyoloji Tarihi 5</t>
         </is>
       </c>
-      <c r="C725" s="1">
+      <c r="C727" s="1">
         <v>351.6</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>