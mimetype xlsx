--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,10930 +85,11005 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255525581</t>
+          <t>9786255525956</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Koşullama ve Öğrenmenin Temelleri</t>
+          <t>Öğretmenliğe İlk Adım - Gerçeklik Şokunu Aşmak İçin Bir Rehber</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051706559</t>
+          <t>9786255525932</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi</t>
+          <t>Pozitif Psikoterapiye Giriş Kuram ve Uygulama</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>306</v>
+        <v>525</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055214807</t>
+          <t>9786051708225</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+          <t>Öğretmen Eğitiminde Etik ve Ahlak</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>378</v>
+        <v>390</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051706009</t>
+          <t>9786051708249</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel İspat ve Öğretimi</t>
+          <t>Okul Tiyatrosu Öğretmen Yönetmenlere Başvuru Kitabı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>386.4</v>
+        <v>270</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255525109</t>
+          <t>9786255525291</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı Formları</t>
+          <t>Okul Öncesi Eğitimde Çağdaş Yaklaşımlar Reggio Emila Yaklaşımı ve Proje Yaklaşımı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>285.6</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255525321</t>
+          <t>9786255525581</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Perspektifinden Eğitime Giriş</t>
+          <t>Koşullama ve Öğrenmenin Temelleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255525345</t>
+          <t>9786051706559</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Dilbilim El Kitabı</t>
+          <t>Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051709871</t>
+          <t>9786055214807</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Modern Liderlik Türleri ve Örgütsel İletişim</t>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>312</v>
+        <v>420</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051706030</t>
+          <t>9786051706009</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Öğretimi</t>
+          <t>Matematiksel İspat ve Öğretimi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>396</v>
+        <v>430</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051709574</t>
+          <t>9786255525109</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Okulu</t>
+          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı Formları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>468</v>
+        <v>315</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255525147</t>
+          <t>9786255525321</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teorisyenler 4</t>
+          <t>21. Yüzyıl Perspektifinden Eğitime Giriş</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>396</v>
+        <v>305</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255525086</t>
+          <t>9786255525345</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Suçun Sosyolojisi</t>
+          <t>Toplumsal Dilbilim El Kitabı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>219.6</v>
+        <v>305</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051709420</t>
+          <t>9786051709871</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Otistik Çocuklar için Davranışsal Eğitim Programı 1</t>
+          <t>Modern Liderlik Türleri ve Örgütsel İletişim</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>328.8</v>
+        <v>345</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051709796</t>
+          <t>9786051706030</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bebeklik Döneminde Gelişim ve Eğitim</t>
+          <t>Sosyal Bilgiler Öğretimi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>342</v>
+        <v>440</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051709833</t>
+          <t>9786051709574</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma Temelli Disiplin</t>
+          <t>Frankfurt Okulu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>384</v>
+        <v>515</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051709161</t>
+          <t>9786255525147</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İlköğretimde Drama: Kuram ve Uygulama</t>
+          <t>Çağdaş Sosyal Teorisyenler 4</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>212.4</v>
+        <v>440</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051706849</t>
+          <t>9786255525086</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Özel Öğretim Yöntemleri</t>
+          <t>Suçun Sosyolojisi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>270</v>
+        <v>245</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051707839</t>
+          <t>9786051709420</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Temelleri</t>
+          <t>Otistik Çocuklar için Davranışsal Eğitim Programı 1</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>316.8</v>
+        <v>365</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051709598</t>
+          <t>9786051709796</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Program Değerlendirme: Süreçler - Yaklaşımlar ve Modeller</t>
+          <t>Bebeklik Döneminde Gelişim ve Eğitim</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>198</v>
+        <v>380</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051706368</t>
+          <t>9786051709833</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Oksford'un Öküzü</t>
+          <t>Bağlanma Temelli Disiplin</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>315.6</v>
+        <v>425</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255525239</t>
+          <t>9786051709161</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Öz Terapinin Getirdikleri</t>
+          <t>İlköğretimde Drama: Kuram ve Uygulama</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>252</v>
+        <v>235</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051705712</t>
+          <t>9786051706849</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Handbook For Teaching Foreign Languages To Young Learners In Primary Schools</t>
+          <t>Özel Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>351.6</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255525277</t>
+          <t>9786051707839</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aile Danışmanlığı Uygulamaları</t>
+          <t>Eğitimin Temelleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>334.8</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255525253</t>
+          <t>9786051709598</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+          <t>Eğitimde Program Değerlendirme: Süreçler - Yaklaşımlar ve Modeller</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>456</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051709697</t>
+          <t>9786051706368</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Sınıflar ve Yönetimi</t>
+          <t>Oksford'un Öküzü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>702</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051709635</t>
+          <t>9786255525239</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Disipliner Okuryazarlıklar</t>
+          <t>Öz Terapinin Getirdikleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>381.6</v>
+        <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051704654</t>
+          <t>9786051705712</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Korkut'a Armağan Eğitimde 58 Yıl</t>
+          <t>Handbook For Teaching Foreign Languages To Young Learners In Primary Schools</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>576</v>
+        <v>390</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051709895</t>
+          <t>9786255525277</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Adli Dilbilim Sözlüğü</t>
+          <t>Aile Danışmanlığı Uygulamaları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>168</v>
+        <v>370</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051709956</t>
+          <t>9786255525253</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kuram ve Uygulamada Sınıf Yönetimi</t>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>330</v>
+        <v>505</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051709970</t>
+          <t>9786051709697</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Kültür: Kültürel Bağlamlı Matematik Etkinlikleri</t>
+          <t>Yeni Nesil Sınıflar ve Yönetimi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>264</v>
+        <v>775</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051709987</t>
+          <t>9786051709635</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgilerin Temelleri</t>
+          <t>Disipliner Okuryazarlıklar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>408</v>
+        <v>420</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051709444</t>
+          <t>9786051704654</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Otistik Çocuklar için Davranışsal Eğitim Programı 2</t>
+          <t>Hüseyin Korkut'a Armağan Eğitimde 58 Yıl</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>328.8</v>
+        <v>635</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259532943</t>
+          <t>9786051709895</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Matematik Eğitiminde Algoritma, Kodlama ve Programlama</t>
+          <t>Adli Dilbilim Sözlüğü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>288</v>
+        <v>185</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259771625</t>
+          <t>9786051709956</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırmalarda Tasarım ve Uygulama</t>
+          <t>Kuram ve Uygulamada Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>312</v>
+        <v>365</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255525031</t>
+          <t>9786051709970</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Freud’un Sosyolojisi</t>
+          <t>Matematik ve Kültür: Kültürel Bağlamlı Matematik Etkinlikleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>456</v>
+        <v>295</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255525000</t>
+          <t>9786051709987</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Endüstriyel Kimya</t>
+          <t>Sosyal Bilgilerin Temelleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>696</v>
+        <v>450</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255525062</t>
+          <t>9786051709444</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Stratejik Güçler: Psikolojik Harp Tekniklerinin ve İstihbarat Servislerinin Eğitime Etkileri</t>
+          <t>Otistik Çocuklar için Davranışsal Eğitim Programı 2</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>420</v>
+        <v>365</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259532981</t>
+          <t>9786259532943</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Etkili İletişim Becerileri</t>
+          <t>Matematik Eğitiminde Algoritma, Kodlama ve Programlama</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259532929</t>
+          <t>9786259771625</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Altı Adımda Başarılı Literatür Tarama</t>
+          <t>Nitel Araştırmalarda Tasarım ve Uygulama</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>324</v>
+        <v>345</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255525116</t>
+          <t>9786255525031</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ölçme ve Değerlendirme</t>
+          <t>Freud’un Sosyolojisi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>328.8</v>
+        <v>505</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051709505</t>
+          <t>9786255525000</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Üstün Yetenekli Çocuğun Yaşam Üçgeni</t>
+          <t>Endüstriyel Kimya</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>314.4</v>
+        <v>770</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051709611</t>
+          <t>9786255525062</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Psikolojisi</t>
+          <t>Eğitimde Stratejik Güçler: Psikolojik Harp Tekniklerinin ve İstihbarat Servislerinin Eğitime Etkileri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>328.8</v>
+        <v>465</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051709543</t>
+          <t>9786259532981</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Hukuku ve Uygulamaları</t>
+          <t>Eğitimde Etkili İletişim Becerileri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>360</v>
+        <v>265</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051709208</t>
+          <t>9786259532929</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetiminde Alan Araştırması Kılavuzu (EYAAK)</t>
+          <t>Altı Adımda Başarılı Literatür Tarama</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>324</v>
+        <v>360</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051709857</t>
+          <t>9786255525116</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Eleştirel Düşünme: Örnekler ve Uygulamalar</t>
+          <t>Eğitimde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>192</v>
+        <v>365</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051709932</t>
+          <t>9786051709505</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ters Yüz Öğrenme Modeli</t>
+          <t>Üstün Yetenekli Çocuğun Yaşam Üçgeni</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051709369</t>
+          <t>9786051709611</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğretimi Sürecinde Ölçme ve Değerlendirme</t>
+          <t>Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>365</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259771670</t>
+          <t>9786051709543</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Okul Yönetimi</t>
+          <t>Eğitim Hukuku ve Uygulamaları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>288</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259771649</t>
+          <t>9786051709208</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Farklı Disiplinlerin Bakış Açılarından Kadın ve Suç Profilleri</t>
+          <t>Eğitim Yönetiminde Alan Araştırması Kılavuzu (EYAAK)</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051706979</t>
+          <t>9786051709857</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik ve Ergen Bireye Yaklaşım</t>
+          <t>Her Yönüyle Eleştirel Düşünme: Örnekler ve Uygulamalar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>315</v>
+        <v>215</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051709406</t>
+          <t>9786051709932</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Aile Danışmanlığı</t>
+          <t>Ters Yüz Öğrenme Modeli</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>423.6</v>
+        <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051708515</t>
+          <t>9786051709369</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Yabancı Dil Olarak Türkçe Öğretimi Sürecinde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>306</v>
+        <v>330</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051708171</t>
+          <t>9786259771670</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Uygulama Örnekleriyle Sınıf Yönetimi</t>
+          <t>Okul Yönetimi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>258</v>
+        <v>320</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051709703</t>
+          <t>9786259771649</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetiminde Yeni Yaklaşımlar</t>
+          <t>Farklı Disiplinlerin Bakış Açılarından Kadın ve Suç Profilleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>315.6</v>
+        <v>400</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051706733</t>
+          <t>9786051706979</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri ve Toplum Kalkınması</t>
+          <t>Ergenlik ve Ergen Bireye Yaklaşım</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>252</v>
+        <v>315</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051709918</t>
+          <t>9786051709406</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Estonya Eğitim Sistemi: Geleceğe Yolculuk</t>
+          <t>Aile Danışmanlığı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>324</v>
+        <v>470</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051709673</t>
+          <t>9786051708515</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemine Eleştirel Bir Bakış</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>345.6</v>
+        <v>340</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051709529</t>
+          <t>9786051708171</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Yönetiminin Felsefi Temelleri</t>
+          <t>Uygulama Örnekleriyle Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>417.6</v>
+        <v>285</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051709772</t>
+          <t>9786051709703</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Eğitimciler için Yapay Zeka</t>
+          <t>Eğitim Yönetiminde Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>230.4</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051709727</t>
+          <t>9786051706733</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Okul Temelli Konsültasyon Eğitim Programı</t>
+          <t>Köy Enstitüleri ve Toplum Kalkınması</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>230.4</v>
+        <v>280</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051709802</t>
+          <t>9786051709918</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Yönetiminin Sosyal Temelleri</t>
+          <t>Estonya Eğitim Sistemi: Geleceğe Yolculuk</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>518.4</v>
+        <v>360</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051709390</t>
+          <t>9786051709673</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Koşullama ve Öğrenmenin Temelleri</t>
+          <t>Türk Eğitim Sistemine Eleştirel Bir Bakış</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>360</v>
+        <v>385</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051709086</t>
+          <t>9786051709529</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Son Değişikliklerle Okul Öncesi Eğitim Programı ve Etkinlik Yaşı</t>
+          <t>Eğitim ve Yönetiminin Felsefi Temelleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>386.4</v>
+        <v>460</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051709147</t>
+          <t>9786051709772</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sosyolojisi</t>
+          <t>Eğitimciler için Yapay Zeka</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>344.4</v>
+        <v>255</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051709345</t>
+          <t>9786051709727</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>ChatGPT in Foreign Language Education and Translation Studies</t>
+          <t>Okul Temelli Konsültasyon Eğitim Programı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>403.2</v>
+        <v>255</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051709321</t>
+          <t>9786051709802</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Öncesi Psikolojik Danışma</t>
+          <t>Eğitim ve Yönetiminin Sosyal Temelleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>315.6</v>
+        <v>575</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051709307</t>
+          <t>9786051709390</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemine Eleştirel Bir Bakış</t>
+          <t>Koşullama ve Öğrenmenin Temelleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051709239</t>
+          <t>9786051709086</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Otizm Spektrum Bozukluğuna Yönelik Kapsamlı Uygulamalar</t>
+          <t>Son Değişikliklerle Okul Öncesi Eğitim Programı ve Etkinlik Yaşı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>750</v>
+        <v>430</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051709284</t>
+          <t>9786051709147</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kapsayıcı Öğretmen El Kitabı</t>
+          <t>Eğitim Sosyolojisi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>398.4</v>
+        <v>380</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051703565</t>
+          <t>9786051709345</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel - Yaşantısal Teori Temelli Psiko - Eğitim Programı</t>
+          <t>ChatGPT in Foreign Language Education and Translation Studies</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>165.6</v>
+        <v>445</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051708867</t>
+          <t>9786051709321</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sosyolojisi</t>
+          <t>Evlilik Öncesi Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051708805</t>
+          <t>9786051709307</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sosyolojisi</t>
+          <t>Türk Eğitim Sistemine Eleştirel Bir Bakış</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>226.8</v>
+        <v>385</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051708782</t>
+          <t>9786051709239</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teorisyenler-3</t>
+          <t>Otizm Spektrum Bozukluğuna Yönelik Kapsamlı Uygulamalar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>396</v>
+        <v>825</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051708775</t>
+          <t>9786051709284</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Tarihi 4 - Hegel, Proudhon, Marx, Durkheim, Weber Ve Veblen'in Sosyal Teorileri</t>
+          <t>Kapsayıcı Öğretmen El Kitabı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>414</v>
+        <v>440</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051708973</t>
+          <t>9786051703565</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Markalar Arası İş Birlikleri</t>
+          <t>Bilişsel - Yaşantısal Teori Temelli Psiko - Eğitim Programı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>270</v>
+        <v>185</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051708959</t>
+          <t>9786051708867</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Grafik Dil ve Anlatım Biçimleri</t>
+          <t>Eğitim Sosyolojisi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>414</v>
+        <v>375</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051708584</t>
+          <t>9786051708805</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kapsamlı Gelişimsel Rehberlik Programı</t>
+          <t>Çocuk Sosyolojisi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>486</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051709185</t>
+          <t>9786051708782</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+          <t>Çağdaş Sosyal Teorisyenler-3</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>232</v>
+        <v>440</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051709062</t>
+          <t>9786051708775</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetiminde Çağdaş Yaklaşımlar</t>
+          <t>Sosyoloji Tarihi 4 - Hegel, Proudhon, Marx, Durkheim, Weber Ve Veblen'in Sosyal Teorileri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>396</v>
+        <v>460</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051708560</t>
+          <t>9786051708973</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Suçun Sosyolojisi</t>
+          <t>Markalar Arası İş Birlikleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>183</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051708997</t>
+          <t>9786051708959</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Dil Öğretiminde Sözsüz İletişim Becerileri</t>
+          <t>Grafik Dil ve Anlatım Biçimleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>252</v>
+        <v>460</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051709222</t>
+          <t>9786051708584</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimde Program Geliştirme TED Üniversitesi Eğitim Fakültesi Örneği</t>
+          <t>Kapsamlı Gelişimsel Rehberlik Programı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>288</v>
+        <v>535</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051709109</t>
+          <t>9786051709185</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler ile Bütünleştirilmiş STEM (S- STEM)</t>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>342</v>
+        <v>232</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051709253</t>
+          <t>9786051709062</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’nin Sosyolojisi</t>
+          <t>Sınıf Yönetiminde Çağdaş Yaklaşımlar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>324</v>
+        <v>440</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051705750</t>
+          <t>9786051708560</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı Formları</t>
+          <t>Suçun Sosyolojisi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>285.6</v>
+        <v>245</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051708881</t>
+          <t>9786051708997</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Ekonomisi Eleştirel Bir Yaklaşım</t>
+          <t>Dil Öğretiminde Sözsüz İletişim Becerileri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>288</v>
+        <v>280</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051708904</t>
+          <t>9786051709222</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Dersinde Doğal Afetler Konusu ile İlgili Uygulanabilir Etkinlik Örnekleri</t>
+          <t>Yükseköğretimde Program Geliştirme TED Üniversitesi Eğitim Fakültesi Örneği</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>270</v>
+        <v>288</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051708546</t>
+          <t>9786051709109</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Biyoçeşitlilik Eğitimi</t>
+          <t>Sosyal Bilgiler ile Bütünleştirilmiş STEM (S- STEM)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>580.8</v>
+        <v>380</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051708669</t>
+          <t>9786051709253</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Veysel Sönmez'e Armağan</t>
+          <t>Nietzsche’nin Sosyolojisi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>405.6</v>
+        <v>360</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051708843</t>
+          <t>9786051705750</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Üst Düzey Düşünme Becerilerini Geliştirme Stratejileri</t>
+          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı Formları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>522</v>
+        <v>314.16</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051708478</t>
+          <t>9786051708881</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>SPSS Kullanma Kılavuzu</t>
+          <t>Eğitim Ekonomisi Eleştirel Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>558</v>
+        <v>320</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051706856</t>
+          <t>9786051708904</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Ölçekler -Kültürler Arası</t>
+          <t>Sosyal Bilgiler Dersinde Doğal Afetler Konusu ile İlgili Uygulanabilir Etkinlik Örnekleri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>396</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051707853</t>
+          <t>9786051708546</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Örnek Eğitim Durumlarıyla Türkçe Türk Dili ve Edebiyatı Öğretimi</t>
+          <t>Biyoçeşitlilik Eğitimi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>237.6</v>
+        <v>640</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051705910</t>
+          <t>9786051708669</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Program Geliştirme Kavramlar Yaklaşımlar</t>
+          <t>Prof. Dr. Veysel Sönmez'e Armağan</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>328.8</v>
+        <v>450</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786051708744</t>
+          <t>9786051708843</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Eril Eegemenlik Bağlamında Toplumsal Cinsiyet</t>
+          <t>Üst Düzey Düşünme Becerilerini Geliştirme Stratejileri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>411</v>
+        <v>575</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786051708829</t>
+          <t>9786051708478</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Okul Hukuku Düzenlemeler ve Uygulamalar</t>
+          <t>SPSS Kullanma Kılavuzu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>993.6</v>
+        <v>615</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786051705811</t>
+          <t>9786051706856</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Tez Nasıl Yazılır</t>
+          <t>Psikolojik Ölçekler -Kültürler Arası</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>396</v>
+        <v>440</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051708638</t>
+          <t>9786051707853</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Toplam Kalite Yönetimi ve Stratejik Planlama</t>
+          <t>Örnek Eğitim Durumlarıyla Türkçe Türk Dili ve Edebiyatı Öğretimi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>338.4</v>
+        <v>265</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051707990</t>
+          <t>9786051705910</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Vaka ve Araştırma Örnekleriyle Psikolojik Danışma ve Rehberlikte Konsültasyon</t>
+          <t>Eğitimde Program Geliştirme Kavramlar Yaklaşımlar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>284.4</v>
+        <v>365</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786051708393</t>
+          <t>9786051708744</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Leon Festinger'in Bilişsel Uyumsuzluk Kuramı</t>
+          <t>Eril Eegemenlik Bağlamında Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>262.8</v>
+        <v>411</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786051708614</t>
+          <t>9786051708829</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Üzerine Siyasi Notlar</t>
+          <t>Okul Hukuku Düzenlemeler ve Uygulamalar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>450</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786051708690</t>
+          <t>9786051705811</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İndividual Differences İn English Language Education: Teacher And Learner Motİvatİon</t>
+          <t>Tez Nasıl Yazılır</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>594</v>
+        <v>440</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051708331</t>
+          <t>9786051708638</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>SPSS İle Temel Veri Analizleri</t>
+          <t>Toplam Kalite Yönetimi ve Stratejik Planlama</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>342</v>
+        <v>375</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051708553</t>
+          <t>9786051707990</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Okulu</t>
+          <t>Vaka ve Araştırma Örnekleriyle Psikolojik Danışma ve Rehberlikte Konsültasyon</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>325</v>
+        <v>315</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051707884</t>
+          <t>9786051708393</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ölçme ve Değerlendirme</t>
+          <t>Leon Festinger'in Bilişsel Uyumsuzluk Kuramı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>279.6</v>
+        <v>290</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051708508</t>
+          <t>9786051708614</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Temel Psikoloji Modüler Bir Yaklaşım</t>
+          <t>Kıbrıs Üzerine Siyasi Notlar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>384</v>
+        <v>450</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051707914</t>
+          <t>9786051708690</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri: Etkinlik ve Ders Planı Örnekleriyle Zenginleştirilmiş</t>
+          <t>İndividual Differences İn English Language Education: Teacher And Learner Motİvatİon</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>348</v>
+        <v>655</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051707907</t>
+          <t>9786051708331</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>SPSS İle Temel Veri Analizleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786051708058</t>
+          <t>9786051708553</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bedene Yolculuk</t>
+          <t>Frankfurt Okulu</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>306</v>
+        <v>515</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786051705804</t>
+          <t>9786051707884</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Tez Nasıl Yazılır</t>
+          <t>Eğitimde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>139</v>
+        <v>310</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786051707211</t>
+          <t>9786051708508</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri Ve Materyal Tasarımı</t>
+          <t>Temel Psikoloji Modüler Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>298.8</v>
+        <v>425</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786051708034</t>
+          <t>9786051707914</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon Yönetimi Ve İnovatif Metaverse Devrimi</t>
+          <t>Öğretim İlke ve Yöntemleri: Etkinlik ve Ders Planı Örnekleriyle Zenginleştirilmiş</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>259</v>
+        <v>385</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051707679</t>
+          <t>9786051707907</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bebeklikten Ergenliğe İyi Oluş Pozitif Düşünme Eğitimi</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>352.8</v>
+        <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786051708317</t>
+          <t>9786051708058</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Modern Liderlik Türleri Ve Örgütsel İletişim</t>
+          <t>Bedene Yolculuk</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051708294</t>
+          <t>9786051705804</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Okul Liderliğine Bütüncül Yaklaşım</t>
+          <t>Tez Nasıl Yazılır</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>312</v>
+        <v>139</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786051708263</t>
+          <t>9786051707211</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Akademik Etik Ve Liyakat</t>
+          <t>Öğretim Teknolojileri Ve Materyal Tasarımı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>406.8</v>
+        <v>330</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051707686</t>
+          <t>9786051708034</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İzmir’deki Suriyeli Sığınmacılar Sorunlar, Beklentiler Ve Çözüm Önerileri</t>
+          <t>İnovasyon Yönetimi Ve İnovatif Metaverse Devrimi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>288</v>
+        <v>259</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786051705439</t>
+          <t>9786051707679</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Ölçekler: Kültürler Arası</t>
+          <t>Bebeklikten Ergenliğe İyi Oluş Pozitif Düşünme Eğitimi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051706931</t>
+          <t>9786051708317</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Temelleri</t>
+          <t>Modern Liderlik Türleri Ve Örgütsel İletişim</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>220</v>
+        <v>345</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051707723</t>
+          <t>9786051708294</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Klinik Denetim</t>
+          <t>Okul Liderliğine Bütüncül Yaklaşım</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>406.8</v>
+        <v>345</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786051708201</t>
+          <t>9786051708263</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimi Sürecinde Ölçme ve Değerlendirme</t>
+          <t>Akademik Etik Ve Liyakat</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>474</v>
+        <v>450</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786051708133</t>
+          <t>9786051707686</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Kuramları ve İnsan Gelişimi</t>
+          <t>İzmir’deki Suriyeli Sığınmacılar Sorunlar, Beklentiler Ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>474</v>
+        <v>320</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786051708096</t>
+          <t>9786051705439</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kapsayıcı Eğitim - Pedagoji, Teori ve Uygulama Perspektifleri</t>
+          <t>Psikolojik Ölçekler: Kültürler Arası</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>351.6</v>
+        <v>220</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786051707945</t>
+          <t>9786051706931</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetimi</t>
+          <t>Eğitimin Temelleri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>315.6</v>
+        <v>220</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786051705316</t>
+          <t>9786051707723</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretimi</t>
+          <t>Eğitimde Klinik Denetim</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>395</v>
+        <v>450</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051707976</t>
+          <t>9786051708201</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>The Locality Conditions on Syntactic Displacement</t>
+          <t>Türkçe Eğitimi Sürecinde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>438</v>
+        <v>525</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786051707792</t>
+          <t>9786051708133</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Gölgesi Ve Roman</t>
+          <t>Psikoloji Kuramları ve İnsan Gelişimi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>342</v>
+        <v>525</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051707846</t>
+          <t>9786051708096</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Disipliner Okuryazarlıklar</t>
+          <t>Kapsayıcı Eğitim - Pedagoji, Teori ve Uygulama Perspektifleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>175</v>
+        <v>390</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051707709</t>
+          <t>9786051707945</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kentleşen Alevilik Değişen Cem Ritüelleri Ve Müzik</t>
+          <t>Eğitim Yönetimi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>207.6</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051707730</t>
+          <t>9786051705316</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Fen Öğretimi</t>
+          <t>Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>406.8</v>
+        <v>395</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051707266</t>
+          <t>9786051707976</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Dünya Araştırması</t>
+          <t>The Locality Conditions on Syntactic Displacement</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>642</v>
+        <v>270</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051707624</t>
+          <t>9786051707792</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bilgisi Öğretimi</t>
+          <t>İktidarın Gölgesi Ve Roman</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>432</v>
+        <v>380</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051707426</t>
+          <t>9786051707846</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Teknoloji Destekli Yeni Yönelimler</t>
+          <t>Disipliner Okuryazarlıklar</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>378</v>
+        <v>420</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051707518</t>
+          <t>9786051707709</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Psikolojisi</t>
+          <t>Kentleşen Alevilik Değişen Cem Ritüelleri Ve Müzik</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>351.6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051707532</t>
+          <t>9786051707730</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teorisyenler 4</t>
+          <t>Disiplinlerarası Fen Öğretimi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786051707471</t>
+          <t>9786051707266</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Program Dışı Etkinlikler ve Örnek Uygulamalar</t>
+          <t>Gerçek Dünya Araştırması</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>324</v>
+        <v>710</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051707587</t>
+          <t>9786051707624</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kalkınma ve Eğitim</t>
+          <t>Hayat Bilgisi Öğretimi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>378</v>
+        <v>480</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786051705644</t>
+          <t>9786051707426</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Giriş</t>
+          <t>Eğitimde Teknoloji Destekli Yeni Yönelimler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>342</v>
+        <v>420</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051707464</t>
+          <t>9786051707518</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Okuryazar Mıyım</t>
+          <t>Sağlık Psikolojisi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>352.8</v>
+        <v>390</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051707396</t>
+          <t>9786051707532</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel Akıl Yürütme</t>
+          <t>Çağdaş Sosyal Teorisyenler 4</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>393.6</v>
+        <v>330</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786051704449</t>
+          <t>9786051707471</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
+          <t>Eğitimde Program Dışı Etkinlikler ve Örnek Uygulamalar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>342</v>
+        <v>360</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786051705309</t>
+          <t>9786051707587</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Bir Erken Okuryazarlık Becerisi: Fonolojik Farkındalık</t>
+          <t>Sürdürülebilir Kalkınma ve Eğitim</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786051705200</t>
+          <t>9786051705644</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Nitel Veri Analizinde Adım Adım NVivo Kullanımı</t>
+          <t>Eğitime Giriş</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>666</v>
+        <v>380</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786051706702</t>
+          <t>9786051707464</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Okuryazar Mıyım</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>302.4</v>
+        <v>390</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786051706399</t>
+          <t>9786051707396</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Öncesi Psikolojik Danışma</t>
+          <t>Matematiksel Akıl Yürütme</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>315.6</v>
+        <v>435</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786051707358</t>
+          <t>9786051704449</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Diital Ortamlarda Okuduğunu Anlama Becerisini Geliştirme</t>
+          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>277.5</v>
+        <v>380</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051707372</t>
+          <t>9786051705309</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Biçimsel Anlambilim - Temel Kavramlar</t>
+          <t>Okul Öncesi Eğitimde Bir Erken Okuryazarlık Becerisi: Fonolojik Farkındalık</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>328.8</v>
+        <v>265</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789756376461</t>
+          <t>9786051705200</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hayat ve Sosyal Bilgiler Öğretimi Öğretmen Kılavuzu</t>
+          <t>Nitel Veri Analizinde Adım Adım NVivo Kullanımı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>39.5</v>
+        <v>735</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786051707334</t>
+          <t>9786051706702</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Eğitim</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>298.8</v>
+        <v>335</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786051707280</t>
+          <t>9786051706399</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Denetim</t>
+          <t>Evlilik Öncesi Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>417.6</v>
+        <v>315.6</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786051705484</t>
+          <t>9786051707358</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Türkiye’de Üniversite Olgusuna Yaklaşımlar</t>
+          <t>Diital Ortamlarda Okuduğunu Anlama Becerisini Geliştirme</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>357.6</v>
+        <v>277.5</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786051707181</t>
+          <t>9786051707372</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Üstün Yetenekli Çocuğun Yaşam Üçgeni</t>
+          <t>Biçimsel Anlambilim - Temel Kavramlar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>314.4</v>
+        <v>365</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786051707242</t>
+          <t>9789756376461</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Boşanma Danışmanlığı Uygulamaları</t>
+          <t>Hayat ve Sosyal Bilgiler Öğretimi Öğretmen Kılavuzu</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>312</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786051706962</t>
+          <t>9786051707334</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinden Liseye Matematikle Düşünen Sınıflar</t>
+          <t>Sürdürülebilir Eğitim</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>406.8</v>
+        <v>330</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786051706917</t>
+          <t>9786051707280</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Dilbilim Diyalektoloji ve Ağızbilim Sözlüğü</t>
+          <t>Eğitimde Denetim</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>501.6</v>
+        <v>460</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786051702360</t>
+          <t>9786051705484</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sosyolojisi</t>
+          <t>Dünya ve Türkiye’de Üniversite Olgusuna Yaklaşımlar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>55</v>
+        <v>395</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786051706696</t>
+          <t>9786051707181</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Üstün Yetenekli Çocuğun Yaşam Üçgeni</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>315.6</v>
+        <v>314.4</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786051706948</t>
+          <t>9786051707242</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Hakkı</t>
+          <t>Boşanma Danışmanlığı Uygulamaları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>306</v>
+        <v>345</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055214838</t>
+          <t>9786051706962</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Türkoloji için Dilbilim</t>
+          <t>Okul Öncesinden Liseye Matematikle Düşünen Sınıflar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>351.6</v>
+        <v>450</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786051704616</t>
+          <t>9786051706917</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Meta-Thematic Analysis in Research Process</t>
+          <t>Toplumsal Dilbilim Diyalektoloji ve Ağızbilim Sözlüğü</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>225.6</v>
+        <v>555</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786051706481</t>
+          <t>9786051702360</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İlkokulda Yabancı Dil Öğretimi</t>
+          <t>Eğitim Sosyolojisi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786051708362</t>
+          <t>9786051706696</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Pozitif Düşünme ve Etkinlik Örnekleri</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>312</v>
+        <v>350</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786051704784</t>
+          <t>9786051706948</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Okul Yöneticiliğinden Entelektüel Liderliğe</t>
+          <t>Eğitim Hakkı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>225.6</v>
+        <v>340</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786051703299</t>
+          <t>9786055214838</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Programı</t>
+          <t>Türkoloji için Dilbilim</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786051705903</t>
+          <t>9786051704616</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgilerde Dijital Dönüşümün Yansımaları</t>
+          <t>Meta-Thematic Analysis in Research Process</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>33</v>
+        <v>225.6</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786051705163</t>
+          <t>9786051706481</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Söylem, Anlam ve Çeviri Üzerine Disiplinlerarası Tartışmalar</t>
+          <t>İlkokulda Yabancı Dil Öğretimi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>406.8</v>
+        <v>300</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786051705156</t>
+          <t>9786051708362</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>The Linguistics of English Language</t>
+          <t>Okul Öncesi Eğitimde Pozitif Düşünme ve Etkinlik Örnekleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>270</v>
+        <v>345</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786051706382</t>
+          <t>9786051704784</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>New Trends and Scientific Researches in Education</t>
+          <t>Okul Yöneticiliğinden Entelektüel Liderliğe</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>324</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786051704920</t>
+          <t>9786051703299</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Lider-Üye Etkileşim Kuramı ve Bazı Çıktıları</t>
+          <t>Ortaokul Programı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>216</v>
+        <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786051706290</t>
+          <t>9786051705903</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Emerging Practices and Insights in Language Teaching and Language Teacher Education</t>
+          <t>Sosyal Bilgilerde Dijital Dönüşümün Yansımaları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>328.8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786051705262</t>
+          <t>9786051705163</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Felsefesi</t>
+          <t>Söylem, Anlam ve Çeviri Üzerine Disiplinlerarası Tartışmalar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>306</v>
+        <v>406.8</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786254093616</t>
+          <t>9786051705156</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilgileri ve Örnek Metinler</t>
+          <t>The Linguistics of English Language</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>283.2</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786051706795</t>
+          <t>9786051706382</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşümde Türkçe Öğretimi</t>
+          <t>New Trends and Scientific Researches in Education</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>344.4</v>
+        <v>360</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786051706986</t>
+          <t>9786051704920</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teorisyenler 3</t>
+          <t>Lider-Üye Etkileşim Kuramı ve Bazı Çıktıları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786051706337</t>
+          <t>9786051706290</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Akademik Yazma: Bilimsel Metin Oluşturma Sürecine Genel Bir Bakış</t>
+          <t>Emerging Practices and Insights in Language Teaching and Language Teacher Education</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>306</v>
+        <v>365</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786051705453</t>
+          <t>9786051705262</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Adli Psikoloji</t>
+          <t>Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>324</v>
+        <v>340</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786051702520</t>
+          <t>9786254093616</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırmalar İçin Temellendirilmiş Kuram</t>
+          <t>Edebiyat Bilgileri ve Örnek Metinler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>342</v>
+        <v>315</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786051702483</t>
+          <t>9786051706795</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Annem Selma (1906-1991)</t>
+          <t>Dijital Dönüşümde Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>741.6</v>
+        <v>380</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786051702643</t>
+          <t>9786051706986</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yazma ve Eğitimi</t>
+          <t>Çağdaş Sosyal Teorisyenler 3</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>351.6</v>
+        <v>440</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786051705064</t>
+          <t>9786051706337</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Çevre Eğitimi ve Sürdürülebilirlik</t>
+          <t>Akademik Yazma: Bilimsel Metin Oluşturma Sürecine Genel Bir Bakış</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>306</v>
+        <v>340</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786051703220</t>
+          <t>9786051705453</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Articles On The Path Of Science</t>
+          <t>Adli Psikoloji</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>198</v>
+        <v>360</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786051703015</t>
+          <t>9786051702520</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Matematik Eğitiminde Teknolojik Yaklaşımlar</t>
+          <t>Nitel Araştırmalar İçin Temellendirilmiş Kuram</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>640.8</v>
+        <v>380</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786051702568</t>
+          <t>9786051702483</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Seçim Kazanma Sanatı</t>
+          <t>Annem Selma (1906-1991)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>320.4</v>
+        <v>820</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786051701721</t>
+          <t>9786051702643</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Davranış Bilimlerinde Tek-Denekli Araştırmalar</t>
+          <t>Yazma ve Eğitimi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>602.4</v>
+        <v>390</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786051702247</t>
+          <t>9786051705064</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Eğitsel Süreç ve Beden Dili</t>
+          <t>Erken Çocukluk Döneminde Çevre Eğitimi ve Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>216</v>
+        <v>340</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786051701262</t>
+          <t>9786051703220</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Bir Erken Okuryazarlık Becerisi: Fonolojik Farkındalık</t>
+          <t>Articles On The Path Of Science</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051702230</t>
+          <t>9786051703015</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Leon Festinger'in Bilişsel Uyumsuzluk Kuramı</t>
+          <t>Fen ve Matematik Eğitiminde Teknolojik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>94</v>
+        <v>705</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051702216</t>
+          <t>9786051702568</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Sait Faik'in Hikayelerinde Başlıca Konular</t>
+          <t>Seçim Kazanma Sanatı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>306</v>
+        <v>355</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786051703121</t>
+          <t>9786051701721</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sosyolojisi</t>
+          <t>Eğitim ve Davranış Bilimlerinde Tek-Denekli Araştırmalar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>342</v>
+        <v>665</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786051703312</t>
+          <t>9786051702247</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Siber Zorbalık</t>
+          <t>Eğitsel Süreç ve Beden Dili</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>324</v>
+        <v>240</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786051703091</t>
+          <t>9786051701262</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Matematik Öğretiminin Temelleri İlkokul</t>
+          <t>Okul Öncesi Eğitimde Bir Erken Okuryazarlık Becerisi: Fonolojik Farkındalık</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>396</v>
+        <v>80</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786051702803</t>
+          <t>9786051702230</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Genellenebilirlik Kuramı ve Uygulaması</t>
+          <t>Leon Festinger'in Bilişsel Uyumsuzluk Kuramı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>258</v>
+        <v>290</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051702810</t>
+          <t>9786051702216</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Muhakeme Becerileri ile Düşünme Sanatı</t>
+          <t>Sait Faik'in Hikayelerinde Başlıca Konular</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>298.8</v>
+        <v>340</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051702681</t>
+          <t>9786051703121</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sorunlarda Güncel Tartışmalar</t>
+          <t>Sağlık Sosyolojisi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786051702551</t>
+          <t>9786051703312</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle R Uygulamaları</t>
+          <t>Siber Zorbalık</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>534</v>
+        <v>360</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786051702650</t>
+          <t>9786051703091</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Edebiyat Eğitimi</t>
+          <t>Matematik Öğretiminin Temelleri İlkokul</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>334.8</v>
+        <v>440</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786051702124</t>
+          <t>9786051702803</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Zorlanan Çocuklar İçin İlköğretim Matematik Öğretimi</t>
+          <t>Genellenebilirlik Kuramı ve Uygulaması</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>351.6</v>
+        <v>285</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051701851</t>
+          <t>9786051702810</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırmacılar İçin 30 Temel Beceri</t>
+          <t>Bilimsel Muhakeme Becerileri ile Düşünme Sanatı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>351.6</v>
+        <v>330</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786051702155</t>
+          <t>9786051702681</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Çocukların Eğitimi</t>
+          <t>Sosyal Sorunlarda Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>288</v>
+        <v>400</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786051701943</t>
+          <t>9786051702551</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Gelişim Öğrenme ve Öğretim</t>
+          <t>Örneklerle R Uygulamaları</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>423.6</v>
+        <v>590</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786051701936</t>
+          <t>9786051702650</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Çocuklar İçin Edebiyat Eğitimi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>271.2</v>
+        <v>370</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786051701752</t>
+          <t>9786051702124</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ölçme ve Değerlendirme</t>
+          <t>Zorlanan Çocuklar İçin İlköğretim Matematik Öğretimi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>137</v>
+        <v>390</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786051701837</t>
+          <t>9786051701851</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Önemli Noktalar</t>
+          <t>Nitel Araştırmacılar İçin 30 Temel Beceri</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>21</v>
+        <v>390</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786051701493</t>
+          <t>9786051702155</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>0-3 Yaş Çocuk Gelişimi - Gelişim Psikolojisinin Temel Esasları 1</t>
+          <t>Göçmen Çocukların Eğitimi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>198</v>
+        <v>320</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786051701400</t>
+          <t>9786051701943</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İlerici Armonisine Giriş</t>
+          <t>Gelişim Öğrenme ve Öğretim</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>207.6</v>
+        <v>470</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786051701660</t>
+          <t>9786051701936</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Müzik Eğitimi</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>249.6</v>
+        <v>300</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786051701929</t>
+          <t>9786051701752</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Klinik Danışmanlık Modeli</t>
+          <t>Eğitimde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>186</v>
+        <v>137</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786051701912</t>
+          <t>9786051701837</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Ebeveyn Adayları İçin Evlilik Okulu</t>
+          <t>Çocuk Eğitiminde Önemli Noktalar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>298.8</v>
+        <v>21</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051702346</t>
+          <t>9786051701493</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>E-Stem - Stem Öğretmenleri için Çevre Konularına Yönelik Ortaokul Etkinlik Kitabı</t>
+          <t>0-3 Yaş Çocuk Gelişimi - Gelişim Psikolojisinin Temel Esasları 1</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786051702537</t>
+          <t>9786051701400</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Edebiyatı Araştırmaları</t>
+          <t>İlerici Armonisine Giriş</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>396</v>
+        <v>230</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051702292</t>
+          <t>9786051701660</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Eğitimine Giriş</t>
+          <t>Okul Öncesi Müzik Eğitimi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>342</v>
+        <v>275</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786051701844</t>
+          <t>9786051701929</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Örnek Etkinliklerle Fen Eğitiminde Argümantasyon</t>
+          <t>Klinik Danışmanlık Modeli</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>324</v>
+        <v>205</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051701448</t>
+          <t>9786051701912</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Bedene Yolculuk</t>
+          <t>Ebeveyn Adayları İçin Evlilik Okulu</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>138</v>
+        <v>330</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786051702377</t>
+          <t>9786051702346</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Fen Eğitimi</t>
+          <t>E-Stem - Stem Öğretmenleri için Çevre Konularına Yönelik Ortaokul Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>378</v>
+        <v>300</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786051700977</t>
+          <t>9786051702537</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Toplumu Değiştirebilir mi?</t>
+          <t>Çağdaş Türk Edebiyatı Araştırmaları</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>56</v>
+        <v>440</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786051702223</t>
+          <t>9786051702292</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Öz Düzenleme</t>
+          <t>Erken Çocukluk Eğitimine Giriş</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>216</v>
+        <v>380</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786051702193</t>
+          <t>9786051701844</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Geometri Öğretimi</t>
+          <t>Örnek Etkinliklerle Fen Eğitiminde Argümantasyon</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>298.8</v>
+        <v>360</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786051702261</t>
+          <t>9786051701448</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Özel Yetenekli Öğrenciler ve Eğitimleri</t>
+          <t>Bedene Yolculuk</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>378</v>
+        <v>340</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786051702179</t>
+          <t>9786051702377</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinden Üniversiteye Kuram ve Uygulamada STEM Eğitimi</t>
+          <t>Erken Çocukluk Döneminde Fen Eğitimi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>468</v>
+        <v>420</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051702001</t>
+          <t>9786051700977</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>An R Companion : A Compact Introduction for Social Scientists</t>
+          <t>Eğitim Toplumu Değiştirebilir mi?</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>204</v>
+        <v>56</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786051702032</t>
+          <t>9786051702223</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Sosyolojisi</t>
+          <t>Erken Çocukluk Döneminde Öz Düzenleme</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>357.6</v>
+        <v>240</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786051701967</t>
+          <t>9786051702193</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Gözlem ve Değerlendirme</t>
+          <t>Dinamik Geometri Öğretimi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>432</v>
+        <v>330</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055213848</t>
+          <t>9786051702261</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Tarihi</t>
+          <t>Özel Yetenekli Öğrenciler ve Eğitimleri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>21.3</v>
+        <v>420</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055213749</t>
+          <t>9786051702179</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Edebiyat Çalışmaları</t>
+          <t>Okul Öncesinden Üniversiteye Kuram ve Uygulamada STEM Eğitimi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>252</v>
+        <v>515</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786051703336</t>
+          <t>9786051702001</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Örgütlerinde İnsan Kaynakları Yönetimi</t>
+          <t>An R Companion : A Compact Introduction for Social Scientists</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>306</v>
+        <v>225</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055213756</t>
+          <t>9786051702032</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Akademide Yaşam Becerileri Eğitimi</t>
+          <t>Tüketim Sosyolojisi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>342</v>
+        <v>395</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786051703602</t>
+          <t>9786051701967</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Engellilik Sosyolojisi</t>
+          <t>Erken Çocuklukta Gözlem ve Değerlendirme</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>306</v>
+        <v>480</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055213893</t>
+          <t>9786055213848</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Dil Edinimi</t>
+          <t>Türk Eğitim Tarihi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>198</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>3990000016632</t>
+          <t>9786055213749</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı Seti (3 Kitap)</t>
+          <t>Kuramdan Uygulamaya Edebiyat Çalışmaları</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>79.63</v>
+        <v>280</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786051703541</t>
+          <t>9786051703336</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Gelişim ve Öğrenme Psikolojisi</t>
+          <t>Eğitim Örgütlerinde İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>328.8</v>
+        <v>340</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055213701</t>
+          <t>9786055213756</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Karma Yöntem Araştırmaları Tasarımı ve Yürütülmesi</t>
+          <t>Akademide Yaşam Becerileri Eğitimi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>540</v>
+        <v>380</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786051702209</t>
+          <t>9786051703602</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Tez Nasıl Yazılır?</t>
+          <t>Engellilik Sosyolojisi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>181</v>
+        <v>430</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055213404</t>
+          <t>9786055213893</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Çocuk Gelişimi</t>
+          <t>Dil Edinimi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>324</v>
+        <v>220</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786051700595</t>
+          <t>3990000016632</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Türkoloji için Dilbilim</t>
+          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>73</v>
+        <v>79.63</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055213343</t>
+          <t>9786051703541</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyolojinin Gelişimi ve Eğilimleri</t>
+          <t>Gelişim ve Öğrenme Psikolojisi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>334.8</v>
+        <v>365</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055213497</t>
+          <t>9786055213701</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Meta-Analize Giriş</t>
+          <t>Karma Yöntem Araştırmaları Tasarımı ve Yürütülmesi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>378</v>
+        <v>595</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055213442</t>
+          <t>9786051702209</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Teknopedogojik Eğitime Dayalı Öğretim Teknolojileri Ve Metaryal Tasarımı</t>
+          <t>Tez Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>90</v>
+        <v>440</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786055213381</t>
+          <t>9786055213404</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Çok Kültürlü Eğitime Giriş</t>
+          <t>Sürdürülebilir Çocuk Gelişimi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>49</v>
+        <v>360</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786055213350</t>
+          <t>9786051700595</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Varoluş ve Roman</t>
+          <t>Türkoloji için Dilbilim</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>216</v>
+        <v>390</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786055213855</t>
+          <t>9786055213343</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Denetim ve Öğretimsel Liderlik</t>
+          <t>Türkiye’de Sosyolojinin Gelişimi ve Eğilimleri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>85</v>
+        <v>370</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055213800</t>
+          <t>9786055213497</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı 1</t>
+          <t>Meta-Analize Giriş</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>228</v>
+        <v>420</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055213817</t>
+          <t>9786055213442</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı 2</t>
+          <t>Teknopedogojik Eğitime Dayalı Öğretim Teknolojileri Ve Metaryal Tasarımı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>228</v>
+        <v>90</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786055213336</t>
+          <t>9786055213381</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Pedagojisi</t>
+          <t>Çok Kültürlü Eğitime Giriş</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>294</v>
+        <v>49</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786051706672</t>
+          <t>9786055213350</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>SPSS ve LISREL ile Pratik Veri Analizi</t>
+          <t>Varoluş ve Roman</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>290.4</v>
+        <v>240</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055213305</t>
+          <t>9786055213855</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Otizm Spektrumu Hastalıkları ve Göz</t>
+          <t>Denetim ve Öğretimsel Liderlik</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>225.6</v>
+        <v>85</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786055213732</t>
+          <t>9786055213800</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Göstergebilim ve Sosyoloji</t>
+          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı 1</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>312</v>
+        <v>365</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786055213725</t>
+          <t>9786055213817</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Çoğulculuk Çokkültürlü ve Çokdilli Eğitim</t>
+          <t>Otistik Çocuklar İçin Davranışsal Eğitim Programı 2</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>180</v>
+        <v>365</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786055213244</t>
+          <t>9786055213336</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Toplumsal Temelleri</t>
+          <t>Etkinlik Pedagojisi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>298.8</v>
+        <v>325</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786051702131</t>
+          <t>9786051706672</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Yönetsel ve Eğitsel Araç Olarak Eğitim Kurumlarında Mizah</t>
+          <t>SPSS ve LISREL ile Pratik Veri Analizi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>216</v>
+        <v>320</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786051701363</t>
+          <t>9786055213305</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Okul Yönetimi</t>
+          <t>Otizm Spektrumu Hastalıkları ve Göz</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>315.6</v>
+        <v>250</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786051700021</t>
+          <t>9786055213732</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Ilse Aichingers Die Grössere Hoffnung Als Auseinandersetzung Mit Der Vergangenheit</t>
+          <t>Göstergebilim ve Sosyoloji</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>226.8</v>
+        <v>345</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786051704999</t>
+          <t>9786055213725</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Gelişim 1</t>
+          <t>Çoğulculuk Çokkültürlü ve Çokdilli Eğitim</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>355.2</v>
+        <v>200</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786051701516</t>
+          <t>9786055213244</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>4 - 6 Yaş Çocuk Gelişimi</t>
+          <t>Eğitimin Toplumsal Temelleri</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051701813</t>
+          <t>9786051702131</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yönetim Becerileri ve Liderlik</t>
+          <t>Yönetsel ve Eğitsel Araç Olarak Eğitim Kurumlarında Mizah</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>338.4</v>
+        <v>240</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786051701806</t>
+          <t>9786051701363</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Teknoloji Entegrasyonunun Kuramsal Temelleri</t>
+          <t>Okul Yönetimi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>252</v>
+        <v>350</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051701615</t>
+          <t>9786051700021</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Eğitimsel ve Sosyal - Duygusal Bakış Açılarıyla Üstün Yetenekli Çocuklar</t>
+          <t>Ilse Aichingers Die Grössere Hoffnung Als Auseinandersetzung Mit Der Vergangenheit</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>315.6</v>
+        <v>250</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051701622</t>
+          <t>9786051704999</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırmalarda Etik</t>
+          <t>Erken Çocukluk Döneminde Gelişim 1</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>315.6</v>
+        <v>395</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786051701523</t>
+          <t>9786051701516</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya Organik Kimya</t>
+          <t>4 - 6 Yaş Çocuk Gelişimi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>432</v>
+        <v>265</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786051702698</t>
+          <t>9786051701813</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetiminde Yeni Yaklaşımlar</t>
+          <t>Türkiye'de Yönetim Becerileri ve Liderlik</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>263</v>
+        <v>375</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786051700359</t>
+          <t>9786051701806</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Yelkenlisi Modeli</t>
+          <t>Eğitimde Teknoloji Entegrasyonunun Kuramsal Temelleri</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786051701165</t>
+          <t>9786051701615</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Söylemden Eleştirel Okumaya</t>
+          <t>Eğitimsel ve Sosyal - Duygusal Bakış Açılarıyla Üstün Yetenekli Çocuklar</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>351.6</v>
+        <v>350</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786051702575</t>
+          <t>9786051701622</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ruşen Eşref - Tevfik Fikret: Hayatına Dair Hatıralar</t>
+          <t>Nitel Araştırmalarda Etik</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786051702513</t>
+          <t>9786051701523</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi</t>
+          <t>Genel Kimya Organik Kimya</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>204</v>
+        <v>480</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786051702544</t>
+          <t>9786051702698</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Çok Kültürlü Eğitim</t>
+          <t>Eğitim Yönetiminde Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>298.8</v>
+        <v>350</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786051702056</t>
+          <t>9786051700359</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetimi</t>
+          <t>Kariyer Yelkenlisi Modeli</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>342</v>
+        <v>300</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051701882</t>
+          <t>9786051701165</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yas Danışmanlığı</t>
+          <t>Eleştirel Söylemden Eleştirel Okumaya</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>396</v>
+        <v>390</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786051702308</t>
+          <t>9786051702575</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Çocuklar</t>
+          <t>Ruşen Eşref - Tevfik Fikret: Hayatına Dair Hatıralar</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>378</v>
+        <v>300</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786051702285</t>
+          <t>9786051702513</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Okuma Eğitimi</t>
+          <t>Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>306</v>
+        <v>225</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786051701585</t>
+          <t>9786051702544</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikoloji ve Aile Terapisi</t>
+          <t>Çocuklar için Çok Kültürlü Eğitim</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>334.8</v>
+        <v>330</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786051703381</t>
+          <t>9786051702056</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Gelişim 2 (36-72 Ay)</t>
+          <t>Eğitim Yönetimi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>342</v>
+        <v>380</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786051701950</t>
+          <t>9786051701882</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Etnografın El Kitabı</t>
+          <t>Yas Danışmanlığı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>225.6</v>
+        <v>440</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786051701486</t>
+          <t>9786051702308</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Eğitim</t>
+          <t>Özel Gereksinimli Çocuklar</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>306</v>
+        <v>420</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051702391</t>
+          <t>9786051702285</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Aile</t>
+          <t>Okuma Eğitimi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>396</v>
+        <v>340</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786051702469</t>
+          <t>9786051701585</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teorisyenler 1</t>
+          <t>Pozitif Psikoloji ve Aile Terapisi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>342</v>
+        <v>370</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786051702407</t>
+          <t>9786051703381</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenliğin Mesleki Değerleri ve Etik</t>
+          <t>Erken Çocukluk Döneminde Gelişim 2 (36-72 Ay)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>322.8</v>
+        <v>380</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786051702384</t>
+          <t>9786051701950</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel Modelleme Eğitimi</t>
+          <t>Etnografın El Kitabı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>88</v>
+        <v>250</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051702254</t>
+          <t>9786051701486</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Türk Aydınlar Sosyolojisi</t>
+          <t>Edebiyat ve Eğitim</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>162</v>
+        <v>340</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051702100</t>
+          <t>9786051702391</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Etkili İnsan İlişkileri</t>
+          <t>Çocuk ve Aile</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051703510</t>
+          <t>9786051702469</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Algı Yönetimi</t>
+          <t>Çağdaş Sosyal Teorisyenler 1</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>324</v>
+        <v>380</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786051702445</t>
+          <t>9786051702407</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Matematik Okuryazarlığı ve PISA</t>
+          <t>Öğretmenliğin Mesleki Değerleri ve Etik</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>396</v>
+        <v>360</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786051702315</t>
+          <t>9786051702384</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Özel Eğitimi El Kitabı</t>
+          <t>Matematiksel Modelleme Eğitimi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>630</v>
+        <v>88</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786051702049</t>
+          <t>9786051702254</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İki Flüt İçin</t>
+          <t>Türk Aydınlar Sosyolojisi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786051701998</t>
+          <t>9786051702100</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler İçin R'a Giriş</t>
+          <t>Örgütlerde Etkili İnsan İlişkileri</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>230.4</v>
+        <v>300</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051701707</t>
+          <t>9786051703510</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Hafta Hafta Konuşma Eğitimi</t>
+          <t>Sosyal Medya ve Algı Yönetimi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>328.8</v>
+        <v>360</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051701608</t>
+          <t>9786051702445</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Araştırma Yöntemleri ve Metedolojileri</t>
+          <t>Matematik Okuryazarlığı ve PISA</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>522</v>
+        <v>440</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051701684</t>
+          <t>9786051702315</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Okul Yolu</t>
+          <t>Erken Çocukluk Özel Eğitimi El Kitabı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>298.8</v>
+        <v>695</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051701417</t>
+          <t>9786051702049</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Örnek Eğitim Durumlarıyla Türkçe - Türk Dili ve Edebiyatı Öğretimi</t>
+          <t>İki Flüt İçin</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051701387</t>
+          <t>9786051701998</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Homofobiyle Baş Etme Grup Rehberliği Programı</t>
+          <t>Sosyal Bilimler İçin R'a Giriş</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>198</v>
+        <v>255</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786051701691</t>
+          <t>9786051701707</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Geometri Öğretimi ve Öğrenimi</t>
+          <t>Etkinliklerle Hafta Hafta Konuşma Eğitimi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>342</v>
+        <v>365</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051703275</t>
+          <t>9786051701608</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Ortaokullarda Türkçe Öğretimi</t>
+          <t>Eğitimde Araştırma Yöntemleri ve Metedolojileri</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>406.8</v>
+        <v>575</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786051700724</t>
+          <t>9786051701684</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Translation and Interpreting as Sustainable Services The Australian Experience</t>
+          <t>Okul Yolu</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786051702490</t>
+          <t>9786051701417</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi</t>
+          <t>Örnek Eğitim Durumlarıyla Türkçe - Türk Dili ve Edebiyatı Öğretimi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>297.6</v>
+        <v>265</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786051702070</t>
+          <t>9786051701387</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İyi Öğretmen Doğru Okul</t>
+          <t>Homofobiyle Baş Etme Grup Rehberliği Programı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>216</v>
+        <v>220</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786051703107</t>
+          <t>9786051701691</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>SPSS İle Temel Veri Analizleri</t>
+          <t>Geometri Öğretimi ve Öğrenimi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>158</v>
+        <v>380</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786051701899</t>
+          <t>9786051703275</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya 2</t>
+          <t>İlk ve Ortaokullarda Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>386.4</v>
+        <v>450</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051701318</t>
+          <t>9786051700724</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Davranışçı Yaklaşıma Dayalı Grupla Psikolojik Danışma Uygulamaları ve Programları</t>
+          <t>Translation and Interpreting as Sustainable Services The Australian Experience</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>198</v>
+        <v>300</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786051701325</t>
+          <t>9786051702490</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel - Yaşantısal Teori Temelli Psiko - Eğitim Programı</t>
+          <t>Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>138</v>
+        <v>330</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786051701141</t>
+          <t>9786051702070</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Nitel Araştırma Desenleri</t>
+          <t>İyi Öğretmen Doğru Okul</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>228</v>
+        <v>240</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786051701066</t>
+          <t>9786051703107</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>SPSS İle Temel Veri Analizleri</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>110</v>
+        <v>380</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786051703084</t>
+          <t>9786051701899</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Programlarının Geliştirilmesinde İhtiyaç Analizi El Kitabı</t>
+          <t>Genel Kimya 2</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>270</v>
+        <v>430</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786051703459</t>
+          <t>9786051701318</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Eğitim - Dünya Ülkelerinden Örneklerle</t>
+          <t>Bilişsel Davranışçı Yaklaşıma Dayalı Grupla Psikolojik Danışma Uygulamaları ve Programları</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786051701783</t>
+          <t>9786051701325</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Fark Yaratan Eğitim</t>
+          <t>Bilişsel - Yaşantısal Teori Temelli Psiko - Eğitim Programı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>298.8</v>
+        <v>185</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786051701790</t>
+          <t>9786051701141</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Tarihi 4</t>
+          <t>Eğitimde Nitel Araştırma Desenleri</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>288</v>
+        <v>228</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786051701578</t>
+          <t>9786051701066</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Dilbilim Çeviribilim Yazıları</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>294</v>
+        <v>110</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786051700656</t>
+          <t>9786051703084</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Ekonomisi Eleştirel Bir Yaklaşım</t>
+          <t>Eğitim Programlarının Geliştirilmesinde İhtiyaç Analizi El Kitabı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786051702087</t>
+          <t>9786051703459</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Arduino İle Kodlama ve Mikrodenetleyici Uygulamalar (Renksiz Baskı)</t>
+          <t>Karşılaştırmalı Eğitim - Dünya Ülkelerinden Örneklerle</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>804</v>
+        <v>400</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786051700700</t>
+          <t>9786051701783</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Genetik</t>
+          <t>Fark Yaratan Eğitim</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>351.6</v>
+        <v>330</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786051700366</t>
+          <t>9786051701790</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Dergilere Makale Nasıl Yazılır</t>
+          <t>Sosyoloji Tarihi 4</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>357.6</v>
+        <v>460</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786051701479</t>
+          <t>9786051701578</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırma Yöntemleri</t>
+          <t>Dilbilim Çeviribilim Yazıları</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>85</v>
+        <v>325</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786051705002</t>
+          <t>9786051700656</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırma</t>
+          <t>Eğitim Ekonomisi Eleştirel Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>414</v>
+        <v>320</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786051703305</t>
+          <t>9786051702087</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Öğretimi</t>
+          <t>Arduino İle Kodlama ve Mikrodenetleyici Uygulamalar (Renksiz Baskı)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>275</v>
+        <v>885</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786051700151</t>
+          <t>9786051700700</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Araştırma Yöntemleri: Desen ve Analiz</t>
+          <t>Genetik</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>567.6</v>
+        <v>390</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786051700182</t>
+          <t>9786051700366</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Üstün Zekalı ve Yetenekli Öğrencilerin Bulunduğu Sınıflarda Karma Öğretim</t>
+          <t>Bilimsel Dergilere Makale Nasıl Yazılır</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>270</v>
+        <v>395</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786051701370</t>
+          <t>9786051701479</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
+          <t>Bilimsel Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>324</v>
+        <v>710</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786051701332</t>
+          <t>9786051705002</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Salyangozun İzinde</t>
+          <t>Nitel Araştırma</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>39</v>
+        <v>460</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786051700748</t>
+          <t>9786051703305</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlık Bilgisi</t>
+          <t>Sosyal Bilgiler Öğretimi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>342</v>
+        <v>440</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786051700342</t>
+          <t>9786051700151</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmenin Nörofizyolojisi Öğretimde Yeni Yaklaşımlar</t>
+          <t>Araştırma Yöntemleri: Desen ve Analiz</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>328.8</v>
+        <v>625</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786051700311</t>
+          <t>9786051700182</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Liderlik ve Okul Yönetimi</t>
+          <t>Üstün Zekalı ve Yetenekli Öğrencilerin Bulunduğu Sınıflarda Karma Öğretim</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>256.8</v>
+        <v>300</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786051700717</t>
+          <t>9786051701370</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>İntihar Sosyo - Psikolojik, Kültürel ve Ekonomik Bir Çözümleme</t>
+          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>328.8</v>
+        <v>360</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786051700397</t>
+          <t>9786051701332</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Edinç Araştırmaları</t>
+          <t>Salyangozun İzinde</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>298.8</v>
+        <v>39</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786051700205</t>
+          <t>9786051700748</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitime Gereksinimi Olan Çoçuklara Özel Eğitim Programları Aileler ve Eğiticiler İçin El Kitabı</t>
+          <t>Vatandaşlık Bilgisi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>324</v>
+        <v>380</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786051700218</t>
+          <t>9786051700342</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Cümle Bilgisi</t>
+          <t>Öğrenmenin Nörofizyolojisi Öğretimde Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>351.6</v>
+        <v>365</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786051705347</t>
+          <t>9786051700311</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Bireyle Psikolojik Danışma</t>
+          <t>Liderlik ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>360</v>
+        <v>285</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786051701745</t>
+          <t>9786051700717</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler İçin Temel İstatistik</t>
+          <t>İntihar Sosyo - Psikolojik, Kültürel ve Ekonomik Bir Çözümleme</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>324</v>
+        <v>365</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789756956564</t>
+          <t>9786051700397</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
+          <t>Çeviribilimde Edinç Araştırmaları</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>328.8</v>
+        <v>330</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786051700069</t>
+          <t>9786051700205</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>KPSS-ÖABT 2015 Hazırlık Matematik Öğretmenliği / 1. Kitap : Alan Eğitimi - Ortaöğretim</t>
+          <t>Özel Eğitime Gereksinimi Olan Çoçuklara Özel Eğitim Programları Aileler ve Eğiticiler İçin El Kitabı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>328.8</v>
+        <v>360</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786055213947</t>
+          <t>9786051700218</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Formasyon İçin Eğitimde Program Geliştirme</t>
+          <t>Türkçe Cümle Bilgisi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>225.6</v>
+        <v>390</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786051701714</t>
+          <t>9786051705347</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Formasyon İçin Öğretim İlke ve Yöntemleri</t>
+          <t>Kuramdan Uygulamaya Bireyle Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>225.6</v>
+        <v>400</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786055213961</t>
+          <t>9786051701745</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Psikolojisi</t>
+          <t>Sosyal Bilimler İçin Temel İstatistik</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786051700007</t>
+          <t>9789756956564</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Drama : Teorik Temelleri ve Uygulama Örnekleri</t>
+          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>298.8</v>
+        <v>365</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786055213954</t>
+          <t>9786051700069</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Gelişim Psikoloji</t>
+          <t>KPSS-ÖABT 2015 Hazırlık Matematik Öğretmenliği / 1. Kitap : Alan Eğitimi - Ortaöğretim</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>225.6</v>
+        <v>365</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786055213992</t>
+          <t>9786055213947</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Pedagojik Formasyon İçin Eğitimde Program Geliştirme</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>396</v>
+        <v>250</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786055213862</t>
+          <t>9786051701714</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Linguistics for English Language Teaching Studies</t>
+          <t>Pedagojik Formasyon İçin Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>324</v>
+        <v>250</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786051701554</t>
+          <t>9786055213961</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Max Weber'den Dwight Waldo'ya Kamu Yönetimi</t>
+          <t>Öğrenme Psikolojisi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>432</v>
+        <v>265</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786051701530</t>
+          <t>9786051700007</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Elt Methodology</t>
+          <t>Eğitimde Drama : Teorik Temelleri ve Uygulama Örnekleri</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>345.6</v>
+        <v>330</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786055213268</t>
+          <t>9786055213954</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Mimarlık</t>
+          <t>Gelişim Psikoloji</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>47</v>
+        <v>250</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786055213275</t>
+          <t>9786055213992</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Yabancı Dil Öğretimi</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>158.4</v>
+        <v>440</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786055213527</t>
+          <t>9786055213862</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Anadil Edinimi ve Yabancı Dil Öğrenim Kuralları</t>
+          <t>Linguistics for English Language Teaching Studies</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>226.8</v>
+        <v>360</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786055213558</t>
+          <t>9786051701554</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi</t>
+          <t>Max Weber'den Dwight Waldo'ya Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>258</v>
+        <v>480</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786051702117</t>
+          <t>9786051701530</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>2018 İlkokul Programı 1-4 Sınıflar</t>
+          <t>Elt Methodology</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>372</v>
+        <v>385</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786055213565</t>
+          <t>9786055213268</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Eylem Araştırması El Kitabı</t>
+          <t>Çocuk ve Mimarlık</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>475.2</v>
+        <v>47</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789756376485</t>
+          <t>9786055213275</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Okulöncesi Eğitimi Öğretmen Adayları ve Öğretmenleri İçin Uygulama Kılavuzu</t>
+          <t>Çocuklara Yabancı Dil Öğretimi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>312</v>
+        <v>175</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9756055213251</t>
+          <t>9786055213527</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Cavit Binbaşıoğlu’nun Türk Eğitim ve Kültür Hayatına Hizmetleri</t>
+          <t>Anadil Edinimi ve Yabancı Dil Öğrenim Kuralları</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>298.8</v>
+        <v>250</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786055213633</t>
+          <t>9786055213558</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Stres Yönetimi</t>
+          <t>Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>298.8</v>
+        <v>285</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786051702476</t>
+          <t>9786051702117</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Aile Danışmanlığı Uygulamaları</t>
+          <t>2018 İlkokul Programı 1-4 Sınıflar</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>334.8</v>
+        <v>372</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786051706054</t>
+          <t>9786055213565</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya 3 Analitik Kimya</t>
+          <t>Eylem Araştırması El Kitabı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>328.8</v>
+        <v>525</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786051701264</t>
+          <t>9789756376485</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kuşaklar Çatışması</t>
+          <t>Okulöncesi Eğitimi Öğretmen Adayları ve Öğretmenleri İçin Uygulama Kılavuzu</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>202.8</v>
+        <v>345</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786051700106</t>
+          <t>9756055213251</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>KPSS-ÖABT Hazırlık Türk Dili ve Edebiyatı Öğretmenliği 25 Deneme</t>
+          <t>Cavit Binbaşıoğlu’nun Türk Eğitim ve Kültür Hayatına Hizmetleri</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>285.6</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786051700090</t>
+          <t>9786055213633</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Kültür ve Toplum</t>
+          <t>Stres Yönetimi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786051700045</t>
+          <t>9786051702476</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Benlik Gelişimi Sürecinde Ayrışma Bireyleşme</t>
+          <t>Aile Danışmanlığı Uygulamaları</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>306</v>
+        <v>334.8</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786051700120</t>
+          <t>9786051706054</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Okulda Motivasyon</t>
+          <t>Genel Kimya 3 Analitik Kimya</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>315.6</v>
+        <v>365</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786055213763</t>
+          <t>9786051701264</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Modern Fizik</t>
+          <t>Kuşaklar Çatışması</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>285.6</v>
+        <v>225</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786055213572</t>
+          <t>9786051700106</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Neliği - Nilgün Çelebi ile Sosyoloji Sözcüğünün Soykütüğüne Uzanmak</t>
+          <t>KPSS-ÖABT Hazırlık Türk Dili ve Edebiyatı Öğretmenliği 25 Deneme</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>432</v>
+        <v>315</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786051701646</t>
+          <t>9786051700090</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Son Değişikliklerle Okul Öncesi Eğitimi Programı ve Etkinlik Kitabı</t>
+          <t>Gençlik Kültür ve Toplum</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>268</v>
+        <v>300</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786055213671</t>
+          <t>9786051700045</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sürecinde Ödev</t>
+          <t>Benlik Gelişimi Sürecinde Ayrışma Bireyleşme</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>298.8</v>
+        <v>340</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786051700052</t>
+          <t>9786051700120</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>ÖABT 2015 KPSS - ÖABT Hazırlık Türk Dili ve Edebiyatı Öğretmenliği Konu Anlatımlı Soru Bankası / 1. Kitap - Alan Bilgisi</t>
+          <t>Okulda Motivasyon</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>158</v>
+        <v>350</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786051700830</t>
+          <t>9786055213763</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Fen Bilimleri Öğretimi</t>
+          <t>Modern Fizik</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>351.6</v>
+        <v>315</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786055213930</t>
+          <t>9786055213572</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Öğretmenleri ve Adayları için Hayat Bilgisi Öğretimi</t>
+          <t>Sosyolojinin Neliği - Nilgün Çelebi ile Sosyoloji Sözcüğünün Soykütüğüne Uzanmak</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786055213510</t>
+          <t>9786051701646</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Bilge Anadan Saçmalıklar</t>
+          <t>Son Değişikliklerle Okul Öncesi Eğitimi Programı ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>41</v>
+        <v>430</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786055213367</t>
+          <t>9786055213671</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Okul Psikolojik Danışmanları İçin El Kitabı</t>
+          <t>Eğitim Sürecinde Ödev</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>328.8</v>
+        <v>330</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786055213374</t>
+          <t>9786051700052</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Danışmanlar İçin Psiko-Eğitsel Gruplar</t>
+          <t>ÖABT 2015 KPSS - ÖABT Hazırlık Türk Dili ve Edebiyatı Öğretmenliği Konu Anlatımlı Soru Bankası / 1. Kitap - Alan Bilgisi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>342</v>
+        <v>158</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786051705972</t>
+          <t>9786051700830</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Örnekleriyle Eğitimde Program Değerlendirme</t>
+          <t>Fen Bilimleri Öğretimi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>333.6</v>
+        <v>390</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786051700458</t>
+          <t>9786055213930</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Sınıf Öğretmenleri ve Adayları için Hayat Bilgisi Öğretimi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>72</v>
+        <v>300</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786051700557</t>
+          <t>9786055213510</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Evrim</t>
+          <t>Bilge Anadan Saçmalıklar</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>328.8</v>
+        <v>41</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786051700434</t>
+          <t>9786055213367</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Hemşirelikte Öğretim ve Eğiticinin Rolü</t>
+          <t>Okul Psikolojik Danışmanları İçin El Kitabı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>535.2</v>
+        <v>365</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786051700588</t>
+          <t>9786055213374</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikoterapiye Giriş</t>
+          <t>Psikolojik Danışmanlar İçin Psiko-Eğitsel Gruplar</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>474</v>
+        <v>380</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786051702704</t>
+          <t>9786051705972</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Doğası Gelişimi ve Öğretimi</t>
+          <t>Örnekleriyle Eğitimde Program Değerlendirme</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>378</v>
+        <v>370</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786051700564</t>
+          <t>9786051700458</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Üç Demet Şiir</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>295.2</v>
+        <v>350</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786051700328</t>
+          <t>9786051700557</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Eğitim ve Öğretimi Geliştiren Denetim</t>
+          <t>Evrim</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>386.4</v>
+        <v>365</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786051703251</t>
+          <t>9786051700434</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Yerli Sosyoloji</t>
+          <t>Hemşirelikte Öğretim ve Eğiticinin Rolü</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>396</v>
+        <v>590</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786051700427</t>
+          <t>9786051700588</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık, Ahlak ve Eğitim</t>
+          <t>Pozitif Psikoterapiye Giriş</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>258</v>
+        <v>525</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786051700144</t>
+          <t>9786051702704</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Test Geliştirme ve Uyarlama Süreci : SPSS ve LISREL Uygulamaları</t>
+          <t>Bilimin Doğası Gelişimi ve Öğretimi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>291.6</v>
+        <v>420</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786055213435</t>
+          <t>9786051700564</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Okul 2.0</t>
+          <t>Üç Demet Şiir</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>312</v>
+        <v>325</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786051702759</t>
+          <t>9786051700328</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Bütünleştirme</t>
+          <t>Okullarda Eğitim ve Öğretimi Geliştiren Denetim</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>328.8</v>
+        <v>430</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786051701059</t>
+          <t>9786051703251</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretiminde Etkinlikler</t>
+          <t>Yerli Sosyoloji</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>324</v>
+        <v>440</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786051700892</t>
+          <t>9786051700427</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Nitel Veri Analizinde Adım Adım NVivo Kullanımı</t>
+          <t>Uygarlık, Ahlak ve Eğitim</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>120</v>
+        <v>285</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786051700335</t>
+          <t>9786051700144</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Karma Yöntem Araştırmalarının Temelleri</t>
+          <t>Psikolojik Test Geliştirme ve Uyarlama Süreci : SPSS ve LISREL Uygulamaları</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>576</v>
+        <v>325</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786051703282</t>
+          <t>9786055213435</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Tarihi 3</t>
+          <t>Okul 2.0</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>351.6</v>
+        <v>345</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786051700243</t>
+          <t>9786051702759</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlikte 50 Yıl</t>
+          <t>Özel Eğitimde Bütünleştirme</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>72</v>
+        <v>365</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786051700861</t>
+          <t>9786051701059</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Okuma Kültürü Nasıl Kazandırılır</t>
+          <t>Türkçe Öğretiminde Etkinlikler</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>249.6</v>
+        <v>360</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786055213688</t>
+          <t>9786051700892</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Sanal Düşler ve Özel Gerçekler</t>
+          <t>Nitel Veri Analizinde Adım Adım NVivo Kullanımı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>394.8</v>
+        <v>735</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786055213664</t>
+          <t>9786051700335</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Eğitiminde Proje Yaklaşımı ve Uygulanmış Proje Örnekleri</t>
+          <t>Karma Yöntem Araştırmalarının Temelleri</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>285.6</v>
+        <v>635</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786051705613</t>
+          <t>9786051703282</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet Sosyolojisi</t>
+          <t>Sosyoloji Tarihi 3</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>285.6</v>
+        <v>390</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786051701042</t>
+          <t>9786051700243</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Öğretimi</t>
+          <t>Öğretmenlikte 50 Yıl</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>328.8</v>
+        <v>440</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786051701196</t>
+          <t>9786051700861</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kuram ve Uygulama Bağlamında Türkçe Öğretimi</t>
+          <t>Okuma Kültürü Nasıl Kazandırılır</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>446.4</v>
+        <v>275</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786051701134</t>
+          <t>9786055213688</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Üstün Yetenekli Çocuklar Uzmanlar ve Aileler için El Kitabı</t>
+          <t>Sanal Düşler ve Özel Gerçekler</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>403.2</v>
+        <v>435</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786051702599</t>
+          <t>9786055213664</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Oksford'un Öküzü</t>
+          <t>Erken Çocukluk Eğitiminde Proje Yaklaşımı ve Uygulanmış Proje Örnekleri</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>263</v>
+        <v>315</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786051701257</t>
+          <t>9786051705613</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya 1</t>
+          <t>Toplumsal Cinsiyet Sosyolojisi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>386.4</v>
+        <v>315</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786051701226</t>
+          <t>9786051701042</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Batı Barbarlığı 2</t>
+          <t>Sosyal Bilgiler Öğretimi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>270</v>
+        <v>365</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786051701035</t>
+          <t>9786051701196</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Çok Boyutlu Bakış Açılarıyla Düşünme Eğitimi</t>
+          <t>Kuram ve Uygulama Bağlamında Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>414</v>
+        <v>495</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786051700908</t>
+          <t>9786051701134</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Ölçme Aracı Hazırlama</t>
+          <t>Üstün Yetenekli Çocuklar Uzmanlar ve Aileler için El Kitabı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>342</v>
+        <v>445</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786051702971</t>
+          <t>9786051702599</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgilerin Temelleri</t>
+          <t>Oksford'un Öküzü</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>293</v>
+        <v>350</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786051703824</t>
+          <t>9786051701257</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>İlkokulda Yabancı Dil Öğretimi</t>
+          <t>Genel Kimya 1</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>306</v>
+        <v>430</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786051701097</t>
+          <t>9786051701226</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Üretim Tabanlı Çalışmalar İçin Nitel Araştırma Yöntemleri</t>
+          <t>Batı Barbarlığı 2</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>328.8</v>
+        <v>300</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786051700670</t>
+          <t>9786051701035</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğretimi Metodolojisi</t>
+          <t>Okul Öncesinde Çok Boyutlu Bakış Açılarıyla Düşünme Eğitimi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>312</v>
+        <v>460</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786051700960</t>
+          <t>9786051700908</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Edebiyat ve Eleştiri Kuramları</t>
+          <t>Sosyal Bilimlerde Ölçme Aracı Hazırlama</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786051703046</t>
+          <t>9786051702971</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Yazma Öğretimi</t>
+          <t>Sosyal Bilgilerin Temelleri</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>378</v>
+        <v>450</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786051700991</t>
+          <t>9786051703824</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>SPSS Kullanma Kılavuzu</t>
+          <t>İlkokulda Yabancı Dil Öğretimi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>388</v>
+        <v>340</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786051700939</t>
+          <t>9786051701097</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Gençlik Edebiyatı</t>
+          <t>Eğitimde Üretim Tabanlı Çalışmalar İçin Nitel Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>334.8</v>
+        <v>365</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786051700694</t>
+          <t>9786051700670</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Otizm</t>
+          <t>Yabancı Dil Olarak Türkçe Öğretimi Metodolojisi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>344.4</v>
+        <v>345</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786051700649</t>
+          <t>9786051700960</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretimi</t>
+          <t>Günümüz Edebiyat ve Eleştiri Kuramları</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>360</v>
+        <v>265</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786051701424</t>
+          <t>9786051703046</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Kelime Bilgisi El Kitabı</t>
+          <t>İlk Okuma Yazma Öğretimi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>298.8</v>
+        <v>420</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786051700113</t>
+          <t>9786051700991</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Liderliği</t>
+          <t>SPSS Kullanma Kılavuzu</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>45</v>
+        <v>388</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055213879</t>
+          <t>9786051700939</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Değerlere Duyarlı Eğitim - Teori, Araştırma ve Uygulama</t>
+          <t>Çocuk ve Gençlik Edebiyatı</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>207</v>
+        <v>370</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786051700175</t>
+          <t>9786051700694</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Formasyon İçin Ölçme ve Değerlendirme</t>
+          <t>100 Soruda Otizm</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>225.6</v>
+        <v>380</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786051702834</t>
+          <t>9786051700649</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Eğitimine Giriş</t>
+          <t>Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>324</v>
+        <v>400</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786055213480</t>
+          <t>9786051701424</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>LİSREL 9.1 İle Yapısal Eşitlik Modellemesi</t>
+          <t>Kelime Bilgisi El Kitabı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>48</v>
+        <v>330</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786055213503</t>
+          <t>9786051700113</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Bekir Onur'a Armağan</t>
+          <t>Öğrenme Liderliği</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>594</v>
+        <v>45</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786051705545</t>
+          <t>9786055213879</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Hissettiğin Her Şeye İnanma</t>
+          <t>Kültürel Değerlere Duyarlı Eğitim - Teori, Araştırma ve Uygulama</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>288</v>
+        <v>207</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786051705552</t>
+          <t>9786051700175</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İçin Küresel Ölçekte Öğretmen Yetiştirme Modeli</t>
+          <t>Pedagojik Formasyon İçin Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786051704234</t>
+          <t>9786051702834</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kendi Hikayesini Yazan Okullar Okul Öz-Değerlendirme</t>
+          <t>Sosyal Bilgiler Eğitimine Giriş</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>288</v>
+        <v>360</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786051706092</t>
+          <t>9786055213480</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Planlama ve Geliştirme</t>
+          <t>LİSREL 9.1 İle Yapısal Eşitlik Modellemesi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>315.6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786051706269</t>
+          <t>9786055213503</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Prof. Dr. Bekir Onur'a Armağan</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>142.8</v>
+        <v>655</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786051706276</t>
+          <t>9786051705545</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Hissettiğin Her Şeye İnanma</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>142.8</v>
+        <v>320</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786051704685</t>
+          <t>9786051705552</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Cma İle Meta Analiz Uygulamaları</t>
+          <t>Türkiye İçin Küresel Ölçekte Öğretmen Yetiştirme Modeli</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786051704135</t>
+          <t>9786051704234</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Değerlere Duyarlı Eğitim</t>
+          <t>Kendi Hikayesini Yazan Okullar Okul Öz-Değerlendirme</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>288</v>
+        <v>320</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786051704180</t>
+          <t>9786051706092</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Ayrımcılığın Analizi</t>
+          <t>Kariyer Planlama ve Geliştirme</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>226.8</v>
+        <v>350</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786051704173</t>
+          <t>9786051706269</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Senaryolarla Desteklenmiş Fen Ve Teknoloji Uygulamaları</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>396</v>
+        <v>160</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786051703664</t>
+          <t>9786051706276</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Öğrenme Kitabı A2 / Learning Pack Of Turkish For Foreigners</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>546</v>
+        <v>160</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786051705385</t>
+          <t>9786051704685</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Nitel Araştırma</t>
+          <t>Cma İle Meta Analiz Uygulamaları</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>327.6</v>
+        <v>365</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786051701158</t>
+          <t>9786051704135</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Yabancı Dil Öğretimi</t>
+          <t>Kültürel Değerlere Duyarlı Eğitim</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>38</v>
+        <v>320</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055213299</t>
+          <t>9786051704180</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Yetiştirmenin Bugünü ve Geleceği: Sorunlar ve Çözüm Önerileri</t>
+          <t>Ayrımcılığın Analizi</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>294</v>
+        <v>250</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786051704265</t>
+          <t>9786051704173</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Araştırmacıları İçin SPSS Uygulamalı İstatistik</t>
+          <t>Senaryolarla Desteklenmiş Fen Ve Teknoloji Uygulamaları</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>342</v>
+        <v>440</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786051703794</t>
+          <t>9786051703664</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Eğitsel Veri Madenciliği ve Öğrenme Analitikleri</t>
+          <t>Yabancılar İçin Türkçe Öğrenme Kitabı A2 / Learning Pack Of Turkish For Foreigners</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>403.2</v>
+        <v>605</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786051705026</t>
+          <t>9786051705385</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Döneminde Sınanan Dijital Vatandaşlık</t>
+          <t>100 Soruda Nitel Araştırma</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>225.6</v>
+        <v>365</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786051706665</t>
+          <t>9786051701158</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım İlkokula Başlamak Okula Uyum ve Erken Okuryazarlık Eğitimi</t>
+          <t>Çocuklara Yabancı Dil Öğretimi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786051704708</t>
+          <t>9786055213299</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Analitik Bilim Felsefesi</t>
+          <t>Öğretmen Yetiştirmenin Bugünü ve Geleceği: Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>226.8</v>
+        <v>325</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786051703770</t>
+          <t>9786051704265</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Eğitim İktisadı Disiplini</t>
+          <t>Eğitim Araştırmacıları İçin SPSS Uygulamalı İstatistik</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>405.6</v>
+        <v>380</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786051703428</t>
+          <t>9786051703794</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Süreç ve Tür Odaklı Okuma ve Yazma Eğitimi</t>
+          <t>Eğitsel Veri Madenciliği ve Öğrenme Analitikleri</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>342</v>
+        <v>445</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786051705491</t>
+          <t>9786051705026</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Politikaları</t>
+          <t>Pandemi Döneminde Sınanan Dijital Vatandaşlık</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>468</v>
+        <v>250</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786051705958</t>
+          <t>9786051706665</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Siber Psikoloji</t>
+          <t>Adım Adım İlkokula Başlamak Okula Uyum ve Erken Okuryazarlık Eğitimi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>324</v>
+        <v>300</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786051704357</t>
+          <t>9786051704708</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel İspat ve Öğretimi</t>
+          <t>Analitik Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>386.4</v>
+        <v>250</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786051703893</t>
+          <t>9786051703770</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kodlama Öğretimi</t>
+          <t>Türkiye'de Eğitim İktisadı Disiplini</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>328.8</v>
+        <v>450</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786051706184</t>
+          <t>9786051703428</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Örgütsel Davranış</t>
+          <t>Süreç ve Tür Odaklı Okuma ve Yazma Eğitimi</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>396</v>
+        <v>380</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786051705514</t>
+          <t>9786051705491</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Anlambilimde Güncel Çalışmalar</t>
+          <t>Eğitim Politikaları</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>357.6</v>
+        <v>515</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786051704647</t>
+          <t>9786051705958</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Etik ve Eğitim</t>
+          <t>Siber Psikoloji</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786051704548</t>
+          <t>9786051704357</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Hukukunda Çocuk Hakları ve Eğitimi</t>
+          <t>Matematiksel İspat ve Öğretimi</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>506.4</v>
+        <v>430</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786054434015</t>
+          <t>9786051703893</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Araçları</t>
+          <t>Kodlama Öğretimi</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>386.4</v>
+        <v>365</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786051702025</t>
+          <t>9786051706184</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Zalimler ve Mazlumlar</t>
+          <t>Eğitimde Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>288</v>
+        <v>440</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789756956755</t>
+          <t>9786051705514</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Yurttaşlık Bilinci</t>
+          <t>Anlambilimde Güncel Çalışmalar</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>370.8</v>
+        <v>395</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786055213046</t>
+          <t>9786051704647</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde Çağdaş Yaklaşımlar</t>
+          <t>Etik ve Eğitim</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>396</v>
+        <v>300</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786054434640</t>
+          <t>9786051704548</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Yazılı ve Sözlü Anlatım</t>
+          <t>Eğitim Hukukunda Çocuk Hakları ve Eğitimi</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>342</v>
+        <v>560</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786055213886</t>
+          <t>9786054434015</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Yapılandırmacı Yaklaşıma Göre Sınıf Yönetimi</t>
+          <t>Zihnin Araçları</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>46</v>
+        <v>430</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786054434657</t>
+          <t>9786051702025</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dönem Türk Politik Tarihi</t>
+          <t>Zalimler ve Mazlumlar</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>342</v>
+        <v>320</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786051702667</t>
+          <t>9789756956755</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Yabancılara Türkçe Öğretimi</t>
+          <t>Yurttaşlık Bilinci</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>342</v>
+        <v>410</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786051700786</t>
+          <t>9786055213046</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Öğrenme Kitabı / Learning Pack of Turkish for Foreigners</t>
+          <t>Yönetimde Çağdaş Yaklaşımlar</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>522</v>
+        <v>440</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786051705408</t>
+          <t>9786054434640</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Anne Babanın Eğitim Elkitabı</t>
+          <t>Yazılı ve Sözlü Anlatım</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>256.8</v>
+        <v>380</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786051704456</t>
+          <t>9786055213886</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Hukuku</t>
+          <t>Yapılandırmacı Yaklaşıma Göre Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>506.4</v>
+        <v>46</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786051704272</t>
+          <t>9786054434657</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Karakter Gelişimi ve Değer Eğitimi</t>
+          <t>Yakın Dönem Türk Politik Tarihi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786051704906</t>
+          <t>9786051702667</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Fen Öğretim Programları</t>
+          <t>Yabancılara Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>342</v>
+        <v>380</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786051704487</t>
+          <t>9786051700786</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Tarihi 6</t>
+          <t>Yabancılar İçin Türkçe Öğrenme Kitabı / Learning Pack of Turkish for Foreigners</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>334.8</v>
+        <v>575</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786051705590</t>
+          <t>9786051705408</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Rol ve Toplumsal Yapı</t>
+          <t>Anne Babanın Eğitim Elkitabı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>306</v>
+        <v>285</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786051705378</t>
+          <t>9786051704456</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırmalarda Örnek Olay Yöntemi</t>
+          <t>Eğitim Hukuku</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>288</v>
+        <v>560</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786051706085</t>
+          <t>9786051704272</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Dinleme ve Eğitimi</t>
+          <t>Hikayelerle Karakter Gelişimi ve Değer Eğitimi</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>342</v>
+        <v>265</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786051706313</t>
+          <t>9786051704906</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Neşet Ertaş - Kentin Tezenesi</t>
+          <t>Fen Öğretim Programları</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>234</v>
+        <v>380</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786051700793</t>
+          <t>9786051704487</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+          <t>Sosyoloji Tarihi 6</t>
         </is>
       </c>
       <c r="C457" s="1">
         <v>334.8</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786051704807</t>
+          <t>9786051705590</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+          <t>Rol ve Toplumsal Yapı</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>378</v>
+        <v>340</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786051703350</t>
+          <t>9786051705378</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Programı 5-8. Sınıflar Türkçe-Sosyal Bilgiler</t>
+          <t>Nitel Araştırmalarda Örnek Olay Yöntemi</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786051702964</t>
+          <t>9786051706085</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ölçme ve Değerlendirme</t>
+          <t>Dinleme ve Eğitimi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>291.6</v>
+        <v>380</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786051702957</t>
+          <t>9786051706313</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım İlkokula Başlamak Okula Uyum ve Erken Okuryazarlık Eğitimi</t>
+          <t>Neşet Ertaş - Kentin Tezenesi</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>50</v>
+        <v>260</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786051704524</t>
+          <t>9786051700793</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Boyu Öğrenme</t>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786051703497</t>
+          <t>9786051704807</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Yönetme Sanatı</t>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>345.6</v>
+        <v>420</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786051703114</t>
+          <t>9786051703350</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Arduino İle Robotik Uygulamalar</t>
+          <t>Ortaokul Programı 5-8. Sınıflar Türkçe-Sosyal Bilgiler</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>446.4</v>
+        <v>300</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786051703145</t>
+          <t>9786051702964</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Psikolojide Araştırma ve Değerlendirme</t>
+          <t>Eğitimde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>612</v>
+        <v>325</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789756376430</t>
+          <t>9786051702957</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Öykü Demeti 1</t>
+          <t>Adım Adım İlkokula Başlamak Okula Uyum ve Erken Okuryazarlık Eğitimi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>204</v>
+        <v>300</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786051703176</t>
+          <t>9786051704524</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Örneklendirilmiş Bilimsel Araştırma Yöntemleri</t>
+          <t>Yaşam Boyu Öğrenme</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>396</v>
+        <v>165</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786051700601</t>
+          <t>9786051703497</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Örnek Olay Yöntemi ve Eğitimde Örnek Olaylar</t>
+          <t>Yönetme Sanatı</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>270</v>
+        <v>385</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786051705132</t>
+          <t>9786051703114</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Etik ve Öğretmenlik Mesleki Değerleri</t>
+          <t>Arduino İle Robotik Uygulamalar</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>180</v>
+        <v>495</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786051704876</t>
+          <t>9786051703145</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sosyolojisinde Güncel ve Çeşitli Konular-1</t>
+          <t>Eğitim ve Psikolojide Araştırma ve Değerlendirme</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>198</v>
+        <v>675</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786051704883</t>
+          <t>9789756376430</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>İlköğretimde Drama Kuram ve Uygulama</t>
+          <t>Öykü Demeti 1</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>147</v>
+        <v>225</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786055214722</t>
+          <t>9786051703176</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Yöneticiler İçin Eğitimde Politika Geliştirme Ve Analiz</t>
+          <t>Örneklendirilmiş Bilimsel Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>402</v>
+        <v>440</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786051704814</t>
+          <t>9786051700601</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>İkidillilik Ve Çokdillilik</t>
+          <t>Örnek Olay Yöntemi ve Eğitimde Örnek Olaylar</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>262.8</v>
+        <v>300</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786051703633</t>
+          <t>9786051705132</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Matematik Eğitimi</t>
+          <t>Eğitimde Etik ve Öğretmenlik Mesleki Değerleri</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>432</v>
+        <v>200</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786051703725</t>
+          <t>9786051704876</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Program Geliştirme</t>
+          <t>Eğitim Sosyolojisinde Güncel ve Çeşitli Konular-1</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>315.6</v>
+        <v>220</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786051703466</t>
+          <t>9786051704883</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sosyolojisi</t>
+          <t>İlköğretimde Drama Kuram ve Uygulama</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>259.2</v>
+        <v>235</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786051703480</t>
+          <t>9786055214722</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>An Essential Guide For Listening And Pronunciation For Turkish Elt Students</t>
+          <t>Yöneticiler İçin Eğitimde Politika Geliştirme Ve Analiz</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>295.2</v>
+        <v>445</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786051707617</t>
+          <t>9786051704814</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Danışma ve Rehberlik</t>
+          <t>İkidillilik Ve Çokdillilik</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>315.6</v>
+        <v>290</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786051703435</t>
+          <t>9786051703633</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Danışma ve Rehberlik</t>
+          <t>Erken Çocukluk Döneminde Matematik Eğitimi</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>324</v>
+        <v>480</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786051704050</t>
+          <t>9786051703725</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Program Geliştirmede Öğretmen Elkitabı</t>
+          <t>Eğitimde Program Geliştirme</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>357.6</v>
+        <v>350</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786051700199</t>
+          <t>9786051703466</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Pozitivizmin Erken Cumhuriyet Dönemine Etkisi</t>
+          <t>Eğitim Sosyolojisi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>342</v>
+        <v>290</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789756376379</t>
+          <t>9786051703480</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizm ve Edebiyat</t>
+          <t>An Essential Guide For Listening And Pronunciation For Turkish Elt Students</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>55</v>
+        <v>325</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789756956717</t>
+          <t>9786051707617</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Ve Küresel Toplumda Eğitim</t>
+          <t>Psikolojik Danışma ve Rehberlik</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>6.48</v>
+        <v>350</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789756376225</t>
+          <t>9786051703435</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Özgünlüğün Sosyolojisi</t>
+          <t>Psikolojik Danışma ve Rehberlik</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786054434831</t>
+          <t>9786051704050</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Özgün ve Yetkin Bir Sosyal Teorisyen Olarak Kemal Tahir</t>
+          <t>Program Geliştirmede Öğretmen Elkitabı</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>351.6</v>
+        <v>395</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789756956069</t>
+          <t>9786051700199</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Özel Öğretim Yöntemleri</t>
+          <t>Pozitivizmin Erken Cumhuriyet Dönemine Etkisi</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>188</v>
+        <v>380</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789756376447</t>
+          <t>9789756376379</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Öykü Demeti 2</t>
+          <t>Postmodernizm ve Edebiyat</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>204</v>
+        <v>55</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786054434794</t>
+          <t>9789756956717</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlik Mesleğine İlk Adım</t>
+          <t>Postmodern Ve Küresel Toplumda Eğitim</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>198</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786051701738</t>
+          <t>9789756376225</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlerin Mesleki Gelişimi ve Denetimi</t>
+          <t>Özgünlüğün Sosyolojisi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>324</v>
+        <v>300</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786054434428</t>
+          <t>9786054434831</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler ve Öğrenciler için Yaşayan Çocuk Oyunları</t>
+          <t>Özgün ve Yetkin Bir Sosyal Teorisyen Olarak Kemal Tahir</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>46</v>
+        <v>390</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786054434749</t>
+          <t>9789756956069</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen ve Yönetici Yetiştirmede Mentorluk</t>
+          <t>Özel Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>294</v>
+        <v>300</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789944474351</t>
+          <t>9789756376447</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
+          <t>Öykü Demeti 2</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>207</v>
+        <v>225</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786051701349</t>
+          <t>9786054434794</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
+          <t>Öğretmenlik Mesleğine İlk Adım</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>72</v>
+        <v>220</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786051704319</t>
+          <t>9786051701738</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Tasarımı</t>
+          <t>Öğretmenlerin Mesleki Gelişimi ve Denetimi</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>342</v>
+        <v>360</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786051700489</t>
+          <t>9786054434428</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Tasarımı</t>
+          <t>Öğretmenler ve Öğrenciler için Yaşayan Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>298.8</v>
+        <v>46</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786051701295</t>
+          <t>9786054434749</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Süreçleri ve Öğrenme Psikolojisi</t>
+          <t>Öğretmen ve Yönetici Yetiştirmede Mentorluk</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>380.4</v>
+        <v>325</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786051703053</t>
+          <t>9789944474351</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>358.8</v>
+        <v>330</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786051700076</t>
+          <t>9786051701349</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>69</v>
+        <v>380</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786054434046</t>
+          <t>9786051704319</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Öğretim Tasarımı</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>348</v>
+        <v>380</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786051702094</t>
+          <t>9786051700489</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme ve Bellek</t>
+          <t>Öğretim Tasarımı</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>507.6</v>
+        <v>330</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786054434473</t>
+          <t>9786051701295</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Öğretme Teknikleri ve Materyal Geliştirme</t>
+          <t>Öğretim Süreçleri ve Öğrenme Psikolojisi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>328.8</v>
+        <v>420</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789944474504</t>
+          <t>9786051703053</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Öğretme Kuramları ve Süreç Temelli Öğretim</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>327</v>
+        <v>395</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786054434664</t>
+          <t>9786051700076</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Öğretme Kuram ve Yaklaşımları</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>328.8</v>
+        <v>335</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786055213985</t>
+          <t>9786054434046</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarla Kavram Eğitimi Etkinlik Örnekleri</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>312</v>
+        <v>385</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789944474665</t>
+          <t>9786051702094</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Oyun ve Etkinliklerle Coğrafya Öğretimi</t>
+          <t>Öğrenme ve Bellek</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>256.8</v>
+        <v>560</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786054434619</t>
+          <t>9786054434473</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Fikir Dergiciliği ve Sosyolojiye Etkileri</t>
+          <t>Öğrenme Öğretme Teknikleri ve Materyal Geliştirme</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>396</v>
+        <v>365</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789944474115</t>
+          <t>9789944474504</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Acil Durum Yönetimi</t>
+          <t>Öğrenme Öğretme Kuramları ve Süreç Temelli Öğretim</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>270</v>
+        <v>327</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789756956373</t>
+          <t>9786054434664</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Okulda Ruh Sağlığı</t>
+          <t>Öğrenme Öğretme Kuram ve Yaklaşımları</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>60</v>
+        <v>365</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786051704159</t>
+          <t>9786055213985</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Okul Temelli Önleyici Rehberlik ve Psikolojik Danışma</t>
+          <t>Oyunlarla Kavram Eğitimi Etkinlik Örnekleri</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>360</v>
+        <v>345</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786051701509</t>
+          <t>9789944474665</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Resim Eğitimi</t>
+          <t>Oyun ve Etkinliklerle Coğrafya Öğretimi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>288</v>
+        <v>285</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786054434244</t>
+          <t>9786054434619</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Oyun ve Oyun Örnekleri</t>
+          <t>Osmanlı’dan Cumhuriyet’e Fikir Dergiciliği ve Sosyolojiye Etkileri</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>258</v>
+        <v>440</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786054434381</t>
+          <t>9789944474115</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Beden Eğitimi ve Uygulamaları</t>
+          <t>Okullarda Acil Durum Yönetimi</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789944474931</t>
+          <t>9789756956373</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Özel Öğretim Yöntemleri</t>
+          <t>Okulda Ruh Sağlığı</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786054434183</t>
+          <t>9786051704159</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Oyun ve Öğrenme</t>
+          <t>Okul Temelli Önleyici Rehberlik ve Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>249.6</v>
+        <v>400</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786054434718</t>
+          <t>9786051701509</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitiminin İlke ve Yöntemleri</t>
+          <t>Okul Öncesinde Resim Eğitimi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>285.6</v>
+        <v>320</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786055213626</t>
+          <t>9786054434244</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitime Giriş</t>
+          <t>Okul Öncesinde Oyun ve Oyun Örnekleri</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>50</v>
+        <v>285</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786054434176</t>
+          <t>9786054434381</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitim Kurumlarında Eğitim Ortamı ve Donanım</t>
+          <t>Okul Öncesinde Beden Eğitimi ve Uygulamaları</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786054434169</t>
+          <t>9789944474931</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönemde Yaratıcılık ve Eğitimi</t>
+          <t>Okul Öncesinde Özel Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>294</v>
+        <v>65</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786051700953</t>
+          <t>9786054434183</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönemde Fen ve Teknoloji Öğretimi</t>
+          <t>Oyun ve Öğrenme</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>378</v>
+        <v>275</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786051707174</t>
+          <t>9786054434718</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Okul Deneyimi ve Öğretmenlik Uygulaması</t>
+          <t>Okul Öncesi Eğitiminin İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>240</v>
+        <v>315</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786051705859</t>
+          <t>9786055213626</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Nvivo İle Nitel Veri Analizi</t>
+          <t>Okul Öncesi Eğitime Giriş</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>446.4</v>
+        <v>50</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786054434480</t>
+          <t>9786054434176</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Niyazi Berkes’in Sosyoloji Anlayışı</t>
+          <t>Okul Öncesi Eğitim Kurumlarında Eğitim Ortamı ve Donanım</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>259.2</v>
+        <v>300</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786054434992</t>
+          <t>9786054434169</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırmaya Giriş</t>
+          <t>Okul Öncesi Dönemde Yaratıcılık ve Eğitimi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>486</v>
+        <v>325</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789756376010</t>
+          <t>9786051700953</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Nicel - Nitel Araştırma Teknikleri</t>
+          <t>Okul Öncesi Dönemde Fen ve Teknoloji Öğretimi</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>21.3</v>
+        <v>420</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786054434800</t>
+          <t>9786051707174</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Motor Öğrenme ve Performans</t>
+          <t>Okul Deneyimi ve Öğretmenlik Uygulaması</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>990</v>
+        <v>265</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789944474344</t>
+          <t>9786051705859</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Metinlerarasılık ve Yazın Eğitimi</t>
+          <t>Nvivo İle Nitel Veri Analizi</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>32</v>
+        <v>495</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786051705095</t>
+          <t>9786054434480</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Mesleki Teleskop</t>
+          <t>Niyazi Berkes’in Sosyoloji Anlayışı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>298.8</v>
+        <v>290</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786054434565</t>
+          <t>9786054434992</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Meslek Seçimi Mesleki Karar ve Mesleki Kararsızlık</t>
+          <t>Nitel Araştırmaya Giriş</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>41</v>
+        <v>535</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786055213312</t>
+          <t>9789756376010</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Sosyolojisi - Batı Sosyolojisini Yeniden Düşünmek Cilt 1</t>
+          <t>Nicel - Nitel Araştırma Teknikleri</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>351.6</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786054434985</t>
+          <t>9786054434800</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Ve Sosyal Bilimler</t>
+          <t>Motor Öğrenme ve Performans</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>298.8</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789944474726</t>
+          <t>9789944474344</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Sosyolojisi</t>
+          <t>Metinlerarasılık ve Yazın Eğitimi</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>285.6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786054434497</t>
+          <t>9786051705095</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Müzik Eğitiminde Yeni Yaklaşımlar</t>
+          <t>Mesleki Teleskop</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>312</v>
+        <v>330</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786051700618</t>
+          <t>9786054434565</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Kuram ve Uygulamada Sınıf Yönetimi</t>
+          <t>Meslek Seçimi Mesleki Karar ve Mesleki Kararsızlık</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>255</v>
+        <v>41</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786054434626</t>
+          <t>9786055213312</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitülerinden Kent Enstitülerine</t>
+          <t>Marx’ın Sosyolojisi - Batı Sosyolojisini Yeniden Düşünmek Cilt 1</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>256.8</v>
+        <v>390</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786051702421</t>
+          <t>9786054434985</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri ve Toplum Kalkınması</t>
+          <t>Küreselleşme Ve Sosyal Bilimler</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>252</v>
+        <v>330</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786054434770</t>
+          <t>9789944474726</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Sorunsalı</t>
+          <t>Kurtuluş Savaşı Sosyolojisi</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>22.22</v>
+        <v>315</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786051700816</t>
+          <t>9786054434497</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Kapsamlı Gelişimsel Rehberlik  Programı</t>
+          <t>Kuramdan Uygulamaya Müzik Eğitiminde Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>270</v>
+        <v>345</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789944474429</t>
+          <t>9786051700618</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>İzlenimden Düşünceye</t>
+          <t>Kuram ve Uygulamada Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>186</v>
+        <v>365</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786051700915</t>
+          <t>9786054434626</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>İyilik Hali Çalışma Kitabı</t>
+          <t>Köy Enstitülerinden Kent Enstitülerine</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>262.8</v>
+        <v>285</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786054434756</t>
+          <t>9786051702421</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>İşitme Güçlüğü Olan Çocuğuma Nasıl Yardımcı Olabilirim?</t>
+          <t>Köy Enstitüleri ve Toplum Kalkınması</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>442.8</v>
+        <v>280</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789756376423</t>
+          <t>9786054434770</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>İnternet ve Toplum</t>
+          <t>Kimlik Sorunsalı</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>315.6</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786055213169</t>
+          <t>9786051700816</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>İnternet Bağımlılığı</t>
+          <t>Kapsamlı Gelişimsel Rehberlik  Programı</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>65</v>
+        <v>535</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786054434817</t>
+          <t>9789944474429</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>İnanmanın Felsefesi</t>
+          <t>İzlenimden Düşünceye</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>34</v>
+        <v>205</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789756376164</t>
+          <t>9786051700915</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>İlköğretimde Beden Eğitimi ve Uygulamaları</t>
+          <t>İyilik Hali Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786055213022</t>
+          <t>9786054434756</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>İlk - Ortaokullarda Beden Eğitimi Dersinde Ölçme ve Değerlendirme</t>
+          <t>İşitme Güçlüğü Olan Çocuğuma Nasıl Yardımcı Olabilirim?</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>258</v>
+        <v>490</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789756376942</t>
+          <t>9789756376423</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Instructional Technologies and Material Design For Foreign Language Teaching</t>
+          <t>İnternet ve Toplum</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>15.74</v>
+        <v>350</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789756376911</t>
+          <t>9786055213169</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Hegel ve Tarih Felsefesi</t>
+          <t>İnternet Bağımlılığı</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>258</v>
+        <v>65</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789944474825</t>
+          <t>9786054434817</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bilgisi Öğretimi ve Öğretmen Kılavuzu</t>
+          <t>İnanmanın Felsefesi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>378</v>
+        <v>34</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786051703442</t>
+          <t>9789756376164</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Handbook For Teaching Foreign Languages to Young Learners in Primary Schools</t>
+          <t>İlköğretimde Beden Eğitimi ve Uygulamaları</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>293</v>
+        <v>265</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789944474894</t>
+          <t>9786055213022</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Güncel Çevre Sorunlarıyla İlgili Eğitsel Etkinlikler</t>
+          <t>İlk - Ortaokullarda Beden Eğitimi Dersinde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>328.8</v>
+        <v>285</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786055213220</t>
+          <t>9789756376942</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Grafik Dil ve Anlatım Biçimleri</t>
+          <t>Instructional Technologies and Material Design For Foreign Language Teaching</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>203</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9799944474053</t>
+          <t>9789756376911</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Genel Fizik Laboratuvarı 1-2 Deney Kitabı</t>
+          <t>Hegel ve Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>298.8</v>
+        <v>285</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786051702063</t>
+          <t>9789944474825</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Genel Biyoloji</t>
+          <t>Hayat Bilgisi Öğretimi ve Öğretmen Kılavuzu</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>348</v>
+        <v>420</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786051701394</t>
+          <t>9786051703442</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Gelecekteki Olası Eğitim Sistemleri ve Bazı Araştırmalar</t>
+          <t>Handbook For Teaching Foreign Languages to Young Learners in Primary Schools</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786051702322</t>
+          <t>9789944474894</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Okulu</t>
+          <t>Güncel Çevre Sorunlarıyla İlgili Eğitsel Etkinlikler</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>325</v>
+        <v>365</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786054434459</t>
+          <t>9786055213220</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Fen Eğitiminde Özel Öğretim Yöntemleri 1-2</t>
+          <t>Grafik Dil ve Anlatım Biçimleri</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>315.6</v>
+        <v>460</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786051701219</t>
+          <t>9799944474053</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Fen Bilgisi Laboratuvar Deneyleri</t>
+          <t>Genel Fizik Laboratuvarı 1-2 Deney Kitabı</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>351.6</v>
+        <v>330</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786054434961</t>
+          <t>9786051702063</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Öncesi Psikolojik Danışma</t>
+          <t>Genel Biyoloji</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>70</v>
+        <v>348</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789944474900</t>
+          <t>9786051701394</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Sözcük Öğretimi</t>
+          <t>Gelecekteki Olası Eğitim Sistemleri ve Bazı Araştırmalar</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>37</v>
+        <v>400</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789944474559</t>
+          <t>9786051702322</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Temelli İlkokuma ve Yazma Öğretimi</t>
+          <t>Frankfurt Okulu</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>19.44</v>
+        <v>515</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786051703404</t>
+          <t>9786054434459</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Etkili Sınıf Yönetimi</t>
+          <t>Fen Eğitiminde Özel Öğretim Yöntemleri 1-2</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786054434084</t>
+          <t>9786051701219</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Pedagojiye Giriş</t>
+          <t>Fen Bilgisi Laboratuvar Deneyleri</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>35.19</v>
+        <v>390</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786055213237</t>
+          <t>9786054434961</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Pedagoji</t>
+          <t>Evlilik Öncesi Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>306</v>
+        <v>70</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786051705088</t>
+          <t>9789944474900</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Medya Okuryazarlığı</t>
+          <t>Etkinliklerle Sözcük Öğretimi</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>351.6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786051702018</t>
+          <t>9789944474559</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünme Rehberi</t>
+          <t>Etkinlik Temelli İlkokuma ve Yazma Öğretimi</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>334.8</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789944474542</t>
+          <t>9786051703404</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Eğitsel Şiirler</t>
+          <t>Etkili Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786054434923</t>
+          <t>9786054434084</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Program Geliştirme Kavramlar Yaklaşımlar</t>
+          <t>Eleştirel Pedagojiye Giriş</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>228</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786054434862</t>
+          <t>9786055213237</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Program Değerlendirme</t>
+          <t>Eleştirel Pedagoji</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>207</v>
+        <v>340</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786051701288</t>
+          <t>9786051705088</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ölçme ve Değerlendirme</t>
+          <t>Eleştirel Medya Okuryazarlığı</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>274</v>
+        <v>390</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789944474733</t>
+          <t>9786051702018</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yazı Teknikleri ve Öğretimi</t>
+          <t>Eleştirel Düşünme Rehberi</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>315.6</v>
+        <v>370</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786051703411</t>
+          <t>9789944474542</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Etkili İletişim</t>
+          <t>Eğitsel Şiirler</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>324</v>
+        <v>265</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786054434190</t>
+          <t>9786054434923</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Teknolojisi</t>
+          <t>Eğitimde Program Geliştirme Kavramlar Yaklaşımlar</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>342</v>
+        <v>365</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786051703473</t>
+          <t>9786054434862</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sosyolojisi</t>
+          <t>Eğitimde Program Değerlendirme</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>239</v>
+        <v>207</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789944474856</t>
+          <t>9786051701288</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Psikolojisi</t>
+          <t>Eğitimde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>314.4</v>
+        <v>365</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786051700250</t>
+          <t>9789944474733</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Psikolojisi</t>
+          <t>Güzel Yazı Teknikleri ve Öğretimi</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>357.6</v>
+        <v>350</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789944474122</t>
+          <t>9786051703411</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Psikolojisi</t>
+          <t>Eğitimde Etkili İletişim</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>274</v>
+        <v>360</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786054434220</t>
+          <t>9786054434190</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Kurumlarında Risk Yönetimi</t>
+          <t>Eğitim Teknolojisi</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786051700779</t>
+          <t>9786051703473</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Kurumlarında Adli ve İdari Soruşturma</t>
+          <t>Eğitim Sosyolojisi</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>396</v>
+        <v>380</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786051701561</t>
+          <t>9789944474856</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Felsefesi</t>
+          <t>Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>279.6</v>
+        <v>350</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786051700571</t>
+          <t>9786051700250</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Fakülteleri için Genel Kimya</t>
+          <t>Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>492</v>
+        <v>395</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786051700533</t>
+          <t>9789944474122</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>255</v>
+        <v>365</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786051705828</t>
+          <t>9786054434220</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Eğitim Kurumlarında Risk Yönetimi</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>288</v>
+        <v>300</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786051701639</t>
+          <t>9786051700779</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Eğitim Kurumlarında Adli ve İdari Soruşturma</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>298.8</v>
+        <v>440</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789756376669</t>
+          <t>9786051701561</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Psikoloji</t>
+          <t>Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>417.6</v>
+        <v>310</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786054434886</t>
+          <t>9786051700571</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilimi Cilt: 1</t>
+          <t>Eğitim Fakülteleri için Genel Kimya</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>298.8</v>
+        <v>545</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789756376249</t>
+          <t>9786051700533</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Örgütlerinde Dönüşümsel Liderlik</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>12.04</v>
+        <v>340</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786054434930</t>
+          <t>9786051705828</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Doğa Eğitimi - Ders Dışı Öğretim Faaliyetlerine Örnek</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>487.5</v>
+        <v>320</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789756376195</t>
+          <t>9786051701639</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Dizgeli Eğitim</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>285.6</v>
+        <v>330</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786054434077</t>
+          <t>9789756376669</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sanatlar Eğitiminde Özel Öğretim Yöntemleri</t>
+          <t>Edebiyat ve Psikoloji</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>396</v>
+        <v>460</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786055213176</t>
+          <t>9786054434886</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Matematik Eğitiminde Teknolojik Pedagolojik Alan Bilgisi</t>
+          <t>Edebiyat Bilimi Cilt: 1</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>306</v>
+        <v>330</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786051702414</t>
+          <t>9789756376249</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Edebiyat Öğretimi</t>
+          <t>Eğitim Örgütlerinde Dönüşümsel Liderlik</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>315.6</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786054434763</t>
+          <t>9786054434930</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Toplama Becerisini Geliştirici Etkinlikler - Okulöncesi</t>
+          <t>Doğa Eğitimi - Ders Dışı Öğretim Faaliyetlerine Örnek</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>328.8</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786054434350</t>
+          <t>9789756376195</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Toplama Becerisini Geliştirici Etkinlikler - İlköğretim 1. 2. 3. Sınıf</t>
+          <t>Dizgeli Eğitim</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>351.6</v>
+        <v>315</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789756956380</t>
+          <t>9786054434077</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Dış Göç ve Eğitim</t>
+          <t>Güzel Sanatlar Eğitiminde Özel Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>220.8</v>
+        <v>440</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786055213206</t>
+          <t>9786055213176</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Daha Güncel Felsefe</t>
+          <t>Fen ve Matematik Eğitiminde Teknolojik Pedagolojik Alan Bilgisi</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>324</v>
+        <v>340</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786051704111</t>
+          <t>9786051702414</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Oyun</t>
+          <t>Dil ve Edebiyat Öğretimi</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>328.8</v>
+        <v>350</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786051703558</t>
+          <t>9786054434763</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergende Ruh Sağlığı</t>
+          <t>Dikkat Toplama Becerisini Geliştirici Etkinlikler - Okulöncesi</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>360</v>
+        <v>365</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786054434824</t>
+          <t>9786054434350</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sosyolojisi</t>
+          <t>Dikkat Toplama Becerisini Geliştirici Etkinlikler - İlköğretim 1. 2. 3. Sınıf</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>157</v>
+        <v>390</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786055213428</t>
+          <t>9789756956380</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı</t>
+          <t>Dış Göç ve Eğitim</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>378</v>
+        <v>245</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789756376812</t>
+          <t>9786055213206</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Çevre Bilimi</t>
+          <t>Daha Güncel Felsefe</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>18.52</v>
+        <v>360</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789756376171</t>
+          <t>9786051704111</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Cümle ve Metin Bilgisi</t>
+          <t>Çocuk ve Oyun</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>342</v>
+        <v>365</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786054434251</t>
+          <t>9786051703558</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
+          <t>Çocuk ve Ergende Ruh Sağlığı</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>396</v>
+        <v>400</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786054434855</t>
+          <t>9786054434824</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya Öğretiminde Çoklu Zeka</t>
+          <t>Çocuk Sosyolojisi</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>306</v>
+        <v>250</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789756376034</t>
+          <t>9786055213428</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Canlılar Bilimi</t>
+          <t>Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>25.93</v>
+        <v>420</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786055213329</t>
+          <t>9789756376812</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Burjuva Sosyolojisi  Batı Sosyolojisini Yeniden Düşünmek Cilt 2</t>
+          <t>Çevre Bilimi</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>312</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789944474696</t>
+          <t>9789756376171</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Bizi Boşamayın</t>
+          <t>Cümle ve Metin Bilgisi</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>52</v>
+        <v>380</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786054434411</t>
+          <t>9786054434251</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Uygulamaları 2</t>
+          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>258</v>
+        <v>440</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>3990000005205</t>
+          <t>9786054434855</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Birleştirilmiş Sınıflarda Öğretim</t>
+          <t>Coğrafya Öğretiminde Çoklu Zeka</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>12.96</v>
+        <v>340</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786051702766</t>
+          <t>9789756376034</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Birleştirilmiş Sınıflarda Öğretim</t>
+          <t>Canlılar Bilimi</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>298.8</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786051702858</t>
+          <t>9786055213329</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi</t>
+          <t>Burjuva Sosyolojisi  Batı Sosyolojisini Yeniden Düşünmek Cilt 2</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>328.8</v>
+        <v>345</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789756956194</t>
+          <t>9789944474696</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Destekli Eğitimde Uygulamalar</t>
+          <t>Bizi Boşamayın</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>270</v>
+        <v>52</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789756956991</t>
+          <t>9786054434411</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Yönetimi</t>
+          <t>Biyoloji Uygulamaları 2</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>12.04</v>
+        <v>285</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789944474405</t>
+          <t>3990000005205</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Baykan Sezer’in Sosyoloji Anlayışı</t>
+          <t>Birleştirilmiş Sınıflarda Öğretim</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>351.6</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786054434978</t>
+          <t>9786051702766</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Batı Bataklığı</t>
+          <t>Birleştirilmiş Sınıflarda Öğretim</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786051702629</t>
+          <t>9786051702858</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Batı Barbarlığı 1</t>
+          <t>Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>270</v>
+        <v>365</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786055213589</t>
+          <t>9789756956194</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze Türk Eğitim Tarihi</t>
+          <t>Bilgisayar Destekli Eğitimde Uygulamalar</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>590.4</v>
+        <v>300</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789944474948</t>
+          <t>9789756956991</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Sosyolojisi</t>
+          <t>Bilgi Yönetimi</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>243.6</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786051701462</t>
+          <t>9789944474405</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ü Doğru Anlamak</t>
+          <t>Baykan Sezer’in Sosyoloji Anlayışı</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>522</v>
+        <v>390</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786054434633</t>
+          <t>9786054434978</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Eğitim Bilimleri</t>
+          <t>Batı Bataklığı</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>216</v>
+        <v>300</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789944474986</t>
+          <t>9786051702629</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
+          <t>Batı Barbarlığı 1</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789944474375</t>
+          <t>9786055213589</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Anthony Giddens Sosyolojisi</t>
+          <t>Başlangıçtan Günümüze Türk Eğitim Tarihi</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>55</v>
+        <v>650</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789944474054</t>
+          <t>9789944474948</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Psikoloji Sözlüğü</t>
+          <t>Aydınlanma Sosyolojisi</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>35</v>
+        <v>270</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786051700663</t>
+          <t>9786051701462</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Eğitim ve Psikoloji Sözlüğü (Ciltli)</t>
+          <t>Atatürk’ü Doğru Anlamak</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>1260</v>
+        <v>575</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789944474108</t>
+          <t>9786054434633</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Desteği ve Başarı</t>
+          <t>Atatürk ve Eğitim Bilimleri</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>249.6</v>
+        <v>240</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786055213466</t>
+          <t>9789944474986</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Anlamdan Anlatıma Türkçemiz</t>
+          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>475.2</v>
+        <v>225</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789756376256</t>
+          <t>9789944474375</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Andre Gide’i Mitlerle Okumak</t>
+          <t>Anthony Giddens Sosyolojisi</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>342</v>
+        <v>55</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789944474788</t>
+          <t>9789944474054</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Alman Dili ve Edebiyatı Üzerine</t>
+          <t>Ansiklopedik Psikoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>226.8</v>
+        <v>35</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786054434114</t>
+          <t>9786051700663</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Aktuelle Texte Lesen und Verstehen</t>
+          <t>Ansiklopedik Eğitim ve Psikoloji Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>270</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786051703060</t>
+          <t>9789944474108</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Aile Eğitimi ve Erken Çocukluk Eğitiminde Aile Katılım Çalışmaları</t>
+          <t>Anne Baba Desteği ve Başarı</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>342</v>
+        <v>275</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786051706863</t>
+          <t>9786055213466</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Aile Danışmanlığı</t>
+          <t>Anlamdan Anlatıma Türkçemiz</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>353</v>
+        <v>525</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786051700878</t>
+          <t>9789756376256</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Sosyolojisi</t>
+          <t>Andre Gide’i Mitlerle Okumak</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>328.8</v>
+        <v>380</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786051700137</t>
+          <t>9789944474788</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Aday Öğretmenler için Okul Deneyimi ve Öğretmenlik Uygulaması</t>
+          <t>Alman Dili ve Edebiyatı Üzerine</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>286.8</v>
+        <v>250</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786051703183</t>
+          <t>9786054434114</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırma Yöntemleri</t>
+          <t>Aktuelle Texte Lesen und Verstehen</t>
         </is>
       </c>
       <c r="C633" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786051706566</t>
+          <t>9786051703060</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırma Yöntemleri</t>
+          <t>Aile Eğitimi ve Erken Çocukluk Eğitiminde Aile Katılım Çalışmaları</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789944474849</t>
+          <t>9786051706863</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Teknoloji Tarihi</t>
+          <t>Aile Danışmanlığı</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>285.6</v>
+        <v>470</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789756956663</t>
+          <t>9786051700878</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Stratejik Planlama ve Toplam Kalite Yönetimi</t>
+          <t>Ahlak Sosyolojisi</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>11.11</v>
+        <v>365</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786055213077</t>
+          <t>9786051700137</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Öğretiminde Öğretim Teknolojileri ve Materyal Tasarımı</t>
+          <t>Aday Öğretmenler için Okul Deneyimi ve Öğretmenlik Uygulaması</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>348</v>
+        <v>320</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789944474313</t>
+          <t>9786051703183</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Eğitimi Bölümlerinde Edebiyat Öğretimi</t>
+          <t>Bilimsel Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>312</v>
+        <v>330</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786054434534</t>
+          <t>9786051706566</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Wissen Und Können Ausgewahlte Schriften Zur Germanistik</t>
+          <t>Bilimsel Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>259.2</v>
+        <v>330</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786051700731</t>
+          <t>9789944474849</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Üstün Zekalı Öğrencilerin Eğitimi ve Eğitsel Bilim Etkinlikleri</t>
+          <t>Bilim ve Teknoloji Tarihi</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>328.8</v>
+        <v>315</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789756376959</t>
+          <t>9789756956663</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Türkiye Cumhuriyeti Tarihi</t>
+          <t>Eğitimde Stratejik Planlama ve Toplam Kalite Yönetimi</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>270</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789756376577</t>
+          <t>9786055213077</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Üç Devrin Yol Ayrımında: Yakup Kadri Karaosmanoğlu</t>
+          <t>Yabancı Dil Öğretiminde Öğretim Teknolojileri ve Materyal Tasarımı</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>414</v>
+        <v>348</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786054434435</t>
+          <t>9789944474313</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Türkçe Öğretimi</t>
+          <t>Yabancı Dil Eğitimi Bölümlerinde Edebiyat Öğretimi</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>378</v>
+        <v>345</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786051700274</t>
+          <t>9786054434534</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı İlkokuma Yazma Öğretimi</t>
+          <t>Wissen Und Können Ausgewahlte Schriften Zur Germanistik</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789757936200</t>
+          <t>9786051700731</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Milli Eğitim Sisteminde Teftiş</t>
+          <t>Üstün Zekalı Öğrencilerin Eğitimi ve Eğitsel Bilim Etkinlikleri</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>18.52</v>
+        <v>365</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786051704388</t>
+          <t>9789756376959</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Almanca Karşılaştırmalı Temel Dilbilgisi</t>
+          <t>Üniversiteler İçin Türkiye Cumhuriyeti Tarihi</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>324</v>
+        <v>300</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786054434398</t>
+          <t>9789756376577</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretimi ve Tam Öğrenme</t>
+          <t>Üç Devrin Yol Ayrımında: Yakup Kadri Karaosmanoğlu</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>396</v>
+        <v>460</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789944474166</t>
+          <t>9786054434435</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Türkçe İkilemeler Sözlüğü</t>
+          <t>Uygulamalı Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>564</v>
+        <v>420</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789756376843</t>
+          <t>9786051700274</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi</t>
+          <t>Uygulamalı İlkokuma Yazma Öğretimi</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>12.04</v>
+        <v>300</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786054434060</t>
+          <t>9789757936200</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili ve Kompozisyon Bilgisi</t>
+          <t>Türkiye Cumhuriyeti Milli Eğitim Sisteminde Teftiş</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>324</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786051700526</t>
+          <t>9786051704388</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Bilimlere Giriş</t>
+          <t>Türkçe-Almanca Karşılaştırmalı Temel Dilbilgisi</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789944474832</t>
+          <t>9786054434398</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Toplumbilime Giriş</t>
+          <t>Türkçe Öğretimi ve Tam Öğrenme</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789944474603</t>
+          <t>9789944474166</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Topluma Hizmet Uygulamaları</t>
+          <t>Türkçe İkilemeler Sözlüğü</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>312</v>
+        <v>625</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789756376232</t>
+          <t>9789756376843</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Toplumsal Sorunları</t>
+          <t>Türk Eğitim Sistemi</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>314.4</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786054434039</t>
+          <t>9786054434060</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Tipitop ve Arkadaşları ile Toprağı Tanıyoruz 1 - Öğretmen El Kitabı</t>
+          <t>Türk Dili ve Kompozisyon Bilgisi</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>20.37</v>
+        <v>360</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789944474689</t>
+          <t>9786051700526</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Teaching Language Skills</t>
+          <t>Toplumsal Bilimlere Giriş</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>324</v>
+        <v>300</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789756376928</t>
+          <t>9789944474832</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Halkevleri ve Halkodaları</t>
+          <t>Toplumbilime Giriş</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789944474177</t>
+          <t>9789944474603</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Toplum Bilim Yazıları</t>
+          <t>Topluma Hizmet Uygulamaları</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>270</v>
+        <v>345</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786055213121</t>
+          <t>9789756376232</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Suriye, Filistin ve Batı Arabistan Eski Eserleri</t>
+          <t>Türkiye’nin Toplumsal Sorunları</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>57</v>
+        <v>350</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786051701240</t>
+          <t>9786054434039</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş</t>
+          <t>Tipitop ve Arkadaşları ile Toprağı Tanıyoruz 1 - Öğretmen El Kitabı</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>351.6</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786054434725</t>
+          <t>9789944474689</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş</t>
+          <t>Teaching Language Skills</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786055213459</t>
+          <t>9789756376928</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Kuramlarda Eğitim</t>
+          <t>Türkiye’de Halkevleri ve Halkodaları</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>396</v>
+        <v>300</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789756956540</t>
+          <t>9789944474177</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Metodoloji Yazıları</t>
+          <t>Toplum Bilim Yazıları</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>312</v>
+        <v>300</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786051703329</t>
+          <t>9786055213121</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Tarihi 2</t>
+          <t>Suriye, Filistin ve Batı Arabistan Eski Eserleri</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>348</v>
+        <v>57</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786051701677</t>
+          <t>9786051701240</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Tarihi 1</t>
+          <t>Sosyolojiye Giriş</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789944474818</t>
+          <t>9786054434725</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Öğretimi ve Öğretmen Kılavuzu</t>
+          <t>Sosyolojiye Giriş</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>432</v>
+        <v>300</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789944474511</t>
+          <t>9786055213459</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Son Değişikliklerle Okul Öncesi Eğitim Programı ve Öğretmen Kılavuzu</t>
+          <t>Sosyolojik Kuramlarda Eğitim</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>20.37</v>
+        <v>440</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786054434121</t>
+          <t>9789756956540</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Son Değişikliklerle İlköğretim Programı</t>
+          <t>Sosyoloji ve Metodoloji Yazıları</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>38.89</v>
+        <v>345</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789944474887</t>
+          <t>9786051703329</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Coğrafya Açısından Türkiye’de Demiryolu Ulaşımı</t>
+          <t>Sosyoloji Tarihi 2</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>60</v>
+        <v>385</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789756956281</t>
+          <t>9786051701677</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi ve Disiplini</t>
+          <t>Sosyoloji Tarihi 1</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>12.96</v>
+        <v>495</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786055213060</t>
+          <t>9789944474818</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi</t>
+          <t>Sosyal Bilgiler Öğretimi ve Öğretmen Kılavuzu</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>315</v>
+        <v>480</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786054434053</t>
+          <t>9789944474511</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi</t>
+          <t>Son Değişikliklerle Okul Öncesi Eğitim Programı ve Öğretmen Kılavuzu</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>306</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786055213091</t>
+          <t>9786054434121</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Eğitimi</t>
+          <t>Son Değişikliklerle İlköğretim Programı</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>270</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789944474450</t>
+          <t>9789944474887</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Sefaletin Sosyolojisi</t>
+          <t>Siyasi Coğrafya Açısından Türkiye’de Demiryolu Ulaşımı</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>396</v>
+        <v>60</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786051700267</t>
+          <t>9789756956281</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öğretiminde Öğrenci Merkezli Yaklaşımlar</t>
+          <t>Sınıf Yönetimi ve Disiplini</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>258</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786051707020</t>
+          <t>9786055213060</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimleri Yeniden Yapılandırmak</t>
+          <t>Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>234</v>
+        <v>315</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786051704289</t>
+          <t>9786054434053</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Sanat Eğitimi</t>
+          <t>Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>396</v>
+        <v>306</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789756376072</t>
+          <t>9786055213091</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı İnsan İlişkileri</t>
+          <t>Sevgi Eğitimi</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786054434213</t>
+          <t>9789944474450</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde İletişim</t>
+          <t>Sefaletin Sosyolojisi</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>198</v>
+        <v>440</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789944474979</t>
+          <t>9786051700267</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Roman ve Siyaset</t>
+          <t>Tarih Öğretiminde Öğrenci Merkezli Yaklaşımlar</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>298.8</v>
+        <v>285</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789756956359</t>
+          <t>9786051707020</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Rehberlik ve Psikolojik Danışma</t>
+          <t>Sosyal Bilimleri Yeniden Yapılandırmak</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>432</v>
+        <v>260</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786054434954</t>
+          <t>9786051704289</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Reggio Emilia Yaklaşımı ve Proje Yaklaşımı</t>
+          <t>Sanat Eğitimi</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786054434503</t>
+          <t>9789756376072</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Seçim Kanunları ve Siyasal Temsil</t>
+          <t>Sağlıklı İnsan İlişkileri</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>348</v>
+        <v>300</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786051701981</t>
+          <t>9786054434213</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Sanat Sosyolojisi Giriş</t>
+          <t>Sağlık Hizmetlerinde İletişim</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>324</v>
+        <v>220</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789944474207</t>
+          <t>9789944474979</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Notları</t>
+          <t>Roman ve Siyaset</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>74</v>
+        <v>330</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786055213138</t>
+          <t>9789756956359</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Nedir</t>
+          <t>Rehberlik ve Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>324</v>
+        <v>480</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786051703756</t>
+          <t>9786054434954</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Hermeneutiğin Öyküsü</t>
+          <t>Reggio Emilia Yaklaşımı ve Proje Yaklaşımı</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>240</v>
+        <v>265</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786051703244</t>
+          <t>9786054434503</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Meta - Tematik Analiz Örnek Uygulamalar</t>
+          <t>Seçim Kanunları ve Siyasal Temsil</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>225.6</v>
+        <v>385</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786051703237</t>
+          <t>9786051701981</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Güçlüklerinde Değerlendirme ve Müdahale</t>
+          <t>Sanat Sosyolojisi Giriş</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>234</v>
+        <v>360</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786051703169</t>
+          <t>9789944474207</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Matematik Öğretiminin Temelleri: Ortaokul</t>
+          <t>Sosyoloji Notları</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>432</v>
+        <v>74</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786051702995</t>
+          <t>9786055213138</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Boyutlarıyla Otizm</t>
+          <t>Sosyoloji Nedir</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>279.6</v>
+        <v>360</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786051703022</t>
+          <t>9786051703756</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimin Yönetimi</t>
+          <t>Hermeneutiğin Öyküsü</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>324</v>
+        <v>265</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786051702605</t>
+          <t>9786051703244</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Bebeklik Döneminde Gelişim ve Eğitim</t>
+          <t>Meta - Tematik Analiz Örnek Uygulamalar</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786051701875</t>
+          <t>9786051703237</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Öğrenme Güçlüklerinde Değerlendirme ve Müdahale</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>127</v>
+        <v>260</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786051702582</t>
+          <t>9786051703169</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgilerde Güncel Okumalar 1</t>
+          <t>Matematik Öğretiminin Temelleri: Ortaokul</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>302.4</v>
+        <v>480</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786051703190</t>
+          <t>9786051702995</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Singapur Eğitim Sistemi Zıtlıkların Gücü</t>
+          <t>Sosyolojik Boyutlarıyla Otizm</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>328.8</v>
+        <v>310</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786051703206</t>
+          <t>9786051703022</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teorisyenler 2</t>
+          <t>Yükseköğretimin Yönetimi</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>414</v>
+        <v>360</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786051702780</t>
+          <t>9786051702605</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Ölçeklerin ve Diğer Ölçme Araçlarının Uyarlanması</t>
+          <t>Bebeklik Döneminde Gelişim ve Eğitim</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>198</v>
+        <v>380</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786051702773</t>
+          <t>9786051701875</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Araştırma Nasıl Tasarlanır ve Raporlaştırılır</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>507.6</v>
+        <v>385</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786051702797</t>
+          <t>9786051702582</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Nöro-Psikolojik Danışma</t>
+          <t>Sosyal Bilgilerde Güncel Okumalar 1</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>380.4</v>
+        <v>335</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786051702940</t>
+          <t>9786051703190</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi</t>
+          <t>Singapur Eğitim Sistemi Zıtlıkların Gücü</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>270</v>
+        <v>365</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786051703343</t>
+          <t>9786051703206</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönemde Bütünleştirilmiş Fen ve Doğa Etkinlikleri 1</t>
+          <t>Çağdaş Sosyal Teorisyenler 2</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>342</v>
+        <v>460</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786051703374</t>
+          <t>9786051702780</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi Farklı Ülkelerle Karşılaştırmalı</t>
+          <t>Ölçeklerin ve Diğer Ölçme Araçlarının Uyarlanması</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>288</v>
+        <v>220</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786051703367</t>
+          <t>9786051702773</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönemde Bütünleştirilmiş Fen ve Doğa Etkinlikleri 2</t>
+          <t>Araştırma Nasıl Tasarlanır ve Raporlaştırılır</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>342</v>
+        <v>560</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786051703268</t>
+          <t>9786051702797</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde İstatistik</t>
+          <t>Nöro-Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>290.4</v>
+        <v>420</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786051705873</t>
+          <t>9786051702940</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Karakter ve Değerler Eğitimi</t>
+          <t>Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>342</v>
+        <v>300</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786051702988</t>
+          <t>9786051703343</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Uygulama Örnekleriyle Çokkültürlü Eğitim ve Değerler Eğitimi</t>
+          <t>Okul Öncesi Dönemde Bütünleştirilmiş Fen ve Doğa Etkinlikleri 1</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>243.6</v>
+        <v>380</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786051703008</t>
+          <t>9786051703374</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönemde Müzik Eğitimi</t>
+          <t>Türk Eğitim Sistemi Farklı Ülkelerle Karşılaştırmalı</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>288</v>
+        <v>320</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786051702889</t>
+          <t>9786051703367</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Örnekleriyle Gereksinim Analizi</t>
+          <t>Okul Öncesi Dönemde Bütünleştirilmiş Fen ve Doğa Etkinlikleri 2</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786051702896</t>
+          <t>9786051703268</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Eğitim Programları ve Uygulamalar</t>
+          <t>Sosyal Bilimlerde İstatistik</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>351.6</v>
+        <v>320</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786051702872</t>
+          <t>9786051705873</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Okul İklimi ve Kültürü</t>
+          <t>Karakter ve Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>249.6</v>
+        <v>380</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786051702902</t>
+          <t>9786051702988</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Dil Bilgisi Öğretimi</t>
+          <t>Uygulama Örnekleriyle Çokkültürlü Eğitim ve Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>298.8</v>
+        <v>270</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786051702926</t>
+          <t>9786051703008</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Yetersizliği Olan Çocuğa Sahip Annelerin Sürekli Kaygı ve Uyum Düzeyleri</t>
+          <t>Okul Öncesi Dönemde Müzik Eğitimi</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>162</v>
+        <v>288</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786051703398</t>
+          <t>9786051702889</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Romantik İlişkide İstismara Maruz Kalma</t>
+          <t>Eğitimde Örnekleriyle Gereksinim Analizi</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>162</v>
+        <v>265</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786051702841</t>
+          <t>9786051702896</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Çevre Eğitimi</t>
+          <t>Erken Çocuklukta Eğitim Programları ve Uygulamalar</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>378</v>
+        <v>390</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786051700946</t>
+          <t>9786051702872</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle SPSS Örnekli Nonparametrik İstatistiksel Yöntemler</t>
+          <t>Okul İklimi ve Kültürü</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>288</v>
+        <v>275</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786051702865</t>
+          <t>9786051702902</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri</t>
+          <t>Dil Bilgisi Öğretimi</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>326.4</v>
+        <v>330</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786051702742</t>
+          <t>9786051702926</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Türkçe Ders Kitabı İncelemeleri</t>
+          <t>Zihinsel Yetersizliği Olan Çocuğa Sahip Annelerin Sürekli Kaygı ve Uyum Düzeyleri</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>258</v>
+        <v>180</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786051702735</t>
+          <t>9786051703398</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Fen Öğretiminde Yenilikçi Yaklaşımlar</t>
+          <t>Romantik İlişkide İstismara Maruz Kalma</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>342</v>
+        <v>180</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786051702339</t>
+          <t>9786051702841</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukluk Eğitiminde Sınıf Yönetimi</t>
+          <t>Çevre Eğitimi</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>315.6</v>
+        <v>420</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786051706245</t>
+          <t>9786051700946</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitim ve Kaynaştırma</t>
+          <t>Bütün Yönleriyle SPSS Örnekli Nonparametrik İstatistiksel Yöntemler</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>351.6</v>
+        <v>320</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786255525529</t>
+          <t>9786051702865</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve Aile Psikolojik Danışmanlığı</t>
+          <t>Öğretim Teknolojileri</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786051703923</t>
+          <t>9786051702742</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve Aile Psikolojik Danışmanlığı</t>
+          <t>Kuramdan Uygulamaya Türkçe Ders Kitabı İncelemeleri</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>328.8</v>
+        <v>285</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786051700083</t>
+          <t>9786051702735</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+          <t>Fen Öğretiminde Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786259771694</t>
+          <t>9786051702339</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Okuma ve Eğitimi</t>
+          <t>Erken Çocuklukluk Eğitiminde Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>288</v>
+        <v>350</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786051701653</t>
+          <t>9786051706245</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Metindilbilim ve Türkçe Öğretimi</t>
+          <t>Özel Eğitim ve Kaynaştırma</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>328.8</v>
+        <v>390</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
+          <t>9786255525529</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>Evlilik ve Aile Psikolojik Danışmanlığı</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786051703923</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Evlilik ve Aile Psikolojik Danışmanlığı</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>328.8</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786051700083</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786259771694</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Okuma ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786051701653</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Metindilbilim ve Türkçe Öğretimi</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
           <t>9786051703862</t>
         </is>
       </c>
-      <c r="B727" s="1" t="inlineStr">
+      <c r="B732" s="1" t="inlineStr">
         <is>
           <t>Sosyoloji Tarihi 5</t>
         </is>
       </c>
-      <c r="C727" s="1">
-        <v>351.6</v>
+      <c r="C732" s="1">
+        <v>390</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>